--- v0 (2025-10-30)
+++ v1 (2026-02-14)
@@ -85,18280 +85,18325 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>4444444442980</t>
+          <t>9786258179187</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tüfek İcat Oldu Mertlik Bozuldu (Köroğlu)</t>
+          <t>Şanslı Ördek - Mavi Kitap</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>48</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053037095</t>
+          <t>9786258179170</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Şekilli Boyama – Renkler ve Şekiller</t>
+          <t>Şanslı Ördek - Pembe Kitap</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053037033</t>
+          <t>9786051001951</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Şekilli Boyama - Palyaçolar</t>
+          <t>Osmanlıca-Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053036128</t>
+          <t>9786051001968</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Benim Çılgın Aktivite Kitabım – Mavi Kitap</t>
+          <t>İngilizce-Türkçe / Türkçe-İngilizce Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053036814</t>
+          <t>4444444442980</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala Mavi</t>
+          <t>Tüfek İcat Oldu Mertlik Bozuldu (Köroğlu)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053036821</t>
+          <t>9786053037095</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala Sarı</t>
+          <t>Örneklerle Şekilli Boyama – Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>2021010900534</t>
+          <t>9786053037033</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğreniyorum Seti - 4 Kitap Takım</t>
+          <t>Örneklerle Şekilli Boyama - Palyaçolar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2741000000116</t>
+          <t>9786053036128</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>1 - 2 - 3 Hazır Seti - 4 Kitap Takım</t>
+          <t>Benim Çılgın Aktivite Kitabım – Mavi Kitap</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>2741000000567</t>
+          <t>9786053036814</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mini Aktiviteler Seti (4 Kitap Takım)</t>
+          <t>Çocuklar İçin Mandala Mavi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>2741000000345</t>
+          <t>9786053036821</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Deniz Hayvanları Serisi Seti - 5 Kitap Takım</t>
+          <t>Çocuklar İçin Mandala Sarı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>2741000000406</t>
+          <t>2021010900534</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Uçan Hayvanlar Serisi Seti - 7 Kitap Takım</t>
+          <t>Çizmeyi Öğreniyorum Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>2016052714572</t>
+          <t>2741000000116</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Değerlerle İlk Adım Serisi - 8 Kitap Takım</t>
+          <t>1 - 2 - 3 Hazır Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>2741000000529</t>
+          <t>2741000000567</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çiz Ve Boya Seti 4 Kitap - Artenino Seti</t>
+          <t>Mini Aktiviteler Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>2741000000536</t>
+          <t>2741000000345</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Alıştırmaları Seti - 5 Kitap Takım</t>
+          <t>Şekilli Deniz Hayvanları Serisi Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>2741000000451</t>
+          <t>2741000000406</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim Yaban Hayvanları Serisi 13 Kitap - Artenino Seti</t>
+          <t>Şekilli Uçan Hayvanlar Serisi Seti - 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>840</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051006277</t>
+          <t>2016052714572</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri - Turuncu Kitap (6 Yaş)</t>
+          <t>Değerlerle İlk Adım Serisi - 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>40</v>
+        <v>720</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>2741000000581</t>
+          <t>2741000000529</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim Ulaşım Araçları Serisi 5 Kitap - Artenino Seti</t>
+          <t>Çiz Ve Boya Seti 4 Kitap - Artenino Seti</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>2741000000512</t>
+          <t>2741000000536</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bak Ve Boya Seti 4 Kitap - Artenino Seti</t>
+          <t>Çizgi Alıştırmaları Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>2741000000604</t>
+          <t>2741000000451</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Temalı Muhteşem Çıkartmalar - 10 Kitap Takım</t>
+          <t>Ben Kimim Yaban Hayvanları Serisi 13 Kitap - Artenino Seti</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>800</v>
+        <v>840</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>2741000000635</t>
+          <t>9786051006277</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Miniminiler Seti - 10 Kitap Takım</t>
+          <t>Eğlenceli Sanat ve Beceri - Turuncu Kitap (6 Yaş)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>2741000000628</t>
+          <t>2741000000581</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Oyun Temalı Muhteşem Çıkartmalar - 8 Kitap Takım</t>
+          <t>Ben Kimim Ulaşım Araçları Serisi 5 Kitap - Artenino Seti</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>640</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>2741000000352</t>
+          <t>2741000000512</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Dinozor ve Ejderha Hayvanları Serisi Seti - 4 Kitap Takım</t>
+          <t>Bak Ve Boya Seti 4 Kitap - Artenino Seti</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>2741000000369</t>
+          <t>2741000000604</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Evcil ve Çiftlik Hayvanları Serisi Seti - 5 Kitap Takım</t>
+          <t>Hayvan Temalı Muhteşem Çıkartmalar - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>2741000000383</t>
+          <t>2741000000635</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Su Hayvanları Serisi Seti - 5 Kitap Takım</t>
+          <t>Miniminiler Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>2741000000246</t>
+          <t>2741000000628</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şirin ve Eğitici 6 Kitap Set</t>
+          <t>Oyun Temalı Muhteşem Çıkartmalar - 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>600</v>
+        <v>640</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051006604</t>
+          <t>2741000000352</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Benim Büyük Boyama Kitabım - Neşeli Hayvanlar</t>
+          <t>Şekilli Dinozor ve Ejderha Hayvanları Serisi Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758602551</t>
+          <t>2741000000369</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bir Yerinde</t>
+          <t>Şekilli Evcil ve Çiftlik Hayvanları Serisi Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>12</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>2013081218132</t>
+          <t>2741000000383</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Resimli Klasikler Dizisi (15 Kitap Takım)</t>
+          <t>Şekilli Su Hayvanları Serisi Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051009629</t>
+          <t>2741000000246</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>1001 Destandır Aziziye Zaferi</t>
+          <t>Şirin ve Eğitici 6 Kitap Set</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051009636</t>
+          <t>9786051006604</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>1001 Destandır İstanbul'un Fethi</t>
+          <t>Benim Büyük Boyama Kitabım - Neşeli Hayvanlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051009650</t>
+          <t>9789758602551</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>1001 Destandır Malazgirt Zaferi</t>
+          <t>Dünyanın Bir Yerinde</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051009698</t>
+          <t>2013081218132</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>1001 Destandır Ridaniye Zaferi</t>
+          <t>Resimli Klasikler Dizisi (15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756231166</t>
+          <t>9786051009629</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>1001 Destandır Aziziye Zaferi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>4.17</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756231050</t>
+          <t>9786051009636</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Seçmeler</t>
+          <t>1001 Destandır İstanbul'un Fethi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>5.56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756231104</t>
+          <t>9786051009650</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname'den Seçmeler</t>
+          <t>1001 Destandır Malazgirt Zaferi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>4.63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756231333</t>
+          <t>9786051009698</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>1001 Destandır Ridaniye Zaferi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>5.56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756231173</t>
+          <t>9789756231166</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Sözler</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1.39</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9799756231585</t>
+          <t>9789756231050</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Binbir Altın Beyit</t>
+          <t>Mesnevi'den Seçmeler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>8.33</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051008783</t>
+          <t>9789756231104</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Boya - Masallar</t>
+          <t>Seyahatname'den Seçmeler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>10</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051008806</t>
+          <t>9789756231333</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Boya - Kediler</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>10</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051008837</t>
+          <t>9789756231173</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Boya - Köpekler</t>
+          <t>Dünyayı Değiştiren Sözler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>10</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051008868</t>
+          <t>9799756231585</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Boya - Şövalyeler</t>
+          <t>Binbir Altın Beyit</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>10</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051008745</t>
+          <t>9786051008783</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Boya - Deniz Hayvanları</t>
+          <t>Keşfet ve Boya - Masallar</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051008776</t>
+          <t>9786051008806</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Boya - Hayvanlar</t>
+          <t>Keşfet ve Boya - Kediler</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051008752</t>
+          <t>9786051008837</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Boya - Dinozorlar</t>
+          <t>Keşfet ve Boya - Köpekler</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051008769</t>
+          <t>9786051008868</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Boya - Doğa</t>
+          <t>Keşfet ve Boya - Şövalyeler</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051008721</t>
+          <t>9786051008745</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Boya - Cüceler ve Dostları</t>
+          <t>Keşfet ve Boya - Deniz Hayvanları</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051001302</t>
+          <t>9786051008776</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Kırkharamiler - Keloğlan Masalları 1</t>
+          <t>Keşfet ve Boya - Hayvanlar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>2.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051001203</t>
+          <t>9786051008752</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yüreksiz Geyik - Ezop Masalları 7</t>
+          <t>Keşfet ve Boya - Dinozorlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>2.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>4440000000766</t>
+          <t>9786051008769</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yarasa ile Gelincik - Ezop Masalları 6</t>
+          <t>Keşfet ve Boya - Doğa</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>97</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051001388</t>
+          <t>9786051008721</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Geyik Yavruları - Keloğlan Masalları 9</t>
+          <t>Keşfet ve Boya - Cüceler ve Dostları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>2.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051001067</t>
+          <t>9786051001302</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yunus ile Maymun - La Fonten Masalları 5</t>
+          <t>Keloğlan ile Kırkharamiler - Keloğlan Masalları 1</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051001661</t>
+          <t>9786051001203</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ye Kürküm Ye - Nasrettin Hoca Fıkraları 2</t>
+          <t>Yüreksiz Geyik - Ezop Masalları 7</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051001319</t>
+          <t>4440000000766</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Yavru Kartal - Keloğlan Masalları 2</t>
+          <t>Yarasa ile Gelincik - Ezop Masalları 6</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>2.5</v>
+        <v>97</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051001159</t>
+          <t>9786051001388</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Martı - Ezop Masalları 2</t>
+          <t>Keloğlan ile Geyik Yavruları - Keloğlan Masalları 9</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051001616</t>
+          <t>9786051001067</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Annalise - Andersen Masalları 10</t>
+          <t>Yunus ile Maymun - La Fonten Masalları 5</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051001333</t>
+          <t>9786051001661</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Kayın Ağacındaki Yatak - Keloğlan Masalları 4</t>
+          <t>Ye Kürküm Ye - Nasrettin Hoca Fıkraları 2</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051001098</t>
+          <t>9786051001319</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Kuyruğu - La Fonten Masalları 8</t>
+          <t>Keloğlan ile Yavru Kartal - Keloğlan Masalları 2</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051001173</t>
+          <t>9786051001159</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Aslan ile Sivrisinek - Ezop Masalları 4</t>
+          <t>Açgözlü Martı - Ezop Masalları 2</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051001326</t>
+          <t>9786051001616</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Keleş Dev - Keloğlan Masalları 3</t>
+          <t>Annalise - Andersen Masalları 10</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051008912</t>
+          <t>9786051001333</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Prensesler Boyama - Prenses Rapunzel</t>
+          <t>Keloğlan ile Kayın Ağacındaki Yatak - Keloğlan Masalları 4</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>75</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051008844</t>
+          <t>9786051001098</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Boya - Sayılar</t>
+          <t>Tilkinin Kuyruğu - La Fonten Masalları 8</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>10</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051000930</t>
+          <t>9786051001173</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Fransızca-Türkçe / Türkçe-Fransızca Sözlük (Ciltli)</t>
+          <t>Aslan ile Sivrisinek - Ezop Masalları 4</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>75</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051004389</t>
+          <t>9786051001326</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Prens Alaaddin</t>
+          <t>Keloğlan ile Keleş Dev - Keloğlan Masalları 3</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>8.24</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051004556</t>
+          <t>9786051008912</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo ve Diğer Masallar</t>
+          <t>Sihirli Prensesler Boyama - Prenses Rapunzel</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>11</v>
+        <v>90</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051004563</t>
+          <t>9786051008844</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Perilerin, Cadıların ve Prenseslerin Sihirli Dünyası</t>
+          <t>Keşfet ve Boya - Sayılar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>10.19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051004440</t>
+          <t>9786051000930</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Fransızca-Türkçe / Türkçe-Fransızca Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>8.24</v>
+        <v>75</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051005089</t>
+          <t>9786051004389</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Oyna - Ruby</t>
+          <t>Prens Alaaddin</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>7.9</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051005096</t>
+          <t>9786051004556</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Oyna - Melody</t>
+          <t>Pinokyo ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>7.9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789758602827</t>
+          <t>9786051004563</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Masalları (Ciltli)</t>
+          <t>Perilerin, Cadıların ve Prenseslerin Sihirli Dünyası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>25</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051004457</t>
+          <t>9786051004440</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mavi Peri ve Sihirleri</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>11.94</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051004396</t>
+          <t>9786051005089</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mavi Peri ve Sihirleri</t>
+          <t>Oyna - Ruby</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>8.24</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789758602803</t>
+          <t>9786051005096</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>La Fonten Masalları (Ciltli)</t>
+          <t>Oyna - Melody</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>25</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051003641</t>
+          <t>9789758602827</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi (Ciltli)</t>
+          <t>Nasrettin Hoca Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051005010</t>
+          <t>9786051004457</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kül Kedisi ile Oyna ve Prens’in Şatosunu Yap!</t>
+          <t>Mavi Peri ve Sihirleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758602810</t>
+          <t>9786051004396</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları (Ciltli)</t>
+          <t>Mavi Peri ve Sihirleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>25</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9799759181375</t>
+          <t>9789758602803</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>La Fonten Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051003900</t>
+          <t>9786051003641</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant’ın Çocukları</t>
+          <t>Külkedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051000206</t>
+          <t>9786051005010</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Language English - Turkish / Turkish - English Dictionary</t>
+          <t>Kül Kedisi ile Oyna ve Prens’in Şatosunu Yap!</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>4.63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051000213</t>
+          <t>9789758602810</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Türkçe Sözlük</t>
+          <t>Keloğlan Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>4.63</v>
+        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051005393</t>
+          <t>9799759181375</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Eş Anlamlı Zıt Anlamlı Eş Sesli Kelimeler Sözlüğü</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051003757</t>
+          <t>9786051003900</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Tılsımları</t>
+          <t>Kaptan Grant’ın Çocukları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051004525</t>
+          <t>9786051000206</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Harika Prensesler</t>
+          <t>Language English - Turkish / Turkish - English Dictionary</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>10.19</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051003627</t>
+          <t>9786051000213</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin (Ciltli)</t>
+          <t>İlköğretim Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051003856</t>
+          <t>9786051005393</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Güliver’in Gezileri</t>
+          <t>İlköğretim Eş Anlamlı Zıt Anlamlı Eş Sesli Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>10</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944760669</t>
+          <t>9786051003757</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Genel Kültür Ansiklopedisi (3 Cilt Takım) (Ciltli)</t>
+          <t>İstanbul’un Tılsımları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>115.74</v>
+        <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051003610</t>
+          <t>9786051004525</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı (Ciltli)</t>
+          <t>Harika Prensesler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789758602797</t>
+          <t>9786051003627</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları (Ciltli)</t>
+          <t>Güzel ve Çirkin (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051004570</t>
+          <t>9786051003856</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Grimm Masalları</t>
+          <t>Güliver’in Gezileri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>10.19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051004587</t>
+          <t>9789944760669</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Ezop Masalları</t>
+          <t>Genel Kültür Ansiklopedisi (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>11</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051004693</t>
+          <t>9786051003610</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Sözlük - İngilizce - Türkçe</t>
+          <t>Fareli Köyün Kavalcısı (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051004358</t>
+          <t>9789758602797</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Boyama Kitabı - Taşıtlar ve Oyuncaklar</t>
+          <t>Ezop Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051003894</t>
+          <t>9786051004570</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Seyahat</t>
+          <t>En Güzel Grimm Masalları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>10</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051003887</t>
+          <t>9786051004587</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>En Güzel Ezop Masalları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051003603</t>
+          <t>9786051004693</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi (Ciltli)</t>
+          <t>Eğitici Sözlük - İngilizce - Türkçe</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>6.94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051003597</t>
+          <t>9786051004358</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu (Ciltli)</t>
+          <t>Eğitici Boyama Kitabı - Taşıtlar ve Oyuncaklar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>6.94</v>
+        <v>85</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051003764</t>
+          <t>9786051003894</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çıkar Ağzındaki Baklayı</t>
+          <t>Dünyanın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051003320</t>
+          <t>9786051003887</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ve Besinler (Ciltli)</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>7.9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051003313</t>
+          <t>9786051003603</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ve Sebzeler (Ciltli)</t>
+          <t>Çizmeli Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>7.9</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786051003306</t>
+          <t>9786051003597</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ve Meyveler (Ciltli)</t>
+          <t>Çirkin Ördek Yavrusu (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>7.9</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051003405</t>
+          <t>9786051003764</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ve Meslekler (Ciltli)</t>
+          <t>Çıkar Ağzındaki Baklayı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>7.9</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051003399</t>
+          <t>9786051003320</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ve Yaşantımız (Ciltli)</t>
+          <t>Tarçın ve Besinler (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>7.9</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051003382</t>
+          <t>9786051003313</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ve Zıt Kavramlar (Ciltli)</t>
+          <t>Tarçın ve Sebzeler (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>7.9</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051003290</t>
+          <t>9786051003306</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ve Hayvanlar (Ciltli)</t>
+          <t>Tarçın ve Meyveler (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>7.9</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051003863</t>
+          <t>9786051003405</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Tarçın ve Meslekler (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>10</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789759181017</t>
+          <t>9786051003399</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Belirli Günler ve Haftalar</t>
+          <t>Tarçın ve Yaşantımız (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>7.5</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051003849</t>
+          <t>9786051003382</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Balonla Beş Hafta</t>
+          <t>Tarçın ve Zıt Kavramlar (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>10</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051000893</t>
+          <t>9786051003290</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Balonla 5 Hafta</t>
+          <t>Tarçın ve Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>70</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789758602780</t>
+          <t>9786051003863</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları (Ciltli)</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051003832</t>
+          <t>9789759181017</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Belirli Günler ve Haftalar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>10</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051003825</t>
+          <t>9786051003849</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051003924</t>
+          <t>9786051000893</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>15 Yaşında Bir Kaptan</t>
+          <t>Balonla 5 Hafta</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>10</v>
+        <v>90</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051005348</t>
+          <t>9789758602780</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>101 Eğitici ve Neşeli Aktivite: Yeşil Kitap</t>
+          <t>Andersen Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>7.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051005287</t>
+          <t>9786051003832</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>101 Eğitici ve Neşeli Aktivite: Sarı Kitap</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051005331</t>
+          <t>9786051003825</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>101 Eğitici ve Neşeli Aktivite: Pembe Kitap</t>
+          <t>80 Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051005355</t>
+          <t>9786051003924</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>101 Eğitici ve Neşeli Aktivite: Mavi Kitap</t>
+          <t>15 Yaşında Bir Kaptan</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051004914</t>
+          <t>9786051005348</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu - Oku ve Boya</t>
+          <t>101 Eğitici ve Neşeli Aktivite: Yeşil Kitap</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>5.9</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051004907</t>
+          <t>9786051005287</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bambi - Oku ve Boya</t>
+          <t>101 Eğitici ve Neşeli Aktivite: Sarı Kitap</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>5.9</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051006048</t>
+          <t>9786051005331</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Favori Saç Stilleri Pembe Kitap</t>
+          <t>101 Eğitici ve Neşeli Aktivite: Pembe Kitap</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>35.65</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051006086</t>
+          <t>9786051005355</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Modeller - Son Moda Kış</t>
+          <t>101 Eğitici ve Neşeli Aktivite: Mavi Kitap</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>100</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051006116</t>
+          <t>9786051004914</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Modeller - Son Moda Turuncu</t>
+          <t>Çirkin Ördek Yavrusu - Oku ve Boya</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>35.65</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051006130</t>
+          <t>9786051004907</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Modeller - Son Moda Mor</t>
+          <t>Bambi - Oku ve Boya</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>35.65</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051006109</t>
+          <t>9786051006048</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Modeller - Son Moda İlkbahar</t>
+          <t>Favori Saç Stilleri Pembe Kitap</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051006079</t>
+          <t>9786051006086</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Modeller - Son Moda Sonbahar</t>
+          <t>Modeller - Son Moda Kış</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051006123</t>
+          <t>9786051006116</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Modeller - Son Moda Pembe</t>
+          <t>Modeller - Son Moda Turuncu</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>35.65</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051006062</t>
+          <t>9786051006130</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Favori Modeller - Pembe Kitap</t>
+          <t>Modeller - Son Moda Mor</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>125</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051006055</t>
+          <t>9786051006109</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Favori Modeller - Mor Kitap</t>
+          <t>Modeller - Son Moda İlkbahar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051006147</t>
+          <t>9786051006079</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Modeller - Son Moda Mavi</t>
+          <t>Modeller - Son Moda Sonbahar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>35.65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051006093</t>
+          <t>9786051006123</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Modeller - Son Moda Yaz</t>
+          <t>Modeller - Son Moda Pembe</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>120</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051005874</t>
+          <t>9786051006062</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kaydırılan Araçlar: Traktörler</t>
+          <t>Favori Modeller - Pembe Kitap</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>17.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051006031</t>
+          <t>9786051006055</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Favori Saç Stilleri Mavi Kitap</t>
+          <t>Favori Modeller - Mor Kitap</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>35.65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>3990000026233</t>
+          <t>9786051006147</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Dizisi (17 Kitap Takım)</t>
+          <t>Modeller - Son Moda Mavi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>77.13</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051007861</t>
+          <t>9786051006093</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum ve Öğreniyorum : Turuncu Kitap</t>
+          <t>Modeller - Son Moda Yaz</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051007830</t>
+          <t>9786051005874</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Öğreniyorum : Mavi Kitap</t>
+          <t>Kaydırılan Araçlar: Traktörler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>30</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051007847</t>
+          <t>9786051006031</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Öğreniyorum : Sarı Kitap</t>
+          <t>Favori Saç Stilleri Mavi Kitap</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>30</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051007854</t>
+          <t>3990000026233</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Öğreniyorum : Yeşil Kitap</t>
+          <t>Çıkartmalarla Dizisi (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>30</v>
+        <v>77.13</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051007656</t>
+          <t>9786051007861</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Papağan Bulmaca Çözüyor</t>
+          <t>Boyuyorum ve Öğreniyorum : Turuncu Kitap</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>5.9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051007731</t>
+          <t>9786051007830</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Bukalemun Bulmaca Çözüyor</t>
+          <t>Boyuyorum Öğreniyorum : Mavi Kitap</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>5.9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051007625</t>
+          <t>9786051007847</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Fil Bulmaca Çözüyor</t>
+          <t>Boyuyorum Öğreniyorum : Sarı Kitap</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>5.9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051007670</t>
+          <t>9786051007854</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Mola : Sevimli Tilki Bulmaca Çözüyor</t>
+          <t>Boyuyorum Öğreniyorum : Yeşil Kitap</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>5.9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051007588</t>
+          <t>9786051007656</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Mola : Sevimli Aslan Yapıştırma Yapıyor</t>
+          <t>Sevimli Papağan Bulmaca Çözüyor</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>5.9</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051007632</t>
+          <t>9786051007731</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Mola : Sevimli Koyun Bulmaca Çözüyor</t>
+          <t>Sevimli Bukalemun Bulmaca Çözüyor</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>5.9</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051007618</t>
+          <t>9786051007625</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Mola : Sevimli Civciv Bulmaca Çözüyor</t>
+          <t>Sevimli Fil Bulmaca Çözüyor</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>5.9</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051007687</t>
+          <t>9786051007670</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Mola : Sevimli Zürafa Yapıştırma Yapıyor</t>
+          <t>Oyuna Mola : Sevimli Tilki Bulmaca Çözüyor</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>5.9</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051007595</t>
+          <t>9786051007588</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Mola : Sevimli İnek Yapıştırma Yapıyor</t>
+          <t>Oyuna Mola : Sevimli Aslan Yapıştırma Yapıyor</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>5.9</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051007663</t>
+          <t>9786051007632</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Mola : Sevimli Tavuk Yapıştırma Yapıyor</t>
+          <t>Oyuna Mola : Sevimli Koyun Bulmaca Çözüyor</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>5.9</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051007601</t>
+          <t>9786051007618</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Mola : Sevimli Kedi Yapıştırma Yapıyor</t>
+          <t>Oyuna Mola : Sevimli Civciv Bulmaca Çözüyor</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>5.9</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051007649</t>
+          <t>9786051007687</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Mola : Sevimli Köpek Yapıştırma Yapıyor</t>
+          <t>Oyuna Mola : Sevimli Zürafa Yapıştırma Yapıyor</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>5.9</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051008219</t>
+          <t>9786051007595</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Uçaklar - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Oyuna Mola : Sevimli İnek Yapıştırma Yapıyor</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>135</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051007809</t>
+          <t>9786051007663</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Boyama : Mor Kitap</t>
+          <t>Oyuna Mola : Sevimli Tavuk Yapıştırma Yapıyor</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>6.5</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051007793</t>
+          <t>9786051007601</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Boyama : Yeşil Kitap</t>
+          <t>Oyuna Mola : Sevimli Kedi Yapıştırma Yapıyor</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>6.5</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051007816</t>
+          <t>9786051007649</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Boyama : Lila Kitap</t>
+          <t>Oyuna Mola : Sevimli Köpek Yapıştırma Yapıyor</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>6.5</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051007786</t>
+          <t>9786051008219</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Boyama : Turuncu Kitap</t>
+          <t>Uçaklar - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>6.5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051007779</t>
+          <t>9786051007809</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Boyama : Sarı Kitap</t>
+          <t>Gökkuşağı Boyama : Mor Kitap</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051007724</t>
+          <t>9786051007793</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Anaokulu Etkinlikleri : Yeşil Kitap</t>
+          <t>Gökkuşağı Boyama : Yeşil Kitap</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>5.9</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051007700</t>
+          <t>9786051007816</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Anaokulu Etkinlikleri : Pembe Kitap</t>
+          <t>Gökkuşağı Boyama : Lila Kitap</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>5.9</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051007694</t>
+          <t>9786051007786</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Anaokulu Etkinlikleri : Mavi Kitap</t>
+          <t>Gökkuşağı Boyama : Turuncu Kitap</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>5.9</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051007717</t>
+          <t>9786051007779</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Anaokulu Etkinlikleri : Sarı Kitap</t>
+          <t>Gökkuşağı Boyama : Sarı Kitap</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>5.9</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051007748</t>
+          <t>9786051007724</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Boyama : Kırmızı Kitap</t>
+          <t>Anaokulu Etkinlikleri : Yeşil Kitap</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>6.5</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051007762</t>
+          <t>9786051007700</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Boyama : Pembe Kitap</t>
+          <t>Anaokulu Etkinlikleri : Pembe Kitap</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>6.5</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051007755</t>
+          <t>9786051007694</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Boyama : Mavi Kitap</t>
+          <t>Anaokulu Etkinlikleri : Mavi Kitap</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>6.5</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051005324</t>
+          <t>9786051007717</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>101 Eğitici ve Neşeli Aktivite: Kırmızı Kitap</t>
+          <t>Anaokulu Etkinlikleri : Sarı Kitap</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>7.5</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944760652</t>
+          <t>9786051007748</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları Eğik Yazılı (10 Kitap Takım)</t>
+          <t>Gökkuşağı Boyama : Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>11.57</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051003818</t>
+          <t>9786051007762</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>1001 Destandır Kurtuluş Savaşı</t>
+          <t>Gökkuşağı Boyama : Pembe Kitap</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>60</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051003801</t>
+          <t>9786051007755</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>1001 Destandır Çanakkale</t>
+          <t>Gökkuşağı Boyama : Mavi Kitap</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>60</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944760874</t>
+          <t>9786051005324</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler Serisi 2-3-4. Sınıflar İçin 'lu Kutu</t>
+          <t>101 Eğitici ve Neşeli Aktivite: Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>1800</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051005959</t>
+          <t>9789944760652</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama - Mevsimler (Ciltli)</t>
+          <t>Keloğlan Masalları Eğik Yazılı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>175</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051005997</t>
+          <t>9786051003818</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Oya ve Arkadaşları Gözlem Yapmayı Öğreniyor</t>
+          <t>1001 Destandır Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>12.5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051006000</t>
+          <t>9786051003801</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Oya ve Arkadaşları Saymayı Öğreniyor</t>
+          <t>1001 Destandır Çanakkale</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>12.5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786051006024</t>
+          <t>9789944760874</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Oya ve Arkadaşları Zıtlıkları Öğreniyor</t>
+          <t>Hikayeler Serisi 2-3-4. Sınıflar İçin 'lu Kutu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>12.5</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051007427</t>
+          <t>9786051005959</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Minik Böcekler</t>
+          <t>Neşeli Boyama - Mevsimler (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>7.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789944760638</t>
+          <t>9786051005997</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları 9: Keloğlan ile Geyik Yavrular</t>
+          <t>Oya ve Arkadaşları Gözlem Yapmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>1.16</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051006758</t>
+          <t>9786051006000</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atlas (Ciltli)</t>
+          <t>Oya ve Arkadaşları Saymayı Öğreniyor</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>175</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051001609</t>
+          <t>9786051006024</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Baba Ne Yapsa Yeridir</t>
+          <t>Oya ve Arkadaşları Zıtlıkları Öğreniyor</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>2.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051006659</t>
+          <t>9786051007427</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Resimli Şairler ve Yazarlar Sözlüğü</t>
+          <t>Çıkartmalarla Minik Böcekler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>12.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051003191</t>
+          <t>9789944760638</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Çocuklarına Masallar 1 (Ciltli)</t>
+          <t>Keloğlan Masalları 9: Keloğlan ile Geyik Yavrular</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>35</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051003207</t>
+          <t>9786051006758</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Çocuklarına Masallar 2 (Ciltli)</t>
+          <t>Büyük Atlas (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051003214</t>
+          <t>9786051001609</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Çocuklarına Öyküler 1 (Ciltli)</t>
+          <t>Baba Ne Yapsa Yeridir</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>35</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>3033030612131</t>
+          <t>9786051006659</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Seti</t>
+          <t>Resimli Şairler ve Yazarlar Sözlüğü</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>23.15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051007342</t>
+          <t>9786051003191</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Deniz Hayvanları</t>
+          <t>Bugünün Çocuklarına Masallar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>7.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051007397</t>
+          <t>9786051003207</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla İlginç Hayvanlar</t>
+          <t>Bugünün Çocuklarına Masallar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>7.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051007403</t>
+          <t>9786051003214</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla İtfaiyeci</t>
+          <t>Bugünün Çocuklarına Öyküler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>7.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051007335</t>
+          <t>3033030612131</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Atlar</t>
+          <t>İlk Okuma Seti</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>7.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051007366</t>
+          <t>9786051007342</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Dünya Çocukları</t>
+          <t>Çıkartmalarla Deniz Hayvanları</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051007458</t>
+          <t>9786051007397</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Peter Pan</t>
+          <t>Çıkartmalarla İlginç Hayvanlar</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051007496</t>
+          <t>9786051007403</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Vahşi Hayvanlar</t>
+          <t>Çıkartmalarla İtfaiyeci</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051007472</t>
+          <t>9786051007335</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Gösteri Dünyası</t>
+          <t>Çıkartmalarla Atlar</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051007359</t>
+          <t>9786051007366</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Dinozorlar</t>
+          <t>Çıkartmalarla Dünya Çocukları</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>2016090118226</t>
+          <t>9786051007458</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri Pembe Kitap (6 Yaş - Kalemli)</t>
+          <t>Çıkartmalarla Peter Pan</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>20</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>2016090118257</t>
+          <t>9786051007496</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri Mor Kitap (7 Yaş - Kalemli )</t>
+          <t>Çıkartmalarla Vahşi Hayvanlar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>20</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>2016090118240</t>
+          <t>9786051007472</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri Kırmızı Kitap (7 Yaş - Kalemli )</t>
+          <t>Çıkartmalarla Gösteri Dünyası</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>20</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>2016090118271</t>
+          <t>9786051007359</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri (4 Yaş - Mavi Kitap)</t>
+          <t>Çıkartmalarla Dinozorlar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>20</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>2016090118219</t>
+          <t>2016090118226</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri Lacivert Kitap (5 Yaş - Kalemli)</t>
+          <t>Eğlenceli Sanat ve Beceri Pembe Kitap (6 Yaş - Kalemli)</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>2016090118264</t>
+          <t>2016090118257</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri Sarı Kitap (3 Yaş - Kalemli)</t>
+          <t>Eğlenceli Sanat ve Beceri Mor Kitap (7 Yaş - Kalemli )</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789756231272</t>
+          <t>2016090118240</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Eğlenceli Sanat ve Beceri Kırmızı Kitap (7 Yaş - Kalemli )</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>12.96</v>
+        <v>20</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789756231630</t>
+          <t>2016090118271</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Eğlenceli Sanat ve Beceri (4 Yaş - Mavi Kitap)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789756231609</t>
+          <t>2016090118219</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Eğlenceli Sanat ve Beceri Lacivert Kitap (5 Yaş - Kalemli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789758602926</t>
+          <t>2016090118264</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal</t>
+          <t>Eğlenceli Sanat ve Beceri Sarı Kitap (3 Yaş - Kalemli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>12.04</v>
+        <v>20</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789758602988</t>
+          <t>9789756231272</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>16.2</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789758602896</t>
+          <t>9789756231630</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>11.57</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789758602902</t>
+          <t>9789756231609</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053030232</t>
+          <t>9789758602926</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Penguenler Evsiz Kalıyor</t>
+          <t>Gülnihal</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>75</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789756231043</t>
+          <t>9789758602988</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>9.26</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789758602940</t>
+          <t>9789758602896</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789758602971</t>
+          <t>9789758602902</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Amak-ı Hayal</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>11.57</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789758602964</t>
+          <t>9786053030232</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-u Talat ve Fitnat</t>
+          <t>Penguenler Evsiz Kalıyor</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>12.04</v>
+        <v>90</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051007373</t>
+          <t>9789756231043</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Evcil Hayvanlar</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>7.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051007410</t>
+          <t>9789758602940</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Külkedisi</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>7.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051007441</t>
+          <t>9789758602971</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Pamuk Prenses</t>
+          <t>Amak-ı Hayal</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>7.5</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789758602919</t>
+          <t>9789758602964</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Taaşşuk-u Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051003221</t>
+          <t>9786051007373</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Çocuklarına Öyküler - 2 (Ciltli)</t>
+          <t>Çıkartmalarla Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>35</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051007380</t>
+          <t>9786051007410</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Şövalyeler ve Korsanlar</t>
+          <t>Çıkartmalarla Külkedisi</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051007489</t>
+          <t>9786051007441</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Tarih Öncesi Hayvanlar</t>
+          <t>Çıkartmalarla Pamuk Prenses</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053031352</t>
+          <t>9789758602919</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bak Öğren Kartlar - Sebzeler</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053031321</t>
+          <t>9786051003221</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bak Öğren Kartlar - Meyveler</t>
+          <t>Bugünün Çocuklarına Öyküler - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051006765</t>
+          <t>9786051007380</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Haritası</t>
+          <t>Çıkartmalarla Şövalyeler ve Korsanlar</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051006772</t>
+          <t>9786051007489</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Karayolları Haritası</t>
+          <t>Çıkartmalarla Tarih Öncesi Hayvanlar</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>3990000026781</t>
+          <t>9786053031352</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları 1: Keloğlan ile Kırk Haramiler</t>
+          <t>Bak Öğren Kartlar - Sebzeler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>1.16</v>
+        <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>3990000026780</t>
+          <t>9786053031321</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları 5: Keloğlan ile Dev Anası</t>
+          <t>Bak Öğren Kartlar - Meyveler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>1.16</v>
+        <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051005881</t>
+          <t>9786051006765</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kaydırılan Araçlar: Trenler</t>
+          <t>İstanbul Haritası</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>17.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051005836</t>
+          <t>9786051006772</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kaydırılan Araçlar: Kamyonlar</t>
+          <t>Türkiye Karayolları Haritası</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>17.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051005928</t>
+          <t>3990000026781</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kaydırılan Araçlar: İş Makineleri</t>
+          <t>Keloğlan Masalları 1: Keloğlan ile Kırk Haramiler</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>17.5</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051005850</t>
+          <t>3990000026780</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kaydırılan Kitaplar: Renklerle Oynayalım</t>
+          <t>Keloğlan Masalları 5: Keloğlan ile Dev Anası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>17.5</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051005904</t>
+          <t>9786051005881</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kaydırılan Araçlar: Çılgın Araçlar</t>
+          <t>Kaydırılan Araçlar: Trenler</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>17.5</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051005867</t>
+          <t>9786051005836</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kaydırılan Kitaplar: Sayılarla Oynayalım</t>
+          <t>Kaydırılan Araçlar: Kamyonlar</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>17.5</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051005911</t>
+          <t>9786051005928</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kaydırılan Kitaplar: Şekillerle Oynayalım</t>
+          <t>Kaydırılan Araçlar: İş Makineleri</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>17.5</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051005812</t>
+          <t>9786051005850</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Haydi Oynayalım: Hayvanlar</t>
+          <t>Kaydırılan Kitaplar: Renklerle Oynayalım</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>17.5</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051005799</t>
+          <t>9786051005904</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Haydi Oynayalım: Deniz</t>
+          <t>Kaydırılan Araçlar: Çılgın Araçlar</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>17.5</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786051005805</t>
+          <t>9786051005867</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Haydi Oynayalım: Ejderhalar</t>
+          <t>Kaydırılan Kitaplar: Sayılarla Oynayalım</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>17.5</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051006710</t>
+          <t>9786051005911</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Benim Egzersiz Kitabım: Çarpma (1. Seviye)</t>
+          <t>Kaydırılan Kitaplar: Şekillerle Oynayalım</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>7.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786051006727</t>
+          <t>9786051005812</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Benim Egzersiz Kitabım: Çarpma (2. Seviye)</t>
+          <t>Haydi Oynayalım: Hayvanlar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>7.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051006666</t>
+          <t>9786051005799</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Benim Egzersiz Kitabım: Bölme</t>
+          <t>Haydi Oynayalım: Deniz</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>7.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053030393</t>
+          <t>9786051005805</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Hakkında Her Şey</t>
+          <t>Haydi Oynayalım: Ejderhalar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>7.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053030362</t>
+          <t>9786051006710</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kamp Yapmak Hakkında Her Şey</t>
+          <t>Benim Egzersiz Kitabım: Çarpma (1. Seviye)</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053030423</t>
+          <t>9786051006727</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Lunaparklar Hakkında Her Şey</t>
+          <t>Benim Egzersiz Kitabım: Çarpma (2. Seviye)</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053030386</t>
+          <t>9786051006666</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Hakkında Her Şey</t>
+          <t>Benim Egzersiz Kitabım: Bölme</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053030416</t>
+          <t>9786053030393</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kış Hakkında Her Şey</t>
+          <t>Taşıtlar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053030454</t>
+          <t>9786053030362</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Dans Hakkında Her Şey</t>
+          <t>Kamp Yapmak Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053030447</t>
+          <t>9786053030423</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yaz Hakkında Her Şey</t>
+          <t>Lunaparklar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053030409</t>
+          <t>9786053030386</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar Hakkında Her Şey</t>
+          <t>Yağmur Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053030348</t>
+          <t>9786053030416</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar Hakkında Her Şey</t>
+          <t>Kış Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053030379</t>
+          <t>9786053030454</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kıyafetler Hakkında Her Şey</t>
+          <t>Müzik ve Dans Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053030355</t>
+          <t>9786053030447</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Hakkında Her Şey</t>
+          <t>Yaz Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053030461</t>
+          <t>9786053030409</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Hakkında Her Şey</t>
+          <t>Kitaplar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>2017010319037</t>
+          <t>9786053030348</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kısa Hikayelerle Çocuk Gelişimi - Bilinç ve Karakter Gelişimi Dizisi (18 Kitap)</t>
+          <t>Evcil Hayvanlar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>150</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051006833</t>
+          <t>9786053030379</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Anne ve Diğer Masallar</t>
+          <t>Kıyafetler Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>80</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051006888</t>
+          <t>9786053030355</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Doktor Olan Ayakkabıcı ve Diğer Masallar</t>
+          <t>İlkbahar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>80</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051006970</t>
+          <t>9786053030461</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Geyik ve Bağ ve Diğer Masallar</t>
+          <t>Sonbahar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>80</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051006802</t>
+          <t>2017010319037</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Güvenilmez Kurtlar ve Diğer Masallar</t>
+          <t>Kısa Hikayelerle Çocuk Gelişimi - Bilinç ve Karakter Gelişimi Dizisi (18 Kitap)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051006819</t>
+          <t>9786051006833</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Horozlar ve Diğer Masallar</t>
+          <t>Akıllı Anne ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051007069</t>
+          <t>9786051006888</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Gezgin ve Diğer Masallar</t>
+          <t>Doktor Olan Ayakkabıcı ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051006796</t>
+          <t>9786051006970</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Gül ve Diğer Masallar</t>
+          <t>Geyik ve Bağ ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051006826</t>
+          <t>9786051006802</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bebek ve Diğer Masallar</t>
+          <t>Güvenilmez Kurtlar ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051007144</t>
+          <t>9786051006819</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Panter ve Çobanlar ve Diğer Masallar</t>
+          <t>Kediler ve Horozlar ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051006840</t>
+          <t>9786051007069</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Tahta Tabak ve Diğer Masallar</t>
+          <t>Kibirli Gezgin ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051006857</t>
+          <t>9786051006796</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Zeki Kral ve Diğer Masallar</t>
+          <t>Kibirli Gül ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051006864</t>
+          <t>9786051006826</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Zürafanın Boyu ve Diğer Masallar</t>
+          <t>Küçük Bebek ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051006901</t>
+          <t>9786051007144</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası</t>
+          <t>Panter ve Çobanlar ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051007007</t>
+          <t>9786051006840</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Tahta Tabak ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051006925</t>
+          <t>9786051006857</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Altın Kaz</t>
+          <t>Zeki Kral ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051006932</t>
+          <t>9786051006864</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ayakkabıcı ve Küçük Cinler</t>
+          <t>Zürafanın Boyu ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051006956</t>
+          <t>9786051006901</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları</t>
+          <t>Alaaddin'in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051006963</t>
+          <t>9786051007007</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bülbül</t>
+          <t>Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051007021</t>
+          <t>9786051006925</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Goldilocks ve Üç Ayı</t>
+          <t>Altın Kaz</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051006987</t>
+          <t>9786051006932</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin</t>
+          <t>Ayakkabıcı ve Küçük Cinler</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051007038</t>
+          <t>9786051006956</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Bremen Mızıkacıları</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051007045</t>
+          <t>9786051006963</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Yeni Giysileri</t>
+          <t>Bülbül</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051007076</t>
+          <t>9786051007021</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kibrit Kutusu</t>
+          <t>Goldilocks ve Üç Ayı</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051007113</t>
+          <t>9786051006987</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051007106</t>
+          <t>9786051007038</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051007236</t>
+          <t>9786051007045</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Tarla Faresi ve Şehir Faresi</t>
+          <t>İmparatorun Yeni Giysileri</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051007205</t>
+          <t>9786051007076</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sinbad</t>
+          <t>Kibrit Kutusu</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051007182</t>
+          <t>9786051007113</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Bezelye Tanesi</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051007175</t>
+          <t>9786051007106</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051007137</t>
+          <t>9786051007236</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Tarla Faresi ve Şehir Faresi</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051007083</t>
+          <t>9786051007205</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Adam</t>
+          <t>Sinbad</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051005843</t>
+          <t>9786051007182</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Dinle ve Oyna: Araçların Sesleri</t>
+          <t>Prenses ve Bezelye Tanesi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051005829</t>
+          <t>9786051007175</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Dinle ve Oyna: Hayvanların Sesleri</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051005898</t>
+          <t>9786051007137</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Dinle ve Oyna: Çiftlik Sesleri</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051006703</t>
+          <t>9786051007083</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Benim Egzersiz Kitabım: Yazmak</t>
+          <t>Kurabiye Adam</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>7.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051006673</t>
+          <t>9786051005843</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Benim Egzersiz Kitabım: Hesaplamak</t>
+          <t>Dinle ve Oyna: Araçların Sesleri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>7.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053031215</t>
+          <t>9786051005829</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Dinozor</t>
+          <t>Dinle ve Oyna: Hayvanların Sesleri</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051006680</t>
+          <t>9786051005898</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Benim Egzersiz Kitabım: Toplama</t>
+          <t>Dinle ve Oyna: Çiftlik Sesleri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>7.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051006734</t>
+          <t>9786051006703</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Benim Egzersiz Kitabım: Çıkarma</t>
+          <t>Benim Egzersiz Kitabım: Yazmak</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051006697</t>
+          <t>9786051006673</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Benim Egzersiz Kitabım: Toplama ve Çıkarma</t>
+          <t>Benim Egzersiz Kitabım: Hesaplamak</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051009445</t>
+          <t>9786053031215</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum ve Öğreniyorum : Kırmızı Kitap</t>
+          <t>Dinozor</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051006475</t>
+          <t>9786051006680</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ayı Bobinin İlk Kitapları - Boyuyorum ve Öğreniyorum</t>
+          <t>Benim Egzersiz Kitabım: Toplama</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>35</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051006505</t>
+          <t>9786051006734</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Ayı Bobinin İlk Kitapları - Boyuyorum ve Hesaplıyorum</t>
+          <t>Benim Egzersiz Kitabım: Çıkarma</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>35</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051006529</t>
+          <t>9786051006697</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Haydi Giydir - Güzel Prensesler</t>
+          <t>Benim Egzersiz Kitabım: Toplama ve Çıkarma</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051006550</t>
+          <t>9786051009445</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Haydi Giydir - Parıltılı Periler</t>
+          <t>Boyuyorum ve Öğreniyorum : Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>7.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051006574</t>
+          <t>9786051006475</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Haydi Giydir - Sevimli Balerinler</t>
+          <t>Ayı Bobinin İlk Kitapları - Boyuyorum ve Öğreniyorum</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>7.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051006581</t>
+          <t>9786051006505</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Haydi Giydir - Sihirli Oyuncaklar</t>
+          <t>Ayı Bobinin İlk Kitapları - Boyuyorum ve Hesaplıyorum</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>7.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051006284</t>
+          <t>9786051006529</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri - Yeşil Kitap (5 Yaş)</t>
+          <t>Haydi Giydir - Güzel Prensesler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>40</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051006239</t>
+          <t>9786051006550</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri - Mavi Kitap (4 Yaş)</t>
+          <t>Haydi Giydir - Parıltılı Periler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>40</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051006260</t>
+          <t>9786051006574</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri - Sarı Kitap (3 Yaş)</t>
+          <t>Haydi Giydir - Sevimli Balerinler</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>45</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051006246</t>
+          <t>9786051006581</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri - Mor Kitap (7 Yaş)</t>
+          <t>Haydi Giydir - Sihirli Oyuncaklar</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>45</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051006437</t>
+          <t>9786051006284</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Ayı Bobinin İlk Kitapları - 1'den 10'a Sayma Oyunları</t>
+          <t>Eğlenceli Sanat ve Beceri - Yeşil Kitap (5 Yaş)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>2016090118233</t>
+          <t>9786051006239</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri Turuncu Kitap (6 Yaş, Kalem Hediyeli)</t>
+          <t>Eğlenceli Sanat ve Beceri - Mavi Kitap (4 Yaş)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051006253</t>
+          <t>9786051006260</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri - Pembe Kitap (6 Yaş)</t>
+          <t>Eğlenceli Sanat ve Beceri - Sarı Kitap (3 Yaş)</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051006222</t>
+          <t>9786051006246</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri - Lacivert Kitap (5 Yaş)</t>
+          <t>Eğlenceli Sanat ve Beceri - Mor Kitap (7 Yaş)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051006215</t>
+          <t>9786051006437</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri - Kırmızı Kitap (7 Yaş)</t>
+          <t>Ayı Bobinin İlk Kitapları - 1'den 10'a Sayma Oyunları</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051006468</t>
+          <t>2016090118233</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Ayı Bobinin İlk Kitapları - Yazı ve Çizim Oyunları</t>
+          <t>Eğlenceli Sanat ve Beceri Turuncu Kitap (6 Yaş, Kalem Hediyeli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051009452</t>
+          <t>9786051006253</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum ve Öğreniyorum : Pembe Kitap</t>
+          <t>Eğlenceli Sanat ve Beceri - Pembe Kitap (6 Yaş)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>65</v>
+        <v>45</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786051006444</t>
+          <t>9786051006222</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Ayı Bobinin İlk Kitapları - Gözlem Oyunları</t>
+          <t>Eğlenceli Sanat ve Beceri - Lacivert Kitap (5 Yaş)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051006482</t>
+          <t>9786051006215</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Ayı Bobinin İlk Kitapları - Şekil ve Renk Oyunları</t>
+          <t>Eğlenceli Sanat ve Beceri - Kırmızı Kitap (7 Yaş)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053030638</t>
+          <t>9786051006468</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Araba</t>
+          <t>Ayı Bobinin İlk Kitapları - Yazı ve Çizim Oyunları</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051000909</t>
+          <t>9786051009452</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Ansiklopedisi (Ciltli)</t>
+          <t>Boyuyorum ve Öğreniyorum : Pembe Kitap</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051005713</t>
+          <t>9786051006444</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Karadeniz Fıkraları</t>
+          <t>Ayı Bobinin İlk Kitapları - Gözlem Oyunları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051005737</t>
+          <t>9786051006482</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Tekerlemeler</t>
+          <t>Ayı Bobinin İlk Kitapları - Şekil ve Renk Oyunları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051004167</t>
+          <t>9786053030638</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>İzm'ler Sözlüğü</t>
+          <t>Araba</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051005706</t>
+          <t>9786051000909</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Çocuk Fıkraları</t>
+          <t>Hayvanlar Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051005768</t>
+          <t>9786051005713</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Öğrenci Hikayeleri</t>
+          <t>En Güzel Karadeniz Fıkraları</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051005690</t>
+          <t>9786051005737</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dünya Fıkraları</t>
+          <t>En Güzel Tekerlemeler</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051005683</t>
+          <t>9786051004167</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Bilmeceler</t>
+          <t>İzm'ler Sözlüğü</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051003962</t>
+          <t>9786051005706</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>En Güzel Çocuk Fıkraları</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051003689</t>
+          <t>9786051005768</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel (Ciltli)</t>
+          <t>En Güzel Öğrenci Hikayeleri</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>9.26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051003955</t>
+          <t>9786051005690</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>En Güzel Dünya Fıkraları</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051003931</t>
+          <t>9786051005683</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>En Güzel Bilmeceler</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786051003726</t>
+          <t>9786051003962</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Resimli İngilizce Sözlük</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786051004488</t>
+          <t>9786051003689</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Prens Alaaddin</t>
+          <t>Uyuyan Güzel (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>11.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786051007465</t>
+          <t>9786051003955</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Prenses ve Periler</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786051007434</t>
+          <t>9786051003931</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Orman Hayvanları</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786051006635</t>
+          <t>9786051003726</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Benim Büyük Boyama Kitabım - Çiftlik</t>
+          <t>Resimli İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786051006611</t>
+          <t>9786051004488</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Benim Büyük Boyama Kitabım - Sevimli Hayvanlar</t>
+          <t>Prens Alaaddin</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>40</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786051008288</t>
+          <t>9786051007465</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Minik Fare Tini ile Saymayı Öğreniyorum : Turuncu Kitap (3 Yaş Üstü)</t>
+          <t>Çıkartmalarla Prenses ve Periler</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>6.9</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051007540</t>
+          <t>9786051007434</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Komik Yüzler</t>
+          <t>Çıkartmalarla Orman Hayvanları</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>30</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786051007571</t>
+          <t>9786051006635</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Komik Hayvanlar</t>
+          <t>Benim Büyük Boyama Kitabım - Çiftlik</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786051007557</t>
+          <t>9786051006611</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yüzler</t>
+          <t>Benim Büyük Boyama Kitabım - Sevimli Hayvanlar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786051008271</t>
+          <t>9786051008288</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Minik Fare Tini ile Eğleniyorum : Yeşil Kitap (2 Yaş Üstü)</t>
+          <t>Minik Fare Tini ile Saymayı Öğreniyorum : Turuncu Kitap (3 Yaş Üstü)</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>6.9</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786051008240</t>
+          <t>9786051007540</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Minik Fare Tini ile Boyama Yapıyorum : Kırmızı Kitap (3 Yaş Üstü)</t>
+          <t>Komik Yüzler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>6.9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786051008264</t>
+          <t>9786051007571</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Minik Fare Tini ile Eğleniyorum : Mavi Kitap (3 Yaş Üstü)</t>
+          <t>Komik Hayvanlar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>6.9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786051008257</t>
+          <t>9786051007557</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Minik Fare Tini ile Boyama Yapıyorum : Pembe Kitap (2 Yaş Üstü)</t>
+          <t>Sihirli Yüzler</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>6.9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786051005492</t>
+          <t>9786051008271</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Sözlük Almanca - Türkçe</t>
+          <t>Minik Fare Tini ile Eğleniyorum : Yeşil Kitap (2 Yaş Üstü)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>75</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786051008400</t>
+          <t>9786051008240</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sesli Kitaplar - Ezop Masalları</t>
+          <t>Minik Fare Tini ile Boyama Yapıyorum : Kırmızı Kitap (3 Yaş Üstü)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>30</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786051008424</t>
+          <t>9786051008264</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sesli Masallar - Kırmızı Başlıklı Kız</t>
+          <t>Minik Fare Tini ile Eğleniyorum : Mavi Kitap (3 Yaş Üstü)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>30</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786051008417</t>
+          <t>9786051008257</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sesli Masallar - Küçük Deniz Kızı</t>
+          <t>Minik Fare Tini ile Boyama Yapıyorum : Pembe Kitap (2 Yaş Üstü)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>30</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051008431</t>
+          <t>9786051005492</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Sesli Masallar - Pamuk Prenses</t>
+          <t>Eğitici Sözlük Almanca - Türkçe</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786051008448</t>
+          <t>9786051008400</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sesli Kitaplar - Periler</t>
+          <t>Sesli Kitaplar - Ezop Masalları</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786051008455</t>
+          <t>9786051008424</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sesli Kitaplar - Pinokyo</t>
+          <t>Sesli Masallar - Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786051008462</t>
+          <t>9786051008417</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Sesli Kitaplar - Prensesler</t>
+          <t>Sesli Masallar - Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786051009278</t>
+          <t>9786051008431</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Koruyalım - Atıkları Azaltalım (5 Yaş Üstü)</t>
+          <t>Sesli Masallar - Pamuk Prenses</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786051006918</t>
+          <t>9786051008448</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Koruyalım - Enerjiyi Koruyalım (5 Yaş Üstü)</t>
+          <t>Sesli Kitaplar - Periler</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051009308</t>
+          <t>9786051008455</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Koruyalım - Neden Bu Kadar Sıcak (5 Yaş Üstü)</t>
+          <t>Sesli Kitaplar - Pinokyo</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786051009315</t>
+          <t>9786051008462</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Koruyalım - Su Tasarrufu (5 Yaş Üstü)</t>
+          <t>Sesli Kitaplar - Prensesler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051009285</t>
+          <t>9786051009278</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Koruyalım - Yeşili Koruyalım (5 Yaş Üstü)</t>
+          <t>Dünyamızı Koruyalım - Atıkları Azaltalım (5 Yaş Üstü)</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786051009292</t>
+          <t>9786051006918</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Koruyalım - Havayı Temiz Tutalım (5 Yaş Üstü)</t>
+          <t>Dünyamızı Koruyalım - Enerjiyi Koruyalım (5 Yaş Üstü)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>4.54</v>
+        <v>20</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944760607</t>
+          <t>9786051009308</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları 6: Keloğlan ile Annesi</t>
+          <t>Dünyamızı Koruyalım - Neden Bu Kadar Sıcak (5 Yaş Üstü)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>1.16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786051005041</t>
+          <t>9786051009315</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çıkartmalar - Sarı Kitap</t>
+          <t>Dünyamızı Koruyalım - Su Tasarrufu (5 Yaş Üstü)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>5.9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786051005058</t>
+          <t>9786051009285</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çıkartmalar - Kırmızı Kitap</t>
+          <t>Dünyamızı Koruyalım - Yeşili Koruyalım (5 Yaş Üstü)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>5.9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786051004952</t>
+          <t>9786051009292</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi - Oku ve Boya</t>
+          <t>Dünyamızı Koruyalım - Havayı Temiz Tutalım (5 Yaş Üstü)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>5.9</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786051004938</t>
+          <t>9789944760607</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Gülliver - Oku ve Boya</t>
+          <t>Keloğlan Masalları 6: Keloğlan ile Annesi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>5.9</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051004921</t>
+          <t>9786051005041</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi - Oku ve Boya</t>
+          <t>Neşeli Çıkartmalar - Sarı Kitap</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>5.9</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786051006499</t>
+          <t>9786051005058</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ayı Bobinin İlk Kitapları - İlk Boyamalarım Nesneler</t>
+          <t>Neşeli Çıkartmalar - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>35</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051006451</t>
+          <t>9786051004952</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Ayı Bobinin İlk Kitapları - İlk Boyamalarım Hayvanlar</t>
+          <t>Külkedisi - Oku ve Boya</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>35</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786051005003</t>
+          <t>9786051004938</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Saplanmış Kılıç - Oku ve Boya</t>
+          <t>Gülliver - Oku ve Boya</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>5.9</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051004990</t>
+          <t>9786051004921</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Oku ve Boya</t>
+          <t>Çizmeli Kedi - Oku ve Boya</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>5.9</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051004983</t>
+          <t>9786051006499</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Oku ve Boya</t>
+          <t>Ayı Bobinin İlk Kitapları - İlk Boyamalarım Nesneler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>5.9</v>
+        <v>35</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051004969</t>
+          <t>9786051006451</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Kitabı - Oku ve Boya</t>
+          <t>Ayı Bobinin İlk Kitapları - İlk Boyamalarım Hayvanlar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>5.9</v>
+        <v>35</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786051005065</t>
+          <t>9786051005003</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çıkartmalar - Turuncu Kitap</t>
+          <t>Saplanmış Kılıç - Oku ve Boya</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>5.9</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>2021081611211</t>
+          <t>9786051004990</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Elakin İlk Okuma-Yazma Seti (10 Kitap Takım)</t>
+          <t>Pinokyo - Oku ve Boya</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>150</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053034933</t>
+          <t>9786051004983</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Yazma He-ce Kitabım</t>
+          <t>Peter Pan - Oku ve Boya</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>100</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786051008851</t>
+          <t>9786051004969</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Boya - Yavru Hayvanlar</t>
+          <t>Ormanın Kitabı - Oku ve Boya</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>10</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051008738</t>
+          <t>9786051005065</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Boya - Deniz</t>
+          <t>Neşeli Çıkartmalar - Turuncu Kitap</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>10</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786051003795</t>
+          <t>2021081611211</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiler Ansiklopedisi</t>
+          <t>1. Sınıf Elakin İlk Okuma-Yazma Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051004945</t>
+          <t>9786053034933</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Oku ve Boya</t>
+          <t>İlk Okuma - Yazma He-ce Kitabım</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>5.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786051005072</t>
+          <t>9786051008851</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çıkartmalar - Yeşil Kitap</t>
+          <t>Keşfet ve Boya - Yavru Hayvanlar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>5.9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786051004976</t>
+          <t>9786051008738</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses - Oku ve Boya</t>
+          <t>Keşfet ve Boya - Deniz</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>5.9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051008134</t>
+          <t>9786051003795</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Miniminiler - Sarı Kitap</t>
+          <t>Meraklı Bilgiler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051008127</t>
+          <t>9786051004945</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Miniminiler : Pembe Kitap</t>
+          <t>Kırmızı Başlıklı Kız - Oku ve Boya</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>65</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051008110</t>
+          <t>9786051005072</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Miniminiler : Mor Kitap</t>
+          <t>Neşeli Çıkartmalar - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>65</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051006543</t>
+          <t>9786051004976</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Benim Büyük Boyama Kitabım - Şekiller Nesneler</t>
+          <t>Pamuk Prenses - Oku ve Boya</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>40</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786051006628</t>
+          <t>9786051008134</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Benim Büyük Boyama Kitabım - Taşıtlar</t>
+          <t>Miniminiler - Sarı Kitap</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786051008158</t>
+          <t>9786051008127</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Miniminiler : Yeşil Kitap</t>
+          <t>Miniminiler : Pembe Kitap</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051008141</t>
+          <t>9786051008110</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Miniminiler : Turuncu Kitap</t>
+          <t>Miniminiler : Mor Kitap</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051000923</t>
+          <t>9786051006543</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Almanca-Türkçe / Türkçe-Almanca Sözlük (Ciltli)</t>
+          <t>Benim Büyük Boyama Kitabım - Şekiller Nesneler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051003375</t>
+          <t>9786051006628</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ve Taşıtlar (Ciltli)</t>
+          <t>Benim Büyük Boyama Kitabım - Taşıtlar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>7.9</v>
+        <v>40</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051003368</t>
+          <t>9786051008158</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ve Oyuncaklar (Ciltli)</t>
+          <t>Miniminiler : Yeşil Kitap</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>7.9</v>
+        <v>65</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051003351</t>
+          <t>9786051008141</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ve Şekiller (Ciltli)</t>
+          <t>Miniminiler : Turuncu Kitap</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>7.9</v>
+        <v>65</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051003344</t>
+          <t>9786051000923</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ve Sayılar (Ciltli)</t>
+          <t>Almanca-Türkçe / Türkçe-Almanca Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>7.9</v>
+        <v>75</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051003337</t>
+          <t>9786051003375</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Tarçın ve Renkler (Ciltli)</t>
+          <t>Tarçın ve Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>7.9</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051003870</t>
+          <t>9786051003368</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Tarçın ve Oyuncaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>10</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786051004518</t>
+          <t>9786051003351</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Tarçın ve Şekiller (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>11.94</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051004426</t>
+          <t>9786051003344</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Tarçın ve Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>8.24</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051003634</t>
+          <t>9786051003337</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız (Ciltli)</t>
+          <t>Tarçın ve Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>6.94</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>3990000031470</t>
+          <t>9786051003870</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Etkinlik</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>6.94</v>
+        <v>10</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051003658</t>
+          <t>9786051004518</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses (Ciltli)</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>9.26</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051005119</t>
+          <t>9786051004426</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Oyna - Violet</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>7.9</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051005102</t>
+          <t>9786051003634</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Oyna - Vicky</t>
+          <t>Kırmızı Başlıklı Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>7.9</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051004532</t>
+          <t>3990000031470</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Perilerin Harika Dünyası</t>
+          <t>Okul Öncesi Etkinlik</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>11</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789759181697</t>
+          <t>9786051003658</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Parıltı Türkçe Okul Sözlüğü</t>
+          <t>Pamuk Prenses (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051004549</t>
+          <t>9786051005119</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Diğer Masallar</t>
+          <t>Oyna - Violet</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>11</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051005034</t>
+          <t>9786051005102</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ile Oyna ve Yedi Cüceler’in Kulübesini Yap!</t>
+          <t>Oyna - Vicky</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>15</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051004501</t>
+          <t>9786051004532</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Perilerin Harika Dünyası</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>11.94</v>
+        <v>11</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786051003672</t>
+          <t>9789759181697</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo (Ciltli)</t>
+          <t>Parıltı Türkçe Okul Sözlüğü</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>6.94</v>
+        <v>35</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051004495</t>
+          <t>9786051004549</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan ve Küçük Peri</t>
+          <t>Pamuk Prenses ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>11.94</v>
+        <v>11</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051004433</t>
+          <t>9786051005034</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan ve Küçük Peri</t>
+          <t>Pamuk Prenses ile Oyna ve Yedi Cüceler’in Kulübesini Yap!</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>8.24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786051005027</t>
+          <t>9786051004501</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan ile Oyna ve Kaptan Kanca’nın Gemisini Yap!</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051003665</t>
+          <t>9786051003672</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan (Ciltli)</t>
+          <t>Pinokyo (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786051004464</t>
+          <t>9786051004495</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Prenses Sinderella</t>
+          <t>Peter Pan ve Küçük Peri</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>11.94</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786051004402</t>
+          <t>9786051004433</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Prenses Sinderella</t>
+          <t>Peter Pan ve Küçük Peri</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>8.24</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786051003917</t>
+          <t>9786051005027</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo</t>
+          <t>Peter Pan ile Oyna ve Kaptan Kanca’nın Gemisini Yap!</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786051004419</t>
+          <t>9786051003665</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Prenses Denizkızı</t>
+          <t>Peter Pan (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>8.24</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786051004471</t>
+          <t>9786051004464</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Prenses Deniz Kızı</t>
+          <t>Prenses Sinderella</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>11.94</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786051003733</t>
+          <t>9786051004402</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Şiir Diliyle Nasrettin Hoca Fıkraları</t>
+          <t>Prenses Sinderella</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>7.5</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786051003771</t>
+          <t>9786051003917</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Şiir Diliyle Keloğlan Masalları</t>
+          <t>Monte Kristo</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786051003740</t>
+          <t>9786051004419</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Şiir Diliyle Bektaşi Fıkraları</t>
+          <t>Prenses Denizkızı</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>10</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051006017</t>
+          <t>9786051004471</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Oya ve Arkadaşları Yazmayı Öğreniyor</t>
+          <t>Prenses Deniz Kızı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>12.5</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053035053</t>
+          <t>9786051003733</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikli Yazı Çalışma Defteri</t>
+          <t>Şiir Diliyle Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>70</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>3999073014541</t>
+          <t>9786051003771</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Beli Kırılan Kız - Keloğlan Masalları 7</t>
+          <t>Şiir Diliyle Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>3.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>3999073014540</t>
+          <t>9786051003740</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Aslan Çocuk - Keloğlan Masalları 8</t>
+          <t>Şiir Diliyle Bektaşi Fıkraları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>3999073014539</t>
+          <t>9786051006017</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Büyülü Gömlek - Keloğlan Masalları 10</t>
+          <t>Oya ve Arkadaşları Yazmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>3</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786051008103</t>
+          <t>9786053035053</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Miniminiler : Mavi Kitap</t>
+          <t>Etkinlikli Yazı Çalışma Defteri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051008097</t>
+          <t>3999073014541</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Miniminiler : Lila Kitap</t>
+          <t>Keloğlan ile Beli Kırılan Kız - Keloğlan Masalları 7</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>65</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051008080</t>
+          <t>3999073014540</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Miniminiler : Lacivert Kitap</t>
+          <t>Keloğlan ile Aslan Çocuk - Keloğlan Masalları 8</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>65</v>
+        <v>3</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786051008073</t>
+          <t>3999073014539</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Miniminiler : Kırmızı Kitap</t>
+          <t>Keloğlan ile Büyülü Gömlek - Keloğlan Masalları 10</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>65</v>
+        <v>3</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786051008066</t>
+          <t>9786051008103</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Miniminiler : Bordo Kitap</t>
+          <t>Miniminiler : Mavi Kitap</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786051005935</t>
+          <t>9786051008097</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama - Hayvanlar</t>
+          <t>Miniminiler : Lila Kitap</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>175</v>
+        <v>65</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>2017112411424</t>
+          <t>9786051008080</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Zaferler Dizisi (11 Kitap Takım)</t>
+          <t>Miniminiler : Lacivert Kitap</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>660</v>
+        <v>65</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786051003948</t>
+          <t>9786051008073</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Miniminiler : Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>10</v>
+        <v>65</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786051001081</t>
+          <t>9786051008066</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Saz İle Meşe</t>
+          <t>Miniminiler : Bordo Kitap</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>2.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786051001593</t>
+          <t>9786051005935</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bülbül</t>
+          <t>Neşeli Boyama - Hayvanlar</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>2.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053032496</t>
+          <t>2017112411424</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Favori Modeller - Mavi Kitap</t>
+          <t>Zaferler Dizisi (11 Kitap Takım)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>125</v>
+        <v>660</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789944760812</t>
+          <t>9786051003948</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Seçme Masallar - 6.Kitap</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>2014121122549</t>
+          <t>9786051001081</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Vahşi Hayvanlar (17 Kitap Takım)</t>
+          <t>Saz İle Meşe</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>127.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053032502</t>
+          <t>9786051001593</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Favori Modeller - Turuncu Kitap</t>
+          <t>Bülbül</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>150</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053033318</t>
+          <t>9786053032496</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Desenler Tezhipler Şekillerle Mandala - Sarı Kitap</t>
+          <t>Favori Modeller - Mavi Kitap</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>40</v>
+        <v>125</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053033349</t>
+          <t>9789944760812</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Desenler Tezhipler Şekillerle Mandala - Mavi Kitap</t>
+          <t>Mesnevi'den Seçme Masallar - 6.Kitap</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053033301</t>
+          <t>2014121122549</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Desenler Tezhipler Şekillerle Mandala - Turuncu Kitap</t>
+          <t>Çıkartmalarla Vahşi Hayvanlar (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>40</v>
+        <v>127.5</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053033332</t>
+          <t>9786053032502</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Desenler Tezhipler Şekillerle Mandala - Pembe Kitap</t>
+          <t>Favori Modeller - Turuncu Kitap</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786053033325</t>
+          <t>9786053033318</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Desenler Tezhipler Şekillerle Mandala - Turkuaz Kitap</t>
+          <t>Desenler Tezhipler Şekillerle Mandala - Sarı Kitap</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>2016090118288</t>
+          <t>9786053033349</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sanat ve Beceri Yeşil (5 Yaş - Kalemli)</t>
+          <t>Desenler Tezhipler Şekillerle Mandala - Mavi Kitap</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>2880000117131</t>
+          <t>9786053033301</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Desenler Tezhipler Şekillerle Mandala - Turuncu Kitap</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>2.9</v>
+        <v>40</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053036401</t>
+          <t>9786053033332</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İlk Kolay Boyama Kitabım 5 Yaş Üzeri</t>
+          <t>Desenler Tezhipler Şekillerle Mandala - Pembe Kitap</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786053036388</t>
+          <t>9786053033325</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>İlk Kolay Boyama Kitabım 3 Yaş Üzeri</t>
+          <t>Desenler Tezhipler Şekillerle Mandala - Turkuaz Kitap</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786053036395</t>
+          <t>2016090118288</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>İlk Kolay Boyama Kitabım 4 Yaş ve Üzeri</t>
+          <t>Eğlenceli Sanat ve Beceri Yeşil (5 Yaş - Kalemli)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786053036418</t>
+          <t>2880000117131</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Harika Uzay Boyama Kitabım</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>100</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786053036425</t>
+          <t>9786053036401</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Harika Dinozor Boyama Kitabım</t>
+          <t>İlk Kolay Boyama Kitabım 5 Yaş Üzeri</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053036371</t>
+          <t>9786053036388</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>İlk Kolay Boyama Kitabım</t>
+          <t>İlk Kolay Boyama Kitabım 3 Yaş Üzeri</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786051005966</t>
+          <t>9786053036395</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama - Meyve Sebze</t>
+          <t>İlk Kolay Boyama Kitabım 4 Yaş ve Üzeri</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786051005980</t>
+          <t>9786053036418</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama - Çiftliğimiz</t>
+          <t>Harika Uzay Boyama Kitabım</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>2020090101120</t>
+          <t>9786053036425</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Boya ve Eğlen Seti - 6 Kitap Takım</t>
+          <t>Harika Dinozor Boyama Kitabım</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>2741000000413</t>
+          <t>9786053036371</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Suluboya Takımlı Neşeli Boyama Seti - 8 Kitap Takım</t>
+          <t>İlk Kolay Boyama Kitabım</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>1400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>2741000000376</t>
+          <t>9786051005966</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Orman Hayvanları Serisi Seti - 9 Kitap Takım</t>
+          <t>Neşeli Boyama - Meyve Sebze</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>2741000000468</t>
+          <t>9786051005980</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim Su Hayvanları Serisi 5 Kitap - Artenino Seti</t>
+          <t>Neşeli Boyama - Çiftliğimiz</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>475</v>
+        <v>200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>2741000000482</t>
+          <t>2020090101120</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım Seti (6 Kitap Takım)</t>
+          <t>Boya ve Eğlen Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>2741000000499</t>
+          <t>2741000000413</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimelerle Yapıştır Boya Öğren Seti (4 Kitap Takım)</t>
+          <t>Suluboya Takımlı Neşeli Boyama Seti - 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>340</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>2741000000475</t>
+          <t>2741000000376</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Renkli ve Eğlenceli Çıkartmalar Seti - 8 Kitap Takım</t>
+          <t>Şekilli Orman Hayvanları Serisi Seti - 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>1000</v>
+        <v>540</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>2741000000598</t>
+          <t>2741000000468</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Yapıştır ve Boya İlk Yapıştırmalarım 4 Kitap Seti</t>
+          <t>Ben Kimim Su Hayvanları Serisi 5 Kitap - Artenino Seti</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>340</v>
+        <v>475</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256650381</t>
+          <t>2741000000482</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Ponçik - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
+          <t>İlk Boyamalarım Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051009728</t>
+          <t>2741000000499</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Altın Kaz</t>
+          <t>İlk Kelimelerle Yapıştır Boya Öğren Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>75</v>
+        <v>340</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051009834</t>
+          <t>2741000000475</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası</t>
+          <t>Renkli ve Eğlenceli Çıkartmalar Seti - 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>75</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051009766</t>
+          <t>2741000000598</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin</t>
+          <t>Yapıştır ve Boya İlk Yapıştırmalarım 4 Kitap Seti</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>75</v>
+        <v>340</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053032199</t>
+          <t>9786256650381</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Benim Prensesim - Noktaları Birleştir Çıkartmalı</t>
+          <t>Tavşan Ponçik - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>2017050211216</t>
+          <t>9786051009728</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Doğa Öyküleri (10 Kitap Takım)</t>
+          <t>Altın Kaz</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>750</v>
+        <v>90</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>2017050211285</t>
+          <t>9786051009834</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Öğreniyorum (10 Kitap)</t>
+          <t>Alaaddin'in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>750</v>
+        <v>90</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053032168</t>
+          <t>9786051009766</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Benim Dinozorlarım - Noktaları Birleştir Çıkartmalı</t>
+          <t>Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051008882</t>
+          <t>9786053032199</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Noktadan Noktaya Dinozorlar</t>
+          <t>Benim Prensesim - Noktaları Birleştir Çıkartmalı</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789758602445</t>
+          <t>2017050211216</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Forsa 5.6.7.8 Sınıflar İçin</t>
+          <t>Doğa Öyküleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>90</v>
+        <v>900</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051004327</t>
+          <t>2017050211285</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Boyama Kitabı - Meyveler ve Sebzeler</t>
+          <t>Doğadan Öğreniyorum (10 Kitap)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>85</v>
+        <v>900</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051004341</t>
+          <t>9786053032168</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Boyama Kitabı - Kolay Boyama</t>
+          <t>Benim Dinozorlarım - Noktaları Birleştir Çıkartmalı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051004297</t>
+          <t>9786051008882</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Boyama Kitabı - Hayvanlar</t>
+          <t>Noktadan Noktaya Dinozorlar</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051004372</t>
+          <t>9789758602445</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Boyama Kitabı - Bilmeceli Boyama</t>
+          <t>Forsa 5.6.7.8 Sınıflar İçin</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786051004303</t>
+          <t>9786051004327</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Boyama Kitabı - Alfabe</t>
+          <t>Eğitici Boyama Kitabı - Meyveler ve Sebzeler</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786051009797</t>
+          <t>9786051004341</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Eğitici Boyama Kitabı - Kolay Boyama</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786051009919</t>
+          <t>9786051004297</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Adam</t>
+          <t>Eğitici Boyama Kitabı - Hayvanlar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786051009803</t>
+          <t>9786051004372</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk</t>
+          <t>Eğitici Boyama Kitabı - Bilmeceli Boyama</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786051009889</t>
+          <t>9786051004303</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Sindrella</t>
+          <t>Eğitici Boyama Kitabı - Alfabe</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786051009711</t>
+          <t>9786051009797</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786051009872</t>
+          <t>9786051009919</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Kurabiye Adam</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786051009926</t>
+          <t>9786051009803</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Parmak Çocuk</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786051009896</t>
+          <t>9786051009889</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Tarla Faresi ve Şehir Faresi</t>
+          <t>Sindrella</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786051009780</t>
+          <t>9786051009711</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053031338</t>
+          <t>9786051009872</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Bak Öğren Kartlar - Renkler Şekille</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053031208</t>
+          <t>9786051009926</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Aslan</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786051009438</t>
+          <t>9786051009896</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Ördek</t>
+          <t>Tarla Faresi ve Şehir Faresi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786051009353</t>
+          <t>9786051009780</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Geyik</t>
+          <t>Kurbağa Prens</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>2013010314294</t>
+          <t>9786053031338</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Bilinç ve Karakter Gelişimi Dizisi (18 Kitap Takım)</t>
+          <t>Bak Öğren Kartlar - Renkler Şekille</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>1350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053030706</t>
+          <t>9786053031208</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Balerinler - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Aslan</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786051006345</t>
+          <t>9786051009438</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kıskançlık - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Ördek</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786051006376</t>
+          <t>9786051009353</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Yardımlaşma - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Geyik</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786051006352</t>
+          <t>2013010314294</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Nezaket - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Bilinç ve Karakter Gelişimi Dizisi (18 Kitap Takım)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>75</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786051003146</t>
+          <t>9786053030706</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Merhaba Sözlüğüm (Ciltli)</t>
+          <t>Balerinler - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786051008363</t>
+          <t>9786051006345</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Köpek</t>
+          <t>Kıskançlık - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786051009186</t>
+          <t>9786051006376</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözlük</t>
+          <t>Yardımlaşma - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>275</v>
+        <v>90</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786051006307</t>
+          <t>9786051006352</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Cesaret - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Nezaket - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786051008929</t>
+          <t>9786051003146</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Prensesler Boyama - Prenses Sisi</t>
+          <t>Yaşama Merhaba Sözlüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786051008608</t>
+          <t>9786051008363</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kolay Boyama 1</t>
+          <t>Köpek</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786053031192</t>
+          <t>9786051009186</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama - Taşıtlar (Suluboya Hediyeli)</t>
+          <t>İlk Sözlük</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786051008615</t>
+          <t>9786051006307</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kolay Boyama 2</t>
+          <t>Cesaret - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786051002293</t>
+          <t>9786051008929</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Sihirli Prensesler Boyama - Prenses Sisi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786051009735</t>
+          <t>9786051008608</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Bambi</t>
+          <t>Sevimli Kolay Boyama 1</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051009858</t>
+          <t>9786053031192</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı</t>
+          <t>Neşeli Boyama - Taşıtlar (Suluboya Hediyeli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>2016042617180</t>
+          <t>9786051008615</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Masalları (Poşetli Set 25 Kitap)</t>
+          <t>Sevimli Kolay Boyama 2</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>1875</v>
+        <v>75</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786053032656</t>
+          <t>9786051002293</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Çiz ve Boya Çiftlik</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786053032670</t>
+          <t>9786051009735</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Çiz ve Boya Deniz</t>
+          <t>Bambi</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053032687</t>
+          <t>9786051009858</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Çiz ve Boya Hayvanlar</t>
+          <t>Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053032601</t>
+          <t>2016042617180</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Boya ve Eğlen - Kırmızı Kitap - 32 Adet Çıkartma</t>
+          <t>Seçme Dünya Masalları (Poşetli Set 25 Kitap)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>75</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053032649</t>
+          <t>9786053032656</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Boya ve Eğlen - Yeşil Kitap - 32 Adet Çıkartma</t>
+          <t>Çiz ve Boya Çiftlik</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053032625</t>
+          <t>9786053032670</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Boya ve Eğlen - Sarı Kitap - 32 Adet Çıkartma</t>
+          <t>Çiz ve Boya Deniz</t>
         </is>
       </c>
       <c r="C500" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786053032632</t>
+          <t>9786053032687</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Boya ve Eğlen - Turuncu Kitap - 32 Adet Çıkartma</t>
+          <t>Çiz ve Boya Hayvanlar</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786053032618</t>
+          <t>9786053032601</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Boya ve Eğlen - Mavi Kitap - 32 Adet Çıkartma</t>
+          <t>Boya ve Eğlen - Kırmızı Kitap - 32 Adet Çıkartma</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053032694</t>
+          <t>9786053032649</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimelerle Yaşantımız - Yapıştır-Boya-Öğren</t>
+          <t>Boya ve Eğlen - Yeşil Kitap - 32 Adet Çıkartma</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786051009681</t>
+          <t>9786053032625</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>1001 Destandır Preveze Zaferi</t>
+          <t>Boya ve Eğlen - Sarı Kitap - 32 Adet Çıkartma</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786051008677</t>
+          <t>9786053032632</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kolay Boyama 3</t>
+          <t>Boya ve Eğlen - Turuncu Kitap - 32 Adet Çıkartma</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786051008905</t>
+          <t>9786053032618</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Prensesler Boyama - Prenses Külkedisi</t>
+          <t>Boya ve Eğlen - Mavi Kitap - 32 Adet Çıkartma</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789944760898</t>
+          <t>9786053032694</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Dizisi Seti (25 Kitap)</t>
+          <t>İlk Kelimelerle Yaşantımız - Yapıştır-Boya-Öğren</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>1500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786051009940</t>
+          <t>9786051009681</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Sinsi Tilki ve Küçük Kırmızı Tavuk</t>
+          <t>1001 Destandır Preveze Zaferi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053030270</t>
+          <t>9786051008677</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Sevimli Kolay Boyama 3</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051006871</t>
+          <t>9786051008905</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Aslan Kaplan ve Tilki ve Diğer Masallar</t>
+          <t>Sihirli Prensesler Boyama - Prenses Külkedisi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786051007090</t>
+          <t>9789944760898</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens</t>
+          <t>Ömer Seyfettin Dizisi Seti (25 Kitap)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>80</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786053030799</t>
+          <t>9786051009940</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Midilli</t>
+          <t>Sinsi Tilki ve Küçük Kırmızı Tavuk</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786051005720</t>
+          <t>9786053030270</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Nasreddin Hoca Fıkraları</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>50</v>
+        <v>85</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786051005744</t>
+          <t>9786051006871</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Deli Fıkraları</t>
+          <t>Aslan Kaplan ve Tilki ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>2015062313393</t>
+          <t>9786051007090</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Kitapları Seçmeler 1 (10 Kitap Takım)</t>
+          <t>Kurbağa Prens</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>700</v>
+        <v>80</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>2020061214145</t>
+          <t>9786053030799</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Kıssaları (15 Kitap Set)</t>
+          <t>Midilli</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9799759181641</t>
+          <t>9786051005720</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>En Güzel Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786053037194</t>
+          <t>9786051005744</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Mega Boyama-Turuncu Kitap</t>
+          <t>En Güzel Deli Fıkraları</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053037156</t>
+          <t>2015062313393</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Mega Boyama-Lacivert Kitap</t>
+          <t>Hikaye Kitapları Seçmeler 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786053037187</t>
+          <t>2020061214145</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Mega Boyama-Sarı Kitap</t>
+          <t>Peygamber Kıssaları (15 Kitap Set)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053037170</t>
+          <t>9799759181641</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Mega Boyama-Mavi Kitap</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>140</v>
+        <v>75</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786053037149</t>
+          <t>9786053037194</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Mega Boyama-Kırmızı Kitap</t>
+          <t>Mega Boyama-Turuncu Kitap</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053037163</t>
+          <t>9786053037156</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Mega Boyama-Mor Kitap</t>
+          <t>Mega Boyama-Lacivert Kitap</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053037132</t>
+          <t>9786053037187</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Mega Boyama-Kahverengi Kitap</t>
+          <t>Mega Boyama-Sarı Kitap</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053037200</t>
+          <t>9786053037170</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Mega Boyama-Yeşil Kitap</t>
+          <t>Mega Boyama-Mavi Kitap</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053037415</t>
+          <t>9786053037149</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Anetil - İlk Okuma Yazma Seti 10 Kitap Set</t>
+          <t>Mega Boyama-Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>2019102313527</t>
+          <t>9786053037163</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Masalları (10 Kitap Takım)</t>
+          <t>Mega Boyama-Mor Kitap</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053037125</t>
+          <t>9786053037132</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Şekilli Boyama – Alfabe</t>
+          <t>Mega Boyama-Kahverengi Kitap</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053037064</t>
+          <t>9786053037200</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Şekilli Boyama - Hayvanlar</t>
+          <t>Mega Boyama-Yeşil Kitap</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053037040</t>
+          <t>9786053037415</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Şekilli Boyama - Oyuncaklar</t>
+          <t>Anetil - İlk Okuma Yazma Seti 10 Kitap Set</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053037057</t>
+          <t>2019102313527</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Şekilli Boyama - Meyveler</t>
+          <t>Dede Korkut Masalları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786053037071</t>
+          <t>9786053037125</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Şekilli Boyama - Kuşlar</t>
+          <t>Örneklerle Şekilli Boyama – Alfabe</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053037088</t>
+          <t>9786053037064</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Şekilli Boyama - Araçlar</t>
+          <t>Örneklerle Şekilli Boyama - Hayvanlar</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053037118</t>
+          <t>9786053037040</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Şekilli Boyama - Sayılar</t>
+          <t>Örneklerle Şekilli Boyama - Oyuncaklar</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786053037101</t>
+          <t>9786053037057</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Şekilli Boyama – Sebzeler</t>
+          <t>Örneklerle Şekilli Boyama - Meyveler</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053037309</t>
+          <t>9786053037071</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Örnek Harfli Çalışma Defteri</t>
+          <t>Örneklerle Şekilli Boyama - Kuşlar</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053037224</t>
+          <t>9786053037088</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Türkçe Sözlük</t>
+          <t>Örneklerle Şekilli Boyama - Araçlar</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053037248</t>
+          <t>9786053037118</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Yazım (İmla) Kılavuzu</t>
+          <t>Örneklerle Şekilli Boyama - Sayılar</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053037217</t>
+          <t>9786053037101</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Türkçe Sözlük</t>
+          <t>Örneklerle Şekilli Boyama – Sebzeler</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053037231</t>
+          <t>9786053037309</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Atasözleri Sözlüğü</t>
+          <t>Örnek Harfli Çalışma Defteri</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053036111</t>
+          <t>9786053037224</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Benim Çılgın Aktivite Kitabım - Yeşil Kitap</t>
+          <t>Ortaokul Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>65</v>
+        <v>160</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786053036104</t>
+          <t>9786053037248</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Benim Çılgın Aktivite Kitabım - Sarı Kitap</t>
+          <t>Yazım (İmla) Kılavuzu</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>65</v>
+        <v>160</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786053036098</t>
+          <t>9786053037217</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Benim Çılgın Aktivite Kitabım - Kırmızı Kitap</t>
+          <t>İlköğretim Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>65</v>
+        <v>160</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786053037286</t>
+          <t>9786053037231</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz Dik Çizgili Yazı Defteri Küçük Boy - Mavi</t>
+          <t>Deyimler ve Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786053037255</t>
+          <t>9786053036111</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz Dik Çizgili Yazı Defteri Büyük Boy - Mavi</t>
+          <t>Benim Çılgın Aktivite Kitabım - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786053037293</t>
+          <t>9786053036104</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz Çizgili Yazı Defteri Küçük Boy - Turuncu</t>
+          <t>Benim Çılgın Aktivite Kitabım - Sarı Kitap</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053037279</t>
+          <t>9786053036098</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz Çizgili Yazı Defteri Büyük Boy - Yeşil</t>
+          <t>Benim Çılgın Aktivite Kitabım - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053037262</t>
+          <t>9786053037286</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz Çizgili Yazı Defteri Büyük Boy - Turuncu</t>
+          <t>Kılavuz Dik Çizgili Yazı Defteri Küçük Boy - Mavi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053036760</t>
+          <t>9786053037255</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyalım - İtfaiyeci</t>
+          <t>Kılavuz Dik Çizgili Yazı Defteri Büyük Boy - Mavi</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786053036777</t>
+          <t>9786053037293</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyalım - Doktor</t>
+          <t>Kılavuz Çizgili Yazı Defteri Küçük Boy - Turuncu</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053036746</t>
+          <t>9786053037279</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyalım - Öğretmen</t>
+          <t>Kılavuz Çizgili Yazı Defteri Büyük Boy - Yeşil</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786053036784</t>
+          <t>9786053037262</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyalım - Polis</t>
+          <t>Kılavuz Çizgili Yazı Defteri Büyük Boy - Turuncu</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053036791</t>
+          <t>9786053036760</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyalım - Çiftçi</t>
+          <t>Meslekleri Tanıyalım - İtfaiyeci</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786053036753</t>
+          <t>9786053036777</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyalım - Pilot</t>
+          <t>Meslekleri Tanıyalım - Doktor</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786256650350</t>
+          <t>9786053036746</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Midilli Poli - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
+          <t>Meslekleri Tanıyalım - Öğretmen</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786256650336</t>
+          <t>9786053036784</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Köpek Pati - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
+          <t>Meslekleri Tanıyalım - Polis</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786256650367</t>
+          <t>9786053036791</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Ördek Bıcır - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
+          <t>Meslekleri Tanıyalım - Çiftçi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786256650282</t>
+          <t>9786053036753</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Ayı Bombom - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
+          <t>Meslekleri Tanıyalım - Pilot</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786256650343</t>
+          <t>9786256650350</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Kuzu Lori - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
+          <t>Midilli Poli - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786256650305</t>
+          <t>9786256650336</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Fil Jumbo - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
+          <t>Köpek Pati - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786256650299</t>
+          <t>9786256650367</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Buzağı Zelo - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
+          <t>Ördek Bıcır - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786256650312</t>
+          <t>9786256650282</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Keçi Tiki - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
+          <t>Ayı Bombom - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786258179620</t>
+          <t>9786256650343</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Minik Öğrenciler - Şekiller ve Renkler</t>
+          <t>Kuzu Lori - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786258179637</t>
+          <t>9786256650305</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Minik Öğrenciler - Yazma Çalışmaları</t>
+          <t>Fil Jumbo - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786258179644</t>
+          <t>9786256650299</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Minik Öğrenciler - Zıtlıklar</t>
+          <t>Buzağı Zelo - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786258179613</t>
+          <t>9786256650312</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Minik Öğrenciler - Sayma Zamanı</t>
+          <t>Keçi Tiki - Yavru Hayvan Hikayeleri Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053036616</t>
+          <t>9786258179620</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Kurbağa</t>
+          <t>Minik Öğrenciler - Şekiller ve Renkler</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053036623</t>
+          <t>9786258179637</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Maymun</t>
+          <t>Minik Öğrenciler - Yazma Çalışmaları</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786053036586</t>
+          <t>9786258179644</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Tavşan</t>
+          <t>Minik Öğrenciler - Zıtlıklar</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786053036609</t>
+          <t>9786258179613</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Koyun</t>
+          <t>Minik Öğrenciler - Sayma Zamanı</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053036654</t>
+          <t>9786053036616</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Penguen</t>
+          <t>Hayvanları Tanıyalım - Kurbağa</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053036593</t>
+          <t>9786053036623</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Su Aygırı</t>
+          <t>Hayvanları Tanıyalım - Maymun</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053036630</t>
+          <t>9786053036586</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Tanıyalım - Panda</t>
+          <t>Hayvanları Tanıyalım - Tavşan</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053036456</t>
+          <t>9786053036609</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Araçları Tanıyalım - Uçak</t>
+          <t>Hayvanları Tanıyalım - Koyun</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053036487</t>
+          <t>9786053036654</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Araçları Tanıyalım - Gemi</t>
+          <t>Hayvanları Tanıyalım - Penguen</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053036494</t>
+          <t>9786053036593</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Araçları Tanıyalım - Araba</t>
+          <t>Hayvanları Tanıyalım - Su Aygırı</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053036449</t>
+          <t>9786053036630</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Araçları Tanıyalım - Tren</t>
+          <t>Hayvanları Tanıyalım - Panda</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053036463</t>
+          <t>9786053036456</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Araçları Tanıyalım - Otobüs</t>
+          <t>Araçları Tanıyalım - Uçak</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053036470</t>
+          <t>9786053036487</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Araçları Tanıyalım - Kamyon</t>
+          <t>Araçları Tanıyalım - Gemi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053035619</t>
+          <t>9786053036494</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 5 Yaş Üstü 4'lü Pastel Boya Hediyeli</t>
+          <t>Araçları Tanıyalım - Araba</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>95</v>
+        <v>60</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053035626</t>
+          <t>9786053036449</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama 2 - 4 Yaş Üstü 4'lü Pastel Boya Hediyeli</t>
+          <t>Araçları Tanıyalım - Tren</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>95</v>
+        <v>60</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053035633</t>
+          <t>9786053036463</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 3 Yaş Üstü 4'lü Pastel Boya Hediyeli</t>
+          <t>Araçları Tanıyalım - Otobüs</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>95</v>
+        <v>60</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>2021120523215</t>
+          <t>9786053036470</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Masallar - 10 Kitap Set</t>
+          <t>Araçları Tanıyalım - Kamyon</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053030881</t>
+          <t>9786053035619</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Uzay - Çıkartma ve Aktivite Kitabı</t>
+          <t>Eğlenceli Boyama - 5 Yaş Üstü 4'lü Pastel Boya Hediyeli</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786051008691</t>
+          <t>9786053035626</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Eğlendiren Boyama - Dinozorlar</t>
+          <t>Eğlenceli Boyama 2 - 4 Yaş Üstü 4'lü Pastel Boya Hediyeli</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786051008684</t>
+          <t>9786053035633</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Eğlendiren Boyama - İş Makineleri</t>
+          <t>Eğlenceli Boyama - 3 Yaş Üstü 4'lü Pastel Boya Hediyeli</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786051008714</t>
+          <t>2021120523215</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Eğlendiren Boyama - Otomobil ve Motosikletler</t>
+          <t>Neşeli Masallar - 10 Kitap Set</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789756231074</t>
+          <t>9786053030881</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinden Seçmeler</t>
+          <t>Uzay - Çıkartma ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9799759181351</t>
+          <t>9786051008691</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Eğlendiren Boyama - Dinozorlar</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789758602070</t>
+          <t>9786051008684</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Eğlendiren Boyama - İş Makineleri</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786051008165</t>
+          <t>9786051008714</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sporlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Eğlendiren Boyama - Otomobil ve Motosikletler</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786051008189</t>
+          <t>9789756231074</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Divan Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786051008226</t>
+          <t>9799759181351</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayat - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786051008196</t>
+          <t>9789758602070</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Minik Böcekler - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786051005973</t>
+          <t>9786051008165</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama - Yaşantımız</t>
+          <t>Eğlenceli Sporlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C595" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786051005942</t>
+          <t>9786051008189</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama - Kolay Boyama</t>
+          <t>Korsanlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053031062</t>
+          <t>9786051008226</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğreniyorum - Sarı Kitap</t>
+          <t>Vahşi Hayat - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786053031048</t>
+          <t>9786051008196</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğreniyorum - Kırmızı Kitap</t>
+          <t>Minik Böcekler - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053030867</t>
+          <t>9786051005973</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Çıkartma ve Aktivite Kitabı</t>
+          <t>Neşeli Boyama - Yaşantımız</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053031055</t>
+          <t>9786051005942</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğreniyorum - Mavi Kitap</t>
+          <t>Neşeli Boyama - Kolay Boyama</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786053031031</t>
+          <t>9786053031062</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Öğreniyorum - Yeşil Kitap</t>
+          <t>Çizmeyi Öğreniyorum - Sarı Kitap</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786051000022</t>
+          <t>9786053031048</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>İlk Namaz</t>
+          <t>Çizmeyi Öğreniyorum - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786053030720</t>
+          <t>9786053030867</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Taşıtlar - Çıkartma ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786053030744</t>
+          <t>9786053031055</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Çizmeyi Öğreniyorum - Mavi Kitap</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>135</v>
+        <v>85</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053030713</t>
+          <t>9786053031031</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>İş Makineleri - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Çizmeyi Öğreniyorum - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>135</v>
+        <v>85</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786053030782</t>
+          <t>9786051000022</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Balina</t>
+          <t>İlk Namaz</t>
         </is>
       </c>
       <c r="C606" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786051009391</t>
+          <t>9786053030720</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Penguen</t>
+          <t>Kuşlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786053031185</t>
+          <t>9786053030744</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama - Harfler</t>
+          <t>Oyun Zamanı - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C608" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786053030904</t>
+          <t>9786053030713</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - Çıkartma ve Aktivite Kitabı</t>
+          <t>İş Makineleri - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786053030874</t>
+          <t>9786053030782</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Çıkartma ve Aktivite Kitabı</t>
+          <t>Balina</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786053030850</t>
+          <t>9786051009391</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Pembe - Çıkartma ve Aktivite Kitabı</t>
+          <t>Penguen</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786053030812</t>
+          <t>9786053031185</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Arabalar - Çıkartma ve Aktivite Kitabı</t>
+          <t>Neşeli Boyama - Harfler</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786051005638</t>
+          <t>9786053030904</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Şirin ve Eğitici Harfler</t>
+          <t>Çiftlik - Çıkartma ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786051005652</t>
+          <t>9786053030874</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Şirin ve Eğitici Çizgiler</t>
+          <t>Hayvanlar - Çıkartma ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786051005126</t>
+          <t>9786053030850</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>Pembe - Çıkartma ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>40</v>
+        <v>125</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786051008035</t>
+          <t>9786053030812</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Maskeler - Mavi Kitap</t>
+          <t>Arabalar - Çıkartma ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786051008042</t>
+          <t>9786051005638</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Maskeler - Sarı Kitap</t>
+          <t>Şirin ve Eğitici Harfler</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>95</v>
+        <v>175</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786051009032</t>
+          <t>9786051005652</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Paylaşım Hikayesi: Paylaşmak Güzeldir</t>
+          <t>Şirin ve Eğitici Çizgiler</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786051008974</t>
+          <t>9786051005126</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Dürüstlük Hikayesi: Doğruyu Söyle</t>
+          <t>Renkler</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786051008387</t>
+          <t>9786051008035</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Tavşan</t>
+          <t>Eğlenceli Maskeler - Mavi Kitap</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9799759181474</t>
+          <t>9786051008042</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinden Seçmeler</t>
+          <t>Eğlenceli Maskeler - Sarı Kitap</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786051006208</t>
+          <t>9786051009032</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Atlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Paylaşım Hikayesi: Paylaşmak Güzeldir</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789944760850</t>
+          <t>9786051008974</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>100 Temel Eser Lise Kutulu (32 Kitap Takım)</t>
+          <t>Dürüstlük Hikayesi: Doğruyu Söyle</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>4140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786053036715</t>
+          <t>9786051008387</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Oyna Öğren Hayvanat Bahçesi</t>
+          <t>Tavşan</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786053036708</t>
+          <t>9799759181474</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Oyna Öğren Orman</t>
+          <t>Türk Bilmecelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786053036722</t>
+          <t>9786051006208</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Oyna Öğren Çiftlik</t>
+          <t>Atlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786053036739</t>
+          <t>9789944760850</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Oyna Öğren Bahçe</t>
+          <t>100 Temel Eser Lise Kutulu (32 Kitap Takım)</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>60</v>
+        <v>4625</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053036050</t>
+          <t>9786053036715</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Boyayalım Eğlenelim Timsah</t>
+          <t>Oyna Öğren Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786053036067</t>
+          <t>9786053036708</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Boyayalım Eğlenelim Kaplan</t>
+          <t>Oyna Öğren Orman</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786053036074</t>
+          <t>9786053036722</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Boyayalım Eğlenelim Baykuş</t>
+          <t>Oyna Öğren Çiftlik</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786053036081</t>
+          <t>9786053036739</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Boyayalım Eğlenelim Ayı</t>
+          <t>Oyna Öğren Bahçe</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786053036890</t>
+          <t>9786053036050</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Mandala Şehirde</t>
+          <t>Boyayalım Eğlenelim Timsah</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786053036906</t>
+          <t>9786053036067</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Mandala Motifler</t>
+          <t>Boyayalım Eğlenelim Kaplan</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786053036852</t>
+          <t>9786053036074</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Mandala Hayvanlar</t>
+          <t>Boyayalım Eğlenelim Baykuş</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786053036883</t>
+          <t>9786053036081</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Mandala Moda</t>
+          <t>Boyayalım Eğlenelim Ayı</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786053036876</t>
+          <t>9786053036890</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Mandala Doğada</t>
+          <t>Mandala Şehirde</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786053036845</t>
+          <t>9786053036906</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Mandala Desenler</t>
+          <t>Mandala Motifler</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786053036838</t>
+          <t>9786053036852</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala Yeşil</t>
+          <t>Mandala Hayvanlar</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786053036807</t>
+          <t>9786053036883</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala Kırmızı</t>
+          <t>Mandala Moda</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786053036869</t>
+          <t>9786053036876</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Mandala Çizimler</t>
+          <t>Mandala Doğada</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786051004310</t>
+          <t>9786053036845</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Boyama Kitabı - Renkler ve Şekiller</t>
+          <t>Mandala Desenler</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>85</v>
+        <v>125</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786051004280</t>
+          <t>9786053036838</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Boyama Kitabı - Meslekler</t>
+          <t>Çocuklar İçin Mandala Yeşil</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>85</v>
+        <v>125</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786051004334</t>
+          <t>9786053036807</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Boyama Kitabı - Çiz Tamamla</t>
+          <t>Çocuklar İçin Mandala Kırmızı</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>85</v>
+        <v>125</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786051004365</t>
+          <t>9786053036869</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Boyama Kitabı - Yaşantımız</t>
+          <t>Mandala Çizimler</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>85</v>
+        <v>125</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786051006741</t>
+          <t>9786051004310</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk El İşi Aktivitelerim</t>
+          <t>Eğitici Boyama Kitabı - Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>50</v>
+        <v>85</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789944760768</t>
+          <t>9786051004280</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Temel Okul (Bilgiler) Ansiklopedisi (Ciltli)</t>
+          <t>Eğitici Boyama Kitabı - Meslekler</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>500</v>
+        <v>85</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789756231517</t>
+          <t>9786051004334</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Rusça Konuşma Kılavuzu</t>
+          <t>Eğitici Boyama Kitabı - Çiz Tamamla</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>250</v>
+        <v>85</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789756231555</t>
+          <t>9786051004365</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Konuşma Kılavuzu</t>
+          <t>Eğitici Boyama Kitabı - Yaşantımız</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>250</v>
+        <v>85</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786051003535</t>
+          <t>9786051006741</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Konuşma Kılavuzu</t>
+          <t>Benim İlk El İşi Aktivitelerim</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786051003542</t>
+          <t>9789944760768</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Grameri ve Öğrenimi</t>
+          <t>Temel Okul (Bilgiler) Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789756231531</t>
+          <t>9789756231517</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Konuşma Kılavuzu</t>
+          <t>Rusça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789756231548</t>
+          <t>9789756231555</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Konuşma Kılavuzu</t>
+          <t>İtalyanca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789758602131</t>
+          <t>9786051003535</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>İspanyolca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9799759181610</t>
+          <t>9786051003542</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>İspanyolca Grameri ve Öğrenimi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9799756231752</t>
+          <t>9789756231531</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Fransızca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786051004877</t>
+          <t>9789756231548</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Ormandan Gelen Ses</t>
+          <t>İngilizce Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9799759181429</t>
+          <t>9789758602131</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Hikayeleri</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9799756231981</t>
+          <t>9799759181610</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Hikayeleri</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>2019102313565</t>
+          <t>9799756231752</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Fıkraları (10 Kitap Takım)</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789759181291</t>
+          <t>9786051004877</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Ormandan Gelen Ses</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786051004679</t>
+          <t>9799759181429</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Meyveler - Sebzeler</t>
+          <t>Nasrettin Hoca Hikayeleri</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786051005164</t>
+          <t>9799756231981</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Meyveler</t>
+          <t>Nasrettin Hoca Hikayeleri</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9799759181368</t>
+          <t>2019102313565</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’nın Mesnevi’sinden Seçme Hikayeler</t>
+          <t>Nasrettin Hoca Fıkraları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9799756231974</t>
+          <t>9789759181291</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif’ten Seçmeler</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9799759181580</t>
+          <t>9786051004679</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine’den Seçmeler</t>
+          <t>Meyveler - Sebzeler</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789758602476</t>
+          <t>9786051005164</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Kütük</t>
+          <t>Meyveler</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786051000312</t>
+          <t>9799759181368</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenses</t>
+          <t>Mevlana’nın Mesnevi’sinden Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786051000916</t>
+          <t>9799756231974</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lord</t>
+          <t>Mehmet Akif’ten Seçmeler</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789758602209</t>
+          <t>9799759181580</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kemancı</t>
+          <t>La Fontaine’den Seçmeler</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789758602032</t>
+          <t>9789758602476</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Kütük</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789758602018</t>
+          <t>9786051000312</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Küçük Erkekler</t>
+          <t>Küçük Prenses</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786051004860</t>
+          <t>9786051000916</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Kurt Hücumu</t>
+          <t>Küçük Lord</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786051004853</t>
+          <t>9789758602209</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Kaptanlar</t>
+          <t>Küçük Kemancı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786051004846</t>
+          <t>9789758602032</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Çocuk</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9799759181436</t>
+          <t>9789758602018</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Küçük Erkekler</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>2019102313541</t>
+          <t>9786051004860</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları (10 Kitap Takım)</t>
+          <t>Kurt Hücumu</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9799759181061</t>
+          <t>9786051004853</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Korkusuz Kaptanlar</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789758602674</t>
+          <t>9786051004846</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Kimsesiz Çocuk</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789758602469</t>
+          <t>9799759181436</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786051004808</t>
+          <t>2019102313541</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Karpatlar Şatosu</t>
+          <t>Keloğlan Masalları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>70</v>
+        <v>225</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786051004761</t>
+          <t>9799759181061</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Ülke</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9799756231875</t>
+          <t>9789758602674</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786051004822</t>
+          <t>9789758602469</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kara Ok</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789759181307</t>
+          <t>9786051004808</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant’ın Çocukları</t>
+          <t>Karpatlar Şatosu</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786051002125</t>
+          <t>9786051004761</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa ve Kartal</t>
+          <t>Karanlık Ülke</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786051000190</t>
+          <t>9799756231875</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Fenerciler</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786051004815</t>
+          <t>9786051004822</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kaçırılan Çocuk</t>
+          <t>Kara Ok</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789759181277</t>
+          <t>9789759181307</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Kaptan Grant’ın Çocukları</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>2019102313558</t>
+          <t>9786051002125</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>La Fonten Masalları (10 Kitap Takım)</t>
+          <t>Kaplumbağa ve Kartal</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9799756231851</t>
+          <t>9786051000190</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar</t>
+          <t>Kahraman Fenerciler</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789759181031</t>
+          <t>9786051004815</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>İmla Kılavuzu</t>
+          <t>Kaçırılan Çocuk</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789944760744</t>
+          <t>9789759181277</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Türkçe Sözlük 5-6-7-8</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789944760737</t>
+          <t>2019102313558</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Türkçe Sözlük 2-3-4</t>
+          <t>La Fonten Masalları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789944760706</t>
+          <t>9799756231851</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Orta Atlas</t>
+          <t>İnsan Ne ile Yaşar</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789944760713</t>
+          <t>9789759181031</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim İlk Atlas</t>
+          <t>İmla Kılavuzu</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789944760720</t>
+          <t>9789944760744</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Coğrafya Atlası</t>
+          <t>İlköğretim Türkçe Sözlük 5-6-7-8</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789758602216</t>
+          <t>9789944760737</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>İki Yıl Okul Tatili</t>
+          <t>İlköğretim Türkçe Sözlük 2-3-4</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>70</v>
+        <v>135</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9799756231943</t>
+          <t>9789944760706</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>İlköğretim Orta Atlas</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9799759181634</t>
+          <t>9789944760713</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>İlköğretim İlk Atlas</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789758602155</t>
+          <t>9789944760720</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>İlköğretim Coğrafya Atlası</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786051002217</t>
+          <t>9789758602216</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Konseri (Ciltli)</t>
+          <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786051005140</t>
+          <t>9799756231943</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786051004662</t>
+          <t>9799759181634</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786051005188</t>
+          <t>9789758602155</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Harfler</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786051004655</t>
+          <t>9786051002217</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Harfler</t>
+          <t>Hayvanların Konseri (Ciltli)</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789759181260</t>
+          <t>9786051005140</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler</t>
+          <t>Hayvanlar</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9799759181511</t>
+          <t>9786051004662</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Güliver’in Gezileri</t>
+          <t>Hayvanlar</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789758602186</t>
+          <t>9786051005188</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Güliverin Gezileri</t>
+          <t>Harfler</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786051004754</t>
+          <t>9786051004655</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Hakimi</t>
+          <t>Harfler</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786051000060</t>
+          <t>9789759181260</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabet</t>
+          <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789758602599</t>
+          <t>9799759181511</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Ferman</t>
+          <t>Güliver’in Gezileri</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789758602483</t>
+          <t>9789758602186</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Ferman</t>
+          <t>Güliverin Gezileri</t>
         </is>
       </c>
       <c r="C712" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9799759181443</t>
+          <t>9786051004754</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Falaka Gecelerim</t>
+          <t>Göklerin Hakimi</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9799756231684</t>
+          <t>9786051000060</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Falaka Gecelerim</t>
+          <t>Gizli Mabet</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789758602452</t>
+          <t>9789758602599</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Ferman</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>2019102313534</t>
+          <t>9789758602483</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları (10 Kitap Takım)</t>
+          <t>Ferman</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9799759181559</t>
+          <t>9799759181443</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Falaka Gecelerim</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9799756231714</t>
+          <t>9799756231684</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Falaka Gecelerim</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786051004778</t>
+          <t>9789758602452</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Ada</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786051004747</t>
+          <t>2019102313534</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Elmas Avcıları</t>
+          <t>Ezop Masalları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>70</v>
+        <v>225</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789758602506</t>
+          <t>9799759181559</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786051000886</t>
+          <t>9799756231714</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Merkezine Seyahat</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786051004716</t>
+          <t>9786051004778</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Dr. Oks</t>
+          <t>Esrarlı Ada</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789758602063</t>
+          <t>9786051004747</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Elmas Avcıları</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789758602537</t>
+          <t>9789758602506</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Diyet (160 Sayfa)</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789758602612</t>
+          <t>9786051000886</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Dünya’nın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789759181055</t>
+          <t>9786051004716</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Atasözleri Sözlüğü</t>
+          <t>Dr. Oks</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786051000305</t>
+          <t>9789758602063</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20 Bin Fersah</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786051004723</t>
+          <t>9789758602537</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Deniz Yılanı</t>
+          <t>Diyet (160 Sayfa)</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786051000176</t>
+          <t>9789758602612</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786051004891</t>
+          <t>9789759181055</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Demir Maske</t>
+          <t>Deyimler ve Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>70</v>
+        <v>135</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9799756231868</t>
+          <t>9786051000305</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Denizler Altında 20 Bin Fersah</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9799756231929</t>
+          <t>9786051004723</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Deniz Yılanı</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789759181253</t>
+          <t>9786051000176</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786051000107</t>
+          <t>9786051004891</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Şiirleri Antolojisi</t>
+          <t>Demir Maske</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786051002286</t>
+          <t>9799756231868</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786051005201</t>
+          <t>9799756231929</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Çiz - Tamamla</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786051002231</t>
+          <t>9789759181253</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789759181246</t>
+          <t>9786051000107</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Taç</t>
+          <t>Çocuk Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786051005225</t>
+          <t>9786051002286</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Boyama Zamanı: Bilmeceli Boyama</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786051005270</t>
+          <t>9786051005201</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Boyama Zamanı: Alfabe Öğreniyorum</t>
+          <t>Çiz - Tamamla</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789758602520</t>
+          <t>9786051002231</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Lale</t>
+          <t>Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789759181284</t>
+          <t>9789759181246</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Çalınan Taç</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786051002132</t>
+          <t>9786051005225</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Aslan ve Sivrisinek</t>
+          <t>Boyama Zamanı: Bilmeceli Boyama</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>2019102313510</t>
+          <t>9786051005270</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları (10 Kitap Takım)</t>
+          <t>Boyama Zamanı: Alfabe Öğreniyorum</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9799759181566</t>
+          <t>9789758602520</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Beyaz Lale</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9799756231769</t>
+          <t>9789759181284</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786051002156</t>
+          <t>9786051002132</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği ve Karınca</t>
+          <t>Aslan ve Sivrisinek</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9799759181603</t>
+          <t>2019102313510</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu</t>
+          <t>Andersen Masalları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9799756231820</t>
+          <t>9799759181566</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786051005263</t>
+          <t>9799756231769</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Boyama Zamanı: Meyve ve Sebzeler</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786051005256</t>
+          <t>9786051002156</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Boyama Zamanı: Kolay Boyama</t>
+          <t>Ağustos Böceği ve Karınca</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786051005232</t>
+          <t>9799759181603</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Boyama Zamanı: Çiz - Tamamla</t>
+          <t>80 Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786051005379</t>
+          <t>9799756231820</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Seyyahların Gözüyle İstanbul (Ciltli)</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786051005249</t>
+          <t>9786051005263</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Boyama Zamanı: Sevimli Hayvanlar</t>
+          <t>Boyama Zamanı: Meyve ve Sebzeler</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786051005782</t>
+          <t>9786051005256</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Sözcükler</t>
+          <t>Boyama Zamanı: Kolay Boyama</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786051006192</t>
+          <t>9786051005232</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Boyama Zamanı: Çiz - Tamamla</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786051006161</t>
+          <t>9786051005379</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Seyyahların Gözüyle İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786051007328</t>
+          <t>9786051005249</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Alıştırmaları - Yaşantımız (4 Yaş)</t>
+          <t>Boyama Zamanı: Sevimli Hayvanlar</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786051007250</t>
+          <t>9786051005782</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Alıştırmaları - Harfler (4 Yaş)</t>
+          <t>Neşeli Sözcükler</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786051007298</t>
+          <t>9786051006192</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Alıştırmaları - Sayılar (4 Yaş)</t>
+          <t>Çiftlik - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786051007311</t>
+          <t>9786051006161</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Alıştırmaları - Taşıtlar (4 Yaş)</t>
+          <t>Dinozorlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786051007526</t>
+          <t>9786051007328</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu</t>
+          <t>Çizgi Alıştırmaları - Yaşantımız (4 Yaş)</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786051007519</t>
+          <t>9786051007250</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Saati Söyle!</t>
+          <t>Çizgi Alıştırmaları - Harfler (4 Yaş)</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786051009339</t>
+          <t>9786051007298</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Ayı</t>
+          <t>Çizgi Alıştırmaları - Sayılar (4 Yaş)</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786051005416</t>
+          <t>9786051007311</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Renkli ve Eğlenceli Çıkartmalar - Hayvanlar (Animals)</t>
+          <t>Çizgi Alıştırmaları - Taşıtlar (4 Yaş)</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786051005447</t>
+          <t>9786051007526</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Renkli ve Eğlenceli Çıkartmalar - Kavram ve Şekiller (Concept and Figures)</t>
+          <t>Çarpım Tablosu</t>
         </is>
       </c>
       <c r="C767" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786051005409</t>
+          <t>9786051007519</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Renkli ve Eğlenceli Çıkartmalar - Besinler (Food)</t>
+          <t>Saati Söyle!</t>
         </is>
       </c>
       <c r="C768" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786051005461</t>
+          <t>9786051009339</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Renkli ve Eğlenceli Çıkartmalar - Sebzeler (Vegetables)</t>
+          <t>Ayı</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786051005478</t>
+          <t>9786051005416</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Renkli ve Eğlenceli Çıkartmalar - Taşıtlar (Vehicles)</t>
+          <t>Renkli ve Eğlenceli Çıkartmalar - Hayvanlar (Animals)</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786051005430</t>
+          <t>9786051005447</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Renkli ve Eğlenceli Çıkartmalar - Renkler (Colors)</t>
+          <t>Renkli ve Eğlenceli Çıkartmalar - Kavram ve Şekiller (Concept and Figures)</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786051006321</t>
+          <t>9786051005409</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Olmak - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Renkli ve Eğlenceli Çıkartmalar - Besinler (Food)</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786051006291</t>
+          <t>9786051005461</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Affetmek - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Renkli ve Eğlenceli Çıkartmalar - Sebzeler (Vegetables)</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786051006338</t>
+          <t>9786051005478</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Güzel Alışkanlıklar - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Renkli ve Eğlenceli Çıkartmalar - Taşıtlar (Vehicles)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786051006390</t>
+          <t>9786051005430</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Gücü - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Renkli ve Eğlenceli Çıkartmalar - Renkler (Colors)</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786051006512</t>
+          <t>9786051006321</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Bencil Olmama - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Dürüst Olmak - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786051006369</t>
+          <t>9786051006291</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Sabırlı Olmak - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Affetmek - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786051005751</t>
+          <t>9786051006338</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Fıkralar</t>
+          <t>Güzel Alışkanlıklar - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786051005676</t>
+          <t>9786051006390</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Bektaşi Fıkraları</t>
+          <t>Kelimelerin Gücü - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786051005454</t>
+          <t>9786051006512</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Renkli ve Eğlenceli Çıkartmalar - Sayılar (Numbers)</t>
+          <t>Bencil Olmama - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786051005423</t>
+          <t>9786051006369</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Renkli ve Eğlenceli Çıkartmalar - Meyveler (Fruits)</t>
+          <t>Sabırlı Olmak - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786051004839</t>
+          <t>9786051005751</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Zenda Mahkumları</t>
+          <t>En Güzel Fıkralar</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786051004792</t>
+          <t>9786051005676</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Işık</t>
+          <t>En Güzel Bektaşi Fıkraları</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786051005218</t>
+          <t>9786051005454</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Yaşantımız</t>
+          <t>Renkli ve Eğlenceli Çıkartmalar - Sayılar (Numbers)</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9799759181412</t>
+          <t>9786051005423</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Renkli ve Eğlenceli Çıkartmalar - Meyveler (Fruits)</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9799756231646</t>
+          <t>9786051004839</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Zenda Mahkumları</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789758602056</t>
+          <t>9786051004792</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Tom Amca’nın Kulübesi</t>
+          <t>Yeşil Işık</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9799756231950</t>
+          <t>9786051005218</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Yaşantımız</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786051002170</t>
+          <t>9799759181412</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Tilki ve Üzümler</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9799759181467</t>
+          <t>9799756231646</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9799756231660</t>
+          <t>9789758602056</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>Tom Amca’nın Kulübesi</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786051002200</t>
+          <t>9799756231950</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Tavşan ve Kaplumbağa</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786051005157</t>
+          <t>9786051002170</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar</t>
+          <t>Tilki ve Üzümler</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786051002163</t>
+          <t>9799759181467</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Tarla Faresi ile Şehir Faresi</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786051000978</t>
+          <t>9799756231660</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786051000961</t>
+          <t>9786051002200</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Tavşan ve Kaplumbağa</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789758602230</t>
+          <t>9786051005157</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Taşıtlar</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786051004884</t>
+          <t>9786051002163</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Tarla Faresi ile Şehir Faresi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786051005171</t>
+          <t>9786051000978</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786051005133</t>
+          <t>9786051000961</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Şekiller</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789758602667</t>
+          <t>9789758602230</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Rütbe</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789758602162</t>
+          <t>9786051004884</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9799759181535</t>
+          <t>9786051005171</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Sebzeler</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786051004785</t>
+          <t>9786051005133</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Robensonlar Okulu</t>
+          <t>Sayılar - Şekiller</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786051004631</t>
+          <t>9789758602667</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Taşıtlar</t>
+          <t>Rütbe</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9799759181542</t>
+          <t>9789758602162</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789758602049</t>
+          <t>9799759181535</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9799756231936</t>
+          <t>9786051004785</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Robensonlar Okulu</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786051005669</t>
+          <t>9786051004631</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>İl İl Türkiye Ansiklopedisi (Ciltli)</t>
+          <t>Renkler - Taşıtlar</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>2014110816534</t>
+          <t>9789758602049</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Jules Verne Macera Dizisi (10 Kitap Takım)</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>700</v>
+        <v>90</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>2014110817296</t>
+          <t>9799756231936</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Çocuk Klasikleri (10 Kitap Takım)</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>700</v>
+        <v>90</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>2014111016025</t>
+          <t>9786051005669</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Dizisi (10 Kitap Takım)</t>
+          <t>İl İl Türkiye Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>900</v>
+        <v>750</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786051005508</t>
+          <t>2014110816534</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Sözlük Fransızca - Türkçe</t>
+          <t>Jules Verne Macera Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>75</v>
+        <v>900</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786051005485</t>
+          <t>2014110817296</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Sözlük Arapça - Türkçe</t>
+          <t>Seçme Dünya Çocuk Klasikleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>75</v>
+        <v>900</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786051005515</t>
+          <t>2014111016025</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Sözlük İtalyanca - Türkçe</t>
+          <t>Ömer Seyfettin Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>75</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786051005522</t>
+          <t>9786051005508</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Sözlük Rusça - Türkçe</t>
+          <t>Eğitici Sözlük Fransızca - Türkçe</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>2014110816091</t>
+          <t>9786051005485</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Jules Verne Gençlik Dizisi (10 Kitap Takım)</t>
+          <t>Eğitici Sözlük Arapça - Türkçe</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786051009223</t>
+          <t>9786051005515</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>İlk Yapıştırmalarım Araçlar</t>
+          <t>Eğitici Sözlük İtalyanca - Türkçe</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786051009254</t>
+          <t>9786051005522</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>İlk Yapıştırmalarım Çiftlik</t>
+          <t>Eğitici Sözlük Rusça - Türkçe</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786051009230</t>
+          <t>2014110816091</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>İlk Yapıştırmalarım Hayvanlar</t>
+          <t>Jules Verne Gençlik Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>85</v>
+        <v>900</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786051009247</t>
+          <t>9786051009223</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>İlk Yapıştırmalarım Sözcükler</t>
+          <t>İlk Yapıştırmalarım Araçlar</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786051008943</t>
+          <t>9786051009254</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Bobo Problem Çözmeyi Öğreniyor</t>
+          <t>İlk Yapıştırmalarım Çiftlik</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786051009018</t>
+          <t>9786051009230</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Lokum İletişimi Öğreniyor</t>
+          <t>İlk Yapıştırmalarım Hayvanlar</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786051009025</t>
+          <t>9786051009247</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Namnam Beden Dilini Öğreniyor</t>
+          <t>İlk Yapıştırmalarım Sözcükler</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786051009094</t>
+          <t>9786051008943</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Tonton Stres Yönetimini Öğreniyor</t>
+          <t>Bobo Problem Çözmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786051009100</t>
+          <t>9786051009018</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Liderliği Öğreniyor</t>
+          <t>Lokum İletişimi Öğreniyor</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786051009131</t>
+          <t>9786051009025</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Zebzeb İlişkileri Öğreniyor</t>
+          <t>Namnam Beden Dilini Öğreniyor</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786051009049</t>
+          <t>9786051009094</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Paşa Esnekliği Öğreniyor</t>
+          <t>Tonton Stres Yönetimini Öğreniyor</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786051009148</t>
+          <t>9786051009100</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Şımarık Özgürleşmeyi Öğreniyor</t>
+          <t>Yaramaz Liderliği Öğreniyor</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786051009063</t>
+          <t>9786051009131</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Tarçın Zaman Yönetimini Öğreniyor</t>
+          <t>Zebzeb İlişkileri Öğreniyor</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786051009087</t>
+          <t>9786051009049</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Tintin Sakin Kalmayı Öğreniyor</t>
+          <t>Paşa Esnekliği Öğreniyor</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786051008981</t>
+          <t>9786051009148</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Temizlik Hikayesi: Temizlik Vakti</t>
+          <t>Şımarık Özgürleşmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786051009070</t>
+          <t>9786051009063</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Minnet Hikayesi: Teşekkür Ederim</t>
+          <t>Tarçın Zaman Yönetimini Öğreniyor</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786051009117</t>
+          <t>9786051009087</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Yardımlaşma Hikayesi: Yardım Edebilir miyim</t>
+          <t>Tintin Sakin Kalmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786051008936</t>
+          <t>9786051008981</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Sabır Hikayesi: Biraz Bekle</t>
+          <t>Temizlik Hikayesi: Temizlik Vakti</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786051008950</t>
+          <t>9786051009070</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Hikayesi: Bu Benim İşim</t>
+          <t>Minnet Hikayesi: Teşekkür Ederim</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786051008967</t>
+          <t>9786051009117</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Disiplin Hikayesi: Disiplinli Olmak</t>
+          <t>Yardımlaşma Hikayesi: Yardım Edebilir miyim</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786051008301</t>
+          <t>9786051008936</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Baykuş</t>
+          <t>Sabır Hikayesi: Biraz Bekle</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786051008295</t>
+          <t>9786051008950</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Aslan</t>
+          <t>Sorumluluk Hikayesi: Bu Benim İşim</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786051008332</t>
+          <t>9786051008967</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa</t>
+          <t>Disiplin Hikayesi: Disiplinli Olmak</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786051008349</t>
+          <t>9786051008301</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Kedi</t>
+          <t>Baykuş</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786051006383</t>
+          <t>9786051008295</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Çalışmak - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Aslan</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786051006420</t>
+          <t>9786051008332</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Özgüven - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Kaplumbağa</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786051006314</t>
+          <t>9786051008349</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Kedi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786051006406</t>
+          <t>9786051006383</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Öfke ve Kavga - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Çalışmak - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786051005775</t>
+          <t>9786051006420</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Sayılar</t>
+          <t>Özgüven - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786051000046</t>
+          <t>9786051006314</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>And</t>
+          <t>Arkadaşlık - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9799759181405</t>
+          <t>9786051006406</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Öfke ve Kavga - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9799756231783</t>
+          <t>9786051005775</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Neşeli Sayılar</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786051004709</t>
+          <t>9786051000046</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Altın Beyinli Adam</t>
+          <t>And</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786051000053</t>
+          <t>9799759181405</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Bomba</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789758602513</t>
+          <t>9799756231783</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Bomba</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C852" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9799759181528</t>
+          <t>9786051004709</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Altın Beyinli Adam</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789758602193</t>
+          <t>9786051000053</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Bomba</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9799756231721</t>
+          <t>9789758602513</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’nın Mesnevisinden Seçme Hikayeler</t>
+          <t>Bomba</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786051005195</t>
+          <t>9799759181528</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Meslekler</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786051000954</t>
+          <t>9789758602193</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Mercan Adası</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9799759181450</t>
+          <t>9799756231721</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif’ten Seçmeler</t>
+          <t>Mevlana’nın Mesnevisinden Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9799759181627</t>
+          <t>9786051005195</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Meslekler</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9799756231967</t>
+          <t>9786051000954</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Mercan Adası</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789758602001</t>
+          <t>9799759181450</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Mehmet Akif’ten Seçmeler</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789758602223</t>
+          <t>9799759181627</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Orman Çocuğu</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786051002187</t>
+          <t>9799756231967</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Orman Birliği</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789758602025</t>
+          <t>9789758602001</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>15 Yaşında Bir Kaptan</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9799759181498</t>
+          <t>9789758602223</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Orman Çocuğu</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789758602124</t>
+          <t>9786051002187</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Orman Birliği</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789758602582</t>
+          <t>9789758602025</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Niçin Zengin Olmamış</t>
+          <t>15 Yaşında Bir Kaptan</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9799759181382</t>
+          <t>9799759181498</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9799756231912</t>
+          <t>9789758602124</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786051002194</t>
+          <t>9789758602582</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Öküz Olmak İsteyen Kurbağa</t>
+          <t>Niçin Zengin Olmamış</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786051002255</t>
+          <t>9799759181382</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786051004648</t>
+          <t>9799756231912</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Rakamlar</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786051000084</t>
+          <t>9786051002194</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Primo Türk Çocuğu</t>
+          <t>Öküz Olmak İsteyen Kurbağa</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9799759181597</t>
+          <t>9786051002255</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
           <t>Pinokyo</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789758602148</t>
+          <t>9786051004648</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Rakamlar</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786051003696</t>
+          <t>9786051000084</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Tarih Atlası</t>
+          <t>Primo Türk Çocuğu</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>130</v>
+        <v>75</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786051000039</t>
+          <t>9799759181597</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Vire</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9799756231004</t>
+          <t>9789758602148</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789758602629</t>
+          <t>9786051003696</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Vasiyetname</t>
+          <t>Tarih Atlası</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9799759181573</t>
+          <t>9786051000039</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Vire</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9799756231899</t>
+          <t>9799756231004</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786051006154</t>
+          <t>9789758602629</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Araçlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Vasiyetname</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9799759181399</t>
+          <t>9799759181573</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9799756231790</t>
+          <t>9799756231899</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9799756231738</t>
+          <t>9786051006154</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine’den Seçmeler</t>
+          <t>Araçlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786053036432</t>
+          <t>9799759181399</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Resimli İngilizce-Türkçe / Türkçe-İngilizce Sözlük ve İngilizce Dilbilgisi</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>230</v>
+        <v>75</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786053036166</t>
+          <t>9799756231790</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Jumbo Boyama - Kırmızı Kitap</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786053036142</t>
+          <t>9799756231738</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Jumbo Boyama - Sarı Kitap</t>
+          <t>La Fontaine’den Seçmeler</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786053036135</t>
+          <t>9786053036432</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Jumbo Boyama - Yeşil Kitap</t>
+          <t>Resimli İngilizce-Türkçe / Türkçe-İngilizce Sözlük ve İngilizce Dilbilgisi</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786053036159</t>
+          <t>9786053036166</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Jumbo Boyama - Mavi Kitap</t>
+          <t>Jumbo Boyama - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786053035985</t>
+          <t>9786053036142</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Ayı Pofuduk İle Yazmayı Öğrenelim</t>
+          <t>Jumbo Boyama - Sarı Kitap</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786053035992</t>
+          <t>9786053036135</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Ayı Pofuduk İle Okumayı Öğrenelim</t>
+          <t>Jumbo Boyama - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786053036005</t>
+          <t>9786053036159</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Ayı Pofuduk İle Saymayı Öğrenelim</t>
+          <t>Jumbo Boyama - Mavi Kitap</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786053035978</t>
+          <t>9786053035985</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Ayı Pofuduk İle Gözlemlemeyi Öğrenelim</t>
+          <t>Ayı Pofuduk İle Yazmayı Öğrenelim</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786053035541</t>
+          <t>9786053035992</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Faaliyet Seti Sarı Kitap - 3 Yaş Üzeri</t>
+          <t>Ayı Pofuduk İle Okumayı Öğrenelim</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786053035596</t>
+          <t>9786053036005</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Faaliyet Seti Turuncu Kitap - 4 Yaş Üzeri</t>
+          <t>Ayı Pofuduk İle Saymayı Öğrenelim</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786053035589</t>
+          <t>9786053035978</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Faaliyet Seti Pembe Kitap – 4 Yaş Üzeri</t>
+          <t>Ayı Pofuduk İle Gözlemlemeyi Öğrenelim</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786053035275</t>
+          <t>9786053035541</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Faaliyet Seti Mor Kitap – 5 Yaş Üzeri</t>
+          <t>Eğlenceli Faaliyet Seti Sarı Kitap - 3 Yaş Üzeri</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786053035565</t>
+          <t>9786053035596</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Faaliyet Seti Yeşil Kitap - 3 Yaş Üzeri</t>
+          <t>Eğlenceli Faaliyet Seti Turuncu Kitap - 4 Yaş Üzeri</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786053035558</t>
+          <t>9786053035589</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Faaliyet Seti Mavi Kitap – 3 Yaş Üzeri</t>
+          <t>Eğlenceli Faaliyet Seti Pembe Kitap – 4 Yaş Üzeri</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786053035602</t>
+          <t>9786053035275</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Faaliyet Seti Kırmızı Kitap – 5 Yaş Üzeri</t>
+          <t>Eğlenceli Faaliyet Seti Mor Kitap – 5 Yaş Üzeri</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786053035572</t>
+          <t>9786053035565</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Faaliyet Seti Lacivert Kitap – 4 Yaş Üzeri</t>
+          <t>Eğlenceli Faaliyet Seti Yeşil Kitap - 3 Yaş Üzeri</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>2022090910531</t>
+          <t>9786053035558</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Ve Arkadaşları  10 Kitap Kutulu</t>
+          <t>Eğlenceli Faaliyet Seti Mavi Kitap – 3 Yaş Üzeri</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>375</v>
+        <v>75</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786053035640</t>
+          <t>9786053035602</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - 2 Yaş Üstü 4'lü Pastel Boya Hediyeli</t>
+          <t>Eğlenceli Faaliyet Seti Kırmızı Kitap – 5 Yaş Üzeri</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>2021100215314</t>
+          <t>9786053035572</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Yetenekler Dizisi Serisi 10 Kitap</t>
+          <t>Eğlenceli Faaliyet Seti Lacivert Kitap – 4 Yaş Üzeri</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>750</v>
+        <v>75</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>2020070214549</t>
+          <t>2022090910531</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Fıkralar Kitap Seti - 10 Kitap Takım</t>
+          <t>Yapay Zeka Ve Arkadaşları  10 Kitap Kutulu</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>4440000001163</t>
+          <t>9786053035640</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Boyama Seti - 10 Kitap</t>
+          <t>Eğlenceli Boyama - 2 Yaş Üstü 4'lü Pastel Boya Hediyeli</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>2021111512532</t>
+          <t>2021100215314</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Örnekli Boyama Dizisi 10 Kitap</t>
+          <t>Yetenekler Dizisi Serisi 10 Kitap</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>2021120523208</t>
+          <t>2020070214549</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Masallar - 10 Kitap Set</t>
+          <t>En Güzel Fıkralar Kitap Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786053035329</t>
+          <t>4440000001163</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuma Not Defterim</t>
+          <t>Eğitici Boyama Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>2021100815422</t>
+          <t>2021111512532</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları (10 Kitap Set)</t>
+          <t>Örnekli Boyama Dizisi 10 Kitap</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>2021092514259</t>
+          <t>2021120523208</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Ceren'in Ev Maceraları Seti - 10 Kitap Takım</t>
+          <t>Sevimli Masallar - 10 Kitap Set</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786053034278</t>
+          <t>9786053035329</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Şirin ve Eğitici Sağlık - Trafik</t>
+          <t>Kitap Okuma Not Defterim</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786053034261</t>
+          <t>2021100815422</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Şirin ve Eğitici Renkler - Şekiller</t>
+          <t>Anadolu Masalları (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786053034285</t>
+          <t>2021092514259</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Şirin ve Eğitici Mevsimler</t>
+          <t>Kerem ile Ceren'in Ev Maceraları Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786053034292</t>
+          <t>9786053034278</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Şirin ve Eğitici Kavramlar</t>
+          <t>Şirin ve Eğitici Sağlık - Trafik</t>
         </is>
       </c>
       <c r="C916" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>2020060814353</t>
+          <t>9786053034261</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (10 Kitap Takım)</t>
+          <t>Şirin ve Eğitici Renkler - Şekiller</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>1200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786053033523</t>
+          <t>9786053034285</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Adam - Sherlock Holmes</t>
+          <t>Şirin ve Eğitici Mevsimler</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786053033554</t>
+          <t>9786053034292</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yakut - Sherlock Holmes</t>
+          <t>Şirin ve Eğitici Kavramlar</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786053033561</t>
+          <t>2020060814353</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Brilston Faciası - Sherlock Holmes</t>
+          <t>Sherlock Holmes Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>120</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786053033516</t>
+          <t>9786053033523</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Mazarin Elması - Sherlock Holmes</t>
+          <t>Tepedeki Adam - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786053033479</t>
+          <t>9786053033554</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Altı Napolyon - Sherlock Holmes</t>
+          <t>Mavi Yakut - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786053033530</t>
+          <t>9786053033561</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Brilston Faciası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786053033462</t>
+          <t>9786053033516</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Şimşek - Sherlock Holmes</t>
+          <t>Mazarin Elması - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786053033493</t>
+          <t>9786053033479</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gelin - Sherlock Holmes</t>
+          <t>Altı Napolyon - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786053033547</t>
+          <t>9786053033530</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Lanet - Sherlock Holmes</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786053033509</t>
+          <t>9786053033462</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ev - Sherlock Holmes</t>
+          <t>Gümüş Şimşek - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786053032724</t>
+          <t>9786053033493</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimelerle Araçlar - Yapıştır-Boya-Öğren</t>
+          <t>Kayıp Gelin - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786053032700</t>
+          <t>9786053033547</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimelerle Hayvanlar - Yapıştır-Boya-Öğren</t>
+          <t>Gizemli Lanet - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786053032717</t>
+          <t>9786053033509</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimelerle Çiftlik - Yapıştır-Boya-Öğren</t>
+          <t>Sessiz Ev - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786053032748</t>
+          <t>9786053032724</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>100 Eğlenceli Oyun - Taşıtlar</t>
+          <t>İlk Kelimelerle Araçlar - Yapıştır-Boya-Öğren</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786053032755</t>
+          <t>9786053032700</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>100 Eğlenceli Oyun - Minik Eller İçin</t>
+          <t>İlk Kelimelerle Hayvanlar - Yapıştır-Boya-Öğren</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786053032779</t>
+          <t>9786053032717</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>100 Eğlenceli Oyun - Çiftlikte Yaşam</t>
+          <t>İlk Kelimelerle Çiftlik - Yapıştır-Boya-Öğren</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786053032731</t>
+          <t>9786053032748</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>100 Eğlenceli Oyun - Yaşamın İçinde</t>
+          <t>100 Eğlenceli Oyun - Taşıtlar</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786053032762</t>
+          <t>9786053032755</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>100 Eğlenceli Oyun - Çiz Boya Öğren</t>
+          <t>100 Eğlenceli Oyun - Minik Eller İçin</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786051000008</t>
+          <t>9786053032779</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehit</t>
+          <t>100 Eğlenceli Oyun - Çiftlikte Yaşam</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789758602759</t>
+          <t>9786053032731</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>100 Eğlenceli Oyun - Yaşamın İçinde</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789758602643</t>
+          <t>9786053032762</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Kütük</t>
+          <t>100 Eğlenceli Oyun - Çiz Boya Öğren</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>2018011516289</t>
+          <t>9786051000008</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Samed Behrengi Dizisi (10 Kitap Set)</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>750</v>
+        <v>75</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786051008394</t>
+          <t>9789758602759</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Fleksi Kapak)</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786051002262</t>
+          <t>9789758602643</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel</t>
+          <t>Kütük</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786051002309</t>
+          <t>2018011516289</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Samed Behrengi Dizisi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>125</v>
+        <v>850</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786051002224</t>
+          <t>9786051008394</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Küçük Prens (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>2019091410245</t>
+          <t>9786051002262</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Masalları 25 Kitap (Küçük Boy)</t>
+          <t>Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786053031987</t>
+          <t>9786051002309</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler - Çıkartmalı Peri Masalları</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786053031956</t>
+          <t>9786051002224</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel - Çıkartmalı Peri Masalları</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786053031949</t>
+          <t>2019091410245</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Goldilocks ve Üç Ayı - Çıkartmalı Peri Masalları</t>
+          <t>Seçme Dünya Masalları 25 Kitap (Küçük Boy)</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>75</v>
+        <v>600</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786053032205</t>
+          <t>9786053031987</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Benim Çiftliğim - Noktaları Birleştir Çıkartmalı</t>
+          <t>Pamuk Prenses ve Yedi Cüceler - Çıkartmalı Peri Masalları</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786053032182</t>
+          <t>9786053031956</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Benim Perilerim - Noktaları Birleştir Çıkartmalı</t>
+          <t>Hansel ve Gretel - Çıkartmalı Peri Masalları</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786053032175</t>
+          <t>9786053031949</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Benim Ormanım - Noktaları Birleştir Çıkartmalı</t>
+          <t>Goldilocks ve Üç Ayı - Çıkartmalı Peri Masalları</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786053032595</t>
+          <t>9786053032205</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Boya ve Eğlen - Mor Kitap - 32 Adet Çıkartma</t>
+          <t>Benim Çiftliğim - Noktaları Birleştir Çıkartmalı</t>
         </is>
       </c>
       <c r="C951" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786053032106</t>
+          <t>9786053032182</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - Kırmızı Kitap</t>
+          <t>Benim Perilerim - Noktaları Birleştir Çıkartmalı</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786053032120</t>
+          <t>9786053032175</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - Mavi Kitap</t>
+          <t>Benim Ormanım - Noktaları Birleştir Çıkartmalı</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786053032137</t>
+          <t>9786053032595</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - Sarı Kitap</t>
+          <t>Boya ve Eğlen - Mor Kitap - 32 Adet Çıkartma</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786053032113</t>
+          <t>9786053032106</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Boya - Yeşil Kitap</t>
+          <t>Bak ve Boya - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786053032151</t>
+          <t>9786053032120</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Benim Araçlarım - Noktaları Birleştir Çıkartmalı</t>
+          <t>Bak ve Boya - Mavi Kitap</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786053031970</t>
+          <t>9786053032137</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Çıkartmalı Peri Masalları</t>
+          <t>Bak ve Boya - Sarı Kitap</t>
         </is>
       </c>
       <c r="C957" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786053031963</t>
+          <t>9786053032113</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Fasulye Sırığı - Çıkartmalı Peri Masalları</t>
+          <t>Bak ve Boya - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C958" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786053032007</t>
+          <t>9786053032151</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Sindirella - Çıkartmalı Peri Masalları</t>
+          <t>Benim Araçlarım - Noktaları Birleştir Çıkartmalı</t>
         </is>
       </c>
       <c r="C959" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786053031994</t>
+          <t>9786053031970</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Çıkartmalı Peri Masalları</t>
+          <t>Kırmızı Başlıklı Kız - Çıkartmalı Peri Masalları</t>
         </is>
       </c>
       <c r="C960" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786053031932</t>
+          <t>9786053031963</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında - Çıkartmalı Peri Masalları</t>
+          <t>Jack ve Fasulye Sırığı - Çıkartmalı Peri Masalları</t>
         </is>
       </c>
       <c r="C961" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786053032663</t>
+          <t>9786053032007</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Çiz ve Boya Orman</t>
+          <t>Sindirella - Çıkartmalı Peri Masalları</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786053031840</t>
+          <t>9786053031994</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Keçi</t>
+          <t>Pinokyo - Çıkartmalı Peri Masalları</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789756231470</t>
+          <t>9786053031932</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe - Ömer Seyfettin Dizisi</t>
+          <t>Alis Harikalar Diyarında - Çıkartmalı Peri Masalları</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786053031819</t>
+          <t>9786053032663</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Kanguru</t>
+          <t>Çiz ve Boya Orman</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786053031765</t>
+          <t>9786053031840</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Ayı</t>
+          <t>Keçi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786053031895</t>
+          <t>9789756231470</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Tavşan</t>
+          <t>Yalnız Efe - Ömer Seyfettin Dizisi</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786053031918</t>
+          <t>9786053031819</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Penguen</t>
+          <t>Kanguru</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786053031864</t>
+          <t>9786053031765</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Çiftçi</t>
+          <t>Ayı</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786053031888</t>
+          <t>9786053031895</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Mühendis</t>
+          <t>Tavşan</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786053031826</t>
+          <t>9786053031918</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Kaplan</t>
+          <t>Penguen</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786053031772</t>
+          <t>9786053031864</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Baykuş</t>
+          <t>Çiftçi</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786053031796</t>
+          <t>9786053031888</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Gergedan</t>
+          <t>Mühendis</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786053031802</t>
+          <t>9786053031826</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Hemşire</t>
+          <t>Kaplan</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786053031741</t>
+          <t>9786053031772</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Astronot</t>
+          <t>Baykuş</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786053031925</t>
+          <t>9786053031796</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Yunus</t>
+          <t>Gergedan</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786053031789</t>
+          <t>9786053031802</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Bilim İnsanı</t>
+          <t>Hemşire</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786053031857</t>
+          <t>9786053031741</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balığı</t>
+          <t>Astronot</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786053031833</t>
+          <t>9786053031925</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa</t>
+          <t>Yunus</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786053031871</t>
+          <t>9786053031789</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Kurt</t>
+          <t>Bilim İnsanı</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786053031734</t>
+          <t>9786053031857</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot</t>
+          <t>Köpek Balığı</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786053031901</t>
+          <t>9786053031833</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Zürafa</t>
+          <t>Kaplumbağa</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786053031758</t>
+          <t>9786053031871</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>At</t>
+          <t>Kurt</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789758602575</t>
+          <t>9786053031734</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Ahtapot</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786051006185</t>
+          <t>9786053031901</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Prensesler - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Zürafa</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>2015062313409</t>
+          <t>9786053031758</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Kitapları Seçmeler 2 (10 Kitap Takım)</t>
+          <t>At</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786053031017</t>
+          <t>9789758602575</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Yazmak - Kolay Öğreniyorum</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C987" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786053030997</t>
+          <t>9786051006185</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Zıt Kavramlar - Kolay Öğreniyorum</t>
+          <t>Prensesler - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>2018031212222</t>
+          <t>2015062313409</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Çocuklarına Öyküler Dizisi (10 Kitap Takım)</t>
+          <t>Hikaye Kitapları Seçmeler 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>1250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>2013091815451</t>
+          <t>9786053031017</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri Seti (50 Kitap Takım)</t>
+          <t>Yazmak - Kolay Öğreniyorum</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>3500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>2018031212215</t>
+          <t>9786053030997</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Çocuklarına Masallar Dizisi (10 Kitap Takım)</t>
+          <t>Zıt Kavramlar - Kolay Öğreniyorum</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>1250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786053030256</t>
+          <t>2018031212222</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Yakıt Tasarrufu Yapalım</t>
+          <t>Bugünün Çocuklarına Öyküler Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>75</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789758602742</t>
+          <t>2013091815451</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Dünya Çocuk Klasikleri Seti (50 Kitap Takım)</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>60</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786053031000</t>
+          <t>2018031212215</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Saymak 5 - Kolay Öğreniyorum</t>
+          <t>Bugünün Çocuklarına Masallar Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>75</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786053030133</t>
+          <t>9786053030256</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerden Öğrendiklerim - Doğadan Öğreniyorum</t>
+          <t>Yakıt Tasarrufu Yapalım</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786053030164</t>
+          <t>9789758602742</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Atıklardan Harika Şeyler Yapmak</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C996" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786053030805</t>
+          <t>9786053031000</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Serçe</t>
+          <t>Saymak 5 - Kolay Öğreniyorum</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786053030065</t>
+          <t>9786053030133</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlardan Öğrendiklerim - Doğadan Öğreniyorum</t>
+          <t>Çiçeklerden Öğrendiklerim - Doğadan Öğreniyorum</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786053030089</t>
+          <t>9786053030164</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Dağlardan Öğrendiklerim - Doğadan Öğreniyorum</t>
+          <t>Atıklardan Harika Şeyler Yapmak</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786053030096</t>
+          <t>9786053030805</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağından Öğrendiklerim - Doğadan Öğreniyorum</t>
+          <t>Serçe</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786053030102</t>
+          <t>9786053030065</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünden Öğrendiklerim - Doğadan Öğreniyorum</t>
+          <t>Ağaçlardan Öğrendiklerim - Doğadan Öğreniyorum</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786053030126</t>
+          <t>9786053030089</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Öğrendiklerim - Doğadan Öğreniyorum</t>
+          <t>Dağlardan Öğrendiklerim - Doğadan Öğreniyorum</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786051009902</t>
+          <t>9786053030096</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Kibrit Kutusu</t>
+          <t>Gökkuşağından Öğrendiklerim - Doğadan Öğreniyorum</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786053030171</t>
+          <t>9786053030102</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Ağaçları Koruyalım</t>
+          <t>Gökyüzünden Öğrendiklerim - Doğadan Öğreniyorum</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786051009827</t>
+          <t>9786053030126</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Ayakkabıcı ve Küçük Cinler</t>
+          <t>Yağmurdan Öğrendiklerim - Doğadan Öğreniyorum</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786051002248</t>
+          <t>9786051009902</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Bugünün Çocuklarına Masallar</t>
+          <t>Kibrit Kutusu</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786051002279</t>
+          <t>9786053030171</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Ağaçları Koruyalım</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786051002316</t>
+          <t>9786051009827</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin</t>
+          <t>Ayakkabıcı ve Küçük Cinler</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789944760867</t>
+          <t>9786051002248</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>100 Temel Eser Seti (40 Kitap Takım Kutulu)</t>
+          <t>Peter Pan - Bugünün Çocuklarına Masallar</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>2800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786051002149</t>
+          <t>9786051002279</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Arı ve Güvercin</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786051009810</t>
+          <t>9786051002316</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Sinbad</t>
+          <t>Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786053030249</t>
+          <t>9789944760867</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Sahili Temizleyelim</t>
+          <t>100 Temel Eser Seti (40 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>75</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786051009957</t>
+          <t>9786051002149</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Bülbül</t>
+          <t>Arı ve Güvercin</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786051009841</t>
+          <t>9786051009810</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Yeni Giysileri</t>
+          <t>Sinbad</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786051009933</t>
+          <t>9786053030249</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Bezelye Tanesi</t>
+          <t>Sahili Temizleyelim</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786051009865</t>
+          <t>9786051009957</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Kitabı</t>
+          <t>Bülbül</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786053031024</t>
+          <t>9786051009841</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve Şekiller - Kolay Öğreniyorum</t>
+          <t>İmparatorun Yeni Giysileri</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786053031611</t>
+          <t>9786051009933</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kediler - Benim Eğlenceli Çıkartma Kitabım</t>
+          <t>Prenses ve Bezelye Tanesi</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786053031604</t>
+          <t>9786051009865</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Güzel Atlar - Benim eğlenceli Çıkartma Kitabım</t>
+          <t>Ormanın Kitabı</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786053031529</t>
+          <t>9786053031024</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Mini Aktiviteler - İlk Renkler ve Şekiller (Mor Kitap)</t>
+          <t>Renkler ve Şekiller - Kolay Öğreniyorum</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786051009773</t>
+          <t>9786053031611</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Sevimli Kediler - Benim Eğlenceli Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786053031628</t>
+          <t>9786053031604</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Köpekler - Benim Eğlenceli Çıkartma Kitabım</t>
+          <t>Güzel Atlar - Benim eğlenceli Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786053031598</t>
+          <t>9786053031529</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Tavşanlar - Benim Eğlenceli Çıkartma Kitabım</t>
+          <t>Mini Aktiviteler - İlk Renkler ve Şekiller (Mor Kitap)</t>
         </is>
       </c>
       <c r="C1023" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786053031505</t>
+          <t>9786051009773</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Mini Aktiviteler - İlk Renkler ve Şekiller (Kırmızı Kitap)</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786053030751</t>
+          <t>9786053031628</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklar - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Tatlı Köpekler - Benim Eğlenceli Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786053031512</t>
+          <t>9786053031598</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Mini Aktiviteler - İlk Renkler ve Şekiller (Mavi Kitap)</t>
+          <t>Tüylü Tavşanlar - Benim Eğlenceli Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>85</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786053031536</t>
+          <t>9786053031505</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Mini Aktiviteler - İlk Renkler ve Şekiller (Yeşil Kitap)</t>
+          <t>Mini Aktiviteler - İlk Renkler ve Şekiller (Kırmızı Kitap)</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786053030768</t>
+          <t>9786053030751</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Traktörler - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Oyuncaklar - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786053031123</t>
+          <t>9786053031512</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Eğlenirken Öğren Yeşil Kitap</t>
+          <t>Mini Aktiviteler - İlk Renkler ve Şekiller (Mavi Kitap)</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786053031130</t>
+          <t>9786053031536</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Eğlenirken Öğren Mavi Kitap</t>
+          <t>Mini Aktiviteler - İlk Renkler ve Şekiller (Yeşil Kitap)</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786053031116</t>
+          <t>9786053030768</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Eğlenirken Öğren Kırmızı Kitap</t>
+          <t>Traktörler - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786053030515</t>
+          <t>9786053031123</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Eğlenirken Öğren Sarı Kitap</t>
+          <t>Eğlenirken Öğren Yeşil Kitap</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786053030843</t>
+          <t>9786053031130</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar Çıkartma ve Aktivite Kitabı</t>
+          <t>Eğlenirken Öğren Mavi Kitap</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786053030195</t>
+          <t>9786053031116</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>İki Çöp Kutusu - Doğa Öyküleri</t>
+          <t>Eğlenirken Öğren Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786053030188</t>
+          <t>9786053030515</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Güneşsiz Bir Gün</t>
+          <t>Eğlenirken Öğren Sarı Kitap</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786051009704</t>
+          <t>9786053030843</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>1001 Destandır Varna Zaferi</t>
+          <t>Evcil Hayvanlar Çıkartma ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786051009742</t>
+          <t>9786053030195</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları</t>
+          <t>İki Çöp Kutusu - Doğa Öyküleri</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786051009759</t>
+          <t>9786053030188</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Goldilocks ve Üç Ayı</t>
+          <t>Güneşsiz Bir Gün</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786051009643</t>
+          <t>9786051009704</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>1001 Destandır Haçova Zaferi</t>
+          <t>1001 Destandır Varna Zaferi</t>
         </is>
       </c>
       <c r="C1039" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786051009667</t>
+          <t>9786051009742</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>1001 Destandır Mohaç Zaferi</t>
+          <t>Bremen Mızıkacıları</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786051009674</t>
+          <t>9786051009759</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>1001 Destandır Niğbolu Zaferi</t>
+          <t>Goldilocks ve Üç Ayı</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786053030508</t>
+          <t>9786051009643</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - 1, 2, 3, Hazır!</t>
+          <t>1001 Destandır Haçova Zaferi</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786051008899</t>
+          <t>9786051009667</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - 1, 2, 3, Hazır!</t>
+          <t>1001 Destandır Mohaç Zaferi</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786053030485</t>
+          <t>9786051009674</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Okyanus - 1, 2, 3, Hazır!</t>
+          <t>1001 Destandır Niğbolu Zaferi</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786053030492</t>
+          <t>9786053030508</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - 1, 2, 3, Hazır!</t>
+          <t>Çiftlik - 1, 2, 3, Hazır!</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786051009322</t>
+          <t>9786051008899</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Arı</t>
+          <t>Hayvanlar - 1, 2, 3, Hazır!</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786051007120</t>
+          <t>9786053030485</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Kitabı</t>
+          <t>Okyanus - 1, 2, 3, Hazır!</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786053031475</t>
+          <t>9786053030492</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz</t>
+          <t>Taşıtlar - 1, 2, 3, Hazır!</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786053031406</t>
+          <t>9786051009322</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot</t>
+          <t>Arı</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786053031420</t>
+          <t>9786051007120</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Deniz Aygırı</t>
+          <t>Ormanın Kitabı</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786053031482</t>
+          <t>9786053031475</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Stegosaurus</t>
+          <t>Salyangoz</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786053031413</t>
+          <t>9786053031406</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Brachiosaurus</t>
+          <t>Ahtapot</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786053031499</t>
+          <t>9786053031420</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Triceratops</t>
+          <t>Deniz Aygırı</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786053031451</t>
+          <t>9786053031482</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Lemur</t>
+          <t>Stegosaurus</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786053031444</t>
+          <t>9786053031413</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Gergedan</t>
+          <t>Brachiosaurus</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786053031468</t>
+          <t>9786053031499</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Makav</t>
+          <t>Triceratops</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786053031437</t>
+          <t>9786053031451</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Ejderha</t>
+          <t>Lemur</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786053030324</t>
+          <t>9786053031444</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Gergedan</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786053030430</t>
+          <t>9786053031468</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Makav</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786053030317</t>
+          <t>9786053031437</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Küçük Karabalık</t>
+          <t>Ejderha</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786053030287</t>
+          <t>9786053030324</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Kel Güvercini</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786053030331</t>
+          <t>9786053030430</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Pancarcı Çocuk</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786053030294</t>
+          <t>9786053030317</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Bebek</t>
+          <t>Küçük Karabalık</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786053030478</t>
+          <t>9786053030287</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Yıldız İle Kargalar</t>
+          <t>Kel Güvercini</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786053030300</t>
+          <t>9786053030331</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Geliyor</t>
+          <t>Pancarcı Çocuk</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786053030263</t>
+          <t>9786053030294</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Ah Masalı</t>
+          <t>Konuşan Bebek</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786053031277</t>
+          <t>9786053030478</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Maymun</t>
+          <t>Yıldız İle Kargalar</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786053031284</t>
+          <t>9786053030300</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Panda</t>
+          <t>Köroğlu Geliyor</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786053031253</t>
+          <t>9786053030263</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Kedi</t>
+          <t>Ah Masalı</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786053031291</t>
+          <t>9786053031277</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Ördek</t>
+          <t>Maymun</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786053031222</t>
+          <t>9786053031284</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Fil</t>
+          <t>Panda</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786053030522</t>
+          <t>9786053031253</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Doktor</t>
+          <t>Kedi</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786053030669</t>
+          <t>9786053031291</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Gemi</t>
+          <t>Ördek</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786053030676</t>
+          <t>9786053031222</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Otobüs</t>
+          <t>Fil</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786053031239</t>
+          <t>9786053030522</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Hipopotam</t>
+          <t>Doktor</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786053031260</t>
+          <t>9786053030669</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Köpek</t>
+          <t>Gemi</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786053031246</t>
+          <t>9786053030676</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>İnek</t>
+          <t>Otobüs</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786053031345</t>
+          <t>9786053031239</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Bak Öğren Kartlar - Sayılar</t>
+          <t>Hipopotam</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786053031307</t>
+          <t>9786053031260</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Bak Öğren Kartlar - Harfler</t>
+          <t>Köpek</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786053031314</t>
+          <t>9786053031246</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Bak Öğren Kartlar - Hayvanlar</t>
+          <t>İnek</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786053030942</t>
+          <t>9786053031345</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler - Toplama Öğreniyorum</t>
+          <t>Bak Öğren Kartlar - Sayılar</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786053030911</t>
+          <t>9786053031307</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler - Mantık Bulmacaları Çözebiliyorum</t>
+          <t>Bak Öğren Kartlar - Harfler</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786053030775</t>
+          <t>9786053031314</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Yaz Zamanı - Muhteşem Çıkartmalar Aktiviteler</t>
+          <t>Bak Öğren Kartlar - Hayvanlar</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786053030737</t>
+          <t>9786053030942</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Kış Zamanı - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Küçük Dahiler - Toplama Öğreniyorum</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786053030218</t>
+          <t>9786053030911</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Nefes Alamıyor</t>
+          <t>Küçük Dahiler - Mantık Bulmacaları Çözebiliyorum</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786053030072</t>
+          <t>9786053030775</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Öğreniyorum - Balıklardan Öğrendiklerim</t>
+          <t>Yaz Zamanı - Muhteşem Çıkartmalar Aktiviteler</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786053030119</t>
+          <t>9786053030737</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Öğreniyorum - Güneşten Öğrendiklerim</t>
+          <t>Kış Zamanı - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786053030140</t>
+          <t>9786053030218</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Öğreniyorum - Arılardan Öğrendiklerim</t>
+          <t>Kuşlar Nefes Alamıyor</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786053030157</t>
+          <t>9786053030072</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Öğreniyorum - Karıncalardan Öğrendiklerim</t>
+          <t>Doğadan Öğreniyorum - Balıklardan Öğrendiklerim</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786053030201</t>
+          <t>9786053030119</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Kağıt mı? Plastik mi?</t>
+          <t>Doğadan Öğreniyorum - Güneşten Öğrendiklerim</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786053030225</t>
+          <t>9786053030140</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Elektrik Tasarrufu Yaparız?</t>
+          <t>Doğadan Öğreniyorum - Arılardan Öğrendiklerim</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786053030928</t>
+          <t>9786053030157</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler - Mantık Soruları Çözüyorum</t>
+          <t>Doğadan Öğreniyorum - Karıncalardan Öğrendiklerim</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786053030935</t>
+          <t>9786053030201</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler - Çıkartmayı Öğreniyorum</t>
+          <t>Kağıt mı? Plastik mi?</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786053030836</t>
+          <t>9786053030225</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Çıkartma ve Aktivite Kitabı</t>
+          <t>Nasıl Elektrik Tasarrufu Yaparız?</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786053030539</t>
+          <t>9786053030928</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Pilot</t>
+          <t>Küçük Dahiler - Mantık Soruları Çözüyorum</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786053030683</t>
+          <t>9786053030935</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Tren</t>
+          <t>Küçük Dahiler - Çıkartmayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786053030652</t>
+          <t>9786053030836</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Polis</t>
+          <t>Doğa - Çıkartma ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786053030645</t>
+          <t>9786053030539</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci</t>
+          <t>Pilot</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786053030898</t>
+          <t>9786053030683</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Uçaklar - Çıkartma ve Aktivite Kitabı</t>
+          <t>Tren</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786053030546</t>
+          <t>9786053030652</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen</t>
+          <t>Polis</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786053030690</t>
+          <t>9786053030645</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Uçak</t>
+          <t>İtfaiyeci</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786053030829</t>
+          <t>9786053030898</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Böcekler - Çıkartma ve Aktivite Kitabı</t>
+          <t>Uçaklar - Çıkartma ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786053031086</t>
+          <t>9786053030546</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Okulda - Güvende Olalım</t>
+          <t>Öğretmen</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786053031093</t>
+          <t>9786053030690</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Parkta - Güvende Olalım</t>
+          <t>Uçak</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786053031109</t>
+          <t>9786053030829</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Yolda - Güvende Olalım</t>
+          <t>Böcekler - Çıkartma ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786053031079</t>
+          <t>9786053031086</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Evde - Güvende Olalım</t>
+          <t>Okulda - Güvende Olalım</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786053030621</t>
+          <t>9786053031093</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Çocuğun Rehberi - Nasıl Temiz Olunur?</t>
+          <t>Parkta - Güvende Olalım</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786053030560</t>
+          <t>9786053031109</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Maskeler - Kırmızı Kitap</t>
+          <t>Yolda - Güvende Olalım</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786053030577</t>
+          <t>9786053031079</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Maskeler - Pembe Kitap</t>
+          <t>Evde - Güvende Olalım</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786053030607</t>
+          <t>9786053030621</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Çocuğun Rehberi - Nasıl Güvende Olunur?</t>
+          <t>Akıllı Çocuğun Rehberi - Nasıl Temiz Olunur?</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786053030614</t>
+          <t>9786053030560</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Çocuğun Rehberi-Nasıl İyi Çocuk Olunur?</t>
+          <t>Eğlenceli Maskeler - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786051009360</t>
+          <t>9786053030577</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Kelebek</t>
+          <t>Eğlenceli Maskeler - Pembe Kitap</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786051009346</t>
+          <t>9786053030607</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Balık</t>
+          <t>Akıllı Çocuğun Rehberi - Nasıl Güvende Olunur?</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786051005386</t>
+          <t>9786053030614</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atlas</t>
+          <t>Akıllı Çocuğun Rehberi-Nasıl İyi Çocuk Olunur?</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786051003719</t>
+          <t>9786051009360</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Resimli Türkçe Sözlük</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786051000091</t>
+          <t>9786051009346</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Balık</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786051000077</t>
+          <t>9786051005386</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Büyük Atlas</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786051006789</t>
+          <t>9786051003719</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Bencil Adam ve Diğer Masallar</t>
+          <t>Resimli Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786051009421</t>
+          <t>9786051000091</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Zebra</t>
+          <t>Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C1119" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786051009414</t>
+          <t>9786051000077</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceği</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C1120" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786051009407</t>
+          <t>9786051006789</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Sincap</t>
+          <t>Bencil Adam ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786051009384</t>
+          <t>9786051009421</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Papağan</t>
+          <t>Zebra</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786051009377</t>
+          <t>9786051009414</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Panda</t>
+          <t>Uğur Böceği</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786051009179</t>
+          <t>9786051009407</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar</t>
+          <t>Sincap</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>275</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786051009193</t>
+          <t>9786051009384</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Sebzeler Besinler</t>
+          <t>Papağan</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>275</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786051009209</t>
+          <t>9786051009377</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Renkler Sayılar Şekiller</t>
+          <t>Panda</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>275</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786051007977</t>
+          <t>9786051009179</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Neşeli Sözcükler</t>
+          <t>Hayvanlar</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786051008059</t>
+          <t>9786051009193</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Büyük Pembe Kitabım</t>
+          <t>Meyveler Sebzeler Besinler</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786051008028</t>
+          <t>9786051009209</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Büyük Mavi Kitabım</t>
+          <t>Renkler Sayılar Şekiller</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786051007991</t>
+          <t>9786051007977</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>İlk Hayvanlar Kitabım</t>
+          <t>Minikler İçin Neşeli Sözcükler</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786051008004</t>
+          <t>9786051008059</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>İlk Sayılar Kitabım</t>
+          <t>Büyük Pembe Kitabım</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786051008011</t>
+          <t>9786051008028</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcükler Kitabım</t>
+          <t>Büyük Mavi Kitabım</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786051008486</t>
+          <t>9786051007991</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Aktivite Kitabım - Mavi Kitap</t>
+          <t>İlk Hayvanlar Kitabım</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786051008509</t>
+          <t>9786051008004</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Aktivite Kitabım - Turuncu Kitap</t>
+          <t>İlk Sayılar Kitabım</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786051008516</t>
+          <t>9786051008011</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Aktivite Kitabım - Yeşil Kitap</t>
+          <t>İlk Sözcükler Kitabım</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786051009162</t>
+          <t>9786051008486</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Şirin ve Eğitici Matematik</t>
+          <t>Benim İlk Aktivite Kitabım - Mavi Kitap</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786051009155</t>
+          <t>9786051008509</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Şirin ve Eğitici İngilizce</t>
+          <t>Benim İlk Aktivite Kitabım - Turuncu Kitap</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786051008639</t>
+          <t>9786051008516</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama - 2 Yaş Üstü - Yeşil Kitap</t>
+          <t>Benim İlk Aktivite Kitabım - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C1138" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786051008646</t>
+          <t>9786051009162</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama - 3 Yaş Üstü - Kırmızı Kitap</t>
+          <t>Şirin ve Eğitici Matematik</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>90</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786051008660</t>
+          <t>9786051009155</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama - 5 Yaş Üstü - Sarı Kitap</t>
+          <t>Şirin ve Eğitici İngilizce</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>90</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786051008561</t>
+          <t>9786051008639</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Arkadaşım Aslan</t>
+          <t>Rengarenk Boyama - 2 Yaş Üstü - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786051008578</t>
+          <t>9786051008646</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Arkadaşım Kedi</t>
+          <t>Rengarenk Boyama - 3 Yaş Üstü - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786051008592</t>
+          <t>9786051008660</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Arkadaşım Ördek</t>
+          <t>Rengarenk Boyama - 5 Yaş Üstü - Sarı Kitap</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786051008523</t>
+          <t>9786051008561</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Saymayı Öğreniyorum - 1'den 10'a Noktaları Birleştir</t>
+          <t>Sevimli Arkadaşım Aslan</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786051008530</t>
+          <t>9786051008578</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Saymayı Öğreniyorum - 1'den 20'ye Noktaları Birleştir</t>
+          <t>Sevimli Arkadaşım Kedi</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786051008547</t>
+          <t>9786051008592</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Saymayı Öğreniyorum - 1'den 30'a Noktaları Birleştir</t>
+          <t>Sevimli Arkadaşım Ördek</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786051008554</t>
+          <t>9786051008523</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Harfleri Öğreniyorum A'dan Z'ye Noktaları Birleştir</t>
+          <t>Saymayı Öğreniyorum - 1'den 10'a Noktaları Birleştir</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786051004686</t>
+          <t>9786051008530</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Şirin ve Eğitici Etkinlikler</t>
+          <t>Saymayı Öğreniyorum - 1'den 20'ye Noktaları Birleştir</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786051008493</t>
+          <t>9786051008547</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Aktivite Kitabım - Mor Kitap</t>
+          <t>Saymayı Öğreniyorum - 1'den 30'a Noktaları Birleştir</t>
         </is>
       </c>
       <c r="C1149" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786051008622</t>
+          <t>9786051008554</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kolay Boyama 4</t>
+          <t>Harfleri Öğreniyorum A'dan Z'ye Noktaları Birleştir</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786051007823</t>
+          <t>9786051004686</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kostümlerim</t>
+          <t>Şirin ve Eğitici Etkinlikler</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786051008998</t>
+          <t>9786051008493</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Zamanı!</t>
+          <t>Benim İlk Aktivite Kitabım - Mor Kitap</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786051009124</t>
+          <t>9786051008622</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Yaz Zamanı!</t>
+          <t>Sevimli Kolay Boyama 4</t>
         </is>
       </c>
       <c r="C1153" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786051009056</t>
+          <t>9786051007823</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Zamanı!</t>
+          <t>Benim İlk Kostümlerim</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786051009001</t>
+          <t>9786051008998</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Kış Zamanı!</t>
+          <t>İlkbahar Zamanı!</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786051008707</t>
+          <t>9786051009124</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Eğlendiren Boyama - Futbol</t>
+          <t>Yaz Zamanı!</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786051006598</t>
+          <t>9786051009056</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Şefkat - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Sonbahar Zamanı!</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786051008875</t>
+          <t>9786051009001</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Noktadan Noktaya Deniz</t>
+          <t>Kış Zamanı!</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786051008653</t>
+          <t>9786051008707</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Boyama - 4 Yaş Üstü - Mavi Kitap</t>
+          <t>Eğlendiren Boyama - Futbol</t>
         </is>
       </c>
       <c r="C1159" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786051008585</t>
+          <t>9786051006598</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Arkadaşım Köpek</t>
+          <t>Şefkat - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9789758602728</t>
+          <t>9786051008875</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Noktadan Noktaya Deniz</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>2015051412335</t>
+          <t>9786051008653</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçinde Seti (15 Kitap Takım)</t>
+          <t>Rengarenk Boyama - 4 Yaş Üstü - Mavi Kitap</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>1200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>2015050411360</t>
+          <t>9786051008585</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Hikayelerim Seti (25 Kitap Takım)</t>
+          <t>Sevimli Arkadaşım Köpek</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>2000</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786051006949</t>
+          <t>9789758602728</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Bambi</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786051007229</t>
+          <t>2015051412335</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Sinsi Tilki ve Küçük Kırmızı Tavuk</t>
+          <t>Evvel Zaman İçinde Seti (15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>80</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786051007212</t>
+          <t>2015050411360</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Sindrella</t>
+          <t>Benim İlk Hikayelerim Seti (25 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>80</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786051008479</t>
+          <t>9786051006949</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Dünya Çocuk Klasikleri</t>
+          <t>Bambi</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786051007168</t>
+          <t>9786051007229</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk</t>
+          <t>Sinsi Tilki ve Küçük Kırmızı Tavuk</t>
         </is>
       </c>
       <c r="C1168" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786051006895</t>
+          <t>9786051007212</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Çoban ve Kurt ve Diğer Masallar</t>
+          <t>Sindrella</t>
         </is>
       </c>
       <c r="C1169" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786051008318</t>
+          <t>9786051008479</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Fil</t>
+          <t>Küçük Prens - Dünya Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786051008325</t>
+          <t>9786051007168</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Horoz</t>
+          <t>Parmak Çocuk</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786051008356</t>
+          <t>9786051006895</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa</t>
+          <t>Çoban ve Kurt ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786051008370</t>
+          <t>9786051008318</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Su Aygırı</t>
+          <t>Fil</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786051006413</t>
+          <t>9786051008325</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Zamanlama - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Horoz</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786051006567</t>
+          <t>9786051008356</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Paylaşım - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Kurbağa</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786051006536</t>
+          <t>9786051008370</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Memnuniyet - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
+          <t>Su Aygırı</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9789756231524</t>
+          <t>9786051006413</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Almanca Konuşma Kılavuzu</t>
+          <t>Zamanlama - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9799759181504</t>
+          <t>9786051006567</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Paylaşım - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9799756231745</t>
+          <t>9786051006536</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Memnuniyet - Bilinç ve Karakter Gelişimi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9789759181109</t>
+          <t>9789756231524</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Akademik Rusça Grameri ve Öğrenimi</t>
+          <t>Almanca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C1180" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9789759181093</t>
+          <t>9799759181504</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Akademik İtalyanca Grameri ve Öğrenimi</t>
+          <t>Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9789759181086</t>
+          <t>9799756231745</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Akademik İngilizce Grameri ve Öğrenimi</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9789759181079</t>
+          <t>9789759181109</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Akademik Fransızca Grameri ve Öğrenimi</t>
+          <t>Akademik Rusça Grameri ve Öğrenimi</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786051007304</t>
+          <t>9789759181093</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Alıştırmaları - Sebzeler (4 Yaş)</t>
+          <t>Akademik İtalyanca Grameri ve Öğrenimi</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786051008202</t>
+          <t>9789759181086</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Orman - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Akademik İngilizce Grameri ve Öğrenimi</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786051008172</t>
+          <t>9789759181079</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Akademik Fransızca Grameri ve Öğrenimi</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786051008233</t>
+          <t>9786051007304</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Çizgi Alıştırmaları - Sebzeler (4 Yaş)</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786051007953</t>
+          <t>9786051008202</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım : Oyuncaklar</t>
+          <t>Orman - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786051007922</t>
+          <t>9786051008172</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım : Yaşantımız</t>
+          <t>Evcil Hayvanlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786051007960</t>
+          <t>9786051008233</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım: Çiftlik</t>
+          <t>Yavru Hayvanlar - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786051007946</t>
+          <t>9786051007953</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım : Araçlar</t>
+          <t>İlk Boyamalarım : Oyuncaklar</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786051007915</t>
+          <t>9786051007922</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım : Sözcükler</t>
+          <t>İlk Boyamalarım : Yaşantımız</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786051007939</t>
+          <t>9786051007960</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım : Hayvanlar</t>
+          <t>İlk Boyamalarım: Çiftlik</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786051007885</t>
+          <t>9786051007946</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştiriyorum : Mavi Kitap</t>
+          <t>İlk Boyamalarım : Araçlar</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>145</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786051007908</t>
+          <t>9786051007915</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştiriyorum : Yeşil Kitap</t>
+          <t>İlk Boyamalarım : Sözcükler</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>145</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786051007878</t>
+          <t>9786051007939</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştiriyorum : Kırmızı Kitap</t>
+          <t>İlk Boyamalarım : Hayvanlar</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>145</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786051007892</t>
+          <t>9786051007885</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştiriyorum : Sarı Kitap</t>
+          <t>Noktaları Birleştiriyorum : Mavi Kitap</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786051004730</t>
+          <t>9786051007908</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Batık Gemi</t>
+          <t>Noktaları Birleştiriyorum : Yeşil Kitap</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9789758602735</t>
+          <t>9786051007878</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşı Günlüğü</t>
+          <t>Noktaları Birleştiriyorum : Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786051000015</t>
+          <t>9786051007892</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Bahar ve Kelebekler</t>
+          <t>Noktaları Birleştiriyorum : Sarı Kitap</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786051000183</t>
+          <t>9786051004730</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Aya Yolculuk</t>
+          <t>Batık Gemi</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786051005645</t>
+          <t>9789758602735</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Şirin ve Eğitici Sayılar</t>
+          <t>Balkan Savaşı Günlüğü</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786051007267</t>
+          <t>9786051000015</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Alıştırmaları - Hayvanlar (4 Yaş)</t>
+          <t>Bahar ve Kelebekler</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786051007274</t>
+          <t>9786051000183</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Alıştırmaları - Meyveler (4 Yaş)</t>
+          <t>Aya Yolculuk</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786051007281</t>
+          <t>9786051005645</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Alıştırmaları : Renkler - Şekiller (4 Yaş)</t>
+          <t>Şirin ve Eğitici Sayılar</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786051006178</t>
+          <t>9786051007267</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altı - Muhteşem Çıkartmalar ve Aktiviteler</t>
+          <t>Çizgi Alıştırmaları - Hayvanlar (4 Yaş)</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9789758602681</t>
+          <t>9786051007274</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Üç Nasihat</t>
+          <t>Çizgi Alıştırmaları - Meyveler (4 Yaş)</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9799756231691</t>
+          <t>9786051007281</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Çizgi Alıştırmaları : Renkler - Şekiller (4 Yaş)</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9799756231776</t>
+          <t>9786051006178</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’de Deyimler</t>
+          <t>Deniz Altı - Muhteşem Çıkartmalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786051003702</t>
+          <t>9789758602681</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Okul Sözlüğü (Ciltli)</t>
+          <t>Üç Nasihat</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9799756231653</t>
+          <t>9799756231691</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Türk Ninnilerinden Seçmeler</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9799759181481</t>
+          <t>9799756231776</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Türk Manilerinden Seçmeler</t>
+          <t>Türkçe’de Deyimler</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9799756231707</t>
+          <t>9786051003702</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Türk Manilerinden Seçmeler</t>
+          <t>Türkçe Okul Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9799756231677</t>
+          <t>9799756231653</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinden Seçmeler</t>
+          <t>Türk Ninnilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9799756231813</t>
+          <t>9799759181481</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerinden Seçmeler</t>
+          <t>Türk Manilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9789758602605</t>
+          <t>9799756231707</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Türk Manilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
+          <t>9799756231677</t>
+        </is>
+      </c>
+      <c r="B1217" s="1" t="inlineStr">
+        <is>
+          <t>Türk Bilmecelerinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C1217" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:3">
+      <c r="A1218" s="1" t="inlineStr">
+        <is>
+          <t>9799756231813</t>
+        </is>
+      </c>
+      <c r="B1218" s="1" t="inlineStr">
+        <is>
+          <t>Türk Atasözlerinden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C1218" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:3">
+      <c r="A1219" s="1" t="inlineStr">
+        <is>
+          <t>9789758602605</t>
+        </is>
+      </c>
+      <c r="B1219" s="1" t="inlineStr">
+        <is>
+          <t>Topuz</t>
+        </is>
+      </c>
+      <c r="C1219" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:3">
+      <c r="A1220" s="1" t="inlineStr">
+        <is>
           <t>9789758602490</t>
         </is>
       </c>
-      <c r="B1217" s="1" t="inlineStr">
+      <c r="B1220" s="1" t="inlineStr">
         <is>
           <t>Topuz</t>
         </is>
       </c>
-      <c r="C1217" s="1">
-        <v>90</v>
+      <c r="C1220" s="1">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>