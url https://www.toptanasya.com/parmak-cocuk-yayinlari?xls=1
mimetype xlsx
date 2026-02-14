--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -94,1831 +94,1786 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786257796118</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786256068087</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Soru Soran Soru</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786256068100</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Kukla Gösterisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786256068032</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Kahverengi Cüce</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786256068063</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Top mu? Bisiklet mi?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786256068056</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Sorti Soruları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786256068070</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Rengarenk Düşler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786256068049</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Misket Koleksiyoncuları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786256068018</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Dedektif Maymun - Beş Maymun Deneyi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786256068025</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Dedektif Maymun - Boğa Güreşi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786258119732</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Sebzelerin ve Meyvelerin Dünyasında Deyimler ve Atasözleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786257796934</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Küçük Dünya Büyük Nokta</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786257796927</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>En Paytak Gösteri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786256068001</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Hayalet Avcıları - Korkunç Bir Kamp Gezisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786257796897</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Hayalet Avcıları - Hayalet Tuzağı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786257796453</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Hayalet Avcıları - Benden Önce Yakala</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786257796910</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Ben Akıllıyım Çünkü Kitap Okumayı Seviyorum</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786257796996</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Kitap Baba</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786257796989</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Coscorron Kardeşler Dedektiflik Ajansı - Kayıp Mumyanın Gizemi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786257796972</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Coscorron Kardeşler Dedektiflik Ajansı - Futbol Kulübü Felaketinin Gizemi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786257796965</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Coscorron Kardeşler Dedektiflik Ajansı - Uçan Tuvalet Kağıtlarının Gizemi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786257796958</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Coscorron Kardeşler Dedektiflik Ajansı - Levreğin Gizemi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786257796941</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Coscorron Kardeşler Dedektiflik Ajansı - Terk Edilmiş Köpek Kakasının Gizemi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786257796873</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Uzaylı Arkadaşım Nuki</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786257796903</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Mebi'nin Yıldız Kenti</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786257796811</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Barışa Davet - Kurşun Asker’in Utancı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786257796866</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Ülkenin Renkleri</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786257796828</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Ekinoks Partisi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786257796859</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Sisi’nin Sihri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786257796835</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Işık ve Renk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786257796842</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Mavi Gözlü Tilki</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786257796880</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Safiye’nin Maceraları - Gezegenlere Yolculuk</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>4440000003080</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Pimpom'un Maceraları Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786257796743</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Pufpanya - Kayıp Renkler Şehri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786257796781</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Güneşli Sonbahar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786257796774</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Kağıt Geminin Kaptanı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786257796750</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786257796798</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Tombik Balık - Denizler Hepimizin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786257796767</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Mine, Pati ve Sözcükler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786257796170</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Pimpom Uykusunu Arıyor</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786257796200</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Pimpom Kükremeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786257796804</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Deliçay'da Beş İnci</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786257796187</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Pimpom Spor Yapıyor</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786257796194</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Pimpom'un Ay Macerası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786257796705</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Hollanda Kralı Bo</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786257796712</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Minik Şef</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786257796736</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Havlayan Kedi Kofi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786257796729</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Kumbara</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786257796699</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Değişelim Mi?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786257796682</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Dalından Düşmeyen Yaprak</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786257796644</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Mariana Çukuru'nda Yaşam</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786257796651</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Ah Kalbim</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786257796668</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Mavi Yumurtanın Hikayesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786257796675</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Ufaklık - Diyet Yapan Fil</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786257796545</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Yürüyen Bahçe</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257796552</t>
+          <t>9786257796569</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Ağacındaki Kız</t>
+          <t>Karasinekler ve Nota Partisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257796569</t>
+          <t>9786050666830</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Karasinekler ve Nota Partisi</t>
+          <t>Demiradamlar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050666830</t>
+          <t>9786257796590</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Demiradamlar</t>
+          <t>Minik Kutup Ayısı Bozo</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>130</v>
+        <v>205</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257796590</t>
+          <t>9786257796576</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Minik Kutup Ayısı Bozo</t>
+          <t>Çocuklara Şiirler Gün Olur</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257796576</t>
+          <t>9786257796583</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Şiirler Gün Olur</t>
+          <t>Tombik Balık Özgürlüğe Koşuyor</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257796583</t>
+          <t>9786257796538</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tombik Balık Özgürlüğe Koşuyor</t>
+          <t>Tilki Tik'in Tiki</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257796538</t>
+          <t>9786257796460</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tilki Tik'in Tiki</t>
+          <t>Tombik Balık Mutluluk Peşinde</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257796460</t>
+          <t>9786257796286</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tombik Balık Mutluluk Peşinde</t>
+          <t>Yardımlaşma - Sen Yeter Ki İste, Çözüm Sende</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257796286</t>
+          <t>9786257796385</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yardımlaşma - Sen Yeter Ki İste, Çözüm Sende</t>
+          <t>Uyumluluk - Kurallar Herkes İçindir</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257796385</t>
+          <t>9786257796378</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Uyumluluk - Kurallar Herkes İçindir</t>
+          <t>Sorumluluk - Bizim Evde Herkes İşini Yapar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257796378</t>
+          <t>9786257796354</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk - Bizim Evde Herkes İşini Yapar</t>
+          <t>Nezaket - Biz Akraba mıyız?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257796354</t>
+          <t>9786257796361</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Nezaket - Biz Akraba mıyız?</t>
+          <t>İyilik - Pırt Böceği Nasıl Kahraman Oldu?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257796361</t>
+          <t>9786257796347</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İyilik - Pırt Böceği Nasıl Kahraman Oldu?</t>
+          <t>Disiplin - Kuralları Sevmeyen Çocuk</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257796347</t>
+          <t>9786257796309</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Disiplin - Kuralları Sevmeyen Çocuk</t>
+          <t>Çözüm Üretme - Küçük Maymun ve Timsah</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257796309</t>
+          <t>9786257796323</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çözüm Üretme - Küçük Maymun ve Timsah</t>
+          <t>Duyarlılık - Yağmur Kuşları ve Minik Kızın Öyküsü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257796323</t>
+          <t>9786257796330</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Duyarlılık - Yağmur Kuşları ve Minik Kızın Öyküsü</t>
+          <t>Dostluk - Dostluk, Özveri İster</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257796330</t>
+          <t>9786257796316</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dostluk - Dostluk, Özveri İster</t>
+          <t>Doğa Sevgisi - Küskün Gökkuşağı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257796316</t>
+          <t>9786257796293</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Doğa Sevgisi - Küskün Gökkuşağı</t>
+          <t>Cesaret - Kuyruğu Yoklar Ailesi Uçmayı Nasıl Öğrendi?</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257796293</t>
+          <t>9786257796446</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Cesaret - Kuyruğu Yoklar Ailesi Uçmayı Nasıl Öğrendi?</t>
+          <t>Geliştiren Değerler ve Beceriler Eğitim Seti (11 Kitap Takım)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257796446</t>
+          <t>9786257796422</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren Değerler ve Beceriler Eğitim Seti (11 Kitap Takım)</t>
+          <t>Şarkıcı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1650</v>
+        <v>230</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257796422</t>
+          <t>9786257796439</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcı</t>
+          <t>Kuyruğunda Bulut Gezdiren Kedi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257796439</t>
+          <t>9786257796415</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kuyruğunda Bulut Gezdiren Kedi</t>
+          <t>Çiroz ile Horoz</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257796415</t>
+          <t>9786257796231</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çiroz ile Horoz</t>
+          <t>10'suz Olmaz Lippola</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257796231</t>
+          <t>9786257796392</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>10'suz Olmaz Lippola</t>
+          <t>Omzumdaki Maymun</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257796392</t>
+          <t>9786257796262</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Omzumdaki Maymun</t>
+          <t>Kedi Mi Sokakta</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257796262</t>
+          <t>9786257796255</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kedi Mi Sokakta</t>
+          <t>Kedi Mi Evde</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257796255</t>
+          <t>9786257796248</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kedi Mi Evde</t>
+          <t>Kedi Mi Barınakta</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257796248</t>
+          <t>9786257796408</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kedi Mi Barınakta</t>
+          <t>Kedi Mi'nin Serüvenleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>140</v>
+        <v>570</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257796408</t>
+          <t>9786257796224</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kedi Mi'nin Serüvenleri (3 Kitap Takım)</t>
+          <t>Göçmen Kuşlar Geçidinde Bir Çocuk - Suyun Çocukları 3</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>420</v>
+        <v>165</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257796224</t>
+          <t>9786257796279</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kuşlar Geçidinde Bir Çocuk - Suyun Çocukları 3</t>
+          <t>Şişko Patates</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>205</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257796279</t>
+          <t>9786257796101</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Şişko Patates</t>
+          <t>Düş Kurdu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257796149</t>
+          <t>9786257796156</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Mutluluğun Peşinde</t>
+          <t>Akio ve Fledo</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257796101</t>
+          <t>9786257796163</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Düş Kurdu</t>
+          <t>Vapurda Kim Var?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257796156</t>
+          <t>9786257796026</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Akio ve Fledo</t>
+          <t>Kar Tanesinin Serüveni</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257796163</t>
+          <t>9786257796125</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Vapurda Kim Var?</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257796026</t>
+          <t>9786257796217</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesinin Serüveni</t>
+          <t>Harikalar Mutfağı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257796125</t>
+          <t>9786257796132</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257796217</t>
+          <t>9786257796071</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Mutfağı</t>
+          <t>Piti İle Repti</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257796132</t>
+          <t>9786257796095</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Hollanda Kralı Bo</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257796071</t>
+          <t>9786257796064</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Piti İle Repti</t>
+          <t>Pamira ve Bay Sol</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257796095</t>
+          <t>9786257796088</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hollanda Kralı Bo</t>
+          <t>Küçük Boynuz</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257796064</t>
+          <t>9786257796033</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Pamira ve Bay Sol</t>
+          <t>Cüceler Köyü</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257796088</t>
+          <t>9786050666861</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boynuz</t>
+          <t>Sülün Kız’la Ayseren</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257796033</t>
+          <t>9786257796040</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Cüceler Köyü</t>
+          <t>Bir Karga Masalı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050666861</t>
+          <t>9786257796057</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sülün Kız’la Ayseren</t>
+          <t>Zeytin Perisi Zizi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257796040</t>
+          <t>9786050666809</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bir Karga Masalı</t>
+          <t>Kedi Bakıcısı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257796057</t>
+          <t>9786050666885</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Perisi Zizi</t>
+          <t>Kırık Kanatlı Kargalar Ülkesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050666809</t>
+          <t>9786050666854</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kedi Bakıcısı</t>
+          <t>Çiçekoğlan</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050666885</t>
+          <t>9786050666878</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlı Kargalar Ülkesi</t>
+          <t>Orman Koruyucusu Zozi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050666854</t>
+          <t>9786050666816</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çiçekoğlan</t>
+          <t>En Üstte Ne Var?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050666878</t>
+          <t>9786050693973</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Orman Koruyucusu Zozi</t>
+          <t>Son Kişot ve Sincaplar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050666816</t>
+          <t>9786050693942</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>En Üstte Ne Var?</t>
+          <t>Uzak Dağın Kuşu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050693973</t>
+          <t>9786050693959</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Son Kişot ve Sincaplar</t>
+          <t>Tuna'nın Düşü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050693942</t>
+          <t>9786050666823</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Uzak Dağın Kuşu</t>
+          <t>Dünyayı Kurtaran Arı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050693959</t>
+          <t>9786050693997</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tuna'nın Düşü</t>
+          <t>Küçük Oyuncu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050666823</t>
+          <t>9786050666847</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Arı</t>
+          <t>Bombili Köfte - Can Sıkmaz Bey-1</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050693997</t>
+          <t>9786050693980</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Küçük Oyuncu</t>
+          <t>Parlayan Ay'ın Şarkısı - Kızılderili Öyküleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050666847</t>
+          <t>9786050693966</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bombili Köfte - Can Sıkmaz Bey-1</t>
+          <t>Yüzgeçli Yolcular - Suyun Çocukları 1</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050693980</t>
+          <t>9786050693935</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Parlayan Ay'ın Şarkısı - Kızılderili Öyküleri</t>
+          <t>Gırç Gırç Gece</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050693966</t>
+          <t>9786050693904</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yüzgeçli Yolcular - Suyun Çocukları 1</t>
+          <t>Yeşildağ</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>120</v>
+        <v>205</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050666892</t>
+          <t>9786050693928</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kasaba Şenleniyor - Can Sıkmaz Bey-2</t>
+          <t>Çocukluk Hiç Bitmese</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>170</v>
+        <v>75</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050693935</t>
+          <t>9786050693911</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Gırç Gırç Gece</t>
+          <t>Sinirnaz’ın Sözlüğü</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>185</v>
-[...43 lines deleted...]
-      <c r="C121" s="1">
         <v>75</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>