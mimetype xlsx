--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,2905 +85,2935 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256588493</t>
+          <t>9786256588462</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kenan Yıldız - Sahanın Yıldızları</t>
+          <t>Talisca - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>149.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256588479</t>
+          <t>9786256588455</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Torreira - Sahanın Yıldızları</t>
+          <t>Szymanski - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>149.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256588486</t>
+          <t>9786256588493</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Osimhen - Sahanın Yıldızları</t>
+          <t>Kenan Yıldız - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>149.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055034542</t>
+          <t>9786256588479</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Çocuk Serisi (4 Kitap Kutulu Set)</t>
+          <t>Torreira - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>219.6</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055034504</t>
+          <t>9786256588486</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zihinler Serisi (4 Kitap Takım)</t>
+          <t>Osimhen - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1150</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055034511</t>
+          <t>9786055034542</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Işıltı Serisi - 2 Kitap (Ciltli)</t>
+          <t>Ejderha Çocuk Serisi (4 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>219.6</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055034559</t>
+          <t>9786055034504</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Korsan Komşular (3 Kitap Takım)</t>
+          <t>Karanlık Zihinler Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>189.7</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055034115</t>
+          <t>9786055034511</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Toz ve Duman</t>
+          <t>Işıltı Serisi - 2 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>159.9</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055034108</t>
+          <t>9786055034559</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığa Çare Bulundu</t>
+          <t>Korsan Komşular (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>69.9</v>
+        <v>189.7</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055034177</t>
+          <t>9786055034115</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Diğer Yarımsın</t>
+          <t>Toz ve Duman</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>159.9</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055034016</t>
+          <t>9786055034108</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimi</t>
+          <t>Yalnızlığa Çare Bulundu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>199.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055034030</t>
+          <t>9786055034177</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kayıp 1</t>
+          <t>Sen Benim Diğer Yarımsın</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>14</v>
+        <v>159.9</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055034023</t>
+          <t>9786055034016</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çürük ve Harabe</t>
+          <t>Tut Elimi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>159.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055034528</t>
+          <t>9786055034030</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Çocuk - Ayının Tutsağı</t>
+          <t>Kayıp 1</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>54.9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055034146</t>
+          <t>9786055034023</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ejdarha Çocuk - Mermer Sarayda</t>
+          <t>Çürük ve Harabe</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>54.9</v>
+        <v>159.9</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055034139</t>
+          <t>9786055034528</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Çocuk - Trollere Karşı</t>
+          <t>Ejderha Çocuk - Ayının Tutsağı</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>54.9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055034122</t>
+          <t>9786055034146</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Ninjalara Karşı</t>
+          <t>Ejdarha Çocuk - Mermer Sarayda</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>69.9</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055034580</t>
+          <t>9786055034139</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hoşgeldin Bebek (Ciltli)</t>
+          <t>Ejderha Çocuk - Trollere Karşı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>249.9</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055034245</t>
+          <t>9786055034122</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bazıları Kalbini Dinler</t>
+          <t>Korsanlar Ninjalara Karşı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>159.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055034726</t>
+          <t>9786055034580</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zihinler (Filme Özel Baskı)</t>
+          <t>Hoşgeldin Bebek (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>149.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055034290</t>
+          <t>9786055034245</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Bazıları Kalbini Dinler</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>159.9</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055034535</t>
+          <t>9786055034726</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Nefes Serisi - Kutulu Set (3 Kitap)</t>
+          <t>Karanlık Zihinler (Filme Özel Baskı)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>599.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055034238</t>
+          <t>9786055034290</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bakarsın Bulutlar Gider</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>159.9</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055034085</t>
+          <t>9786055034535</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ülke</t>
+          <t>Nefes Serisi - Kutulu Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>159.9</v>
+        <v>599.9</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055034047</t>
+          <t>9786055034238</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Babamı Beklerken</t>
+          <t>Bakarsın Bulutlar Gider</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>119.9</v>
+        <v>159.9</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055034054</t>
+          <t>9786055034085</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Çocuk Zümrüt Peşinde</t>
+          <t>Uzak Ülke</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>54.9</v>
+        <v>159.9</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055034801</t>
+          <t>9786055034047</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yolcu Serisi - Kutulu Set (2 Kitap)</t>
+          <t>Babamı Beklerken</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>600</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055034795</t>
+          <t>9786055034054</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Kontaklar Serisi Kutulu (4 Kitap Takım) (Ciltli)</t>
+          <t>Ejderha Çocuk Zümrüt Peşinde</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>439</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055034665</t>
+          <t>9786055034801</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tabana Kuvvet - Kafadan Kontaklar (Ciltli)</t>
+          <t>Yolcu Serisi - Kutulu Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>99.9</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055034672</t>
+          <t>9786055034795</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Buraya Kadarmış - Kafadan Kontaklar (Ciltli)</t>
+          <t>Kafadan Kontaklar Serisi Kutulu (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>99.9</v>
+        <v>439</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258364651</t>
+          <t>9786055034665</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Merlin 8 - Ölümcül Büyü</t>
+          <t>Tabana Kuvvet - Kafadan Kontaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>249.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057843425</t>
+          <t>9786055034672</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Merlin 7 - Doomraga'nın İntikamı</t>
+          <t>Buraya Kadarmış - Kafadan Kontaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>249.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055034467</t>
+          <t>9786258364651</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Merlin 2. Kitap : Yedi Ezgi</t>
+          <t>Merlin 8 - Ölümcül Büyü</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055034641</t>
+          <t>9786057843425</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Merlin 3. Kitap : Alev Dalgaları</t>
+          <t>Merlin 7 - Doomraga'nın İntikamı</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055034719</t>
+          <t>9786055034467</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kader Yolu - Merlin 4</t>
+          <t>Merlin 2. Kitap : Yedi Ezgi</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055034009</t>
+          <t>9786055034641</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Merlin 1. Kitap: Kayıp Yıllar</t>
+          <t>Merlin 3. Kitap : Alev Dalgaları</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057843029</t>
+          <t>9786055034719</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Merlin - Avalon Ejderhası 6. Kitap</t>
+          <t>Kader Yolu - Merlin 4</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055034696</t>
+          <t>9786055034009</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Merlin 1. Kitap: Kayıp Yıllar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>299.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256588424</t>
+          <t>9786057843029</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Rafa Silva / Sahanın Yıldızları</t>
+          <t>Merlin - Avalon Ejderhası 6. Kitap</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>149.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256588431</t>
+          <t>9786055034696</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Blackpink Rosé / K-Pop Yıldızları</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>129.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256588073</t>
+          <t>9786256588424</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kerem - Sahanın Yıldızları</t>
+          <t>Rafa Silva - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055034153</t>
+          <t>9786256588431</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Derin Sularla Şeytan Arasında (Ciltli)</t>
+          <t>Blackpink Rosé / K-Pop Yıldızları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>249.9</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256588400</t>
+          <t>9786256588073</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bellingham - Sahanın Yıldızları</t>
+          <t>Kerem - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256588417</t>
+          <t>9786055034153</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Blackpink Jisoo</t>
+          <t>Derin Sularla Şeytan Arasında (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>129.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256588189</t>
+          <t>9786256588400</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Blackpink Lisa - K-Pop Yıldızları</t>
+          <t>Bellingham - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>129.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256588196</t>
+          <t>9786256588417</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Blackpink Jennie - K-Pop Yıldızları</t>
+          <t>Blackpink Jisoo</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>129.9</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256588158</t>
+          <t>9786256588189</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Alex - Sahanın Yıldızları</t>
+          <t>Blackpink Lisa - K-Pop Yıldızları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>149.9</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256588141</t>
+          <t>9786256588196</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ronaldinho - Sahanın Yıldızları</t>
+          <t>Blackpink Jennie - K-Pop Yıldızları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>149.9</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256588097</t>
+          <t>9786256588158</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Quaresma - Sahanın Yıldızları</t>
+          <t>Alex - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256588165</t>
+          <t>9786256588141</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Vinicius Junior - Sahanın Yıldızları</t>
+          <t>Ronaldinho - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256588172</t>
+          <t>9786256588097</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mourinho - Sahanın Yıldızları</t>
+          <t>Quaresma - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256588134</t>
+          <t>9786256588165</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ibrahimovic - Sahanın Yıldızları</t>
+          <t>Vinicius Junior - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256588127</t>
+          <t>9786256588172</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Maradona - Sahanın Yıldızları</t>
+          <t>Mourinho - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258364750</t>
+          <t>9786256588134</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Ibrahimovic - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>69.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256588110</t>
+          <t>9786256588127</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi</t>
+          <t>Maradona - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>79.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256588103</t>
+          <t>9786258364750</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>79.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258364958</t>
+          <t>9786256588110</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nutuk - İlköğretim Öğrencileri İçin</t>
+          <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258364743</t>
+          <t>9786256588103</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256588042</t>
+          <t>9786258364958</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Merlin 9 - Ulu Avalon Ağacı</t>
+          <t>Nutuk - İlköğretim Öğrencileri İçin</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>249.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258364774</t>
+          <t>9786258364743</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Messi - Sahanın Yıldızları</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>149.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055034276</t>
+          <t>9786256588042</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Buz Kapanı</t>
+          <t>Merlin 9 - Ulu Avalon Ağacı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>299.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256588080</t>
+          <t>9786258364774</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Drogba - Sahanın Yıldızları</t>
+          <t>Messi - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256588066</t>
+          <t>9786055034276</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>De Bruyne - Sahanın Yıldızları</t>
+          <t>Buz Kapanı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>149.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256588059</t>
+          <t>9786256588080</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Muslera - Sahanın Yıldızları</t>
+          <t>Drogba - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256588035</t>
+          <t>9786256588066</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Arda - Sahanın Yıldızları</t>
+          <t>De Bruyne - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258364941</t>
+          <t>9786256588059</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aboubakar - Sahanın Yıldızları</t>
+          <t>Muslera - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258364934</t>
+          <t>9786256588035</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dzeko - Sahanın Yıldızları</t>
+          <t>Arda - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258364927</t>
+          <t>9786258364941</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Benzema - Sahanın Yıldızları</t>
+          <t>Aboubakar - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258364910</t>
+          <t>9786258364934</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Guardiola - Sahanın Yıldızları</t>
+          <t>Dzeko - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258364903</t>
+          <t>9786258364927</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Neymar - Sahanın Yıldızları</t>
+          <t>Benzema - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258364897</t>
+          <t>9786258364910</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Icardi - Sahanın Yıldızları</t>
+          <t>Guardiola - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258364880</t>
+          <t>9786258364903</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kane - Sahanın Yıldızları</t>
+          <t>Neymar - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258364781</t>
+          <t>9786258364897</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Salah - Sahanın Yıldızları</t>
+          <t>Icardi - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>149.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258364767</t>
+          <t>9786258364880</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo - Sahanın Yıldızları</t>
+          <t>Kane - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258364798</t>
+          <t>9786258364781</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mbappe - Sahanın Yıldızları</t>
+          <t>Salah - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258364811</t>
+          <t>9786258364767</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Haaland - Sahanın Yıldızları</t>
+          <t>Ronaldo - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258364804</t>
+          <t>9786258364798</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Lewandowski - Sahanın Yıldızları</t>
+          <t>Mbappe - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258364576</t>
+          <t>9786258364811</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Adem'den Önce</t>
+          <t>Haaland - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>89.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258364675</t>
+          <t>9786258364804</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi</t>
+          <t>Lewandowski - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>89.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258364668</t>
+          <t>9786258364576</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Adem'den Önce</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>69.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258364590</t>
+          <t>9786258364675</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sinekler Diyarı</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>199.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258364545</t>
+          <t>9786258364668</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>79.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258364583</t>
+          <t>9786258364590</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Button'ın Tuhaf Hikayesi</t>
+          <t>Sinekler Diyarı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>59.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258364552</t>
+          <t>9786258364545</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>69.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258364569</t>
+          <t>9786258364583</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Benjamin Button'ın Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>69.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057843463</t>
+          <t>9786258364552</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>89.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057843456</t>
+          <t>9786258364569</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Kurtaran Savaş</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>199.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057843432</t>
+          <t>9786057843463</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>89.9</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057843449</t>
+          <t>9786057843456</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri - Neva Bulvarı</t>
+          <t>Hayatımı Kurtaran Savaş</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>74.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057843401</t>
+          <t>9786057843432</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcımla Alev Arasında</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>199.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057843418</t>
+          <t>9786057843449</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Derin Sularla Şeytan Arasında</t>
+          <t>Bir Delinin Hatıra Defteri - Neva Bulvarı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>199.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057843272</t>
+          <t>9786057843401</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kurtlara Selam Söyle</t>
+          <t>Kıvılcımla Alev Arasında</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057843395</t>
+          <t>9786057843418</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Prosper Redding’in Tüyler Ürpertici Hikayesi</t>
+          <t>Derin Sularla Şeytan Arasında</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057843227</t>
+          <t>9786057843272</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Saklı Hayatlar</t>
+          <t>Kurtlara Selam Söyle</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>249.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057843364</t>
+          <t>9786057843395</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Prosper Redding’in Tüyler Ürpertici Hikayesi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>79.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057843371</t>
+          <t>9786057843227</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Saklı Hayatlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>79.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057843005</t>
+          <t>9786057843364</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçemediğim</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>74.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057843357</t>
+          <t>9786057843371</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Birdenbire</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057843340</t>
+          <t>9786057843005</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Vazgeçemediğim</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>79.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057843333</t>
+          <t>9786057843357</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hoşgör Köftecisi</t>
+          <t>Birdenbire</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>69.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057843302</t>
+          <t>9786057843340</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>119.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057843326</t>
+          <t>9786057843333</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Hoşgör Köftecisi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>79.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057843319</t>
+          <t>9786057843302</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Boğulmamak İçin</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>119.9</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057843289</t>
+          <t>9786057843326</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Bay Hyde</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057843296</t>
+          <t>9786057843319</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Doktor Moreau’nun Adası</t>
+          <t>Boğulmamak İçin</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>89.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057843234</t>
+          <t>9786057843289</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Dr. Jekyll ve Bay Hyde</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>89.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057843258</t>
+          <t>9786057843296</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Doktor Moreau’nun Adası</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>69.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057843265</t>
+          <t>9786057843234</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Zacharius Usta</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>59.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057843241</t>
+          <t>9786057843258</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>69.9</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>8690101758249</t>
+          <t>9786057843265</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Kontaklar Serisi Kutulu Set (4 Kitap Takım)</t>
+          <t>Zacharius Usta</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>439</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>8690101758256</t>
+          <t>9786057843241</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Serisi Kutulu Set (5 Kitap Takım)</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>639</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>8690101758348</t>
+          <t>8690101758249</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zihinler Serisi (5 Kitap Takım Kutulu)</t>
+          <t>Kafadan Kontaklar Serisi Kutulu Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1449</v>
+        <v>439</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057843012</t>
+          <t>8690101758256</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Miras - Karanlık Zihinler 4</t>
+          <t>Sherlock Holmes Serisi Kutulu Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>299.9</v>
+        <v>639</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057843180</t>
+          <t>8690101758348</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Karanlık Zihinler Serisi (5 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>89.9</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057843159</t>
+          <t>9786057843012</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Karanlık Miras - Karanlık Zihinler 4</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>59.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057843203</t>
+          <t>9786057843180</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>79.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057843197</t>
+          <t>9786057843159</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Doktor Ox'un Deneyi</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>74.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057843166</t>
+          <t>9786057843203</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>69.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057843135</t>
+          <t>9786057843197</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Doktor Ox'un Deneyi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>79.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057843173</t>
+          <t>9786057843166</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>109.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057843142</t>
+          <t>9786057843135</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuzey Macerası</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>59.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057843128</t>
+          <t>9786057843173</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bohemya'da Skandal</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>74.9</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057843104</t>
+          <t>9786057843142</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
+          <t>Bir Kuzey Macerası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>74.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057843081</t>
+          <t>9786057843128</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Reigate Bulmacası</t>
+          <t>Sherlock Holmes - Bohemya'da Skandal</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>74.9</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057843098</t>
+          <t>9786057843104</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Manastır Okulu</t>
+          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>74.9</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057843111</t>
+          <t>9786057843081</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dedektif Ölüm Döşeğinde</t>
+          <t>Sherlock Holmes - Reigate Bulmacası</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>74.9</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057843036</t>
+          <t>9786057843098</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Sherlock Holmes - Manastır Okulu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>69.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057843043</t>
+          <t>9786057843111</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kirli ve Mutlu - Kafadan Kontaklar</t>
+          <t>Sherlock Holmes - Dedektif Ölüm Döşeğinde</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>109.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057843074</t>
+          <t>9786057843036</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Buraya Kadarmış - Kafadan Kontaklar 4</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>109.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057843067</t>
+          <t>9786057843043</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tabana Kuvvet - Kafadan Kontaklar 3</t>
+          <t>Kirli ve Mutlu - Kafadan Kontaklar</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>109.9</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057843050</t>
+          <t>9786057843074</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Adrese Teslim - Kafadan Kontaklar 2</t>
+          <t>Buraya Kadarmış - Kafadan Kontaklar 4</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>109.9</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055034979</t>
+          <t>9786057843067</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Tabana Kuvvet - Kafadan Kontaklar 3</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>69.9</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055034993</t>
+          <t>9786057843050</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi</t>
+          <t>Adrese Teslim - Kafadan Kontaklar 2</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>59.9</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055034962</t>
+          <t>9786055034979</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bilge Büyücünün Kanatları - Merlin</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>249.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055034955</t>
+          <t>9786055034993</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Ermişin Bahçesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>79.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055034931</t>
+          <t>9786055034962</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Bilge Büyücünün Kanatları - Merlin</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>74.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055034900</t>
+          <t>9786055034955</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Arabalar Beş Kuruşa</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055034924</t>
+          <t>9786055034931</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>74.9</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055034917</t>
+          <t>9786055034900</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Arabalar Beş Kuruşa</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055034948</t>
+          <t>9786055034924</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>79.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055034894</t>
+          <t>9786055034917</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>89.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055034870</t>
+          <t>9786055034948</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>119.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055034887</t>
+          <t>9786055034894</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>109.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055034764</t>
+          <t>9786055034870</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes'un Dönüşü</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>149.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055034788</t>
+          <t>9786055034887</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes'un Olay Defteri</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>119.9</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055034429</t>
+          <t>9786055034764</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Sherlock Holmes - Sherlock Holmes'un Dönüşü</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>89.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055034771</t>
+          <t>9786055034788</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes’un Son Görevi - Sherlock Holmes 4</t>
+          <t>Sherlock Holmes - Sherlock Holmes'un Olay Defteri</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>119.9</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055034757</t>
+          <t>9786055034429</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes’un Anıları - Sherlock Holmes 2</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>119.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055034740</t>
+          <t>9786055034771</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes'in Maceraları</t>
+          <t>Sherlock Holmes’un Son Görevi - Sherlock Holmes 4</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>129.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055034856</t>
+          <t>9786055034757</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Sherlock Holmes’un Anıları - Sherlock Holmes 2</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>109.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055034733</t>
+          <t>9786055034740</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Sherlock Holmes - Sherlock Holmes'in Maceraları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>79.9</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055034818</t>
+          <t>9786055034856</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>69.9</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055034825</t>
+          <t>9786055034733</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055034627</t>
+          <t>9786055034818</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>74.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055034702</t>
+          <t>9786055034825</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Gezgin (Ciltli)</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>349.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055034658</t>
+          <t>9786055034627</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Gölge İz Bırakmaz</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>199.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055034689</t>
+          <t>9786055034702</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gece ve Öfke</t>
+          <t>Gezgin (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>159.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055034603</t>
+          <t>9786055034658</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Gölge İz Bırakmaz</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>69.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055034634</t>
+          <t>9786055034689</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Gece ve Öfke</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>74.9</v>
+        <v>159.9</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055034610</t>
+          <t>9786055034603</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>69.9</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055034573</t>
+          <t>9786055034634</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Kontaklar 2 - Adrese Teslim (Ciltli)</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>99.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055034566</t>
+          <t>9786055034610</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz Beşler Serisi - 4 Kitap</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>399</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055034481</t>
+          <t>9786055034573</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz Beşler 3 - Ejderha Peşinde</t>
+          <t>Kafadan Kontaklar 2 - Adrese Teslim (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>99.9</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055034498</t>
+          <t>9786055034566</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz Beşler 4 - Gizemler Diyarında</t>
+          <t>Maskesiz Beşler Serisi - 4 Kitap</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>99.9</v>
+        <v>399</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055034474</t>
+          <t>9786055034481</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcımla Alev Arasında (Ciltli)</t>
+          <t>Maskesiz Beşler 3 - Ejderha Peşinde</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>249.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055034443</t>
+          <t>9786055034498</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Maskesiz Beşler 4 - Gizemler Diyarında</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>69.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055034450</t>
+          <t>9786055034474</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Kıvılcımla Alev Arasında (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>89.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055034412</t>
+          <t>9786055034443</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>69.9</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055034436</t>
+          <t>9786055034450</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>74.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055034399</t>
+          <t>9786055034412</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>69.9</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055034405</t>
+          <t>9786055034436</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>69.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055034375</t>
+          <t>9786055034399</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>69.9</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055034382</t>
+          <t>9786055034405</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>69.9</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055034368</t>
+          <t>9786055034375</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Kontaklar - Kirli ve Mutlu (Ciltli)</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>99.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055034351</t>
+          <t>9786055034382</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>249.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055034313</t>
+          <t>9786055034368</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yazsam Roman Olur</t>
+          <t>Kafadan Kontaklar - Kirli ve Mutlu (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>179.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055034344</t>
+          <t>9786055034351</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yolcu (Ciltli)</t>
+          <t>Belki Bir Gün</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>349.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055034337</t>
+          <t>9786055034313</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Yazsam Roman Olur</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>299.9</v>
+        <v>179.9</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055034320</t>
+          <t>9786055034344</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Yolcu (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>79.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055034283</t>
+          <t>9786055034337</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zihinler 3 - Ateş Çemberi</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>299.9</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055034252</t>
+          <t>9786055034320</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Olur Böyle Boktan Şeyler</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>199.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055034092</t>
+          <t>9786055034283</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zihinler</t>
+          <t>Karanlık Zihinler 3 - Ateş Çemberi</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>299.9</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055034061</t>
+          <t>9786055034252</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Korsan Komşular 1</t>
+          <t>Olur Böyle Boktan Şeyler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>59.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055034221</t>
+          <t>9786055034092</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yakar</t>
+          <t>Karanlık Zihinler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>199.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055034191</t>
+          <t>9786055034061</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz Beşler Serisi 2 : Kırmızı Şerifin Pençesinde</t>
+          <t>Korsan Komşular 1</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>99.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055034184</t>
+          <t>9786055034221</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Benimle Kal</t>
+          <t>Aşk Yakar</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055034207</t>
+          <t>9786055034191</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Korsan Komşular 2 : Kılıçlar ve Dönmedolap</t>
+          <t>Maskesiz Beşler Serisi 2 : Kırmızı Şerifin Pençesinde</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>59.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055034269</t>
+          <t>9786055034184</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Benim Balığım Yaşayacak</t>
+          <t>Benimle Kal</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>249.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055034078</t>
+          <t>9786055034207</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz Beşler 1: Gümüş Örümcek Mağarasında</t>
+          <t>Korsan Komşular 2 : Kılıçlar ve Dönmedolap</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>99.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055034214</t>
+          <t>9786055034269</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar</t>
+          <t>Benim Balığım Yaşayacak</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
+          <t>9786055034078</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Maskesiz Beşler 1: Gümüş Örümcek Mağarasında</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786055034214</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Sahtekar</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>249.9</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
           <t>9786055034306</t>
         </is>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Karanlığın İçinden</t>
         </is>
       </c>
-      <c r="C192" s="1">
+      <c r="C194" s="1">
         <v>249.9</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>