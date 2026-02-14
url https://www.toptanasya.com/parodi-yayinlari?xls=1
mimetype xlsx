--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,2935 +85,2950 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256588462</t>
+          <t>9786055034986</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Talisca - Sahanın Yıldızları</t>
+          <t>Günahsız - Uyanış Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>199.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256588455</t>
+          <t>9786256588462</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Szymanski - Sahanın Yıldızları</t>
+          <t>Talisca - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256588493</t>
+          <t>9786256588455</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kenan Yıldız - Sahanın Yıldızları</t>
+          <t>Szymanski - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256588479</t>
+          <t>9786256588493</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Torreira - Sahanın Yıldızları</t>
+          <t>Kenan Yıldız - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256588486</t>
+          <t>9786256588479</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Osimhen - Sahanın Yıldızları</t>
+          <t>Torreira - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055034542</t>
+          <t>9786256588486</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Çocuk Serisi (4 Kitap Kutulu Set)</t>
+          <t>Osimhen - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>219.6</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055034504</t>
+          <t>9786055034542</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zihinler Serisi (4 Kitap Takım)</t>
+          <t>Ejderha Çocuk Serisi (4 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1150</v>
+        <v>219.6</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055034511</t>
+          <t>9786055034504</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Işıltı Serisi - 2 Kitap (Ciltli)</t>
+          <t>Karanlık Zihinler Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>500</v>
+        <v>1549.6</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055034559</t>
+          <t>9786055034511</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Korsan Komşular (3 Kitap Takım)</t>
+          <t>Işıltı Serisi - 2 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>189.7</v>
+        <v>624.75</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055034115</t>
+          <t>9786055034559</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Toz ve Duman</t>
+          <t>Korsan Komşular (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>159.9</v>
+        <v>189.7</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055034108</t>
+          <t>9786055034115</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığa Çare Bulundu</t>
+          <t>Toz ve Duman</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>69.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055034177</t>
+          <t>9786055034108</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Diğer Yarımsın</t>
+          <t>Yalnızlığa Çare Bulundu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>159.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055034016</t>
+          <t>9786055034177</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimi</t>
+          <t>Sen Benim Diğer Yarımsın</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055034030</t>
+          <t>9786055034016</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kayıp 1</t>
+          <t>Tut Elimi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>14</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055034023</t>
+          <t>9786055034030</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çürük ve Harabe</t>
+          <t>Kayıp 1</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>159.9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055034528</t>
+          <t>9786055034023</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Çocuk - Ayının Tutsağı</t>
+          <t>Çürük ve Harabe</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>54.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055034146</t>
+          <t>9786055034528</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ejdarha Çocuk - Mermer Sarayda</t>
+          <t>Ejderha Çocuk - Ayının Tutsağı</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>54.9</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055034139</t>
+          <t>9786055034146</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Çocuk - Trollere Karşı</t>
+          <t>Ejdarha Çocuk - Mermer Sarayda</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>54.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055034122</t>
+          <t>9786055034139</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Ninjalara Karşı</t>
+          <t>Ejderha Çocuk - Trollere Karşı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>69.9</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055034580</t>
+          <t>9786055034122</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hoşgeldin Bebek (Ciltli)</t>
+          <t>Korsanlar Ninjalara Karşı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>249.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055034245</t>
+          <t>9786055034580</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bazıları Kalbini Dinler</t>
+          <t>Hoşgeldin Bebek (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>159.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055034726</t>
+          <t>9786055034245</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zihinler (Filme Özel Baskı)</t>
+          <t>Bazıları Kalbini Dinler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>149.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055034290</t>
+          <t>9786055034726</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Karanlık Zihinler (Filme Özel Baskı)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>159.9</v>
+        <v>399.9</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055034535</t>
+          <t>9786055034290</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nefes Serisi - Kutulu Set (3 Kitap)</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>599.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055034238</t>
+          <t>9786055034535</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bakarsın Bulutlar Gider</t>
+          <t>Nefes Serisi - Kutulu Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>159.9</v>
+        <v>799.7</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055034085</t>
+          <t>9786055034238</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ülke</t>
+          <t>Bakarsın Bulutlar Gider</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>159.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055034047</t>
+          <t>9786055034085</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Babamı Beklerken</t>
+          <t>Uzak Ülke</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>119.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055034054</t>
+          <t>9786055034047</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Çocuk Zümrüt Peşinde</t>
+          <t>Babamı Beklerken</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>54.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055034801</t>
+          <t>9786055034054</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yolcu Serisi - Kutulu Set (2 Kitap)</t>
+          <t>Ejderha Çocuk Zümrüt Peşinde</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>600</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055034795</t>
+          <t>9786055034801</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Kontaklar Serisi Kutulu (4 Kitap Takım) (Ciltli)</t>
+          <t>Yolcu Serisi - Kutulu Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>439</v>
+        <v>799.8</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055034665</t>
+          <t>9786055034795</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tabana Kuvvet - Kafadan Kontaklar (Ciltli)</t>
+          <t>Kafadan Kontaklar Serisi Kutulu (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>99.9</v>
+        <v>799.6</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055034672</t>
+          <t>9786055034665</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Buraya Kadarmış - Kafadan Kontaklar (Ciltli)</t>
+          <t>Tabana Kuvvet - Kafadan Kontaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>99.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258364651</t>
+          <t>9786055034672</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Merlin 8 - Ölümcül Büyü</t>
+          <t>Buraya Kadarmış - Kafadan Kontaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>249.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057843425</t>
+          <t>9786258364651</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Merlin 7 - Doomraga'nın İntikamı</t>
+          <t>Merlin 8 - Ölümcül Büyü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>249.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055034467</t>
+          <t>9786057843425</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Merlin 2. Kitap : Yedi Ezgi</t>
+          <t>Merlin 7 - Doomraga'nın İntikamı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>249.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055034641</t>
+          <t>9786055034467</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Merlin 3. Kitap : Alev Dalgaları</t>
+          <t>Merlin 2. Kitap : Yedi Ezgi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>249.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055034719</t>
+          <t>9786055034641</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kader Yolu - Merlin 4</t>
+          <t>Merlin 3. Kitap : Alev Dalgaları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>249.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055034009</t>
+          <t>9786055034719</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Merlin 1. Kitap: Kayıp Yıllar</t>
+          <t>Kader Yolu - Merlin 4</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>249.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057843029</t>
+          <t>9786055034009</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Merlin - Avalon Ejderhası 6. Kitap</t>
+          <t>Merlin 1. Kitap: Kayıp Yıllar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>249.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055034696</t>
+          <t>9786057843029</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Merlin - Avalon Ejderhası 6. Kitap</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>299.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256588424</t>
+          <t>9786055034696</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Rafa Silva - Sahanın Yıldızları</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>149.9</v>
+        <v>399.9</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256588431</t>
+          <t>9786256588424</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Blackpink Rosé / K-Pop Yıldızları</t>
+          <t>Rafa Silva - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>129.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256588073</t>
+          <t>9786256588431</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kerem - Sahanın Yıldızları</t>
+          <t>Blackpink Rosé / K-Pop Yıldızları</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055034153</t>
+          <t>9786256588073</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Derin Sularla Şeytan Arasında (Ciltli)</t>
+          <t>Kerem - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>249.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256588400</t>
+          <t>9786055034153</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bellingham - Sahanın Yıldızları</t>
+          <t>Derin Sularla Şeytan Arasında (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>149.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256588417</t>
+          <t>9786256588400</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Blackpink Jisoo</t>
+          <t>Bellingham - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>129.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256588189</t>
+          <t>9786256588417</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Blackpink Lisa - K-Pop Yıldızları</t>
+          <t>Blackpink Jisoo</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>129.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256588196</t>
+          <t>9786256588189</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Blackpink Jennie - K-Pop Yıldızları</t>
+          <t>Blackpink Lisa - K-Pop Yıldızları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>129.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256588158</t>
+          <t>9786256588196</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Alex - Sahanın Yıldızları</t>
+          <t>Blackpink Jennie - K-Pop Yıldızları</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256588141</t>
+          <t>9786256588158</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ronaldinho - Sahanın Yıldızları</t>
+          <t>Alex - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>149.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256588097</t>
+          <t>9786256588141</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Quaresma - Sahanın Yıldızları</t>
+          <t>Ronaldinho - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>149.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256588165</t>
+          <t>9786256588097</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Vinicius Junior - Sahanın Yıldızları</t>
+          <t>Quaresma - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>149.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256588172</t>
+          <t>9786256588165</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mourinho - Sahanın Yıldızları</t>
+          <t>Vinicius Junior - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256588134</t>
+          <t>9786256588172</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ibrahimovic - Sahanın Yıldızları</t>
+          <t>Mourinho - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256588127</t>
+          <t>9786256588134</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Maradona - Sahanın Yıldızları</t>
+          <t>Ibrahimovic - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258364750</t>
+          <t>9786256588127</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Maradona - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>69.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256588110</t>
+          <t>9786258364750</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>79.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256588103</t>
+          <t>9786256588110</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>79.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258364958</t>
+          <t>9786256588103</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Nutuk - İlköğretim Öğrencileri İçin</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>79.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258364743</t>
+          <t>9786258364958</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Nutuk - İlköğretim Öğrencileri İçin</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>79.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256588042</t>
+          <t>9786258364743</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Merlin 9 - Ulu Avalon Ağacı</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>249.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258364774</t>
+          <t>9786256588042</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Messi - Sahanın Yıldızları</t>
+          <t>Merlin 9 - Ulu Avalon Ağacı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>149.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055034276</t>
+          <t>9786258364774</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Buz Kapanı</t>
+          <t>Messi - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>299.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256588080</t>
+          <t>9786055034276</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Drogba - Sahanın Yıldızları</t>
+          <t>Buz Kapanı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>149.9</v>
+        <v>399.9</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256588066</t>
+          <t>9786256588080</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>De Bruyne - Sahanın Yıldızları</t>
+          <t>Drogba - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>149.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256588059</t>
+          <t>9786256588066</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Muslera - Sahanın Yıldızları</t>
+          <t>De Bruyne - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256588035</t>
+          <t>9786256588059</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Arda - Sahanın Yıldızları</t>
+          <t>Muslera - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258364941</t>
+          <t>9786256588035</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Aboubakar - Sahanın Yıldızları</t>
+          <t>Arda - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>149.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258364934</t>
+          <t>9786258364941</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dzeko - Sahanın Yıldızları</t>
+          <t>Aboubakar - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258364927</t>
+          <t>9786258364934</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Benzema - Sahanın Yıldızları</t>
+          <t>Dzeko - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258364910</t>
+          <t>9786258364927</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Guardiola - Sahanın Yıldızları</t>
+          <t>Benzema - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258364903</t>
+          <t>9786258364910</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Neymar - Sahanın Yıldızları</t>
+          <t>Guardiola - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258364897</t>
+          <t>9786258364903</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Icardi - Sahanın Yıldızları</t>
+          <t>Neymar - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258364880</t>
+          <t>9786258364897</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kane - Sahanın Yıldızları</t>
+          <t>Icardi - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>149.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258364781</t>
+          <t>9786258364880</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Salah - Sahanın Yıldızları</t>
+          <t>Kane - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258364767</t>
+          <t>9786258364781</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo - Sahanın Yıldızları</t>
+          <t>Salah - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258364798</t>
+          <t>9786258364767</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mbappe - Sahanın Yıldızları</t>
+          <t>Ronaldo - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>149.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258364811</t>
+          <t>9786258364798</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Haaland - Sahanın Yıldızları</t>
+          <t>Mbappe - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258364804</t>
+          <t>9786258364811</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Lewandowski - Sahanın Yıldızları</t>
+          <t>Haaland - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>149.9</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258364576</t>
+          <t>9786258364804</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Adem'den Önce</t>
+          <t>Lewandowski - Sahanın Yıldızları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>89.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258364675</t>
+          <t>9786258364576</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi</t>
+          <t>Adem'den Önce</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>89.9</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258364668</t>
+          <t>9786258364675</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>69.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258364590</t>
+          <t>9786258364668</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sinekler Diyarı</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>199.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258364545</t>
+          <t>9786258364590</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Sinekler Diyarı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>79.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258364583</t>
+          <t>9786258364545</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Button'ın Tuhaf Hikayesi</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>59.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258364552</t>
+          <t>9786258364583</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Benjamin Button'ın Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>69.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258364569</t>
+          <t>9786258364552</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>69.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057843463</t>
+          <t>9786258364569</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>89.9</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057843456</t>
+          <t>9786057843463</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Kurtaran Savaş</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>199.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057843432</t>
+          <t>9786057843456</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Hayatımı Kurtaran Savaş</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>89.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057843449</t>
+          <t>9786057843432</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri - Neva Bulvarı</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>74.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057843401</t>
+          <t>9786057843449</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcımla Alev Arasında</t>
+          <t>Bir Delinin Hatıra Defteri - Neva Bulvarı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>199.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057843418</t>
+          <t>9786057843401</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Derin Sularla Şeytan Arasında</t>
+          <t>Kıvılcımla Alev Arasında</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>199.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057843272</t>
+          <t>9786057843418</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kurtlara Selam Söyle</t>
+          <t>Derin Sularla Şeytan Arasında</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>199.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057843395</t>
+          <t>9786057843272</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Prosper Redding’in Tüyler Ürpertici Hikayesi</t>
+          <t>Kurtlara Selam Söyle</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>199.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057843227</t>
+          <t>9786057843395</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Saklı Hayatlar</t>
+          <t>Prosper Redding’in Tüyler Ürpertici Hikayesi</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057843364</t>
+          <t>9786057843227</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Saklı Hayatlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>79.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057843371</t>
+          <t>9786057843364</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>79.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057843005</t>
+          <t>9786057843371</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçemediğim</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>74.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057843357</t>
+          <t>9786057843005</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Birdenbire</t>
+          <t>Vazgeçemediğim</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>79.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057843340</t>
+          <t>9786057843357</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Birdenbire</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>79.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057843333</t>
+          <t>9786057843340</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hoşgör Köftecisi</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>69.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057843302</t>
+          <t>9786057843333</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Hoşgör Köftecisi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>119.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057843326</t>
+          <t>9786057843302</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>79.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057843319</t>
+          <t>9786057843326</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Boğulmamak İçin</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>119.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057843289</t>
+          <t>9786057843319</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Bay Hyde</t>
+          <t>Boğulmamak İçin</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>79.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057843296</t>
+          <t>9786057843289</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Doktor Moreau’nun Adası</t>
+          <t>Dr. Jekyll ve Bay Hyde</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>89.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057843234</t>
+          <t>9786057843296</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Doktor Moreau’nun Adası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>89.9</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057843258</t>
+          <t>9786057843234</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>69.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057843265</t>
+          <t>9786057843258</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Zacharius Usta</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>59.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057843241</t>
+          <t>9786057843265</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş</t>
+          <t>Zacharius Usta</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>69.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>8690101758249</t>
+          <t>9786057843241</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Kontaklar Serisi Kutulu Set (4 Kitap Takım)</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>439</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>8690101758256</t>
+          <t>8690101758249</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Serisi Kutulu Set (5 Kitap Takım)</t>
+          <t>Kafadan Kontaklar Serisi Kutulu Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>639</v>
+        <v>799.6</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>8690101758348</t>
+          <t>8690101758256</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zihinler Serisi (5 Kitap Takım Kutulu)</t>
+          <t>Sherlock Holmes Serisi Kutulu Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>1449</v>
+        <v>969.5</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057843012</t>
+          <t>8690101758348</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Miras - Karanlık Zihinler 4</t>
+          <t>Karanlık Zihinler Serisi (5 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>299.9</v>
+        <v>1949.5</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057843180</t>
+          <t>9786057843012</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Karanlık Miras - Karanlık Zihinler 4</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>89.9</v>
+        <v>399.9</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057843159</t>
+          <t>9786057843180</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>59.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057843203</t>
+          <t>9786057843159</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057843197</t>
+          <t>9786057843203</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Doktor Ox'un Deneyi</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>74.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057843166</t>
+          <t>9786057843197</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Doktor Ox'un Deneyi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>69.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057843135</t>
+          <t>9786057843166</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>79.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057843173</t>
+          <t>9786057843135</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>109.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057843142</t>
+          <t>9786057843173</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuzey Macerası</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>59.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057843128</t>
+          <t>9786057843142</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bohemya'da Skandal</t>
+          <t>Bir Kuzey Macerası</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>74.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057843104</t>
+          <t>9786057843128</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
+          <t>Sherlock Holmes - Bohemya'da Skandal</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>74.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057843081</t>
+          <t>9786057843104</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Reigate Bulmacası</t>
+          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>74.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057843098</t>
+          <t>9786057843081</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Manastır Okulu</t>
+          <t>Sherlock Holmes - Reigate Bulmacası</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>74.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057843111</t>
+          <t>9786057843098</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dedektif Ölüm Döşeğinde</t>
+          <t>Sherlock Holmes - Manastır Okulu</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>74.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057843036</t>
+          <t>9786057843111</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Sherlock Holmes - Dedektif Ölüm Döşeğinde</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>69.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057843043</t>
+          <t>9786057843036</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kirli ve Mutlu - Kafadan Kontaklar</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>109.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057843074</t>
+          <t>9786057843043</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Buraya Kadarmış - Kafadan Kontaklar 4</t>
+          <t>Kirli ve Mutlu - Kafadan Kontaklar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>109.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057843067</t>
+          <t>9786057843074</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tabana Kuvvet - Kafadan Kontaklar 3</t>
+          <t>Buraya Kadarmış - Kafadan Kontaklar 4</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>109.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057843050</t>
+          <t>9786057843067</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Adrese Teslim - Kafadan Kontaklar 2</t>
+          <t>Tabana Kuvvet - Kafadan Kontaklar 3</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>109.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055034979</t>
+          <t>9786057843050</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Adrese Teslim - Kafadan Kontaklar 2</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>69.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055034993</t>
+          <t>9786055034979</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>59.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055034962</t>
+          <t>9786055034993</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bilge Büyücünün Kanatları - Merlin</t>
+          <t>Ermişin Bahçesi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>249.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055034955</t>
+          <t>9786055034962</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Bilge Büyücünün Kanatları - Merlin</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>79.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055034931</t>
+          <t>9786055034955</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>74.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055034900</t>
+          <t>9786055034931</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Arabalar Beş Kuruşa</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>79.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055034924</t>
+          <t>9786055034900</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>Arabalar Beş Kuruşa</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>74.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055034917</t>
+          <t>9786055034924</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>79.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055034948</t>
+          <t>9786055034917</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>79.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055034894</t>
+          <t>9786055034948</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>89.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055034870</t>
+          <t>9786055034894</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>119.9</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055034887</t>
+          <t>9786055034870</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>109.9</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055034764</t>
+          <t>9786055034887</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes'un Dönüşü</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>149.9</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055034788</t>
+          <t>9786055034764</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes'un Olay Defteri</t>
+          <t>Sherlock Holmes - Sherlock Holmes'un Dönüşü</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>119.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055034429</t>
+          <t>9786055034788</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Sherlock Holmes - Sherlock Holmes'un Olay Defteri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>89.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055034771</t>
+          <t>9786055034429</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes’un Son Görevi - Sherlock Holmes 4</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>119.9</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055034757</t>
+          <t>9786055034771</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes’un Anıları - Sherlock Holmes 2</t>
+          <t>Sherlock Holmes’un Son Görevi - Sherlock Holmes 4</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>119.9</v>
+        <v>169.9</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055034740</t>
+          <t>9786055034757</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sherlock Holmes'in Maceraları</t>
+          <t>Sherlock Holmes’un Anıları - Sherlock Holmes 2</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>129.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055034856</t>
+          <t>9786055034740</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Sherlock Holmes - Sherlock Holmes'in Maceraları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>109.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055034733</t>
+          <t>9786055034856</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>79.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055034818</t>
+          <t>9786055034733</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>69.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055034825</t>
+          <t>9786055034818</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>79.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055034627</t>
+          <t>9786055034825</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>74.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055034702</t>
+          <t>9786055034627</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gezgin (Ciltli)</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>349.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055034658</t>
+          <t>9786055034702</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Gölge İz Bırakmaz</t>
+          <t>Gezgin (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>199.9</v>
+        <v>499.9</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055034689</t>
+          <t>9786055034658</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gece ve Öfke</t>
+          <t>Gölge İz Bırakmaz</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>159.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055034603</t>
+          <t>9786055034689</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Gece ve Öfke</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>69.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055034634</t>
+          <t>9786055034603</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>74.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055034610</t>
+          <t>9786055034634</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>69.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055034573</t>
+          <t>9786055034610</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Kontaklar 2 - Adrese Teslim (Ciltli)</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>99.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055034566</t>
+          <t>9786055034573</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz Beşler Serisi - 4 Kitap</t>
+          <t>Kafadan Kontaklar 2 - Adrese Teslim (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>399</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055034481</t>
+          <t>9786055034566</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz Beşler 3 - Ejderha Peşinde</t>
+          <t>Maskesiz Beşler Serisi - 4 Kitap</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>99.9</v>
+        <v>599.6</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055034498</t>
+          <t>9786055034481</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz Beşler 4 - Gizemler Diyarında</t>
+          <t>Maskesiz Beşler 3 - Ejderha Peşinde</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>99.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055034474</t>
+          <t>9786055034498</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcımla Alev Arasında (Ciltli)</t>
+          <t>Maskesiz Beşler 4 - Gizemler Diyarında</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>249.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055034443</t>
+          <t>9786055034474</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Kıvılcımla Alev Arasında (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>69.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055034450</t>
+          <t>9786055034443</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>89.9</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055034412</t>
+          <t>9786055034450</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>69.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055034436</t>
+          <t>9786055034412</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>74.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055034399</t>
+          <t>9786055034436</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>69.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055034405</t>
+          <t>9786055034399</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>69.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055034375</t>
+          <t>9786055034405</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>69.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055034382</t>
+          <t>9786055034375</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>69.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055034368</t>
+          <t>9786055034382</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Kontaklar - Kirli ve Mutlu (Ciltli)</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>99.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055034351</t>
+          <t>9786055034368</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün</t>
+          <t>Kafadan Kontaklar - Kirli ve Mutlu (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>249.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055034313</t>
+          <t>9786055034351</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yazsam Roman Olur</t>
+          <t>Belki Bir Gün</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>179.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055034344</t>
+          <t>9786055034313</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yolcu (Ciltli)</t>
+          <t>Yazsam Roman Olur</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>349.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055034337</t>
+          <t>9786055034344</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Yolcu (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>299.9</v>
+        <v>499.9</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055034320</t>
+          <t>9786055034337</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>79.9</v>
+        <v>399.9</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055034283</t>
+          <t>9786055034320</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zihinler 3 - Ateş Çemberi</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>299.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055034252</t>
+          <t>9786055034283</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Olur Böyle Boktan Şeyler</t>
+          <t>Karanlık Zihinler 3 - Ateş Çemberi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>199.9</v>
+        <v>399.9</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055034092</t>
+          <t>9786055034252</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zihinler</t>
+          <t>Olur Böyle Boktan Şeyler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>299.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055034061</t>
+          <t>9786055034092</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Korsan Komşular 1</t>
+          <t>Karanlık Zihinler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>59.9</v>
+        <v>399.9</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055034221</t>
+          <t>9786055034061</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yakar</t>
+          <t>Korsan Komşular 1</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>199.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055034191</t>
+          <t>9786055034221</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz Beşler Serisi 2 : Kırmızı Şerifin Pençesinde</t>
+          <t>Aşk Yakar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>99.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055034184</t>
+          <t>9786055034191</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Benimle Kal</t>
+          <t>Maskesiz Beşler Serisi 2 : Kırmızı Şerifin Pençesinde</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>199.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055034207</t>
+          <t>9786055034184</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Korsan Komşular 2 : Kılıçlar ve Dönmedolap</t>
+          <t>Benimle Kal</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>59.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055034269</t>
+          <t>9786055034207</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Benim Balığım Yaşayacak</t>
+          <t>Korsan Komşular 2 : Kılıçlar ve Dönmedolap</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>249.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055034078</t>
+          <t>9786055034269</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz Beşler 1: Gümüş Örümcek Mağarasında</t>
+          <t>Benim Balığım Yaşayacak</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>99.9</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055034214</t>
+          <t>9786055034078</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sahtekar</t>
+          <t>Maskesiz Beşler 1: Gümüş Örümcek Mağarasında</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>249.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
+          <t>9786055034214</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Sahtekar</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>349.9</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
           <t>9786055034306</t>
         </is>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Karanlığın İçinden</t>
         </is>
       </c>
-      <c r="C194" s="1">
-        <v>249.9</v>
+      <c r="C195" s="1">
+        <v>349.9</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>