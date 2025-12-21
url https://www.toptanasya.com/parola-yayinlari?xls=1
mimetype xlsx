--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,6295 +85,6460 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257522007</t>
+          <t>3990000056923</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Benim Şeytani Avcım</t>
+          <t>Bir Mimoza Masalı Set (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059011570</t>
+          <t>9786059011617</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sırlar ve Saklananlar</t>
+          <t>Yarası Saklı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>470</v>
+        <v>520</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059011709</t>
+          <t>9786059011716</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kalp Sonunu Kendi Seçer</t>
+          <t>Ezelebet</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057522467</t>
+          <t>9786059011631</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Arkana Bakma! O Tarafa Gitmiyorsun</t>
+          <t>Derin Odaklanma</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059011495</t>
+          <t>9786059011488</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şehadet Millet İçin - 4</t>
+          <t>Stratejik Düşünme Yapısı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059011778</t>
+          <t>9786059011532</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sevmenin Zamanı Yok</t>
+          <t>Harekete Geç</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057522382</t>
+          <t>9786059011679</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Benim Komik Şeytani Sevgilim</t>
+          <t>Dopamin Detoksu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059011723</t>
+          <t>9786059011501</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Feride</t>
+          <t>Bir Mimoza Masalı – Kuzey Rüzgarı (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257522991</t>
+          <t>9786059011808</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Yanan Bedenler</t>
+          <t>Başımın Belası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257522984</t>
+          <t>9786059011518</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şehadet Millet İçin - 3</t>
+          <t>Aşk ve Diğerleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059011761</t>
+          <t>9786059011471</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yerine İletişim: Anlayışlı Ebeveynlik</t>
+          <t>Gaz Pedal Aşk</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257522977</t>
+          <t>9786257522007</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Bahçe</t>
+          <t>Benim Şeytani Avcım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257031950</t>
+          <t>9786059011570</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Vitrin Süsü</t>
+          <t>Sırlar ve Saklananlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>520</v>
+        <v>470</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059011464</t>
+          <t>9786059011709</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İmera Fera</t>
+          <t>Kalp Sonunu Kendi Seçer</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>340</v>
+        <v>490</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257522960</t>
+          <t>9786057522467</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Silah Başında Aşk (Ciltli)</t>
+          <t>Arkana Bakma! O Tarafa Gitmiyorsun</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257522953</t>
+          <t>9786059011495</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Mimoza Masalı - Mimoliza (Ciltli)</t>
+          <t>Şehadet Millet İçin - 4</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257522946</t>
+          <t>9786059011778</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Bir Yaz Aşkı</t>
+          <t>Sevmenin Zamanı Yok</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257522922</t>
+          <t>9786057522382</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Silah Başında Aşk</t>
+          <t>Benim Komik Şeytani Sevgilim</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257522939</t>
+          <t>9786059011723</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Asi Aşık</t>
+          <t>Feride</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257522908</t>
+          <t>9786257522991</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şehadet Millet İçin 2</t>
+          <t>Ateşte Yanan Bedenler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>650</v>
+        <v>440</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257522885</t>
+          <t>9786257522984</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Matruşka/ Maskeler Düştüğünde</t>
+          <t>Şehadet Millet İçin - 3</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257522892</t>
+          <t>9786059011761</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kış Rüyası/ Visal</t>
+          <t>Ceza Yerine İletişim: Anlayışlı Ebeveynlik</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257522878</t>
+          <t>9786257522977</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Akasya Sokağı</t>
+          <t>Yasaklı Bahçe</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059398534</t>
+          <t>9786257031950</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Muhalif Bir Ekonomistin Güncesi</t>
+          <t>Vitrin Süsü</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257522847</t>
+          <t>9786059011464</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Kanatları (Ciltli)</t>
+          <t>İmera Fera</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257522328</t>
+          <t>9786257522960</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Varisi (Ciltli)</t>
+          <t>Silah Başında Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>490</v>
+        <v>500</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257522854</t>
+          <t>9786257522953</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Skyshade-Ölümcül Karar (Ciltli)</t>
+          <t>Bir Mimoza Masalı - Mimoliza (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>480</v>
+        <v>550</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257522861</t>
+          <t>9786257522946</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şehadet Millet İçin</t>
+          <t>Şehirde Bir Yaz Aşkı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>650</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059121491</t>
+          <t>9786257522922</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Cemal Paşa Anılarım (1939-1922)</t>
+          <t>Silah Başında Aşk</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257522830</t>
+          <t>9786257522939</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şehadet Vatan İçin</t>
+          <t>Asi Aşık</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257522823</t>
+          <t>9786257522908</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Nöbet Başında Aşk Kutulu Set</t>
+          <t>Şehadet Millet İçin 2</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>770</v>
+        <v>650</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257522816</t>
+          <t>9786257522885</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sevda Karası Kutulu Set</t>
+          <t>Matruşka/ Maskeler Düştüğünde</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>760</v>
+        <v>650</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257522311</t>
+          <t>9786257522892</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Asya</t>
+          <t>Kış Rüyası/ Visal</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257522809</t>
+          <t>9786257522878</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Stoma ile Yaşam</t>
+          <t>Akasya Sokağı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257522786</t>
+          <t>9786059398534</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Safir Kalesi’nin Lanetli Leydisi</t>
+          <t>Muhalif Bir Ekonomistin Güncesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257522793</t>
+          <t>9786257522847</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kış Rüyası 1 - Dilhun</t>
+          <t>Ölümün Kanatları (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257522779</t>
+          <t>9786257522328</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Güneşi Serisi Kutulu Set</t>
+          <t>Gölgelerin Varisi (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257522762</t>
+          <t>9786257522854</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Vals – Yüzyılın Balosu Kutulu Set</t>
+          <t>Skyshade-Ölümcül Karar (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257522748</t>
+          <t>9786257522861</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gül Sarmalı</t>
+          <t>Şehadet Millet İçin</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257522755</t>
+          <t>9786059121491</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Vals 1 - Yüzyılın Balosu</t>
+          <t>Cemal Paşa Anılarım (1939-1922)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257522731</t>
+          <t>9786257522830</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sevda Karası – Yangın</t>
+          <t>Şehadet Vatan İçin</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257522724</t>
+          <t>9786257522823</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Süper Zengin Olmak</t>
+          <t>Nöbet Başında Aşk Kutulu Set</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>770</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257522700</t>
+          <t>9786257522816</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Güneşi 3 – Rütbe Meselesi</t>
+          <t>Sevda Karası Kutulu Set</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>760</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257522694</t>
+          <t>9786257522311</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sevda Karası</t>
+          <t>Asya</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257522687</t>
+          <t>9786257522809</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Raven Mührü - Ruh Bağı</t>
+          <t>Stoma ile Yaşam</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257522670</t>
+          <t>9786257522786</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mor Salkımlı Sokak</t>
+          <t>Safir Kalesi’nin Lanetli Leydisi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257522649</t>
+          <t>9786257522793</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş 2417</t>
+          <t>Kış Rüyası 1 - Dilhun</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257522663</t>
+          <t>9786257522779</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Matruşka Maskeler</t>
+          <t>Gölgenin Güneşi Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>650</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257522632</t>
+          <t>9786257522762</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Adı Aşk Olmalı</t>
+          <t>Vals – Yüzyılın Balosu Kutulu Set</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257522656</t>
+          <t>9786257522748</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>The Gray Man - Sıerra Altı</t>
+          <t>Gül Sarmalı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>620</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257522625</t>
+          <t>9786257522755</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Proje 2417</t>
+          <t>Vals 1 - Yüzyılın Balosu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257522601</t>
+          <t>9786257522731</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nightbane - İki Diyarın Hükümdarı (Ciltli)</t>
+          <t>Sevda Karası – Yangın</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257522618</t>
+          <t>9786257522724</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kartal Pençesi - Ebruli</t>
+          <t>Süper Zengin Olmak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257522595</t>
+          <t>9786257522700</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Nöbet Başında Aşk - 2</t>
+          <t>Gölgenin Güneşi 3 – Rütbe Meselesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257522588</t>
+          <t>9786257522694</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Güneşi 2 - Vatan Uğruna</t>
+          <t>Sevda Karası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257522571</t>
+          <t>9786257522687</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız - Genişletilmiş Versiyon</t>
+          <t>Raven Mührü - Ruh Bağı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257522564</t>
+          <t>9786257522670</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gençlik, Yaz ve Tatlı Düşler</t>
+          <t>Mor Salkımlı Sokak</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257522557</t>
+          <t>9786257522649</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sarmaşık</t>
+          <t>Yükseliş 2417</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>540</v>
+        <v>450</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257522304</t>
+          <t>9786257522663</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Etkisi</t>
+          <t>Matruşka Maskeler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257522540</t>
+          <t>9786257522632</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>The Gray Man - Amansız</t>
+          <t>Adı Aşk Olmalı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>610</v>
+        <v>370</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257522533</t>
+          <t>9786257522656</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Güneşi</t>
+          <t>The Gray Man - Sıerra Altı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>450</v>
+        <v>620</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257522519</t>
+          <t>9786257522625</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Nöbet Başında Aşk</t>
+          <t>Proje 2417</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257522502</t>
+          <t>9786257522601</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hattı</t>
+          <t>Nightbane - İki Diyarın Hükümdarı (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257522496</t>
+          <t>9786257522618</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kartal Pençesi - Kurşuni</t>
+          <t>Kartal Pençesi - Ebruli</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257522489</t>
+          <t>9786257522595</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Lıghtlark (Ciltli)</t>
+          <t>Nöbet Başında Aşk - 2</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257522441</t>
+          <t>9786257522588</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şafak Vakti 2 - Fecir</t>
+          <t>Gölgenin Güneşi 2 - Vatan Uğruna</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>340</v>
+        <v>460</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257522434</t>
+          <t>9786257522571</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Yalnızlık</t>
+          <t>Sınırsız - Genişletilmiş Versiyon</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257522410</t>
+          <t>9786257522564</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Kal</t>
+          <t>Gençlik, Yaz ve Tatlı Düşler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257522427</t>
+          <t>9786257522557</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kuzgunun Ayak İzleri</t>
+          <t>Kızıl Sarmaşık</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>540</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257522397</t>
+          <t>9786257522304</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sıra Diğer Sözümde</t>
+          <t>Kelebek Etkisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>20</v>
+        <v>450</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257522403</t>
+          <t>9786257522540</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Defterim</t>
+          <t>The Gray Man - Amansız</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>35</v>
+        <v>610</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257522380</t>
+          <t>9786257522533</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Benimle Kal</t>
+          <t>Gölgenin Güneşi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257522373</t>
+          <t>9786257522519</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>The Gray Man - Hedef</t>
+          <t>Nöbet Başında Aşk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>440</v>
+        <v>390</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257522366</t>
+          <t>9786257522502</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Av Serisi Kutulu Set (Ciltli)</t>
+          <t>Ateş Hattı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>775</v>
+        <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257522359</t>
+          <t>9786257522496</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Montessorı Emici Zihin</t>
+          <t>Kartal Pençesi - Kurşuni</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257522342</t>
+          <t>9786257522489</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Çağında Ekonomi</t>
+          <t>Lıghtlark (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257522335</t>
+          <t>9786257522441</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Avcı (Ciltli)</t>
+          <t>Şafak Vakti 2 - Fecir</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257522298</t>
+          <t>9786257522434</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Senden İbaret</t>
+          <t>Yabancı Yalnızlık</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257522281</t>
+          <t>9786257522410</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şafak Vakti</t>
+          <t>Kalbimde Kal</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257522274</t>
+          <t>9786257522427</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Montessori Eğitim Yöntemi</t>
+          <t>Kuzgunun Ayak İzleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257522267</t>
+          <t>9786257522397</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Üzümlü Kek 1</t>
+          <t>Sıra Diğer Sözümde</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>510</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257031851</t>
+          <t>9786257522403</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>George Orwell 6 Kitap Set</t>
+          <t>Defterim</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>1350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>3786257031691</t>
+          <t>9786257522380</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>George Orwell Seti - 4 Kitap Takım</t>
+          <t>Benimle Kal</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>930</v>
+        <v>270</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786250000052</t>
+          <t>9786257522373</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen Seti</t>
+          <t>The Gray Man - Hedef</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1060</v>
+        <v>440</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059121767</t>
+          <t>9786257522366</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sultan V. Mehmet Reşat ve Vahdettin Vatan Sağ Olsun</t>
+          <t>Av Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>775</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059398695</t>
+          <t>9786257522359</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aşklantı</t>
+          <t>Montessorı Emici Zihin</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>50</v>
+        <v>290</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059121101</t>
+          <t>9786257522342</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Milliyetçiliği</t>
+          <t>Pandemi Çağında Ekonomi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257522236</t>
+          <t>9786257522335</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Düğün Partisi</t>
+          <t>Avcı (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257522205</t>
+          <t>9786257522298</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hayata Meydan Okumak İçin Çak Bi Beşlik!</t>
+          <t>Senden İbaret</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257522199</t>
+          <t>9786257522281</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Okyanus - Serdengeçti</t>
+          <t>Şafak Vakti</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>490</v>
+        <v>600</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257522229</t>
+          <t>9786257522274</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Aynı Gökyüzü Altında</t>
+          <t>Montessori Eğitim Yöntemi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257522168</t>
+          <t>9786257522267</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Teklifi</t>
+          <t>Üzümlü Kek 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>510</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257522175</t>
+          <t>9786257031851</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Umuda Doğru</t>
+          <t>George Orwell 6 Kitap Set</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>280</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257522182</t>
+          <t>3786257031691</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Böyle Aşkın Izdırabını</t>
+          <t>George Orwell Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>930</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257522106</t>
+          <t>9786250000052</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Son Bir Dakika</t>
+          <t>Arsen Lupen Seti</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>520</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257522052</t>
+          <t>9786059121767</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kristal Tıpa</t>
+          <t>Sultan V. Mehmet Reşat ve Vahdettin Vatan Sağ Olsun</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257522090</t>
+          <t>9786059398695</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Asil Serseri</t>
+          <t>Aşklantı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>560</v>
+        <v>50</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257522076</t>
+          <t>9786059121101</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Seçilmişler 2 Karvan</t>
+          <t>Atatürk Milliyetçiliği</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257522069</t>
+          <t>9786257522236</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Av</t>
+          <t>Düğün Partisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257522083</t>
+          <t>9786257522205</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Av (Ciltli)</t>
+          <t>Hayata Meydan Okumak İçin Çak Bi Beşlik!</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786250000069</t>
+          <t>9786257522199</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Av (Ciltli)</t>
+          <t>Karanlık Okyanus - Serdengeçti</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257522045</t>
+          <t>9786257522229</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bürokrant</t>
+          <t>Aynı Gökyüzü Altında</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257522014</t>
+          <t>9786257522168</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kibar Hırsız - Arsen Lüpen</t>
+          <t>Evlilik Teklifi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257522021</t>
+          <t>9786257522175</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Oyuk İğne - Arsen Lüpen</t>
+          <t>Umuda Doğru</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257522038</t>
+          <t>9786257522182</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Herlock Sholmes’e Karşı - Arsen Lüpen</t>
+          <t>Böyle Aşkın Izdırabını</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257031905</t>
+          <t>9786257522106</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dilbeste</t>
+          <t>Son Bir Dakika</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>340</v>
+        <v>520</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257031899</t>
+          <t>9786257522052</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ben De İdealim - İgap 2</t>
+          <t>Kristal Tıpa</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257031882</t>
+          <t>9786257522090</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sözde Evli</t>
+          <t>Asil Serseri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>550</v>
+        <v>560</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257031875</t>
+          <t>9786257522076</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sahibi</t>
+          <t>Seçilmişler 2 Karvan</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257031868</t>
+          <t>9786257522069</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>The Gray Man</t>
+          <t>Av</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257031813</t>
+          <t>9786257522083</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Düğün Günü</t>
+          <t>Av (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257031806</t>
+          <t>9786250000069</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Wigan İskelesi Yolu</t>
+          <t>Av (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257031790</t>
+          <t>9786257522045</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Masum Günahlar</t>
+          <t>Bürokrant</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>520</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257031776</t>
+          <t>9786257522014</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı</t>
+          <t>Kibar Hırsız - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257031820</t>
+          <t>9786257522021</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Esintisi</t>
+          <t>Oyuk İğne - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257031783</t>
+          <t>9786257522038</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Yangını</t>
+          <t>Herlock Sholmes’e Karşı - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257031769</t>
+          <t>9786257031905</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bulutu - Mucizenin Renkleri (2 Kitap Bir Arada)</t>
+          <t>Dilbeste</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257031738</t>
+          <t>9786257031899</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Aspidistra</t>
+          <t>Ben De İdealim - İgap 2</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257031745</t>
+          <t>9786257031882</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısında</t>
+          <t>Sözde Evli</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257031721</t>
+          <t>9786257031875</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız</t>
+          <t>Kalbimin Sahibi</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257031707</t>
+          <t>9786257031868</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Paris ve Londra’da Beş Parasız</t>
+          <t>The Gray Man</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257031684</t>
+          <t>9786257031813</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Düğün Günü</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257031714</t>
+          <t>9786257031806</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Boğulmamak İçin</t>
+          <t>Wigan İskelesi Yolu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257031691</t>
+          <t>9786257031790</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Masum Günahlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257031660</t>
+          <t>9786257031776</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mazi - Sonsuza Kadar</t>
+          <t>Gözyaşı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257031653</t>
+          <t>9786257031820</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İntikamla Gelen - Gypsy Serisi 1</t>
+          <t>Fırtına Esintisi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>480</v>
+        <v>550</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257031677</t>
+          <t>9786257031783</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Dayanılmaz</t>
+          <t>Yüreğimin Yangını</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>540</v>
+        <v>380</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>3786055218740</t>
+          <t>9786257031769</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Seti (31 Kitap Takım)</t>
+          <t>Aşk Bulutu - Mucizenin Renkleri (2 Kitap Bir Arada)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>4960</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059398466</t>
+          <t>9786257031738</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dünya'da Atatürk</t>
+          <t>Aspidistra</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059398558</t>
+          <t>9786257031745</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kadını Latife Hanım</t>
+          <t>Yaşamın Kıyısında</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257031622</t>
+          <t>9786257031721</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Asrın Mucizesi Atatürk</t>
+          <t>Sınırsız</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257031639</t>
+          <t>9786257031707</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal İle Yeniden Doğuş</t>
+          <t>Paris ve Londra’da Beş Parasız</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257031615</t>
+          <t>9786257031684</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Bakraç</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257031585</t>
+          <t>9786257031714</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Medeniyetler Serisi (10 Kitap Takım)</t>
+          <t>Boğulmamak İçin</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257031592</t>
+          <t>9786257031691</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059121774</t>
+          <t>9786257031660</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdulhamit</t>
+          <t>Mazi - Sonsuza Kadar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257031561</t>
+          <t>9786257031653</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıklar Komedyası</t>
+          <t>İntikamla Gelen - Gypsy Serisi 1</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257031547</t>
+          <t>9786257031677</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>On İkinci Gece</t>
+          <t>Dayanılmaz</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>160</v>
+        <v>540</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257031479</t>
+          <t>3786055218740</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Uygarlığı</t>
+          <t>Osmanlı Padişahları Seti (31 Kitap Takım)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>5620</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257031400</t>
+          <t>9786059398466</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Urartular - Tarihe Açılan Pencere</t>
+          <t>Dünya'da Atatürk</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257031417</t>
+          <t>9786059398558</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sümerler - İlk Medeniyet, İlk Devlet, İlk Sosyal Toplum</t>
+          <t>Cumhuriyet Kadını Latife Hanım</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257031431</t>
+          <t>9786257031622</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İnkalar - Tarihin En Çok Merak Edilen Halkı</t>
+          <t>Asrın Mucizesi Atatürk</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257031424</t>
+          <t>9786257031639</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Mayalar - Muhteşem Uygarlık</t>
+          <t>Mustafa Kemal İle Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257031448</t>
+          <t>9786257031615</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hititler - Bin Tanrılı Halk</t>
+          <t>Duygusal Bakraç</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257031455</t>
+          <t>9786257031585</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Babiller - Mezopotamya'nın Gelişmiş Uygarlığı</t>
+          <t>Tarihe Yön Veren Medeniyetler Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>160</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257031462</t>
+          <t>9786257031592</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Aztekler - Tolteklerin Ülkesinde</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257031394</t>
+          <t>9786059121774</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Acımasız Savaşçı - Asurlar</t>
+          <t>Sultan 2. Abdulhamit</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257031486</t>
+          <t>9786257031561</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır Uygarlığı</t>
+          <t>Yanlışlıklar Komedyası</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257031493</t>
+          <t>9786257031547</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hun İmparatorluğu - Türk Devletleri 1</t>
+          <t>On İkinci Gece</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257031509</t>
+          <t>9786257031479</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Batı Hun İmparatorluğu - Türk Devletleri 2</t>
+          <t>Antik Yunan Uygarlığı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257031516</t>
+          <t>9786257031400</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Hun İmparatorluğu - Türk Devletleri 3</t>
+          <t>Urartular - Tarihe Açılan Pencere</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257031523</t>
+          <t>9786257031417</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Türk Devletleri 4 - Ak Hun İmparatorluğu</t>
+          <t>Sümerler - İlk Medeniyet, İlk Devlet, İlk Sosyal Toplum</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257031370</t>
+          <t>9786257031431</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Açan Çiçek</t>
+          <t>İnkalar - Tarihin En Çok Merak Edilen Halkı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257031134</t>
+          <t>9786257031424</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İfritin Varisi</t>
+          <t>Mayalar - Muhteşem Uygarlık</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257031387</t>
+          <t>9786257031448</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakanlar Seti (10 Kitap Takım)</t>
+          <t>Hititler - Bin Tanrılı Halk</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>1600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257031257</t>
+          <t>9786257031455</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sol Yanım Seti (8 Kitap Takım)</t>
+          <t>Babiller - Mezopotamya'nın Gelişmiş Uygarlığı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1970</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257031301</t>
+          <t>9786257031462</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Seyit Onbaşı - Tarihte İz Bırakanlar</t>
+          <t>Aztekler - Tolteklerin Ülkesinde</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257031356</t>
+          <t>9786257031394</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Tarihte İz Bırakanlar</t>
+          <t>Acımasız Savaşçı - Asurlar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257031318</t>
+          <t>9786257031486</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sabiha Gökçen</t>
+          <t>Antik Mısır Uygarlığı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257031325</t>
+          <t>9786257031493</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy - Tarihte İz Bırakanlar</t>
+          <t>Büyük Hun İmparatorluğu - Türk Devletleri 1</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257031271</t>
+          <t>9786257031509</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli - Tarihte İz Bırakanlar</t>
+          <t>Batı Hun İmparatorluğu - Türk Devletleri 2</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257031332</t>
+          <t>9786257031516</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ahmet Yesevi - Tarihte İz Bırakanlar</t>
+          <t>Avrupa Hun İmparatorluğu - Türk Devletleri 3</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257031264</t>
+          <t>9786257031523</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun</t>
+          <t>Türk Devletleri 4 - Ak Hun İmparatorluğu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257031295</t>
+          <t>9786257031370</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin-i Rumi</t>
+          <t>Ateşte Açan Çiçek</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257031349</t>
+          <t>9786257031134</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yörük Ali Efe - Tarihte İz Bırakanlar</t>
+          <t>İfritin Varisi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257031288</t>
+          <t>9786257031387</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sütçü İmam - Tarihte İz Bırakanlar</t>
+          <t>Tarihte İz Bırakanlar Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>160</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257031240</t>
+          <t>9786257031257</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Salvador Allende</t>
+          <t>Sol Yanım Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>270</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257031226</t>
+          <t>9786257031301</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mahir Çayan</t>
+          <t>Seyit Onbaşı - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257031233</t>
+          <t>9786257031356</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx</t>
+          <t>Yunus Emre - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257031202</t>
+          <t>9786257031318</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hugo Chavez</t>
+          <t>Sabiha Gökçen</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257031196</t>
+          <t>9786257031325</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Fidel Castro</t>
+          <t>Mehmet Akif Ersoy - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257031219</t>
+          <t>9786257031271</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Friedrich Engels</t>
+          <t>Hacı Bektaş-ı Veli - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257031189</t>
+          <t>9786257031332</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş</t>
+          <t>Hoca Ahmet Yesevi - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257031172</t>
+          <t>9786257031264</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Che Guevara</t>
+          <t>Nene Hatun</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257031127</t>
+          <t>9786257031295</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Esir Yürek</t>
+          <t>Mevlana Celaleddin-i Rumi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257031158</t>
+          <t>9786257031349</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Efsunkar</t>
+          <t>Yörük Ali Efe - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055218508</t>
+          <t>9786257031288</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bilim Adamlarımız Serisi (20 Kitap Takım)</t>
+          <t>Sütçü İmam - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>3200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257031080</t>
+          <t>9786257031240</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Serisi (10 Kitap Takım)</t>
+          <t>Salvador Allende</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>1600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257031097</t>
+          <t>9786257031226</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Kıyılarında</t>
+          <t>Mahir Çayan</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059398442</t>
+          <t>9786257031233</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kara Yazım</t>
+          <t>Karl Marx</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057522962</t>
+          <t>9786257031202</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri Serisi (10 Cilt Takım)</t>
+          <t>Hugo Chavez</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>1600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257031103</t>
+          <t>9786257031196</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Bitiş Düdüğü ve Başlama Vuruşu</t>
+          <t>Fidel Castro</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257031011</t>
+          <t>9786257031219</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Spinoza (Filozoflar Serisi)</t>
+          <t>Friedrich Engels</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057522986</t>
+          <t>9786257031189</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Voltaire</t>
+          <t>Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257031028</t>
+          <t>9786257031172</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>John Locke</t>
+          <t>Che Guevara</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057522979</t>
+          <t>9786257031127</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyüs</t>
+          <t>Esir Yürek</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057031004</t>
+          <t>9786257031158</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Niccolo Machiavelli</t>
+          <t>Efsunkar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257031042</t>
+          <t>9786055218508</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Jena Jacques Rousseau</t>
+          <t>Bilim Adamlarımız Serisi (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257031059</t>
+          <t>9786257031080</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Francis Bacon (Filozoflar Serisi)</t>
+          <t>Filozoflar Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057522993</t>
+          <t>9786257031097</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hegel</t>
+          <t>Yüreğimin Kıyılarında</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257031035</t>
+          <t>9786059398442</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin</t>
+          <t>Kara Yazım</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257031066</t>
+          <t>9786057522962</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bertrand Russell</t>
+          <t>Bilimin Öncüleri Serisi (10 Cilt Takım)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>160</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257031073</t>
+          <t>9786257031103</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Siyah Menekşe</t>
+          <t>Ekonominin Bitiş Düdüğü ve Başlama Vuruşu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>510</v>
+        <v>350</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057522757</t>
+          <t>9786257031011</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hep Seni Bekledim</t>
+          <t>Spinoza (Filozoflar Serisi)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057522917</t>
+          <t>9786057522986</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Werner Heisenberg - Bilimin Öncüleri</t>
+          <t>Voltaire</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057522924</t>
+          <t>9786257031028</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Wright Kardeşler - Bilimin Öncüleri</t>
+          <t>John Locke</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057522900</t>
+          <t>9786057522979</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri - Nikolas Kopernik</t>
+          <t>Konfüçyüs</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057522894</t>
+          <t>9786057031004</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Michael Faraday - Bilimin Öncüleri</t>
+          <t>Niccolo Machiavelli</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057522887</t>
+          <t>9786257031042</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Johannes Kepler - Bilimin Öncüleri</t>
+          <t>Jena Jacques Rousseau</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057522870</t>
+          <t>9786257031059</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Johannes Gutenberg - Bilimin Öncüleri</t>
+          <t>Francis Bacon (Filozoflar Serisi)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057522863</t>
+          <t>9786057522993</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>James Watt - Bilimin Öncüleri</t>
+          <t>Hegel</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057522849</t>
+          <t>9786257031035</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Galileo Galilei - Bilimin Öncüleri</t>
+          <t>Charles Darwin</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057522832</t>
+          <t>9786257031066</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Bertrand Russell</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057522856</t>
+          <t>9786257031073</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Arşimet</t>
+          <t>Siyah Menekşe</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>160</v>
+        <v>510</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057522931</t>
+          <t>9786057522757</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Hatası</t>
+          <t>Hep Seni Bekledim</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057522955</t>
+          <t>9786057522917</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ares'in Çağ'ı</t>
+          <t>Werner Heisenberg - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057522948</t>
+          <t>9786057522924</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>S*ktir Et Diyeti</t>
+          <t>Wright Kardeşler - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057522825</t>
+          <t>9786057522900</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yüzü Olmayan Adam</t>
+          <t>Bilimin Öncüleri - Nikolas Kopernik</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057522801</t>
+          <t>9786057522894</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ayaz Geceler</t>
+          <t>Michael Faraday - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>470</v>
+        <v>180</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057522795</t>
+          <t>9786057522887</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Kaçış - Asil Korsanlar Serisi 3</t>
+          <t>Johannes Kepler - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>510</v>
+        <v>180</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057522818</t>
+          <t>9786057522870</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Umuda Dans</t>
+          <t>Johannes Gutenberg - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057522771</t>
+          <t>9786057522863</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Çiçek</t>
+          <t>James Watt - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057522764</t>
+          <t>9786057522849</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düştü</t>
+          <t>Galileo Galilei - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057522788</t>
+          <t>9786057522832</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Tavada Aşk</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057522733</t>
+          <t>9786057522856</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (8 Kitap)</t>
+          <t>Arşimet</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>2000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057522740</t>
+          <t>9786057522931</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>7 Gece</t>
+          <t>Aşkın Hatası</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057522566</t>
+          <t>9786057522955</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Soruşturma - Sherlock Holmes</t>
+          <t>Ares'in Çağ'ı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057522719</t>
+          <t>9786057522948</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Gölgeleri - Sherlock Holmes</t>
+          <t>S*ktir Et Diyeti</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057522559</t>
+          <t>9786057522825</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Yüzü Olmayan Adam</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057522542</t>
+          <t>9786057522801</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin Esrarı - Sherlock Holmes</t>
+          <t>Ayaz Geceler</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>220</v>
+        <v>470</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057522535</t>
+          <t>9786057522795</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Boş Ev - Sherlock Holmes</t>
+          <t>Aşktan Kaçış - Asil Korsanlar Serisi 3</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>270</v>
+        <v>510</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057522528</t>
+          <t>9786057522818</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bir Kimlik Vakası - Sherlock Holmes</t>
+          <t>Umuda Dans</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057522511</t>
+          <t>9786057522771</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Baskerville'lerin Köpeği - Sherlock Holmes</t>
+          <t>Nazlı Çiçek</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057522504</t>
+          <t>9786057522764</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bakır Renkli Kayın Ağaçları - Sherlock Holmes</t>
+          <t>Gökten Üç Elma Düştü</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057522726</t>
+          <t>9786057522788</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kaşifler Seti (10 Kitap Takım)</t>
+          <t>Kızgın Tavada Aşk</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>1600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057522252</t>
+          <t>9786057522733</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (8 Kitap Takım)</t>
+          <t>Sherlock Holmes Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1280</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057522405</t>
+          <t>9786057522740</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Düşünürler Serisi (10 Kitap Takım)</t>
+          <t>7 Gece</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>1600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057522009</t>
+          <t>9786057522566</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bilime Yön Verenler (10 Kitap Takım)</t>
+          <t>Kızıl Soruşturma - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>1600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057522627</t>
+          <t>9786057522719</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kristof Kolomb - Kaşifler</t>
+          <t>Sherlock Holmes'un Gölgeleri - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057522641</t>
+          <t>9786057522559</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Roald Amundsen - Kaşifler</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057522665</t>
+          <t>9786057522542</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yuri Gagarin - Kaşifler</t>
+          <t>Dörtlerin Esrarı - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057522658</t>
+          <t>9786057522535</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Vasco Da Gama - Kaşifler</t>
+          <t>Boş Ev - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057522634</t>
+          <t>9786057522528</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Marco Polo - Kaşifler</t>
+          <t>Bir Kimlik Vakası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057522696</t>
+          <t>9786057522511</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Şahzade</t>
+          <t>Baskerville'lerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>570</v>
+        <v>280</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057522603</t>
+          <t>9786057522504</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>James Cook - Kaşifler</t>
+          <t>Bakır Renkli Kayın Ağaçları - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057522610</t>
+          <t>9786057522726</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İbn Battuta - Kaşifler</t>
+          <t>Kaşifler Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>160</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057522597</t>
+          <t>9786057522252</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hernan Cortes - Kaşifler</t>
+          <t>Sabahattin Ali Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>160</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057522672</t>
+          <t>9786057522405</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yazmira</t>
+          <t>Düşünürler Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>350</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057522573</t>
+          <t>9786057522009</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Amerigo Vespucci - Kaşifler</t>
+          <t>Bilime Yön Verenler (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>160</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057522580</t>
+          <t>9786057522627</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ferdinand Macellan - Kaşifler</t>
+          <t>Kristof Kolomb - Kaşifler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057522498</t>
+          <t>9786057522641</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Çöplük</t>
+          <t>Roald Amundsen - Kaşifler</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057522481</t>
+          <t>9786057522665</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İGAP - İdeal Gelin Adayı Projesi</t>
+          <t>Yuri Gagarin - Kaşifler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057522436</t>
+          <t>9786057522658</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Sabıkalı</t>
+          <t>Vasco Da Gama - Kaşifler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059398978</t>
+          <t>9786057522634</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Umudun Peşinde</t>
+          <t>Marco Polo - Kaşifler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057522429</t>
+          <t>9786057522696</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ateşli</t>
+          <t>Şahzade</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>440</v>
+        <v>570</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057522351</t>
+          <t>9786057522603</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Montesquieu</t>
+          <t>James Cook - Kaşifler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057522320</t>
+          <t>9786057522610</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Freud</t>
+          <t>İbn Battuta - Kaşifler</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057522245</t>
+          <t>9786057522597</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Descartes</t>
+          <t>Hernan Cortes - Kaşifler</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057522238</t>
+          <t>9786057522672</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles</t>
+          <t>Yazmira</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057522306</t>
+          <t>9786057522573</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Platon</t>
+          <t>Amerigo Vespucci - Kaşifler</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057522375</t>
+          <t>9786057522580</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sokrates</t>
+          <t>Ferdinand Macellan - Kaşifler</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057522368</t>
+          <t>9786057522498</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche</t>
+          <t>Çöplük</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057522344</t>
+          <t>9786057522481</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx</t>
+          <t>İGAP - İdeal Gelin Adayı Projesi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057522313</t>
+          <t>9786057522436</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun</t>
+          <t>Aşktan Sabıkalı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057522337</t>
+          <t>9786059398978</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Immanuel Kant</t>
+          <t>Umudun Peşinde</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057522276</t>
+          <t>9786057522429</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Hata</t>
+          <t>Ateşli</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>510</v>
+        <v>440</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057522283</t>
+          <t>9786057522351</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Eyvah!</t>
+          <t>Montesquieu</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057522290</t>
+          <t>9786057522320</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Mehir</t>
+          <t>Freud</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057522207</t>
+          <t>9786057522245</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kağnı-Ses</t>
+          <t>Descartes</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057522191</t>
+          <t>9786057522238</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Aristoteles</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057522214</t>
+          <t>9786057522306</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Platon</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057522221</t>
+          <t>9786057522375</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar - Esirler</t>
+          <t>Sokrates</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057522160</t>
+          <t>9786057522368</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057522177</t>
+          <t>9786057522344</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Karl Marx</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057522184</t>
+          <t>9786057522313</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>İbn Haldun</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057522153</t>
+          <t>9786057522337</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Immanuel Kant</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057522139</t>
+          <t>9786057522276</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tamahkar</t>
+          <t>Mükemmel Hata</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059398374</t>
+          <t>9786057522283</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Gök Bayrak - Büyülü Bıçak</t>
+          <t>Eyvah!</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059398015</t>
+          <t>9786057522290</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Kırbacı Attila</t>
+          <t>Mehir</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057522085</t>
+          <t>9786057522207</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Zorba Aşık</t>
+          <t>Kağnı-Ses</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>470</v>
+        <v>150</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057522115</t>
+          <t>9786057522191</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Üç Yapraklı Yonca</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057522092</t>
+          <t>9786057522214</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Aşk Töre</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057522078</t>
+          <t>9786057522221</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yalancı</t>
+          <t>Dağlar ve Rüzgar - Esirler</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>510</v>
+        <v>110</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057522030</t>
+          <t>9786057522160</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Barbar</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>470</v>
+        <v>170</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057522016</t>
+          <t>9786057522177</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yeşildir</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059398985</t>
+          <t>9786057522184</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Lucca</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059398992</t>
+          <t>9786057522153</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Çınarın Doğuşu</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>510</v>
+        <v>130</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059398954</t>
+          <t>9786057522139</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking - Bilime Yön Verenler</t>
+          <t>Tamahkar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059398961</t>
+          <t>9786059398374</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla - Bilime Yön Verenler</t>
+          <t>Gök Bayrak - Büyülü Bıçak</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059398930</t>
+          <t>9786059398015</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Franklin - Bilime Yön Verenler</t>
+          <t>Tanrı'nın Kırbacı Attila</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059398947</t>
+          <t>9786057522085</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci - Bilime Yön Verenler</t>
+          <t>Zorba Aşık</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>160</v>
+        <v>470</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059398923</t>
+          <t>9786057522115</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Louis Pasteur - Bilime Yön Verenler</t>
+          <t>Üç Yapraklı Yonca</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059398916</t>
+          <t>9786057522092</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Alfred Nobel</t>
+          <t>İmkansız Aşk Töre</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059398886</t>
+          <t>9786057522078</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton</t>
+          <t>Yalancı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>160</v>
+        <v>510</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059398893</t>
+          <t>9786057522030</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie</t>
+          <t>Barbar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>160</v>
+        <v>470</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059398879</t>
+          <t>9786057522016</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Graham Bell</t>
+          <t>Aşk Yeşildir</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059398909</t>
+          <t>9786059398985</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Thomas Edison</t>
+          <t>Lucca</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059398756</t>
+          <t>9786059398992</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Umut Denizi</t>
+          <t>Çınarın Doğuşu</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>560</v>
+        <v>510</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059398701</t>
+          <t>9786059398954</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç</t>
+          <t>Stephen Hawking - Bilime Yön Verenler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059398855</t>
+          <t>9786059398961</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Deli Mavi</t>
+          <t>Nikola Tesla - Bilime Yön Verenler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059398824</t>
+          <t>9786059398930</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kara Duvak</t>
+          <t>Benjamin Franklin - Bilime Yön Verenler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059398848</t>
+          <t>9786059398947</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Fırtınaya Vurgun</t>
+          <t>Leonardo Da Vinci - Bilime Yön Verenler</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059398817</t>
+          <t>9786059398923</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İkizim</t>
+          <t>Louis Pasteur - Bilime Yön Verenler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059398770</t>
+          <t>9786059398916</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Büyüsü</t>
+          <t>Alfred Nobel</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059398787</t>
+          <t>9786059398886</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Gecemin Yıldızı</t>
+          <t>Isaac Newton</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059398831</t>
+          <t>9786059398893</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sadece Sev İstedim</t>
+          <t>Marie Curie</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059398763</t>
+          <t>9786059398879</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Aşk Fırtınası 2 - Mutluluk</t>
+          <t>Graham Bell</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059398794</t>
+          <t>9786059398909</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Hırçın</t>
+          <t>Thomas Edison</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059398732</t>
+          <t>9786059398756</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Serserim</t>
+          <t>Umut Denizi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>175</v>
+        <v>560</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059398725</t>
+          <t>9786059398701</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Öngörü</t>
+          <t>Kıskaç</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059398749</t>
+          <t>9786059398855</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Tek Gerçeğim Sensin</t>
+          <t>Deli Mavi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059398688</t>
+          <t>9786059398824</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sen Olmadan Asla</t>
+          <t>Kara Duvak</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059398671</t>
+          <t>9786059398848</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Tutku</t>
+          <t>Fırtınaya Vurgun</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>540</v>
+        <v>480</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059398664</t>
+          <t>9786059398817</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Aşk Fırtınası: Hüzün</t>
+          <t>İkizim</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059398503</t>
+          <t>9786059398770</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Alnımın Yazısı</t>
+          <t>Aşkın Büyüsü</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059121613</t>
+          <t>9786059398787</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Genç Osman ve 1. Mustafa</t>
+          <t>Gecemin Yıldızı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059398510</t>
+          <t>9786059398831</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bayan Mükemmel</t>
+          <t>Sadece Sev İstedim</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>540</v>
+        <v>190</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059398480</t>
+          <t>9786059398763</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Yüreklim</t>
+          <t>Aşk Fırtınası 2 - Mutluluk</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059398435</t>
+          <t>9786059398794</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ruhumdaki Yabancılar</t>
+          <t>Hırçın</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059398398</t>
+          <t>9786059398732</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Gizli Yüzü</t>
+          <t>Tatlı Serserim</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>420</v>
+        <v>175</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059398404</t>
+          <t>9786059398725</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yazgı: Kaderimin Yazıldığı Gün</t>
+          <t>Öngörü</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059398381</t>
+          <t>9786059398749</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Haçlılar</t>
+          <t>Tek Gerçeğim Sensin</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>490</v>
+        <v>500</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059398039</t>
+          <t>9786059398688</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>31 Mart Vakası ve 2. Abdülhamid</t>
+          <t>Sen Olmadan Asla</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059398343</t>
+          <t>9786059398671</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamit'in Şifre Katibi</t>
+          <t>Mükemmel Tutku</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>270</v>
+        <v>540</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059398336</t>
+          <t>9786059398664</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Türkler Viyana Kapılarında</t>
+          <t>Aşk Fırtınası: Hüzün</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059398305</t>
+          <t>9786059398503</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kartanesi - Soğuk Serisi 1</t>
+          <t>Alnımın Yazısı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059398299</t>
+          <t>9786059121613</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Cesur</t>
+          <t>Genç Osman ve 1. Mustafa</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059121644</t>
+          <t>9786059398510</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Sultan 1. İbrahim</t>
+          <t>Bayan Mükemmel</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>160</v>
+        <v>540</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059121606</t>
+          <t>9786059398480</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sultan 1. Ahmet</t>
+          <t>Yağmur Yüreklim</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059121729</t>
+          <t>9786059398435</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sultan 3. Ahmet</t>
+          <t>Ruhumdaki Yabancılar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059121705</t>
+          <t>9786059398398</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Süleyman</t>
+          <t>Şeytanın Gizli Yüzü</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059011457</t>
+          <t>9786059398404</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Selim</t>
+          <t>Yazgı: Kaderimin Yazıldığı Gün</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059121712</t>
+          <t>9786059398381</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Mustafa</t>
+          <t>Selahaddin Eyyubi ve Haçlılar</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>160</v>
+        <v>490</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059121699</t>
+          <t>9786059398039</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Mahmud</t>
+          <t>31 Mart Vakası ve 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786055218812</t>
+          <t>9786059398343</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Bayezid</t>
+          <t>Abdülhamit'in Şifre Katibi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059121682</t>
+          <t>9786059398336</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Ahmet</t>
+          <t>Türkler Viyana Kapılarında</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059121668</t>
+          <t>9786059398305</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sultan 1. Mahmut ve 3. Osman</t>
+          <t>Kartanesi - Soğuk Serisi 1</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059121637</t>
+          <t>9786059398299</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sultan 4. Murat</t>
+          <t>Cesur</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059121675</t>
+          <t>9786059121644</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sultan 4. Mehmet</t>
+          <t>Sultan 1. İbrahim</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059121743</t>
+          <t>9786059121606</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Sultan 3. Selim ve 4. Mustafa</t>
+          <t>Sultan 1. Ahmet</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059121736</t>
+          <t>9786059121729</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sultan 3. Mustafa ve 1. Abdulhamit</t>
+          <t>Sultan 3. Ahmet</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059011433</t>
+          <t>9786059121705</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sultan 3. Murat</t>
+          <t>Sultan 2. Süleyman</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059121620</t>
+          <t>9786059011457</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Sultan 3. Mehmet</t>
+          <t>Sultan 2. Selim</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059121651</t>
+          <t>9786059121712</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sultan 1. Abdülmecid</t>
+          <t>Sultan 2. Mustafa</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059121750</t>
+          <t>9786059121699</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sultan 1. Abdülaziz ve 5. Murat</t>
+          <t>Sultan 2. Mahmud</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059121897</t>
+          <t>9786055218812</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi</t>
+          <t>Sultan 2. Bayezid</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059121910</t>
+          <t>9786059121682</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kader Gemileri Yavuz ve Midilli</t>
+          <t>Sultan 2. Ahmet</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059121941</t>
+          <t>9786059121668</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Türk-İtalyan Savaşı (29 Eylül 1911-18 Ekim 1912)</t>
+          <t>Sultan 1. Mahmut ve 3. Osman</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059121989</t>
+          <t>9786059121637</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Dağılma Devri</t>
+          <t>Sultan 4. Murat</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059121880</t>
+          <t>9786059121675</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Theodora ve İmparator</t>
+          <t>Sultan 4. Mehmet</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059121903</t>
+          <t>9786059121743</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Emir Timur</t>
+          <t>Sultan 3. Selim ve 4. Mustafa</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059121927</t>
+          <t>9786059121736</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Konstantinapol</t>
+          <t>Sultan 3. Mustafa ve 1. Abdulhamit</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059121590</t>
+          <t>9786059011433</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sir Nigel</t>
+          <t>Sultan 3. Murat</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059121460</t>
+          <t>9786059121620</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Son Malkoçoğlu: Balkan Harbi Ceridesi</t>
+          <t>Sultan 3. Mehmet</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059121576</t>
+          <t>9786059121651</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Genç Patron</t>
+          <t>Sultan 1. Abdülmecid</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786055218720</t>
+          <t>9786059121750</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Gazi</t>
+          <t>Sultan 1. Abdülaziz ve 5. Murat</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059121002</t>
+          <t>9786059121897</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ali Kuşçu - Bilim Adamlarımız Serisi</t>
+          <t>Balkan Harbi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059121408</t>
+          <t>9786059121910</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Göremediğim Sen</t>
+          <t>Kader Gemileri Yavuz ve Midilli</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059121422</t>
+          <t>9786059121941</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Yan Evdeki Mafya</t>
+          <t>Türk-İtalyan Savaşı (29 Eylül 1911-18 Ekim 1912)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059121545</t>
+          <t>9786059121989</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Dünya'da ve Türkiye'de Dinler-Irklar-Diller</t>
+          <t>Osmanlı Devletinin Dağılma Devri</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786058535336</t>
+          <t>9786059121880</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ajan - Casus Muhbir ve Muhabir</t>
+          <t>Theodora ve İmparator</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059121361</t>
+          <t>9786059121903</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda İstihbarat</t>
+          <t>Emir Timur</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059011006</t>
+          <t>9786059121927</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman: Kanuni Sultan Süleyman</t>
+          <t>Konstantinapol</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786058535398</t>
+          <t>9786059121590</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünya Bir Padişaha Azdır : Yavuz Sultan Selim</t>
+          <t>Sir Nigel</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059121323</t>
+          <t>9786059121460</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Bey - Bilim Adamlarımız Serisi</t>
+          <t>Son Malkoçoğlu: Balkan Harbi Ceridesi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059121316</t>
+          <t>9786059121576</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Takiyüddin - Bilim Adamlarımız Serisi</t>
+          <t>Genç Patron</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059121309</t>
+          <t>9786055218720</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Sultan Fatih - Bilim Adamlarımız Serisi</t>
+          <t>Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059121293</t>
+          <t>9786059121002</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Seydi Ali Reis - Bilim Adamlarımız Serisi</t>
+          <t>Ali Kuşçu - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059121286</t>
+          <t>9786059121408</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina - Bilim Adamlarımız Serisi</t>
+          <t>Göremediğim Sen</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059121279</t>
+          <t>9786059121422</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen ve Lagari - Bilim Adamlarımız Serisi</t>
+          <t>Yan Evdeki Mafya</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059121262</t>
+          <t>9786059121545</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Bilim Adamlarımız Serisi</t>
+          <t>Dünya'da ve Türkiye'de Dinler-Irklar-Diller</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059121255</t>
+          <t>9786058535336</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Biruni - Bilim Adamlarımız Serisi</t>
+          <t>Ajan - Casus Muhbir ve Muhabir</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059121248</t>
+          <t>9786059121361</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Bilim Adamlarımız Sözlüğü</t>
+          <t>Osmanlı İmparatorluğu’nda İstihbarat</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059121231</t>
+          <t>9786059011006</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Barbaros - Bilim Adamlarımız Serisi</t>
+          <t>Muhteşem Süleyman: Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059121224</t>
+          <t>9786058535398</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Akşemsettin</t>
+          <t>Bu Dünya Bir Padişaha Azdır : Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059121170</t>
+          <t>9786059121323</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Gelinim</t>
+          <t>Uluğ Bey - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059121026</t>
+          <t>9786059121316</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>El-Cezeri - Bilim Adamlarımız Serisi</t>
+          <t>Takiyüddin - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059121033</t>
+          <t>9786059121309</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Farabi - Bilim Adamlarımız Serisi</t>
+          <t>Sultan Fatih - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059121040</t>
+          <t>9786059121293</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Harezmi - Bilim Adamlarımız Serisi</t>
+          <t>Seydi Ali Reis - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059011990</t>
+          <t>9786059121286</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evran - Bilim Adamlarımız Serisi</t>
+          <t>İbni Sina - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059121064</t>
+          <t>9786059121279</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan - Bilim Adamlarımız Serisi</t>
+          <t>Hezarfen ve Lagari - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059121071</t>
+          <t>9786059121262</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis - Bilim Adamlarımız Serisi</t>
+          <t>Evliya Çelebi - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059121057</t>
+          <t>9786059121255</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Katip Çelebi - Bilim Adamlarımız Serisi</t>
+          <t>Biruni - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059011419</t>
+          <t>9786059121248</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Bilim Adamlarımız Sözlüğü</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059011235</t>
+          <t>9786059121231</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Horemheb</t>
+          <t>Barbaros - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059011426</t>
+          <t>9786059121224</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kral Arthur ve Şövalyeleri</t>
+          <t>Akşemsettin</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059011303</t>
+          <t>9786059121170</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Manas</t>
+          <t>Benim Küçük Gelinim</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059011402</t>
+          <t>9786059121026</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Nostradamus</t>
+          <t>El-Cezeri - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059011273</t>
+          <t>9786059121033</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Afrodit</t>
+          <t>Farabi - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059011242</t>
+          <t>9786059121040</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Makedonyalı İskender</t>
+          <t>Harezmi - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059011945</t>
+          <t>9786059011990</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Atilla</t>
+          <t>Ahi Evran - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059011112</t>
+          <t>9786059121064</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah'ın Fedaileri</t>
+          <t>Mimar Sinan - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786055218799</t>
+          <t>9786059121071</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Murat - Bilim Adamlarımız Serisi</t>
+          <t>Piri Reis - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055218027</t>
+          <t>9786059121057</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Eserleri Seti (15 Kitap Takım)</t>
+          <t>Katip Çelebi - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>3200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059011259</t>
+          <t>9786059011419</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Odysseia - Kralın Dönüşü</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059011297</t>
+          <t>9786059011235</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Anabasis</t>
+          <t>Horemheb</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059011891</t>
+          <t>9786059011426</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Dersim Gerçeği</t>
+          <t>Kral Arthur ve Şövalyeleri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059011884</t>
+          <t>9786059011303</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin Kanlı Çiçekleri Çanakkale</t>
+          <t>Manas</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059011280</t>
+          <t>9786059011402</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Alamut'un Büyüsü</t>
+          <t>Nostradamus</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786055218768</t>
+          <t>9786059011273</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Murat Hüdavendigar</t>
+          <t>Afrodit</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059011204</t>
+          <t>9786059011242</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Antonius ve Kleopatra</t>
+          <t>Makedonyalı İskender</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>270</v>
+        <v>540</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059011099</t>
+          <t>9786059011945</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Atilla</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059011181</t>
+          <t>9786059011112</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hırçın Kız</t>
+          <t>Hasan Sabbah'ın Fedaileri</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059011082</t>
+          <t>9786055218799</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Julius Caesar</t>
+          <t>Sultan 2. Murat - Bilim Adamlarımız Serisi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059011211</t>
+          <t>9786055218027</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Gecesi Rüyası</t>
+          <t>Shakespeare Eserleri Seti (15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>160</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059011198</t>
+          <t>9786059011259</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Odysseia - Kralın Dönüşü</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059011396</t>
+          <t>9786059011297</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>Anabasis</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059011334</t>
+          <t>9786059011891</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Thor Şimşeği - Vikinglerin Efsane Kralı Olaf</t>
+          <t>Gizlenen Dersim Gerçeği</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059011310</t>
+          <t>9786059011884</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Krallığı - Kudüs Yolunda Haçlılar</t>
+          <t>Mahşerin Kanlı Çiçekleri Çanakkale</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059011143</t>
+          <t>9786059011280</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Soneler</t>
+          <t>Alamut'un Büyüsü</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059011136</t>
+          <t>9786055218768</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Size Nasıl Geliyorsa</t>
+          <t>Murat Hüdavendigar</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059011150</t>
+          <t>9786059011204</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Venedik Taciri</t>
+          <t>Antonius ve Kleopatra</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059011105</t>
+          <t>9786059011099</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Kral Lear</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055218737</t>
+          <t>9786059011181</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Orhan Gazi "Kuruluş"</t>
+          <t>Hırçın Kız</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786058535367</t>
+          <t>9786059011082</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Memo Zin Efsanesi : Mezopotamya'da Aşk</t>
+          <t>Julius Caesar</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059011075</t>
+          <t>9786059011211</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Atinalı Timon</t>
+          <t>Bir Yaz Gecesi Rüyası</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059011068</t>
+          <t>9786059011198</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257031554</t>
+          <t>9786059011396</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Othello</t>
+          <t>İlyada</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786058535312</t>
+          <t>9786059011334</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşında Atatürk ve Din Adamları</t>
+          <t>Thor Şimşeği - Vikinglerin Efsane Kralı Olaf</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055218782</t>
+          <t>9786059011310</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Çelebi Mehmet: Deli Yürek</t>
+          <t>Tanrı'nın Krallığı - Kudüs Yolunda Haçlılar</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786058535329</t>
+          <t>9786059011143</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin İç ve Dış Tehditlerine Stratejik Bakış</t>
+          <t>Soneler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055218805</t>
+          <t>9786059011136</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet: Çağlar Sultanı</t>
+          <t>Size Nasıl Geliyorsa</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055218775</t>
+          <t>9786059011150</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezid: Sultan-ı Rum</t>
+          <t>Venedik Taciri</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055218744</t>
+          <t>9786059011105</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059121873</t>
+          <t>9786055218737</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığım</t>
+          <t>Orhan Gazi "Kuruluş"</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059121859</t>
+          <t>9786058535367</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Tohumu</t>
+          <t>Memo Zin Efsanesi : Mezopotamya'da Aşk</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
+          <t>9786059011075</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Atinalı Timon</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786059011068</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Hamlet</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786257031554</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Othello</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786058535312</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşında Atatürk ve Din Adamları</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786055218782</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Çelebi Mehmet: Deli Yürek</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786058535329</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin İç ve Dış Tehditlerine Stratejik Bakış</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786055218805</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Fatih Sultan Mehmet: Çağlar Sultanı</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786055218775</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Yıldırım Bayezid: Sultan-ı Rum</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786055218744</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Osman Gazi</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786059121873</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Gün Işığım</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786059121859</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan Tohumu</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
           <t>9786059121019</t>
         </is>
       </c>
-      <c r="B418" s="1" t="inlineStr">
+      <c r="B429" s="1" t="inlineStr">
         <is>
           <t>Cahit Arf ve Matematikçilerimiz</t>
         </is>
       </c>
-      <c r="C418" s="1">
-        <v>160</v>
+      <c r="C429" s="1">
+        <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>