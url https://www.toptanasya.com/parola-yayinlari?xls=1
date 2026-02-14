--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,6460 +85,8530 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>3990000056923</t>
+          <t>9786257522717</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Mimoza Masalı Set (2 Kitap Takım) (Ciltli)</t>
+          <t>Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059011617</t>
+          <t>9786257522250</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yarası Saklı</t>
+          <t>Yönetim Zekası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>520</v>
+        <v>155</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059011716</t>
+          <t>9786257522212</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ezelebet</t>
+          <t>Gölgeler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>115</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059011631</t>
+          <t>9786257522243</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Derin Odaklanma</t>
+          <t>Aşkın Güzelliği</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059011488</t>
+          <t>3786257031154</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Düşünme Yapısı</t>
+          <t>Arzu Khayal Seti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059011532</t>
+          <t>9786257001112</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Harekete Geç</t>
+          <t>Mitoloji Seti 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059011679</t>
+          <t>9786257001396</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dopamin Detoksu</t>
+          <t>Mitoloji Seti 2</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059011501</t>
+          <t>9786257522113</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Mimoza Masalı – Kuzey Rüzgarı (Ciltli)</t>
+          <t>Azap</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059011808</t>
+          <t>9786059398718</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Başımın Belası</t>
+          <t>Seçilmişler - Opus</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059011518</t>
+          <t>9786057522122</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Diğerleri</t>
+          <t>Suçlu Olanlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059011471</t>
+          <t>9786057522108</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gaz Pedal Aşk</t>
+          <t>Meçhul Delikanlı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257522007</t>
+          <t>9786059398459</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Benim Şeytani Avcım</t>
+          <t>Günahkar - Yedi Aşiret Serisi 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059011570</t>
+          <t>9786057522702</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sırlar ve Saklananlar</t>
+          <t>Bir Deli Fırtına</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>470</v>
+        <v>135</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059011709</t>
+          <t>9786057522689</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kalp Sonunu Kendi Seçer</t>
+          <t>Beni Sevdiğin Kadar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>490</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057522467</t>
+          <t>9786057522443</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Arkana Bakma! O Tarafa Gitmiyorsun</t>
+          <t>Aşka Tutsak</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059011495</t>
+          <t>9786057522047</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şehadet Millet İçin - 4</t>
+          <t>Kalpten Sabıkalı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059011778</t>
+          <t>9786057522146</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sevmenin Zamanı Yok</t>
+          <t>Ekonomide Sonuna Geldiğimiz Yollar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>550</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057522382</t>
+          <t>9786059011228</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Benim Komik Şeytani Sevgilim</t>
+          <t>Aşk Ölüm Getirir</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059011723</t>
+          <t>9786059011372</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Feride</t>
+          <t>Gilgameş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>550</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257522991</t>
+          <t>9786059011167</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Yanan Bedenler</t>
+          <t>Yanlışlıklar Komedyası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>440</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257522984</t>
+          <t>9786059011174</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şehadet Millet İçin - 3</t>
+          <t>On İkinci Gece</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>500</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059011761</t>
+          <t>9786059121187</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yerine İletişim: Anlayışlı Ebeveynlik</t>
+          <t>Kurt Ruleti</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257522977</t>
+          <t>9786059121149</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Bahçe</t>
+          <t>Severek Ayrılalım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>550</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257031950</t>
+          <t>9786059121163</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Vitrin Süsü</t>
+          <t>Aşkına İhtiyacım Var</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>520</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059011464</t>
+          <t>9786059121156</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İmera Fera</t>
+          <t>Tutkulu Aşk</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>340</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257522960</t>
+          <t>9786059011914</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Silah Başında Aşk (Ciltli)</t>
+          <t>Kör Talih</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>500</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257522953</t>
+          <t>9786059011020</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Mimoza Masalı - Mimoliza (Ciltli)</t>
+          <t>Günah</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>550</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257522946</t>
+          <t>9786059011013</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Bir Yaz Aşkı</t>
+          <t>Sarı Gelin</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>340</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257522922</t>
+          <t>9786055218829</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Silah Başında Aşk</t>
+          <t>Köksüz Hayatlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>420</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257522939</t>
+          <t>9786059011983</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Asi Aşık</t>
+          <t>Güz Delisi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>650</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257522908</t>
+          <t>9786059011037</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şehadet Millet İçin 2</t>
+          <t>Manolya</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>650</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257522885</t>
+          <t>9786059011839</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Matruşka/ Maskeler Düştüğünde</t>
+          <t>Atatürk’ten Erdoğan’a Kürt Politikası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>650</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257522892</t>
+          <t>9786059011440</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kış Rüyası/ Visal</t>
+          <t>Bir Şans Daha</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257522878</t>
+          <t>9786059398640</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Akasya Sokağı</t>
+          <t>Urartu: Doğu’nun Güneşi - Dünya Uygarlıkları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>380</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059398534</t>
+          <t>9786059398619</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Muhalif Bir Ekonomistin Güncesi</t>
+          <t>Sümer: Yazının Mucitleri - Dünya Uygarlıkları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>520</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257522847</t>
+          <t>9786059398602</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Kanatları (Ciltli)</t>
+          <t>Maya: Kıyametin Habercileri - Dünya Uygarlıkları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257522328</t>
+          <t>9786059398565</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Varisi (Ciltli)</t>
+          <t>İnka: Güneşin Çocukları - Dünya Uygarlıkları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>490</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257522854</t>
+          <t>9786059398473</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Skyshade-Ölümcül Karar (Ciltli)</t>
+          <t>Aşk-ı Derun Berdel</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257522861</t>
+          <t>9786057522061</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şehadet Millet İçin</t>
+          <t>Siyah Güneş</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>650</v>
+        <v>299</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059121491</t>
+          <t>9786059398022</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Cemal Paşa Anılarım (1939-1922)</t>
+          <t>Tuhaf ve Garip</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>420</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257522830</t>
+          <t>9786059121996</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Şehadet Vatan İçin</t>
+          <t>İttihat ve Terakki</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>450</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257522823</t>
+          <t>9786059398428</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nöbet Başında Aşk Kutulu Set</t>
+          <t>Bay Mükemmel</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>770</v>
+        <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257522816</t>
+          <t>9786059121552</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sevda Karası Kutulu Set</t>
+          <t>Türkiye'de Kimlik Bunalımı Dinsel - Irksal - Dilsel Dönekler ve Dönmeler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>760</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257522311</t>
+          <t>9786059121538</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Asya</t>
+          <t>İngiliz Generali Townshend ve Türkler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>460</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257522809</t>
+          <t>9786059398312</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Stoma ile Yaşam</t>
+          <t>Soğuk - Mücevher</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257522786</t>
+          <t>9786059121347</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Safir Kalesi’nin Lanetli Leydisi</t>
+          <t>İki Devrin Perde Arkası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257522793</t>
+          <t>9786059398800</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kış Rüyası 1 - Dilhun</t>
+          <t>Anıtkabir'in Şifresi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257522779</t>
+          <t>9786059398527</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Güneşi Serisi Kutulu Set</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>1350</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257522762</t>
+          <t>9786059398862</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Vals – Yüzyılın Balosu Kutulu Set</t>
+          <t>Hormonlu Büyüme Yılları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>440</v>
+        <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257522748</t>
+          <t>9786059398329</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gül Sarmalı</t>
+          <t>Son Mesaj Sarsıntı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257522755</t>
+          <t>9786059398411</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Vals 1 - Yüzyılın Balosu</t>
+          <t>Unutulmuş Türkiye</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257522731</t>
+          <t>9786059121781</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sevda Karası – Yangın</t>
+          <t>Yangın Mavisi Serisi 2 - Ateş</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>380</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257522724</t>
+          <t>9786059121484</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Süper Zengin Olmak</t>
+          <t>Çanakkale Savunması Sarıkamış'ta Başlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257522700</t>
+          <t>9786059398008</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Güneşi 3 – Rütbe Meselesi</t>
+          <t>Abdülhamid'in Derin Devleti</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257522694</t>
+          <t>9786059398350</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sevda Karası</t>
+          <t>Çerkes Ethem</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>380</v>
+        <v>45</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257522687</t>
+          <t>9786059398657</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Raven Mührü - Ruh Bağı</t>
+          <t>Eski Mısır - Dünya Uygarlıkları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>390</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257522670</t>
+          <t>9786059398626</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mor Salkımlı Sokak</t>
+          <t>Çelişkiler - Dünya Uygarlıkları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>340</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257522649</t>
+          <t>9786059398589</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş 2417</t>
+          <t>Babil - Dünya Uygarlıkları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>450</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257522663</t>
+          <t>9786059398633</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Matruşka Maskeler</t>
+          <t>Aztek - Dünya Uygarlıkları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>650</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257522632</t>
+          <t>9786059398572</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Adı Aşk Olmalı</t>
+          <t>Asur - Dünya Uygarlıkları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>370</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257522656</t>
+          <t>9786059121330</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>The Gray Man - Sıerra Altı</t>
+          <t>Pir Sultan Abdal Yolculuğu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>620</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257522625</t>
+          <t>9786059398596</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Proje 2417</t>
+          <t>Hitit: Anadolu Rüzgarı - Dünya Uygarlıkları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>420</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257522601</t>
+          <t>9786059398190</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Nightbane - İki Diyarın Hükümdarı (Ciltli)</t>
+          <t>Forex’in Referans Kaynağı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257522618</t>
+          <t>9786059121415</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kartal Pençesi - Ebruli</t>
+          <t>Mafya'nın Kızı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257522595</t>
+          <t>9786059121392</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Nöbet Başında Aşk - 2</t>
+          <t>Aşka Güven</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>380</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257522588</t>
+          <t>9786059121866</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Güneşi 2 - Vatan Uğruna</t>
+          <t>Karadeniz Güneşi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257522571</t>
+          <t>9786059121811</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız - Genişletilmiş Versiyon</t>
+          <t>Sen Benimsin</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>500</v>
+        <v>310</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257522564</t>
+          <t>9786059121804</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gençlik, Yaz ve Tatlı Düşler</t>
+          <t>Yarına Yürümek</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257522557</t>
+          <t>9786059121200</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sarmaşık</t>
+          <t>Psikopat Mafya</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>540</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257522304</t>
+          <t>9786059121217</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Etkisi</t>
+          <t>Varis</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257522540</t>
+          <t>9786059398275</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>The Gray Man - Amansız</t>
+          <t>Kor</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>610</v>
+        <v>60</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257522533</t>
+          <t>9786059398282</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Güneşi</t>
+          <t>Yangın (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>450</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257522519</t>
+          <t>9786059398268</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Nöbet Başında Aşk</t>
+          <t>Cazi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257522502</t>
+          <t>9786059398251</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hattı</t>
+          <t>Güneş</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257522496</t>
+          <t>9786059121972</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kartal Pençesi - Kurşuni</t>
+          <t>Sen Geldin Bahar Geldi 2</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>440</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257522489</t>
+          <t>9786059121965</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Lıghtlark (Ciltli)</t>
+          <t>Sen Geldin Bahar Geldi 1</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>500</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257522441</t>
+          <t>9786059121385</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şafak Vakti 2 - Fecir</t>
+          <t>Şu Derin Devlet</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>340</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257522434</t>
+          <t>9786059121354</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Yalnızlık</t>
+          <t>İstihbarat ve İstihbaratçı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257522410</t>
+          <t>9786059121095</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Kal</t>
+          <t>Karanlık Yıllarda</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257522427</t>
+          <t>9786059121132</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kuzgunun Ayak İzleri</t>
+          <t>Dikkat Mafya Var</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257522397</t>
+          <t>9786059121521</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sıra Diğer Sözümde</t>
+          <t>Ölümsüz Paşadan Anılar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>20</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257522403</t>
+          <t>9786059011266</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Defterim</t>
+          <t>Sadeddin Köpek</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>35</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257522380</t>
+          <t>9786059398541</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Benimle Kal</t>
+          <t>Karanlıkla Gelen Sen</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257522373</t>
+          <t>9786059398367</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>The Gray Man - Hedef</t>
+          <t>Demir Adamlar ve Azizler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>440</v>
+        <v>110</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257522366</t>
+          <t>9786059121798</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Av Serisi Kutulu Set (Ciltli)</t>
+          <t>Kıvılcım - Yangın Mavisi Serisi 1</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>775</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257522359</t>
+          <t>9786059121378</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Montessorı Emici Zihin</t>
+          <t>Çok Gizli - İstihbarat Savaşları - Derin Operasyonlar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257522342</t>
+          <t>9786059011969</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Çağında Ekonomi</t>
+          <t>Yemin Bozdum Yolunda</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>450</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257522335</t>
+          <t>9786059011921</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Avcı (Ciltli)</t>
+          <t>İlk Kurşun Hasan Tahsin</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257522298</t>
+          <t>9786059011952</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Senden İbaret</t>
+          <t>Fatma</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>230</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257522281</t>
+          <t>9786059121958</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Şafak Vakti</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>600</v>
+        <v>155</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257522274</t>
+          <t>9786055218713</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Montessori Eğitim Yöntemi</t>
+          <t>Patronlar İşçi Olurken</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>340</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257522267</t>
+          <t>9786055218751</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Üzümlü Kek 1</t>
+          <t>Tek Taş Aşk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>510</v>
+        <v>16</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257031851</t>
+          <t>9786059121842</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>George Orwell 6 Kitap Set</t>
+          <t>Küçük Sevgilim 2</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1350</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>3786257031691</t>
+          <t>9786059121835</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>George Orwell Seti - 4 Kitap Takım</t>
+          <t>Geçmişin İzleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>930</v>
+        <v>299</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786250000052</t>
+          <t>9786059121439</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen Seti</t>
+          <t>Dikkat Huysuz Var!</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1060</v>
+        <v>155</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059121767</t>
+          <t>9786059121453</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sultan V. Mehmet Reşat ve Vahdettin Vatan Sağ Olsun</t>
+          <t>Sevince</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059398695</t>
+          <t>9786059121446</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Aşklantı</t>
+          <t>Psikopat Mafya 2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>50</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059121101</t>
+          <t>9786059011877</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Milliyetçiliği</t>
+          <t>Zaferin Gölgesinde Latife Hanım</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>75</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257522236</t>
+          <t>9786059011327</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Düğün Partisi</t>
+          <t>Çift Başlı Kartal</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>370</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257522205</t>
+          <t>9786059011389</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hayata Meydan Okumak İçin Çak Bi Beşlik!</t>
+          <t>Herodot</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257522199</t>
+          <t>9786059011341</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Okyanus - Serdengeçti</t>
+          <t>Atatürk ve İslamiyet</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>490</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257522229</t>
+          <t>9786059121507</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Aynı Gökyüzü Altında</t>
+          <t>Atatürk ve Kral</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>170</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257522168</t>
+          <t>9786059121514</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Teklifi</t>
+          <t>Atatürk ve Şah</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257522175</t>
+          <t>9786059011358</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Umuda Doğru</t>
+          <t>Beyaz Birlik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>280</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257522182</t>
+          <t>9786059011365</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Böyle Aşkın Izdırabını</t>
+          <t>Bozkırın Efendileri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257522106</t>
+          <t>9786059011938</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Son Bir Dakika</t>
+          <t>Nutuk (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>520</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257522052</t>
+          <t>9786059011051</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kristal Tıpa</t>
+          <t>Bir Psikiyatrın Anıları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>320</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257522090</t>
+          <t>9786059121569</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Asil Serseri</t>
+          <t>Sosyopat</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>560</v>
+        <v>210</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257522076</t>
+          <t>9786059121583</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Seçilmişler 2 Karvan</t>
+          <t>Küçük Sevgilim</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257522069</t>
+          <t>9786059011822</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Av</t>
+          <t>Cunta Kararı ile Adnan Menderes’i ve Demokrasiyi Nasıl Astık?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>400</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257522083</t>
+          <t>9786058535350</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Av (Ciltli)</t>
+          <t>Türk-Ermeni İlişkilerinde Milletlerarası Fitne</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786250000069</t>
+          <t>9786058535381</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Av (Ciltli)</t>
+          <t>Eşik - Asitane'den Tuşpa'ya Hikayeler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>450</v>
+        <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257522045</t>
+          <t>9786058535374</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bürokrant</t>
+          <t>İmparatorluktan Cumhuriyete Rauf Orbay</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257522014</t>
+          <t>9786058535305</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kibar Hırsız - Arsen Lüpen</t>
+          <t>Atatürk ve CHP'nin Saklı Tarihi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257522021</t>
+          <t>9786059121118</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Oyuk İğne - Arsen Lüpen</t>
+          <t>Baksana Talihe</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257522038</t>
+          <t>9786059121125</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Herlock Sholmes’e Karşı - Arsen Lüpen</t>
+          <t>Hasret</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>270</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257031905</t>
+          <t>9786059121088</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dilbeste</t>
+          <t>Psikopat</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>340</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257031899</t>
+          <t>9786059011907</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ben De İdealim - İgap 2</t>
+          <t>Gün Gün Gezi Hatırası - Taksim Çiçekleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>550</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257031882</t>
+          <t>9786059011976</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sözde Evli</t>
+          <t>Bana Sevmeyi Anlat</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>550</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257031875</t>
+          <t>9786257031363</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sahibi</t>
+          <t>İskoç Onuru</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257031868</t>
+          <t>9786257031752</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>The Gray Man</t>
+          <t>Sevgili Bayım</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257031813</t>
+          <t>9786257031141</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Düğün Günü</t>
+          <t>Gidemezsin</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>340</v>
+        <v>299</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257031806</t>
+          <t>9786257031844</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Wigan İskelesi Yolu</t>
+          <t>Başarısızlık Başarı Mutluluk</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257031790</t>
+          <t>9786257031837</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Masum Günahlar</t>
+          <t>Bilmiyorum?</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>520</v>
+        <v>50</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257031776</t>
+          <t>3786257522038</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı</t>
+          <t>Arsen Lüpen Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>420</v>
+        <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257031820</t>
+          <t>9786257031646</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Esintisi</t>
+          <t>Aşk Kadına Zor Aşkı Kadına Sor</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>550</v>
+        <v>30</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257031783</t>
+          <t>9786057031851</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Yangını</t>
+          <t>George Orwell Kitapları Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257031769</t>
+          <t>9786257031530</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bulutu - Mucizenin Renkleri (2 Kitap Bir Arada)</t>
+          <t>Friends Hakkında Bir Kitap</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>199</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257031738</t>
+          <t>9786057522412</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Aspidistra</t>
+          <t>Dünya Uygarlıkları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257031745</t>
+          <t>9786057522269</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısında</t>
+          <t>Dördüncü Arkadaş</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257031721</t>
+          <t>9786057522023</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız</t>
+          <t>Bana Aşkla Gel</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>450</v>
+        <v>65</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257031707</t>
+          <t>9786057522054</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Paris ve Londra’da Beş Parasız</t>
+          <t>Kurtuluş Türkiye</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>230</v>
+        <v>199</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257031684</t>
+          <t>9786057522474</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Bir Boşanma Hikayesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>130</v>
+        <v>299</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257031714</t>
+          <t>9786057522450</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Boğulmamak İçin</t>
+          <t>Kusursuz</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>230</v>
+        <v>90</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257031691</t>
+          <t>9786059011587</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Tutsak - Bir Kibrit Çöpü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257031660</t>
+          <t>9786059011549</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mazi - Sonsuza Kadar</t>
+          <t>Karanlığın İncisi - 1</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257031653</t>
+          <t>9786059011525</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İntikamla Gelen - Gypsy Serisi 1</t>
+          <t>Şehadet – Bayrak İçin</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>480</v>
+        <v>690</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257031677</t>
+          <t>9786059011556</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dayanılmaz</t>
+          <t>Benim Ateşli Şeytanım</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>540</v>
+        <v>370</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>3786055218740</t>
+          <t>3990000056923</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Seti (31 Kitap Takım)</t>
+          <t>Bir Mimoza Masalı Set (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>5620</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059398466</t>
+          <t>9786059011617</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Dünya'da Atatürk</t>
+          <t>Yarası Saklı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059398558</t>
+          <t>9786059011716</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kadını Latife Hanım</t>
+          <t>Ezelebet</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257031622</t>
+          <t>9786059011631</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Asrın Mucizesi Atatürk</t>
+          <t>Derin Odaklanma</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257031639</t>
+          <t>9786059011488</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal İle Yeniden Doğuş</t>
+          <t>Stratejik Düşünme Yapısı</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257031615</t>
+          <t>9786059011532</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Bakraç</t>
+          <t>Harekete Geç</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257031585</t>
+          <t>9786059011679</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Medeniyetler Serisi (10 Kitap Takım)</t>
+          <t>Dopamin Detoksu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>1800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257031592</t>
+          <t>9786059011501</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Bir Mimoza Masalı – Kuzey Rüzgarı (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059121774</t>
+          <t>9786059011808</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdulhamit</t>
+          <t>Başımın Belası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257031561</t>
+          <t>9786059011518</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıklar Komedyası</t>
+          <t>Aşk ve Diğerleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257031547</t>
+          <t>9786059011471</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>On İkinci Gece</t>
+          <t>Gaz Pedal Aşk</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257031479</t>
+          <t>9786257522007</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Uygarlığı</t>
+          <t>Benim Şeytani Avcım</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257031400</t>
+          <t>9786059011570</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Urartular - Tarihe Açılan Pencere</t>
+          <t>Sırlar ve Saklananlar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257031417</t>
+          <t>9786059011709</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sümerler - İlk Medeniyet, İlk Devlet, İlk Sosyal Toplum</t>
+          <t>Kalp Sonunu Kendi Seçer</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>180</v>
+        <v>490</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257031431</t>
+          <t>9786057522467</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İnkalar - Tarihin En Çok Merak Edilen Halkı</t>
+          <t>Arkana Bakma! O Tarafa Gitmiyorsun</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257031424</t>
+          <t>9786059011495</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Mayalar - Muhteşem Uygarlık</t>
+          <t>Şehadet Millet İçin - 4</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257031448</t>
+          <t>9786059011778</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hititler - Bin Tanrılı Halk</t>
+          <t>Sevmenin Zamanı Yok</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257031455</t>
+          <t>9786057522382</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Babiller - Mezopotamya'nın Gelişmiş Uygarlığı</t>
+          <t>Benim Komik Şeytani Sevgilim</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257031462</t>
+          <t>9786059011723</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Aztekler - Tolteklerin Ülkesinde</t>
+          <t>Feride</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257031394</t>
+          <t>9786257522991</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Acımasız Savaşçı - Asurlar</t>
+          <t>Ateşte Yanan Bedenler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257031486</t>
+          <t>9786257522984</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır Uygarlığı</t>
+          <t>Şehadet Millet İçin - 3</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257031493</t>
+          <t>9786059011761</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hun İmparatorluğu - Türk Devletleri 1</t>
+          <t>Ceza Yerine İletişim: Anlayışlı Ebeveynlik</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257031509</t>
+          <t>9786257522977</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Batı Hun İmparatorluğu - Türk Devletleri 2</t>
+          <t>Yasaklı Bahçe</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257031516</t>
+          <t>9786257031950</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Hun İmparatorluğu - Türk Devletleri 3</t>
+          <t>Vitrin Süsü</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257031523</t>
+          <t>9786059011464</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türk Devletleri 4 - Ak Hun İmparatorluğu</t>
+          <t>İmera Fera</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257031370</t>
+          <t>9786257522960</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Açan Çiçek</t>
+          <t>Silah Başında Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>520</v>
+        <v>500</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257031134</t>
+          <t>9786257522953</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İfritin Varisi</t>
+          <t>Bir Mimoza Masalı - Mimoliza (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257031387</t>
+          <t>9786257522946</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakanlar Seti (10 Kitap Takım)</t>
+          <t>Şehirde Bir Yaz Aşkı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>1800</v>
+        <v>340</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257031257</t>
+          <t>9786257522922</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sol Yanım Seti (8 Kitap Takım)</t>
+          <t>Silah Başında Aşk</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>1970</v>
+        <v>420</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257031301</t>
+          <t>9786257522939</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Seyit Onbaşı - Tarihte İz Bırakanlar</t>
+          <t>Asi Aşık</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257031356</t>
+          <t>9786257522908</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Tarihte İz Bırakanlar</t>
+          <t>Şehadet Millet İçin 2</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257031318</t>
+          <t>9786257522885</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sabiha Gökçen</t>
+          <t>Matruşka/ Maskeler Düştüğünde</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257031325</t>
+          <t>9786257522892</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy - Tarihte İz Bırakanlar</t>
+          <t>Kış Rüyası/ Visal</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257031271</t>
+          <t>9786257522878</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli - Tarihte İz Bırakanlar</t>
+          <t>Akasya Sokağı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257031332</t>
+          <t>9786059398534</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ahmet Yesevi - Tarihte İz Bırakanlar</t>
+          <t>Muhalif Bir Ekonomistin Güncesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257031264</t>
+          <t>9786257522847</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun</t>
+          <t>Ölümün Kanatları (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257031295</t>
+          <t>9786257522328</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin-i Rumi</t>
+          <t>Gölgelerin Varisi (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>180</v>
+        <v>490</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257031349</t>
+          <t>9786257522854</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yörük Ali Efe - Tarihte İz Bırakanlar</t>
+          <t>Skyshade-Ölümcül Karar (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257031288</t>
+          <t>9786257522861</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sütçü İmam - Tarihte İz Bırakanlar</t>
+          <t>Şehadet Millet İçin</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257031240</t>
+          <t>9786059121491</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Salvador Allende</t>
+          <t>Cemal Paşa Anılarım (1939-1922)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257031226</t>
+          <t>9786257522830</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mahir Çayan</t>
+          <t>Şehadet Vatan İçin</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257031233</t>
+          <t>9786257522823</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx</t>
+          <t>Nöbet Başında Aşk Kutulu Set</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>270</v>
+        <v>770</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257031202</t>
+          <t>9786257522816</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hugo Chavez</t>
+          <t>Sevda Karası Kutulu Set</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>230</v>
+        <v>760</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257031196</t>
+          <t>9786257522311</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Fidel Castro</t>
+          <t>Asya</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257031219</t>
+          <t>9786257522809</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Friedrich Engels</t>
+          <t>Stoma ile Yaşam</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257031189</t>
+          <t>9786257522786</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş</t>
+          <t>Safir Kalesi’nin Lanetli Leydisi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257031172</t>
+          <t>9786257522793</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Che Guevara</t>
+          <t>Kış Rüyası 1 - Dilhun</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257031127</t>
+          <t>9786257522779</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Esir Yürek</t>
+          <t>Gölgenin Güneşi Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>520</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257031158</t>
+          <t>9786257522762</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Efsunkar</t>
+          <t>Vals – Yüzyılın Balosu Kutulu Set</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>520</v>
+        <v>440</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055218508</t>
+          <t>9786257522748</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bilim Adamlarımız Serisi (20 Kitap Takım)</t>
+          <t>Gül Sarmalı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>3600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257031080</t>
+          <t>9786257522755</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Serisi (10 Kitap Takım)</t>
+          <t>Vals 1 - Yüzyılın Balosu</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>1800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257031097</t>
+          <t>9786257522731</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Kıyılarında</t>
+          <t>Sevda Karası – Yangın</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059398442</t>
+          <t>9786257522724</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kara Yazım</t>
+          <t>Süper Zengin Olmak</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057522962</t>
+          <t>9786257522700</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri Serisi (10 Cilt Takım)</t>
+          <t>Gölgenin Güneşi 3 – Rütbe Meselesi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>1800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257031103</t>
+          <t>9786257522694</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Bitiş Düdüğü ve Başlama Vuruşu</t>
+          <t>Sevda Karası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257031011</t>
+          <t>9786257522687</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Spinoza (Filozoflar Serisi)</t>
+          <t>Raven Mührü - Ruh Bağı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057522986</t>
+          <t>9786257522670</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Voltaire</t>
+          <t>Mor Salkımlı Sokak</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257031028</t>
+          <t>9786257522649</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>John Locke</t>
+          <t>Yükseliş 2417</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057522979</t>
+          <t>9786257522663</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyüs</t>
+          <t>Matruşka Maskeler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057031004</t>
+          <t>9786257522632</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Niccolo Machiavelli</t>
+          <t>Adı Aşk Olmalı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257031042</t>
+          <t>9786257522656</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Jena Jacques Rousseau</t>
+          <t>The Gray Man - Sıerra Altı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>620</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257031059</t>
+          <t>9786257522625</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Francis Bacon (Filozoflar Serisi)</t>
+          <t>Proje 2417</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057522993</t>
+          <t>9786257522601</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hegel</t>
+          <t>Nightbane - İki Diyarın Hükümdarı (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257031035</t>
+          <t>9786257522618</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin</t>
+          <t>Kartal Pençesi - Ebruli</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257031066</t>
+          <t>9786257522595</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bertrand Russell</t>
+          <t>Nöbet Başında Aşk - 2</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257031073</t>
+          <t>9786257522588</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Siyah Menekşe</t>
+          <t>Gölgenin Güneşi 2 - Vatan Uğruna</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>510</v>
+        <v>460</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057522757</t>
+          <t>9786257522571</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hep Seni Bekledim</t>
+          <t>Sınırsız - Genişletilmiş Versiyon</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057522917</t>
+          <t>9786257522564</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Werner Heisenberg - Bilimin Öncüleri</t>
+          <t>Gençlik, Yaz ve Tatlı Düşler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057522924</t>
+          <t>9786257522557</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Wright Kardeşler - Bilimin Öncüleri</t>
+          <t>Kızıl Sarmaşık</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>180</v>
+        <v>540</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057522900</t>
+          <t>9786257522304</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri - Nikolas Kopernik</t>
+          <t>Kelebek Etkisi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057522894</t>
+          <t>9786257522540</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Michael Faraday - Bilimin Öncüleri</t>
+          <t>The Gray Man - Amansız</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>180</v>
+        <v>610</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057522887</t>
+          <t>9786257522533</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Johannes Kepler - Bilimin Öncüleri</t>
+          <t>Gölgenin Güneşi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057522870</t>
+          <t>9786257522519</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Johannes Gutenberg - Bilimin Öncüleri</t>
+          <t>Nöbet Başında Aşk</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057522863</t>
+          <t>9786257522502</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>James Watt - Bilimin Öncüleri</t>
+          <t>Ateş Hattı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057522849</t>
+          <t>9786257522496</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Galileo Galilei - Bilimin Öncüleri</t>
+          <t>Kartal Pençesi - Kurşuni</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057522832</t>
+          <t>9786257522489</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Lıghtlark (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057522856</t>
+          <t>9786257522441</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Arşimet</t>
+          <t>Şafak Vakti 2 - Fecir</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057522931</t>
+          <t>9786257522434</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Hatası</t>
+          <t>Yabancı Yalnızlık</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057522955</t>
+          <t>9786257522410</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ares'in Çağ'ı</t>
+          <t>Kalbimde Kal</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057522948</t>
+          <t>9786257522427</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>S*ktir Et Diyeti</t>
+          <t>Kuzgunun Ayak İzleri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057522825</t>
+          <t>9786257522397</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yüzü Olmayan Adam</t>
+          <t>Sıra Diğer Sözümde</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>550</v>
+        <v>20</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057522801</t>
+          <t>9786257522403</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ayaz Geceler</t>
+          <t>Defterim</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>470</v>
+        <v>35</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057522795</t>
+          <t>9786257522380</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Kaçış - Asil Korsanlar Serisi 3</t>
+          <t>Benimle Kal</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>510</v>
+        <v>270</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057522818</t>
+          <t>9786257522373</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Umuda Dans</t>
+          <t>The Gray Man - Hedef</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057522771</t>
+          <t>9786257522366</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Çiçek</t>
+          <t>Av Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>450</v>
+        <v>775</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057522764</t>
+          <t>9786257522359</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Gökten Üç Elma Düştü</t>
+          <t>Montessorı Emici Zihin</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057522788</t>
+          <t>9786257522342</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Tavada Aşk</t>
+          <t>Pandemi Çağında Ekonomi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057522733</t>
+          <t>9786257522335</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (8 Kitap)</t>
+          <t>Avcı (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>2000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057522740</t>
+          <t>9786257522298</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>7 Gece</t>
+          <t>Senden İbaret</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057522566</t>
+          <t>9786257522281</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Soruşturma - Sherlock Holmes</t>
+          <t>Şafak Vakti</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057522719</t>
+          <t>9786257522274</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Gölgeleri - Sherlock Holmes</t>
+          <t>Montessori Eğitim Yöntemi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057522559</t>
+          <t>9786257522267</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Üzümlü Kek 1</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>510</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057522542</t>
+          <t>9786257031851</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin Esrarı - Sherlock Holmes</t>
+          <t>George Orwell 6 Kitap Set</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>220</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057522535</t>
+          <t>3786257031691</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Boş Ev - Sherlock Holmes</t>
+          <t>George Orwell Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>270</v>
+        <v>930</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057522528</t>
+          <t>9786250000052</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bir Kimlik Vakası - Sherlock Holmes</t>
+          <t>Arsen Lupen Seti</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>280</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057522511</t>
+          <t>9786059121767</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Baskerville'lerin Köpeği - Sherlock Holmes</t>
+          <t>Sultan V. Mehmet Reşat ve Vahdettin Vatan Sağ Olsun</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057522504</t>
+          <t>9786059398695</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bakır Renkli Kayın Ağaçları - Sherlock Holmes</t>
+          <t>Aşklantı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>230</v>
+        <v>50</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057522726</t>
+          <t>9786059121101</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kaşifler Seti (10 Kitap Takım)</t>
+          <t>Atatürk Milliyetçiliği</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>1800</v>
+        <v>75</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057522252</t>
+          <t>9786257522236</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (8 Kitap Takım)</t>
+          <t>Düğün Partisi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057522405</t>
+          <t>9786257522205</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Düşünürler Serisi (10 Kitap Takım)</t>
+          <t>Hayata Meydan Okumak İçin Çak Bi Beşlik!</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057522009</t>
+          <t>9786257522199</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bilime Yön Verenler (10 Kitap Takım)</t>
+          <t>Karanlık Okyanus - Serdengeçti</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>1800</v>
+        <v>490</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057522627</t>
+          <t>9786257522229</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kristof Kolomb - Kaşifler</t>
+          <t>Aynı Gökyüzü Altında</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057522641</t>
+          <t>9786257522168</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Roald Amundsen - Kaşifler</t>
+          <t>Evlilik Teklifi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057522665</t>
+          <t>9786257522175</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yuri Gagarin - Kaşifler</t>
+          <t>Umuda Doğru</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057522658</t>
+          <t>9786257522182</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Vasco Da Gama - Kaşifler</t>
+          <t>Böyle Aşkın Izdırabını</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057522634</t>
+          <t>9786257522106</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Marco Polo - Kaşifler</t>
+          <t>Son Bir Dakika</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057522696</t>
+          <t>9786257522052</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Şahzade</t>
+          <t>Kristal Tıpa</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>570</v>
+        <v>320</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057522603</t>
+          <t>9786257522090</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>James Cook - Kaşifler</t>
+          <t>Asil Serseri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>560</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057522610</t>
+          <t>9786257522076</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İbn Battuta - Kaşifler</t>
+          <t>Seçilmişler 2 Karvan</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057522597</t>
+          <t>9786257522069</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hernan Cortes - Kaşifler</t>
+          <t>Av</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057522672</t>
+          <t>9786257522083</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yazmira</t>
+          <t>Av (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057522573</t>
+          <t>9786250000069</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Amerigo Vespucci - Kaşifler</t>
+          <t>Av (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057522580</t>
+          <t>9786257522045</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ferdinand Macellan - Kaşifler</t>
+          <t>Bürokrant</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057522498</t>
+          <t>9786257522014</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Çöplük</t>
+          <t>Kibar Hırsız - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057522481</t>
+          <t>9786257522021</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İGAP - İdeal Gelin Adayı Projesi</t>
+          <t>Oyuk İğne - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057522436</t>
+          <t>9786257522038</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Sabıkalı</t>
+          <t>Herlock Sholmes’e Karşı - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>440</v>
+        <v>270</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059398978</t>
+          <t>9786257031905</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Umudun Peşinde</t>
+          <t>Dilbeste</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057522429</t>
+          <t>9786257031899</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ateşli</t>
+          <t>Ben De İdealim - İgap 2</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057522351</t>
+          <t>9786257031882</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Montesquieu</t>
+          <t>Sözde Evli</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057522320</t>
+          <t>9786257031875</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Freud</t>
+          <t>Kalbimin Sahibi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057522245</t>
+          <t>9786257031868</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Descartes</t>
+          <t>The Gray Man</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057522238</t>
+          <t>9786257031813</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles</t>
+          <t>Düğün Günü</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057522306</t>
+          <t>9786257031806</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Platon</t>
+          <t>Wigan İskelesi Yolu</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057522375</t>
+          <t>9786257031790</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sokrates</t>
+          <t>Masum Günahlar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057522368</t>
+          <t>9786257031776</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche</t>
+          <t>Gözyaşı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057522344</t>
+          <t>9786257031820</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx</t>
+          <t>Fırtına Esintisi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057522313</t>
+          <t>9786257031783</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun</t>
+          <t>Yüreğimin Yangını</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057522337</t>
+          <t>9786257031769</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Immanuel Kant</t>
+          <t>Aşk Bulutu - Mucizenin Renkleri (2 Kitap Bir Arada)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057522276</t>
+          <t>9786257031738</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Hata</t>
+          <t>Aspidistra</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>510</v>
+        <v>270</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057522283</t>
+          <t>9786257031745</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Eyvah!</t>
+          <t>Yaşamın Kıyısında</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057522290</t>
+          <t>9786257031721</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Mehir</t>
+          <t>Sınırsız</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057522207</t>
+          <t>9786257031707</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kağnı-Ses</t>
+          <t>Paris ve Londra’da Beş Parasız</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057522191</t>
+          <t>9786257031684</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057522214</t>
+          <t>9786257031714</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Boğulmamak İçin</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057522221</t>
+          <t>9786257031691</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar - Esirler</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057522160</t>
+          <t>9786257031660</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Mazi - Sonsuza Kadar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057522177</t>
+          <t>9786257031653</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>İntikamla Gelen - Gypsy Serisi 1</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057522184</t>
+          <t>9786257031677</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Dayanılmaz</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>250</v>
+        <v>540</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057522153</t>
+          <t>3786055218740</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Osmanlı Padişahları Seti (31 Kitap Takım)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>130</v>
+        <v>5620</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057522139</t>
+          <t>9786059398466</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Tamahkar</t>
+          <t>Dünya'da Atatürk</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059398374</t>
+          <t>9786059398558</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Gök Bayrak - Büyülü Bıçak</t>
+          <t>Cumhuriyet Kadını Latife Hanım</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059398015</t>
+          <t>9786257031622</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Kırbacı Attila</t>
+          <t>Asrın Mucizesi Atatürk</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057522085</t>
+          <t>9786257031639</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Zorba Aşık</t>
+          <t>Mustafa Kemal İle Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057522115</t>
+          <t>9786257031615</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Üç Yapraklı Yonca</t>
+          <t>Duygusal Bakraç</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057522092</t>
+          <t>9786257031585</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Aşk Töre</t>
+          <t>Tarihe Yön Veren Medeniyetler Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>260</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057522078</t>
+          <t>9786257031592</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yalancı</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>510</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057522030</t>
+          <t>9786059121774</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Barbar</t>
+          <t>Sultan 2. Abdulhamit</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>470</v>
+        <v>220</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057522016</t>
+          <t>9786257031561</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yeşildir</t>
+          <t>Yanlışlıklar Komedyası</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059398985</t>
+          <t>9786257031547</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Lucca</t>
+          <t>On İkinci Gece</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059398992</t>
+          <t>9786257031479</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Çınarın Doğuşu</t>
+          <t>Antik Yunan Uygarlığı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>510</v>
+        <v>180</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059398954</t>
+          <t>9786257031400</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking - Bilime Yön Verenler</t>
+          <t>Urartular - Tarihe Açılan Pencere</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059398961</t>
+          <t>9786257031417</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla - Bilime Yön Verenler</t>
+          <t>Sümerler - İlk Medeniyet, İlk Devlet, İlk Sosyal Toplum</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059398930</t>
+          <t>9786257031431</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Franklin - Bilime Yön Verenler</t>
+          <t>İnkalar - Tarihin En Çok Merak Edilen Halkı</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059398947</t>
+          <t>9786257031424</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci - Bilime Yön Verenler</t>
+          <t>Mayalar - Muhteşem Uygarlık</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059398923</t>
+          <t>9786257031448</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Louis Pasteur - Bilime Yön Verenler</t>
+          <t>Hititler - Bin Tanrılı Halk</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059398916</t>
+          <t>9786257031455</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Alfred Nobel</t>
+          <t>Babiller - Mezopotamya'nın Gelişmiş Uygarlığı</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059398886</t>
+          <t>9786257031462</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton</t>
+          <t>Aztekler - Tolteklerin Ülkesinde</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059398893</t>
+          <t>9786257031394</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie</t>
+          <t>Acımasız Savaşçı - Asurlar</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059398879</t>
+          <t>9786257031486</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Graham Bell</t>
+          <t>Antik Mısır Uygarlığı</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059398909</t>
+          <t>9786257031493</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Thomas Edison</t>
+          <t>Büyük Hun İmparatorluğu - Türk Devletleri 1</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059398756</t>
+          <t>9786257031509</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Umut Denizi</t>
+          <t>Batı Hun İmparatorluğu - Türk Devletleri 2</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>560</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059398701</t>
+          <t>9786257031516</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç</t>
+          <t>Avrupa Hun İmparatorluğu - Türk Devletleri 3</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059398855</t>
+          <t>9786257031523</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Deli Mavi</t>
+          <t>Türk Devletleri 4 - Ak Hun İmparatorluğu</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059398824</t>
+          <t>9786257031370</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kara Duvak</t>
+          <t>Ateşte Açan Çiçek</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>650</v>
+        <v>520</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059398848</t>
+          <t>9786257031134</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Fırtınaya Vurgun</t>
+          <t>İfritin Varisi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059398817</t>
+          <t>9786257031387</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İkizim</t>
+          <t>Tarihte İz Bırakanlar Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>110</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059398770</t>
+          <t>9786257031257</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Büyüsü</t>
+          <t>Sol Yanım Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>320</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059398787</t>
+          <t>9786257031301</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Gecemin Yıldızı</t>
+          <t>Seyit Onbaşı - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059398831</t>
+          <t>9786257031356</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sadece Sev İstedim</t>
+          <t>Yunus Emre - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059398763</t>
+          <t>9786257031318</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Aşk Fırtınası 2 - Mutluluk</t>
+          <t>Sabiha Gökçen</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059398794</t>
+          <t>9786257031325</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Hırçın</t>
+          <t>Mehmet Akif Ersoy - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059398732</t>
+          <t>9786257031271</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Serserim</t>
+          <t>Hacı Bektaş-ı Veli - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059398725</t>
+          <t>9786257031332</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Öngörü</t>
+          <t>Hoca Ahmet Yesevi - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059398749</t>
+          <t>9786257031264</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Tek Gerçeğim Sensin</t>
+          <t>Nene Hatun</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059398688</t>
+          <t>9786257031295</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sen Olmadan Asla</t>
+          <t>Mevlana Celaleddin-i Rumi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059398671</t>
+          <t>9786257031349</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Tutku</t>
+          <t>Yörük Ali Efe - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059398664</t>
+          <t>9786257031288</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Aşk Fırtınası: Hüzün</t>
+          <t>Sütçü İmam - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059398503</t>
+          <t>9786257031240</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Alnımın Yazısı</t>
+          <t>Salvador Allende</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059121613</t>
+          <t>9786257031226</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Genç Osman ve 1. Mustafa</t>
+          <t>Mahir Çayan</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059398510</t>
+          <t>9786257031233</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Bayan Mükemmel</t>
+          <t>Karl Marx</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>540</v>
+        <v>270</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059398480</t>
+          <t>9786257031202</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Yüreklim</t>
+          <t>Hugo Chavez</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059398435</t>
+          <t>9786257031196</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ruhumdaki Yabancılar</t>
+          <t>Fidel Castro</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059398398</t>
+          <t>9786257031219</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Gizli Yüzü</t>
+          <t>Friedrich Engels</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059398404</t>
+          <t>9786257031189</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yazgı: Kaderimin Yazıldığı Gün</t>
+          <t>Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059398381</t>
+          <t>9786257031172</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Haçlılar</t>
+          <t>Che Guevara</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>490</v>
+        <v>230</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059398039</t>
+          <t>9786257031127</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>31 Mart Vakası ve 2. Abdülhamid</t>
+          <t>Esir Yürek</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059398343</t>
+          <t>9786257031158</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamit'in Şifre Katibi</t>
+          <t>Efsunkar</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>270</v>
+        <v>520</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059398336</t>
+          <t>9786055218508</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Türkler Viyana Kapılarında</t>
+          <t>Bilim Adamlarımız Serisi (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>320</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059398305</t>
+          <t>9786257031080</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kartanesi - Soğuk Serisi 1</t>
+          <t>Filozoflar Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>420</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059398299</t>
+          <t>9786257031097</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Cesur</t>
+          <t>Yüreğimin Kıyılarında</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059121644</t>
+          <t>9786059398442</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sultan 1. İbrahim</t>
+          <t>Kara Yazım</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059121606</t>
+          <t>9786057522962</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Sultan 1. Ahmet</t>
+          <t>Bilimin Öncüleri Serisi (10 Cilt Takım)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>180</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059121729</t>
+          <t>9786257031103</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sultan 3. Ahmet</t>
+          <t>Ekonominin Bitiş Düdüğü ve Başlama Vuruşu</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059121705</t>
+          <t>9786257031011</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Süleyman</t>
+          <t>Spinoza (Filozoflar Serisi)</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059011457</t>
+          <t>9786057522986</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Selim</t>
+          <t>Voltaire</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059121712</t>
+          <t>9786257031028</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Mustafa</t>
+          <t>John Locke</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059121699</t>
+          <t>9786057522979</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Mahmud</t>
+          <t>Konfüçyüs</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055218812</t>
+          <t>9786057031004</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Bayezid</t>
+          <t>Niccolo Machiavelli</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059121682</t>
+          <t>9786257031042</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Ahmet</t>
+          <t>Jena Jacques Rousseau</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059121668</t>
+          <t>9786257031059</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sultan 1. Mahmut ve 3. Osman</t>
+          <t>Francis Bacon (Filozoflar Serisi)</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059121637</t>
+          <t>9786057522993</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sultan 4. Murat</t>
+          <t>Hegel</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059121675</t>
+          <t>9786257031035</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Sultan 4. Mehmet</t>
+          <t>Charles Darwin</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059121743</t>
+          <t>9786257031066</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Sultan 3. Selim ve 4. Mustafa</t>
+          <t>Bertrand Russell</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059121736</t>
+          <t>9786257031073</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Sultan 3. Mustafa ve 1. Abdulhamit</t>
+          <t>Siyah Menekşe</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>180</v>
+        <v>510</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059011433</t>
+          <t>9786057522757</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sultan 3. Murat</t>
+          <t>Hep Seni Bekledim</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059121620</t>
+          <t>9786057522917</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sultan 3. Mehmet</t>
+          <t>Werner Heisenberg - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059121651</t>
+          <t>9786057522924</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Sultan 1. Abdülmecid</t>
+          <t>Wright Kardeşler - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059121750</t>
+          <t>9786057522900</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sultan 1. Abdülaziz ve 5. Murat</t>
+          <t>Bilimin Öncüleri - Nikolas Kopernik</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059121897</t>
+          <t>9786057522894</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi</t>
+          <t>Michael Faraday - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059121910</t>
+          <t>9786057522887</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kader Gemileri Yavuz ve Midilli</t>
+          <t>Johannes Kepler - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059121941</t>
+          <t>9786057522870</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Türk-İtalyan Savaşı (29 Eylül 1911-18 Ekim 1912)</t>
+          <t>Johannes Gutenberg - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059121989</t>
+          <t>9786057522863</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Dağılma Devri</t>
+          <t>James Watt - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059121880</t>
+          <t>9786057522849</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Theodora ve İmparator</t>
+          <t>Galileo Galilei - Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059121903</t>
+          <t>9786057522832</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Emir Timur</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059121927</t>
+          <t>9786057522856</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Konstantinapol</t>
+          <t>Arşimet</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059121590</t>
+          <t>9786057522931</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sir Nigel</t>
+          <t>Aşkın Hatası</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059121460</t>
+          <t>9786057522955</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Son Malkoçoğlu: Balkan Harbi Ceridesi</t>
+          <t>Ares'in Çağ'ı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059121576</t>
+          <t>9786057522948</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Genç Patron</t>
+          <t>S*ktir Et Diyeti</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786055218720</t>
+          <t>9786057522825</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Gazi</t>
+          <t>Yüzü Olmayan Adam</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059121002</t>
+          <t>9786057522801</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ali Kuşçu - Bilim Adamlarımız Serisi</t>
+          <t>Ayaz Geceler</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059121408</t>
+          <t>9786057522795</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Göremediğim Sen</t>
+          <t>Aşktan Kaçış - Asil Korsanlar Serisi 3</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>520</v>
+        <v>510</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059121422</t>
+          <t>9786057522818</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yan Evdeki Mafya</t>
+          <t>Umuda Dans</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059121545</t>
+          <t>9786057522771</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Dünya'da ve Türkiye'de Dinler-Irklar-Diller</t>
+          <t>Nazlı Çiçek</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786058535336</t>
+          <t>9786057522764</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Ajan - Casus Muhbir ve Muhabir</t>
+          <t>Gökten Üç Elma Düştü</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059121361</t>
+          <t>9786057522788</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda İstihbarat</t>
+          <t>Kızgın Tavada Aşk</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059011006</t>
+          <t>9786057522733</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman: Kanuni Sultan Süleyman</t>
+          <t>Sherlock Holmes Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>180</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786058535398</t>
+          <t>9786057522740</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünya Bir Padişaha Azdır : Yavuz Sultan Selim</t>
+          <t>7 Gece</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059121323</t>
+          <t>9786057522566</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Bey - Bilim Adamlarımız Serisi</t>
+          <t>Kızıl Soruşturma - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059121316</t>
+          <t>9786057522719</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Takiyüddin - Bilim Adamlarımız Serisi</t>
+          <t>Sherlock Holmes'un Gölgeleri - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059121309</t>
+          <t>9786057522559</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Sultan Fatih - Bilim Adamlarımız Serisi</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059121293</t>
+          <t>9786057522542</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Seydi Ali Reis - Bilim Adamlarımız Serisi</t>
+          <t>Dörtlerin Esrarı - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059121286</t>
+          <t>9786057522535</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina - Bilim Adamlarımız Serisi</t>
+          <t>Boş Ev - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059121279</t>
+          <t>9786057522528</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen ve Lagari - Bilim Adamlarımız Serisi</t>
+          <t>Bir Kimlik Vakası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059121262</t>
+          <t>9786057522511</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Bilim Adamlarımız Serisi</t>
+          <t>Baskerville'lerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059121255</t>
+          <t>9786057522504</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Biruni - Bilim Adamlarımız Serisi</t>
+          <t>Bakır Renkli Kayın Ağaçları - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059121248</t>
+          <t>9786057522726</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bilim Adamlarımız Sözlüğü</t>
+          <t>Kaşifler Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>180</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059121231</t>
+          <t>9786057522252</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Barbaros - Bilim Adamlarımız Serisi</t>
+          <t>Sabahattin Ali Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>180</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059121224</t>
+          <t>9786057522405</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Akşemsettin</t>
+          <t>Düşünürler Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>180</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059121170</t>
+          <t>9786057522009</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Gelinim</t>
+          <t>Bilime Yön Verenler (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>550</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059121026</t>
+          <t>9786057522627</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>El-Cezeri - Bilim Adamlarımız Serisi</t>
+          <t>Kristof Kolomb - Kaşifler</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059121033</t>
+          <t>9786057522641</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Farabi - Bilim Adamlarımız Serisi</t>
+          <t>Roald Amundsen - Kaşifler</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059121040</t>
+          <t>9786057522665</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Harezmi - Bilim Adamlarımız Serisi</t>
+          <t>Yuri Gagarin - Kaşifler</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059011990</t>
+          <t>9786057522658</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evran - Bilim Adamlarımız Serisi</t>
+          <t>Vasco Da Gama - Kaşifler</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059121064</t>
+          <t>9786057522634</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan - Bilim Adamlarımız Serisi</t>
+          <t>Marco Polo - Kaşifler</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059121071</t>
+          <t>9786057522696</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis - Bilim Adamlarımız Serisi</t>
+          <t>Şahzade</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>180</v>
+        <v>570</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059121057</t>
+          <t>9786057522603</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Katip Çelebi - Bilim Adamlarımız Serisi</t>
+          <t>James Cook - Kaşifler</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059011419</t>
+          <t>9786057522610</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>İbn Battuta - Kaşifler</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059011235</t>
+          <t>9786057522597</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Horemheb</t>
+          <t>Hernan Cortes - Kaşifler</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059011426</t>
+          <t>9786057522672</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kral Arthur ve Şövalyeleri</t>
+          <t>Yazmira</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059011303</t>
+          <t>9786057522573</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Manas</t>
+          <t>Amerigo Vespucci - Kaşifler</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059011402</t>
+          <t>9786057522580</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Nostradamus</t>
+          <t>Ferdinand Macellan - Kaşifler</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059011273</t>
+          <t>9786057522498</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Afrodit</t>
+          <t>Çöplük</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>310</v>
+        <v>550</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059011242</t>
+          <t>9786057522481</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Makedonyalı İskender</t>
+          <t>İGAP - İdeal Gelin Adayı Projesi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>540</v>
+        <v>500</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059011945</t>
+          <t>9786057522436</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Atilla</t>
+          <t>Aşktan Sabıkalı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059011112</t>
+          <t>9786059398978</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah'ın Fedaileri</t>
+          <t>Umudun Peşinde</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055218799</t>
+          <t>9786057522429</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Murat - Bilim Adamlarımız Serisi</t>
+          <t>Ateşli</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055218027</t>
+          <t>9786057522351</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Eserleri Seti (15 Kitap Takım)</t>
+          <t>Montesquieu</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>3200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059011259</t>
+          <t>9786057522320</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Odysseia - Kralın Dönüşü</t>
+          <t>Freud</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059011297</t>
+          <t>9786057522245</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Anabasis</t>
+          <t>Descartes</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059011891</t>
+          <t>9786057522238</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Dersim Gerçeği</t>
+          <t>Aristoteles</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059011884</t>
+          <t>9786057522306</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin Kanlı Çiçekleri Çanakkale</t>
+          <t>Platon</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059011280</t>
+          <t>9786057522375</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Alamut'un Büyüsü</t>
+          <t>Sokrates</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055218768</t>
+          <t>9786057522368</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Murat Hüdavendigar</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059011204</t>
+          <t>9786057522344</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Antonius ve Kleopatra</t>
+          <t>Karl Marx</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059011099</t>
+          <t>9786057522313</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>İbn Haldun</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059011181</t>
+          <t>9786057522337</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Hırçın Kız</t>
+          <t>Immanuel Kant</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059011082</t>
+          <t>9786057522276</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Julius Caesar</t>
+          <t>Mükemmel Hata</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>510</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059011211</t>
+          <t>9786057522283</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Gecesi Rüyası</t>
+          <t>Eyvah!</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059011198</t>
+          <t>9786057522290</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Mehir</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059011396</t>
+          <t>9786057522207</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>Kağnı-Ses</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059011334</t>
+          <t>9786057522191</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Thor Şimşeği - Vikinglerin Efsane Kralı Olaf</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059011310</t>
+          <t>9786057522214</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Krallığı - Kudüs Yolunda Haçlılar</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059011143</t>
+          <t>9786057522221</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Soneler</t>
+          <t>Dağlar ve Rüzgar - Esirler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059011136</t>
+          <t>9786057522160</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Size Nasıl Geliyorsa</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059011150</t>
+          <t>9786057522177</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Venedik Taciri</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059011105</t>
+          <t>9786057522184</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055218737</t>
+          <t>9786057522153</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Orhan Gazi "Kuruluş"</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786058535367</t>
+          <t>9786057522139</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Memo Zin Efsanesi : Mezopotamya'da Aşk</t>
+          <t>Tamahkar</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059011075</t>
+          <t>9786059398374</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Atinalı Timon</t>
+          <t>Gök Bayrak - Büyülü Bıçak</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059011068</t>
+          <t>9786059398015</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Tanrı'nın Kırbacı Attila</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257031554</t>
+          <t>9786057522085</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Othello</t>
+          <t>Zorba Aşık</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786058535312</t>
+          <t>9786057522115</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşında Atatürk ve Din Adamları</t>
+          <t>Üç Yapraklı Yonca</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055218782</t>
+          <t>9786057522092</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Çelebi Mehmet: Deli Yürek</t>
+          <t>İmkansız Aşk Töre</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786058535329</t>
+          <t>9786057522078</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin İç ve Dış Tehditlerine Stratejik Bakış</t>
+          <t>Yalancı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>450</v>
+        <v>510</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055218805</t>
+          <t>9786057522030</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet: Çağlar Sultanı</t>
+          <t>Barbar</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055218775</t>
+          <t>9786057522016</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezid: Sultan-ı Rum</t>
+          <t>Aşk Yeşildir</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055218744</t>
+          <t>9786059398985</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Lucca</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059121873</t>
+          <t>9786059398992</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığım</t>
+          <t>Çınarın Doğuşu</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>450</v>
+        <v>510</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786059121859</t>
+          <t>9786059398954</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Tohumu</t>
+          <t>Stephen Hawking - Bilime Yön Verenler</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
+          <t>9786059398961</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Nikola Tesla - Bilime Yön Verenler</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786059398930</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Benjamin Franklin - Bilime Yön Verenler</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786059398947</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Leonardo Da Vinci - Bilime Yön Verenler</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786059398923</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Louis Pasteur - Bilime Yön Verenler</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786059398916</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Alfred Nobel</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786059398886</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Isaac Newton</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786059398893</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Marie Curie</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786059398879</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Graham Bell</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786059398909</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Thomas Edison</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786059398756</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Umut Denizi</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786059398701</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Kıskaç</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786059398855</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Deli Mavi</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786059398824</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Kara Duvak</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786059398848</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Fırtınaya Vurgun</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786059398817</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>İkizim</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786059398770</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Büyüsü</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786059398787</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Gecemin Yıldızı</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786059398831</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Sadece Sev İstedim</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786059398763</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Fırtınası 2 - Mutluluk</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786059398794</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Hırçın</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786059398732</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Tatlı Serserim</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786059398725</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Öngörü</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786059398749</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Tek Gerçeğim Sensin</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786059398688</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Sen Olmadan Asla</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786059398671</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmel Tutku</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786059398664</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Fırtınası: Hüzün</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786059398503</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Alnımın Yazısı</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786059121613</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Genç Osman ve 1. Mustafa</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786059398510</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Bayan Mükemmel</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786059398480</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur Yüreklim</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786059398435</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Ruhumdaki Yabancılar</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786059398398</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın Gizli Yüzü</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786059398404</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Yazgı: Kaderimin Yazıldığı Gün</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786059398381</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Selahaddin Eyyubi ve Haçlılar</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786059398039</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>31 Mart Vakası ve 2. Abdülhamid</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786059398343</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Abdülhamit'in Şifre Katibi</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786059398336</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Türkler Viyana Kapılarında</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786059398305</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Kartanesi - Soğuk Serisi 1</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786059398299</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Cesur</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786059121644</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 1. İbrahim</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786059121606</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 1. Ahmet</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786059121729</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 3. Ahmet</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786059121705</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 2. Süleyman</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786059011457</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 2. Selim</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786059121712</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 2. Mustafa</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786059121699</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 2. Mahmud</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786055218812</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 2. Bayezid</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786059121682</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 2. Ahmet</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786059121668</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 1. Mahmut ve 3. Osman</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786059121637</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 4. Murat</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786059121675</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 4. Mehmet</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786059121743</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 3. Selim ve 4. Mustafa</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786059121736</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 3. Mustafa ve 1. Abdulhamit</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786059011433</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 3. Murat</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786059121620</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 3. Mehmet</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786059121651</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 1. Abdülmecid</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786059121750</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 1. Abdülaziz ve 5. Murat</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786059121897</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Harbi</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786059121910</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Kader Gemileri Yavuz ve Midilli</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786059121941</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Türk-İtalyan Savaşı (29 Eylül 1911-18 Ekim 1912)</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786059121989</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devletinin Dağılma Devri</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786059121880</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Theodora ve İmparator</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786059121903</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Emir Timur</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786059121927</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Konstantinapol</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786059121590</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Sir Nigel</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786059121460</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Son Malkoçoğlu: Balkan Harbi Ceridesi</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786059121576</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Genç Patron</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786055218720</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Ertuğrul Gazi</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786059121002</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Ali Kuşçu - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786059121408</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Göremediğim Sen</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786059121422</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Yan Evdeki Mafya</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786059121545</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Dünya'da ve Türkiye'de Dinler-Irklar-Diller</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786058535336</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Ajan - Casus Muhbir ve Muhabir</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786059121361</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı İmparatorluğu’nda İstihbarat</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786059011006</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Süleyman: Kanuni Sultan Süleyman</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786058535398</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Bu Dünya Bir Padişaha Azdır : Yavuz Sultan Selim</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786059121323</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Uluğ Bey - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786059121316</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Takiyüddin - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786059121309</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Fatih - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786059121293</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Seydi Ali Reis - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786059121286</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>İbni Sina - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786059121279</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Hezarfen ve Lagari - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786059121262</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786059121255</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Biruni - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786059121248</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Adamlarımız Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786059121231</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Barbaros - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786059121224</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Akşemsettin</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786059121170</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Benim Küçük Gelinim</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786059121026</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>El-Cezeri - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786059121033</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Farabi - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786059121040</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Harezmi - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786059011990</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Ahi Evran - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786059121064</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Mimar Sinan - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786059121071</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Piri Reis - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786059121057</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Katip Çelebi - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786059011419</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Pir Sultan Abdal</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786059011235</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Horemheb</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786059011426</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Kral Arthur ve Şövalyeleri</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786059011303</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Manas</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786059011402</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Nostradamus</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786059011273</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Afrodit</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786059011242</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Makedonyalı İskender</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786059011945</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Atilla</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786059011112</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Hasan Sabbah'ın Fedaileri</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786055218799</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Sultan 2. Murat - Bilim Adamlarımız Serisi</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786055218027</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Shakespeare Eserleri Seti (15 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786059011259</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Odysseia - Kralın Dönüşü</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786059011297</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Anabasis</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786059011891</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Gizlenen Dersim Gerçeği</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786059011884</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Mahşerin Kanlı Çiçekleri Çanakkale</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786059011280</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Alamut'un Büyüsü</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786055218768</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Murat Hüdavendigar</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786059011204</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Antonius ve Kleopatra</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786059011099</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Kral Lear</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786059011181</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Hırçın Kız</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786059011082</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Julius Caesar</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786059011211</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yaz Gecesi Rüyası</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786059011198</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Macbeth</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786059011396</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>İlyada</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786059011334</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Thor Şimşeği - Vikinglerin Efsane Kralı Olaf</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786059011310</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı'nın Krallığı - Kudüs Yolunda Haçlılar</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786059011143</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Soneler</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786059011136</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Size Nasıl Geliyorsa</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786059011150</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Venedik Taciri</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786059011105</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Romeo ve Juliet</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786055218737</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Gazi "Kuruluş"</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786058535367</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Memo Zin Efsanesi : Mezopotamya'da Aşk</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786059011075</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Atinalı Timon</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786059011068</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Hamlet</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786257031554</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Othello</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786058535312</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşında Atatürk ve Din Adamları</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786055218782</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Çelebi Mehmet: Deli Yürek</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786058535329</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin İç ve Dış Tehditlerine Stratejik Bakış</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786055218805</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Fatih Sultan Mehmet: Çağlar Sultanı</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786055218775</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Yıldırım Bayezid: Sultan-ı Rum</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786055218744</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Osman Gazi</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786059121873</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Gün Işığım</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786059121859</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan Tohumu</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
           <t>9786059121019</t>
         </is>
       </c>
-      <c r="B429" s="1" t="inlineStr">
+      <c r="B567" s="1" t="inlineStr">
         <is>
           <t>Cahit Arf ve Matematikçilerimiz</t>
         </is>
       </c>
-      <c r="C429" s="1">
+      <c r="C567" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>