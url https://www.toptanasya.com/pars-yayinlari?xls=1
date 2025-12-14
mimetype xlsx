--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -94,801 +94,801 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259445274</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786057309563</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786259841083</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786259445236</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786259708805</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786259747491</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>1984</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786259747484</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Don Kişot</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786259747439</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Ay'a Yolculuk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786259747446</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Seksen Günde Devri Alem</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786259747453</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>On Beş Yaşında Bir Kaptan</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786259747460</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Kaptan Grant’ın Çocukları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786259445243</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Dünyanın Ucundaki Fener</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786259486253</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786259747415</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786259747408</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Robin Hood</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786259747422</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786057029898</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Albert Einstein Zekanın Sınırı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786259445250</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Pollyanna</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786259486239</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786259486291</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Mavi Tavşan</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786259486260</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786259486284</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Moby Dick</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786259486246</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786259486277</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>iki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786259486222</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Esrarlı Ada</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786259486215</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786259486208</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786259841090</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786259841076</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786259841069</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786259841045</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786259841038</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>La Fontaine’den Seçmeler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786259841052</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Sefiller</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786259445267</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786259841014</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786259841021</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Define Adası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786259445281</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Pinokyo</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786259841007</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Peter Pan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786259445298</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786057309594</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786259445205</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786259445229</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Heidi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786057309587</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786259445212</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786057309570</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Kızıl Elma Kutsal Emanet</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786057309532</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Satranç</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786057309556</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786057309549</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786057029867</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>İcatlarım - Nikola Tesla</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786057029874</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Stephen Hawking Evrenin Sırları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786057029881</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Geleceğin Mimarı Elon Musk</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786057309518</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Beyrut’tan Sevgilerle</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786057309525</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>