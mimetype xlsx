--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -724,66 +724,66 @@
         <is>
           <t>9786256578227</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Bulut Fotoğrafçısı</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786256578180</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Uğur’un Karavan Kütüphanesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786256578258</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Kağıttan Düşlerim Var</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786256578234</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Gökyüzünde Kayak Yapan İlk Leylek</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786256578272</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>