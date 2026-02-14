--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -94,256 +94,256 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9779772667421</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı 16 - Klinik Felsefe</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9779772667414</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı 15 - Epistemik Adaletsizlik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>4444444443042</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı: 13 - Evrim</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9772667418108</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı 10 - Sağlık Hak, Kâr, İktidar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9772667418092</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı 9 - Yapay Zeka</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9772667418016</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı 1 - Hukuk Düşüncesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9772667418085</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı 8 - Dinin Geleceği</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9772667418061</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı 6 - Immanuel Kant</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9772667418078</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı 7 - Posthümanizm</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9772667418047</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı 4 - Post-Truth Çağı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9772667418054</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı 5 - Göç Meselesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9772667418023</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı: 2 - Edebiyat Teori ve Eleştiri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>4440000003682</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi, Sayı 12 - Antroposen Çağı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>4440000003367</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı 11 - Transhümanizm</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9772667418030</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Pasajlar Sosyal Bilimler Dergisi Sayı 3 - Alain Badiou</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>