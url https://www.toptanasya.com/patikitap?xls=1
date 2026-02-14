--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -124,61 +124,61 @@
         <is>
           <t>9786050625769</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Petek ve Koloninin Maceraları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786250625745</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Üç Köpek Üç Hikaye</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786050625707</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>7. Afet Korona (Dünya Döndükçe Keşfet Serisi)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>