--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,2005 +85,2065 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055223281</t>
+          <t>9786259817484</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Lost Lives</t>
+          <t>Tuncer Uçarol Adana Tiyatro Tarihçesi ve Adana Şehir Tiyatrosu Üzerine Yazılar (1880-1983)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055223809</t>
+          <t>9786259817491</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Kartallar Kralı</t>
+          <t>Komşuya Sesleniş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056146411</t>
+          <t>9786259302416</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hissettin Mi Hiç?</t>
+          <t>Emir Çeşme'de İkindi Vakti</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>6.48</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056146466</t>
+          <t>9786259302409</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar Hikayeler</t>
+          <t>Son Düğümde Gizli</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>23.15</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056059741</t>
+          <t>9786055223281</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Emef</t>
+          <t>Lost Lives</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>3.7</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055223175</t>
+          <t>9786055223809</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Savaşı</t>
+          <t>Keloğlan ile Kartallar Kralı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>23.15</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055223113</t>
+          <t>9786056146411</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Duygu İle Arda Çoruh Boylarında</t>
+          <t>Hissettin Mi Hiç?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055223007</t>
+          <t>9786056146466</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Islığını Derin Çal Yüzyılları Getirsin</t>
+          <t>Hatıralar Hikayeler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056146480</t>
+          <t>9786056059741</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bu Dosyayı Kaldırıyorum</t>
+          <t>Emef</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>27.78</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057023957</t>
+          <t>9786055223175</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Evren = Titreşim = Harfler = Sayılar = Esma Ül Hüsna</t>
+          <t>Demokrasi Savaşı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057023933</t>
+          <t>9786055223113</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İtibarsızlaşan Mağdurları</t>
+          <t>Duygu İle Arda Çoruh Boylarında</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055223236</t>
+          <t>9786055223007</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dersimli Kemal ve Devşirmeleri</t>
+          <t>Islığını Derin Çal Yüzyılları Getirsin</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055223090</t>
+          <t>9786056146480</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>81 İl - 81 Şiir</t>
+          <t>Bu Dosyayı Kaldırıyorum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055223243</t>
+          <t>9786057023957</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ali Veli Niyazi</t>
+          <t>Evren = Titreşim = Harfler = Sayılar = Esma Ül Hüsna</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>13.89</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055223359</t>
+          <t>9786057023933</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kafkasör Mektupları</t>
+          <t>Tarihin İtibarsızlaşan Mağdurları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>18.52</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055223342</t>
+          <t>9786055223236</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çoruh'un Gizlediği Öyküler</t>
+          <t>Dersimli Kemal ve Devşirmeleri</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259817477</t>
+          <t>9786055223090</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Devrim Aşk ve Ahlak</t>
+          <t>81 İl - 81 Şiir</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055223458</t>
+          <t>9786055223243</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Artvinlilerin Kitapları</t>
+          <t>Ali Veli Niyazi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>750</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055223465</t>
+          <t>9786055223359</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sarı Sürgün</t>
+          <t>Kafkasör Mektupları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055223502</t>
+          <t>9786055223342</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ardahan İli Ağızlarının Ses ve Şekil Özellikleri</t>
+          <t>Çoruh'un Gizlediği Öyküler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1000</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055223588</t>
+          <t>9786259817477</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kurşunsuz Ölüm</t>
+          <t>Devrim Aşk ve Ahlak</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055223595</t>
+          <t>9786055223458</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Geç Kaldım 2</t>
+          <t>Artvinlilerin Kitapları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055223571</t>
+          <t>9786055223465</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tamara Gürcü Kraliçesi</t>
+          <t>Sarı Sürgün</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056059896</t>
+          <t>9786055223502</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yağmuru</t>
+          <t>Ardahan İli Ağızlarının Ses ve Şekil Özellikleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944007054</t>
+          <t>9786055223588</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Demenin Sırası Mıydı?</t>
+          <t>Kurşunsuz Ölüm</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056059865</t>
+          <t>9786055223595</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Fıkranın Şiiri</t>
+          <t>Geç Kaldım 2</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056146473</t>
+          <t>9786055223571</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Düzensiz Düzen</t>
+          <t>Tamara Gürcü Kraliçesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056059872</t>
+          <t>9786056059896</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Demon</t>
+          <t>Hüzün Yağmuru</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055223700</t>
+          <t>9789944007054</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Amerikan İşbirlikçisinin Faaliyetleri</t>
+          <t>Hoşça Kal Demenin Sırası Mıydı?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055223496</t>
+          <t>9786056059865</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal ve Sol</t>
+          <t>Fıkranın Şiiri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055223489</t>
+          <t>9786056146473</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Soldan Bakış</t>
+          <t>Düzensiz Düzen</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055223441</t>
+          <t>9786056059872</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çepo</t>
+          <t>Demon</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055223144</t>
+          <t>9786055223700</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Time İs Not To Love</t>
+          <t>Bir Amerikan İşbirlikçisinin Faaliyetleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055223151</t>
+          <t>9786055223496</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Alot</t>
+          <t>Mustafa Kemal ve Sol</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055223205</t>
+          <t>9786055223489</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Anlatı</t>
+          <t>Eğitime Soldan Bakış</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055223199</t>
+          <t>9786055223441</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Mendil</t>
+          <t>Çepo</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056146404</t>
+          <t>9786055223144</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Uzun İnce Bir Geceydi</t>
+          <t>Time İs Not To Love</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058744493</t>
+          <t>9786055223151</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tilki Öyküleri</t>
+          <t>Alot</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056059834</t>
+          <t>9786055223205</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Taç İçin</t>
+          <t>Bir Demet Anlatı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056146428</t>
+          <t>9786055223199</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kirliydi Zaman</t>
+          <t>Kırmızı Mendil</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058744400</t>
+          <t>9786056146404</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Sincap</t>
+          <t>Uzun İnce Bir Geceydi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056146435</t>
+          <t>9786058744493</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Varsa Yoksa Sevda</t>
+          <t>Tilki Öyküleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057023988</t>
+          <t>9786056059834</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Düşler Deltası</t>
+          <t>Taç İçin</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058744431</t>
+          <t>9786056146428</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Deli Zala</t>
+          <t>Kirliydi Zaman</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944007023</t>
+          <t>9786058744400</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gitme</t>
+          <t>Keloğlan ile Sincap</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056146459</t>
+          <t>9786056146435</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Gemisi</t>
+          <t>Varsa Yoksa Sevda</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>3990000021778</t>
+          <t>9786057023988</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Can Serisi Set (6 Kitap Takım)</t>
+          <t>Düşler Deltası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055223724</t>
+          <t>9786058744431</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Harput’ta Bir Ermeni</t>
+          <t>Deli Zala</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055223397</t>
+          <t>9789944007023</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Duygu'ya Mektuplar</t>
+          <t>Gitme</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055223373</t>
+          <t>9786056146459</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Güneyce'de İz Bırakanlar</t>
+          <t>Anadolu Gemisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259817453</t>
+          <t>3990000021778</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Kadınlar</t>
+          <t>Can Serisi Set (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259817460</t>
+          <t>9786055223724</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tennur'la 65 Yaştan 5 Yaşa Seyahatim</t>
+          <t>Harput’ta Bir Ermeni</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059817446</t>
+          <t>9786055223397</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mor Alfabe</t>
+          <t>Duygu'ya Mektuplar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059817422</t>
+          <t>9786055223373</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Damara Dokunmak</t>
+          <t>Güneyce'de İz Bırakanlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059817415</t>
+          <t>9786259817453</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Sarı Sıcağından Alpler’in Beyaz Soğuğuna</t>
+          <t>Maskeli Kadınlar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057221408</t>
+          <t>9786259817460</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Korona Virüs Günleri</t>
+          <t>Tennur'la 65 Yaştan 5 Yaşa Seyahatim</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057221490</t>
+          <t>9786059817446</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Rüyalardaki Gizemli Anahtar</t>
+          <t>Mor Alfabe</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057221476</t>
+          <t>9786059817422</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli</t>
+          <t>Damara Dokunmak</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057221483</t>
+          <t>9786059817415</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gecesiz Günler Denemeler</t>
+          <t>Bozkırın Sarı Sıcağından Alpler’in Beyaz Soğuğuna</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057221469</t>
+          <t>9786057221408</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yelkovana Yaslanarak</t>
+          <t>Korona Virüs Günleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057221452</t>
+          <t>9786057221490</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Anka’nın Huyu</t>
+          <t>Rüyalardaki Gizemli Anahtar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057221445</t>
+          <t>9786057221476</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bu Acılar Yeter Bize</t>
+          <t>Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055223410</t>
+          <t>9786057221483</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Penceresi</t>
+          <t>Gecesiz Günler Denemeler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055223533</t>
+          <t>9786057221469</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kanatılan Renkler</t>
+          <t>Yelkovana Yaslanarak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057384584</t>
+          <t>9786057221452</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kayran Güzeli</t>
+          <t>Anka’nın Huyu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057384591</t>
+          <t>9786057221445</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ellerini Güneşe Tut</t>
+          <t>Bu Acılar Yeter Bize</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057221407</t>
+          <t>9786055223410</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Işıklar Kırmızıydı</t>
+          <t>Edebiyat Penceresi</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057221421</t>
+          <t>9786055223533</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yetmiş Yıl Sonra Bizim Köy</t>
+          <t>Kanatılan Renkler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057384539</t>
+          <t>9786057384584</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Işık Taşları</t>
+          <t>Kayran Güzeli</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057384522</t>
+          <t>9786057384591</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hasibe Ayten Kitabı - Sanata Sevdalı Bir Hayat</t>
+          <t>Ellerini Güneşe Tut</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057384515</t>
+          <t>9786057221407</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Benden Geriye Kalanlar - Anılar ve Şiirler</t>
+          <t>Işıklar Kırmızıydı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057384546</t>
+          <t>9786057221421</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ülkü Önal Armağanı</t>
+          <t>Yetmiş Yıl Sonra Bizim Köy</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057384508</t>
+          <t>9786057384539</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sığamadık Yeryüzüne</t>
+          <t>Işık Taşları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055223434</t>
+          <t>9786057384522</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Kalan</t>
+          <t>Hasibe Ayten Kitabı - Sanata Sevdalı Bir Hayat</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057023964</t>
+          <t>9786057384515</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Trafik'te Ölümlü Sürücü Kusurlarının Analizi</t>
+          <t>Benden Geriye Kalanlar - Anılar ve Şiirler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057023902</t>
+          <t>9786057384546</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Neden Yeni Bir Eğitim Sistemi</t>
+          <t>Ülkü Önal Armağanı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057023995</t>
+          <t>9786057384508</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Spartaküs’ten Paris Komünü’ne Ütopyacılar ve Komünizmin Öncülleri</t>
+          <t>Sığamadık Yeryüzüne</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057023940</t>
+          <t>9786055223434</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Anlatsam</t>
+          <t>Dünden Bugüne Kalan</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057023926</t>
+          <t>9786057023964</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Azmin Getirdikleri</t>
+          <t>Trafik'te Ölümlü Sürücü Kusurlarının Analizi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057023919</t>
+          <t>9786057023902</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Benim Ekmeğimdir</t>
+          <t>Neden Yeni Bir Eğitim Sistemi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055223991</t>
+          <t>9786057023995</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin İçinden</t>
+          <t>Spartaküs’ten Paris Komünü’ne Ütopyacılar ve Komünizmin Öncülleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055223984</t>
+          <t>9786057023940</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kömürün Karası - Demirin Sıcağında Yeşeren Bir Hayat</t>
+          <t>Nasıl Anlatsam</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055223960</t>
+          <t>9786057023926</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Delal’ın Sevdası</t>
+          <t>Azmin Getirdikleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055223939</t>
+          <t>9786057023919</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Şiirler</t>
+          <t>Hüzün Benim Ekmeğimdir</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055223977</t>
+          <t>9786055223991</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kapı Çalınıyor</t>
+          <t>Eğitimin İçinden</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055223946</t>
+          <t>9786055223984</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Su Gözünde Mavi Düşler</t>
+          <t>Kömürün Karası - Demirin Sıcağında Yeşeren Bir Hayat</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055223953</t>
+          <t>9786055223960</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Siyah Ceketli Kadınlar</t>
+          <t>Delal’ın Sevdası</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055223892</t>
+          <t>9786055223939</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Can'ın Yaprak Koleksiyonu</t>
+          <t>Sürgün Şiirler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055223915</t>
+          <t>9786055223977</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Can Kurbağalarla</t>
+          <t>Kapı Çalınıyor</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055223922</t>
+          <t>9786055223946</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Can İle Saka Kuşları</t>
+          <t>Su Gözünde Mavi Düşler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055223908</t>
+          <t>9786055223953</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Can Sebze Bahçesine Gidiyor</t>
+          <t>Siyah Ceketli Kadınlar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055223878</t>
+          <t>9786055223892</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Can Çiftlikte</t>
+          <t>Can'ın Yaprak Koleksiyonu</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055223885</t>
+          <t>9786055223915</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Can ile Dedesinin Toprak Fırını</t>
+          <t>Can Kurbağalarla</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055223762</t>
+          <t>9786055223922</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yarım Asır Siyaset Millete Hizmet</t>
+          <t>Can İle Saka Kuşları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055223861</t>
+          <t>9786055223908</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kendime Dersler</t>
+          <t>Can Sebze Bahçesine Gidiyor</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055223847</t>
+          <t>9786055223878</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sesim</t>
+          <t>Can Çiftlikte</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055223854</t>
+          <t>9786055223885</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Göklerden Önce</t>
+          <t>Can ile Dedesinin Toprak Fırını</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055223212</t>
+          <t>9786055223762</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri ve Yurtseverlik</t>
+          <t>Yarım Asır Siyaset Millete Hizmet</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055223250</t>
+          <t>9786055223861</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Hayatlar</t>
+          <t>Kendime Dersler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055223267</t>
+          <t>9786055223847</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kanat Sesleri</t>
+          <t>Gönül Sesim</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055223335</t>
+          <t>9786055223854</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gurbin</t>
+          <t>Göklerden Önce</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055223366</t>
+          <t>9786055223212</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Tutkusu</t>
+          <t>Köy Enstitüleri ve Yurtseverlik</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055223786</t>
+          <t>9786055223250</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Kavşağı ve Özgür’e Mektuplar</t>
+          <t>Kaybolmuş Hayatlar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055223793</t>
+          <t>9786055223267</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Liderlik - 1</t>
+          <t>Kanat Sesleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055223540</t>
+          <t>9786055223335</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Anılarımda 5 Ülke</t>
+          <t>Gurbin</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055223779</t>
+          <t>9786055223366</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Damlayan Mektuplar</t>
+          <t>Aydınlık Tutkusu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055223755</t>
+          <t>9786055223786</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Söz Yüzüğü</t>
+          <t>Edebiyat Kavşağı ve Özgür’e Mektuplar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055223106</t>
+          <t>9786055223793</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Ben</t>
+          <t>Liderlik - 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055223182</t>
+          <t>9786055223540</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şair Mehmet Ali Efendi</t>
+          <t>Anılarımda 5 Ülke</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055223052</t>
+          <t>9786055223779</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aklın Atları</t>
+          <t>Şiirden Damlayan Mektuplar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055223717</t>
+          <t>9786055223755</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Gülmece</t>
+          <t>Söz Yüzüğü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055223748</t>
+          <t>9786055223106</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sehpadaki Aşk</t>
+          <t>Bir Yudum Ben</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055223731</t>
+          <t>9786055223182</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Omzundan Öptüm Sabahı</t>
+          <t>Şair Mehmet Ali Efendi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052458327</t>
+          <t>9786055223052</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Söylev (Günümüz Türkçesiyle)</t>
+          <t>Aklın Atları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055223687</t>
+          <t>9786055223717</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yırtık Uçurtma</t>
+          <t>Bir Yudum Gülmece</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055223625</t>
+          <t>9786055223748</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Oğluma Mektuplar</t>
+          <t>Sehpadaki Aşk</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055223632</t>
+          <t>9786055223731</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Düşünce Tekniği Köy Enstitüleri ve Karakter Yönlenimi</t>
+          <t>Omzundan Öptüm Sabahı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055223663</t>
+          <t>9786052458327</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Liderlik - 2</t>
+          <t>Söylev (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055223670</t>
+          <t>9786055223687</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dikey Kuşatma</t>
+          <t>Yırtık Uçurtma</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055223526</t>
+          <t>9786055223625</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığa Selam İlkelliğe Devam</t>
+          <t>Babam ve Oğluma Mektuplar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055223557</t>
+          <t>9786055223632</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bonapartizm</t>
+          <t>Kuantum Düşünce Tekniği Köy Enstitüleri ve Karakter Yönlenimi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055223519</t>
+          <t>9786055223663</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Görsel Kültüründe Cennet ve Cehennem</t>
+          <t>Liderlik - 2</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786056146442</t>
+          <t>9786055223670</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Zor Yıllar</t>
+          <t>Dikey Kuşatma</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944007016</t>
+          <t>9786055223526</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yarın Diye Bir Şey</t>
+          <t>Uygarlığa Selam İlkelliğe Devam</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786056059810</t>
+          <t>9786055223557</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kadın’ım</t>
+          <t>Bonapartizm</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944007030</t>
+          <t>9786055223519</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Geçen Yüzyıldan Anılar</t>
+          <t>Osmanlı Görsel Kültüründe Cennet ve Cehennem</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786058744417</t>
+          <t>9786056146442</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış İki Çokmuş</t>
+          <t>Zor Yıllar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786058744424</t>
+          <t>9789944007016</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Masal Anlat</t>
+          <t>Yarın Diye Bir Şey</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944007078</t>
+          <t>9786056059810</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ararat’ın Gelini</t>
+          <t>Kadın’ım</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055223380</t>
+          <t>9789944007030</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Her Yeri Kaplamasın</t>
+          <t>Geçen Yüzyıldan Anılar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
+          <t>9786058744417</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Bir Varmış İki Çokmuş</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786058744424</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Bana Bir Masal Anlat</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789944007078</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Ararat’ın Gelini</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786055223380</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Her Yeri Kaplamasın</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
           <t>9786055223274</t>
         </is>
       </c>
-      <c r="B132" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Nazım'ın Yaşam Türküsü</t>
         </is>
       </c>
-      <c r="C132" s="1">
+      <c r="C136" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>