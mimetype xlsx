--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,475 +85,490 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753880466</t>
+          <t>9786259569727</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Yolu 1</t>
+          <t>QR ya da Bileşik Geçmiş Zaman</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>3990000055103</t>
+          <t>9789753880466</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Psikopatolojisi (2 Cilt Takım)</t>
+          <t>Yaşam Yolu 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259569703</t>
+          <t>3990000055103</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Paris Yaşamları</t>
+          <t>Cinselliğin Psikopatolojisi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753881357</t>
+          <t>9786259569703</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dinin Kökenleri</t>
+          <t>Paris Yaşamları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753881876</t>
+          <t>9789753881357</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Başyapıt</t>
+          <t>Dinin Kökenleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753881869</t>
+          <t>9789753881876</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Mutluluğuna</t>
+          <t>Başyapıt</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753881852</t>
+          <t>9789753881869</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Federico Fellini Sineması</t>
+          <t>Kadınların Mutluluğuna</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753881845</t>
+          <t>9789753881852</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Çağı 19. Yüzyıl Filozofları</t>
+          <t>Federico Fellini Sineması</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753881838</t>
+          <t>9789753881845</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İlgi - İnsanoğluna Bir Davet</t>
+          <t>İdeoloji Çağı 19. Yüzyıl Filozofları</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753881814</t>
+          <t>9789753881838</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>George Stevens : Sinemaya Adanmış Bir Yaşam</t>
+          <t>Sosyal İlgi - İnsanoğluna Bir Davet</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753881821</t>
+          <t>9789753881814</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Estetik - 2 : Güzel Sanat Üzerine Dersler</t>
+          <t>George Stevens : Sinemaya Adanmış Bir Yaşam</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753881715</t>
+          <t>9789753881821</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Rougonlar’ın Serveti</t>
+          <t>Estetik - 2 : Güzel Sanat Üzerine Dersler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753881807</t>
+          <t>9789753881715</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>John Huston Sineması</t>
+          <t>Rougonlar’ın Serveti</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753881760</t>
+          <t>9789753881807</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Varlık Varlıkbilimine Doğru 3: Emek</t>
+          <t>John Huston Sineması</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753881791</t>
+          <t>9789753881760</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Psikopatolojisi 2. Cilt</t>
+          <t>Sosyal Varlık Varlıkbilimine Doğru 3: Emek</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753880817</t>
+          <t>9789753881791</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kadının Evrimi 2</t>
+          <t>Cinselliğin Psikopatolojisi 2. Cilt</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753881784</t>
+          <t>9789753880817</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Psikopatolojisi 1. Cilt</t>
+          <t>Kadının Evrimi 2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753881746</t>
+          <t>9789753881784</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Visconti</t>
+          <t>Cinselliğin Psikopatolojisi 1. Cilt</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753881739</t>
+          <t>9789753881746</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Varlık Varlıkbilimine Doğru 1 - Hegel</t>
+          <t>Visconti</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753881753</t>
+          <t>9789753881739</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Varlık Varlıkbilimine Doğru 2 Marx</t>
+          <t>Sosyal Varlık Varlıkbilimine Doğru 1 - Hegel</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753881708</t>
+          <t>9789753881753</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>1871 Paris Komünü</t>
+          <t>Sosyal Varlık Varlıkbilimine Doğru 2 Marx</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753881449</t>
+          <t>9789753881708</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yaşamöyküleri Andre Gide</t>
+          <t>1871 Paris Komünü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753881463</t>
+          <t>9789753881449</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Toplum ve Din</t>
+          <t>Yaşamöyküleri Andre Gide</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753880060</t>
+          <t>9789753881463</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kant Estetiği</t>
+          <t>Uygarlık Toplum ve Din</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753880909</t>
+          <t>9789753880060</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kadının Yazısız Tarihi</t>
+          <t>Kant Estetiği</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753881692</t>
+          <t>9789753880909</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Don Quijote 2</t>
+          <t>Kadının Yazısız Tarihi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753881685</t>
+          <t>9789753881692</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Don Quijote 1</t>
+          <t>Don Quijote 2</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753881173</t>
+          <t>9789753881685</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetler Arasında İşbirliği</t>
+          <t>Don Quijote 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
+          <t>9789753881173</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Cinsiyetler Arasında İşbirliği</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
           <t>9789753881234</t>
         </is>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Artamonov Ailesi</t>
         </is>
       </c>
-      <c r="C30" s="1">
+      <c r="C31" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>