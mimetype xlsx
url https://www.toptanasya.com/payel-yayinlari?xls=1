--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,490 +85,2620 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259569727</t>
+          <t>9786259569710</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>QR ya da Bileşik Geçmiş Zaman</t>
+          <t>İlgi Alanı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753880466</t>
+          <t>9789753880435</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Yolu 1</t>
+          <t>Canlının Mantığı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>3990000055103</t>
+          <t>9789753881609</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Psikopatolojisi (2 Cilt Takım)</t>
+          <t>Bireysel Ruhbilim</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259569703</t>
+          <t>9789753881180</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Paris Yaşamları</t>
+          <t>Bir Sürekli İlkbahar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753881357</t>
+          <t>9789753880046</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dinin Kökenleri</t>
+          <t>Bir Genç Kızın Anıları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753881876</t>
+          <t>9789753881425</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Başyapıt</t>
+          <t>Bilim ve Cinsiyet Ayrımı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753881869</t>
+          <t>3990000013270</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Mutluluğuna</t>
+          <t>Bedensel Boşalmanın İşlevi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753881852</t>
+          <t>9789753880930</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Federico Fellini Sineması</t>
+          <t>Baudelaire</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753881845</t>
+          <t>9789753880176</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Çağı 19. Yüzyıl Filozofları</t>
+          <t>Başkalarının Kanı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753881838</t>
+          <t>9789753880183</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İlgi - İnsanoğluna Bir Davet</t>
+          <t>Başı Dertte İnsanlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753881814</t>
+          <t>9789753889797</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>George Stevens : Sinemaya Adanmış Bir Yaşam</t>
+          <t>Avrupa Gerçekçiliği Balzac - Stendhal - Zola - Tolstoy - Gorki ve Diğerleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753881821</t>
+          <t>9789753880565</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Estetik - 2 : Güzel Sanat Üzerine Dersler</t>
+          <t>Aşk Sanatı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753881715</t>
+          <t>9789753880169</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Rougonlar’ın Serveti</t>
+          <t>Arkadaşım Che Guevara</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753881807</t>
+          <t>9789753880954</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>John Huston Sineması</t>
+          <t>Analitik Psikoloji</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753881760</t>
+          <t>9789753880138</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Varlık Varlıkbilimine Doğru 3: Emek</t>
+          <t>Analar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753881791</t>
+          <t>9789753880343</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Psikopatolojisi 2. Cilt</t>
+          <t>Altın Dal Cilt: 2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753880817</t>
+          <t>9789753880312</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kadının Evrimi 2</t>
+          <t>Altın Dal Cilt: 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753881784</t>
+          <t>9789753881562</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Psikopatolojisi 1. Cilt</t>
+          <t>Aklın Yıkımı Cilt: 2</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>260</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753881746</t>
+          <t>9789753881531</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Visconti</t>
+          <t>Aklın Yıkımı Cilt: 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753881739</t>
+          <t>9789753880824</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Varlık Varlıkbilimine Doğru 1 - Hegel</t>
+          <t>Aeneas</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753881753</t>
+          <t>9789753880794</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Varlık Varlıkbilimine Doğru 2 Marx</t>
+          <t>Sanatın Gerekliliği</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753881708</t>
+          <t>9789753881159</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>1871 Paris Komünü</t>
+          <t>Sanat ve Edebiyat</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753881449</t>
+          <t>9789753880121</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yaşamöyküleri Andre Gide</t>
+          <t>Sağlıklı Toplum</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753881463</t>
+          <t>9789753881258</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Toplum ve Din</t>
+          <t>Ruhçözümlemesinin Tarihi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753880060</t>
+          <t>9789753881036</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kant Estetiği</t>
+          <t>Ruhçözümlemesine Yeni Giriş Konferansları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753880909</t>
+          <t>9789753881012</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kadının Yazısız Tarihi</t>
+          <t>Ruhçözümlemesine Giriş Konferansları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>95</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753881692</t>
+          <t>9789753880633</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Don Quijote 2</t>
+          <t>Reich’in Düşünsel Yaşamı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753881685</t>
+          <t>9789753880886</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Don Quijote 1</t>
+          <t>Reich Freud’u Anlatıyor</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>32</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753881173</t>
+          <t>9789753881098</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetler Arasında İşbirliği</t>
+          <t>Psikopatoloji</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
+          <t>9789753881494</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Paris’in Karnı</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9789753881555</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Paris Yaşamı</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9789753880428</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlükten Kaçış</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789753881241</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük Yolu</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789753881203</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük Okulu</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789753880251</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Olgunluk Çağı 2</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9789753880237</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Olgunluk Çağı 1</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9789753880893</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Olgu Öyküleri 2</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9789753881067</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Olgu Öyküleri 1 "Dora ve Küçük Hans"</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9789753881364</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Metapsikoloji</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>3990000026955</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Kalıpları</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789753880763</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Koşulların Gücü Cilt: 2</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9789753880756</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Koşulların Gücü Cilt: 1</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789753880084</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Konuk Kız</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>3990000007186</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Portekiz Dün-Bugün</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9789753880220</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik Çözümlemesi</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789753881517</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl ve Kara 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789753881500</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl ve Kara 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789753889933</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Kanser</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789753880978</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlığımın Hikayesi</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789753880299</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Picasso - Saint-John Perse - Kafka</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789753880657</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar, Direniş ve Devrim</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789753881579</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar ve Erkekler</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789753880961</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Kadının Ruhsal Yapısı</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>3999753881654</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Kadının Gizlenmiş Tarihi</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789753880534</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Kadının Evrimi 1</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789753881456</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Saçı Büyü ve "Türban"</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789753881111</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Bilinci Erkek Dünyası</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789753881340</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Kadın 3 - Bağımsızlığa Doğru</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789753880398</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Kadın 2 - Evlilik Çağı</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789753881470</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Doğası</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789753880831</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Doğadaki Yeri</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789753880732</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Boyutları</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789753880688</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>İnsandaki Yıkıcılığın Kökenleri Cilt: 2</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789753880503</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>İnsandaki Yıkıcılığın Kökenleri Cilt: 1</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789753880213</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>İnsan ve Kent</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789753880992</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>İlk Filozoflar</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789753881371</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Histeri Üzerine Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789753880879</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Yaşamın Psikopatolojisi</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789753881319</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerin Oyunu</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789753880848</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Tutkusu</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789753880664</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Geleceğin Çocukları</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9789753889681</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Film Duyumu</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789753889674</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Film Biçimi</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789753881142</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Fırtınadan Sonra</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>3990000016146</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Faşizmin Kitle Ruhu Anlayışı</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789753881227</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Faşizmin Analizi</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789753881043</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Evrenin Oluşumu</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789753881333</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Estetik 3</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>3990053880367</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Estetik 2</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789753880626</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Estetik 1 (Hegel)</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789753881197</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Estetik 1</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9789753880381</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Kadın 1 - Genç Kızlık Çağı</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789753880268</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Özü</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789753880473</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Espriler ve Bilinçdışı ile İlişkileri</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>3990000022447</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Eski Toplum 2</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>3990000007173</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Yazınsal Denemeler</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>3990000026953</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın Anlamı</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789753880947</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Yolu 2</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789753881647</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam ve Ölüm Arasında</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789753880480</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Yasımı Tutacaksın</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789753880916</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı İnsan</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>3990000005320</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Yanılsama ve Gerçeklik</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789753881623</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Wilhelm Reich ve Yaşam Enerjisi</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789753881265</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Ve İnsan Otomobili Yarattı</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789753881029</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>...Ve Gözyaşlarınızı Tutun</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789753881166</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Varoluşçuluğun Tarihçesi</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789753880206</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Umut Devrimi</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789753880152</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Tragedyanın Kökeni</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789753880282</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Tarihöncesi Ege 2</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789753880855</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Tarihöncesi Ege 1</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789753880701</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Tarçın Kokulu Kız</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789753881210</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Tanrılar Kadınken</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789753880015</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Suçsuzlar</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789753880107</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789753880985</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Söylence, Din ve Anaerki</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789753881388</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Sorunlu Aile</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789753880862</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Sokak Kadınları</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789753880510</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Sinema Sanatı</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9789753880596</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Sığırtmaç Türküleri</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789753880671</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Sevme Sanatı</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789753880190</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Sevginin ve Şiddetin Kaynağı</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789753881401</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Sevginin Katıksızı</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789753880091</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Anıları</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789753881395</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Sanrı ve Düş "Gradiva"</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789753881135</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Tohum Yeşerince "Germinal"</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>3990000029467</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Olgu Öyküleri (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789753880499</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>İnsandaki Yıkıcılığın Kökenleri (2 Takım Cilt)</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>3990000054447</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Tarihöncesi Ege (2 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>3990000057010</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Olgunluk Çağı (2 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>3990000057009</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam yolu (2 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>3990000022446</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Eski Toplum 1</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789753880053</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Elise ya da Gerçek Yaşam</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789753880114</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Yaşamım</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789753881616</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat ve Sanat Üzerine</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789753880336</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Düşlerin Yorumu 2</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789753880244</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Düşlerin Yorumu 1</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789753881630</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Duygusal Zırhlanma</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789753880602</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşümler</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789753881104</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Dostoyevski</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789753880022</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Dirimin Öldürülüşü</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789753880640</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Dinle Küçük Adam</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>16.95</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789753880718</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Nedir?</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789753881081</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Dil ve Din</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789753880077</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Denemeler</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789753880923</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Darağacından Notlar</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789753881302</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Gerçekçiliğin Anlamı</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789753880411</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Cinselliğin Diyalektiği</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789753881661</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Cinsel Politika</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789753880039</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Cinsel Devrim</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789753880695</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Cinsel Ahlakın Boygöstermesi</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789753881524</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Cinsellik Üzerine</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>3990000022444</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Eski Toplum (2 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786259569727</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>QR ya da Bileşik Geçmiş Zaman</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789753880466</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Yolu 1</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>3990000055103</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Cinselliğin Psikopatolojisi (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786259569703</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Paris Yaşamları</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789753881357</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Dinin Kökenleri</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789753881876</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Başyapıt</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789753881869</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Mutluluğuna</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789753881852</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Federico Fellini Sineması</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9789753881845</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>İdeoloji Çağı 19. Yüzyıl Filozofları</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789753881838</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal İlgi - İnsanoğluna Bir Davet</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789753881814</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>George Stevens : Sinemaya Adanmış Bir Yaşam</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9789753881821</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Estetik - 2 : Güzel Sanat Üzerine Dersler</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9789753881715</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Rougonlar’ın Serveti</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789753881807</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>John Huston Sineması</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9789753881760</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Varlık Varlıkbilimine Doğru 3: Emek</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789753881791</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Cinselliğin Psikopatolojisi 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789753880817</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Kadının Evrimi 2</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789753881784</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Cinselliğin Psikopatolojisi 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789753881746</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Visconti</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9789753881739</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Varlık Varlıkbilimine Doğru 1 - Hegel</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9789753881753</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Varlık Varlıkbilimine Doğru 2 Marx</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9789753881708</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>1871 Paris Komünü</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9789753881449</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamöyküleri Andre Gide</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789753881463</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Uygarlık Toplum ve Din</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9789753880060</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Kant Estetiği</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9789753880909</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Kadının Yazısız Tarihi</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9789753881692</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Don Quijote 2</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9789753881685</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Don Quijote 1</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9789753881173</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Cinsiyetler Arasında İşbirliği</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
           <t>9789753881234</t>
         </is>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Artamonov Ailesi</t>
         </is>
       </c>
-      <c r="C31" s="1">
+      <c r="C173" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>