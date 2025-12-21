--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,610 +85,865 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786058231603</t>
+          <t>9786057316837</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hane</t>
+          <t>Erling Haaland</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057089076</t>
+          <t>9786050602784</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Bi Dünya İşaret</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258052381</t>
+          <t>9786056911033</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Farkında mısın?</t>
+          <t>Bizi Bitirir Bu Hikaye</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258052411</t>
+          <t>9786056828218</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>1915 Çanakkale Siperlerinde</t>
+          <t>Ne Şiir Şeysin Sen</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258052312</t>
+          <t>9786058231656</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Çocukları</t>
+          <t>S/özümüz Aşikar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>480</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258052237</t>
+          <t>9786058231689</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciler İçin Nutuk</t>
+          <t>Ağgülü Marla</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258052176</t>
+          <t>9786058231665</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Kitab-ı İlliyyun</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258052190</t>
+          <t>9786056828294</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Düşes Marmelat Teyze</t>
+          <t>Manevi Pencereden Gelibolu Cephesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258052183</t>
+          <t>9786056828256</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Bir Çınar Yaprağı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258052046</t>
+          <t>9786058231672</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Güvenmeyin</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258052053</t>
+          <t>9786058231641</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Kalemli Muhafız</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258052060</t>
+          <t>9786057089069</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258052077</t>
+          <t>9786258052374</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Hayatından 24 Saat</t>
+          <t>Fırtına ve Krallar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258052084</t>
+          <t>9786258052275</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Buz ve Karanlık</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258052091</t>
+          <t>9786258052251</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Son Savaş: 51. Bölge</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057390721</t>
+          <t>9786258052282</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Skinwalker Yüzyıllık Lanet</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057390752</t>
+          <t>9786258052299</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Kayıp Dünya: Karanlık Çember</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057390714</t>
+          <t>9786058231603</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Gönül Hane</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057390707</t>
+          <t>9786057089076</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sofia</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057390745</t>
+          <t>9786258052381</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Farkında mısın?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057390769</t>
+          <t>9786258052411</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>1915 Çanakkale Siperlerinde</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057390738</t>
+          <t>9786258052312</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Adem’in Çocukları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056911095</t>
+          <t>9786258052237</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sanal Gerçeklik</t>
+          <t>Öğrenciler İçin Nutuk</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056911088</t>
+          <t>9786258052176</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mavinin Çığlığı</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056911071</t>
+          <t>9786258052190</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Düşler Hapishanesi</t>
+          <t>Düşes Marmelat Teyze</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056911064</t>
+          <t>9786258052183</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şehirlerin de Kalbi Var</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056911057</t>
+          <t>9786258052046</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Biz Olabilmek</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990056911040</t>
+          <t>9786258052053</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nergisler Açarken</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056911019</t>
+          <t>9786258052060</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Derviş</t>
+          <t>İnsan Ne ile Yaşar?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056911026</t>
+          <t>9786258052077</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbi Olanlar Bir Kalbi Daha Olanlar</t>
+          <t>Bir Kadının Hayatından 24 Saat</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056911002</t>
+          <t>9786258052084</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sevdamız Vatandır Bizim</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056828287</t>
+          <t>9786258052091</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Deva</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056828263</t>
+          <t>9786057390721</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>At Şu Adımı!</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056828225</t>
+          <t>9786057390752</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Canpare Aşk</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>50</v>
+        <v>290</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056828201</t>
+          <t>9786057390714</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir Duruşu Olmalı İnsanın</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058231610</t>
+          <t>9786057390707</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>O İş Öyle Değil</t>
+          <t>Sofia</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058231634</t>
+          <t>9786057390745</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dert Taş Sabır</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>145</v>
+        <v>290</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
+          <t>9786057390769</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786057390738</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>1984</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786056911095</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Sanal Gerçeklik</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786056911088</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Mavinin Çığlığı</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786056911071</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Düşler Hapishanesi</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786056911064</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Şehirlerin de Kalbi Var</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786056911057</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Biz Olabilmek</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>3990056911040</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Nergisler Açarken</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786056911019</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Derviş</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786056911026</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kalbi Olanlar Bir Kalbi Daha Olanlar</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786056911002</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Sevdamız Vatandır Bizim</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786056828287</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Deva</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786056828263</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>At Şu Adımı!</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786056828225</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Canpare Aşk</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786056828201</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Bir Duruşu Olmalı İnsanın</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786058231610</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>O İş Öyle Değil</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786058231634</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Dert Taş Sabır</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
           <t>9786058231627</t>
         </is>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>15 Temmuz Konuşmaları</t>
         </is>
       </c>
-      <c r="C39" s="1">
-        <v>145</v>
+      <c r="C56" s="1">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>