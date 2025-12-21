--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,5950 +85,6220 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254106149</t>
+          <t>9786254104626</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gürültücüler Sokağı’nın Lotta’sı (Ciltli)</t>
+          <t>Gangster Okulu 1. Kitap</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>499.98</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052993323</t>
+          <t>9786254104602</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Emil (Ciltli)</t>
+          <t>Gangster Okulu - Cehennem Kardeşliği 2. Kitap</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052994801</t>
+          <t>9786254104619</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Emil Serisi Kutulu Özel Set (3 Kitap) (Ciltli)</t>
+          <t>Gangster Okulu: Haydut ve Katil Koyunlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1399.98</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254102233</t>
+          <t>9786254104992</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Jack Ve Dâhiler 1: Dünyanın Dibinde</t>
+          <t>1000 Yaşındaki Çocuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054263790</t>
+          <t>9786254105005</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gregor ve Gri Kehanet</t>
+          <t>Bir Hamsterla Zaman Yolculuğu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>399.98</v>
+        <v>425</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053439738</t>
+          <t>9786254105012</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şamatalı Köy (Ciltli)</t>
+          <t>Görünmez Olduğunuzda Asla Yapmamanız Gereken Şeyler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>399.98</v>
+        <v>425</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052991107</t>
+          <t>9786254105142</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şamatalı Köy Serisi Kutulu Özel Set (3 Kitap) (Ciltli)</t>
+          <t>Dünyayı Kurtaran Köpek</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1199.94</v>
+        <v>425</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053432784</t>
+          <t>9786254104596</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Arkadaşlarım (Ciltli)</t>
+          <t>Mars Aslanı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>185</v>
+        <v>425</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053431039</t>
+          <t>9786254104589</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kristal Lanet - Kaşifin Güncesi 3</t>
+          <t>Şans Fasulyesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053432562</t>
+          <t>9786254104572</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Güneş</t>
+          <t>Kaplumbağa Cennette</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>299</v>
+        <v>365</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254104749</t>
+          <t>9786254104633</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Herkesi Güldüren Çocuk</t>
+          <t>Fasulye'nin Planı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>375</v>
+        <v>365</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254105289</t>
+          <t>9786254104565</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Karlsson Serisi Kutulu Özel Set - (3 Kitap)</t>
+          <t>Üçüncü Mantar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1197</v>
+        <v>365</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254105111</t>
+          <t>9786254104558</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Karlsson Gizlice Dönüyor (Ciltli)</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>399</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254105104</t>
+          <t>9786254104541</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Karlsson Yine Uçuyor (Ciltli)</t>
+          <t>Bulut Evi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>399</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254105098</t>
+          <t>9786254104527</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Karlsson (Ciltli)</t>
+          <t>Hazine Avcıları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>399</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053439721</t>
+          <t>9786254104510</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Pippi Uzunçorap (Ciltli)</t>
+          <t>Owen ve Asker</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052991091</t>
+          <t>9786254104534</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Pippi Uzunçorap Serisi Özel Set (3 Kitap) (Ciltli)</t>
+          <t>Hayatım Bir Hız Treni</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>1125</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254105029</t>
+          <t>9786254104503</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bana Yeni Bir Popo Lazım Serisi - 4 Kitap</t>
+          <t>Mezarlık Bilmecesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>600</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254103643</t>
+          <t>9786254106149</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Popom Çok Yaramaz!</t>
+          <t>Gürültücüler Sokağı’nın Lotta’sı (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254103650</t>
+          <t>9786052993323</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Popom Çok Gürültücü!</t>
+          <t>Yaramaz Emil (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254103636</t>
+          <t>9786052994801</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Popomu Kırdım!</t>
+          <t>Yaramaz Emil Serisi Kutulu Özel Set (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>1399.98</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254103629</t>
+          <t>9786254102233</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bana Yeni Bir Popo Lazım!</t>
+          <t>Jack Ve Dâhiler 1: Dünyanın Dibinde</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254100789</t>
+          <t>9786054263790</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Pırtcan İle Kokarcan (Ciltli)</t>
+          <t>Gregor ve Gri Kehanet</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254100772</t>
+          <t>9786053439738</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hayali Bir Arkadaşın İtirafları</t>
+          <t>Şamatalı Köy (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052999301</t>
+          <t>9786052991107</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Haydudun Kızı Ronja</t>
+          <t>Şamatalı Köy Serisi Kutulu Özel Set (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>1199.94</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052998557</t>
+          <t>9786053432784</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ella’nın Günlükleri 1: Meydan Okuma</t>
+          <t>Hayalet Arkadaşlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052999479</t>
+          <t>9786053431039</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Camlı Ev</t>
+          <t>Kristal Lanet - Kaşifin Güncesi 3</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052998816</t>
+          <t>9786053432562</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sır Bekçileri</t>
+          <t>Güneş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>299</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254100390</t>
+          <t>9786254104749</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yaz Rüyası</t>
+          <t>Herkesi Güldüren Çocuk</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>185</v>
+        <v>375</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254100383</t>
+          <t>9786254105289</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Leziz Marşmelov</t>
+          <t>Çatıdaki Karlsson Serisi Kutulu Özel Set - (3 Kitap)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>185</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254100369</t>
+          <t>9786254105111</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Aşkı</t>
+          <t>Çatıdaki Karlsson Gizlice Dönüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>185</v>
+        <v>399</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254101083</t>
+          <t>9786254105104</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Avcı</t>
+          <t>Çatıdaki Karlsson Yine Uçuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>195</v>
+        <v>399</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254101076</t>
+          <t>9786254105098</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Koala</t>
+          <t>Çatıdaki Karlsson (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>195</v>
+        <v>399</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254101069</t>
+          <t>9786053439721</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hipopotam Cinayeti</t>
+          <t>Pippi Uzunçorap (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254100765</t>
+          <t>9786052991091</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik Kutulu Özel Set (4 Kitap)</t>
+          <t>Pippi Uzunçorap Serisi Özel Set (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>500</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254100109</t>
+          <t>9786254105029</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kayak Okulu</t>
+          <t>Bana Yeni Bir Popo Lazım Serisi - 4 Kitap</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>185</v>
+        <v>600</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052999509</t>
+          <t>9786254103643</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Büyükleri Eğitme Rehberi</t>
+          <t>Popom Çok Yaramaz!</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>249</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052998687</t>
+          <t>9786254103650</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kumandası (Ciltli)</t>
+          <t>Popom Çok Gürültücü!</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052999950</t>
+          <t>9786254103636</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Turtası</t>
+          <t>Popomu Kırdım!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052999554</t>
+          <t>9786254103629</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Sihri</t>
+          <t>Bana Yeni Bir Popo Lazım!</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052998564</t>
+          <t>9786254100789</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ella’nın Günlükleri 2 - Ters Perende</t>
+          <t>Pırtcan İle Kokarcan (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052998571</t>
+          <t>9786254100772</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ella'nın Günlükleri 3: Hayvan Sevgisi</t>
+          <t>Hayali Bir Arkadaşın İtirafları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053434542</t>
+          <t>9786052999301</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ezikler Listesi 4: Beni Eziğinize Götürün (Ciltli)</t>
+          <t>Haydudun Kızı Ronja</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254100949</t>
+          <t>9786052998557</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Charlie T-Rex’e Dönüşüyor - Charlie Serisi 2</t>
+          <t>Ella’nın Günlükleri 1: Meydan Okuma</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254100956</t>
+          <t>9786052999479</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Charlie Tavuğa Dönüşüyor – Charlie Serisi 1</t>
+          <t>Yeşil Camlı Ev</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254100963</t>
+          <t>9786052998816</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Charlie Mamuta Dönüşüyor - Charlie Serisi 3</t>
+          <t>Sır Bekçileri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254100796</t>
+          <t>9786254100390</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yokboynuz (Ciltli)</t>
+          <t>Yaz Rüyası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254102547</t>
+          <t>9786254100383</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Balonlar Uçmaz Mı?</t>
+          <t>Leziz Marşmelov</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254102653</t>
+          <t>9786254100369</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sadako - Sadako Sasaki İle Kâğıttan Bin Turnanın Gerçek Hikayesi</t>
+          <t>Kiraz Aşkı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>119</v>
+        <v>185</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052998496</t>
+          <t>9786254101083</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Babam Bana Evreni Gösterdiğinde (Ciltli)</t>
+          <t>Gizemli Avcı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052996546</t>
+          <t>9786254101076</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Lotta’nın Günlüğü 4: Tavşan Kaç (Ciltli)</t>
+          <t>Kayıp Koala</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052996553</t>
+          <t>9786254101069</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Lotta'nın Günlüğü 5: Kaplumbağamın Nesli Tükeniyor (Ciltli)</t>
+          <t>Hipopotam Cinayeti</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052996560</t>
+          <t>9786254100765</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Lotta'nın Günlüğü 6: Sona Kalan Geyiğe Kalır (Ciltli)</t>
+          <t>Eğlenceli Matematik Kutulu Özel Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>185</v>
+        <v>500</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052999806</t>
+          <t>9786254100109</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kalbinde Uzay Boşluğu Olan Kız</t>
+          <t>Kayak Okulu</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052998830</t>
+          <t>9786052999509</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Uzay Taksi 2: Sualtı Operasyonu</t>
+          <t>Büyükleri Eğitme Rehberi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>110</v>
+        <v>249</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052998823</t>
+          <t>9786052998687</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Uzay Taksi 1: Uçuşa Geçiyoruz</t>
+          <t>İnsan Kumandası (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052998595</t>
+          <t>9786052999950</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Sirki</t>
+          <t>Gezegen Turtası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052998618</t>
+          <t>9786052999554</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kutusu</t>
+          <t>Zamanın Sihri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052998601</t>
+          <t>9786052998564</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fırın</t>
+          <t>Ella’nın Günlükleri 2 - Ters Perende</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052998472</t>
+          <t>9786052998571</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kardeşim Kurtadam 3: Cadılar Bayramı</t>
+          <t>Ella'nın Günlükleri 3: Hayvan Sevgisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052998489</t>
+          <t>9786053434542</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kardeşim Kurtadam 4: Kuyruk Sıkıştı</t>
+          <t>Ezikler Listesi 4: Beni Eziğinize Götürün (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052998120</t>
+          <t>9786254100949</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Baloncukta Yaşayan Çocuk</t>
+          <t>Charlie T-Rex’e Dönüşüyor - Charlie Serisi 2</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052997727</t>
+          <t>9786254100956</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Köpek Minik</t>
+          <t>Charlie Tavuğa Dönüşüyor – Charlie Serisi 1</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052997710</t>
+          <t>9786254100963</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Terk Edilmiş Kedi Puslu</t>
+          <t>Charlie Mamuta Dönüşüyor - Charlie Serisi 3</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052997703</t>
+          <t>9786254100796</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Köpek Kıpırdak</t>
+          <t>Yokboynuz (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052997758</t>
+          <t>9786254102547</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Lekeli’nin Yalnız Yeni Yılı</t>
+          <t>Kırmızı Balonlar Uçmaz Mı?</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052998113</t>
+          <t>9786254102653</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Halka Spagetti</t>
+          <t>Sadako - Sadako Sasaki İle Kâğıttan Bin Turnanın Gerçek Hikayesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>119</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052997109</t>
+          <t>9786052998496</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Battaniyem: Uyku Vakti</t>
+          <t>Babam Bana Evreni Gösterdiğinde (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>90</v>
+        <v>185</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052997611</t>
+          <t>9786052996546</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Işıklı Kavanoz</t>
+          <t>Lotta’nın Günlüğü 4: Tavşan Kaç (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>169</v>
+        <v>185</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052996393</t>
+          <t>9786052996553</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Anlamı: Sayılarla Model Kurmak</t>
+          <t>Lotta'nın Günlüğü 5: Kaplumbağamın Nesli Tükeniyor (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052996386</t>
+          <t>9786052996560</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Eğlenerek Matematik: Oyna, Tanımla, Ölç, Hesapla</t>
+          <t>Lotta'nın Günlüğü 6: Sona Kalan Geyiğe Kalır (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052996416</t>
+          <t>9786052999806</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kareler, Hiyeroglifler ve Akıllı Kartlar</t>
+          <t>Kalbinde Uzay Boşluğu Olan Kız</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052996409</t>
+          <t>9786052998830</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Matematik Oynayalım Mı?</t>
+          <t>Uzay Taksi 2: Sualtı Operasyonu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052997123</t>
+          <t>9786052998823</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kardeşim Kurtadam 2: Yavru Kurt Sevgisi</t>
+          <t>Uzay Taksi 1: Uçuşa Geçiyoruz</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052997345</t>
+          <t>9786052998595</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Vampir 18</t>
+          <t>Mucizeler Sirki</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052997154</t>
+          <t>9786052998618</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Megastar Fin Spencer’in Finanılmaz Günlüğü 2</t>
+          <t>Hayal Kutusu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052997338</t>
+          <t>9786052998601</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Vampir 17</t>
+          <t>Sihirli Fırın</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052997147</t>
+          <t>9786052998472</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dublör Çocuk Fin Spencer’in Finanılmaz Günlüğü 1</t>
+          <t>Erkek Kardeşim Kurtadam 3: Cadılar Bayramı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052997307</t>
+          <t>9786052998489</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ben Neden Varım? ve Çocuk Filozoflar İçin Daha Bir Sürü Soru</t>
+          <t>Erkek Kardeşim Kurtadam 4: Kuyruk Sıkıştı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>249</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052997130</t>
+          <t>9786052998120</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kardeşim Kurtadam 1: Kurt Uluması</t>
+          <t>Baloncukta Yaşayan Çocuk</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052996997</t>
+          <t>9786052997727</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Vampir 16</t>
+          <t>Şanslı Köpek Minik</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052996928</t>
+          <t>9786052997710</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Hikaye Anlat</t>
+          <t>Terk Edilmiş Kedi Puslu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052996652</t>
+          <t>9786052997703</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Bin Turna</t>
+          <t>Yalnız Köpek Kıpırdak</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052996270</t>
+          <t>9786052997758</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Taraf</t>
+          <t>Lekeli’nin Yalnız Yeni Yılı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052995952</t>
+          <t>9786052998113</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Alfred Kropp: On Üçüncü Kafatası</t>
+          <t>Benim Adım Halka Spagetti</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052995488</t>
+          <t>9786052997109</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Pea'nın Doğum Günü Kitabı</t>
+          <t>Sihirli Battaniyem: Uyku Vakti</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052995204</t>
+          <t>9786052997611</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mio, Benim Mio'm</t>
+          <t>Işıklı Kavanoz</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>169</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052995037</t>
+          <t>9786052996393</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çekirge Ormanı</t>
+          <t>Matematiğin Anlamı: Sayılarla Model Kurmak</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>299</v>
+        <v>125</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052995136</t>
+          <t>9786052996386</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>On Dördüncü Mucizem</t>
+          <t>Eğlenerek Matematik: Oyna, Tanımla, Ölç, Hesapla</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>199</v>
+        <v>125</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052994764</t>
+          <t>9786052996416</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Alfred Kropp: Süleyman'ın Mührü</t>
+          <t>Kareler, Hiyeroglifler ve Akıllı Kartlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052994603</t>
+          <t>9786052996409</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kapkek Günlükleri 11: Emma, Kapkekleri Kadar Ünlü</t>
+          <t>Matematik Oynayalım Mı?</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052994610</t>
+          <t>9786052997123</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kapkek Günlükleri 12: Kremalı Alexis</t>
+          <t>Erkek Kardeşim Kurtadam 2: Yavru Kurt Sevgisi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052994627</t>
+          <t>9786052997345</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kapkek Günlükleri 13: Katie'nin Yeni Tarifi</t>
+          <t>Kız Kardeşim Vampir 18</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052994634</t>
+          <t>9786052997154</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kapkek Günlükleri 14: Mia ve Zevk Meselesi</t>
+          <t>Megastar Fin Spencer’in Finanılmaz Günlüğü 2</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052994658</t>
+          <t>9786052997338</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şansa Bak</t>
+          <t>Kız Kardeşim Vampir 17</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>249</v>
+        <v>110</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052994207</t>
+          <t>9786052997147</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Emil Hala Yaramaz (Ciltli)</t>
+          <t>Dublör Çocuk Fin Spencer’in Finanılmaz Günlüğü 1</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>499.98</v>
+        <v>110</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052994252</t>
+          <t>9786052997307</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Küçük Haylaz Köpeğim 4: Hayta’nın Pijama Partisi</t>
+          <t>Ben Neden Varım? ve Çocuk Filozoflar İçin Daha Bir Sürü Soru</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>110</v>
+        <v>249</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052994290</t>
+          <t>9786052997130</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aile Bulma Kurumu (Ciltli)</t>
+          <t>Erkek Kardeşim Kurtadam 1: Kurt Uluması</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052994375</t>
+          <t>9786052996997</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Akvaryumda Yaşayan Çocuk</t>
+          <t>Kız Kardeşim Vampir 16</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052994382</t>
+          <t>9786052996928</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon Dilek</t>
+          <t>Bana Bir Hikaye Anlat</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052994368</t>
+          <t>9786052996652</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Vampir 15: Gizem Peşinde</t>
+          <t>Bir Dilek Bin Turna</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052994245</t>
+          <t>9786052996270</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Küçük Haylaz Köpeğim 3: Hayta’nın Oyun Vakti</t>
+          <t>Karanlık Taraf</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052994238</t>
+          <t>9786052995952</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Küçük Haylaz Köpeğim 2: Hayta’nın Yeni Numaraları</t>
+          <t>Alfred Kropp: On Üçüncü Kafatası</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052994221</t>
+          <t>9786052995488</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Küçük Haylaz Köpeğim 1: Hayta’ya Bir Yuva</t>
+          <t>Pea'nın Doğum Günü Kitabı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052993675</t>
+          <t>9786052995204</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Cim Düğme ve Vahşi 13’ler</t>
+          <t>Mio, Benim Mio'm</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052993354</t>
+          <t>9786052995037</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Cim Düğme ve Lokomotifçi Lukas</t>
+          <t>Çekirge Ormanı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052993583</t>
+          <t>9786052995136</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sadece Grace ve Abur Cubur Zamanı 5. Kitap</t>
+          <t>On Dördüncü Mucizem</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>125</v>
+        <v>199</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052993590</t>
+          <t>9786052994764</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sadece Grace ve Korkunç Tütü 6. Kitap</t>
+          <t>Alfred Kropp: Süleyman'ın Mührü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052993606</t>
+          <t>9786052994603</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sadece Grace Çevreci Oluyor 4. Kitap</t>
+          <t>Kapkek Günlükleri 11: Emma, Kapkekleri Kadar Ünlü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052993002</t>
+          <t>9786052994610</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Sosisli 1 - Kozmo'nun Kozmik Macerası (Ciltli)</t>
+          <t>Kapkek Günlükleri 12: Kremalı Alexis</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052993163</t>
+          <t>9786052994627</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Mucizeyiz (Ciltli)</t>
+          <t>Kapkek Günlükleri 13: Katie'nin Yeni Tarifi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052993293</t>
+          <t>9786052994634</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Emil Yaramazlıklarına Devam Ediyor (Ciltli)</t>
+          <t>Kapkek Günlükleri 14: Mia ve Zevk Meselesi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052993118</t>
+          <t>9786052994658</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dilek Şurubu</t>
+          <t>Şansa Bak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052993026</t>
+          <t>9786052994207</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Yumurtası (Ciltli)</t>
+          <t>Emil Hala Yaramaz (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>185</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052991718</t>
+          <t>9786052994252</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kızlar 4 (Ciltli)</t>
+          <t>Küçük Haylaz Köpeğim 4: Hayta’nın Pijama Partisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052991701</t>
+          <t>9786052994290</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kızlar 3 (Ciltli)</t>
+          <t>Aile Bulma Kurumu (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052991657</t>
+          <t>9786052994375</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kızlar 2 (Ciltli)</t>
+          <t>Akvaryumda Yaşayan Çocuk</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052991640</t>
+          <t>9786052994382</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kızlar 1 (Ciltli)</t>
+          <t>Bir Milyon Dilek</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052992814</t>
+          <t>9786052994368</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kedicik Yıldız</t>
+          <t>Kız Kardeşim Vampir 15: Gizem Peşinde</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052992821</t>
+          <t>9786052994245</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Köpek Kakao</t>
+          <t>Küçük Haylaz Köpeğim 3: Hayta’nın Oyun Vakti</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052992791</t>
+          <t>9786052994238</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Evini Arayan Fındık</t>
+          <t>Küçük Haylaz Köpeğim 2: Hayta’nın Yeni Numaraları</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052992753</t>
+          <t>9786052994221</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Bilen Çocuk</t>
+          <t>Küçük Haylaz Köpeğim 1: Hayta’ya Bir Yuva</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052991572</t>
+          <t>9786052993675</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yedi Harika 2 Babil'de Kayıp</t>
+          <t>Cim Düğme ve Vahşi 13’ler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>359</v>
+        <v>199</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052992326</t>
+          <t>9786052993354</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hayalet (Ciltli)</t>
+          <t>Cim Düğme ve Lokomotifçi Lukas</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>185</v>
+        <v>199</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052992241</t>
+          <t>9786052993583</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Aslanyürekli Kardeşler (Ciltli)</t>
+          <t>Sadece Grace ve Abur Cubur Zamanı 5. Kitap</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052992470</t>
+          <t>9786052993590</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Alfred Kropp’un Olağanüstü Maceraları</t>
+          <t>Sadece Grace ve Korkunç Tütü 6. Kitap</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052991664</t>
+          <t>9786052993606</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Lotta'nın Günlüğü: Her Yanım Tavşan! (Ciltli)</t>
+          <t>Sadece Grace Çevreci Oluyor 4. Kitap</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052991688</t>
+          <t>9786052993002</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Lotta'nın Günlüğü: Solucan Buraya Sıkımış! (Ciltli)</t>
+          <t>Galaktik Sosisli 1 - Kozmo'nun Kozmik Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052991671</t>
+          <t>9786052993163</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Lotta'nın Günlüğü: Bu İşler Nasıl Karıştı Böyle! (Ciltli)</t>
+          <t>Hepimiz Mucizeyiz (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052991695</t>
+          <t>9786052993293</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Senin Lotta Günlüğün Sana Özel (Ciltli)</t>
+          <t>Emil Yaramazlıklarına Devam Ediyor (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>185</v>
+        <v>450</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052992364</t>
+          <t>9786052993118</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gülen Gökyüzü (Ciltli)</t>
+          <t>Dilek Şurubu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052992258</t>
+          <t>9786052993026</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Joe Cowley’nin Gizli Blogu</t>
+          <t>Dinozor Yumurtası (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052992302</t>
+          <t>9786052991718</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yaratık Festivali (Ciltli)</t>
+          <t>Sihirli Kızlar 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052991817</t>
+          <t>9786052991701</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ötedünya 3</t>
+          <t>Sihirli Kızlar 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052991480</t>
+          <t>9786052991657</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kaçık Zombi Balığım Serisi 6 (Ciltli)</t>
+          <t>Sihirli Kızlar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052991473</t>
+          <t>9786052991640</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kaçık Zombi Balığım Serisi 5 (Ciltli)</t>
+          <t>Sihirli Kızlar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052990926</t>
+          <t>9786052992814</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Nicholas Benedict’in Olağanüstü Eğitimi</t>
+          <t>Kayıp Kedicik Yıldız</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052991039</t>
+          <t>9786052992821</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ortadirek</t>
+          <t>Kaçak Köpek Kakao</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>299</v>
+        <v>110</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052990995</t>
+          <t>9786052992791</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kapkek Günlükleri 10: Mia’nin Kaynama Noktası</t>
+          <t>Evini Arayan Fındık</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052991015</t>
+          <t>9786052992753</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kapkek Günlükleri 8: Alexis Kapkek Kadar Havalı</t>
+          <t>Her Şeyi Bilen Çocuk</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052991022</t>
+          <t>9786052991572</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kapkek Günlükleri 9: Katie ve Kapkek Savaşı</t>
+          <t>Yedi Harika 2 Babil'de Kayıp</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>110</v>
+        <v>359</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052991008</t>
+          <t>9786052992326</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kapkek Günlükleri 7: Emma Karmakarışık</t>
+          <t>Küçük Hayalet (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052990544</t>
+          <t>9786052992241</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Dünya Rekorları Savaşı (Ciltli)</t>
+          <t>Aslanyürekli Kardeşler (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052990582</t>
+          <t>9786052992470</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Vampir 14</t>
+          <t>Alfred Kropp’un Olağanüstü Maceraları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053439714</t>
+          <t>9786052991664</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Şamatalı Köy'de Eğlence (Ciltli)</t>
+          <t>Lotta'nın Günlüğü: Her Yanım Tavşan! (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>399.98</v>
+        <v>185</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052990551</t>
+          <t>9786052991688</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ellika Tomson'un Keşif Günlüğü (Ciltli)</t>
+          <t>Lotta'nın Günlüğü: Solucan Buraya Sıkımış! (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>219</v>
+        <v>185</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052990131</t>
+          <t>9786052991671</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Dr. Pisikedi Kurtarmaya Hazır: Tavşancık Yonca</t>
+          <t>Lotta'nın Günlüğü: Bu İşler Nasıl Karıştı Böyle! (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052990148</t>
+          <t>9786052991695</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Dr. Pisikedi Kurtarmaya Hazır: Ördekçik Salkım</t>
+          <t>Senin Lotta Günlüğün Sana Özel (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052990124</t>
+          <t>9786052992364</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dr. Pisikedi Kurtarmaya Hazır-Köpekçik Çiçek</t>
+          <t>Gülen Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>219</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052990117</t>
+          <t>9786052992258</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dr. Pisikedi Kurtarmaya Hazır: Kedicik Papatya</t>
+          <t>Joe Cowley’nin Gizli Blogu</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053439691</t>
+          <t>9786052992302</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Pippi Uzunçorap Büyük Okyanus'ta (Ciltli)</t>
+          <t>Yaratık Festivali (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053439707</t>
+          <t>9786052991817</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Pippi Uzunçorap Denize Açılıyor (Ciltli)</t>
+          <t>Ötedünya 3</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053439745</t>
+          <t>9786052991480</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Şamatalı Köy'de Neler Oluyor? (Ciltli)</t>
+          <t>Kaçık Zombi Balığım Serisi 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>399.98</v>
+        <v>195</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053439967</t>
+          <t>9786052991473</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Hayvanlar 4</t>
+          <t>Kaçık Zombi Balığım Serisi 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053439950</t>
+          <t>9786052990926</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Hayvanlar 3</t>
+          <t>Nicholas Benedict’in Olağanüstü Eğitimi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052990162</t>
+          <t>9786052991039</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Pea’nin Hayaller Kitabı</t>
+          <t>Ortadirek</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>125</v>
+        <v>299</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053439004</t>
+          <t>9786052990995</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kedisi Tarçın</t>
+          <t>Kapkek Günlükleri 10: Mia’nin Kaynama Noktası</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053438991</t>
+          <t>9786052991015</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Köpek Max</t>
+          <t>Kapkek Günlükleri 8: Alexis Kapkek Kadar Havalı</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053438984</t>
+          <t>9786052991022</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen Kedi Bulut</t>
+          <t>Kapkek Günlükleri 9: Katie ve Kapkek Savaşı</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053438892</t>
+          <t>9786052991008</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sadece Grace Köpek Gezdiriyor (Ciltli)</t>
+          <t>Kapkek Günlükleri 7: Emma Karmakarışık</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053438861</t>
+          <t>9786052990544</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hala Sadece Grace (Ciltli)</t>
+          <t>Dünya Rekorları Savaşı (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053438885</t>
+          <t>9786052990582</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sadece Grace 1 (Ciltli)</t>
+          <t>Kız Kardeşim Vampir 14</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053439486</t>
+          <t>9786053439714</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yaratık Departmanı (Ciltli)</t>
+          <t>Şamatalı Köy'de Eğlence (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>195</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053436386</t>
+          <t>9786052990551</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Canavar Avcıları 5: Frankenstein</t>
+          <t>Ellika Tomson'un Keşif Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>110</v>
+        <v>219</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053438281</t>
+          <t>9786052990131</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kapkek Günlükleri 5: Katie, Tuttur Şu Hamuru!</t>
+          <t>Dr. Pisikedi Kurtarmaya Hazır: Tavşancık Yonca</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053439127</t>
+          <t>9786052990148</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ötedünya 2</t>
+          <t>Dr. Pisikedi Kurtarmaya Hazır: Ördekçik Salkım</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053439264</t>
+          <t>9786052990124</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalp Bin Umut</t>
+          <t>Dr. Pisikedi Kurtarmaya Hazır-Köpekçik Çiçek</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>249</v>
+        <v>120</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053436683</t>
+          <t>9786052990117</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Öğrenci Rehberi</t>
+          <t>Dr. Pisikedi Kurtarmaya Hazır: Kedicik Papatya</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053436645</t>
+          <t>9786053439691</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzaylı Öğrenciden Mektuplar 3</t>
+          <t>Pippi Uzunçorap Büyük Okyanus'ta (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>110</v>
+        <v>375</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053436638</t>
+          <t>9786053439707</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzaylı Öğrenciden Mektuplar 2</t>
+          <t>Pippi Uzunçorap Denize Açılıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>110</v>
+        <v>375</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053436621</t>
+          <t>9786053439745</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzaylı Öğrenciden Mektuplar 1</t>
+          <t>Şamatalı Köy'de Neler Oluyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>110</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053437642</t>
+          <t>9786053439967</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Periler Diyarı 6: Tekboynuz</t>
+          <t>Hayalet Hayvanlar 4</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053437635</t>
+          <t>9786053439950</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Periler Diyarı 5: Sihirli Anahtar</t>
+          <t>Hayalet Hayvanlar 3</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053437628</t>
+          <t>9786052990162</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Periler Diyarı 4: Son Peri - Elması Ağacı</t>
+          <t>Pea’nin Hayaller Kitabı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053438298</t>
+          <t>9786053439004</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kapkek Günlükleri 6: Mia ve Düzinelerce Kapkek</t>
+          <t>Sokak Kedisi Tarçın</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053436508</t>
+          <t>9786053438991</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Trenin Gizemi</t>
+          <t>Kaybolan Köpek Max</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053436461</t>
+          <t>9786053438984</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Gizemi</t>
+          <t>İstenmeyen Kedi Bulut</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053436454</t>
+          <t>9786053438892</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Otelin Gizemi</t>
+          <t>Sadece Grace Köpek Gezdiriyor (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053436447</t>
+          <t>9786053438861</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Gazetenin Gizemi</t>
+          <t>Hala Sadece Grace (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053436430</t>
+          <t>9786053438885</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Gizemi</t>
+          <t>Sadece Grace 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053436416</t>
+          <t>9786053439486</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Canavar Avcıları 10: Karadamı'nın Sırrı</t>
+          <t>Yaratık Departmanı (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053436379</t>
+          <t>9786053436386</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Canavar Avcıları 9: Dağ Kralı</t>
+          <t>Canavar Avcıları 5: Frankenstein</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053436393</t>
+          <t>9786053438281</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Canavar Avcıları 8: Göl Canavarı</t>
+          <t>Kapkek Günlükleri 5: Katie, Tuttur Şu Hamuru!</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053436423</t>
+          <t>9786053439127</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Lovlunda Sarayı’nın Hayaletleri</t>
+          <t>Ötedünya 2</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053436409</t>
+          <t>9786053439264</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Canavar Avcıları 6: Hayalet Dükkanı</t>
+          <t>Bir Kalp Bin Umut</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>110</v>
+        <v>249</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053438243</t>
+          <t>9786053436683</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gezegenin Hikayesi (Ciltli)</t>
+          <t>Uzaylı Öğrenci Rehberi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053435617</t>
+          <t>9786053436645</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi ve Yeni Numarası</t>
+          <t>Bir Uzaylı Öğrenciden Mektuplar 3</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053435600</t>
+          <t>9786053436638</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi ve Yeni Arkadaşı</t>
+          <t>Bir Uzaylı Öğrenciden Mektuplar 2</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053435648</t>
+          <t>9786053436621</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi ve Kayıp Oyuncak Ayı</t>
+          <t>Bir Uzaylı Öğrenciden Mektuplar 1</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053435631</t>
+          <t>9786053437642</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi ve Büyük Arkadaşı</t>
+          <t>Periler Diyarı 6: Tekboynuz</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053435662</t>
+          <t>9786053437635</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi Ödül Peşinde</t>
+          <t>Periler Diyarı 5: Sihirli Anahtar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053435624</t>
+          <t>9786053437628</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi Okullu Oldu</t>
+          <t>Periler Diyarı 4: Son Peri - Elması Ağacı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053435655</t>
+          <t>9786053438298</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi Çiftlikte</t>
+          <t>Kapkek Günlükleri 6: Mia ve Düzinelerce Kapkek</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053437710</t>
+          <t>9786053436508</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kumkurdu Serisi Özel Kutulu Set (3 Kitap) (Ciltli)</t>
+          <t>Trenin Gizemi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>1050</v>
+        <v>110</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053435020</t>
+          <t>9786053436461</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kaçık Zombi Balığım 4 (Ciltli)</t>
+          <t>Sinemanın Gizemi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053435006</t>
+          <t>9786053436454</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kaçık Zombi Balığım 3 / Öfkeli Yüzgeçler (Ciltli)</t>
+          <t>Otelin Gizemi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053434986</t>
+          <t>9786053436447</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kaçık Zombi Balığım 1 / Bu Balık Çok Fena! (Ciltli)</t>
+          <t>Gazetenin Gizemi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053436652</t>
+          <t>9786053436430</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan Masallar 5: Arapsaçı</t>
+          <t>Futbolun Gizemi</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053436676</t>
+          <t>9786053436416</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan Masallar-4</t>
+          <t>Canavar Avcıları 10: Karadamı'nın Sırrı</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053436669</t>
+          <t>9786053436379</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Battı Krallık / Sil Baştan Masallar 3</t>
+          <t>Canavar Avcıları 9: Dağ Kralı</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053436614</t>
+          <t>9786053436393</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Tam Ayağıma Göre / Sil Baştan Masallar 2</t>
+          <t>Canavar Avcıları 8: Göl Canavarı</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053436607</t>
+          <t>9786053436423</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan Masallar-1</t>
+          <t>Lovlunda Sarayı’nın Hayaletleri</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053434979</t>
+          <t>9786053436409</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Mika: Yeni Hayatım</t>
+          <t>Canavar Avcıları 6: Hayalet Dükkanı</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053434948</t>
+          <t>9786053438243</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Lulu: Büyüleyici Hayatım</t>
+          <t>Mavi Gezegenin Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053434924</t>
+          <t>9786053435617</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Coco: Leziz Hayatım</t>
+          <t>Bisküvi ve Yeni Numarası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053434894</t>
+          <t>9786053435600</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kiki: Tarz Hayatım</t>
+          <t>Bisküvi ve Yeni Arkadaşı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053435051</t>
+          <t>9786053435648</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Korkunç T-Rex Olayı</t>
+          <t>Bisküvi ve Kayıp Oyuncak Ayı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053435037</t>
+          <t>9786053435631</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Karnavaldaki Sahtekarlık Olayı</t>
+          <t>Bisküvi ve Büyük Arkadaşı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053435044</t>
+          <t>9786053435662</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bilim Dedektifleri Doyle ve Fossey 4: Kusmuklu Doğum Günü Olayı</t>
+          <t>Bisküvi Ödül Peşinde</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053435822</t>
+          <t>9786053435624</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Daha Fazla Kumkurdu - 2 (Ciltli)</t>
+          <t>Bisküvi Okullu Oldu</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053435785</t>
+          <t>9786053435655</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kumkurdu (Ciltli)</t>
+          <t>Bisküvi Çiftlikte</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053437345</t>
+          <t>9786053437710</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Takımı Dizisi: Şehirde Renkler ve Şekiller</t>
+          <t>Kumkurdu Serisi Özel Kutulu Set (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053437338</t>
+          <t>9786053435020</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Takımı Dizisi: Küçük Karga Çorap’la Hayvanat Bahçesinde Sayılar ve Miktarlar</t>
+          <t>Kaçık Zombi Balığım 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053437352</t>
+          <t>9786053435006</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Takımı Dizisi: 1-2-3</t>
+          <t>Kaçık Zombi Balığım 3 / Öfkeli Yüzgeçler (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053437376</t>
+          <t>9786053434986</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Küçük Karga Kendine İsim Seçiyor (Ciltli)</t>
+          <t>Kaçık Zombi Balığım 1 / Bu Balık Çok Fena! (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053437369</t>
+          <t>9786053436652</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Korkacak Bir Şey Yok! (Ciltli)</t>
+          <t>Sil Baştan Masallar 5: Arapsaçı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053437390</t>
+          <t>9786053436676</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Küçük Karga Çorap’ın Okul Maceraları (Ciltli)</t>
+          <t>Sil Baştan Masallar-4</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053432906</t>
+          <t>9786053436669</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Çokbilmiş Brown - 2</t>
+          <t>Battı Krallık / Sil Baştan Masallar 3</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053432890</t>
+          <t>9786053436614</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Çokbilmiş Brown - 1</t>
+          <t>Tam Ayağıma Göre / Sil Baştan Masallar 2</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053433873</t>
+          <t>9786053436607</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İpek Krallık 2: Kupa Kızı Layla</t>
+          <t>Sil Baştan Masallar-1</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053433866</t>
+          <t>9786053434979</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İpek Ailesinin Yeni Üyesi</t>
+          <t>Mika: Yeni Hayatım</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053432920</t>
+          <t>9786053434948</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çokbilmiş Brown - 4</t>
+          <t>Lulu: Büyüleyici Hayatım</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053432913</t>
+          <t>9786053434924</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Çokbilmiş Brown -3</t>
+          <t>Coco: Leziz Hayatım</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053435235</t>
+          <t>9786053434894</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Gustav Gorky 2: Robot Kafayı Yiyor (Ciltli)</t>
+          <t>Kiki: Tarz Hayatım</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053435761</t>
+          <t>9786053435051</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Daha da Fazla Kumkurdu - 3 (Ciltli)</t>
+          <t>Korkunç T-Rex Olayı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053435501</t>
+          <t>9786053435037</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yedi Harika 1 / Kolossus'un Yükselişi</t>
+          <t>Karnavaldaki Sahtekarlık Olayı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053432326</t>
+          <t>9786053435044</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Perileri</t>
+          <t>Bilim Dedektifleri Doyle ve Fossey 4: Kusmuklu Doğum Günü Olayı</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053432319</t>
+          <t>9786053435822</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Periler Diyarı 1: Uğur Bileziği</t>
+          <t>Daha Fazla Kumkurdu - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053434375</t>
+          <t>9786053435785</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Diyarları 4: Buz Ejderi</t>
+          <t>Kumkurdu (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053434368</t>
+          <t>9786053437345</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Diyarları 3: Akrep Kral’ın İntikamı</t>
+          <t>Afacanlar Takımı Dizisi: Şehirde Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053434351</t>
+          <t>9786053437338</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Diyarları 2: Canavarlardan Kaçış</t>
+          <t>Afacanlar Takımı Dizisi: Küçük Karga Çorap’la Hayvanat Bahçesinde Sayılar ve Miktarlar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053434344</t>
+          <t>9786053437352</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Diyarları 1: Savaş Başlıyor</t>
+          <t>Afacanlar Takımı Dizisi: 1-2-3</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053433859</t>
+          <t>9786053437376</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Erikli Kek ve Kağıttan Aylar</t>
+          <t>Küçük Karga Kendine İsim Seçiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053433842</t>
+          <t>9786053437369</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İpek Krallık 4: Cennetin Bütün Renkleri</t>
+          <t>Korkacak Bir Şey Yok! (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053433880</t>
+          <t>9786053437390</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Perry Melek'in Valizi</t>
+          <t>Küçük Karga Çorap’ın Okul Maceraları (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053431046</t>
+          <t>9786053432906</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Pendragon 1</t>
+          <t>Çokbilmiş Brown - 2</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053431060</t>
+          <t>9786053432890</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Vampir 9</t>
+          <t>Çokbilmiş Brown - 1</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053436782</t>
+          <t>9786053433873</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Whipple Ailesi 1 (Ciltli)</t>
+          <t>İpek Krallık 2: Kupa Kızı Layla</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053431404</t>
+          <t>9786053433866</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Tapınağı'nın Sırları - Fablehaven 4</t>
+          <t>İpek Ailesinin Yeni Üyesi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053431398</t>
+          <t>9786053432920</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Oscar Pill - İki Krallık</t>
+          <t>Çokbilmiş Brown - 4</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>295</v>
+        <v>110</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053433637</t>
+          <t>9786053432913</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Miras 1: Milyarderin Laneti (Ciltli)</t>
+          <t>Çokbilmiş Brown -3</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053435815</t>
+          <t>9786053435235</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ötedünya 1 - Kahramansız Topraklar</t>
+          <t>Gustav Gorky 2: Robot Kafayı Yiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>295</v>
+        <v>185</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053435280</t>
+          <t>9786053435761</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Emma Kalıplara Sığmıyor</t>
+          <t>Daha da Fazla Kumkurdu - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053435273</t>
+          <t>9786053435501</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İki Arada Bir Mia</t>
+          <t>Yedi Harika 1 / Kolossus'un Yükselişi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053433996</t>
+          <t>9786053432326</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Enrichetto Cosimo ve Arkadaşları Macera Peşinde (Ciltli)</t>
+          <t>Çiçek Perileri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053431725</t>
+          <t>9786053432319</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Lola Gazeteci Oldu (Ciltli)</t>
+          <t>Periler Diyarı 1: Uğur Bileziği</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053435136</t>
+          <t>9786053434375</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Casusluk Okulu 1</t>
+          <t>Yeraltı Diyarları 4: Buz Ejderi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053435204</t>
+          <t>9786053434368</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş</t>
+          <t>Yeraltı Diyarları 3: Akrep Kral’ın İntikamı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053433293</t>
+          <t>9786053434351</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Karda Kaybolan Kedicik</t>
+          <t>Yeraltı Diyarları 2: Canavarlardan Kaçış</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053433279</t>
+          <t>9786053434344</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Fırtınada Kaybolan Kedicik</t>
+          <t>Yeraltı Diyarları 1: Savaş Başlıyor</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053433262</t>
+          <t>9786053433859</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Sam</t>
+          <t>Erikli Kek ve Kağıttan Aylar</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053433309</t>
+          <t>9786053433842</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yapayalnız Alfie</t>
+          <t>İpek Krallık 4: Cennetin Bütün Renkleri</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053431732</t>
+          <t>9786053433880</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Lola Geliyor (Ciltli)</t>
+          <t>Perry Melek'in Valizi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053437314</t>
+          <t>9786053431046</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Çizim Kitabı</t>
+          <t>Pendragon 1</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053437581</t>
+          <t>9786053431060</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ezik</t>
+          <t>Kız Kardeşim Vampir 9</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>299</v>
+        <v>110</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053433675</t>
+          <t>9786053436782</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ezikler Listesi 3 - Ezik'in Laneti</t>
+          <t>Fantastik Whipple Ailesi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055289379</t>
+          <t>9786053431404</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hayvanat Bahçesi Maceraları 3 -Gizemli Hırsızlık</t>
+          <t>Ejderha Tapınağı'nın Sırları - Fablehaven 4</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786055289362</t>
+          <t>9786053431398</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Panda</t>
+          <t>Oscar Pill - İki Krallık</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786055289355</t>
+          <t>9786053433637</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Gergedanı Kurtaralım - Hayvanat Bahçesi Maceraları 1</t>
+          <t>Lanetli Miras 1: Milyarderin Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053432807</t>
+          <t>9786053435815</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Arkadaşlarım 2 (Ciltli)</t>
+          <t>Ötedünya 1 - Kahramansız Topraklar</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>185</v>
+        <v>295</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053432838</t>
+          <t>9786053435280</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Arkadaşlarım 4 (Ciltli)</t>
+          <t>Emma Kalıplara Sığmıyor</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053432821</t>
+          <t>9786053435273</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Medyum - Hayalet Arkadaşlarım 3 (Ciltli)</t>
+          <t>İki Arada Bir Mia</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053433699</t>
+          <t>9786053433996</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Vampir</t>
+          <t>Enrichetto Cosimo ve Arkadaşları Macera Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053432937</t>
+          <t>9786053431725</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Mor Prenses Maceraya Atılıyor</t>
+          <t>Lola Gazeteci Oldu (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053432944</t>
+          <t>9786053435136</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Prenses Parkı Kurtarıyor</t>
+          <t>Casusluk Okulu 1</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053433095</t>
+          <t>9786053435204</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Böcek Kardeş - Jamie'nin Sihirli Pelerin Maceraları 1</t>
+          <t>Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053433101</t>
+          <t>9786053433293</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Kardeş 2</t>
+          <t>Karda Kaybolan Kedicik</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053433118</t>
+          <t>9786053433279</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Kardeş - Jamie'nin Sihirli Pelerin Maceraları 2</t>
+          <t>Fırtınada Kaybolan Kedicik</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053432791</t>
+          <t>9786053433262</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kaşifin Güncesi 4</t>
+          <t>Üzgün Sam</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053432975</t>
+          <t>9786053433309</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sarı Prenses ve Minik Dostları</t>
+          <t>Yapayalnız Alfie</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053432968</t>
+          <t>9786053431732</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Mavi Prenses Sahnede</t>
+          <t>Lola Geliyor (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053432951</t>
+          <t>9786053437314</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Prenses Baloda</t>
+          <t>Çocuklar İçin Çizim Kitabı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053435105</t>
+          <t>9786053437581</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Vampir 12 - Pusu</t>
+          <t>Ezik</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>110</v>
+        <v>299</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053432524</t>
+          <t>9786053433675</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın (D)evrimsel Keşifleri</t>
+          <t>Ezikler Listesi 3 - Ezik'in Laneti</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053432494</t>
+          <t>9786055289379</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Fablehaven 5 İblis Zindan'ın Anahtarı</t>
+          <t>Hayvanat Bahçesi Maceraları 3 -Gizemli Hırsızlık</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053432081</t>
+          <t>9786055289362</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Betty'nin Mükemmel Blogu - Rezillik Diz Boyu</t>
+          <t>Arkadaşım Panda</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053432227</t>
+          <t>9786055289355</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Katana - Gizemli Çocuk 1</t>
+          <t>Gergedanı Kurtaralım - Hayvanat Bahçesi Maceraları 1</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053432234</t>
+          <t>9786053432807</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Katana - Kara Işık</t>
+          <t>Hayalet Arkadaşlarım 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053432210</t>
+          <t>9786053432838</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Katana - Dokuz İşaretin İzi 2</t>
+          <t>Hayalet Arkadaşlarım 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053432371</t>
+          <t>9786053432821</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kaderle Randevu - Kız Kardeşim Vampir 10</t>
+          <t>Mutsuz Medyum - Hayalet Arkadaşlarım 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053433132</t>
+          <t>9786053433699</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Gustav Gorky (Ciltli)</t>
+          <t>Kız Kardeşim Vampir</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053432685</t>
+          <t>9786053432937</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kardeşim (Ciltli)</t>
+          <t>Mor Prenses Maceraya Atılıyor</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055360184</t>
+          <t>9786053432944</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi Kenti Geziyor - 3.Kitap</t>
+          <t>Yeşil Prenses Parkı Kurtarıyor</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055360214</t>
+          <t>9786053433095</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi ile Minik Köpek Yavrusu</t>
+          <t>Böcek Kardeş - Jamie'nin Sihirli Pelerin Maceraları 1</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053432517</t>
+          <t>9786053433101</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Ezikler Listesi - Ezik İntikam Peşinde (Ciltli)</t>
+          <t>Görünmez Kardeş 2</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053432401</t>
+          <t>9786053433118</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şehir Faar - Pendragon 2</t>
+          <t>Görünmez Kardeş - Jamie'nin Sihirli Pelerin Maceraları 2</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053432388</t>
+          <t>9786053432791</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlerin Sırrı - Oscar Pill 3</t>
+          <t>Kaşifin Güncesi 4</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055289508</t>
+          <t>9786053432975</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Ewilan</t>
+          <t>Sarı Prenses ve Minik Dostları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055289294</t>
+          <t>9786053432968</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Canavar Avcıları 3: Kurt Adamlar</t>
+          <t>Mavi Prenses Sahnede</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786055289300</t>
+          <t>9786053432951</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Canavar Avcıları 2: Witten Dağı Büyücüleri</t>
+          <t>Turuncu Prenses Baloda</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055289065</t>
+          <t>9786053435105</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Mossy Gölü Canavarı Olayı</t>
+          <t>Kız Kardeşim Vampir 12 - Pusu</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054456208</t>
+          <t>9786053432524</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İskelet Billy -2</t>
+          <t>Bir Genç Kızın (D)evrimsel Keşifleri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786055943929</t>
+          <t>9786053432494</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İskelet Billy</t>
+          <t>Fablehaven 5 İblis Zindan'ın Anahtarı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054456895</t>
+          <t>9786053432081</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Mö Anne</t>
+          <t>Betty'nin Mükemmel Blogu - Rezillik Diz Boyu</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786054456901</t>
+          <t>9786053432227</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Mö Anne</t>
+          <t>Katana - Gizemli Çocuk 1</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054456918</t>
+          <t>9786053432234</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Mö Anne</t>
+          <t>Katana - Kara Işık</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786054456949</t>
+          <t>9786053432210</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>MÖ Anne Gakgak Karga'nın Yeni Yılı</t>
+          <t>Katana - Dokuz İşaretin İzi 2</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055289089</t>
+          <t>9786053432371</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Charlie Mcbutton'ın Elektrikleri Kesilince</t>
+          <t>Kaderle Randevu - Kız Kardeşim Vampir 10</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053430766</t>
+          <t>9786053433132</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Fablehaven 3</t>
+          <t>Gustav Gorky (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786055289768</t>
+          <t>9786053432685</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Fablehaven 2 Akşam Yıldızı'nın Yükselişi</t>
+          <t>Sihirli Kardeşim (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055360122</t>
+          <t>9786055360184</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi İçin Banyo Zamanı - 8.Kitap</t>
+          <t>Bisküvi Kenti Geziyor - 3.Kitap</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786055360191</t>
+          <t>9786055360214</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi</t>
+          <t>Bisküvi ile Minik Köpek Yavrusu</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786055289119</t>
+          <t>9786053432517</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ölüm'ün Zarı</t>
+          <t>Ezikler Listesi - Ezik İntikam Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786055360887</t>
+          <t>9786053432401</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2</t>
+          <t>Kayıp Şehir Faar - Pendragon 2</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786055360863</t>
+          <t>9786053432388</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2: Uçan Penguen</t>
+          <t>Ölümsüzlerin Sırrı - Oscar Pill 3</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053432395</t>
+          <t>9786055289508</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Peggy Sue ve Hayaletler</t>
+          <t>Ewilan</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053430742</t>
+          <t>9786055289294</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Peggy Sue ve Hayaletler -3</t>
+          <t>Canavar Avcıları 3: Kurt Adamlar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>269</v>
+        <v>110</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053432173</t>
+          <t>9786055289300</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Atlas (Ciltli)</t>
+          <t>Canavar Avcıları 2: Witten Dağı Büyücüleri</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>359</v>
+        <v>110</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053431749</t>
+          <t>9786055289065</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Lola Gizli Görevde (Ciltli)</t>
+          <t>Mossy Gölü Canavarı Olayı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054456925</t>
+          <t>9786054456208</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Gücün Kum Saati / Son Korsan 1</t>
+          <t>İskelet Billy -2</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053432357</t>
+          <t>9786055943929</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Son Korsan 2 - Kara Gemi</t>
+          <t>İskelet Billy</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053432180</t>
+          <t>9786054456895</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Büyük Altın Soygunu - Doktor Proktor'un Osuruk Bombası Tozu 4</t>
+          <t>Mö Anne</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>219</v>
+        <v>110</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053437383</t>
+          <t>9786054456901</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Küçük Karga Çorap’ın Maceraları (Ciltli)</t>
+          <t>Mö Anne</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053435075</t>
+          <t>9786054456918</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Hayvanlar 2</t>
+          <t>Mö Anne</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053432333</t>
+          <t>9786054456949</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Periler Diyarı 3: Üçüncü Dilek</t>
+          <t>MÖ Anne Gakgak Karga'nın Yeni Yılı</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053435068</t>
+          <t>9786055289089</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Hayvanlar 1</t>
+          <t>Charlie Mcbutton'ın Elektrikleri Kesilince</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053437116</t>
+          <t>9786053430766</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Flora ve Ulysses'in Resimli Maceraları (Ciltli)</t>
+          <t>Fablehaven 3</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053437970</t>
+          <t>9786055289768</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Casus Kampı</t>
+          <t>Fablehaven 2 Akşam Yıldızı'nın Yükselişi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053438083</t>
+          <t>9786055360122</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Vampir 13</t>
+          <t>Bisküvi İçin Banyo Zamanı - 8.Kitap</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053437659</t>
+          <t>9786055360191</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Pea’nin Arkadaşlar Kitabı</t>
+          <t>Bisküvi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053431527</t>
+          <t>9786055289119</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Medyum - Hayalet Arkadaşlarım 3</t>
+          <t>Ölüm'ün Zarı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786055289485</t>
+          <t>9786055360887</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Oracle</t>
+          <t>Neşeli Ayaklar 2</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>299</v>
+        <v>110</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786055360139</t>
+          <t>9786055360863</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi Yürüyüşe Çıkıyor</t>
+          <t>Neşeli Ayaklar 2: Uçan Penguen</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786055360146</t>
+          <t>9786053432395</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi Tavşanla Tanışıyor</t>
+          <t>Peggy Sue ve Hayaletler</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>90</v>
+        <v>249</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786055360207</t>
+          <t>9786053430742</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi ile Bebek</t>
+          <t>Peggy Sue ve Hayaletler -3</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>90</v>
+        <v>269</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786055360221</t>
+          <t>9786053432173</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi Oynamak İstiyor</t>
+          <t>Zümrüt Atlas (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>90</v>
+        <v>359</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786055360856</t>
+          <t>9786053431749</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2: Oyun Kitabı - 3</t>
+          <t>Lola Gizli Görevde (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786055360849</t>
+          <t>9786054456925</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2</t>
+          <t>Gücün Kum Saati / Son Korsan 1</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786055360832</t>
+          <t>9786053432357</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2: Oyun Kitabı - 1</t>
+          <t>Son Korsan 2 - Kara Gemi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786055360900</t>
+          <t>9786053432180</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2: Mumble ve Atticus ile Boadicea</t>
+          <t>Büyük Altın Soygunu - Doktor Proktor'un Osuruk Bombası Tozu 4</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>110</v>
+        <v>219</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786055360894</t>
+          <t>9786053437383</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2: Gloria ve Ramon</t>
+          <t>Küçük Karga Çorap’ın Maceraları (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786055360870</t>
+          <t>9786053435075</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2</t>
+          <t>Hayalet Hayvanlar 2</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786055360917</t>
+          <t>9786053432333</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2: Erik ile Tanış ve Amigolar</t>
+          <t>Periler Diyarı 3: Üçüncü Dilek</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786055360719</t>
+          <t>9786053435068</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2</t>
+          <t>Hayalet Hayvanlar 1</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055360825</t>
+          <t>9786053437116</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2: Boyama Kitabı - 3</t>
+          <t>Flora ve Ulysses'in Resimli Maceraları (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055360818</t>
+          <t>9786053437970</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2</t>
+          <t>Casus Kampı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055360801</t>
+          <t>9786053438083</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2: Boyama Kitabı - 1</t>
+          <t>Kız Kardeşim Vampir 13</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786055360689</t>
+          <t>9786053437659</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2</t>
+          <t>Pea’nin Arkadaşlar Kitabı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054263882</t>
+          <t>9786053431527</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Yunus: Bir Hayalperestin Öyküsü</t>
+          <t>Mutsuz Medyum - Hayalet Arkadaşlarım 3</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>159</v>
+        <v>120</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786055360603</t>
+          <t>9786055289485</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Bakıcıya Bakıyor - Ivy + Bean 4</t>
+          <t>Oracle</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>110</v>
+        <v>299</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786055360504</t>
+          <t>9786055360139</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Fosil Rekoru - Ivy + Bean 3</t>
+          <t>Bisküvi Yürüyüşe Çıkıyor</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055360498</t>
+          <t>9786055360146</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ve Gitmesi Gereken Hayalet - Ivy + Bean 2</t>
+          <t>Bisküvi Tavşanla Tanışıyor</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786055360481</t>
+          <t>9786055360207</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ivy + Bean 1</t>
+          <t>Bisküvi ile Bebek</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053430056</t>
+          <t>9786055360221</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Organlar</t>
+          <t>Bisküvi Oynamak İstiyor</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053430063</t>
+          <t>9786055360856</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Neşeli Ayaklar 2: Oyun Kitabı - 3</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053430070</t>
+          <t>9786055360849</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Börtü-Böcek</t>
+          <t>Neşeli Ayaklar 2</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786055289386</t>
+          <t>9786055360832</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hayvanat Bahçesi Maceraları 4-</t>
+          <t>Neşeli Ayaklar 2: Oyun Kitabı - 1</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054456628</t>
+          <t>9786055360900</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın En Güzel Günü Bugün, Baba!</t>
+          <t>Neşeli Ayaklar 2: Mumble ve Atticus ile Boadicea</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053430445</t>
+          <t>9786055360894</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Ajanlar ve Yalanlar - Yazar Kız 3</t>
+          <t>Neşeli Ayaklar 2: Gloria ve Ramon</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053430438</t>
+          <t>9786055360870</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Hafiyeler ve Gerçekler - Yazar Kız 2</t>
+          <t>Neşeli Ayaklar 2</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053430155</t>
+          <t>9786055360917</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kaleler ve Felaketler - Yazar Kız 1</t>
+          <t>Neşeli Ayaklar 2: Erik ile Tanış ve Amigolar</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786055360641</t>
+          <t>9786055360719</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Şeytan'ın Çırağı</t>
+          <t>Neşeli Ayaklar 2</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054456871</t>
+          <t>9786055360825</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Süslü Zıpzıp ve Yağmur</t>
+          <t>Neşeli Ayaklar 2: Boyama Kitabı - 3</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786055289058</t>
+          <t>9786055360818</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Soluyan Çöp Olayı</t>
+          <t>Neşeli Ayaklar 2</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055289775</t>
+          <t>9786055360801</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Peggy Sue ve Hayaletler -2</t>
+          <t>Neşeli Ayaklar 2: Boyama Kitabı - 1</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>299</v>
+        <v>110</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786055289003</t>
+          <t>9786055360689</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Peggy Sue ve Hayaletler -Mavi Köpeğin Günü</t>
+          <t>Neşeli Ayaklar 2</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>269</v>
+        <v>110</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786055289980</t>
+          <t>9786054263882</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kim Osurdu? - Doktor Proktor'un Osuruk Tozu 3</t>
+          <t>Yunus: Bir Hayalperestin Öyküsü</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>249</v>
+        <v>159</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055360665</t>
+          <t>9786055360603</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Doktor Proktor'un Osuruk Tozu</t>
+          <t>Bakıcıya Bakıyor - Ivy + Bean 4</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>219</v>
+        <v>110</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055360610</t>
+          <t>9786055360504</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Macera - Dinodino 4</t>
+          <t>Fosil Rekoru - Ivy + Bean 3</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055360535</t>
+          <t>9786055360498</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Adadaki Tuzak - Dinodino 3</t>
+          <t>Ve Gitmesi Gereken Hayalet - Ivy + Bean 2</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055360528</t>
+          <t>9786055360481</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Taş Yağmuru - Dinodino 2</t>
+          <t>Ivy + Bean 1</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055360511</t>
+          <t>9786053430056</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Beş Arkadaş T-Rex'e Karşı - Dinodino 1</t>
+          <t>Organlar</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054263332</t>
+          <t>9786053430063</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Dewey - Kütüphanede Bir Kedi Var! (Ciltli)</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053430032</t>
+          <t>9786053430070</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Büyücü Doktor ve Son Zombi</t>
+          <t>Börtü-Böcek</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786055289287</t>
+          <t>9786055289386</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Canavar Avcıları 1: Canavar Akademisi</t>
+          <t>Hayvanat Bahçesi Maceraları 4-</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054456864</t>
+          <t>9786054456628</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Benek, Kedi Olmayı Düşleyen Köpek</t>
+          <t>Hayatımın En Güzel Günü Bugün, Baba!</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055360702</t>
+          <t>9786053430445</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2: Mumble Günü Kurtarıyor</t>
+          <t>Ajanlar ve Yalanlar - Yazar Kız 3</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055360696</t>
+          <t>9786053430438</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ayaklar 2</t>
+          <t>Hafiyeler ve Gerçekler - Yazar Kız 2</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054456932</t>
+          <t>9786053430155</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Mö Anne</t>
+          <t>Kaleler ve Felaketler - Yazar Kız 1</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054456888</t>
+          <t>9786055360641</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Mö Anne</t>
+          <t>Şeytan'ın Çırağı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055289072</t>
+          <t>9786054456871</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıktaki Hayalet Olayı</t>
+          <t>Süslü Zıpzıp ve Yağmur</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055289270</t>
+          <t>9786055289058</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sirkin Gizemi - Lasse Maja Dedektif Bürosu</t>
+          <t>Soluyan Çöp Olayı</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055289263</t>
+          <t>9786055289775</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Okulun Gizemi - Lasse Maja Dedektif Bürosu</t>
+          <t>Peggy Sue ve Hayaletler -2</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>110</v>
+        <v>299</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053430049</t>
+          <t>9786055289003</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Mumyanın Gizemi</t>
+          <t>Peggy Sue ve Hayaletler -Mavi Köpeğin Günü</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>110</v>
+        <v>269</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053430148</t>
+          <t>9786055289980</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Doğuyor - Kız Kardeşim Vampir 8</t>
+          <t>Kim Osurdu? - Doktor Proktor'un Osuruk Tozu 3</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>110</v>
+        <v>249</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786055289478</t>
+          <t>9786055360665</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Aşk Isırıkları - Kız Kardeşim Vampir 6</t>
+          <t>Doktor Proktor'un Osuruk Tozu</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>110</v>
+        <v>219</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055360993</t>
+          <t>9786055360610</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Gerçekler - Kız Kardeşim Vampir 5</t>
+          <t>Çöldeki Macera - Dinodino 4</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054456857</t>
+          <t>9786055360535</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Vampir 4</t>
+          <t>Adadaki Tuzak - Dinodino 3</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054456215</t>
+          <t>9786055360528</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Vampir 3</t>
+          <t>Kızgın Taş Yağmuru - Dinodino 2</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054263714</t>
+          <t>9786055360511</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Vampir 2</t>
+          <t>Beş Arkadaş T-Rex'e Karşı - Dinodino 1</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054263325</t>
+          <t>9786054263332</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Vampir 1</t>
+          <t>Dewey - Kütüphanede Bir Kedi Var! (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053430469</t>
+          <t>9786053430032</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kaplan-Kaplan Bu Doğru mu? (Ciltli)</t>
+          <t>Büyücü Doktor ve Son Zombi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786055289393</t>
+          <t>9786055289287</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Korkak Kat - Hayalet Arkadaşlarım 2</t>
+          <t>Canavar Avcıları 1: Canavar Akademisi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786053430025</t>
+          <t>9786054456864</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Güney Çayırı (Ciltli)</t>
+          <t>Benek, Kedi Olmayı Düşleyen Köpek</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>185</v>
+        <v>90</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786055289034</t>
+          <t>9786055360702</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Gregor Yeraltı Günlükleri Serisi (5 Kitap Kutulu Set)</t>
+          <t>Neşeli Ayaklar 2: Mumble Günü Kurtarıyor</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>1407.98</v>
+        <v>110</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786055360658</t>
+          <t>9786055360696</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Gregor ve Zaman Kehaneti - Yeraltı Günlükleri Serisi 5.Kitap</t>
+          <t>Neşeli Ayaklar 2</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055360368</t>
+          <t>9786054456932</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Gregor Ve Sır Kehaneti</t>
+          <t>Mö Anne</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054456826</t>
+          <t>9786054456888</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Gregor ve Kan Kehaneti</t>
+          <t>Mö Anne</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>269</v>
+        <v>110</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054456109</t>
+          <t>9786055289072</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Gregor ve Felaket Kehaneti</t>
+          <t>Mezarlıktaki Hayalet Olayı</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>249</v>
+        <v>110</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053430612</t>
+          <t>9786055289270</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Mahkumun İkilemi - Gizemli Benedict Derneği 3</t>
+          <t>Sirkin Gizemi - Lasse Maja Dedektif Bürosu</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055289010</t>
+          <t>9786055289263</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Benedict Derneği</t>
+          <t>Okulun Gizemi - Lasse Maja Dedektif Bürosu</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054456024</t>
+          <t>9786053430049</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İkizlerin Sırrı</t>
+          <t>Mumyanın Gizemi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055289492</t>
+          <t>9786053430148</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Fablehaven 1</t>
+          <t>Bir Yıldız Doğuyor - Kız Kardeşim Vampir 8</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
+          <t>9786055289478</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Isırıkları - Kız Kardeşim Vampir 6</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786055360993</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Gerçekler - Kız Kardeşim Vampir 5</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786054456857</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Kız Kardeşim Vampir 4</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786054456215</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Kız Kardeşim Vampir 3</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786054263714</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Kız Kardeşim Vampir 2</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786054263325</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Kız Kardeşim Vampir 1</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786053430469</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Kaplan-Kaplan Bu Doğru mu? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786055289393</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Korkak Kat - Hayalet Arkadaşlarım 2</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786053430025</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Güney Çayırı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786055289034</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Gregor Yeraltı Günlükleri Serisi (5 Kitap Kutulu Set)</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>1407.98</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786055360658</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Gregor ve Zaman Kehaneti - Yeraltı Günlükleri Serisi 5.Kitap</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786055360368</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Gregor Ve Sır Kehaneti</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786054456826</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Gregor ve Kan Kehaneti</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786054456109</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Gregor ve Felaket Kehaneti</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786053430612</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Mahkumun İkilemi - Gizemli Benedict Derneği 3</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786055289010</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Benedict Derneği</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786054456024</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>İkizlerin Sırrı</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786055289492</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Fablehaven 1</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
           <t>9786053430889</t>
         </is>
       </c>
-      <c r="B395" s="1" t="inlineStr">
+      <c r="B413" s="1" t="inlineStr">
         <is>
           <t>Ezikler Listesi (Ciltli)</t>
         </is>
       </c>
-      <c r="C395" s="1">
+      <c r="C413" s="1">
         <v>185</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>