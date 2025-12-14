--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -93,37498 +93,37663 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254102943</t>
+          <t>9786254106309</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar Birliği</t>
+          <t>Jared Diamond Koleksiyonu Kutulu Özel Set (8 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>599.98</v>
+        <v>6595</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254101977</t>
+          <t>9786254106293</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kış Büyüsü</t>
+          <t>Jared Diamond Koleksiyonu Kutulu Özel Set (8 Kitap)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>599.98</v>
+        <v>5359.84</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254106026</t>
+          <t>9786254104114</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Netlik ve Bağlantı</t>
+          <t>Köklerimizin Tarihi: İyi Toplumun Evrimsel Kökenleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>395</v>
+        <v>899.98</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254102936</t>
+          <t>9786254104275</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yıldızsız Deniz</t>
+          <t>Mega Tehditler</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>599.98</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254102271</t>
+          <t>9786254103926</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Orada Neler Oluyor</t>
+          <t>Nehirlerin Gücü</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>699.98</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052999264</t>
+          <t>9786254101755</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Vagus Sinirinin Şifa Gücünü Keşfetmek</t>
+          <t>Olur Mu Dersin?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254102301</t>
+          <t>9786254101878</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çirkinler</t>
+          <t>Dans Et Benimle</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>499.98</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254102318</t>
+          <t>9786254106217</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Güzeller</t>
+          <t>Testereli Katil</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>499.98</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254103148</t>
+          <t>9786254106194</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Özeller</t>
+          <t>Küçük Alışkanlıklar, Büyük Değişimler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>499.98</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254103155</t>
+          <t>9786254106200</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ekstralar</t>
+          <t>Berrak Düşünme</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>499.98</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254106156</t>
+          <t>9786254106279</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çirkinler Serisi Kutulu Özel Set</t>
+          <t>Kalp Saati</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1992.92</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254106095</t>
+          <t>9786254102943</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yalan</t>
+          <t>Ejderhalar Birliği</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254105937</t>
+          <t>9786254101977</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Paramparça</t>
+          <t>Kış Büyüsü</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>599.98</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254105968</t>
+          <t>9786254106026</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Suflörün Oyunu</t>
+          <t>Netlik ve Bağlantı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>499.98</v>
+        <v>395</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254105951</t>
+          <t>9786254102936</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Labirent'eki Adam</t>
+          <t>Yıldızsız Deniz</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>499.98</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254105982</t>
+          <t>9786254102271</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi</t>
+          <t>Orada Neler Oluyor</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>499.98</v>
+        <v>699.98</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254105975</t>
+          <t>9786052999264</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sisteki Kız</t>
+          <t>Vagus Sinirinin Şifa Gücünü Keşfetmek</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>499.98</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254105852</t>
+          <t>9786254102301</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Huzur Denizi</t>
+          <t>Çirkinler</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>499.98</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254105845</t>
+          <t>9786254102318</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Cam Otel</t>
+          <t>Güzeller</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>499.98</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254106132</t>
+          <t>9786254103148</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ender Efsanesi Kutulu Özel Set (4 Kitap)</t>
+          <t>Özeller</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>2849.92</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254105081</t>
+          <t>9786254103155</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aklın Çocukları</t>
+          <t>Ekstralar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>649.98</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254103971</t>
+          <t>9786254106156</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Soykırım</t>
+          <t>Çirkinler Serisi Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>899.98</v>
+        <v>1992.92</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254103674</t>
+          <t>9786254106095</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ölülerin Sözcüsü</t>
+          <t>Yalan</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>699.98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254103407</t>
+          <t>9786254105937</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ender'in Oyunu</t>
+          <t>Paramparça</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>599.98</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254106057</t>
+          <t>9786254105968</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Mükemmel Bir Dünya</t>
+          <t>Suflörün Oyunu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254106088</t>
+          <t>9786254105951</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Paket Terapi - Günlük Yaşamınızı İyileştirmenizi Sağlayacak 100 Psikoterapi Aracı</t>
+          <t>Labirent'eki Adam</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>425</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254105036</t>
+          <t>9786254105982</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Pompeii - Bir Roma Şehrinde Yaşam</t>
+          <t>Gölgelerin Efendisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>699.9</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254105043</t>
+          <t>9786254105975</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerle Yüzleşmek</t>
+          <t>Sisteki Kız</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>599.9</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254101670</t>
+          <t>9786254105852</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yazının Öyküsü: Altın İpin Yolculuğu</t>
+          <t>Huzur Denizi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>699.98</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254105616</t>
+          <t>9786254105845</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy Gibi Yazmak: En Büyük Yazarlarımızın Zihinlerine Yolculuk</t>
+          <t>Cam Otel</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>599.98</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254104268</t>
+          <t>9786254106132</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bir Primatın Anıları</t>
+          <t>Ender Efsanesi Kutulu Özel Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>650</v>
+        <v>2849.92</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254105753</t>
+          <t>9786254105081</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Monkeyluv: Genler, Bedenlerimiz, Toplum</t>
+          <t>Aklın Çocukları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>425</v>
+        <v>649.98</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254105272</t>
+          <t>9786254103971</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Seçim Mimarisi</t>
+          <t>Soykırım</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>599.98</v>
+        <v>899.98</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254105746</t>
+          <t>9786254103674</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Avcı-Toplayıcının 21. Yüzyıl Rehberi</t>
+          <t>Ölülerin Sözcüsü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>499.98</v>
+        <v>699.98</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254105760</t>
+          <t>9786254103407</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Platon Bir Gün Kolunda Bir Ornitorenkle Bara Girer</t>
+          <t>Ender'in Oyunu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>375</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254103803</t>
+          <t>9786254106057</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Upstartlar: Uber, Airbnb ve Yeni Silikon Vadisi’nin Diğer Şirketleri Dünyayı Nasıl Değiştiriyor</t>
+          <t>Neredeyse Mükemmel Bir Dünya</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>699.98</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254105920</t>
+          <t>9786254106088</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Enflamasyona Veda</t>
+          <t>Paket Terapi - Günlük Yaşamınızı İyileştirmenizi Sağlayacak 100 Psikoterapi Aracı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254105319</t>
+          <t>9786254105036</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Düne Kadar Dünya - Geleneksel Toplumlardan Ne Öğrenebiliriz? (Ciltli)</t>
+          <t>Pompeii - Bir Roma Şehrinde Yaşam</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>995</v>
+        <v>699.9</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254105944</t>
+          <t>9786254105043</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ergen Beyni</t>
+          <t>Klasiklerle Yüzleşmek</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>599.9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254105999</t>
+          <t>9786254101670</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>DEHB ile Yaşamak</t>
+          <t>Yazının Öyküsü: Altın İpin Yolculuğu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>650</v>
+        <v>699.98</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254106002</t>
+          <t>9786254105616</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Finans Hakkında Okumanız Gereken Tek Kitap</t>
+          <t>Tolstoy Gibi Yazmak: En Büyük Yazarlarımızın Zihinlerine Yolculuk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>425</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254105302</t>
+          <t>9786254104268</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Düne Kadar Dünya</t>
+          <t>Bir Primatın Anıları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>799.98</v>
+        <v>650</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254106033</t>
+          <t>9786254105753</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Kuşak</t>
+          <t>Monkeyluv: Genler, Bedenlerimiz, Toplum</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>499.98</v>
+        <v>425</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055360283</t>
+          <t>9786254105272</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Seçim Mimarisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>299</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054263608</t>
+          <t>9786254105746</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün</t>
+          <t>Bir Avcı-Toplayıcının 21. Yüzyıl Rehberi</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>499.98</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052995549</t>
+          <t>9786254105760</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Donna Tartt Özel Seti (Kutulu - 3 Kitap)</t>
+          <t>Platon Bir Gün Kolunda Bir Ornitorenkle Bara Girer</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1557</v>
+        <v>375</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055289522</t>
+          <t>9786254103803</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bana Aşkını Söyle</t>
+          <t>Upstartlar: Uber, Airbnb ve Yeni Silikon Vadisi’nin Diğer Şirketleri Dünyayı Nasıl Değiştiriyor</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>299</v>
+        <v>699.98</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053434047</t>
+          <t>9786254105920</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ho'oponopono</t>
+          <t>Enflamasyona Veda</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>219</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254105654</t>
+          <t>9786254105319</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Eğlenceli Yavru Köpek Eğitimi</t>
+          <t>Düne Kadar Dünya - Geleneksel Toplumlardan Ne Öğrenebiliriz? (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>399.9</v>
+        <v>995</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254105883</t>
+          <t>9786254105944</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar</t>
+          <t>Ergen Beyni</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>499.98</v>
+        <v>450</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254105876</t>
+          <t>9786254105999</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Başkalarından Dönüyordum</t>
+          <t>DEHB ile Yaşamak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>799.98</v>
+        <v>650</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254105869</t>
+          <t>9786254106002</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Üç</t>
+          <t>Finans Hakkında Okumanız Gereken Tek Kitap</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>799.98</v>
+        <v>425</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254102240</t>
+          <t>9786254105302</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Jack Ve Dâhiler 2: Derin Mavi Deniz</t>
+          <t>Düne Kadar Dünya</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>799.98</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254103704</t>
+          <t>9786254106033</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Pazar Günlerinde Unutulanlar</t>
+          <t>Kaygılı Kuşak</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>499.98</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254104121</t>
+          <t>9786055360283</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Büyüme</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>995</v>
+        <v>299</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254105890</t>
+          <t>9786054263608</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Outlive: Uzun Yaşama Bilimi ve Sanatı</t>
+          <t>Bir Gün</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>799.98</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254105906</t>
+          <t>9786052995549</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ürik Asit</t>
+          <t>Donna Tartt Özel Seti (Kutulu - 3 Kitap)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>499.98</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254102950</t>
+          <t>9786055289522</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Blackout</t>
+          <t>Bana Aşkını Söyle</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>800</v>
+        <v>299</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254103766</t>
+          <t>9786053434047</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Rakamlar Yalan Söylemez</t>
+          <t>Ho'oponopono</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>599.98</v>
+        <v>219</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254106019</t>
+          <t>9786254105654</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kuryesi</t>
+          <t>Kolay ve Eğlenceli Yavru Köpek Eğitimi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>299.98</v>
+        <v>399.9</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254101694</t>
+          <t>9786254105883</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacı Manastırı</t>
+          <t>Yarınlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>999</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254105913</t>
+          <t>9786254105876</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kasap ve Çit Kuşu</t>
+          <t>Başkalarından Dönüyordum</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>399.98</v>
+        <v>799.98</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254105647</t>
+          <t>9786254105869</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Eğlenceli Köpek Eğitimi</t>
+          <t>Üç</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>399.98</v>
+        <v>799.98</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254104855</t>
+          <t>9786254102240</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çocuğu Anlamak ve Eğitmek</t>
+          <t>Jack Ve Dâhiler 2: Derin Mavi Deniz</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>699.98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254105791</t>
+          <t>9786254103704</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Glikoz Tanrıçası Metodu</t>
+          <t>Pazar Günlerinde Unutulanlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>999</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254104879</t>
+          <t>9786254104121</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aora Metodu</t>
+          <t>Büyüme</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>499.98</v>
+        <v>995</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254105449</t>
+          <t>9786254105890</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Vaka II: Hesap Günü</t>
+          <t>Outlive: Uzun Yaşama Bilimi ve Sanatı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>299.98</v>
+        <v>799.98</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254105432</t>
+          <t>9786254105906</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Vaka: Kan Kokusu</t>
+          <t>Ürik Asit</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>299.98</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254105821</t>
+          <t>9786254102950</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Işığın Rehberi</t>
+          <t>Blackout</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>299.98</v>
+        <v>800</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254105661</t>
+          <t>9786254103766</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kan Kırmızı</t>
+          <t>Rakamlar Yalan Söylemez</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>499.98</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254104695</t>
+          <t>9786254106019</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Saraybosna’nın Çellisti</t>
+          <t>Kitap Kuryesi</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>299.98</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254102998</t>
+          <t>9786254101694</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>On Bir Saat</t>
+          <t>Portakal Ağacı Manastırı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>425</v>
+        <v>999</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254103438</t>
+          <t>9786254105913</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Cennete Yolculuk</t>
+          <t>Kasap ve Çit Kuşu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>699.98</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254102509</t>
+          <t>9786254105647</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Yapraklar</t>
+          <t>Kolay ve Eğlenceli Köpek Eğitimi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>599.98</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254105555</t>
+          <t>9786254104855</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Karası Yürek</t>
+          <t>Çocuğu Anlamak ve Eğitmek</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>995</v>
+        <v>699.98</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254102011</t>
+          <t>9786254105791</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz</t>
+          <t>Glikoz Tanrıçası Metodu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>599.98</v>
+        <v>999</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254104657</t>
+          <t>9786254104879</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kesik</t>
+          <t>Aora Metodu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>425</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254104947</t>
+          <t>9786254105449</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Çocuk Farkındalıkla Öldürmeli</t>
+          <t>Vaka II: Hesap Günü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>499.98</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254105630</t>
+          <t>9786254105432</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şeytani Zihin (Robert Hunter - 6)</t>
+          <t>Vaka: Kan Kokusu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>499.98</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254105623</t>
+          <t>9786254105821</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Teker Teker (Robert Hunter – 5)</t>
+          <t>Işığın Rehberi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>499.98</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254105609</t>
+          <t>9786254105661</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Sanatçısı (Robert Hunter – 4)</t>
+          <t>Kan Kırmızı</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>499.98</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254105593</t>
+          <t>9786254104695</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gece Sapığı (Robert Hunter – 3)</t>
+          <t>Saraybosna’nın Çellisti</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>499.98</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254105784</t>
+          <t>9786254102998</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcım</t>
+          <t>On Bir Saat</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053433972</t>
+          <t>9786254103438</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik İyilik</t>
+          <t>Cennete Yolculuk</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>350</v>
+        <v>699.98</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053433958</t>
+          <t>9786254102509</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Para Hızı Sever</t>
+          <t>Kızıl Yapraklar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254103582</t>
+          <t>9786254105555</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Algoritma ve Kehanet</t>
+          <t>Mürekkep Karası Yürek</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>375</v>
+        <v>995</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254105074</t>
+          <t>9786254102011</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Adanmışlık</t>
+          <t>Ölümsüz</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>395</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254105135</t>
+          <t>9786254104657</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Veri Dedektifi</t>
+          <t>Kesik</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>499.98</v>
+        <v>425</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254104701</t>
+          <t>9786254104947</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Zaman Perspektifi Terapisi</t>
+          <t>İçimdeki Çocuk Farkındalıkla Öldürmeli</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>395</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254105715</t>
+          <t>9786254105630</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Verebileceğimiz En Büyük 10 Armağan</t>
+          <t>Şeytani Zihin (Robert Hunter - 6)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>395</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254104084</t>
+          <t>9786254105623</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zinde Beyin</t>
+          <t>Teker Teker (Robert Hunter – 5)</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>499.98</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786254104985</t>
+          <t>9786254105609</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün/ Her Gün Serisi 3. Kitap</t>
+          <t>Ölüm Sanatçısı (Robert Hunter – 4)</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>499.98</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254105173</t>
+          <t>9786254105593</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dil Yuvası</t>
+          <t>Gece Sapığı (Robert Hunter – 3)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>399.98</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254105562</t>
+          <t>9786254105784</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Evren</t>
+          <t>Kıvılcım</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>299.98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254105548</t>
+          <t>9786053433972</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Kadın</t>
+          <t>Beklenmedik İyilik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>299.98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053433231</t>
+          <t>9786053433958</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Parti</t>
+          <t>Para Hızı Sever</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>299</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055289201</t>
+          <t>9786254103582</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları Rehberi</t>
+          <t>Algoritma ve Kehanet</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>299</v>
+        <v>375</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>5026548062824</t>
+          <t>9786254105074</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Irvin D. Yalom Özel Set</t>
+          <t>Adanmışlık</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>2185.94</v>
+        <v>395</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>5026548067393</t>
+          <t>9786254105135</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İtaatkar Serisi Takım Set (2 Kitap)</t>
+          <t>Veri Dedektifi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>5026548067379</t>
+          <t>9786254104701</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kaşifin Güncesi Serisi Takım Set (2 Kitap)</t>
+          <t>Zaman Perspektifi Terapisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>395</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>5026548067409</t>
+          <t>9786254105715</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Oscar Pill Serisi Takım Set (2 Kitap)</t>
+          <t>Çocuklarımıza Verebileceğimiz En Büyük 10 Armağan</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>590</v>
+        <v>395</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>5026548067294</t>
+          <t>9786254104084</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Antoine Marcas Serisi Takım Set (2 Kitap)</t>
+          <t>Zinde Beyin</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>638</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>5026548067287</t>
+          <t>9786254104985</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Hoyt Romantik Kitaplar Koleksiyonu Takım Set (6 Kitap)</t>
+          <t>Bir Gün/ Her Gün Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>1674</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>5026548067317</t>
+          <t>9786254105173</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Vadi Serisi Takım Set (3 Kitap)</t>
+          <t>Dil Yuvası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>807</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>5026548067324</t>
+          <t>9786254105562</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Temeraire Serisi Takım Set (3 Kitap)</t>
+          <t>İçindeki Evren</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>897</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>5026548067300</t>
+          <t>9786254105548</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sherrilyn Kenyon Kitapları Takım Set (4 Kitap)</t>
+          <t>İçimdeki Kadın</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1196</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>5026548067263</t>
+          <t>9786053433231</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Teresa Medeiros Romantik Kitaplar Serisi Takım Set (5 Kitap)</t>
+          <t>Karanlık Parti</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1415</v>
+        <v>299</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>5026548067256</t>
+          <t>9786055289201</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kaşifin Güncesi Serisi Takım Set (3 Kitap)</t>
+          <t>Açlık Oyunları Rehberi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>750</v>
+        <v>299</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>5026548067249</t>
+          <t>5026548062824</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Cathy Maxwell Romantik Kitaplar Koleksiyonu Takım Set (5 Kitap)</t>
+          <t>Irvin D. Yalom Özel Set</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>1315</v>
+        <v>2185.94</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>5026548067225</t>
+          <t>5026548067393</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Hoyt Romantik Kitaplar Koleksiyonu Takım Set (8 Kitap)</t>
+          <t>İtaatkar Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>2272</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>5026548067119</t>
+          <t>5026548067379</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sylvia Day Romantik Kitaplar Koleksiyon Takım Set (3 Kitap)</t>
+          <t>Kaşifin Güncesi Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>897</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>5026548067195</t>
+          <t>5026548067409</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Brenda Joyce Romantik Kitaplar Koleksiyonu Takım Set (4 Kitap)</t>
+          <t>Oscar Pill Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1196</v>
+        <v>590</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>5026548067270</t>
+          <t>5026548067294</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sirius Komplosu - Kıyamet (2 Kitap Gerilim Macera Seti)</t>
+          <t>Antoine Marcas Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>548</v>
+        <v>638</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054456604</t>
+          <t>5026548067287</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar</t>
+          <t>Elizabeth Hoyt Romantik Kitaplar Koleksiyonu Takım Set (6 Kitap)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>249</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>5026548067188</t>
+          <t>5026548067317</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Distopya (4 Kitap Takım)</t>
+          <t>Vadi Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>1196</v>
+        <v>807</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>5026548067126</t>
+          <t>5026548067324</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kresley Cole Karanlıktan Sonra (6 Kitap Takım)</t>
+          <t>Temeraire Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1764</v>
+        <v>897</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>5026548067089</t>
+          <t>5026548067300</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Lev Grossman Büyücüler (2 Kitap Takım)</t>
+          <t>Sherrilyn Kenyon Kitapları Takım Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>598</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>5026548067133</t>
+          <t>5026548067263</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Brenda Joyce Romantik Kitaplar Koleksiyonu Takım Set 5 Kitap</t>
+          <t>Teresa Medeiros Romantik Kitaplar Serisi Takım Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>750</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>2058347851470</t>
+          <t>5026548067256</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Aç Kalbini - Tanrıyla Bütün İlişkimi Kestim 2 Kitap Kutulu Özel Set</t>
+          <t>Kaşifin Güncesi Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>488</v>
+        <v>750</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>5026548067058</t>
+          <t>5026548067249</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Romans Seti Aşk Romanları Takım Set 4 Kitap</t>
+          <t>Cathy Maxwell Romantik Kitaplar Koleksiyonu Takım Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>1166</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>5026548067102</t>
+          <t>5026548067225</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Hoyt Romantik Kitaplar Koleksiyonu Takım Set (10 Kitap)</t>
+          <t>Elizabeth Hoyt Romantik Kitaplar Koleksiyonu Takım Set (8 Kitap)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>2870</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>5026548063968</t>
+          <t>5026548067119</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Zodyak Serisi Takım Set (2 Kitap)</t>
+          <t>Sylvia Day Romantik Kitaplar Koleksiyon Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>598</v>
+        <v>897</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>5026548063814</t>
+          <t>5026548067195</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Victoria Alexander Romantik Kitaplar Takım Set (3 Kitap)</t>
+          <t>Brenda Joyce Romantik Kitaplar Koleksiyonu Takım Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>897</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>5026548062923</t>
+          <t>5026548067270</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Vadi Serisi Takım Set (4 Kitap)</t>
+          <t>Sirius Komplosu - Kıyamet (2 Kitap Gerilim Macera Seti)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1076</v>
+        <v>548</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>3579521472674</t>
+          <t>9786054456604</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ürperti Serisi Takım Set (4 Kitap)</t>
+          <t>Aşıklar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1196</v>
+        <v>249</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>5026548063029</t>
+          <t>5026548067188</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Maceralar Serisi Takım Set (2 Kitap)</t>
+          <t>Fantastik Distopya (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>568</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>5026548063340</t>
+          <t>5026548067126</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Teresa Medeiros Romantik Kitaplar Serisi Takım Set (6 Kitap)</t>
+          <t>Kresley Cole Karanlıktan Sonra (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1714</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>5026548070973</t>
+          <t>5026548067089</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Temeraire Serisi Takım Set (4 Kitap)</t>
+          <t>Lev Grossman Büyücüler (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>1196</v>
+        <v>598</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>5026548063449</t>
+          <t>5026548067133</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Şeytan İncili + Kıyamet - Gerilim 2 Kitap Takım Set</t>
+          <t>Brenda Joyce Romantik Kitaplar Koleksiyonu Takım Set 5 Kitap</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>598</v>
+        <v>750</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>5026548066990</t>
+          <t>2058347851470</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sylvia Day Romantik Kitaplar Koleksiyon Takım Set 4 Kitap</t>
+          <t>Aç Kalbini - Tanrıyla Bütün İlişkimi Kestim 2 Kitap Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>174.94</v>
+        <v>488</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>5026548063203</t>
+          <t>5026548067058</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Serisi Takım Set (3 Kitap)</t>
+          <t>Tarihi Romans Seti Aşk Romanları Takım Set 4 Kitap</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>897</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>5026548063081</t>
+          <t>5026548067102</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Suzanne Enoch Romantik Kitaplar Takım Set (3 Kitap)</t>
+          <t>Elizabeth Hoyt Romantik Kitaplar Koleksiyonu Takım Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>847</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>5026548062947</t>
+          <t>5026548063968</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Susan Wiggs Romantik Kitaplar Takım Set (3 Kitap)</t>
+          <t>Zodyak Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>897</v>
+        <v>598</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>5026548063791</t>
+          <t>5026548063814</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Susan Mallery Romantik Kitaplar Takım Set (6 Kitap)</t>
+          <t>Victoria Alexander Romantik Kitaplar Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1644</v>
+        <v>897</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>5026548067003</t>
+          <t>5026548062923</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Susan Elizabeth Phillips Romantik Kitaplar Takım Set (7 Kitap)</t>
+          <t>Vadi Serisi Takım Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>2093</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>5026548065641</t>
+          <t>3579521472674</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sophie Jordan Romantik Kitaplar Takım Set (4 Kitap)</t>
+          <t>Ürperti Serisi Takım Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1136</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>5026548065573</t>
+          <t>5026548063029</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Gökyüzünün Altında Serisi Takım Set (2 Kitap)</t>
+          <t>Tuhaf Maceralar Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>598</v>
+        <v>568</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>5026548063234</t>
+          <t>5026548063340</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sofi Oksanen Kitapları Takım Set (2 Kitap) Araf - Stalin'in İnekleri</t>
+          <t>Teresa Medeiros Romantik Kitaplar Serisi Takım Set (6 Kitap)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>598</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>5026548063005</t>
+          <t>5026548070973</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Silüet Serisi Takım Set (3 Kitap)</t>
+          <t>Temeraire Serisi Takım Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>897</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>3579521472582</t>
+          <t>5026548063449</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sihir Ateşi Serisi Takım Set (2 Kitap)</t>
+          <t>Şeytan İncili + Kıyamet - Gerilim 2 Kitap Takım Set</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>598</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>5026548063432</t>
+          <t>5026548066990</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sigma Serisi Takım Set (2 Kitap)</t>
+          <t>Sylvia Day Romantik Kitaplar Koleksiyon Takım Set 4 Kitap</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>658</v>
+        <v>174.94</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>5026548063777</t>
+          <t>5026548063203</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sherrilyn Kenyon Kitapları Takım Set (5 Kitap)</t>
+          <t>Sürgün Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>1495</v>
+        <v>897</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>5026548063302</t>
+          <t>5026548063081</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Varis Serisi Takım Set (2 Kitap)</t>
+          <t>Suzanne Enoch Romantik Kitaplar Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>598</v>
+        <v>847</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>5026548067041</t>
+          <t>5026548062947</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Vampir Serisi Takım Set 3 Kitap</t>
+          <t>Susan Wiggs Romantik Kitaplar Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>897</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>5026548063111</t>
+          <t>5026548063791</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Samantha James Romantik Kitaplar Serisi Takım Set (3 Kitap)</t>
+          <t>Susan Mallery Romantik Kitaplar Takım Set (6 Kitap)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>867</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>5026548062992</t>
+          <t>5026548067003</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Rüya Avcısı Serisi Takım Set (2 Kitap)</t>
+          <t>Susan Elizabeth Phillips Romantik Kitaplar Takım Set (7 Kitap)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>598</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>5026548062725</t>
+          <t>5026548065641</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ruh Çığlığı Serisi Takım Set (3 Kitap)</t>
+          <t>Sophie Jordan Romantik Kitaplar Takım Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>747</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>5026548063180</t>
+          <t>5026548065573</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Rosemary Sahili Serisi Takım Set (3 Kitap)</t>
+          <t>Sonsuz Gökyüzünün Altında Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>747</v>
+        <v>598</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>5026548065443</t>
+          <t>5026548063234</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Peri Serisi Takım Set 3 Kitap</t>
+          <t>Sofi Oksanen Kitapları Takım Set (2 Kitap) Araf - Stalin'in İnekleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>837</v>
+        <v>598</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>5026548063067</t>
+          <t>5026548063005</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Pendragon Serisi Takım Set (3 Kitap)</t>
+          <t>Silüet Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>750</v>
+        <v>897</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>5026548062930</t>
+          <t>3579521472582</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Peggy Sue ve Hayaletler Serisi Takım Set (4 Kitap)</t>
+          <t>Sihir Ateşi Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>1086</v>
+        <v>598</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>5026548065344</t>
+          <t>5026548063432</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Serisi Takım Set 2 Kitap</t>
+          <t>Sigma Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>598</v>
+        <v>658</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>5026548062961</t>
+          <t>5026548063777</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Oscar Pill Serisi Takım Set (3 Kitap)</t>
+          <t>Sherrilyn Kenyon Kitapları Takım Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>885</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>5026548062893</t>
+          <t>5026548063302</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Oracle Serisi Takım Set (3 Kitap)</t>
+          <t>Savaşçı Varis Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>897</v>
+        <v>598</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>5026548064552</t>
+          <t>5026548067041</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Nicola Cornick Romantik Kitaplar Takım Set (4 Kitap)</t>
+          <t>Sarışın Vampir Serisi Takım Set 3 Kitap</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>1166</v>
+        <v>897</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>5026548063418</t>
+          <t>5026548063111</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Miyav! Yarın Yeni Bir Hayata Başlıyorum + Miyav! Kafayı mı Yediniz Siz? (2 Kitap Takım Set)</t>
+          <t>Samantha James Romantik Kitaplar Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>598</v>
+        <v>867</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>5026548063128</t>
+          <t>5026548062992</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Louise Douglas Romantik Kitaplar Takım Set (2 Kitap)</t>
+          <t>Rüya Avcısı Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>598</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>5026548063272</t>
+          <t>5026548062725</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Los Angeles Şekeri Serisi Takım Set (3 Kitap)</t>
+          <t>Ruh Çığlığı Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>807</v>
+        <v>747</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>5026548063456</t>
+          <t>5026548063180</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Liz Carlyle Romantik Kitaplar Takım Set (2 Kitap)</t>
+          <t>Rosemary Sahili Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>598</v>
+        <v>747</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>5026548063388</t>
+          <t>5026548065443</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Lisa Scottoline Kitapları Takım Set (4 Kitap)</t>
+          <t>Peri Serisi Takım Set 3 Kitap</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>1196</v>
+        <v>837</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>5026548063258</t>
+          <t>5026548063067</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kördüğüm Serisi Takım Set (3 Kitap)</t>
+          <t>Pendragon Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>897</v>
+        <v>750</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>5026548063296</t>
+          <t>5026548062930</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kody Keplinger Kitapları Takım Set (2 Kitap)</t>
+          <t>Peggy Sue ve Hayaletler Serisi Takım Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>518</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>5026548063166</t>
+          <t>5026548065344</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kathryn Caskie Romantik Kitaplar Takım Set (3 Kitap)</t>
+          <t>Ölümsüz Serisi Takım Set 2 Kitap</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>747</v>
+        <v>598</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>5026548063012</t>
+          <t>5026548062961</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kaşifin Güncesi Serisi Takım Set (4 Kitap)</t>
+          <t>Oscar Pill Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>1000</v>
+        <v>885</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>5026548065634</t>
+          <t>5026548062893</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Sonra Ölümsüzler Serisi Takım Set 8 Kitap</t>
+          <t>Oracle Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>2362</v>
+        <v>897</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>5026548065702</t>
+          <t>5026548064552</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Efendileri Serisi Takım Set 4 Kitap</t>
+          <t>Nicola Cornick Romantik Kitaplar Takım Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>1196</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>5026548063135</t>
+          <t>5026548063418</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Jude Deveraux Romantik KitaplarTakım Set (5 Kitap)</t>
+          <t>Miyav! Yarın Yeni Bir Hayata Başlıyorum + Miyav! Kafayı mı Yediniz Siz? (2 Kitap Takım Set)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>1495</v>
+        <v>598</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>5026548063463</t>
+          <t>5026548063128</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İhanet Üçlemesi Takım Set (2 Kitap)</t>
+          <t>Louise Douglas Romantik Kitaplar Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>598</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>5026548065399</t>
+          <t>5026548063272</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Harika Serisi Takım Set (3 Kitap)</t>
+          <t>Los Angeles Şekeri Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>847</v>
+        <v>807</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>5026548062886</t>
+          <t>5026548063456</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ölüler Serisi Takım Set (3 Kitap)</t>
+          <t>Liz Carlyle Romantik Kitaplar Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>747</v>
+        <v>598</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>5026548063036</t>
+          <t>5026548063388</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Güller - Bozkır Çiçekleri Takım Set (2 Kitap)</t>
+          <t>Lisa Scottoline Kitapları Takım Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>688</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>5026548063326</t>
+          <t>5026548063258</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gece Gezginleri Serisi Takım Set (2 Kitap)</t>
+          <t>Kördüğüm Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>598</v>
+        <v>897</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>3459662551486</t>
+          <t>5026548063296</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Firar Serisi Takım Set (2 Kitap)</t>
+          <t>Kody Keplinger Kitapları Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>498</v>
+        <v>518</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>5026548063821</t>
+          <t>5026548063166</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Fiona Barton Psikolojik Gerilim Kitapları Takım Set (2 Kitap)</t>
+          <t>Kathryn Caskie Romantik Kitaplar Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>598</v>
+        <v>747</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>5026548063494</t>
+          <t>5026548063012</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Romanlar Takım Set (3 Kitap)</t>
+          <t>Kaşifin Güncesi Serisi Takım Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>848</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>5026548063500</t>
+          <t>5026548065634</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Fantastik - Paranormal Romanlar Takım Set (3 Kitap)</t>
+          <t>Karanlıktan Sonra Ölümsüzler Serisi Takım Set 8 Kitap</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>927</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>5026548063197</t>
+          <t>5026548065702</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ezik Serisi Takım Set (3 Kitap)</t>
+          <t>Karanlığın Efendileri Serisi Takım Set 4 Kitap</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>897</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>5026548070850</t>
+          <t>5026548063135</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Evernight Akademisi Serisi Takım Set (5 Kitap)</t>
+          <t>Jude Deveraux Romantik KitaplarTakım Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>1345</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>5026548063364</t>
+          <t>5026548063463</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Eve Serisi Takım Set (3 Kitap)</t>
+          <t>İhanet Üçlemesi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>807</v>
+        <v>598</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>5026548063333</t>
+          <t>5026548065399</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Eloisa James Romantik Kitaplar Takım Set (6 Kitap)</t>
+          <t>Harika Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>1794</v>
+        <v>847</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>5026548065719</t>
+          <t>5026548062886</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Hoyt Romantik Kitaplar Koleksiyonu Takım Set (11 Kitap)</t>
+          <t>Güzel Ölüler Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>3169</v>
+        <v>747</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>5026548066983</t>
+          <t>5026548063036</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Dürtü - Yanlış Anne &amp; Psikolojik Gerilim Seti (2 Kitap)</t>
+          <t>Güller - Bozkır Çiçekleri Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>598</v>
+        <v>688</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>5026548063043</t>
+          <t>5026548063326</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Draki Serisi Takım Set (3 Kitap)</t>
+          <t>Gece Gezginleri Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>767</v>
+        <v>598</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>5026548063265</t>
+          <t>3459662551486</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Backström Serisi Takım Set (2 Kitap)</t>
+          <t>Firar Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>598</v>
+        <v>498</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>5026548063395</t>
+          <t>5026548063821</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Daughtry Ailesi Serisi Takım Set (3 Kitap)</t>
+          <t>Fiona Barton Psikolojik Gerilim Kitapları Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>867</v>
+        <v>598</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>5026548063227</t>
+          <t>5026548063494</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Dünyalar Serisi Takım Set (2 Kitap)</t>
+          <t>Fantastik Romanlar Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>598</v>
+        <v>848</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>5026548065481</t>
+          <t>5026548063500</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Charlotte Link Polisiye Gerilim Seti 2 Kitap</t>
+          <t>Fantastik - Paranormal Romanlar Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>598</v>
+        <v>927</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>5026548063142</t>
+          <t>5026548063197</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Cecelia Ahern Kitapları Takım Set (3 Kitap)</t>
+          <t>Ezik Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>897</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>5026548063371</t>
+          <t>5026548070850</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Cathy Maxwell Romantik Kitaplar Takım Set (6 Kitap)</t>
+          <t>Evernight Akademisi Serisi Takım Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>1614</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>5026548063098</t>
+          <t>5026548063364</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Candace Camp Romantik Kitaplar Serisi Takım Set (5 Kitap)</t>
+          <t>Eve Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>1495</v>
+        <v>807</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>5026548062916</t>
+          <t>5026548063333</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şeytan Savaşları Serisi Takım Set (2 Kitap)</t>
+          <t>Eloisa James Romantik Kitaplar Takım Set (6 Kitap)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>500</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>5026548067027</t>
+          <t>5026548065719</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Brenda Joyce Romantik Kitaplar Koleksiyonu Takım Set 7 Kitap</t>
+          <t>Elizabeth Hoyt Romantik Kitaplar Koleksiyonu Takım Set (11 Kitap)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>1050</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>5026548062879</t>
+          <t>5026548066983</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bir Taşra Polisiyesi Serisi Takım Set (3 Kitap)</t>
+          <t>Dürtü - Yanlış Anne &amp; Psikolojik Gerilim Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>717</v>
+        <v>598</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>5026548062718</t>
+          <t>5026548063043</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Avolon Okçuları Serisi Takım Set (3 Kitap)</t>
+          <t>Draki Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>847</v>
+        <v>767</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>5026548062862</t>
+          <t>5026548063265</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kırıkları Serisi Takım Set (3 Kitap)</t>
+          <t>Dedektif Backström Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>1077</v>
+        <v>598</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>5026548063357</t>
+          <t>5026548063395</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Arşiv Serisi Takım Set (2 Kitap)</t>
+          <t>Daughtry Ailesi Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>598</v>
+        <v>867</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>3579521472759</t>
+          <t>5026548063227</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Antoine Marcas Serisi Takım Set (4 Kitap)</t>
+          <t>Çoklu Dünyalar Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>1276</v>
+        <v>598</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>5026548063210</t>
+          <t>5026548065481</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Amnezi Serisi Takım Set (3 Kitap)</t>
+          <t>Charlotte Link Polisiye Gerilim Seti 2 Kitap</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>787</v>
+        <v>598</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>5026548063401</t>
+          <t>5026548063142</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Gerçeklik Oyunu Üçlemesi Takım Set (3 Kitap)</t>
+          <t>Cecelia Ahern Kitapları Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>897</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>5026548063470</t>
+          <t>5026548063371</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Alfred Kropp Serisi Takım Set (3 Kitap)</t>
+          <t>Cathy Maxwell Romantik Kitaplar Takım Set (6 Kitap)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>750</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>5026548067034</t>
+          <t>5026548063098</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Alera Serisi Takım Set (2 Kitap)</t>
+          <t>Candace Camp Romantik Kitaplar Serisi Takım Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>598</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>5026548062978</t>
+          <t>5026548062916</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>80 Gün Serisi Takım Set (3 Kitap)</t>
+          <t>Büyük Şeytan Savaşları Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>897</v>
+        <v>500</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>3457452551227</t>
+          <t>5026548067027</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İtaatkar Serisi Takım Set (3 Kitap)</t>
+          <t>Brenda Joyce Romantik Kitaplar Koleksiyonu Takım Set 7 Kitap</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>897</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>2058347454152</t>
+          <t>5026548062879</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Büyücüler Serisi Takım Set (3 Kitap)</t>
+          <t>Bir Taşra Polisiyesi Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>897</v>
+        <v>717</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>2058347454022</t>
+          <t>5026548062718</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Karga Kız Serisi Takım Set (3 Kitap)</t>
+          <t>Avolon Okçuları Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>897</v>
+        <v>847</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053432777</t>
+          <t>5026548062862</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Karaltı</t>
+          <t>Aşk Kırıkları Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>299</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053435129</t>
+          <t>5026548063357</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bir Artı Bir</t>
+          <t>Arşiv Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>299</v>
+        <v>598</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055289836</t>
+          <t>3579521472759</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Grinin Elli Tonu</t>
+          <t>Antoine Marcas Serisi Takım Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>329</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055943011</t>
+          <t>5026548063210</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendinize Felsefe Öğrenin</t>
+          <t>Amnezi Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>249</v>
+        <v>787</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055943370</t>
+          <t>5026548063401</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ye Dua Et Sev</t>
+          <t>Alternatif Gerçeklik Oyunu Üçlemesi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>299</v>
+        <v>897</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054456185</t>
+          <t>5026548063470</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Fatıma'nın Eli</t>
+          <t>Alfred Kropp Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>389</v>
+        <v>750</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054263295</t>
+          <t>5026548067034</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bukalemunlar Kitabı</t>
+          <t>Alera Serisi Takım Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>249</v>
+        <v>598</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053430261</t>
+          <t>5026548062978</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yelken Açanlar</t>
+          <t>80 Gün Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>299</v>
+        <v>897</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053430834</t>
+          <t>3457452551227</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Eğer Yaşarsam</t>
+          <t>İtaatkar Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>269</v>
+        <v>897</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054456840</t>
+          <t>2058347454152</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Oyun</t>
+          <t>Büyücüler Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>269</v>
+        <v>897</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055289416</t>
+          <t>2058347454022</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Şeytan İncili</t>
+          <t>Karga Kız Serisi Takım Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>299</v>
+        <v>897</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055289607</t>
+          <t>9786053432777</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Açlık Sancıları</t>
+          <t>Karaltı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054263035</t>
+          <t>9786053435129</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Deja Vu</t>
+          <t>Bir Artı Bir</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054263042</t>
+          <t>9786055289836</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İntihar Cinayet</t>
+          <t>Grinin Elli Tonu</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053432999</t>
+          <t>9786055943011</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kazanova Tarikatı</t>
+          <t>Kendi Kendinize Felsefe Öğrenin</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>319</v>
+        <v>249</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054263127</t>
+          <t>9786055943370</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Yakalamak</t>
+          <t>Ye Dua Et Sev</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055289324</t>
+          <t>9786054456185</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Sevgilim</t>
+          <t>Fatıma'nın Eli</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>269</v>
+        <v>389</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054263080</t>
+          <t>9786054263295</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın Gizli Tarihi-2</t>
+          <t>Bukalemunlar Kitabı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055289041</t>
+          <t>9786053430261</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları Dünyası</t>
+          <t>Aşka Yelken Açanlar</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053430209</t>
+          <t>9786053430834</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Peşinde</t>
+          <t>Eğer Yaşarsam</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055289560</t>
+          <t>9786054456840</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Arzuların Esiri</t>
+          <t>Oyun</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053430483</t>
+          <t>9786055289416</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Nikahı</t>
+          <t>Şeytan İncili</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053435365</t>
+          <t>9786055289607</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Girdap (Ciltli)</t>
+          <t>Açlık Sancıları</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053435518</t>
+          <t>9786054263035</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Doyumsuz Zevkler</t>
+          <t>Deja Vu</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053437291</t>
+          <t>9786054263042</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Hey, Haydi Bir Grup Kuralım</t>
+          <t>İntihar Cinayet</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053434832</t>
+          <t>9786053432999</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sizi Mutluluk Denizinde Yüzdürecek Eğlenceli Şeyler</t>
+          <t>Kazanova Tarikatı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>499.98</v>
+        <v>319</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053434573</t>
+          <t>9786054263127</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Anne</t>
+          <t>Ateşi Yakalamak</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053434566</t>
+          <t>9786055289324</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Snowden Dosyası</t>
+          <t>Babam ve Sevgilim</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053433507</t>
+          <t>9786054263080</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Tutku Oyunları</t>
+          <t>Dünya'nın Gizli Tarihi-2</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053433491</t>
+          <t>9786055289041</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Gökyüzünün Altında</t>
+          <t>Açlık Oyunları Dünyası</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053436003</t>
+          <t>9786053430209</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Beni Baştan Çıkar</t>
+          <t>Hayallerin Peşinde</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055360313</t>
+          <t>9786055289560</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kölesi</t>
+          <t>Arzuların Esiri</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053434610</t>
+          <t>9786053430483</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Hayat Yaratabilirsiniz</t>
+          <t>Yıldırım Nikahı</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052996072</t>
+          <t>9786053435365</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kakebo: Tasarruf Yapmayı Öğreten Japon Yöntemİ</t>
+          <t>Girdap (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052995839</t>
+          <t>9786053435518</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Gazap ve Şafak Serisi (Ciltli)</t>
+          <t>Doyumsuz Zevkler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>718</v>
+        <v>299</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055360306</t>
+          <t>9786053437291</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni</t>
+          <t>Hey, Haydi Bir Grup Kuralım</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054456703</t>
+          <t>9786053434832</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>27 Kemik</t>
+          <t>Sizi Mutluluk Denizinde Yüzdürecek Eğlenceli Şeyler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>319</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053438106</t>
+          <t>9786053434573</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Yoga</t>
+          <t>Yanlış Anne</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053433682</t>
+          <t>9786053434566</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Gölge Kanatlar</t>
+          <t>Snowden Dosyası</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053439400</t>
+          <t>9786053433507</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Turtanın En Tatlı Yeri</t>
+          <t>Tutku Oyunları</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052997178</t>
+          <t>9786053433491</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>The Witcher Serisi Kutulu Özel Set (6 Kitap)</t>
+          <t>Sonsuz Gökyüzünün Altında</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>2750</v>
+        <v>299</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054456659</t>
+          <t>9786053436003</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ferrari'sini Satan Bilge'den Gününüzü Aydınlatacak Sözler</t>
+          <t>Beni Baştan Çıkar</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054456635</t>
+          <t>9786055360313</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Gölgesi</t>
+          <t>Aşk Kölesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053438472</t>
+          <t>9786053434610</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Gülün Sözü</t>
+          <t>Olağanüstü Bir Hayat Yaratabilirsiniz</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053439684</t>
+          <t>9786052996072</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kitap</t>
+          <t>Kakebo: Tasarruf Yapmayı Öğreten Japon Yöntemİ</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053433798</t>
+          <t>9786052995839</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Gazap ve Şafak Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>269</v>
+        <v>718</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053433811</t>
+          <t>9786055360306</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Fısıltı</t>
+          <t>Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052996379</t>
+          <t>9786054456703</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>The Witcher Serisi Kutulu Özel Set (5 Kitap)</t>
+          <t>27 Kemik</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>2250</v>
+        <v>319</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053433385</t>
+          <t>9786053438106</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>One Direction - Grubumuz Hikayemiz</t>
+          <t>Minikler İçin Yoga</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052991183</t>
+          <t>9786053433682</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>On Dakika</t>
+          <t>Gölge Kanatlar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053438687</t>
+          <t>9786053439400</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Tılsımı</t>
+          <t>Turtanın En Tatlı Yeri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054263769</t>
+          <t>9786052997178</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Vampir No:1</t>
+          <t>The Witcher Serisi Kutulu Özel Set (6 Kitap)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>299</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052991084</t>
+          <t>9786054456659</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlerimi Arıyorum</t>
+          <t>Ferrari'sini Satan Bilge'den Gününüzü Aydınlatacak Sözler</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053436102</t>
+          <t>9786054456635</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Kitap Değil</t>
+          <t>Karanlığın Gölgesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>350</v>
+        <v>249</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052990711</t>
+          <t>9786053438472</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Kokusu</t>
+          <t>Gülün Sözü</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052996454</t>
+          <t>9786053439684</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tarih Ansiklopedisi</t>
+          <t>Gizli Kitap</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>699</v>
+        <v>249</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052990636</t>
+          <t>9786053433798</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Labirent Serisi Kutulu Set (5 Kitap)</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>2125</v>
+        <v>269</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053430179</t>
+          <t>9786053433811</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Elli Tonu</t>
+          <t>En Karanlık Fısıltı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053432609</t>
+          <t>9786052996379</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Buz Prenses</t>
+          <t>The Witcher Serisi Kutulu Özel Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>179</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054263899</t>
+          <t>9786053433385</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'yla Bütün İlişkimi Kestim</t>
+          <t>One Direction - Grubumuz Hikayemiz</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054263677</t>
+          <t>9786052991183</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Neler Oldu? (Ciltli)</t>
+          <t>On Dakika</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>699</v>
+        <v>249</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053437796</t>
+          <t>9786053438687</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Varis</t>
+          <t>Sonbahar Tılsımı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053438069</t>
+          <t>9786054263769</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Kadrolar</t>
+          <t>Sarışın Vampir No:1</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053437963</t>
+          <t>9786052991084</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kışkırtıcı Cazibe</t>
+          <t>Kardeşlerimi Arıyorum</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053434207</t>
+          <t>9786053436102</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ruh Kapanı</t>
+          <t>Bu Bir Kitap Değil</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>249</v>
+        <v>350</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053439981</t>
+          <t>9786052990711</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hayat Işığım</t>
+          <t>Karanlığın Kokusu</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053434214</t>
+          <t>9786052996454</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yemin</t>
+          <t>Tarih Ansiklopedisi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>299</v>
+        <v>699</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053437895</t>
+          <t>9786052990636</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Arşiv</t>
+          <t>Labirent Serisi Kutulu Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>299</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053435914</t>
+          <t>9786053430179</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Jojo Moyes Seti (2 Kitap)</t>
+          <t>Özgürlüğün Elli Tonu</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>598</v>
+        <v>359</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054456673</t>
+          <t>9786053432609</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kendini Aşka Bırak</t>
+          <t>Buz Prenses</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052993958</t>
+          <t>9786054263899</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Çocuk</t>
+          <t>Tanrı'yla Bütün İlişkimi Kestim</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053437925</t>
+          <t>9786054263677</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Taksi Yolculuğunda Tanrı'yı Buldum.</t>
+          <t>Dünyada Neler Oldu? (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>249</v>
+        <v>699</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052995693</t>
+          <t>9786053437796</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Müptela</t>
+          <t>Savaşçı Varis</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054456543</t>
+          <t>9786053438069</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kimya'sı</t>
+          <t>Karanlık Kadrolar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052994016</t>
+          <t>9786053437963</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Gizli Tarih</t>
+          <t>Kışkırtıcı Cazibe</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>499</v>
+        <v>299</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052994092</t>
+          <t>9786053434207</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Eğer Biz, Biz Olmasaydık Olabileceğimiz Diğer Her Şey</t>
+          <t>Ruh Kapanı</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053434467</t>
+          <t>9786053439981</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kefaret</t>
+          <t>Hayat Işığım</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053434535</t>
+          <t>9786053434214</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Sözleşmesi</t>
+          <t>Yemin</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052994986</t>
+          <t>9786053437895</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Azap Çukuru</t>
+          <t>Arşiv</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052994993</t>
+          <t>9786053435914</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Açlık Ateşi</t>
+          <t>Jojo Moyes Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>299</v>
+        <v>598</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052995020</t>
+          <t>9786054456673</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Katili</t>
+          <t>Kendini Aşka Bırak</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052995013</t>
+          <t>9786052993958</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Akbaba Meclisi</t>
+          <t>Çocuk</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053435846</t>
+          <t>9786053437925</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Fransız Süiti</t>
+          <t>Taksi Yolculuğunda Tanrı'yı Buldum.</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052990803</t>
+          <t>9786052995693</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Korku Kapanı</t>
+          <t>Müptela</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053439608</t>
+          <t>9786054456543</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Üstümüzde Gökyüzü Altımızda Deniz</t>
+          <t>Aşkın Kimya'sı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789944326926</t>
+          <t>9786052994016</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilik Zor Zanaat Vesselam!</t>
+          <t>Gizli Tarih</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>219</v>
+        <v>499</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052994849</t>
+          <t>9786052994092</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Flora Banks’in Tek Anısı</t>
+          <t>Eğer Biz, Biz Olmasaydık Olabileceğimiz Diğer Her Şey</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053430858</t>
+          <t>9786053434467</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İstihbarat Belgeleriyle Kürtler (Ciltli)</t>
+          <t>Kefaret</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053435143</t>
+          <t>9786053434535</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Grinin Eli Tonu (Film Özel Baskısı)</t>
+          <t>Evlilik Sözleşmesi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052995907</t>
+          <t>9786052994986</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Karanlıklar Dükü</t>
+          <t>Azap Çukuru</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053434849</t>
+          <t>9786052994993</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Gecenin İçinde</t>
+          <t>Açlık Ateşi</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052993637</t>
+          <t>9786052995020</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Mucize (Film Özel Baskı) (Ciltli)</t>
+          <t>Ejderha Katili</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052995280</t>
+          <t>9786052995013</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Doğruluk Kılıcı Serisi Kutulu Özel Set (Ciltli)</t>
+          <t>Akbaba Meclisi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>1794</v>
+        <v>299</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052993279</t>
+          <t>9786053435846</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Paris'te Bir Karınca</t>
+          <t>Fransız Süiti</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052994535</t>
+          <t>9786052990803</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Bayan Ukala</t>
+          <t>Korku Kapanı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055289157</t>
+          <t>9786053439608</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ne İstediniz Lan Aşkımızdan</t>
+          <t>Üstümüzde Gökyüzü Altımızda Deniz</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053434337</t>
+          <t>9789944326926</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Eğer Yaşarsam Koleksiyonu</t>
+          <t>Gazetecilik Zor Zanaat Vesselam!</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>538</v>
+        <v>219</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053439547</t>
+          <t>9786052994849</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Şimdi ve Sonsuza Dek</t>
+          <t>Flora Banks’in Tek Anısı</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052995211</t>
+          <t>9786053430858</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Soyut Şeyler Müzesi</t>
+          <t>Amerikan İstihbarat Belgeleriyle Kürtler (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>249</v>
+        <v>399</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052994061</t>
+          <t>9786053435143</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Paris Seyahati</t>
+          <t>Grinin Eli Tonu (Film Özel Baskısı)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>219</v>
+        <v>329</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052994504</t>
+          <t>9786052995907</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Dürtü</t>
+          <t>Karanlıklar Dükü</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052995181</t>
+          <t>9786053434849</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sınır</t>
+          <t>Bitmeyen Gecenin İçinde</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053433910</t>
+          <t>9786052993637</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Büyücü Kral</t>
+          <t>Mucize (Film Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052992135</t>
+          <t>9786052995280</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>After Serisi Kutulu Özel Set</t>
+          <t>Doğruluk Kılıcı Serisi Kutulu Özel Set (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>1067</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053433477</t>
+          <t>9786052993279</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kemik Atlası</t>
+          <t>Paris'te Bir Karınca</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053434016</t>
+          <t>9786052994535</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Şeytani Arzular</t>
+          <t>Bayan Ukala</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053430865</t>
+          <t>9786055289157</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İstihbarat Belgeleriyle Kürtler</t>
+          <t>Ne İstediniz Lan Aşkımızdan</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>299</v>
+        <v>99</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053439271</t>
+          <t>9786053434337</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Özlemler Atlası</t>
+          <t>Eğer Yaşarsam Koleksiyonu</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>299</v>
+        <v>538</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052992500</t>
+          <t>9786053439547</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bitik Erkekler</t>
+          <t>Şimdi ve Sonsuza Dek</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054456352</t>
+          <t>9786052995211</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Masalı</t>
+          <t>Soyut Şeyler Müzesi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052994412</t>
+          <t>9786052994061</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>The Witcher Serisi Kutulu Özel Set (4 Kitap)</t>
+          <t>Tek Kişilik Paris Seyahati</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>1800</v>
+        <v>219</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052993385</t>
+          <t>9786052994504</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Mucize - Günlük</t>
+          <t>Dürtü</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053436546</t>
+          <t>9786052995181</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Durgun Mavi'nin Ortasında</t>
+          <t>Sınır</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052992517</t>
+          <t>9786053433910</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yasak Meyve</t>
+          <t>Büyücü Kral</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053436768</t>
+          <t>9786052992135</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>XY</t>
+          <t>After Serisi Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>299</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054456611</t>
+          <t>9786053433477</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Jane Austen Hayatımı Mahvetti</t>
+          <t>Kemik Atlası</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052990155</t>
+          <t>9786053434016</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Başka Türlü Bi’şey</t>
+          <t>Şeytani Arzular</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053434733</t>
+          <t>9786053430865</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Harika Çapkın</t>
+          <t>Amerikan İstihbarat Belgeleriyle Kürtler</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053439042</t>
+          <t>9786053439271</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonra Ben</t>
+          <t>İmkansız Özlemler Atlası</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053436874</t>
+          <t>9786052992500</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarını Asla Eldivensiz Silme / 1. Aşk</t>
+          <t>Bitik Erkekler</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054456987</t>
+          <t>9786054456352</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Pus</t>
+          <t>Bir Aşk Masalı</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053439899</t>
+          <t>9786052994412</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ağacı</t>
+          <t>The Witcher Serisi Kutulu Özel Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>269</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053437017</t>
+          <t>9786052993385</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Öteki Çocuk</t>
+          <t>Mucize - Günlük</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053439097</t>
+          <t>9786053436546</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir An</t>
+          <t>Durgun Mavi'nin Ortasında</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052991565</t>
+          <t>9786052992517</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Yapım Aşamasında</t>
+          <t>Yasak Meyve</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>2056523657847</t>
+          <t>9786053436768</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hygge - Lykke - Lagom Set (3 Kitap Takım) (Ciltli)</t>
+          <t>XY</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>725</v>
+        <v>299</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053437802</t>
+          <t>9786054456611</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Parayı Reddeden Adam</t>
+          <t>Jane Austen Hayatımı Mahvetti</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054263868</t>
+          <t>9786052990155</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Alaycı Kuş - Açlık Oyunları 3</t>
+          <t>Başka Türlü Bi’şey</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053437901</t>
+          <t>9786053434733</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı</t>
+          <t>Harika Çapkın</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055289454</t>
+          <t>9786053439042</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Alevler İçindeki Kız</t>
+          <t>Senden Sonra Ben</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052991534</t>
+          <t>9786053436874</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Kaçarken (Ciltli)</t>
+          <t>Gözyaşlarını Asla Eldivensiz Silme / 1. Aşk</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053430537</t>
+          <t>9786054456987</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler</t>
+          <t>Pus</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052992456</t>
+          <t>9786053439899</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Gazap ve Şafak (Ciltli)</t>
+          <t>Hayat Ağacı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>359</v>
+        <v>269</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053439936</t>
+          <t>9786053437017</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçinde</t>
+          <t>Öteki Çocuk</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053435792</t>
+          <t>9786053439097</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma</t>
+          <t>Mükemmel Bir An</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786254100727</t>
+          <t>9786052991565</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İhanet Üçlemesi Kutulu Özel Set (3 Kitap)</t>
+          <t>Yapım Aşamasında</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>897</v>
+        <v>269</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254100703</t>
+          <t>2056523657847</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ildefonso Falcones Tarihî Roman Kutulu Özel Set (4 Kitap)</t>
+          <t>Hygge - Lykke - Lagom Set (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>1516</v>
+        <v>725</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786254100710</t>
+          <t>9786053437802</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Varis Serisi Kutulu Özel Set (3 Kitap)</t>
+          <t>Parayı Reddeden Adam</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>897</v>
+        <v>249</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053437680</t>
+          <t>9786054263868</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Serisi Kutulu (6 Kitap)</t>
+          <t>Alaycı Kuş - Açlık Oyunları 3</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>1794</v>
+        <v>299</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054263592</t>
+          <t>9786053437901</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Sirius Komplosu</t>
+          <t>Ejderha Bakıcısı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053433408</t>
+          <t>9786055289454</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Stigma</t>
+          <t>Alevler İçindeki Kız</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053431961</t>
+          <t>9786052991534</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Arzulanan Kadın</t>
+          <t>Yağmurdan Kaçarken (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053431923</t>
+          <t>9786053430537</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Balosu</t>
+          <t>Gölgeler</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9799944326420</t>
+          <t>9786052992456</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Harname (Eşek Kitabı)</t>
+          <t>Gazap ve Şafak (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053436690</t>
+          <t>9786053439936</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Peruklu Kız</t>
+          <t>Evvel Zaman İçinde</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789944326988</t>
+          <t>9786053435792</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Recep Tayyip Erdoğan’ın Liderlik Şifreleri</t>
+          <t>Çarpışma</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>200</v>
+        <v>299</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053434238</t>
+          <t>9786254100727</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Profesör ve Hizmetçi</t>
+          <t>İhanet Üçlemesi Kutulu Özel Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>249</v>
+        <v>897</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789944326971</t>
+          <t>9786254100703</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Zengin Olma Bilimi</t>
+          <t>Ildefonso Falcones Tarihî Roman Kutulu Özel Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>219</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789944326964</t>
+          <t>9786254100710</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Komutanım Ben Şehit Miyim?</t>
+          <t>Varis Serisi Kutulu Özel Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>249</v>
+        <v>897</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789944326957</t>
+          <t>9786053437680</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Ekmek ve Yemek Tarifleri</t>
+          <t>Dönüşüm Serisi Kutulu (6 Kitap)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>699</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789944326940</t>
+          <t>9786054263592</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasası</t>
+          <t>Sirius Komplosu</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789944326933</t>
+          <t>9786053433408</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatta Mevlana ve Sufizm</t>
+          <t>Stigma</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789944326889</t>
+          <t>9786053431961</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusunun PKK Operasyonları 1983-2007</t>
+          <t>Arzulanan Kadın</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053431213</t>
+          <t>9786053431923</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Gece Nöbeti</t>
+          <t>Şeytanın Balosu</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789944326858</t>
+          <t>9799944326420</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Bill Gates Anlatıyor</t>
+          <t>Üçüncü Harname (Eşek Kitabı)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789944326827</t>
+          <t>9786053436690</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Hayatınızı Nasıl Değiştirir?</t>
+          <t>Dokuz Peruklu Kız</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789944326803</t>
+          <t>9789944326988</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasası Sırrı</t>
+          <t>Recep Tayyip Erdoğan’ın Liderlik Şifreleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>249</v>
+        <v>200</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789944326780</t>
+          <t>9786053434238</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>CEO Koçunun Sırları</t>
+          <t>Profesör ve Hizmetçi</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789944326766</t>
+          <t>9789944326971</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Etkin Hızlı Okuma</t>
+          <t>Zengin Olma Bilimi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789944326735</t>
+          <t>9789944326964</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Gizemleri</t>
+          <t>Komutanım Ben Şehit Miyim?</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789944326728</t>
+          <t>9789944326957</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Jack Welch Yöntemi</t>
+          <t>Ekmek ve Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>219</v>
+        <v>699</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944326711</t>
+          <t>9789944326940</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Ekonomi Mucizesi</t>
+          <t>Çekim Yasası</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789944326704</t>
+          <t>9789944326933</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Paris Alışveriş ve Gezi Rehberi</t>
+          <t>Gündelik Hayatta Mevlana ve Sufizm</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789944326698</t>
+          <t>9789944326889</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>İnternet’ten Para Kazanmanın 43 Kolay Yolu</t>
+          <t>Türk Ordusunun PKK Operasyonları 1983-2007</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>279</v>
+        <v>219</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789944326681</t>
+          <t>9786053431213</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma</t>
+          <t>Gece Nöbeti</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789944326674</t>
+          <t>9789944326858</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Verebileceğimiz En Büyük 10 Armağan</t>
+          <t>Bill Gates Anlatıyor</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789944326667</t>
+          <t>9789944326827</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Aslanlar Kükremeye Gerek Duymaz</t>
+          <t>Felsefe Hayatınızı Nasıl Değiştirir?</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789944326650</t>
+          <t>9789944326803</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Beyin Diyeti</t>
+          <t>Çekim Yasası Sırrı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054263387</t>
+          <t>9789944326780</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Çirkinin Aşığı</t>
+          <t>CEO Koçunun Sırları</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789944326643</t>
+          <t>9789944326766</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Anıtkabir’den Yükselen Ses</t>
+          <t>Kendi Kendine Etkin Hızlı Okuma</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789944326636</t>
+          <t>9789944326735</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet Nedir?</t>
+          <t>Ruhun Gizemleri</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789944326629</t>
+          <t>9789944326728</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Tipinize Göre Mesleğinizi Seçin</t>
+          <t>Jack Welch Yöntemi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944326612</t>
+          <t>9789944326711</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Medeniyeti</t>
+          <t>Atatürk’ün Ekonomi Mucizesi</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789944326599</t>
+          <t>9789944326704</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar İçin Yaşam Rehberi</t>
+          <t>Paris Alışveriş ve Gezi Rehberi</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054456048</t>
+          <t>9789944326698</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Çaylak El Kitabı 101</t>
+          <t>İnternet’ten Para Kazanmanın 43 Kolay Yolu</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>299</v>
+        <v>279</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789944326568</t>
+          <t>9789944326681</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Kalbiniz Konuşuyor</t>
+          <t>Küresel Isınma</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055943592</t>
+          <t>9789944326674</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İnanırsak Başarırız</t>
+          <t>Çocuklarımıza Verebileceğimiz En Büyük 10 Armağan</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789944326551</t>
+          <t>9789944326667</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>100.000$ Dolar Kazananlar Kulübü</t>
+          <t>Aslanlar Kükremeye Gerek Duymaz</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789944326544</t>
+          <t>9789944326650</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Başkalarını Sizin Gibi Düşünmeye Nasıl İkna Edersiniz?</t>
+          <t>Beyin Diyeti</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789944326537</t>
+          <t>9786054263387</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Zeka Üzerine</t>
+          <t>Çirkinin Aşığı</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053436171</t>
+          <t>9789944326643</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Lavanta Odası</t>
+          <t>Anıtkabir’den Yükselen Ses</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789944326490</t>
+          <t>9789944326636</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Küçük İşletmeler İçin Büyük Fikirler</t>
+          <t>Derin Devlet Nedir?</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789944326469</t>
+          <t>9789944326629</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>CIA İşkenceleri</t>
+          <t>Kişilik Tipinize Göre Mesleğinizi Seçin</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789944326438</t>
+          <t>9789944326612</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Vatikan ve Papa’nın Gizli Türkiye Senaryosu</t>
+          <t>Yahudi Medeniyeti</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789944326407</t>
+          <t>9789944326599</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>7 Dahi CEO</t>
+          <t>Kadınlar İçin Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944326384</t>
+          <t>9786054456048</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yaşama Diyeti</t>
+          <t>Çaylak El Kitabı 101</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789944326377</t>
+          <t>9789944326568</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Paris Ne İstediğimi Anlat Bana</t>
+          <t>Dikkat! Kalbiniz Konuşuyor</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786053436263</t>
+          <t>9786055943592</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dağıtan Çocuk</t>
+          <t>İnanırsak Başarırız</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>359</v>
+        <v>249</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789944326315</t>
+          <t>9789944326551</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına Dedirtmek</t>
+          <t>100.000$ Dolar Kazananlar Kulübü</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052991589</t>
+          <t>9789944326544</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ben Rüzgarım Sen Ateş</t>
+          <t>Başkalarını Sizin Gibi Düşünmeye Nasıl İkna Edersiniz?</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789944326278</t>
+          <t>9789944326537</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Omega Diyeti</t>
+          <t>Zeka Üzerine</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789944326261</t>
+          <t>9786053436171</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçü Olabilmek</t>
+          <t>Lavanta Odası</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789944326254</t>
+          <t>9789944326490</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Sokrates Yöntemi</t>
+          <t>Küçük İşletmeler İçin Büyük Fikirler</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789944326223</t>
+          <t>9789944326469</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika Kıskacında Türkiye</t>
+          <t>CIA İşkenceleri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>219</v>
+        <v>269</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053436126</t>
+          <t>9789944326438</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti</t>
+          <t>Vatikan ve Papa’nın Gizli Türkiye Senaryosu</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055943899</t>
+          <t>9789944326407</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Aldatma</t>
+          <t>7 Dahi CEO</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789944326155</t>
+          <t>9789944326384</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Mısır Kraliçesi Kleopatra’nın Anıları</t>
+          <t>Uzun Yaşama Diyeti</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052993736</t>
+          <t>9789944326377</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Koparken Park Etmek Yasaktır</t>
+          <t>Paris Ne İstediğimi Anlat Bana</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055943844</t>
+          <t>9786053436263</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Babil Şifresi</t>
+          <t>Rüya Dağıtan Çocuk</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>329</v>
+        <v>359</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789944326131</t>
+          <t>9789944326315</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma Teknikleri</t>
+          <t>Vay Canına Dedirtmek</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789944326124</t>
+          <t>9786052991589</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Beyin</t>
+          <t>Ben Rüzgarım Sen Ateş</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>49.98</v>
+        <v>249</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789944326117</t>
+          <t>9789944326278</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>CEO Mantığı</t>
+          <t>Omega Diyeti</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053430186</t>
+          <t>9789944326261</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Nyx - Gece Evi'nin Gizemi</t>
+          <t>Atatürkçü Olabilmek</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789944326070</t>
+          <t>9789944326254</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>CIA’in Gizli Tarihi</t>
+          <t>Sokrates Yöntemi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>359</v>
+        <v>269</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053430926</t>
+          <t>9789944326223</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Tutkuların Pençesinde</t>
+          <t>Dış Politika Kıskacında Türkiye</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789944326063</t>
+          <t>9786053436126</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilgenin Mesajı</t>
+          <t>O Piti Piti</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789944326056</t>
+          <t>9786055943899</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Yükselen Hilal</t>
+          <t>Aldatma</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053433217</t>
+          <t>9789944326155</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Harika Haftalar (Ciltli)</t>
+          <t>Mısır Kraliçesi Kleopatra’nın Anıları</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>749</v>
+        <v>299</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789944326049</t>
+          <t>9786052993736</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Eczane</t>
+          <t>Kıyamet Koparken Park Etmek Yasaktır</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>359</v>
+        <v>249</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789944326032</t>
+          <t>9786055943844</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>İsrail Nasıl Kaybetti?</t>
+          <t>Babil Şifresi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053432265</t>
+          <t>9789944326131</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Hayaller - Peri Serisi 3</t>
+          <t>Anlayarak Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789944326025</t>
+          <t>9789944326124</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük CEO ve Liderlerinin 10 Basit Sırrı</t>
+          <t>Duygusal Beyin</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>269</v>
+        <v>49.98</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053437055</t>
+          <t>9789944326117</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Saklı Şehvet</t>
+          <t>CEO Mantığı</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789944326001</t>
+          <t>9786053430186</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>CIA Belgeleriyle Zihin Kontrol Operasyonları</t>
+          <t>Nyx - Gece Evi'nin Gizemi</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786053432722</t>
+          <t>9789944326070</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Juliette Cemiyeti</t>
+          <t>CIA’in Gizli Tarihi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789944009997</t>
+          <t>9786053430926</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve Kızılderililer</t>
+          <t>Tutkuların Pençesinde</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789944009980</t>
+          <t>9789944326063</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İlklerin Kitabı</t>
+          <t>Bir Bilgenin Mesajı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053436140</t>
+          <t>9789944326056</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>After: Karşılaşma</t>
+          <t>Avrupa’da Yükselen Hilal</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>319</v>
+        <v>179</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789944009973</t>
+          <t>9786053433217</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusu’nun Kuzey Irak Operasyonları</t>
+          <t>Harika Haftalar (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>299</v>
+        <v>749</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789944009959</t>
+          <t>9789944326049</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Savaş</t>
+          <t>Yeşil Eczane</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789944009942</t>
+          <t>9789944326032</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Skinny Bitch - Zarif Çıtır</t>
+          <t>İsrail Nasıl Kaybetti?</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789944009911</t>
+          <t>9786053432265</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Burası Hakkari</t>
+          <t>Hayaller - Peri Serisi 3</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789944002196</t>
+          <t>9789944326025</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Havuç İlkesi</t>
+          <t>Dünyanın En Büyük CEO ve Liderlerinin 10 Basit Sırrı</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944002189</t>
+          <t>9786053437055</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasası’nın Eksik Parçası</t>
+          <t>Saklı Şehvet</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789944002172</t>
+          <t>9789944326001</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Felsefesi</t>
+          <t>CIA Belgeleriyle Zihin Kontrol Operasyonları</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789944002165</t>
+          <t>9786053432722</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kalıcı Mutluluk İçin 7 Adım</t>
+          <t>Juliette Cemiyeti</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789944002158</t>
+          <t>9789944009997</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum Fakat Sana Aşık Değilim</t>
+          <t>Türkler ve Kızılderililer</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789944002134</t>
+          <t>9789944009980</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatta Stresten Korunmak</t>
+          <t>İlklerin Kitabı</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786053431268</t>
+          <t>9786053436140</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Büyücüler</t>
+          <t>After: Karşılaşma</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789759146504</t>
+          <t>9789944009973</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Tarihinde Araplar</t>
+          <t>Türk Ordusu’nun Kuzey Irak Operasyonları</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786053431251</t>
+          <t>9789944009959</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Günahı</t>
+          <t>Psikolojik Savaş</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789759146498</t>
+          <t>9789944009942</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Kanlı Kılıcı: Cengiz Han</t>
+          <t>Skinny Bitch - Zarif Çıtır</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>49.98</v>
+        <v>249</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789759146481</t>
+          <t>9789944009911</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Mafyanın 100 Yıllık Tarihi</t>
+          <t>Burası Hakkari</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789759146474</t>
+          <t>9789944002196</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Savaş Devleti</t>
+          <t>Havuç İlkesi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055289584</t>
+          <t>9789944002189</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kördüğüm</t>
+          <t>Çekim Yasası’nın Eksik Parçası</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789759146443</t>
+          <t>9789944002172</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>100 Günde Usta Satıcı Olmanın Sırları</t>
+          <t>Mevlana Felsefesi</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789759146429</t>
+          <t>9789944002165</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Yeni Osmanlılar: İmparatorluğun Son Dönemindeki Genç Türkler</t>
+          <t>Kalıcı Mutluluk İçin 7 Adım</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>359</v>
+        <v>269</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053431275</t>
+          <t>9789944002158</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz</t>
+          <t>Seni Seviyorum Fakat Sana Aşık Değilim</t>
         </is>
       </c>
       <c r="C444" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789759146382</t>
+          <t>9789944002134</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sarayının Son Günleri</t>
+          <t>Gündelik Hayatta Stresten Korunmak</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053431619</t>
+          <t>9786053431268</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Öpücük</t>
+          <t>Büyücüler</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789759146375</t>
+          <t>9789759146504</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kendinizi Markalaştırmanın 50 Yolu</t>
+          <t>Uygarlık Tarihinde Araplar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053431497</t>
+          <t>9786053431251</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Lanetliler Ormanı</t>
+          <t>Aşkın Günahı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789759146368</t>
+          <t>9789759146498</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Sudoku</t>
+          <t>Bozkırın Kanlı Kılıcı: Cengiz Han</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>219</v>
+        <v>49.98</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786053431558</t>
+          <t>9789759146481</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ateşböceğinin Şarkısı</t>
+          <t>Mafyanın 100 Yıllık Tarihi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789759146344</t>
+          <t>9789759146474</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>İsrail’in Şifresi</t>
+          <t>Savaş Devleti</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789759146320</t>
+          <t>9786055289584</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kakuro</t>
+          <t>Kördüğüm</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789759146313</t>
+          <t>9789759146443</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>CEO Gibi Düşünmek</t>
+          <t>100 Günde Usta Satıcı Olmanın Sırları</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789759146252</t>
+          <t>9789759146429</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>JudaSofya: Ayasofya ve Patrikhane Üzerinden Oynanan Gizli Oyunlar</t>
+          <t>Yeni Osmanlılar: İmparatorluğun Son Dönemindeki Genç Türkler</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>219</v>
+        <v>359</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053434658</t>
+          <t>9786053431275</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Kadın Sürtüğün Tekidir!</t>
+          <t>Korkusuz</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789759146221</t>
+          <t>9789759146382</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Bulmaca Kitabı</t>
+          <t>Osmanlı Sarayının Son Günleri</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>219</v>
+        <v>269</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789759146184</t>
+          <t>9786053431619</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Üvey Baba</t>
+          <t>Unutulmaz Öpücük</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>5.56</v>
+        <v>299</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789759146177</t>
+          <t>9789759146375</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Yer Altında Bir Şehir</t>
+          <t>Kendinizi Markalaştırmanın 50 Yolu</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>5.56</v>
+        <v>269</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055943998</t>
+          <t>9786053431497</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Sina Dağı Sırrı</t>
+          <t>Lanetliler Ormanı</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055943981</t>
+          <t>9789759146368</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Psikopat</t>
+          <t>Sudoku</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053430674</t>
+          <t>9786053431558</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Senden Önce Ben</t>
+          <t>Ateşböceğinin Şarkısı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786055943950</t>
+          <t>9789759146344</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kemikler</t>
+          <t>İsrail’in Şifresi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055943943</t>
+          <t>9789759146320</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Balo Geceleri</t>
+          <t>Kakuro</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055289539</t>
+          <t>9789759146313</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Ermiş Sörfçü ve Patron</t>
+          <t>CEO Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055943875</t>
+          <t>9789759146252</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Erkek İçin En İyisi</t>
+          <t>JudaSofya: Ayasofya ve Patrikhane Üzerinden Oynanan Gizli Oyunlar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>269</v>
+        <v>219</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052992234</t>
+          <t>9786053434658</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Az Biraz Mutlu</t>
+          <t>Mükemmel Kadın Sürtüğün Tekidir!</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>269</v>
+        <v>219</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053430292</t>
+          <t>9789759146221</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Hipnozcu</t>
+          <t>Sudoku Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053439851</t>
+          <t>9789759146184</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Büyücü Varis</t>
+          <t>Üvey Baba</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>299</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055943868</t>
+          <t>9789759146177</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>Yer Altında Bir Şehir</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>299</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055943837</t>
+          <t>9786055943998</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve Kızılderililer</t>
+          <t>Sina Dağı Sırrı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055943820</t>
+          <t>9786055943981</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Ben, Mona Lisa</t>
+          <t>Psikopat</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055943783</t>
+          <t>9786053430674</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>İşaret</t>
+          <t>Senden Önce Ben</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053437697</t>
+          <t>9786055943950</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Serisi (Kutulu - 3 Kitap) (Ciltli)</t>
+          <t>Kutsal Kemikler</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>1197</v>
+        <v>299</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786055943776</t>
+          <t>9786055943943</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kuantum İyileşme</t>
+          <t>Cehennemde Balo Geceleri</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053430810</t>
+          <t>9786055289539</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Yabani Aşık</t>
+          <t>Ermiş Sörfçü ve Patron</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055943745</t>
+          <t>9786055943875</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın İncili</t>
+          <t>Erkek İçin En İyisi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055943691</t>
+          <t>9786052992234</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Direksiyon Adam</t>
+          <t>Az Biraz Mutlu</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055943677</t>
+          <t>9786053430292</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Kapıları</t>
+          <t>Hipnozcu</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055943646</t>
+          <t>9786053439851</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyıldan Günümüze Illuminati Komploları</t>
+          <t>Büyücü Varis</t>
         </is>
       </c>
       <c r="C479" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053432135</t>
+          <t>9786055943868</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Şehvetin Kölesi</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C480" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055943639</t>
+          <t>9786055943837</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları</t>
+          <t>Türkler ve Kızılderililer</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786055943615</t>
+          <t>9786055943820</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Doğusu</t>
+          <t>Ben, Mona Lisa</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053437703</t>
+          <t>9786055943783</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Hale Serisi</t>
+          <t>İşaret</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>897</v>
+        <v>299</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786055943608</t>
+          <t>9786053437697</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Burçlar ve Olasılıklar</t>
+          <t>Fırtına Serisi (Kutulu - 3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>299</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786055943578</t>
+          <t>9786055943776</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Dewey - Dünyanın Kalbine Dokunan Kütüphane Kedisi</t>
+          <t>Kuantum İyileşme</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786055943561</t>
+          <t>9786053430810</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Zübeyde Hanım</t>
+          <t>Yabani Aşık</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786055943547</t>
+          <t>9786055943745</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kemikler</t>
+          <t>Şeytanın İncili</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786055943462</t>
+          <t>9786055943691</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce Yapmanız Gereken 100 Şey</t>
+          <t>Direksiyon Adam</t>
         </is>
       </c>
       <c r="C488" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786055943417</t>
+          <t>9786055943677</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Julian Sırrı</t>
+          <t>Cehennem Kapıları</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786055943400</t>
+          <t>9786055943646</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Beyindeki Seks</t>
+          <t>Yirminci Yüzyıldan Günümüze Illuminati Komploları</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055943387</t>
+          <t>9786053432135</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Vermenin Gücü</t>
+          <t>Şehvetin Kölesi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786055289232</t>
+          <t>9786055943639</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce Yapmanız Gereken 2001 Şey</t>
+          <t>Açlık Oyunları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786055943363</t>
+          <t>9786055943615</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Psikopat</t>
+          <t>Güneşin Doğusu</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786055943332</t>
+          <t>9786053437703</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Işıl Işıl Güzellik</t>
+          <t>Hale Serisi</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>299</v>
+        <v>897</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786055943318</t>
+          <t>9786055943608</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Agarta ve Yeraltındaki Gizli Uygarlıklar</t>
+          <t>Burçlar ve Olasılıklar</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052990476</t>
+          <t>9786055943578</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kraliçe Serisi (Ciltli)</t>
+          <t>Dewey - Dünyanın Kalbine Dokunan Kütüphane Kedisi</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>1250</v>
+        <v>269</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786055943301</t>
+          <t>9786055943561</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Gibi Masallarda Hayatı ve Yapıtlarıyla İlhan İrem</t>
+          <t>Zübeyde Hanım</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786055360047</t>
+          <t>9786055943547</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yöneten Gizli Güç Sinarşizm</t>
+          <t>Kutsal Kemikler</t>
         </is>
       </c>
       <c r="C498" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786055943295</t>
+          <t>9786055943462</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>21 Günde 10 Kilo</t>
+          <t>Ölmeden Önce Yapmanız Gereken 100 Şey</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786055943288</t>
+          <t>9786055943417</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Şifresi</t>
+          <t>Julian Sırrı</t>
         </is>
       </c>
       <c r="C500" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786055943264</t>
+          <t>9786055943400</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Pegasus Sırrı</t>
+          <t>Beyindeki Seks</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786055943257</t>
+          <t>9786055943387</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Skinny Bitch Mutfakta</t>
+          <t>Vermenin Gücü</t>
         </is>
       </c>
       <c r="C502" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786055943233</t>
+          <t>9786055289232</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Bikini Diyeti</t>
+          <t>Ölmeden Önce Yapmanız Gereken 2001 Şey</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052993200</t>
+          <t>9786055943363</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Uzun Ömrün Kısa Rehberi</t>
+          <t>Psikopat</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786055943219</t>
+          <t>9786055943332</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Satış Gücünüzü Keşfedin</t>
+          <t>Işıl Işıl Güzellik</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786055943196</t>
+          <t>9786055943318</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yogası</t>
+          <t>Agarta ve Yeraltındaki Gizli Uygarlıklar</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786055943141</t>
+          <t>9786052990476</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Nefesini Bil</t>
+          <t>Kızıl Kraliçe Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>249</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786055943134</t>
+          <t>9786055943301</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağlardan Günümüze Dünya’nın Gizli Tarihi</t>
+          <t>Sürgün Gibi Masallarda Hayatı ve Yapıtlarıyla İlhan İrem</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053431459</t>
+          <t>9786055360047</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Sevgilimden Son Mektup</t>
+          <t>Dünyayı Yöneten Gizli Güç Sinarşizm</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786055943127</t>
+          <t>9786055943295</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Kızı</t>
+          <t>21 Günde 10 Kilo</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>329</v>
+        <v>269</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786055943110</t>
+          <t>9786055943288</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tanıma Kılavuzu</t>
+          <t>Renklerin Şifresi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786055943103</t>
+          <t>9786055943264</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşamak</t>
+          <t>Pegasus Sırrı</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786055943097</t>
+          <t>9786055943257</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatın Tao’su</t>
+          <t>Skinny Bitch Mutfakta</t>
         </is>
       </c>
       <c r="C513" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786055943073</t>
+          <t>9786055943233</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Fikriye Hanım</t>
+          <t>Bikini Diyeti</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786054263806</t>
+          <t>9786052993200</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Gölge Ritüeli</t>
+          <t>Uzun Ömrün Kısa Rehberi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>319</v>
+        <v>249</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786054263820</t>
+          <t>9786055943219</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Balo Geceleri (Cep Boy)</t>
+          <t>Satış Gücünüzü Keşfedin</t>
         </is>
       </c>
       <c r="C516" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786055943035</t>
+          <t>9786055943196</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Son 2000 Yılın En Büyük Buluşları</t>
+          <t>Yüz Yogası</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786055289195</t>
+          <t>9786055943141</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>12. Mıntıka - Açlık Oyunlarının Yıldızları</t>
+          <t>Nefesini Bil</t>
         </is>
       </c>
       <c r="C518" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786055943004</t>
+          <t>9786055943134</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Sufi Gibi Düşünmek</t>
+          <t>Antik Çağlardan Günümüze Dünya’nın Gizli Tarihi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786055360986</t>
+          <t>9786053431459</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları - Haraçları Tanıyalım</t>
+          <t>Sevgilimden Son Mektup</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786055360948</t>
+          <t>9786055943127</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kendini Değiştiren Beyin</t>
+          <t>Doğu’nun Kızı</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>39.98</v>
+        <v>329</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
+          <t>9786055943110</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Tanıma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786055943103</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Yaşamak</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786055943097</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Gündelik Hayatın Tao’su</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786055943073</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Fikriye Hanım</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786054263806</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Ritüeli</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786054263820</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Cehennemde Balo Geceleri (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786055943035</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Son 2000 Yılın En Büyük Buluşları</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786055289195</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>12. Mıntıka - Açlık Oyunlarının Yıldızları</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786055943004</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana ve Sufi Gibi Düşünmek</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786055360986</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Açlık Oyunları - Haraçları Tanıyalım</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786055360948</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Değiştiren Beyin</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>39.98</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
           <t>9786052991503</t>
         </is>
       </c>
-      <c r="B522" s="2" t="inlineStr">
+      <c r="B533" s="2" t="inlineStr">
         <is>
           <t>Paralama Defteri
 Her Yerde</t>
         </is>
       </c>
-      <c r="C522" s="1">
+      <c r="C533" s="1">
         <v>219</v>
-      </c>
-[...163 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789944326247</t>
+          <t>9786055360979</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Ceo Olmanın Yolları</t>
+          <t>Açlık Oyunları Resmi Film Kitabı</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786055289348</t>
+          <t>9786053430223</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Göl</t>
+          <t>Elli Ton Üçlemesi Seti</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>299</v>
+        <v>987</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786055289188</t>
+          <t>9786055943455</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Yavşaklık Virüsü</t>
+          <t>Umudun Cesareti</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786055289171</t>
+          <t>9786053431954</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kız Tavlama Sanatı</t>
+          <t>Küçük Bir Hayal Kur</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053430520</t>
+          <t>9786053431220</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>80 Gün Tutkunun Rengi</t>
+          <t>Karanlıklar - Gölgeler Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C538" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053430902</t>
+          <t>9786055360726</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Gelin</t>
+          <t>Fatih’in Gizli Mabedi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786054456833</t>
+          <t>9786055360375</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Yakut Kırmızı</t>
+          <t>Relorya</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786055943806</t>
+          <t>9789944326094</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kaplan</t>
+          <t>Ceo Sırları</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786054456697</t>
+          <t>9786053433316</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Nereye Kayboldu Bu Erkekler?</t>
+          <t>Alera 1: Prensesin Mirası</t>
         </is>
       </c>
       <c r="C542" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786054456550</t>
+          <t>9786055360238</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şarkısı</t>
+          <t>En Karanlık Gece</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786054456529</t>
+          <t>9786055289942</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Işık Tanrıçası</t>
+          <t>Alaska’nın Peşinde</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052991732</t>
+          <t>9789944326247</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Su ve Ateş</t>
+          <t>Ceo Olmanın Yolları</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786054456468</t>
+          <t>9786055289348</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Amerika’nın Keşfi</t>
+          <t>Göl</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>125</v>
+        <v>299</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786055289904</t>
+          <t>9786055289188</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Alex Sayılar Diyarında</t>
+          <t>Yavşaklık Virüsü</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>319</v>
+        <v>99</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786054456406</t>
+          <t>9786055289171</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Beastly</t>
+          <t>Kız Tavlama Sanatı</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>269</v>
+        <v>99</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786055943585</t>
+          <t>9786053430520</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kriz</t>
+          <t>80 Gün Tutkunun Rengi</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786054456369</t>
+          <t>9786053430902</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Siyam</t>
+          <t>Kusursuz Gelin</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786054456345</t>
+          <t>9786054456833</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Hünkar’ın Gözdesi</t>
+          <t>Yakut Kırmızı</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786054456260</t>
+          <t>9786055943806</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>Beyaz Kaplan</t>
         </is>
       </c>
       <c r="C552" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786054456222</t>
+          <t>9786054456697</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Açlık Oyunları Serisi Set (3 Kitap Takım - Kutulu)</t>
+          <t>Nereye Kayboldu Bu Erkekler?</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>897</v>
+        <v>299</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786054456161</t>
+          <t>9786054456550</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Leyla (Ciltli)</t>
+          <t>Aşk Şarkısı</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>359</v>
+        <v>269</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786055360771</t>
+          <t>9786054456529</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Barut Savaşı - Temeraire Serisi 3</t>
+          <t>Işık Tanrıçası</t>
         </is>
       </c>
       <c r="C555" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786054456079</t>
+          <t>9786052991732</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Burcunuz ve 2011</t>
+          <t>Su ve Ateş</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786054263974</t>
+          <t>9786054456468</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Limon Ağacı (Ciltli)</t>
+          <t>Amerika’nın Keşfi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>399</v>
+        <v>125</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786055289737</t>
+          <t>9786055289904</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Mesih Hitler</t>
+          <t>Alex Sayılar Diyarında</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786054263844</t>
+          <t>9786054456406</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Aşık Beyin</t>
+          <t>Beastly</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053430896</t>
+          <t>9786055943585</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm - Dönüşüm Serisi 5. Kitap</t>
+          <t>Büyük Kriz</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786054263615</t>
+          <t>9786054456369</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim</t>
+          <t>Siyam</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786054263462</t>
+          <t>9786054456345</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsü İçinde Aşk</t>
+          <t>Hünkar’ın Gözdesi</t>
         </is>
       </c>
       <c r="C562" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786054263400</t>
+          <t>9786054456260</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Aşkoskop</t>
+          <t>Lanetli</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786054263356</t>
+          <t>9786054456222</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Araf’ın Ricalleri</t>
+          <t>Açlık Oyunları Serisi Set (3 Kitap Takım - Kutulu)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>249</v>
+        <v>897</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786054263288</t>
+          <t>9786054456161</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>The Key</t>
+          <t>Leyla (Ciltli)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786054263271</t>
+          <t>9786055360771</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>CEO Gibi Düşünmek</t>
+          <t>Barut Savaşı - Temeraire Serisi 3</t>
         </is>
       </c>
       <c r="C566" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786054263257</t>
+          <t>9786054456079</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kontrol</t>
+          <t>Burcunuz ve 2011</t>
         </is>
       </c>
       <c r="C567" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786054263189</t>
+          <t>9786054263974</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Yardımcı</t>
+          <t>Limon Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>349</v>
+        <v>399</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786054263240</t>
+          <t>9786055289737</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasası Sırrı</t>
+          <t>Mesih Hitler</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786055289577</t>
+          <t>9786054263844</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Felaket</t>
+          <t>Aşık Beyin</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786054263233</t>
+          <t>9786053430896</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Başkalarını Sizin Gibi Düşünmeye Nasıl İkna Edersiniz?</t>
+          <t>Dönüşüm - Dönüşüm Serisi 5. Kitap</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052992944</t>
+          <t>9786054263615</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Müzmin Bekar</t>
+          <t>Ben Kimim</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786054263219</t>
+          <t>9786054263462</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Savaşçısı</t>
+          <t>Başörtüsü İçinde Aşk</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786055943707</t>
+          <t>9786054263400</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Senin Tehlikeli Fikrin Ne?</t>
+          <t>Aşkoskop</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786054263172</t>
+          <t>9786054263356</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Julie ve Julia</t>
+          <t>Araf’ın Ricalleri</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052993460</t>
+          <t>9786054263288</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kraliçe Serisi - Kutulu Özel Set (4 Kitap) (Ciltli)</t>
+          <t>The Key</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>2699</v>
+        <v>249</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786054263165</t>
+          <t>9786054263271</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Hollanda</t>
+          <t>CEO Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786054263141</t>
+          <t>9786054263257</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Etobur - Otobur İkilemi</t>
+          <t>Zihin Kontrol</t>
         </is>
       </c>
       <c r="C578" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786054263110</t>
+          <t>9786054263189</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Değiştirin Hayatınız Değişsin</t>
+          <t>Yardımcı</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786054263103</t>
+          <t>9786054263240</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>15 Günde Dahi Beyin’e Nasıl Sahip Olursunuz?</t>
+          <t>Çekim Yasası Sırrı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786054263073</t>
+          <t>9786055289577</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Sevgili</t>
+          <t>Felaket</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052992845</t>
+          <t>9786054263233</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Sen Olmadan Ben</t>
+          <t>Başkalarını Sizin Gibi Düşünmeye Nasıl İkna Edersiniz?</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786054263066</t>
+          <t>9786052992944</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Kafirin Kızı</t>
+          <t>Müzmin Bekar</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786054263059</t>
+          <t>9786054263219</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Direniş</t>
+          <t>Ejderha Savaşçısı</t>
         </is>
       </c>
       <c r="C584" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786054263011</t>
+          <t>9786055943707</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş</t>
+          <t>Senin Tehlikeli Fikrin Ne?</t>
         </is>
       </c>
       <c r="C585" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053431985</t>
+          <t>9786054263172</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Aile Bilgeliği</t>
+          <t>Julie ve Julia</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053439066</t>
+          <t>9786052993460</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Senden Önce Ben (Film Özel Baskı)</t>
+          <t>Kızıl Kraliçe Serisi - Kutulu Özel Set (4 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>299</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053430018</t>
+          <t>9786054263165</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Elli Tonu</t>
+          <t>Hollanda</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786053430506</t>
+          <t>9786054263141</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Silüet</t>
+          <t>Etobur - Otobur İkilemi</t>
         </is>
       </c>
       <c r="C589" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053438427</t>
+          <t>9786054263110</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Kaderini Değiştiren Kriz: 1997 - 2002</t>
+          <t>Beyninizi Değiştirin Hayatınız Değişsin</t>
         </is>
       </c>
       <c r="C590" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786053430476</t>
+          <t>9786054263103</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Ejder Ateşi  - Draki Serisi 1</t>
+          <t>15 Günde Dahi Beyin’e Nasıl Sahip Olursunuz?</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786053436560</t>
+          <t>9786054263073</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Kentler (Film Özel Baskısı) (Ciltli)</t>
+          <t>Yahudi Sevgili</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052993620</t>
+          <t>9786052992845</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Mucize - Mucize ve Ben - 365 Gün Mucize - Mucize Günlük (Ciltli)</t>
+          <t>Sen Olmadan Ben</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>1396</v>
+        <v>299</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786053436065</t>
+          <t>9786054263066</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Sabahın İlk Işıkları</t>
+          <t>Kafirin Kızı</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786054456192</t>
+          <t>9786054263059</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Vampir No.2</t>
+          <t>Direniş</t>
         </is>
       </c>
       <c r="C595" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786053434931</t>
+          <t>9786054263011</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Bir Şey</t>
+          <t>Seçilmiş</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053434672</t>
+          <t>9786053431985</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Farkındalık</t>
+          <t>Aile Bilgeliği</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786053434023</t>
+          <t>9786053439066</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Sırları</t>
+          <t>Senden Önce Ben (Film Özel Baskı)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052990834</t>
+          <t>9786053430018</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon Sevgi Dolu Mektup</t>
+          <t>Karanlığın Elli Tonu</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053433903</t>
+          <t>9786053430506</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Arzularımın Listesi</t>
+          <t>Silüet</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052992876</t>
+          <t>9786053438427</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>%10 Daha Mutlu</t>
+          <t>Türkiye'nin Kaderini Değiştiren Kriz: 1997 - 2002</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786053432418</t>
+          <t>9786053430476</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Travma</t>
+          <t>Ejder Ateşi  - Draki Serisi 1</t>
         </is>
       </c>
       <c r="C602" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786053437734</t>
+          <t>9786053436560</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Vampir Serisi Kutulu (5 Kitap)</t>
+          <t>Kağıttan Kentler (Film Özel Baskısı) (Ciltli)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>1495</v>
+        <v>359</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786053431510</t>
+          <t>9786052993620</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Efsane Tanrıçası</t>
+          <t>Mucize - Mucize ve Ben - 365 Gün Mucize - Mucize Günlük (Ciltli)</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>299</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053431367</t>
+          <t>9786053436065</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>CEO Olmaya Giden Yol</t>
+          <t>Sabahın İlk Işıkları</t>
         </is>
       </c>
       <c r="C605" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786053431145</t>
+          <t>9786054456192</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Zevk</t>
+          <t>Sarışın Vampir No.2</t>
         </is>
       </c>
       <c r="C606" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786053433552</t>
+          <t>9786053434931</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Ardında Bıraktığın Kadın</t>
+          <t>Müthiş Bir Şey</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786053431299</t>
+          <t>9786053434672</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücü ile Çizim</t>
+          <t>Yeni Başlayanlar İçin Farkındalık</t>
         </is>
       </c>
       <c r="C608" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786053430568</t>
+          <t>9786053434023</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Koleksiyoncu</t>
+          <t>Başkalarının Sırları</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786053431152</t>
+          <t>9786052990834</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Nefes Nefese</t>
+          <t>Bir Milyon Sevgi Dolu Mektup</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786053431244</t>
+          <t>9786053433903</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>One Direction Sahne Arkası</t>
+          <t>Arzularımın Listesi</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786053430995</t>
+          <t>9786052992876</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kontrol</t>
+          <t>%10 Daha Mutlu</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786053430728</t>
+          <t>9786053432418</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>One Direction Resmi Yıllığı (Ciltli)</t>
+          <t>Travma</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786053430094</t>
+          <t>9786053437734</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Saklanmış</t>
+          <t>Sarışın Vampir Serisi Kutulu (5 Kitap)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>299</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786053430575</t>
+          <t>9786053431510</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Günaha Davet</t>
+          <t>Efsane Tanrıçası</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789944326360</t>
+          <t>9786053431367</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Mozart'ın Kadınları</t>
+          <t>CEO Olmaya Giden Yol</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786054456796</t>
+          <t>9786053431145</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Dewey</t>
+          <t>En Karanlık Zevk</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052990278</t>
+          <t>9786053433552</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Seni Sevdim</t>
+          <t>Ardında Bıraktığın Kadın</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052667611</t>
+          <t>9786053431299</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Işıklı Kavanoz</t>
+          <t>Hayal Gücü ile Çizim</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>45</v>
+        <v>299</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786055943714</t>
+          <t>9786053430568</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Yanı Başınızdaki Sosyopat</t>
+          <t>Koleksiyoncu</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786055289461</t>
+          <t>9786053431152</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Geldiği için Teşekkürler Tanrım !</t>
+          <t>Nefes Nefese</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786054263813</t>
+          <t>9786053431244</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Sana Verdim</t>
+          <t>One Direction Sahne Arkası</t>
         </is>
       </c>
       <c r="C622" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786053433583</t>
+          <t>9786053430995</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Paris'te Balayı</t>
+          <t>Zihin Kontrol</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786053431572</t>
+          <t>9786053430728</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Kristin Hannah Kitaplığı Özel Kutulu Set</t>
+          <t>One Direction Resmi Yıllığı (Ciltli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>2622</v>
+        <v>299</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786053432982</t>
+          <t>9786053430094</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Oyunu</t>
+          <t>Saklanmış</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786053432616</t>
+          <t>9786053430575</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Aşk</t>
+          <t>Günaha Davet</t>
         </is>
       </c>
       <c r="C626" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786053438762</t>
+          <t>9789944326360</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Şarap Barı Teorisi</t>
+          <t>Mozart'ın Kadınları</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053439585</t>
+          <t>9786054456796</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Doğruluk Kılıcı Serisi Kutulu Set (4 Kitap)</t>
+          <t>Dewey</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>1196</v>
+        <v>269</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786053439059</t>
+          <t>9786052990278</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Senden Önce Ben (Ciltli)</t>
+          <t>Yalnız Seni Sevdim</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>399</v>
+        <v>269</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786054263509</t>
+          <t>9786052667611</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz</t>
+          <t>Işıklı Kavanoz</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>299</v>
+        <v>45</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786053430711</t>
+          <t>9786055943714</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tarifleri</t>
+          <t>Yanı Başınızdaki Sosyopat</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786053433545</t>
+          <t>9786055289461</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Altı Haftada Aman Tanrım</t>
+          <t>Pazartesi Geldiği için Teşekkürler Tanrım !</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786053436027</t>
+          <t>9786054263813</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Kuş Dili</t>
+          <t>Kalbimi Sana Verdim</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789759146399</t>
+          <t>9786053433583</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Vajina Monologları - Sıkı Vücutlar</t>
+          <t>Paris'te Balayı</t>
         </is>
       </c>
       <c r="C634" s="1">
         <v>219</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786053438755</t>
+          <t>9786053431572</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Sebastien</t>
+          <t>Kristin Hannah Kitaplığı Özel Kutulu Set</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>299</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786053431022</t>
+          <t>9786053432982</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Yatağımdaki Yabancı</t>
+          <t>Ölüm Oyunu</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786053438182</t>
+          <t>9786053432616</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Bellek / Amnezi 2. Kitap</t>
+          <t>İmkansız Aşk</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786055360085</t>
+          <t>9786053438762</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Kaset</t>
+          <t>Şarap Barı Teorisi</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789944326292</t>
+          <t>9786053439585</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Piyasayı Altüst Eden Küçük Kitap</t>
+          <t>Doğruluk Kılıcı Serisi Kutulu Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>249</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786055360153</t>
+          <t>9786053439059</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Günahkar Aşık</t>
+          <t>Senden Önce Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789944002110</t>
+          <t>9786054263509</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Etkin Hafıza Teknikleri</t>
+          <t>Ölümsüz</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052992975</t>
+          <t>9786053430711</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Hepinizden Tiksiniyorum</t>
+          <t>Aşk Tarifleri</t>
         </is>
       </c>
       <c r="C642" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789944326872</t>
+          <t>9786053433545</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>İyileşme Kitabı (Cd'li)</t>
+          <t>Altı Haftada Aman Tanrım</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786054263493</t>
+          <t>9786053436027</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kapıyı Çalınca</t>
+          <t>Kuş Dili</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786055360627</t>
+          <t>9789759146399</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Münire</t>
+          <t>Vajina Monologları - Sıkı Vücutlar</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>269</v>
+        <v>219</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052990308</t>
+          <t>9786053438755</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğa Uzanan Nefes</t>
+          <t>Güzel ve Sebastien</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786053432678</t>
+          <t>9786053431022</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hırsızı</t>
+          <t>Yatağımdaki Yabancı</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786055360160</t>
+          <t>9786053438182</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Çizim</t>
+          <t>Bellek / Amnezi 2. Kitap</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052990346</t>
+          <t>9786055360085</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Fransızcası</t>
+          <t>Kaset</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052990292</t>
+          <t>9789944326292</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanlarda Aşk</t>
+          <t>Piyasayı Altüst Eden Küçük Kitap</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786053438854</t>
+          <t>9786055360153</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Evernight Akademisi 4</t>
+          <t>Günahkar Aşık</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786053438199</t>
+          <t>9789944002110</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün İlk Kuralı - Kısım 1</t>
+          <t>Uygulamalı Etkin Hafıza Teknikleri</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786055289829</t>
+          <t>9786052992975</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Hades</t>
+          <t>Hepinizden Tiksiniyorum</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786053435709</t>
+          <t>9789944326872</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Evernight Akademisi 3</t>
+          <t>İyileşme Kitabı (Cd'li)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052992852</t>
+          <t>9786054263493</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>The Witcher Serisi Kutulu Özel Set (3 Kitap)</t>
+          <t>Aşk Kapıyı Çalınca</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>1350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786053431206</t>
+          <t>9786055360627</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Vampir - Ölümün Gölgesi 4</t>
+          <t>Münire</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786055289966</t>
+          <t>9786052990308</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Axolotl</t>
+          <t>Sonsuzluğa Uzanan Nefes</t>
         </is>
       </c>
       <c r="C657" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786054263448</t>
+          <t>9786053432678</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Dokunmak - Cassie Palmer Serisi 1. Kitap</t>
+          <t>Ruh Hırsızı</t>
         </is>
       </c>
       <c r="C658" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789944326995</t>
+          <t>9786055360160</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>YouTube - Video Paylaşımı Sayesinde Para Kazanmak ve Ücretsiz Olarak Reklamını Yapmak</t>
+          <t>Yeni Başlayanlar İçin Çizim</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786055360580</t>
+          <t>9786052990346</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Metabolizma Mucizesi</t>
+          <t>Aşkın Fransızcası</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786053434146</t>
+          <t>9786052990292</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>3096 Gün</t>
+          <t>Modern Zamanlarda Aşk</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786055289911</t>
+          <t>9786053438854</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Gelin</t>
+          <t>Evernight Akademisi 4</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786055289690</t>
+          <t>9786053438199</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Seni Kalbime Yazdım</t>
+          <t>Büyücünün İlk Kuralı - Kısım 1</t>
         </is>
       </c>
       <c r="C663" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786053433057</t>
+          <t>9786055289829</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Benim Yolum</t>
+          <t>Hades</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786054263929</t>
+          <t>9786053435709</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Kum Fırtınası</t>
+          <t>Evernight Akademisi 3</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>359</v>
+        <v>269</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786053437253</t>
+          <t>9786052992852</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kadın</t>
+          <t>The Witcher Serisi Kutulu Özel Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>299</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052990643</t>
+          <t>9786053431206</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Senden Önce Ben ve Senden Sonra Ben Kutulu Set (2 Kitap)</t>
+          <t>Sarışın Vampir - Ölümün Gölgesi 4</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>598</v>
+        <v>299</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786055360399</t>
+          <t>9786055289966</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Balo</t>
+          <t>Axolotl</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786053437321</t>
+          <t>9786054263448</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Alera 3</t>
+          <t>Karanlığa Dokunmak - Cassie Palmer Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786053439417</t>
+          <t>9789944326995</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Aşk - Esaret</t>
+          <t>YouTube - Video Paylaşımı Sayesinde Para Kazanmak ve Ücretsiz Olarak Reklamını Yapmak</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786054263486</t>
+          <t>9786055360580</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Kül Mevsimi</t>
+          <t>Metabolizma Mucizesi</t>
         </is>
       </c>
       <c r="C671" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786055360429</t>
+          <t>9786053434146</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Sihirler - Peri Serisi 2</t>
+          <t>3096 Gün</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786055360405</t>
+          <t>9786055289911</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Vampir - Sonsuz Şafak 3</t>
+          <t>Kaçak Gelin</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786055289751</t>
+          <t>9786055289690</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Öpücük - Karanlığın Efendileri Serisi 2. Kitap</t>
+          <t>Seni Kalbime Yazdım</t>
         </is>
       </c>
       <c r="C674" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786053437482</t>
+          <t>9786053433057</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Ürperti</t>
+          <t>Benim Yolum</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789944326322</t>
+          <t>9786054263929</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Bebeklerin İşaret Dili</t>
+          <t>Kum Fırtınası</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052991053</t>
+          <t>9786053437253</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Büyük Amerika</t>
+          <t>Esrarengiz Kadın</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786053437932</t>
+          <t>9786052990643</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Tepetaklak</t>
+          <t>Senden Önce Ben ve Senden Sonra Ben Kutulu Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>269</v>
+        <v>598</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786055289959</t>
+          <t>9786055360399</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>2012 Maya Kehaneti</t>
+          <t>Maskeli Balo</t>
         </is>
       </c>
       <c r="C679" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052990780</t>
+          <t>9786053437321</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Öpücüğü</t>
+          <t>Alera 3</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789944326841</t>
+          <t>9786053439417</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Evreka! Gündelik Hayatta Yaratıcı Zeka</t>
+          <t>Aşk - Esaret</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052997406</t>
+          <t>9786054263486</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Bu Defa Prenses Kendini Kurtarıyor</t>
+          <t>Kül Mevsimi</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>299.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786254105586</t>
+          <t>9786055360429</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kendiniz Olmanızı Engelleyen 5 Yara Ve 5 Yaranın Tedavisi</t>
+          <t>Sihirler - Peri Serisi 2</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>599</v>
+        <v>299</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786254105524</t>
+          <t>9786055360405</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>5 Yaranın Tedavisi</t>
+          <t>Sarışın Vampir - Sonsuz Şafak 3</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786254104756</t>
+          <t>9786055289751</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Kolaylaştıran 50 Cümle</t>
+          <t>En Karanlık Öpücük - Karanlığın Efendileri Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786254104770</t>
+          <t>9786053437482</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yolculuk</t>
+          <t>Ürperti</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>399.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786254104053</t>
+          <t>9789944326322</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Fıka: İsveçlilerinin Mutluluk Veren Günlük Kahve Ritüeli (Ciltli)</t>
+          <t>Bebeklerin İşaret Dili</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>399.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254104022</t>
+          <t>9786052991053</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Sisu: Finlandiyalarının Cesaret Sanatı (Ciltli)</t>
+          <t>Yeniden Büyük Amerika</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>499.98</v>
+        <v>269</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786254105579</t>
+          <t>9786053437932</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Pivot Yıl Olmak İstediğiniz Kişiye Dönüşmeniz İçin 365 Gün</t>
+          <t>Tepetaklak</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>399.98</v>
+        <v>269</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786254104961</t>
+          <t>9786055289959</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kalıfus Yükseliyor</t>
+          <t>2012 Maya Kehaneti</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>425</v>
+        <v>299</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786254105296</t>
+          <t>9786052990780</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Zihinler İçin İlginç Gerçekler</t>
+          <t>Sonbahar Öpücüğü</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>325</v>
+        <v>249</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786254104954</t>
+          <t>9789944326841</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Güneş</t>
+          <t>Evreka! Gündelik Hayatta Yaratıcı Zeka</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>395</v>
+        <v>249</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786254104978</t>
+          <t>9786052997406</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Tanrı</t>
+          <t>Bu Defa Prenses Kendini Kurtarıyor</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>395</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786254105531</t>
+          <t>9786254105586</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Evhamlı Bir Kazazedenin Öyküleri</t>
+          <t>Kendiniz Olmanızı Engelleyen 5 Yara Ve 5 Yaranın Tedavisi</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>250</v>
+        <v>599</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786254105197</t>
+          <t>9786254105524</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kedileri Seven Keşiş: Yedi Keşif</t>
+          <t>5 Yaranın Tedavisi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>299.98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786254105067</t>
+          <t>9786254104756</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dua</t>
+          <t>Hayatı Kolaylaştıran 50 Cümle</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>299.98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786254104831</t>
+          <t>9786254104770</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Salla Gitsin</t>
+          <t>Kendime Yolculuk</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>250</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786254103902</t>
+          <t>9786254104053</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Filozof: Felsefenin Dönüştürücü Gücü Üzerine Sohbetler</t>
+          <t>Fıka: İsveçlilerinin Mutluluk Veren Günlük Kahve Ritüeli (Ciltli)</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>325</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786254103834</t>
+          <t>9786254104022</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Bolluk Paradigması</t>
+          <t>Sisu: Finlandiyalarının Cesaret Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>250</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254103841</t>
+          <t>9786254105579</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Karmik Pazarlama: Serveti Çekmenin En Manyetik Yolu</t>
+          <t>Pivot Yıl Olmak İstediğiniz Kişiye Dönüşmeniz İçin 365 Gün</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>250</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254103872</t>
+          <t>9786254104961</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Tao'nun Gücü: Çağları Aşan Bir Mutluluk ve Uyum Rehberi</t>
+          <t>Kalıfus Yükseliyor</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>399.98</v>
+        <v>425</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786254104329</t>
+          <t>9786254105296</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Hipnotik Satış Sırları</t>
+          <t>Meraklı Zihinler İçin İlginç Gerçekler</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786254104930</t>
+          <t>9786254104954</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Farkındalıklı Cinayetler</t>
+          <t>Kızıl Güneş</t>
         </is>
       </c>
       <c r="C703" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786254105418</t>
+          <t>9786254104978</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Harika Yolculuk: Hamilelik ve Doğum Rehberi</t>
+          <t>Kuzgun Tanrı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>299.98</v>
+        <v>395</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254104435</t>
+          <t>9786254105531</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Görünmez</t>
+          <t>Evhamlı Bir Kazazedenin Öyküleri</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>399.99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786254105517</t>
+          <t>9786254105197</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Güzelleştiğim O Yaz Üçlemesi Kutulu Özel Set (3 Kitap)</t>
+          <t>Kedileri Seven Keşiş: Yedi Keşif</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>1199.95</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786254103513</t>
+          <t>9786254105067</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Kindar - Kötüler Serisi 2</t>
+          <t>Gizli Dua</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>599.99</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786254104466</t>
+          <t>9786254104831</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Near Cadısı</t>
+          <t>Salla Gitsin</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>399.99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786254104718</t>
+          <t>9786254103902</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Ağaçtan Çok Uzakta</t>
+          <t>İçimizdeki Filozof: Felsefenin Dönüştürücü Gücü Üzerine Sohbetler</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>399.99</v>
+        <v>325</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>5026548065535</t>
+          <t>9786254103834</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Atomik Alışkanlıklar - Küçük Alışkanlıklar Takım Set 2 Kitap</t>
+          <t>Bolluk Paradigması</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>799.96</v>
+        <v>250</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786254104312</t>
+          <t>9786254103841</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Teorinin Sonu: Finansal Krizler, Ekonominin Başarısızlığı ve İnsan Etkileşiminin Kapsamı</t>
+          <t>Karmik Pazarlama: Serveti Çekmenin En Manyetik Yolu</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>499.98</v>
+        <v>250</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786254105463</t>
+          <t>9786254103872</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Sporcu Kadınlar: Kazanmak İçin Oynamış 50 Korkusuz Sporcu (Ciltli)</t>
+          <t>Tao'nun Gücü: Çağları Aşan Bir Mutluluk ve Uyum Rehberi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>900</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052990650</t>
+          <t>9786254104329</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Silber Serisi Özel Set (Ciltli)</t>
+          <t>Hipnotik Satış Sırları</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>2399.94</v>
+        <v>250</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786053434191</t>
+          <t>9786254104930</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Anı Bahçesi</t>
+          <t>Farkındalıklı Cinayetler</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>299</v>
+        <v>395</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052994573</t>
+          <t>9786254105418</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Tüfek, Mikrop ve Çelik</t>
+          <t>Harika Yolculuk: Hamilelik ve Doğum Rehberi</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>799.98</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052990339</t>
+          <t>9786254104435</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Silber Rüyalar Kitabi 3 (Ciltli)</t>
+          <t>Görünmez</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>799.98</v>
+        <v>399.99</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786053434054</t>
+          <t>9786254105517</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Oyun (Ciltli)</t>
+          <t>Güzelleştiğim O Yaz Üçlemesi Kutulu Özel Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>299</v>
+        <v>1199.95</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786054263707</t>
+          <t>9786254103513</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Ateşböceği Yolu</t>
+          <t>Kindar - Kötüler Serisi 2</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>599.98</v>
+        <v>599.99</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786053432746</t>
+          <t>9786254104466</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Efsane (Ciltli)</t>
+          <t>Near Cadısı</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>699.98</v>
+        <v>399.99</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786053437727</t>
+          <t>9786254104718</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Seti</t>
+          <t>Ağaçtan Çok Uzakta</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>995</v>
+        <v>399.99</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052996799</t>
+          <t>5026548065535</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kraliçe Serisi - Kutulu Özel Set (5 Kitap) (Ciltli)</t>
+          <t>Atomik Alışkanlıklar - Küçük Alışkanlıklar Takım Set 2 Kitap</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>3449</v>
+        <v>799.96</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052994115</t>
+          <t>9786254104312</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Nevernight: Kuzgunun Gölgesi (Ciltli)</t>
+          <t>Teorinin Sonu: Finansal Krizler, Ekonominin Başarısızlığı ve İnsan Etkileşiminin Kapsamı</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>750</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786053437406</t>
+          <t>9786254105463</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Rakamlarla Boyama: İkonlar</t>
+          <t>Sporcu Kadınlar: Kazanmak İçin Oynamış 50 Korkusuz Sporcu (Ciltli)</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>319</v>
+        <v>900</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052995624</t>
+          <t>9786052990650</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>On Beş Dakikada Bir</t>
+          <t>Silber Serisi Özel Set (Ciltli)</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>299</v>
+        <v>2399.94</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052993484</t>
+          <t>9786053434191</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Genç Elitler Serisi - Kutulu Özel Set (3 Kitap) (Ciltli)</t>
+          <t>Anı Bahçesi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>1347</v>
+        <v>299</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052993064</t>
+          <t>9786052994573</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Kralın Kafesi (Ciltli)</t>
+          <t>Tüfek, Mikrop ve Çelik</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>950</v>
+        <v>799.98</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786053434689</t>
+          <t>9786052990339</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Grinin Elli Tonu</t>
+          <t>Silber Rüyalar Kitabi 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>359</v>
+        <v>799.98</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052992197</t>
+          <t>9786053434054</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Gül Cemiyeti (Ciltli)</t>
+          <t>Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>449</v>
+        <v>299</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786053431626</t>
+          <t>9786054263707</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tüm Zamanların İçinden Geçer Serisi Seti (3 Kitap Kutulu Set) (Ciltli)</t>
+          <t>Ateşböceği Yolu</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>1197</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786053435426</t>
+          <t>9786053432746</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Efsane Serisi Seti (3 Kitap) (Ciltli)</t>
+          <t>Efsane (Ciltli)</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>2099.94</v>
+        <v>699.98</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786054456390</t>
+          <t>9786053437727</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Sen Hayatıma Dokununca</t>
+          <t>Mutluluk Seti</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>249</v>
+        <v>995</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786054456017</t>
+          <t>9786052996799</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Bahar Tanrıçası - Tanrıça Serisi 2.Kitap</t>
+          <t>Kızıl Kraliçe Serisi - Kutulu Özel Set (5 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>299</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052991305</t>
+          <t>9786052994115</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Kendiniz Olmanızı Engelleyen 5 Yara</t>
+          <t>Nevernight: Kuzgunun Gölgesi (Ciltli)</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>249</v>
+        <v>750</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052990841</t>
+          <t>9786053437406</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kendini Seç</t>
+          <t>Rakamlarla Boyama: İkonlar</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>269</v>
+        <v>319</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052999707</t>
+          <t>9786052995624</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Güç</t>
+          <t>On Beş Dakikada Bir</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786254104398</t>
+          <t>9786052993484</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Michael Ende Kitapları Koleksiyonu (9 Kitap)</t>
+          <t>Genç Elitler Serisi - Kutulu Özel Set (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>2012</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786254105487</t>
+          <t>9786052993064</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Sihrin Tonları Üçlemesi Kutulu Özel Set (3 Kitap)</t>
+          <t>Kralın Kafesi (Ciltli)</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>1348</v>
+        <v>950</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786254105494</t>
+          <t>9786053434689</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Arap Alevilerinin Tarihi: Orta Çağ Halep Döneminden Türkiye Cumhuriyeti Dönemine</t>
+          <t>Grinin Elli Tonu</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>750</v>
+        <v>359</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786254103797</t>
+          <t>9786052992197</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Uyanıyor (Themis Dosyaları - 2)</t>
+          <t>Gül Cemiyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>599.98</v>
+        <v>449</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786254103612</t>
+          <t>9786053431626</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Devler (Themis Dosyaları – 1)</t>
+          <t>Aşk Tüm Zamanların İçinden Geçer Serisi Seti (3 Kitap Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>599.98</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786254102929</t>
+          <t>9786053435426</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurbağanın Uyanışı (Meditasyon DVD’siyle birlikte)</t>
+          <t>Efsane Serisi Seti (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>900</v>
+        <v>2099.94</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786254103124</t>
+          <t>9786054456390</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Küçük Doğal Taş Rehberi</t>
+          <t>Sen Hayatıma Dokununca</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>350</v>
+        <v>249</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786254104251</t>
+          <t>9786054456017</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Menopoz (Ciltli)</t>
+          <t>Bahar Tanrıçası - Tanrıça Serisi 2.Kitap</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>699.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786254105265</t>
+          <t>9786052991305</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Yaz Hep Bizimle Olacak</t>
+          <t>Kendiniz Olmanızı Engelleyen 5 Yara</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>399.98</v>
+        <v>249</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786254105258</t>
+          <t>9786052990841</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Yaz Olmaz</t>
+          <t>Kendini Seç</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>399.98</v>
+        <v>269</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786254105241</t>
+          <t>9786052999707</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Güzelleştiğim O Yaz</t>
+          <t>Sessiz Güç</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>399.98</v>
+        <v>269</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786053430421</t>
+          <t>9786254104398</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Dürtme</t>
+          <t>Michael Ende Kitapları Koleksiyonu (9 Kitap)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>499</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786254100307</t>
+          <t>9786254105487</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasası Sırrı (Gözden Geçirilmiş Yeni Baskı)</t>
+          <t>Sihrin Tonları Üçlemesi Kutulu Özel Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>325</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786254105371</t>
+          <t>9786254105494</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapla Güzelliğin Kilidini Açın</t>
+          <t>Arap Alevilerinin Tarihi: Orta Çağ Halep Döneminden Türkiye Cumhuriyeti Dönemine</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786254105364</t>
+          <t>9786254103797</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapla Uykunun Kilidini Açın</t>
+          <t>Tanrılar Uyanıyor (Themis Dosyaları - 2)</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>350</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786254105470</t>
+          <t>9786254103612</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı İyileştirecek Psikoloji Kitapları Koleksiyonu (8 Kitap)</t>
+          <t>Uyuyan Devler (Themis Dosyaları – 1)</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>2800</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786254104381</t>
+          <t>9786254102929</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Nevernight Serisi Kutulu Özel Set (3 Kitap) (Ciltli)</t>
+          <t>Küçük Kurbağanın Uyanışı (Meditasyon DVD’siyle birlikte)</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>2350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786254105395</t>
+          <t>9786254103124</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapla Cesaretin Kilidini Açın</t>
+          <t>Küçük Doğal Taş Rehberi</t>
         </is>
       </c>
       <c r="C753" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786254105388</t>
+          <t>9786254104251</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapla Başarının Kilidini Açın</t>
+          <t>Menopoz (Ciltli)</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>350</v>
+        <v>699.98</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786254105357</t>
+          <t>9786254105265</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapla Mutluluğun Kilidini Açın</t>
+          <t>Yaz Hep Bizimle Olacak</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>350</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786254105340</t>
+          <t>9786254105258</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapla Sakinliğin Kilidini Açın</t>
+          <t>Sensiz Yaz Olmaz</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>350</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786254105333</t>
+          <t>9786254105241</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapla Öz Güvenin Kilidini Açın</t>
+          <t>Güzelleştiğim O Yaz</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>350</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786254105326</t>
+          <t>9786053430421</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitapla Farkındalığın Kilidini Açın</t>
+          <t>Dürtme</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>350</v>
+        <v>499</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786254105180</t>
+          <t>9786254100307</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Sikkeden Bitcoin’e Paranın Tarihi</t>
+          <t>Çekim Yasası Sırrı (Gözden Geçirilmiş Yeni Baskı)</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>650</v>
+        <v>325</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786254104107</t>
+          <t>9786254105371</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Anlam Haritaları: İnancın Mimarisi</t>
+          <t>Bu Kitapla Güzelliğin Kilidini Açın</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786254102356</t>
+          <t>9786254105364</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kaynağı</t>
+          <t>Bu Kitapla Uykunun Kilidini Açın</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786055943523</t>
+          <t>9786254105470</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Doğu'nun Kızı</t>
+          <t>Hayatınızı İyileştirecek Psikoloji Kitapları Koleksiyonu (8 Kitap)</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>650</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786254103544</t>
+          <t>9786254104381</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Işığın Büyüsü (Sihrin Tonları - 3)</t>
+          <t>Nevernight Serisi Kutulu Özel Set (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>750</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786254103339</t>
+          <t>9786254105395</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Gıda: İyi De Ne Yemeliyim?</t>
+          <t>Bu Kitapla Cesaretin Kilidini Açın</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>599</v>
+        <v>350</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786254103360</t>
+          <t>9786254105388</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Tarihi: İnsan Beyninin Gelişiminin 4 Milyar Yıllık Hikayesi</t>
+          <t>Bu Kitapla Başarının Kilidini Açın</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>599</v>
+        <v>350</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786053437451</t>
+          <t>9786254105357</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Mucize</t>
+          <t>Bu Kitapla Mutluluğun Kilidini Açın</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>499</v>
+        <v>350</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786254104459</t>
+          <t>9786254105340</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Tüm Mavisi</t>
+          <t>Bu Kitapla Sakinliğin Kilidini Açın</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>399.9</v>
+        <v>350</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786254104442</t>
+          <t>9786254105333</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Sonunda Ölecek İlk Kişi</t>
+          <t>Bu Kitapla Öz Güvenin Kilidini Açın</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>399.98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786254104886</t>
+          <t>9786254105326</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Habercisi Serisi Kutulu Özel Set (2 Kitap) - Ve Sonunda İkisi De Ölür - Sonunda Ölecek İlk Kişi</t>
+          <t>Bu Kitapla Farkındalığın Kilidini Açın</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>668.98</v>
+        <v>350</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786254104220</t>
+          <t>9786254105180</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Düşünmeye Son Ver</t>
+          <t>Sikkeden Bitcoin’e Paranın Tarihi</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>299</v>
+        <v>650</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786254104213</t>
+          <t>9786254104107</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Annemin Öldüğüne Sevindim</t>
+          <t>Anlam Haritaları: İnancın Mimarisi</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>399</v>
+        <v>900</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786254103780</t>
+          <t>9786254102356</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Eldorado</t>
+          <t>Hayatın Kaynağı</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>359</v>
+        <v>900</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786254104060</t>
+          <t>9786055943523</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Çorapların Hayali Yaşamı</t>
+          <t>Doğu'nun Kızı</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>499</v>
+        <v>650</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786254104497</t>
+          <t>9786254103544</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Birinci Haçlı Seferi - Doğu'nun Çağrısı</t>
+          <t>Işığın Büyüsü (Sihrin Tonları - 3)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>459</v>
+        <v>750</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786254104237</t>
+          <t>9786254103339</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Kitap Gibi Okuyun</t>
+          <t>Gıda: İyi De Ne Yemeliyim?</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>299</v>
+        <v>599</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786254103469</t>
+          <t>9786254103360</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Midilli (Ciltli)</t>
+          <t>Bilincin Tarihi: İnsan Beyninin Gelişiminin 4 Milyar Yıllık Hikayesi</t>
         </is>
       </c>
       <c r="C776" s="1">
         <v>599</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786254103452</t>
+          <t>9786053437451</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Midilli</t>
+          <t>Mucize</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>399</v>
+        <v>499</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786254103865</t>
+          <t>9786254104459</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Cani</t>
+          <t>Gökyüzünün Tüm Mavisi</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>499</v>
+        <v>399.9</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786254104305</t>
+          <t>9786254104442</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Kazananın Laneti - Ekonomik Yaşamın Çelişkileri ve Anomalileri</t>
+          <t>Sonunda Ölecek İlk Kişi</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>399</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786254104091</t>
+          <t>9786254104886</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Son 2.000 Yılın En Büyük Buluşları</t>
+          <t>Ölüm Habercisi Serisi Kutulu Özel Set (2 Kitap) - Ve Sonunda İkisi De Ölür - Sonunda Ölecek İlk Kişi</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>299</v>
+        <v>668.98</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786254103605</t>
+          <t>9786254104220</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Melunlar Sofrası</t>
+          <t>Aşırı Düşünmeye Son Ver</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>499</v>
+        <v>299</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786254103254</t>
+          <t>9786254104213</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Mabedi</t>
+          <t>Annemin Öldüğüne Sevindim</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>499</v>
+        <v>399</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786254100550</t>
+          <t>9786254103780</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Soru: Üniversiteliler İçin (Ciltli)</t>
+          <t>Eldorado</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>599</v>
+        <v>359</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786254104206</t>
+          <t>9786254104060</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Wulf Dorn Psikolojik Gerilim Kutulu Özel Set (8 Kitap)</t>
+          <t>Öksüz Çorapların Hayali Yaşamı</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>3325</v>
+        <v>499</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254102813</t>
+          <t>9786254104497</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Deliler Kulesi (Hussit Üçlemesi 1)</t>
+          <t>Birinci Haçlı Seferi - Doğu'nun Çağrısı</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>800</v>
+        <v>459</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786254104473</t>
+          <t>9786254104237</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Sebastian Fitzek Psikolojik Gerilim Serisi Özel Set (15 Kitap)</t>
+          <t>İnsanları Kitap Gibi Okuyun</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>6725</v>
+        <v>299</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786254104176</t>
+          <t>9786254103469</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>The Witcher Serisi Kutulu Özel Set (8 Kitap)</t>
+          <t>Midilli (Ciltli)</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>3850</v>
+        <v>599</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786254102561</t>
+          <t>9786254103452</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Gwent: Wıtcher Kart Oyunu Sanatı (Ciltli)</t>
+          <t>Midilli</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>1750</v>
+        <v>399</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786254101540</t>
+          <t>9786254103865</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>Cani</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>500</v>
+        <v>499</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786254101526</t>
+          <t>9786254104305</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Çocuk</t>
+          <t>Kazananın Laneti - Ekonomik Yaşamın Çelişkileri ve Anomalileri</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>495</v>
+        <v>399</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786254101533</t>
+          <t>9786254104091</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Amok Oyunu</t>
+          <t>Son 2.000 Yılın En Büyük Buluşları</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>500</v>
+        <v>299</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786254101496</t>
+          <t>9786254103605</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Joshua Projesi</t>
+          <t>Melunlar Sofrası</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>495</v>
+        <v>499</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052999189</t>
+          <t>9786254103254</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Nevernight:  Zifirşafak (Ciltli)</t>
+          <t>Kıyamet Mabedi</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>850</v>
+        <v>499</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786254102066</t>
+          <t>9786254100550</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Addie Larue’nün Görünmez Hayatı</t>
+          <t>Her Güne Bir Soru: Üniversiteliler İçin (Ciltli)</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>650</v>
+        <v>599</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786254102493</t>
+          <t>9786254104206</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kan</t>
+          <t>Wulf Dorn Psikolojik Gerilim Kutulu Özel Set (8 Kitap)</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>800</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786254102059</t>
+          <t>9786254102813</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Addıe Larue’nün Görünmez Hayatı (Ciltli)</t>
+          <t>Deliler Kulesi (Hussit Üçlemesi 1)</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>850</v>
+        <v>800</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786254101595</t>
+          <t>9786254104473</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çağ (Ciltli)</t>
+          <t>Sebastian Fitzek Psikolojik Gerilim Serisi Özel Set (15 Kitap)</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>950</v>
+        <v>6725</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786254101465</t>
+          <t>9786254104176</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Uçuş Korkusu 7A</t>
+          <t>The Witcher Serisi Kutulu Özel Set (8 Kitap)</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>495</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052998717</t>
+          <t>9786254102561</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Kırık Taht - Bir Kızıl Kraliçe Koleksiyonu (Ciltli)</t>
+          <t>Gwent: Wıtcher Kart Oyunu Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>850</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786254101601</t>
+          <t>9786254101540</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çağ (Kızıl İsyan 5)</t>
+          <t>21</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786254101861</t>
+          <t>9786254101526</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Dört Rüzgar</t>
+          <t>Çocuk</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>500</v>
+        <v>495</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786254103896</t>
+          <t>9786254101533</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Gürültü</t>
+          <t>Amok Oyunu</t>
         </is>
       </c>
       <c r="C802" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786254104015</t>
+          <t>9786254101496</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Joshua Projesi</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>299</v>
+        <v>495</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786254103759</t>
+          <t>9786052999189</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Sözsüz</t>
+          <t>Nevernight:  Zifirşafak (Ciltli)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>299</v>
+        <v>850</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786254103919</t>
+          <t>9786254102066</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Vagus Sinirinizi Aktive Edin</t>
+          <t>Addie Larue’nün Görünmez Hayatı</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786254103483</t>
+          <t>9786254102493</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Ateşle! Likit Roket Yakıtlarının Gayriresmi Tarihi</t>
+          <t>Kötü Kan</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786254103490</t>
+          <t>9786254102059</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Çekingen Çocuk</t>
+          <t>Addıe Larue’nün Görünmez Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786254103735</t>
+          <t>9786254101595</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Hazır Olduğunuzda İşte Böyle İyileşirsiniz</t>
+          <t>Karanlık Çağ (Ciltli)</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>285</v>
+        <v>950</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786254103810</t>
+          <t>9786254101465</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Dağ Sensin - Kendini Sabote Etmeyi Öz Hâkimiyete Dönüştürmek</t>
+          <t>Uçuş Korkusu 7A</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786254103742</t>
+          <t>9786052998717</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Şeklinizi Değiştirecek 101 Deneme</t>
+          <t>Kırık Taht - Bir Kızıl Kraliçe Koleksiyonu (Ciltli)</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>385</v>
+        <v>850</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786254103773</t>
+          <t>9786254101601</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Roket Bilimci Gibi Düşün</t>
+          <t>Karanlık Çağ (Kızıl İsyan 5)</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>385</v>
+        <v>800</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786254103537</t>
+          <t>9786254101861</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Finlandiya Gibi Öğret: Mutlu Sınıflar İçin 33 Basit Strateji</t>
+          <t>Dört Rüzgar</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786254104046</t>
+          <t>9786254103896</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Yazdıktan Sonra Yak</t>
+          <t>Gürültü</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786254104077</t>
+          <t>9786254104015</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Glikoz Devrimi</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>285</v>
+        <v>299</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786254104183</t>
+          <t>9786254103759</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Serisi Kutulu Özel Set (3 Kitap) (Ciltli)</t>
+          <t>Sözsüz</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>1750</v>
+        <v>299</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786254104190</t>
+          <t>9786254103919</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Serisi Kutulu Özel Set (3 Kitap)</t>
+          <t>Vagus Sinirinizi Aktive Edin</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>1300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786254102257</t>
+          <t>9786254103483</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Ay Ay Permakültür Bahçesi</t>
+          <t>Ateşle! Likit Roket Yakıtlarının Gayriresmi Tarihi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>299</v>
+        <v>400</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786254100680</t>
+          <t>9786254103490</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>İlkeler (Ciltli)</t>
+          <t>Çekingen Çocuk</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>729</v>
+        <v>400</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052999028</t>
+          <t>9786254103735</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Kız</t>
+          <t>Hazır Olduğunuzda İşte Böyle İyileşirsiniz</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>359</v>
+        <v>285</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052999202</t>
+          <t>9786254103810</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Komplo ve Reverans</t>
+          <t>Dağ Sensin - Kendini Sabote Etmeyi Öz Hâkimiyete Dönüştürmek</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>299</v>
+        <v>250</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052998540</t>
+          <t>9786254103742</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Zeka</t>
+          <t>Düşünme Şeklinizi Değiştirecek 101 Deneme</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>425</v>
+        <v>385</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052998373</t>
+          <t>9786254103773</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Buluttan Kale (Ciltli)</t>
+          <t>Roket Bilimci Gibi Düşün</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>399</v>
+        <v>385</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052999332</t>
+          <t>9786254103537</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Işığım Sensin</t>
+          <t>Finlandiya Gibi Öğret: Mutlu Sınıflar İçin 33 Basit Strateji</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052999042</t>
+          <t>9786254104046</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Spiritüellik</t>
+          <t>Yazdıktan Sonra Yak</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>299</v>
+        <v>160</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052999066</t>
+          <t>9786254104077</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Toprakla Beslenin</t>
+          <t>Glikoz Devrimi</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>299</v>
+        <v>285</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052999004</t>
+          <t>9786254104183</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Zahmetsiz İyileşme</t>
+          <t>Yabancı Serisi Kutulu Özel Set (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>299</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052998991</t>
+          <t>9786254104190</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Ben Sen Biz</t>
+          <t>Yabancı Serisi Kutulu Özel Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>269</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786052998236</t>
+          <t>9786254102257</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Harika Bir Şey</t>
+          <t>Ay Ay Permakültür Bahçesi</t>
         </is>
       </c>
       <c r="C828" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052998076</t>
+          <t>9786254100680</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Hoyrat Rodrigo ve Yaveri Bücür</t>
+          <t>İlkeler (Ciltli)</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>199</v>
+        <v>729</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786052996225</t>
+          <t>9786052999028</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Projesi (Ciltli)</t>
+          <t>Fırtına Kız</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>389</v>
+        <v>359</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052999356</t>
+          <t>9786052999202</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Kutusu</t>
+          <t>Komplo ve Reverans</t>
         </is>
       </c>
       <c r="C831" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786052998038</t>
+          <t>9786052998540</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Pembe Beyin Mavi Beyin: Kız ve Erkek Çocuklarda Beyin Gelişimi</t>
+          <t>Sayısal Zeka</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>299</v>
+        <v>425</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786254100062</t>
+          <t>9786052998373</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep</t>
+          <t>Buluttan Kale (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786254100048</t>
+          <t>9786052999332</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Kral Kanı</t>
+          <t>Işığım Sensin</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786254100291</t>
+          <t>9786052999042</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Serisi Kutulu Özel Set (3 Kitap) (Ciltli)</t>
+          <t>Çocuklarda Spiritüellik</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>1077</v>
+        <v>299</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786052999455</t>
+          <t>9786052999066</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Ay Kadını</t>
+          <t>Toprakla Beslenin</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786052999448</t>
+          <t>9786052999004</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>First Lady</t>
+          <t>Zahmetsiz İyileşme</t>
         </is>
       </c>
       <c r="C837" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786052998281</t>
+          <t>9786052998991</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Hayalperestler</t>
+          <t>Ben Sen Biz</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786254101144</t>
+          <t>9786052998236</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Tiranlığı</t>
+          <t>Gerçekten Harika Bir Şey</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>379</v>
+        <v>299</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786254101366</t>
+          <t>9786052998076</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Kara Leopar Kızıl Kurt</t>
+          <t>Hoyrat Rodrigo ve Yaveri Bücür</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>379</v>
+        <v>199</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786254101052</t>
+          <t>9786052996225</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Yüzük ve Taç</t>
+          <t>Mutluluk Projesi (Ciltli)</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786254101571</t>
+          <t>9786052999356</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığında Bir Şarkı</t>
+          <t>Hafıza Kutusu</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786254101243</t>
+          <t>9786052998038</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Asi Kahraman (Ciltli)</t>
+          <t>Pembe Beyin Mavi Beyin: Kız ve Erkek Çocuklarda Beyin Gelişimi</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786254101441</t>
+          <t>9786254100062</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman Kazanacağınız 101 İddia</t>
+          <t>Mürekkep</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786052997550</t>
+          <t>9786254100048</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Kan Tarlaları: Din ve Şiddetin Tarihi</t>
+          <t>Kral Kanı</t>
         </is>
       </c>
       <c r="C845" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786254101298</t>
+          <t>9786254100291</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Yanan Cam</t>
+          <t>Kraliçe Serisi Kutulu Özel Set (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>299</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786254100468</t>
+          <t>9786052999455</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Kakeibo: Japon Para Biriktirme Sanatı</t>
+          <t>Ay Kadını</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786254101236</t>
+          <t>9786052999448</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Asi Kahraman - Simon Snow 2</t>
+          <t>First Lady</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786254100314</t>
+          <t>9786052998281</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'ün Tarihi: Bir Şehir Üç Semavi Din</t>
+          <t>Hayalperestler</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786254101373</t>
+          <t>9786254101144</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Su ve Sabun</t>
+          <t>Kelebeğin Tiranlığı</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>269</v>
+        <v>379</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786254100758</t>
+          <t>9786254101366</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Davranış: En İyi ve En Kötü Haliyle İnsan Biyolojisi</t>
+          <t>Kara Leopar Kızıl Kurt</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>399</v>
+        <v>379</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786254101021</t>
+          <t>9786254101052</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Ayna İçinde Ayna: Bir Labirent</t>
+          <t>Yüzük ve Taç</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>169</v>
+        <v>299</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786254101014</t>
+          <t>9786254101571</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Hapishanesi</t>
+          <t>Gün Işığında Bir Şarkı</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>199</v>
+        <v>389</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786254100833</t>
+          <t>9786254101243</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Auschwitz Dövmecisi Kutulu Özel Set (2 Kitap)</t>
+          <t>Asi Kahraman (Ciltli)</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>568</v>
+        <v>389</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786254101250</t>
+          <t>9786254101441</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Katil Avcısı</t>
+          <t>Her Zaman Kazanacağınız 101 İddia</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052999318</t>
+          <t>9786052997550</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Duman Leydisi (Ciltli)</t>
+          <t>Kan Tarlaları: Din ve Şiddetin Tarihi</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052999486</t>
+          <t>9786254101298</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Şizo</t>
+          <t>Yanan Cam</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052999417</t>
+          <t>9786254100468</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Bozgun</t>
+          <t>Kakeibo: Japon Para Biriktirme Sanatı</t>
         </is>
       </c>
       <c r="C858" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052999998</t>
+          <t>9786254101236</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Kırık Dökük Bir Şarkı</t>
+          <t>Asi Kahraman - Simon Snow 2</t>
         </is>
       </c>
       <c r="C859" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786254100154</t>
+          <t>9786254100314</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Gelecek</t>
+          <t>Kudüs'ün Tarihi: Bir Şehir Üç Semavi Din</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>269</v>
+        <v>319</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052999271</t>
+          <t>9786254101373</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Beyin</t>
+          <t>Su ve Sabun</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052999929</t>
+          <t>9786254100758</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Sakın Kimseye Söyleme</t>
+          <t>Davranış: En İyi ve En Kötü Haliyle İnsan Biyolojisi</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>269</v>
+        <v>399</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052999943</t>
+          <t>9786254101021</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedinin Günlüğü</t>
+          <t>Ayna İçinde Ayna: Bir Labirent</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>250</v>
+        <v>169</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052999134</t>
+          <t>9786254101014</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Kaleb 2 - Abigail</t>
+          <t>Özgürlük Hapishanesi</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052999721</t>
+          <t>9786254100833</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık (25. Yıl Özel Baskısı)</t>
+          <t>Auschwitz Dövmecisi Kutulu Özel Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>249</v>
+        <v>568</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052999530</t>
+          <t>9786254101250</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler Müzesi</t>
+          <t>Katil Avcısı</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052999738</t>
+          <t>9786052999318</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Yakıt Olarak Yağ</t>
+          <t>Duman Leydisi (Ciltli)</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052998953</t>
+          <t>9786052999486</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Kaçacak Yer Yok</t>
+          <t>Şizo</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786052999981</t>
+          <t>9786052999417</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Kendime Güveniyorum, Cesurum, Güzelim: Kızlar İçin Boyama Kitabı</t>
+          <t>Bozgun</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052999592</t>
+          <t>9786052999998</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Halaskar</t>
+          <t>Kırık Dökük Bir Şarkı</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052999608</t>
+          <t>9786254100154</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>İki Kişilik Bir Şarkı Listesi</t>
+          <t>Mükemmel Gelecek</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052999462</t>
+          <t>9786052999271</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Yetim X</t>
+          <t>Duygusal Beyin</t>
         </is>
       </c>
       <c r="C872" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052999233</t>
+          <t>9786052999929</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Vârisi</t>
+          <t>Sakın Kimseye Söyleme</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052999370</t>
+          <t>9786052999943</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Tehlike</t>
+          <t>Gezgin Kedinin Günlüğü</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>299</v>
+        <v>250</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052998861</t>
+          <t>9786052999134</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olacaksın? Mutlu! (Ciltli)</t>
+          <t>Kaleb 2 - Abigail</t>
         </is>
       </c>
       <c r="C875" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052999820</t>
+          <t>9786052999721</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Cilka'nın Yolculuğu</t>
+          <t>Farkındalık (25. Yıl Özel Baskısı)</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052999936</t>
+          <t>9786052999530</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Sonra</t>
+          <t>Kırık Kalpler Müzesi</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052997048</t>
+          <t>9786052999738</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Düşler Evi</t>
+          <t>Yakıt Olarak Yağ</t>
         </is>
       </c>
       <c r="C878" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052999493</t>
+          <t>9786052998953</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Kara Düzen</t>
+          <t>Kaçacak Yer Yok</t>
         </is>
       </c>
       <c r="C879" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052998946</t>
+          <t>9786052999981</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Bir Buluşma</t>
+          <t>Kendime Güveniyorum, Cesurum, Güzelim: Kızlar İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>299</v>
+        <v>99</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052998878</t>
+          <t>9786052999592</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Kış Misafiri</t>
+          <t>Halaskar</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052999059</t>
+          <t>9786052999608</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Paris’in Kayıp Kızları</t>
+          <t>İki Kişilik Bir Şarkı Listesi</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052999226</t>
+          <t>9786052999462</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>İsveç Kralını Kurtaran Kız</t>
+          <t>Yetim X</t>
         </is>
       </c>
       <c r="C883" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052999035</t>
+          <t>9786052999233</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Gözleri</t>
+          <t>Ejderha Vârisi</t>
         </is>
       </c>
       <c r="C884" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052999073</t>
+          <t>9786052999370</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Bezgi̇nler İçi̇n Farkındalık Rehberi</t>
+          <t>Ölümcül Tehlike</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786254100123</t>
+          <t>9786052998861</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Yılanların Dili</t>
+          <t>Büyüyünce Ne Olacaksın? Mutlu! (Ciltli)</t>
         </is>
       </c>
       <c r="C886" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052999585</t>
+          <t>9786052999820</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Yolu</t>
+          <t>Cilka'nın Yolculuğu</t>
         </is>
       </c>
       <c r="C887" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052998939</t>
+          <t>9786052999936</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Öteki Ucu</t>
+          <t>Sonra</t>
         </is>
       </c>
       <c r="C888" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052999813</t>
+          <t>9786052997048</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Kartalların Zaferi</t>
+          <t>Düşler Evi</t>
         </is>
       </c>
       <c r="C889" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786254100031</t>
+          <t>9786052999493</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Işığı Kapatma</t>
+          <t>Kara Düzen</t>
         </is>
       </c>
       <c r="C890" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786254100147</t>
+          <t>9786052998946</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Bülbül</t>
+          <t>Gölgede Bir Buluşma</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786254100567</t>
+          <t>9786052998878</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Ültimatom</t>
+          <t>Kış Misafiri</t>
         </is>
       </c>
       <c r="C892" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786052998854</t>
+          <t>9786052999059</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Beş Krallık 1: Gökyüzü Akıncıları</t>
+          <t>Paris’in Kayıp Kızları</t>
         </is>
       </c>
       <c r="C893" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786254100574</t>
+          <t>9786052999226</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Memorandum</t>
+          <t>İsveç Kralını Kurtaran Kız</t>
         </is>
       </c>
       <c r="C894" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052999691</t>
+          <t>9786052999035</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Hata Yapmazsınız: Matematiksel Düşüncenin Gücü</t>
+          <t>Karanlığın Gözleri</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052999424</t>
+          <t>9786052999073</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Şiirimin Her Kelimesi</t>
+          <t>Bezgi̇nler İçi̇n Farkındalık Rehberi</t>
         </is>
       </c>
       <c r="C896" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052999790</t>
+          <t>9786254100123</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Corona Günlükleri</t>
+          <t>Yılanların Dili</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052999080</t>
+          <t>9786052999585</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Ahit</t>
+          <t>Ejderha Yolu</t>
         </is>
       </c>
       <c r="C898" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052999158</t>
+          <t>9786052998939</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Kullanın Yaşınız Değişsin</t>
+          <t>Dünyanın Öteki Ucu</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052999684</t>
+          <t>9786052999813</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Hem Çok Yakın Hem Çok Uzak</t>
+          <t>Kartalların Zaferi</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052999769</t>
+          <t>9786254100031</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eczanesi</t>
+          <t>Işığı Kapatma</t>
         </is>
       </c>
       <c r="C901" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786052999165</t>
+          <t>9786254100147</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Ayna İmparatorluğu</t>
+          <t>Bülbül</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786052999523</t>
+          <t>9786254100567</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kıyısındaki Kafe</t>
+          <t>Ültimatom</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>169</v>
+        <v>299</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052999110</t>
+          <t>9786052998854</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Bebek Evi</t>
+          <t>Beş Krallık 1: Gökyüzü Akıncıları</t>
         </is>
       </c>
       <c r="C904" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052999172</t>
+          <t>9786254100574</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Tutsak (Ciltli)</t>
+          <t>Memorandum</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052999851</t>
+          <t>9786052999691</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Sana Kızgınım, Seni Seviyorum</t>
+          <t>Nasıl Hata Yapmazsınız: Matematiksel Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052999257</t>
+          <t>9786052999424</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Prens</t>
+          <t>Şiirimin Her Kelimesi</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052999974</t>
+          <t>9786052999790</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Bir Keşişin Temiz Ev ve Zihin Rehberi</t>
+          <t>Corona Günlükleri</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>179</v>
+        <v>219</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052999240</t>
+          <t>9786052999080</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>NSA</t>
+          <t>Kutsal Ahit</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052999011</t>
+          <t>9786052999158</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Derin Düşünce</t>
+          <t>Beyninizi Kullanın Yaşınız Değişsin</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052999097</t>
+          <t>9786052999684</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Son İcadımız : Yapay Zeka Ve İnsanlık Çağının Sonu</t>
+          <t>Hem Çok Yakın Hem Çok Uzak</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052996102</t>
+          <t>9786052999769</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Çöl Ateşi</t>
+          <t>Edebiyat Eczanesi</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052999325</t>
+          <t>9786052999165</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Uyanmış Milyoner</t>
+          <t>Ayna İmparatorluğu</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786254103858</t>
+          <t>9786052999523</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Sabah 5 Kulübü</t>
+          <t>Dünyanın Kıyısındaki Kafe</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>300</v>
+        <v>169</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786254102639</t>
+          <t>9786052999110</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>The Witcher: Yetişkinler İçin Boyama Kitabı</t>
+          <t>Bebek Evi</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>500</v>
+        <v>299</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786254104145</t>
+          <t>9786052999172</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Mevsimi</t>
+          <t>Tutsak (Ciltli)</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>500</v>
+        <v>359</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786254101519</t>
+          <t>9786052999851</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Göz Avcısı</t>
+          <t>Sana Kızgınım, Seni Seviyorum</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>495</v>
+        <v>269</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786254101489</t>
+          <t>9786052999257</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Psikoz</t>
+          <t>Soytarı Prens</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>495</v>
+        <v>299</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786254104008</t>
+          <t>9786052999974</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Prensi</t>
+          <t>Bir Keşişin Temiz Ev ve Zihin Rehberi</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>500</v>
+        <v>179</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786254104282</t>
+          <t>9786052999240</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>The Witcher Koleksiyonu Kutulu Özel Set (11 Kitap)</t>
+          <t>NSA</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>7750</v>
+        <v>359</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786254104169</t>
+          <t>9786052999011</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Yabancı: Elyel (Ciltli)</t>
+          <t>Derin Düşünce</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>650</v>
+        <v>299</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786254104152</t>
+          <t>9786052999097</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Yabancı: Elyel</t>
+          <t>Son İcadımız : Yapay Zeka Ve İnsanlık Çağının Sonu</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>500</v>
+        <v>299</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786254103964</t>
+          <t>9786052996102</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Propaganda</t>
+          <t>Çöl Ateşi</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>249</v>
+        <v>329</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786254102295</t>
+          <t>9786052999325</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Nefes Nefese (Ciltli)</t>
+          <t>Uyanmış Milyoner</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>499</v>
+        <v>249</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786254102837</t>
+          <t>9786254103858</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Sezgi</t>
+          <t>Sabah 5 Kulübü</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>379</v>
+        <v>300</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786254101915</t>
+          <t>9786254102639</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles Olsa Ne Yapardı?</t>
+          <t>The Witcher: Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>299</v>
+        <v>500</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786254102622</t>
+          <t>9786254104145</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Minimalist Ev (Ciltli)</t>
+          <t>Fırtına Mevsimi</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>299</v>
+        <v>500</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786254101847</t>
+          <t>9786254101519</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Kafanızın İçinde</t>
+          <t>Göz Avcısı</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>319</v>
+        <v>495</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786254101892</t>
+          <t>9786254101489</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Süper Hayat - Sağlıklı ve Zinde Olmanızı, Sonsuza Kadar Harika Hissetmenizi Sağlayacak 5 Güç</t>
+          <t>Psikoz</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>329</v>
+        <v>495</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786254102288</t>
+          <t>9786254104008</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Krabat</t>
+          <t>Göklerin Prensi</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>249</v>
+        <v>500</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786254102844</t>
+          <t>9786254104282</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Suyunu Tazelemek</t>
+          <t>The Witcher Koleksiyonu Kutulu Özel Set (11 Kitap)</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>399</v>
+        <v>7750</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786254102264</t>
+          <t>9786254104169</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sürüsü - Toplumlarımız Nasıl Doğar, Gelişir Ve Dağılır?</t>
+          <t>Yabancı: Elyel (Ciltli)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>499</v>
+        <v>650</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786254103056</t>
+          <t>9786254104152</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Mısır Mitolojisi</t>
+          <t>Yabancı: Elyel</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>399</v>
+        <v>500</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786254103681</t>
+          <t>9786254103964</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Karmaşayı Temizlemek</t>
+          <t>Propaganda</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>319</v>
+        <v>249</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052999752</t>
+          <t>9786254102295</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Sırılsıklam - Bir Aşk Hikayesi</t>
+          <t>Nefes Nefese (Ciltli)</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>289</v>
+        <v>499</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786254101724</t>
+          <t>9786254102837</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>6 Dakikalık Günlük (Ciltli)</t>
+          <t>Sezgi</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>499</v>
+        <v>379</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786254103063</t>
+          <t>9786254101915</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitolojisi</t>
+          <t>Aristoteles Olsa Ne Yapardı?</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786254103193</t>
+          <t>9786254102622</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>İnanç</t>
+          <t>Minimalist Ev (Ciltli)</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786254103377</t>
+          <t>9786254101847</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Parayı Kendinize Çekmenizin Sırları</t>
+          <t>Hepsi Kafanızın İçinde</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>249</v>
+        <v>319</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786254103445</t>
+          <t>9786254101892</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Cümle</t>
+          <t>Süper Hayat - Sağlıklı ve Zinde Olmanızı, Sonsuza Kadar Harika Hissetmenizi Sağlayacak 5 Güç</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>249</v>
+        <v>329</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786254103421</t>
+          <t>9786254102288</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Penguen Dersleri Olağanüstü Bir Kuştan Öğrendiklerim</t>
+          <t>Krabat</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>279</v>
+        <v>249</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786254103599</t>
+          <t>9786254102844</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Dırdırsız: Eğitim neden işe yaramaz ve istediğimiz gibi bir ebeveyn olmanın yolları</t>
+          <t>Çiçeklerin Suyunu Tazelemek</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>269</v>
+        <v>399</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786254103667</t>
+          <t>9786254102264</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Kendimle Kahve Sohbeti</t>
+          <t>İnsan Sürüsü - Toplumlarımız Nasıl Doğar, Gelişir Ve Dağılır?</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>259</v>
+        <v>499</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786254103476</t>
+          <t>9786254103056</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Terapistler İçini Döküyor</t>
+          <t>Mısır Mitolojisi</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>389</v>
+        <v>399</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786254103520</t>
+          <t>9786254103681</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Elon Musk Metodu: Dünyanın En Güçlü Girişimcisini Zirveye Çıkaran İş Prensipleri</t>
+          <t>Zihinsel Karmaşayı Temizlemek</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>249</v>
+        <v>319</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786254103346</t>
+          <t>9786052999752</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Eşek Sırtında Gezen Çocuk</t>
+          <t>Sırılsıklam - Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>249</v>
+        <v>289</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786254102189</t>
+          <t>9786254101724</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Gözünüzü Ay'a Dikin</t>
+          <t>6 Dakikalık Günlük (Ciltli)</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>299</v>
+        <v>499</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786254103698</t>
+          <t>9786254103063</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>45 Saniye</t>
+          <t>Kelt Mitolojisi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>199</v>
+        <v>399</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786254103568</t>
+          <t>9786254103193</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Ortak Gelecek</t>
+          <t>İnanç</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786254103414</t>
+          <t>9786254103377</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Kan</t>
+          <t>Parayı Kendinize Çekmenizin Sırları</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786254102226</t>
+          <t>9786254103445</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Yarının Şarkısı</t>
+          <t>Beşinci Cümle</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>389</v>
+        <v>249</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786254103575</t>
+          <t>9786254103421</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>İlk Hücre: Ve Sonuna Kadar Kanserin Peşini Bırakmamanın İnsana Bedelleri</t>
+          <t>Penguen Dersleri Olağanüstü Bir Kuştan Öğrendiklerim</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>389</v>
+        <v>279</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786254103209</t>
+          <t>9786254103599</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Gucci Aşkına</t>
+          <t>Dırdırsız: Eğitim neden işe yaramaz ve istediğimiz gibi bir ebeveyn olmanın yolları</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>389</v>
+        <v>269</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052998403</t>
+          <t>9786254103667</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Doğru Düşünme Sanatı: Kaçınmanız Gereken 52 Mantık Hatası</t>
+          <t>Kendimle Kahve Sohbeti</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>249</v>
+        <v>259</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052998410</t>
+          <t>9786254103476</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Akıllıca Davranma Sanatı: Kaçınmanız Gereken 52 Davranış Hatası</t>
+          <t>Terapistler İçini Döküyor</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>249</v>
+        <v>389</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786254101120</t>
+          <t>9786254103520</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yaşamla Başa Çıkma Sanatı</t>
+          <t>Elon Musk Metodu: Dünyanın En Güçlü Girişimcisini Zirveye Çıkaran İş Prensipleri</t>
         </is>
       </c>
       <c r="C956" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052998045</t>
+          <t>9786254103346</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>İyi Yaşama Sanatı: Mutluluğa Giden Şaşkınlık Verici 52 Yol</t>
+          <t>Eşek Sırtında Gezen Çocuk</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786254101816</t>
+          <t>9786254102189</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Güdü</t>
+          <t>Gözünüzü Ay'a Dikin</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052999578</t>
+          <t>9786254103698</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Zirve Performansı</t>
+          <t>45 Saniye</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>269</v>
+        <v>199</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786254102745</t>
+          <t>9786254103568</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Değiştirin, Notlarınız Değişsin</t>
+          <t>Ortak Gelecek</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786254102752</t>
+          <t>9786254103414</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Hafızayı Kurtarmak</t>
+          <t>Kutlu Kan</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>369</v>
+        <v>199</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786254100017</t>
+          <t>9786254102226</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>İyi Hisset İyi Yaşa</t>
+          <t>Yarının Şarkısı</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>350</v>
+        <v>389</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786254103131</t>
+          <t>9786254103575</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik Öncesi Fırtına</t>
+          <t>İlk Hücre: Ve Sonuna Kadar Kanserin Peşini Bırakmamanın İnsana Bedelleri</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>249</v>
+        <v>389</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786254102868</t>
+          <t>9786254103209</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>50 Ekonomi Klasiği</t>
+          <t>Gucci Aşkına</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>359</v>
+        <v>389</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786254102851</t>
+          <t>9786052998403</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güven: Her Koşulda Nasıl Rahat Olunur?</t>
+          <t>Doğru Düşünme Sanatı: Kaçınmanız Gereken 52 Mantık Hatası</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786254102073</t>
+          <t>9786052998410</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Pegan Diyeti</t>
+          <t>Akıllıca Davranma Sanatı: Kaçınmanız Gereken 52 Davranış Hatası</t>
         </is>
       </c>
       <c r="C966" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786053430339</t>
+          <t>9786254101120</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Kan Şekeri Diyeti</t>
+          <t>Dijital Yaşamla Başa Çıkma Sanatı</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786254102721</t>
+          <t>9786052998045</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Rüya Günlüğü (Ciltli)</t>
+          <t>İyi Yaşama Sanatı: Mutluluğa Giden Şaşkınlık Verici 52 Yol</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>449</v>
+        <v>299</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786254103032</t>
+          <t>9786254101816</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Rupi Kaur Şiir Koleksiyonu Kutulu Özel Set (3 Kitap)</t>
+          <t>Güdü</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>797.98</v>
+        <v>249</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786254103025</t>
+          <t>9786052999578</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Kül Prensesi Serisi Kutulu Özel Set (3 Kitap) - Ciltli</t>
+          <t>Zirve Performansı</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>1197</v>
+        <v>269</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786254102974</t>
+          <t>9786254102745</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Labirent Serisi Kutulu Özel Set (6 Kitap)</t>
+          <t>Beyninizi Değiştirin, Notlarınız Değişsin</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>2304</v>
+        <v>249</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786254102875</t>
+          <t>9786254102752</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Temyiz</t>
+          <t>Hafızayı Kurtarmak</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>269</v>
+        <v>369</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786254102967</t>
+          <t>9786254100017</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kalım Meselesi</t>
+          <t>İyi Hisset İyi Yaşa</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>219</v>
+        <v>350</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786254103001</t>
+          <t>9786254103131</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Irvın D. Yalom: Psikoterapi Ve İnsan Olmak Üzerine</t>
+          <t>Sessizlik Öncesi Fırtına</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786254102981</t>
+          <t>9786254102868</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Balina ve Dünyanın Sonu</t>
+          <t>50 Ekonomi Klasiği</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786052999561</t>
+          <t>9786254102851</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Farkındalık</t>
+          <t>Kendine Güven: Her Koşulda Nasıl Rahat Olunur?</t>
         </is>
       </c>
       <c r="C976" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786254102905</t>
+          <t>9786254102073</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Dile Benden Ne Dilersen: Ya Da Terk Et Beni</t>
+          <t>Pegan Diyeti</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786254102899</t>
+          <t>9786053430339</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Dile Benden Ne Dilersen: Şimdi Ve Daima</t>
+          <t>Kan Şekeri Diyeti</t>
         </is>
       </c>
       <c r="C978" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786254102882</t>
+          <t>9786254102721</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Dile Benden Ne Dilersen</t>
+          <t>Rüya Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>299</v>
+        <v>449</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786254102035</t>
+          <t>9786254103032</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Mücevher</t>
+          <t>Rupi Kaur Şiir Koleksiyonu Kutulu Özel Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>249</v>
+        <v>797.98</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786254102141</t>
+          <t>9786254103025</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Her Yerden Gelen Kız</t>
+          <t>Kül Prensesi Serisi Kutulu Özel Set (3 Kitap) - Ciltli</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>299</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786254101830</t>
+          <t>9786254102974</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Wım Hof Metodu: Gerçek Potansiyelinizi Ortaya Çıkarın</t>
+          <t>Labirent Serisi Kutulu Özel Set (6 Kitap)</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>249</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786254102776</t>
+          <t>9786254102875</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Az Biraz Mutlu</t>
+          <t>Temyiz</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786254101380</t>
+          <t>9786254102967</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Ok (Kushiel’in Mirası - 1)</t>
+          <t>Ölüm Kalım Meselesi</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>369</v>
+        <v>219</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786254100413</t>
+          <t>9786254103001</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Kraliçe - Kül Prensesi Serisi 3 (Ciltli)</t>
+          <t>Irvın D. Yalom: Psikoterapi Ve İnsan Olmak Üzerine</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>399</v>
+        <v>179</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786254101946</t>
+          <t>9786254102981</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Keşişin Yolu - Huzurun, Gayenin Ve Daimi Mutluluğun Dört Adımı</t>
+          <t>Balina ve Dünyanın Sonu</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>219</v>
+        <v>249</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786254102769</t>
+          <t>9786052999561</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Baş Tanık</t>
+          <t>Çocuklar İçin Farkındalık</t>
         </is>
       </c>
       <c r="C987" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786254101823</t>
+          <t>9786254102905</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Bu Beden Benim Evim</t>
+          <t>Dile Benden Ne Dilersen: Ya Da Terk Et Beni</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786254102219</t>
+          <t>9786254102899</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>13. Gerçeklik Serisi Kutulu Özel Set (4 Kitap)</t>
+          <t>Dile Benden Ne Dilersen: Şimdi Ve Daima</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>1196</v>
+        <v>299</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786254102103</t>
+          <t>9786254102882</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Program Serı̇sı̇ Kutulu Özel Set (6 Kitap)</t>
+          <t>Dile Benden Ne Dilersen</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>1794</v>
+        <v>299</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786254102738</t>
+          <t>9786254102035</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Filigree Sokağı’nın Saatçisi</t>
+          <t>Mücevher</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786254102530</t>
+          <t>9786254102141</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Mutfakta Bir Dilim Farkındalık</t>
+          <t>Her Yerden Gelen Kız</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786254102585</t>
+          <t>9786254101830</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Tabut</t>
+          <t>Wım Hof Metodu: Gerçek Potansiyelinizi Ortaya Çıkarın</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786254102660</t>
+          <t>9786254102776</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Ayn Rand Bütün Eserleri Kutulu Özel Set (13 Kitap )</t>
+          <t>Az Biraz Mutlu</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>4358</v>
+        <v>299</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786254102677</t>
+          <t>9786254101380</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Atlas Vazgeçti (3 Kitaplık Set)</t>
+          <t>Kutsal Ok (Kushiel’in Mirası - 1)</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>1117</v>
+        <v>369</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786254102554</t>
+          <t>9786254100413</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Sevince Giden Yollar</t>
+          <t>Zümrüt Kraliçe - Kül Prensesi Serisi 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>269</v>
+        <v>399</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786254102455</t>
+          <t>9786254101946</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Atlas Vazgeçti 3. Kitap</t>
+          <t>Keşişin Yolu - Huzurun, Gayenin Ve Daimi Mutluluğun Dört Adımı</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786254102448</t>
+          <t>9786254102769</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Atlas Vazgeçti 2. Kitap</t>
+          <t>Baş Tanık</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>369</v>
+        <v>269</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786254102431</t>
+          <t>9786254101823</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Atlas Vazgeçti 1. Kitap</t>
+          <t>Bu Beden Benim Evim</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786254102400</t>
+          <t>9786254102219</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İstiyorum</t>
+          <t>13. Gerçeklik Serisi Kutulu Özel Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>399</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786254102387</t>
+          <t>9786254102103</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>İş Adamları İçin Felsefe</t>
+          <t>Program Serı̇sı̇ Kutulu Özel Set (6 Kitap)</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>349</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786254102394</t>
+          <t>9786254102738</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm: Bilinmeyen İdeal</t>
+          <t>Filigree Sokağı’nın Saatçisi</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786254102370</t>
+          <t>9786254102530</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>İhtiyacımız Olan Felsefe</t>
+          <t>Mutfakta Bir Dilim Farkındalık</t>
         </is>
       </c>
       <c r="C1003" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786254102417</t>
+          <t>9786254102585</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Yeni Entelektüel İçin</t>
+          <t>Tabut</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786254102363</t>
+          <t>9786254102660</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>İdeal</t>
+          <t>Ayn Rand Bütün Eserleri Kutulu Özel Set (13 Kitap )</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>249</v>
+        <v>4358</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786254102332</t>
+          <t>9786254102677</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Bencilliğin Erdemi</t>
+          <t>Atlas Vazgeçti (3 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>199</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786254102325</t>
+          <t>9786254102554</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>16 Ocak Gecesi</t>
+          <t>Sevince Giden Yollar</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>139</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786254102349</t>
+          <t>9786254102455</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Ego</t>
+          <t>Atlas Vazgeçti 3. Kitap</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>139</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786254101854</t>
+          <t>9786254102448</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Buradayım Çünkü İyiyim</t>
+          <t>Atlas Vazgeçti 2. Kitap</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>199</v>
+        <v>369</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786254102523</t>
+          <t>9786254102431</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Travma Ve Emdr Terapisi</t>
+          <t>Atlas Vazgeçti 1. Kitap</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>219</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786254102608</t>
+          <t>9786254102400</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Burcunuz ve 2022</t>
+          <t>Yaşamak İstiyorum</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>249</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786254102486</t>
+          <t>9786254102387</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Labirent: Deli Sarayı</t>
+          <t>İş Adamları İçin Felsefe</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>179</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786254101656</t>
+          <t>9786254102394</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>G*tlekler: Bir Teori</t>
+          <t>Kapitalizm: Bilinmeyen İdeal</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>200</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786254101663</t>
+          <t>9786254102370</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Veda Zamanı</t>
+          <t>İhtiyacımız Olan Felsefe</t>
         </is>
       </c>
       <c r="C1014" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786254101632</t>
+          <t>9786254102417</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Kısa Tarihi</t>
+          <t>Yeni Entelektüel İçin</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>260</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786254101205</t>
+          <t>9786254102363</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Son Oyun</t>
+          <t>İdeal</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786052998083</t>
+          <t>9786254102332</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Büyü Okulu ve Diğer Öyküler</t>
+          <t>Bencilliğin Erdemi</t>
         </is>
       </c>
       <c r="C1017" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786052999547</t>
+          <t>9786254102325</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerle Dünya Tarihi</t>
+          <t>16 Ocak Gecesi</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>319</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786052999776</t>
+          <t>9786254102349</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Ho‘Oponopono - Hawaii Affetme Ritüeli</t>
+          <t>Ego</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>219</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786052999349</t>
+          <t>9786254101854</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Beyaz</t>
+          <t>Buradayım Çünkü İyiyim</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>600</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786254100000</t>
+          <t>9786254102523</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Beyin Yıkama</t>
+          <t>Travma Ve Emdr Terapisi</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786254101151</t>
+          <t>9786254102608</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Gölge Kraliçe</t>
+          <t>Burcunuz ve 2022</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786254101328</t>
+          <t>9786254102486</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlerin Tacı</t>
+          <t>Labirent: Deli Sarayı</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786254101410</t>
+          <t>9786254101656</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kraliçe</t>
+          <t>G*tlekler: Bir Teori</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>249</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786254100512</t>
+          <t>9786254101663</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Ateş Şehri</t>
+          <t>Veda Zamanı</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>389</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786254101267</t>
+          <t>9786254101632</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Taç Oyunu</t>
+          <t>Evrenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>299</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786254101038</t>
+          <t>9786254101205</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Bay Fahrenheit</t>
+          <t>Son Oyun</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786254101939</t>
+          <t>9786052998083</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Kuralsız Oyunlar</t>
+          <t>Büyü Okulu ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>319</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786254100840</t>
+          <t>9786052999547</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>13. Gerçeklik (4. Kitap): Sis ve Şimşek Boşluğu</t>
+          <t>Kelimelerle Dünya Tarihi</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786254100499</t>
+          <t>9786052999776</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Altın Potası</t>
+          <t>Ho‘Oponopono - Hawaii Affetme Ritüeli</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786254101168</t>
+          <t>9786052999349</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Tiranların Kanı</t>
+          <t>Ölümcül Beyaz</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>299</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786254100871</t>
+          <t>9786254100000</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Zanlı</t>
+          <t>Beyin Yıkama</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786254100451</t>
+          <t>9786254101151</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Eksiksiz</t>
+          <t>Gölge Kraliçe</t>
         </is>
       </c>
       <c r="C1033" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786254100604</t>
+          <t>9786254101328</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>5 Dakika</t>
+          <t>Kardeşlerin Tacı</t>
         </is>
       </c>
       <c r="C1034" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786254101199</t>
+          <t>9786254101410</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Prensin Gelini</t>
+          <t>Kızıl Kraliçe</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786254100864</t>
+          <t>9786254100512</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Babür İmparatorluğu: Kuzeyden Gelen Akıncılar</t>
+          <t>Ateş Şehri</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>319</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786254100598</t>
+          <t>9786254101267</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Avcısı</t>
+          <t>Taç Oyunu</t>
         </is>
       </c>
       <c r="C1037" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786254100406</t>
+          <t>9786254101038</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Piramit</t>
+          <t>Bay Fahrenheit</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786254100697</t>
+          <t>9786254101939</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Kötü Şeyler Olur</t>
+          <t>Kuralsız Oyunlar</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786254101991</t>
+          <t>9786254100840</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Dökülen Kan</t>
+          <t>13. Gerçeklik (4. Kitap): Sis ve Şimşek Boşluğu</t>
         </is>
       </c>
       <c r="C1040" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786254101953</t>
+          <t>9786254100499</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Ateş Şahidi</t>
+          <t>Altın Potası</t>
         </is>
       </c>
       <c r="C1041" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786254100079</t>
+          <t>9786254101168</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Stoacının Günlüğü</t>
+          <t>Tiranların Kanı</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>499.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786052999516</t>
+          <t>9786254100871</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Büyük Para Küçük Düşünür</t>
+          <t>Zanlı</t>
         </is>
       </c>
       <c r="C1043" s="1">
         <v>319</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786052999363</t>
+          <t>9786254100451</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Gizli Ateş</t>
+          <t>Eksiksiz</t>
         </is>
       </c>
       <c r="C1044" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786052999431</t>
+          <t>9786254100604</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Gece Döngüsü</t>
+          <t>5 Dakika</t>
         </is>
       </c>
       <c r="C1045" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786052999127</t>
+          <t>9786254101199</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Hipotezi</t>
+          <t>Prensin Gelini</t>
         </is>
       </c>
       <c r="C1046" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786052999844</t>
+          <t>9786254100864</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Öncesi ve Sonrası</t>
+          <t>Babür İmparatorluğu: Kuzeyden Gelen Akıncılar</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>269</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786052999714</t>
+          <t>9786254100598</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Sessiz: Konuşmadan Duramayan Bir Dünyada İçe Dönüklerin Gücü</t>
+          <t>Karanlık Avcısı</t>
         </is>
       </c>
       <c r="C1048" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786254100024</t>
+          <t>9786254100406</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Hatalar Kitabı</t>
+          <t>Ölümsüz Piramit</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786052999783</t>
+          <t>9786254100697</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Yağ Yiyin Yağ Yakın</t>
+          <t>Kötü Şeyler Olur</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786052999967</t>
+          <t>9786254101991</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Cesur Gardiyan</t>
+          <t>Dökülen Kan</t>
         </is>
       </c>
       <c r="C1051" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786052999837</t>
+          <t>9786254101953</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Hyperion</t>
+          <t>Ateş Şahidi</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052998243</t>
+          <t>9786254100079</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Değiştirin Hayatınız Değişsin</t>
+          <t>Stoacının Günlüğü</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>359</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786254100055</t>
+          <t>9786052999516</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Times Meydanı'ndaki Kız</t>
+          <t>Büyük Para Küçük Düşünür</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>359</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786254100888</t>
+          <t>9786052999363</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Sürekli Aç Mısınız?</t>
+          <t>Gizli Ateş</t>
         </is>
       </c>
       <c r="C1055" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786254100673</t>
+          <t>9786052999431</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Ketojenik Oruç</t>
+          <t>Gece Döngüsü</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786254100741</t>
+          <t>9786052999127</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Hayat İçin 12 Kural: Kaosa Panzehir</t>
+          <t>Kötülük Hipotezi</t>
         </is>
       </c>
       <c r="C1057" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786254100628</t>
+          <t>9786052999844</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Ah, Sevgili Kraliçe</t>
+          <t>Öncesi ve Sonrası</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786254101281</t>
+          <t>9786052999714</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Büyük Katerina ve Potemkin</t>
+          <t>Sessiz: Konuşmadan Duramayan Bir Dünyada İçe Dönüklerin Gücü</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786254100352</t>
+          <t>9786254100024</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Yanılsaması</t>
+          <t>Hatalar Kitabı</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786254101229</t>
+          <t>9786052999783</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Küçük Alışkanlıklar</t>
+          <t>Yağ Yiyin Yağ Yakın</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>399.98</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786254101335</t>
+          <t>9786052999967</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Şüphe Tacirleri</t>
+          <t>Cesur Gardiyan</t>
         </is>
       </c>
       <c r="C1062" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786254101458</t>
+          <t>9786052999837</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Mühür</t>
+          <t>Hyperion</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>339</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786254101175</t>
+          <t>9786052998243</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Memento: Bir İlluminae Dosyaları Öyküsü (Ciltli)</t>
+          <t>Beyninizi Değiştirin Hayatınız Değişsin</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>395</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786254100895</t>
+          <t>9786254100055</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Ali: Bir Hayat</t>
+          <t>Times Meydanı'ndaki Kız</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>399</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786254101434</t>
+          <t>9786254100888</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Doğu Kartpostalları</t>
+          <t>Sürekli Aç Mısınız?</t>
         </is>
       </c>
       <c r="C1066" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786254101045</t>
+          <t>9786254100673</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Buda</t>
+          <t>Ketojenik Oruç</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786254100130</t>
+          <t>9786254100741</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Büyükelçinin Görevi</t>
+          <t>Hayat İçin 12 Kural: Kaosa Panzehir</t>
         </is>
       </c>
       <c r="C1068" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786254101397</t>
+          <t>9786254100628</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Doğal Deneyleri</t>
+          <t>Ah, Sevgili Kraliçe</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>499.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786254101403</t>
+          <t>9786254101281</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Doğal Deneyleri (Ciltli)</t>
+          <t>Büyük Katerina ve Potemkin</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>650</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786254101359</t>
+          <t>9786254100352</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Üçüncü Şempanze: İnsan Türünün Evrimi ve Geleceği</t>
+          <t>Bilgi Yanılsaması</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>499.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786254101427</t>
+          <t>9786254101229</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Üçüncü Şempanze: İnsan Türünün Evrimi Ve Geleceği (Ciltli)</t>
+          <t>Küçük Alışkanlıklar</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>650</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786254100338</t>
+          <t>9786254101335</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Harika Başlangıç</t>
+          <t>Şüphe Tacirleri</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786254100321</t>
+          <t>9786254101458</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Harika Fıstık</t>
+          <t>Yedinci Mühür</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>219</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786254101700</t>
+          <t>9786254101175</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Komplikasyon</t>
+          <t>Memento: Bir İlluminae Dosyaları Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>299</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786254100857</t>
+          <t>9786254100895</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Ayar</t>
+          <t>Ali: Bir Hayat</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786254100116</t>
+          <t>9786254101434</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Katalizör</t>
+          <t>Doğu Kartpostalları</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786254100376</t>
+          <t>9786254101045</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>E-Şifre</t>
+          <t>Buda</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786254101212</t>
+          <t>9786254100130</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Sonuç Alma Sanatı</t>
+          <t>Büyükelçinin Görevi</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786254101137</t>
+          <t>9786254101397</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Bir İstila Günlüğü</t>
+          <t>Tarihin Doğal Deneyleri</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>249</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786052998908</t>
+          <t>9786254101403</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Asapscience: Dünyanın En Garip Sorularına, En Meşhur Söylentilerine ve Açıklanmamış Olaylarına Cevaplar (Ciltli)</t>
+          <t>Tarihin Doğal Deneyleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786052998922</t>
+          <t>9786254101359</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Hacker: Bir Sibermafya Patronunun Gerçek Öyküsü</t>
+          <t>Gençler İçin Üçüncü Şempanze: İnsan Türünün Evrimi ve Geleceği</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>299</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052998915</t>
+          <t>9786254101427</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Lobotomist</t>
+          <t>Gençler İçin Üçüncü Şempanze: İnsan Türünün Evrimi Ve Geleceği (Ciltli)</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>299</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052998755</t>
+          <t>9786254100338</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Balıkçılar</t>
+          <t>Harika Başlangıç</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786052998809</t>
+          <t>9786254100321</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Balıklarla Konuşan Dedektif</t>
+          <t>Harika Fıstık</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>269</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786052998441</t>
+          <t>9786254101700</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Yarısı</t>
+          <t>Komplikasyon</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786052998366</t>
+          <t>9786254100857</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Burada Sensiz Çok Eğleniyorum</t>
+          <t>Ayar</t>
         </is>
       </c>
       <c r="C1087" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786052998434</t>
+          <t>9786254100116</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Skandal</t>
+          <t>Katalizör</t>
         </is>
       </c>
       <c r="C1088" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786052998274</t>
+          <t>9786254100376</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Buz Kraliçesi</t>
+          <t>E-Şifre</t>
         </is>
       </c>
       <c r="C1089" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786052998151</t>
+          <t>9786254101212</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Düşler Durağı</t>
+          <t>Sonuç Alma Sanatı</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786052998205</t>
+          <t>9786254101137</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Gorili Fark Ettiniz Mi?</t>
+          <t>Bir İstila Günlüğü</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>219</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786052998267</t>
+          <t>9786052998908</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Âşık Beyin</t>
+          <t>Asapscience: Dünyanın En Garip Sorularına, En Meşhur Söylentilerine ve Açıklanmamış Olaylarına Cevaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>299</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786052998182</t>
+          <t>9786052998922</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şans Kafe</t>
+          <t>Hacker: Bir Sibermafya Patronunun Gerçek Öyküsü</t>
         </is>
       </c>
       <c r="C1093" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786052998175</t>
+          <t>9786052998915</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Şans Faktörü</t>
+          <t>Lobotomist</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786052998250</t>
+          <t>9786052998755</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>15 Günde Dahi Beyin</t>
+          <t>Balıkçılar</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>350</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786052998298</t>
+          <t>9786052998809</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Salinger</t>
+          <t>Balıklarla Konuşan Dedektif</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>389</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786052998847</t>
+          <t>9786052998441</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Sen Şekillendirirsin</t>
+          <t>Kalbimin Yarısı</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786052998724</t>
+          <t>9786052998366</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka</t>
+          <t>Burada Sensiz Çok Eğleniyorum</t>
         </is>
       </c>
       <c r="C1098" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786052998779</t>
+          <t>9786052998434</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlar Tapınağı 2</t>
+          <t>Skandal</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786052998786</t>
+          <t>9786052998274</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Savunmasız: Hacker Serisi 1. Kitap</t>
+          <t>Buz Kraliçesi</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786052998762</t>
+          <t>9786052998151</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlar Tapınağı Kısım 1</t>
+          <t>Tatlı Düşler Durağı</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786052998731</t>
+          <t>9786052998205</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Ölüm İncili</t>
+          <t>Gorili Fark Ettiniz Mi?</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786052998748</t>
+          <t>9786052998267</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Yuva Sıcaklığı</t>
+          <t>Âşık Beyin</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786052998649</t>
+          <t>9786052998182</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Dinozorların Peşinde</t>
+          <t>İkinci Şans Kafe</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786052994450</t>
+          <t>9786052998175</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Soru - Annelere (Ciltli)</t>
+          <t>Şans Faktörü</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>389</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786052997642</t>
+          <t>9786052998250</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Şarap Rehberi Wine Folly Ekibinden Pratik Bilgiler</t>
+          <t>15 Günde Dahi Beyin</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>499</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786052998380</t>
+          <t>9786052998298</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Atomik Alışkanlıklar</t>
+          <t>Salinger</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>399.98</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786052998700</t>
+          <t>9786052998847</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>5. Madde</t>
+          <t>Hayatını Sen Şekillendirirsin</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786052998212</t>
+          <t>9786052998724</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Hayatın Hayranları</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C1109" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786052998694</t>
+          <t>9786052998779</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Farkındalık</t>
+          <t>Rüzgarlar Tapınağı 2</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786052998199</t>
+          <t>9786052998786</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>İçimi Aç</t>
+          <t>Savunmasız: Hacker Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C1111" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786052997826</t>
+          <t>9786052998762</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Bir Yabancı</t>
+          <t>Rüzgarlar Tapınağı Kısım 1</t>
         </is>
       </c>
       <c r="C1112" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786052997857</t>
+          <t>9786052998731</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Dolar: Küresel Ekonominin Gerçekten Nasıl İşlediğini Görmek için Tek Bir Doların Şaşırtıcı Yolculuğunu İzleyin</t>
+          <t>Ölüm İncili</t>
         </is>
       </c>
       <c r="C1113" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786052998335</t>
+          <t>9786052998748</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kuş (Ciltli)</t>
+          <t>Yuva Sıcaklığı</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>350</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786052996348</t>
+          <t>9786052998649</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Keçilere Bakan Adamlar</t>
+          <t>Kardeşim Dinozorların Peşinde</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786052998427</t>
+          <t>9786052994450</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>13. Gerçeklik (3. Kitap)</t>
+          <t>Her Güne Bir Soru - Annelere (Ciltli)</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786052998588</t>
+          <t>9786052997642</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Acı Hesaplaşma</t>
+          <t>Şarap Rehberi Wine Folly Ekibinden Pratik Bilgiler</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>299</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786052998526</t>
+          <t>9786052998380</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Tutumlu Çocuklar Yetiştirmek</t>
+          <t>Atomik Alışkanlıklar</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>249</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786052998397</t>
+          <t>9786052998700</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Anne Babalar İçin Çocuk Beyni</t>
+          <t>5. Madde</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786052998342</t>
+          <t>9786052998212</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Zihinler</t>
+          <t>İmkansız Hayatın Hayranları</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786052998458</t>
+          <t>9786052998694</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Gece Doğanlar</t>
+          <t>Çocuklar İçin Farkındalık</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786052998465</t>
+          <t>9786052998199</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Şafakta Uyananlar</t>
+          <t>İçimi Aç</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786052998625</t>
+          <t>9786052997826</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Tahıl Beyin Kutulu Özel Set</t>
+          <t>Yeryüzünde Bir Yabancı</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>1196</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786052998632</t>
+          <t>9786052997857</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Auschwitz Kütüphanecisi</t>
+          <t>Kutsal Dolar: Küresel Ekonominin Gerçekten Nasıl İşlediğini Görmek için Tek Bir Doların Şaşırtıcı Yolculuğunu İzleyin</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>499.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786052998519</t>
+          <t>9786052998335</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlak Ev</t>
+          <t>Beyaz Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>299</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786052998533</t>
+          <t>9786052996348</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Vebası</t>
+          <t>Keçilere Bakan Adamlar</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786052996881</t>
+          <t>9786052998427</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Senaryo</t>
+          <t>13. Gerçeklik (3. Kitap)</t>
         </is>
       </c>
       <c r="C1127" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786052998168</t>
+          <t>9786052998588</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Witcher Evreni (Ciltli)</t>
+          <t>Acı Hesaplaşma</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>1650</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786052998304</t>
+          <t>9786052998526</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Gölün Hanımı</t>
+          <t>Tutumlu Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>600</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786052997895</t>
+          <t>9786052998397</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Zaman Taciri</t>
+          <t>Anne Babalar İçin Çocuk Beyni</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786052997901</t>
+          <t>9786052998342</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Zaman Taciri (Ciltli)</t>
+          <t>Meraklı Zihinler</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>399</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786052998359</t>
+          <t>9786052998458</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Tahıl Beyin Yemek Kitabı</t>
+          <t>Gece Doğanlar</t>
         </is>
       </c>
       <c r="C1132" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786052998328</t>
+          <t>9786052998465</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Daima Sen</t>
+          <t>Şafakta Uyananlar</t>
         </is>
       </c>
       <c r="C1133" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786052998137</t>
+          <t>9786052998625</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Denizin Tuzu</t>
+          <t>Tahıl Beyin Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>299</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786052998311</t>
+          <t>9786052998632</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yılın Renkleri</t>
+          <t>Auschwitz Kütüphanecisi</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>319</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786052998144</t>
+          <t>9786052998519</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>İçimde Neler Oluyor</t>
+          <t>Yuvarlak Ev</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786052997680</t>
+          <t>9786052998533</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Mor Ejderha Bahçesi</t>
+          <t>Güvercin Vebası</t>
         </is>
       </c>
       <c r="C1137" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786052997673</t>
+          <t>9786052996881</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Ayı</t>
+          <t>Senaryo</t>
         </is>
       </c>
       <c r="C1138" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786052997796</t>
+          <t>9786052998168</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Doğrusunu Yapın!</t>
+          <t>Witcher Evreni (Ciltli)</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>249</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786052997819</t>
+          <t>9786052998304</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Hayali Bir Arkadaşın Anıları</t>
+          <t>Gölün Hanımı</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>299</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786052997789</t>
+          <t>9786052997895</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Doğrusunu Yapın! (10-15 Yaş)</t>
+          <t>Zaman Taciri</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786052997802</t>
+          <t>9786052997901</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Doğrusunu Yapın! (0-3 Yaş)</t>
+          <t>Zaman Taciri (Ciltli)</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>249</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786052997871</t>
+          <t>9786052998359</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Ölüleri Anma Günü</t>
+          <t>Tahıl Beyin Yemek Kitabı</t>
         </is>
       </c>
       <c r="C1143" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786052998007</t>
+          <t>9786052998328</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Şempanze: İnsan Türünün Evrimi ve Geleceği</t>
+          <t>Daima Sen</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>699.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786052998021</t>
+          <t>9786052998137</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Şempanze - İnsan Türünün Evrimi ve Geleceği Ciltli</t>
+          <t>Denizin Tuzu</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>850</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786052998052</t>
+          <t>9786052998311</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>İnsan Cinselliğinin Evrimi (Ciltli)</t>
+          <t>Yeni Yılın Renkleri</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>500</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786052998069</t>
+          <t>9786052998144</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>İnsan Cinselliğinin Evrimi</t>
+          <t>İçimde Neler Oluyor</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>359.98</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786052997918</t>
+          <t>9786052997680</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>İçsel Yaşam</t>
+          <t>Mor Ejderha Bahçesi</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786052997741</t>
+          <t>9786052997673</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Seni Sen Yapan Her Şey</t>
+          <t>Ejderha Ayı</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786052997765</t>
+          <t>9786052997796</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Aşık</t>
+          <t>Doğrusunu Yapın!</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786052997888</t>
+          <t>9786052997819</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Hanım Hanımcık</t>
+          <t>Hayali Bir Arkadaşın Anıları</t>
         </is>
       </c>
       <c r="C1151" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786052997987</t>
+          <t>9786052997789</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Zeka Farklı Düşünen İnsanlarla Birlikte Düşünmek</t>
+          <t>Doğrusunu Yapın! (10-15 Yaş)</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786052997482</t>
+          <t>9786052997802</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Döneminde Farkındalık</t>
+          <t>Doğrusunu Yapın! (0-3 Yaş)</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>319</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786052998014</t>
+          <t>9786052997871</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler İçin Farkındalık: Sınıfta Huzur ve Verimlilik İçin Kolay Beceriler</t>
+          <t>Ölüleri Anma Günü</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786052997086</t>
+          <t>9786052998007</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kusurlarınla Sev (Ciltli)</t>
+          <t>Üçüncü Şempanze: İnsan Türünün Evrimi ve Geleceği</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>359</v>
+        <v>699.98</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786052996805</t>
+          <t>9786052998021</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Araplar</t>
+          <t>Üçüncü Şempanze - İnsan Türünün Evrimi ve Geleceği Ciltli</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>249</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786052997659</t>
+          <t>9786052998052</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Tüfek, Mikrop ve Çelik Üçlemesi Kutulu Özel Set (3 Kitap)</t>
+          <t>İnsan Cinselliğinin Evrimi (Ciltli)</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>2499.94</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786052997666</t>
+          <t>9786052998069</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Tüfek, Mikrop ve Çelik Üçlemesi Kutulu Özel Set (3 Kitap) (Ciltli)</t>
+          <t>İnsan Cinselliğinin Evrimi</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>2899.98</v>
+        <v>359.98</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786052997864</t>
+          <t>9786052997918</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Strindberg'in Yıldızı</t>
+          <t>İçsel Yaşam</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786052997994</t>
+          <t>9786052997741</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Sülün Katilleri - Q Departmanı Serisi 2</t>
+          <t>Seni Sen Yapan Her Şey</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786052997925</t>
+          <t>9786052997765</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Aurora’nın Dönüşü (Ciltli)</t>
+          <t>Kaçak Aşık</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>600</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786052997970</t>
+          <t>9786052997888</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Millennium Serisi - Kutulu Özel Set</t>
+          <t>Hanım Hanımcık</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>2064</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786052997963</t>
+          <t>9786052997987</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>llumınae Dosyaları Serisi Kutulu Özel Set (Ciltli)</t>
+          <t>Kolektif Zeka Farklı Düşünen İnsanlarla Birlikte Düşünmek</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>2400</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786052997734</t>
+          <t>9786052997482</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Superman: Şafaksöktüren (Ciltli)</t>
+          <t>Ergenlik Döneminde Farkındalık</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>399</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786052996973</t>
+          <t>9786052998014</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Orijin Serisi Kutulu Özel Set</t>
+          <t>Öğretmenler İçin Farkındalık: Sınıfta Huzur ve Verimlilik İçin Kolay Beceriler</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>807</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786052996713</t>
+          <t>9786052997086</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Ateşkuşu Serisi (Ciltli)</t>
+          <t>Kendini Kusurlarınla Sev (Ciltli)</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>1197</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786052998106</t>
+          <t>9786052996805</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>DC İkonlar Serisi Kutulu Özel Set (Ciltli)</t>
+          <t>Tarihte Araplar</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>1596</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786052997956</t>
+          <t>9786052997659</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Mango Sokağı'ndaki Ev</t>
+          <t>Tüfek, Mikrop ve Çelik Üçlemesi Kutulu Özel Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>179</v>
+        <v>2499.94</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786052997949</t>
+          <t>9786052997666</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Limon Çiçeği</t>
+          <t>Tüfek, Mikrop ve Çelik Üçlemesi Kutulu Özel Set (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>350</v>
+        <v>2899.98</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786052998090</t>
+          <t>9786052997864</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Aykırılar: Sekiz Sıra Dışı CEO ve Tamamen Rasyonel Başarı Modelleri</t>
+          <t>Strindberg'in Yıldızı</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786052997840</t>
+          <t>9786052997994</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Doktorsuz</t>
+          <t>Sülün Katilleri - Q Departmanı Serisi 2</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786052997352</t>
+          <t>9786052997925</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Ysabel</t>
+          <t>Aurora’nın Dönüşü (Ciltli)</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>329</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786052997536</t>
+          <t>9786052997970</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Replika13 (Ciltli)</t>
+          <t>Millennium Serisi - Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>600</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786052997192</t>
+          <t>9786052997963</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Dönüşümü</t>
+          <t>llumınae Dosyaları Serisi Kutulu Özel Set (Ciltli)</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>299</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786052997932</t>
+          <t>9786052997734</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Akıllı İnsanların Mantıksız Kararları</t>
+          <t>Superman: Şafaksöktüren (Ciltli)</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786052997697</t>
+          <t>9786052996973</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Eli</t>
+          <t>Orijin Serisi Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>339</v>
+        <v>807</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786052997468</t>
+          <t>9786052996713</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş Krizdeki Uluslar İçin Dönüm Noktaları (Ciltli)</t>
+          <t>Ateşkuşu Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>950</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786052997475</t>
+          <t>9786052998106</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş Krizdeki Uluslar İçin Dönüm Noktaları</t>
+          <t>DC İkonlar Serisi Kutulu Özel Set (Ciltli)</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>799.98</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786052997451</t>
+          <t>9786052997956</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Factfulness Dünya Hakkında Yanılmamızın On Nedeni Ve Neden Her Şey Aslında Sandığınızdan Daha İyi (Ciltli)</t>
+          <t>Mango Sokağı'ndaki Ev</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>359</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786052997376</t>
+          <t>9786052997949</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Mahkemesi</t>
+          <t>Limon Çiçeği</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>299</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786052997505</t>
+          <t>9786052998090</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak Tavşan Hayes</t>
+          <t>Aykırılar: Sekiz Sıra Dışı CEO ve Tamamen Rasyonel Başarı Modelleri</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786052997383</t>
+          <t>9786052997840</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Krallık</t>
+          <t>Doktorsuz</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>249</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786052997413</t>
+          <t>9786052997352</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Beyin Sisi</t>
+          <t>Ysabel</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786052997529</t>
+          <t>9786052997536</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Replika13 (Ciltli)</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>299</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786052997420</t>
+          <t>9786052997192</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Akıl: İnsan Olmanın Özüne Yolculuk</t>
+          <t>Zamanın Dönüşümü</t>
         </is>
       </c>
       <c r="C1185" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786052997499</t>
+          <t>9786052997932</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Kadın Beyninin Gücü</t>
+          <t>Akıllı İnsanların Mantıksız Kararları</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786052997604</t>
+          <t>9786052997697</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Beyin Kullanım Kılavuzu</t>
+          <t>Şeytanın Eli</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>299</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786052997390</t>
+          <t>9786052997468</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar Mahzeni</t>
+          <t>Yükseliş Krizdeki Uluslar İçin Dönüm Noktaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>299</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786052997628</t>
+          <t>9786052997475</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Beynine Güç Ver</t>
+          <t>Yükseliş Krizdeki Uluslar İçin Dönüm Noktaları</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>299</v>
+        <v>799.98</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786052997635</t>
+          <t>9786052997451</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Iskarta</t>
+          <t>Factfulness Dünya Hakkında Yanılmamızın On Nedeni Ve Neden Her Şey Aslında Sandığınızdan Daha İyi (Ciltli)</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786052997543</t>
+          <t>9786052997376</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Ve Sonunda İkisi de Ölür</t>
+          <t>Ruhlar Mahkemesi</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786052997369</t>
+          <t>9786052997505</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Yalom Seçkisi</t>
+          <t>Kendine İyi Bak Tavşan Hayes</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786052997512</t>
+          <t>9786052997383</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşler</t>
+          <t>Kırmızı Krallık</t>
         </is>
       </c>
       <c r="C1193" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786052997246</t>
+          <t>9786052997413</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Leah Burke'ün Tuhaflıkları</t>
+          <t>Beyin Sisi</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786052997239</t>
+          <t>9786052997529</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Son Dakika</t>
+          <t>Mülteci</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>379</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786052997437</t>
+          <t>9786052997420</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Şarkı</t>
+          <t>Akıl: İnsan Olmanın Özüne Yolculuk</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786052997444</t>
+          <t>9786052997499</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Ölmesi Gereken Kız</t>
+          <t>Kadın Beyninin Gücü</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>319</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786052996720</t>
+          <t>9786052997604</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Bir Beyin</t>
+          <t>Beyin Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C1198" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786052997161</t>
+          <t>9786052997390</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Laurent Gounelle Kutulu Özel Set (6 Kitap)</t>
+          <t>Kayıp Ruhlar Mahzeni</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>1706</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786052995594</t>
+          <t>9786052997628</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Bilim Kadınları: Dünyayı Değiştiren 50 Korkusuz Bilimci (Ciltli)</t>
+          <t>Beynine Güç Ver</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786052995860</t>
+          <t>9786052997635</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Bülten</t>
+          <t>Iskarta</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786052997116</t>
+          <t>9786052997543</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Zalim ve Güzel</t>
+          <t>Ve Sonunda İkisi de Ölür</t>
         </is>
       </c>
       <c r="C1202" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786052996614</t>
+          <t>9786052997369</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Ufak Tefek Yalanlar</t>
+          <t>Yalom Seçkisi</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786052997291</t>
+          <t>9786052997512</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Psiko-Lojik!</t>
+          <t>Kız Kardeşler</t>
         </is>
       </c>
       <c r="C1204" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786052997215</t>
+          <t>9786052997246</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Beynin Şifa Bulma Gücü</t>
+          <t>Leah Burke'ün Tuhaflıkları</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786052997253</t>
+          <t>9786052997239</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Karası</t>
+          <t>Son Dakika</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>299</v>
+        <v>379</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786052997079</t>
+          <t>9786052997437</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>13. Gerçeklik (2. Kitap)</t>
+          <t>Yükselen Şarkı</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786052997284</t>
+          <t>9786052997444</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Kaos: Dağınıklığın Hayatlarımızı Değiştirme Gücü</t>
+          <t>Ölmesi Gereken Kız</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786052997208</t>
+          <t>9786052996720</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Savaşta Cesaret Kalpte Esaret</t>
+          <t>Daha İyi Bir Beyin</t>
         </is>
       </c>
       <c r="C1209" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786052997314</t>
+          <t>9786052997161</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Seni Unutursam</t>
+          <t>Laurent Gounelle Kutulu Özel Set (6 Kitap)</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>299</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786052997185</t>
+          <t>9786052995594</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Disiplin</t>
+          <t>Bilim Kadınları: Dünyayı Değiştiren 50 Korkusuz Bilimci (Ciltli)</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>499</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786052997222</t>
+          <t>9786052995860</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Kafası Bozukların El Kitabı</t>
+          <t>Kırmızı Bülten</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>179</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786052997321</t>
+          <t>9786052997116</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Babil Ayini</t>
+          <t>Zalim ve Güzel</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786052997260</t>
+          <t>9786052996614</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Kulesi</t>
+          <t>Ufak Tefek Yalanlar</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>500</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786052996140</t>
+          <t>9786052997291</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Çöküş (Ciltli)</t>
+          <t>Psiko-Lojik!</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>1050</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786052997062</t>
+          <t>9786052997215</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Batı Çıkışı</t>
+          <t>Beynin Şifa Bulma Gücü</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786052996942</t>
+          <t>9786052997253</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>50 Kişisel Gelişim Klasiği</t>
+          <t>Kuzgun Karası</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786052996935</t>
+          <t>9786052997079</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>50 Spiritüalizm Klasiği</t>
+          <t>13. Gerçeklik (2. Kitap)</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786052996966</t>
+          <t>9786052997284</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>50 Zenginlik Klasiği</t>
+          <t>Kaos: Dağınıklığın Hayatlarımızı Değiştirme Gücü</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786052996959</t>
+          <t>9786052997208</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>50 Başarı Klasiği</t>
+          <t>Savaşta Cesaret Kalpte Esaret</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786052996812</t>
+          <t>9786052997314</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Pervanenin Esrarı</t>
+          <t>Seni Unutursam</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786052996256</t>
+          <t>9786052997185</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Şaşırtıcı Gücü</t>
+          <t>Pozitif Disiplin</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>249</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786052996874</t>
+          <t>9786052997222</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Felsefe</t>
+          <t>Kafası Bozukların El Kitabı</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>269</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786052990018</t>
+          <t>9786052997321</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>7. Kurban</t>
+          <t>Babil Ayini</t>
         </is>
       </c>
       <c r="C1224" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786052997031</t>
+          <t>9786052997260</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Nevernight Tanrımezarı (Ciltli)</t>
+          <t>Kırlangıç Kulesi</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786052996911</t>
+          <t>9786052996140</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>İsyancılar</t>
+          <t>Çöküş (Ciltli)</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>269</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786052996898</t>
+          <t>9786052997062</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Asi</t>
+          <t>Batı Çıkışı</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786052995259</t>
+          <t>9786052996942</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Mutlu: Her Yeni Günden Neşe Duymak ve Kusursuz Olmaya Çalışmaktan Vazgeçmek</t>
+          <t>50 Kişisel Gelişim Klasiği</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786052996904</t>
+          <t>9786052996935</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Yalanlar</t>
+          <t>50 Spiritüalizm Klasiği</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786052996744</t>
+          <t>9786052996966</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Dersi</t>
+          <t>50 Zenginlik Klasiği</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786052996836</t>
+          <t>9786052996959</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Dünyası</t>
+          <t>50 Başarı Klasiği</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786052996751</t>
+          <t>9786052996812</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Karantina - Kaçkınlar</t>
+          <t>Pervanenin Esrarı</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786052996263</t>
+          <t>9786052996256</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Spinoza Problemi</t>
+          <t>Renklerin Şaşırtıcı Gücü</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>499.98</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786052996737</t>
+          <t>9786052996874</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Sihrin En Koyu Tonu</t>
+          <t>A’dan Z’ye Felsefe</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786052997024</t>
+          <t>9786052990018</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Korku Avcısı</t>
+          <t>7. Kurban</t>
         </is>
       </c>
       <c r="C1235" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786052997000</t>
+          <t>9786052997031</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Süper Genler</t>
+          <t>Nevernight Tanrımezarı (Ciltli)</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>299</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786052997055</t>
+          <t>9786052996911</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Sabah Mucizesi 08.00’den Önce Hayatınızı Değiştirme Garantili 6 Dakika</t>
+          <t>İsyancılar</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786052996867</t>
+          <t>9786052996898</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Farkındalık</t>
+          <t>Asi</t>
         </is>
       </c>
       <c r="C1238" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786052997093</t>
+          <t>9786052995259</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Varisleri</t>
+          <t>Mutlu: Her Yeni Günden Neşe Duymak ve Kusursuz Olmaya Çalışmaktan Vazgeçmek</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>379</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786052996850</t>
+          <t>9786052996904</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Rainbow Rowell Kitapları Kutulu Özel Set (5 Kitap) (Ciltli)</t>
+          <t>Kırılgan Yalanlar</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>1875</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786052997017</t>
+          <t>9786052996744</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Diabolik</t>
+          <t>Evlilik Dersi</t>
         </is>
       </c>
       <c r="C1241" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786052995808</t>
+          <t>9786052996836</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Kara Büyücü Üçlemesi Kutulu Özel Set</t>
+          <t>Atlantis Dünyası</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>897</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786052996980</t>
+          <t>9786052996751</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Bronz Atlı Serisi Kutulu Özel Set</t>
+          <t>Karantina - Kaçkınlar</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>1426</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786052996768</t>
+          <t>9786052996263</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İsyan Serisi Ciltli Kutulu Özel Set</t>
+          <t>Spinoza Problemi</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>2800</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786052996577</t>
+          <t>9786052996737</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış İmparatorluk Serisi Kutulu Özel Set</t>
+          <t>Sihrin En Koyu Tonu</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>897</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786052996775</t>
+          <t>9786052997024</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Orman Serisi Kutulu Özel Set</t>
+          <t>Korku Avcısı</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>897</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786052996782</t>
+          <t>9786052997000</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İsyan Serisi Kutulu Özel Set</t>
+          <t>Süper Genler</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>2100</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786052995969</t>
+          <t>9786052997055</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yalnızlık</t>
+          <t>Sabah Mucizesi 08.00’den Önce Hayatınızı Değiştirme Garantili 6 Dakika</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>329</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786052996218</t>
+          <t>9786052996867</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Modern Ekonomiyi Şekillendiren Elli İcat</t>
+          <t>Yeni Başlayanlar İçin Farkındalık</t>
         </is>
       </c>
       <c r="C1249" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786052996188</t>
+          <t>9786052997093</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Bebeklik Yılları</t>
+          <t>Toprağın Varisleri</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>399</v>
+        <v>379</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786052996607</t>
+          <t>9786052996850</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Sinyali</t>
+          <t>Rainbow Rowell Kitapları Kutulu Özel Set (5 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>359</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786052996508</t>
+          <t>9786052997017</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Ruh Kırıcı</t>
+          <t>Diabolik</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>400</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786052996461</t>
+          <t>9786052995808</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Gözü</t>
+          <t>Kara Büyücü Üçlemesi Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>299</v>
+        <v>897</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786052996706</t>
+          <t>9786052996980</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Büyük Dönüşüm</t>
+          <t>Bronz Atlı Serisi Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>299</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786052996591</t>
+          <t>9786052996768</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Yedi Cinayetin Kısa Tarihçesi</t>
+          <t>Kızıl İsyan Serisi Ciltli Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>359</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786052996324</t>
+          <t>9786052996577</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Tetralog: Ben Haklıyım, Sen Haksızsın</t>
+          <t>Parçalanmış İmparatorluk Serisi Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>249</v>
+        <v>897</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786052996683</t>
+          <t>9786052996775</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Kalahari</t>
+          <t>Vahşi Orman Serisi Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>269</v>
+        <v>897</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786052996522</t>
+          <t>9786052996782</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gölgeler Evi</t>
+          <t>Kızıl İsyan Serisi Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>299</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786052996645</t>
+          <t>9786052995969</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Eliza ve Canavarları</t>
+          <t>Büyük Yalnızlık</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786052996621</t>
+          <t>9786052996218</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Auschwitz Dövmecisi</t>
+          <t>Modern Ekonomiyi Şekillendiren Elli İcat</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786052996690</t>
+          <t>9786052996188</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Damardaki Kristal: Metamfetaminle Büyümek</t>
+          <t>Bebeklik Yılları</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786052996478</t>
+          <t>9786052996607</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Sana Özgürlük Vadediyorum</t>
+          <t>Yaşam Sinyali</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>280</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786052996676</t>
+          <t>9786052996508</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Alzheimer’in Sonu</t>
+          <t>Ruh Kırıcı</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>299</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786052996638</t>
+          <t>9786052996461</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Kökler</t>
+          <t>Tanrı’nın Gözü</t>
         </is>
       </c>
       <c r="C1264" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786052996492</t>
+          <t>9786052996706</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Zihnen Güçlü Ebeveynlerin Yapmadığı 13 Şey</t>
+          <t>Büyük Dönüşüm</t>
         </is>
       </c>
       <c r="C1265" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786052996485</t>
+          <t>9786052996591</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Catwoman: Ruhçalan (Ciltli)</t>
+          <t>Yedi Cinayetin Kısa Tarihçesi</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>399</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786052995686</t>
+          <t>9786052996324</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Bir Kurbağa Gibi Sakin ve Dikkatli Aktivite Kitabı</t>
+          <t>Tetralog: Ben Haklıyım, Sen Haksızsın</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>319</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786052996126</t>
+          <t>9786052996683</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Kalahari</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>899.98</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786052996539</t>
+          <t>9786052996522</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Dikenlikler İmparatoru</t>
+          <t>Küçük Gölgeler Evi</t>
         </is>
       </c>
       <c r="C1269" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786052995563</t>
+          <t>9786052996645</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Mucize: Aydınlanmaya Giden Altı Adım</t>
+          <t>Eliza ve Canavarları</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786052996171</t>
+          <t>9786052996621</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Japonizm (Ciltli)</t>
+          <t>Auschwitz Dövmecisi</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>359</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786052996164</t>
+          <t>9786052996690</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Gece</t>
+          <t>Damardaki Kristal: Metamfetaminle Büyümek</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>400</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786052996096</t>
+          <t>9786052996478</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Savunusu Din Aslında Nedir</t>
+          <t>Sana Özgürlük Vadediyorum</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>319</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786052996843</t>
+          <t>9786052996676</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>After 1</t>
+          <t>Alzheimer’in Sonu</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786052996430</t>
+          <t>9786052996638</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Efsane - Çizgi Roman</t>
+          <t>Kökler</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>240</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786052996515</t>
+          <t>9786052996492</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Kül Prensesi (Ciltli)</t>
+          <t>Zihnen Güçlü Ebeveynlerin Yapmadığı 13 Şey</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786052992616</t>
+          <t>9786052996485</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalbinizi Onarabilirim</t>
+          <t>Catwoman: Ruhçalan (Ciltli)</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786052992395</t>
+          <t>9786052995686</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Anında Özgüven</t>
+          <t>Bir Kurbağa Gibi Sakin ve Dikkatli Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786052996669</t>
+          <t>9786052996126</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Prens</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>299</v>
+        <v>899.98</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786052996423</t>
+          <t>9786052996539</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Deha - Çizgi Roman</t>
+          <t>Dikenlikler İmparatoru</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>240</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786052996447</t>
+          <t>9786052995563</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon - Çizgi Roman</t>
+          <t>Mucize: Aydınlanmaya Giden Altı Adım</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>240</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786052996249</t>
+          <t>9786052996171</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Çocukları</t>
+          <t>Japonizm (Ciltli)</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786052996294</t>
+          <t>9786052996164</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>İki Kalp Bi’ Oda</t>
+          <t>Sekizinci Gece</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>249</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786052996317</t>
+          <t>9786052996096</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Sevilen</t>
+          <t>Tanrı Savunusu Din Aslında Nedir</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786052996089</t>
+          <t>9786052996843</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Kış Gecesi Işıkları</t>
+          <t>After 1</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786052996584</t>
+          <t>9786052996430</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Kararsız Kalpler</t>
+          <t>Efsane - Çizgi Roman</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>249</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786052996195</t>
+          <t>9786052996515</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Ben Malala (Genç Okurlara Özel Baskı)</t>
+          <t>Kül Prensesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>250</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786052996232</t>
+          <t>9786052992616</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>İntihar Okulu</t>
+          <t>Kırık Kalbinizi Onarabilirim</t>
         </is>
       </c>
       <c r="C1288" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786052996058</t>
+          <t>9786052992395</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Daha Zeki Bir Çocuk Yetiştirmek</t>
+          <t>Anında Özgüven</t>
         </is>
       </c>
       <c r="C1289" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786052996034</t>
+          <t>9786052996669</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Sis ve Alev (Ciltli)</t>
+          <t>Kayıp Prens</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786052996065</t>
+          <t>9786052996423</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Karşılıksız Aşkın Avantajları</t>
+          <t>Deha - Çizgi Roman</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>269</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786052996133</t>
+          <t>9786052996447</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Yaşam 3.0 Yapay Zeka Çağında İnsan Olmak</t>
+          <t>Şampiyon - Çizgi Roman</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>319</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786052996300</t>
+          <t>9786052996249</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Niçin Uyuruz?</t>
+          <t>Özgürlük Çocukları</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>499</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786052996201</t>
+          <t>9786052996294</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Küçük Farkındalık Kitabı</t>
+          <t>İki Kalp Bi’ Oda</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786052996331</t>
+          <t>9786052996317</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Nemesis</t>
+          <t>Sevilen</t>
         </is>
       </c>
       <c r="C1295" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786052996157</t>
+          <t>9786052996089</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Şike</t>
+          <t>Kış Gecesi Işıkları</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786052996041</t>
+          <t>9786052996584</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler (Ciltli)</t>
+          <t>Kararsız Kalpler</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>359</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786052996287</t>
+          <t>9786052996195</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyası Maceraları: Wall Street Dünyasından On İki Klasik Hikaye</t>
+          <t>Ben Malala (Genç Okurlara Özel Baskı)</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>299</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786052996829</t>
+          <t>9786052996232</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Delilik Günlüğü</t>
+          <t>İntihar Okulu</t>
         </is>
       </c>
       <c r="C1299" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786052996027</t>
+          <t>9786052996058</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Mycroft Holmes</t>
+          <t>Daha Zeki Bir Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C1300" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786052995853</t>
+          <t>9786052996034</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Paket</t>
+          <t>Sis ve Alev (Ciltli)</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>400</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786052996003</t>
+          <t>9786052996065</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Ekonomistin Geri Dönüşü: Bir Ekonomi Nasıl Yönetilir (Ya Da Mahvedilir)?</t>
+          <t>Karşılıksız Aşkın Avantajları</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786052996010</t>
+          <t>9786052996133</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Algoritması</t>
+          <t>Yaşam 3.0 Yapay Zeka Çağında İnsan Olmak</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786052995655</t>
+          <t>9786052996300</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Zaman Paradoksu</t>
+          <t>Niçin Uyuruz?</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>299</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786052995761</t>
+          <t>9786052996201</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Komşular ve Düşmanlar</t>
+          <t>Küçük Farkındalık Kitabı</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>399</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786052995891</t>
+          <t>9786052996331</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Ağaçların Şarkısı</t>
+          <t>Nemesis</t>
         </is>
       </c>
       <c r="C1306" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786052995921</t>
+          <t>9786052996157</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Ajan</t>
+          <t>Şike</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786052995914</t>
+          <t>9786052996041</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Çocuk Bir Yuva Bulmalı</t>
+          <t>İlişkiler (Ciltli)</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786052995884</t>
+          <t>9786052996287</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Erkeklerden Vazgeçmiş Kadınlar Apartmanı</t>
+          <t>İş Dünyası Maceraları: Wall Street Dünyasından On İki Klasik Hikaye</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786052995600</t>
+          <t>9786052996829</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Kralların Mirası - Tanrıların ve Kralların Kanı Serisi 1</t>
+          <t>Delilik Günlüğü</t>
         </is>
       </c>
       <c r="C1310" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786052991763</t>
+          <t>9786052996027</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>50 Politika Klasiği</t>
+          <t>Mycroft Holmes</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786052994511</t>
+          <t>9786052995853</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Annem ve Hayatın Anlamı</t>
+          <t>Paket</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786052995716</t>
+          <t>9786052996003</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Kötülerin Uyanışı - Dorothy Ölmeli 2</t>
+          <t>Görünmeyen Ekonomistin Geri Dönüşü: Bir Ekonomi Nasıl Yönetilir (Ya Da Mahvedilir)?</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786052995518</t>
+          <t>9786052996010</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Kirli Savaşlar</t>
+          <t>Mutluluğun Algoritması</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786052995495</t>
+          <t>9786052995655</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Grup Psikoterapisinin Teori ve Pratiği</t>
+          <t>Zaman Paradoksu</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786052995815</t>
+          <t>9786052995761</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Mango Şeklinde Bir Boşluk</t>
+          <t>Komşular ve Düşmanlar</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>219</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786052995075</t>
+          <t>9786052995891</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Yaz Bahçesi - Bronz Atlı 3</t>
+          <t>Yalnız Ağaçların Şarkısı</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786052995570</t>
+          <t>9786052995921</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Münzevi</t>
+          <t>Ajan</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786052995785</t>
+          <t>9786052995914</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Orman 3: Krallık</t>
+          <t>İçindeki Çocuk Bir Yuva Bulmalı</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786052995938</t>
+          <t>9786052995884</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Ateşle İmtihan</t>
+          <t>Erkeklerden Vazgeçmiş Kadınlar Apartmanı</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>450</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786052995877</t>
+          <t>9786052995600</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Bana Sadece Anılarımızı Bıraktın</t>
+          <t>Kralların Mirası - Tanrıların ve Kralların Kanı Serisi 1</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786052995372</t>
+          <t>9786052991763</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Demir Altın - Kızıl İsyan 4 (Ciltli)</t>
+          <t>50 Politika Klasiği</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>750</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786052995983</t>
+          <t>9786052994511</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Savaş Fırtınası - Kızıl Kraliçe Serisi 4 (Ciltli)</t>
+          <t>Annem ve Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>750</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786052995365</t>
+          <t>9786052995716</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Demir Altın - Kızıl İsyan 4</t>
+          <t>Kötülerin Uyanışı - Dorothy Ölmeli 2</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>600</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786052995662</t>
+          <t>9786052995518</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun 100 Günü</t>
+          <t>Kirli Savaşlar</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786052995976</t>
+          <t>9786052995495</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Obsidio (Ciltli)</t>
+          <t>Grup Psikoterapisinin Teori ve Pratiği</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>800</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786052995679</t>
+          <t>9786052995815</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Mucize Adam</t>
+          <t>Mango Şeklinde Bir Boşluk</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>319</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786052995617</t>
+          <t>9786052995075</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Mim Hanesi</t>
+          <t>Yaz Bahçesi - Bronz Atlı 3</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>319</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786052995747</t>
+          <t>9786052995570</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Pençe</t>
+          <t>Münzevi</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786052995631</t>
+          <t>9786052995785</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Toksik İnsanlar</t>
+          <t>Vahşi Orman 3: Krallık</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786052995945</t>
+          <t>9786052995938</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>13. Gerçeklik 1. Kitap - Gizemli Mektuplar Güncesi</t>
+          <t>Ateşle İmtihan</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>299</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786052995778</t>
+          <t>9786052995877</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Liderlik</t>
+          <t>Bana Sadece Anılarımızı Bıraktın</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>319</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786052995754</t>
+          <t>9786052995372</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Elveda Saraybosna</t>
+          <t>Demir Altın - Kızıl İsyan 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>269</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786052995846</t>
+          <t>9786052995983</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Vebası - Kökenin Gizemi 2</t>
+          <t>Savaş Fırtınası - Kızıl Kraliçe Serisi 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>299</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786052995648</t>
+          <t>9786052995365</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>İntikam Yazı - Walter Pulaski 1</t>
+          <t>Demir Altın - Kızıl İsyan 4</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>299</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786052995457</t>
+          <t>9786052995662</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Öyküsü</t>
+          <t>Mutluluğun 100 Günü</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786052995587</t>
+          <t>9786052995976</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>50 Felsefe Klasiği</t>
+          <t>Obsidio (Ciltli)</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>359</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786052995709</t>
+          <t>9786052995679</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Batman: Gecegezen (Ciltli)</t>
+          <t>Mucize Adam</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>399</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786052995556</t>
+          <t>9786052995617</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Kozmosta Görüşürüz</t>
+          <t>Mim Hanesi</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>219</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786052995532</t>
+          <t>9786052995747</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Düşüşü</t>
+          <t>Pençe</t>
         </is>
       </c>
       <c r="C1340" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786052995525</t>
+          <t>9786052995631</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Obsesyon</t>
+          <t>Toksik İnsanlar</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786052995723</t>
+          <t>9786052995945</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon Evren (Ciltli)</t>
+          <t>13. Gerçeklik 1. Kitap - Gizemli Mektuplar Güncesi</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786052994580</t>
+          <t>9786052995778</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Tüfek, Mikrop ve Çelik (Ciltli)</t>
+          <t>Liderlik</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>950</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786052995228</t>
+          <t>9786052995754</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Şapkacı - Kraliçe Serisi 2 (Ciltli)</t>
+          <t>Elveda Saraybosna</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>359</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786052995310</t>
+          <t>9786052995846</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Ballı Lokma</t>
+          <t>Atlantis Vebası - Kökenin Gizemi 2</t>
         </is>
       </c>
       <c r="C1345" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786052994818</t>
+          <t>9786052995648</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Beni Bul Serisi Kutulu Özel Set</t>
+          <t>İntikam Yazı - Walter Pulaski 1</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>897</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786052995327</t>
+          <t>9786052995457</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Müziğin Öyküsü</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786052994023</t>
+          <t>9786052995587</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>İyi Psikopatın Başarı Rehberi</t>
+          <t>50 Felsefe Klasiği</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786052995358</t>
+          <t>9786052995709</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Büyücü</t>
+          <t>Batman: Gecegezen (Ciltli)</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786052995334</t>
+          <t>9786052995556</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Dahi</t>
+          <t>Kozmosta Görüşürüz</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786052995341</t>
+          <t>9786052995532</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>İlginçler</t>
+          <t>Kelebeğin Düşüşü</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786052995402</t>
+          <t>9786052995525</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Salgın</t>
+          <t>Obsesyon</t>
         </is>
       </c>
       <c r="C1352" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786052995464</t>
+          <t>9786052995723</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Başarılı Olmasına Yardım Etmek</t>
+          <t>Bir Milyon Evren (Ciltli)</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>219</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786052995440</t>
+          <t>9786052994580</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Tuz Şeker Yağ</t>
+          <t>Tüfek, Mikrop ve Çelik (Ciltli)</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>359</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786052995297</t>
+          <t>9786052995228</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Müstakbel Koca Listesi</t>
+          <t>Şapkacı - Kraliçe Serisi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786052995273</t>
+          <t>9786052995310</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Noah</t>
+          <t>Ballı Lokma</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>550</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786052995167</t>
+          <t>9786052994818</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Yolcu 23</t>
+          <t>Beni Bul Serisi Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>400</v>
+        <v>897</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786052995105</t>
+          <t>9786052995327</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Eleanor Oliphant Gayet İyi</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C1358" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786052994900</t>
+          <t>9786052994023</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Fermanı</t>
+          <t>İyi Psikopatın Başarı Rehberi</t>
         </is>
       </c>
       <c r="C1359" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786052995303</t>
+          <t>9786052995358</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğim Tüm Erkeklere (Ciltli)</t>
+          <t>Yüksek Büyücü</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>1077</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786052995242</t>
+          <t>9786052995334</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Kaos</t>
+          <t>Dahi</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786052995266</t>
+          <t>9786052995341</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Neyi Ararsan Onu Bulursun</t>
+          <t>İlginçler</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>249</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786052995174</t>
+          <t>9786052995402</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Apaçiler: İşçi Sınıfının Şeytanlaştırılması</t>
+          <t>Salgın</t>
         </is>
       </c>
       <c r="C1363" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786052995198</t>
+          <t>9786052995464</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve İktidar (Ciltli)</t>
+          <t>Çocukların Başarılı Olmasına Yardım Etmek</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786052995051</t>
+          <t>9786052995440</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Kalbim ve Diğer Karadelikler</t>
+          <t>Tuz Şeker Yağ</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786052994887</t>
+          <t>9786052995297</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Çolak Kral</t>
+          <t>Müstakbel Koca Listesi</t>
         </is>
       </c>
       <c r="C1366" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786052995129</t>
+          <t>9786052995273</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Lavanta Kadınlarının Tuhaf ve Güzel Acıları</t>
+          <t>Noah</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>269</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786052995150</t>
+          <t>9786052995167</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Lal</t>
+          <t>Yolcu 23</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>299</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786052994832</t>
+          <t>9786052995105</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Bitir</t>
+          <t>Eleanor Oliphant Gayet İyi</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786052995044</t>
+          <t>9786052994900</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Kafanı Değiştir</t>
+          <t>Ölüm Fermanı</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786052995082</t>
+          <t>9786052995303</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Şimdilik Hoşça Kal</t>
+          <t>Sevdiğim Tüm Erkeklere (Ciltli)</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>299</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786052995099</t>
+          <t>9786052995242</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Gece Okulu Uykunun ve Rüyaların Gizli Bilimi</t>
+          <t>Kaos</t>
         </is>
       </c>
       <c r="C1372" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786052994931</t>
+          <t>9786052995266</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Dağ</t>
+          <t>Neyi Ararsan Onu Bulursun</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786052995006</t>
+          <t>9786052995174</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kızların İntihar Notları</t>
+          <t>Apaçiler: İşçi Sınıfının Şeytanlaştırılması</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786052995112</t>
+          <t>9786052995198</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Reenkarnasyon</t>
+          <t>Kadın ve İktidar (Ciltli)</t>
         </is>
       </c>
       <c r="C1375" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786052994924</t>
+          <t>9786052995051</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Cennetimden Bakarken</t>
+          <t>Kalbim ve Diğer Karadelikler</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786052995143</t>
+          <t>9786052994887</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Fırtına</t>
+          <t>Çolak Kral</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786052994955</t>
+          <t>9786052995129</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Temiz Bağırsak</t>
+          <t>Lavanta Kadınlarının Tuhaf ve Güzel Acıları</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786052994894</t>
+          <t>9786052995150</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Şimdi ve Sonsuza Dek, Lara Jean (Ciltli)</t>
+          <t>Lal</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786052994948</t>
+          <t>9786052994832</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Kurttan Kurda</t>
+          <t>Bu Kitabı Bitir</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786052994917</t>
+          <t>9786052995044</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Ben Seri Katil Değilim</t>
+          <t>Kafanı Değiştir</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786052994870</t>
+          <t>9786052995082</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Kimse Sağ Çıkmayacak</t>
+          <t>Şimdilik Hoşça Kal</t>
         </is>
       </c>
       <c r="C1382" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786052994962</t>
+          <t>9786052995099</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Kan Soyu - Kısım 1</t>
+          <t>Gece Okulu Uykunun ve Rüyaların Gizli Bilimi</t>
         </is>
       </c>
       <c r="C1383" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786052994863</t>
+          <t>9786052994931</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>İkizler</t>
+          <t>Dağ</t>
         </is>
       </c>
       <c r="C1384" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786052994979</t>
+          <t>9786052995006</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Kan Soyu - Kısım 2</t>
+          <t>Güzel Kızların İntihar Notları</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786052994856</t>
+          <t>9786052995112</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Gökyüzü</t>
+          <t>Reenkarnasyon</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786052991329</t>
+          <t>9786052994924</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Barselona'da Müthiş Eğlenceli Bir Hafta Sonu Geçirme Rehberi</t>
+          <t>Cennetimden Bakarken</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786052992104</t>
+          <t>9786052995143</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Sana İlham Veren Bir Şey Yap</t>
+          <t>Büyülü Fırtına</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>379</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786052993552</t>
+          <t>9786052994955</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Sana Korku Veren Bir Şey Yap</t>
+          <t>Temiz Bağırsak</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>379</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786052990971</t>
+          <t>9786052994894</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Ben (Ciltli)</t>
+          <t>Şimdi ve Sonsuza Dek, Lara Jean (Ciltli)</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786052991336</t>
+          <t>9786052994948</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Fikrin Şahane: Gerçekten İstersen Yapabilirsin (Ciltli)</t>
+          <t>Kurttan Kurda</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786052993569</t>
+          <t>9786052994917</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Seni Merkeze Koyan Bir Şey Yap</t>
+          <t>Ben Seri Katil Değilim</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>379</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786052990964</t>
+          <t>9786052994870</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk…</t>
+          <t>Kimse Sağ Çıkmayacak</t>
         </is>
       </c>
       <c r="C1393" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786052990940</t>
+          <t>9786052994962</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık… Arkadaşlığın Değerini Bilmek İçin 500 Neden</t>
+          <t>Kan Soyu - Kısım 1</t>
         </is>
       </c>
       <c r="C1394" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786052994733</t>
+          <t>9786052994863</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Gemina (Ciltli)</t>
+          <t>İkizler</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>800</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786052994825</t>
+          <t>9786052994979</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Bin Ömrüm Olsa</t>
+          <t>Kan Soyu - Kısım 2</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>450</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786052994771</t>
+          <t>9786052994856</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Dorothy Ölmeli</t>
+          <t>Her Yer Gökyüzü</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786052994757</t>
+          <t>9786052991329</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Bizden Geriye Kalan</t>
+          <t>Barselona'da Müthiş Eğlenceli Bir Hafta Sonu Geçirme Rehberi</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786052994641</t>
+          <t>9786052992104</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Kesit</t>
+          <t>Her Gün Sana İlham Veren Bir Şey Yap</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>299</v>
+        <v>379</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786052994719</t>
+          <t>9786052993552</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Hastalıklar ve Rahatsızlıklar Ansiklopedisi</t>
+          <t>Her Gün Sana Korku Veren Bir Şey Yap</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>750</v>
+        <v>379</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786052994788</t>
+          <t>9786052990971</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Ebeveyn Yoktur</t>
+          <t>Sensiz Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>399.98</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786052994146</t>
+          <t>9786052991336</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Jose Rodrigues Dos Santos Kutulu Özel Set</t>
+          <t>Fikrin Şahane: Gerçekten İstersen Yapabilirsin (Ciltli)</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>1695</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786052994696</t>
+          <t>9786052993569</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Çeviklik</t>
+          <t>Her Gün Seni Merkeze Koyan Bir Şey Yap</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>299</v>
+        <v>379</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786052994795</t>
+          <t>9786052990964</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Lagom: İsveçlilerin Dengeli Yaşama Sanatı (Ciltli)</t>
+          <t>Mutluluk…</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786052994702</t>
+          <t>9786052990940</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Fikirler Tek Geçer Akçenizdir (Ciltli)</t>
+          <t>Arkadaşlık… Arkadaşlığın Değerini Bilmek İçin 500 Neden</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786052994344</t>
+          <t>9786052994733</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Göğe Dokunan Kız</t>
+          <t>Gemina (Ciltli)</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>389</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786052994467</t>
+          <t>9786052994825</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Cormoran Strike Kutulu Özel Set (3 Kitap)</t>
+          <t>Bin Ömrüm Olsa</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>1500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786052994498</t>
+          <t>9786052994771</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Kazananın Laneti Kutulu Özel Set</t>
+          <t>Dorothy Ölmeli</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>1077</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786052994283</t>
+          <t>9786052994757</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>After Serisi Özel Kutulu Set (5 Kitap Takım)</t>
+          <t>Bizden Geriye Kalan</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>1685</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786052994474</t>
+          <t>9786052994641</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Her Gün + Başka Bir Gün - Kutulu Özel Set (2 Kitap)</t>
+          <t>Kesit</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>718</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786052994153</t>
+          <t>9786052994719</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Test Serisi Kutulu Özel Set (3 Kitap)</t>
+          <t>Hastalıklar ve Rahatsızlıklar Ansiklopedisi</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>897</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786052994320</t>
+          <t>9786052994788</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Serisi Kutulu Özel Set (3 Kitap)</t>
+          <t>Kusursuz Ebeveyn Yoktur</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>897</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786052994559</t>
+          <t>9786052994146</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Çerçöp Avcısı</t>
+          <t>Jose Rodrigues Dos Santos Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>219</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786052994597</t>
+          <t>9786052994696</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Dün Bugün Yarın</t>
+          <t>Duygusal Çeviklik</t>
         </is>
       </c>
       <c r="C1414" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786052994399</t>
+          <t>9786052994795</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dünya Kaşifi Olunur</t>
+          <t>Lagom: İsveçlilerin Dengeli Yaşama Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786052994542</t>
+          <t>9786052994702</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Duramayan Adam</t>
+          <t>Fikirler Tek Geçer Akçenizdir (Ciltli)</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>299</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786052994436</t>
+          <t>9786052994344</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Azim: Sabır, Tutku ve Kararlılığın Gücü</t>
+          <t>Göğe Dokunan Kız</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786052994566</t>
+          <t>9786052994467</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Ters Köşe</t>
+          <t>Cormoran Strike Kutulu Özel Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>299</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786052994528</t>
+          <t>9786052994498</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Bana Güven</t>
+          <t>Kazananın Laneti Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>299</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786052994443</t>
+          <t>9786052994283</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Hançer (Ciltli)</t>
+          <t>After Serisi Özel Kutulu Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>359</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786052994214</t>
+          <t>9786052994474</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Kariyeri</t>
+          <t>Her Gün + Başka Bir Gün - Kutulu Özel Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>500</v>
+        <v>718</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786052993910</t>
+          <t>9786052994153</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Kalp ve Beyin: İç İşleri</t>
+          <t>Test Serisi Kutulu Özel Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>299</v>
+        <v>897</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786052993927</t>
+          <t>9786052994320</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Musmutlu Yumuş Yumak (Ciltli)</t>
+          <t>Tutsak Serisi Kutulu Özel Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>299</v>
+        <v>897</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786052994177</t>
+          <t>9786052994559</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçu Psikoterapi</t>
+          <t>Çerçöp Avcısı</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>750</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786052994429</t>
+          <t>9786052994597</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Avucunun İçindeki Dünya</t>
+          <t>Dün Bugün Yarın</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786052994269</t>
+          <t>9786052994399</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Nefret Çağı</t>
+          <t>Nasıl Dünya Kaşifi Olunur</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>450</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786052994351</t>
+          <t>9786052994542</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Lykke: Dünyanın En Mutlu İnsanlarının Sırları (Ciltli)</t>
+          <t>Duramayan Adam</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786052994276</t>
+          <t>9786052994436</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Baldan Ölüm</t>
+          <t>Azim: Sabır, Tutku ve Kararlılığın Gücü</t>
         </is>
       </c>
       <c r="C1428" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786052994122</t>
+          <t>9786052994566</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Akrep Yarışları (Ciltli)</t>
+          <t>Ters Köşe</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786052994405</t>
+          <t>9786052994528</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Belzhar</t>
+          <t>Bana Güven</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786052994184</t>
+          <t>9786052994443</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Kristal Kilise</t>
+          <t>Gül ve Hançer (Ciltli)</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786052994337</t>
+          <t>9786052994214</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Daima Gece Avlanır</t>
+          <t>Kötülük Kariyeri</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>299</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786052994313</t>
+          <t>9786052993910</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>On Bin Gökyüzü (Ciltli)</t>
+          <t>Kalp ve Beyin: İç İşleri</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786052994306</t>
+          <t>9786052993927</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Geni</t>
+          <t>Musmutlu Yumuş Yumak (Ciltli)</t>
         </is>
       </c>
       <c r="C1434" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786052994191</t>
+          <t>9786052994177</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Mesafe</t>
+          <t>Varoluşçu Psikoterapi</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>269</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786052993934</t>
+          <t>9786052994429</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Çöp Adam</t>
+          <t>Avucunun İçindeki Dünya</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786052993996</t>
+          <t>9786052994269</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Göz Koleksiyoncusu</t>
+          <t>Nefret Çağı</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786052994160</t>
+          <t>9786052994351</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Burgess Çocukları</t>
+          <t>Lykke: Dünyanın En Mutlu İnsanlarının Sırları (Ciltli)</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786052994108</t>
+          <t>9786052994276</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Dramsız Disiplin</t>
+          <t>Baldan Ölüm</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>399.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786052994139</t>
+          <t>9786052994122</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Vahşi</t>
+          <t>Akrep Yarışları (Ciltli)</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786052993804</t>
+          <t>9786052994405</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Biraz Daha Yakın</t>
+          <t>Belzhar</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>350</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786052993903</t>
+          <t>9786052994184</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Tut Ki Seni Seviyorum (Ciltli)</t>
+          <t>Kristal Kilise</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786052993859</t>
+          <t>9786052994337</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Kısa Süreli Grup Terapileri</t>
+          <t>Baykuş Daima Gece Avlanır</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786052993613</t>
+          <t>9786052994313</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Wonder Woman: Savaşgetiren - DC İkonlar Serisi 1 (Ciltli)</t>
+          <t>On Bin Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C1444" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786052994085</t>
+          <t>9786052994306</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Tetikçi Anders ve Her Şeyin Anlamı</t>
+          <t>Atlantis Geni</t>
         </is>
       </c>
       <c r="C1445" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786052994054</t>
+          <t>9786052994191</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Hayır Demenin Gücü</t>
+          <t>Aramızdaki Mesafe</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786052994047</t>
+          <t>9786052993934</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Hatırlama Süreci</t>
+          <t>Çöp Adam</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786052994030</t>
+          <t>9786052993996</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Sevgiliyle Her Güne Bir Soru (Ciltli)</t>
+          <t>Göz Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>389</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786052994009</t>
+          <t>9786052994160</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Arı</t>
+          <t>Burgess Çocukları</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786052994078</t>
+          <t>9786052994108</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Beyin ve Bağırsak</t>
+          <t>Dramsız Disiplin</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>299</v>
+        <v>399.98</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786052993729</t>
+          <t>9786052994139</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Kabuğunda Dünya (Ciltli)</t>
+          <t>Vahşi</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786052993842</t>
+          <t>9786052993804</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Evim Tatlı Evim (Ciltli)</t>
+          <t>Her Gün Biraz Daha Yakın</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>699</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786052993897</t>
+          <t>9786052993903</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>SPQR - Antik Roma Tarihi</t>
+          <t>Tut Ki Seni Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1453" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786052993941</t>
+          <t>9786052993859</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>After 5: Başlangıç</t>
+          <t>Kısa Süreli Grup Terapileri</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786052993750</t>
+          <t>9786052993613</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme (Ciltli)</t>
+          <t>Wonder Woman: Savaşgetiren - DC İkonlar Serisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1455" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786052993743</t>
+          <t>9786052994085</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme</t>
+          <t>Tetikçi Anders ve Her Şeyin Anlamı</t>
         </is>
       </c>
       <c r="C1456" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786052993576</t>
+          <t>9786052994054</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Replika - Lyra / Gemma (Ciltli)</t>
+          <t>Hayır Demenin Gücü</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>399</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786052993880</t>
+          <t>9786052994047</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Kazananın Öpücüğü (Ciltli)</t>
+          <t>Hatırlama Süreci</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>359</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786052993873</t>
+          <t>9786052994030</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Büyükelçinin Kızı</t>
+          <t>Sevgiliyle Her Güne Bir Soru (Ciltli)</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786052993712</t>
+          <t>9786052994009</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Güneş ve Onun Çiçekleri</t>
+          <t>Kraliçe Arı</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786052993811</t>
+          <t>9786052994078</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Mezun</t>
+          <t>Beyin ve Bağırsak</t>
         </is>
       </c>
       <c r="C1461" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786052993866</t>
+          <t>9786052993729</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz (Ciltli)</t>
+          <t>Kaplumbağa Kabuğunda Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C1462" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786052993835</t>
+          <t>9786052993842</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Yavaşladığında Görebileceğin Şeyler</t>
+          <t>Evim Tatlı Evim (Ciltli)</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>399</v>
+        <v>699</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786052993170</t>
+          <t>9786052993897</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu</t>
+          <t>SPQR - Antik Roma Tarihi</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>599</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786052992531</t>
+          <t>9786052993941</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>HYGGE (Ciltli)</t>
+          <t>After 5: Başlangıç</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786052993774</t>
+          <t>9786052993750</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Karakutu Düşünme Modeli</t>
+          <t>Asla Vazgeçme (Ciltli)</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786052992524</t>
+          <t>9786052993743</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>New York’un İnsanları: Öyküler</t>
+          <t>Asla Vazgeçme</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>749</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786052993507</t>
+          <t>9786052993576</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Kukla</t>
+          <t>Replika - Lyra / Gemma (Ciltli)</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786052993798</t>
+          <t>9786052993880</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Eczacı</t>
+          <t>Kazananın Öpücüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1469" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786052993781</t>
+          <t>9786052993873</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Beslenmenizi Değiştirin</t>
+          <t>Büyükelçinin Kızı</t>
         </is>
       </c>
       <c r="C1470" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786052993651</t>
+          <t>9786052993712</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Beyninizin Duygusal Hayatı</t>
+          <t>Güneş ve Onun Çiçekleri</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786052993828</t>
+          <t>9786052993811</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Tutsak 3</t>
+          <t>Mezun</t>
         </is>
       </c>
       <c r="C1472" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786052993767</t>
+          <t>9786052993866</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Kızı</t>
+          <t>Düzenbaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786052993699</t>
+          <t>9786052993835</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Wulf Dorn Psikolojik Gerilim Kutulu Özel Set (7 Kitap)</t>
+          <t>Yalnızca Yavaşladığında Görebileceğin Şeyler</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>2825</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786052993682</t>
+          <t>9786052993170</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Bronz Atlı + Tatyana ve Alexander (Kutulu Özel Set)</t>
+          <t>İpek Yolu</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>738</v>
+        <v>599</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786052993477</t>
+          <t>9786052992531</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Millennium Serisi Kutulu Özel Set</t>
+          <t>HYGGE (Ciltli)</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>1745</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786052993668</t>
+          <t>9786052993774</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Bize Çıkan Yollar (Ciltli)</t>
+          <t>Karakutu Düşünme Modeli</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786052993705</t>
+          <t>9786052992524</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Einstein Kehaneti</t>
+          <t>New York’un İnsanları: Öyküler</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>299</v>
+        <v>749</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786052993491</t>
+          <t>9786052993507</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>İstasyon On Bir</t>
+          <t>Kukla</t>
         </is>
       </c>
       <c r="C1479" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786052993514</t>
+          <t>9786052993798</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Vatikan</t>
+          <t>Eczacı</t>
         </is>
       </c>
       <c r="C1480" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786052993538</t>
+          <t>9786052993781</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Kalp Zekası</t>
+          <t>Beslenmenizi Değiştirin</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786052993521</t>
+          <t>9786052993651</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Beyni Güçlendiren Besinler</t>
+          <t>Beyninizin Duygusal Hayatı</t>
         </is>
       </c>
       <c r="C1482" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786052993545</t>
+          <t>9786052993828</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Deva</t>
+          <t>Tutsak 3</t>
         </is>
       </c>
       <c r="C1483" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786052993453</t>
+          <t>9786052993767</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Helga'nın Günlüğü</t>
+          <t>Şeytanın Kızı</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786052991909</t>
+          <t>9786052993699</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Ayakkabı Gurusu</t>
+          <t>Wulf Dorn Psikolojik Gerilim Kutulu Özel Set (7 Kitap)</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>299</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786052991862</t>
+          <t>9786052993682</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Illuminae (Ciltli)</t>
+          <t>Bronz Atlı + Tatyana ve Alexander (Kutulu Özel Set)</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>800</v>
+        <v>738</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
+          <t>9786052993477</t>
+        </is>
+      </c>
+      <c r="B1487" s="1" t="inlineStr">
+        <is>
+          <t>Millennium Serisi Kutulu Özel Set</t>
+        </is>
+      </c>
+      <c r="C1487" s="1">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="1488" spans="1:3">
+      <c r="A1488" s="1" t="inlineStr">
+        <is>
+          <t>9786052993668</t>
+        </is>
+      </c>
+      <c r="B1488" s="1" t="inlineStr">
+        <is>
+          <t>Bize Çıkan Yollar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1488" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="1489" spans="1:3">
+      <c r="A1489" s="1" t="inlineStr">
+        <is>
+          <t>9786052993705</t>
+        </is>
+      </c>
+      <c r="B1489" s="1" t="inlineStr">
+        <is>
+          <t>Einstein Kehaneti</t>
+        </is>
+      </c>
+      <c r="C1489" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="1490" spans="1:3">
+      <c r="A1490" s="1" t="inlineStr">
+        <is>
+          <t>9786052993491</t>
+        </is>
+      </c>
+      <c r="B1490" s="1" t="inlineStr">
+        <is>
+          <t>İstasyon On Bir</t>
+        </is>
+      </c>
+      <c r="C1490" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="1491" spans="1:3">
+      <c r="A1491" s="1" t="inlineStr">
+        <is>
+          <t>9786052993514</t>
+        </is>
+      </c>
+      <c r="B1491" s="1" t="inlineStr">
+        <is>
+          <t>Vatikan</t>
+        </is>
+      </c>
+      <c r="C1491" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="1492" spans="1:3">
+      <c r="A1492" s="1" t="inlineStr">
+        <is>
+          <t>9786052993538</t>
+        </is>
+      </c>
+      <c r="B1492" s="1" t="inlineStr">
+        <is>
+          <t>Kalp Zekası</t>
+        </is>
+      </c>
+      <c r="C1492" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="1493" spans="1:3">
+      <c r="A1493" s="1" t="inlineStr">
+        <is>
+          <t>9786052993521</t>
+        </is>
+      </c>
+      <c r="B1493" s="1" t="inlineStr">
+        <is>
+          <t>Beyni Güçlendiren Besinler</t>
+        </is>
+      </c>
+      <c r="C1493" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="1494" spans="1:3">
+      <c r="A1494" s="1" t="inlineStr">
+        <is>
+          <t>9786052993545</t>
+        </is>
+      </c>
+      <c r="B1494" s="1" t="inlineStr">
+        <is>
+          <t>Deva</t>
+        </is>
+      </c>
+      <c r="C1494" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="1495" spans="1:3">
+      <c r="A1495" s="1" t="inlineStr">
+        <is>
+          <t>9786052993453</t>
+        </is>
+      </c>
+      <c r="B1495" s="1" t="inlineStr">
+        <is>
+          <t>Helga'nın Günlüğü</t>
+        </is>
+      </c>
+      <c r="C1495" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="1496" spans="1:3">
+      <c r="A1496" s="1" t="inlineStr">
+        <is>
+          <t>9786052991909</t>
+        </is>
+      </c>
+      <c r="B1496" s="1" t="inlineStr">
+        <is>
+          <t>Ayakkabı Gurusu</t>
+        </is>
+      </c>
+      <c r="C1496" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="1497" spans="1:3">
+      <c r="A1497" s="1" t="inlineStr">
+        <is>
+          <t>9786052991862</t>
+        </is>
+      </c>
+      <c r="B1497" s="1" t="inlineStr">
+        <is>
+          <t>Illuminae (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1497" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="1498" spans="1:3">
+      <c r="A1498" s="1" t="inlineStr">
+        <is>
           <t>9786052993446</t>
         </is>
       </c>
-      <c r="B1487" s="2" t="inlineStr">
+      <c r="B1498" s="2" t="inlineStr">
         <is>
           <t>Göze Göz Dişe Diş Diyen Kız
 Millennium 5</t>
         </is>
       </c>
-      <c r="C1487" s="1">
+      <c r="C1498" s="1">
         <v>319</v>
-      </c>
-[...163 lines deleted...]
-        <v>499.98</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786052993194</t>
+          <t>9786052993392</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Mucize ve Ben (Ciltli)</t>
+          <t>Sağlık için Farkındalık</t>
         </is>
       </c>
       <c r="C1499" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786052992623</t>
+          <t>9786052993330</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Magonya (Ciltli)</t>
+          <t>Zeytin Ağacı</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786052993378</t>
+          <t>9786052993316</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Simon Homo Sapiens’e Karşı (Ciltli)</t>
+          <t>Karoo</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786052991749</t>
+          <t>9786052993439</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe (Ciltli)</t>
+          <t>Travma</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>359</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786052993415</t>
+          <t>9786052992340</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikiyatristin Anıları</t>
+          <t>Zalim Krallık (Ciltli)</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>399</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786052993125</t>
+          <t>9786052993309</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyecek Öykü</t>
+          <t>Hayatın Tadını Kaçırmama Sanatı</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786052993156</t>
+          <t>9786052993422</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Hainin Arması</t>
+          <t>Gece Yıldızı (Ciltli)</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>299</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786052992890</t>
+          <t>9786052993262</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Beden Kitabı</t>
+          <t>Bir Parça Sonsuzluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786052992609</t>
+          <t>9786052993408</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Arayıcı</t>
+          <t>Tatyana ve Alexander</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786052993088</t>
+          <t>9786052993255</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Bakmak Ölümle Yüzleşmek</t>
+          <t>Benimle Kal</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>299.98</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786052993095</t>
+          <t>9786052993286</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Korkusunu Yenmek</t>
+          <t>Bugünü Yaşama Arzusu</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>179</v>
+        <v>499.98</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786052993248</t>
+          <t>9786052993194</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Ve İçinde Uyuyan Hazineyi Bulacaksın</t>
+          <t>Mucize ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786052993187</t>
+          <t>9786052992623</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Dumanı</t>
+          <t>Magonya (Ciltli)</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786052992180</t>
+          <t>9786052993378</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Bence Azıcık Daha Uyu (Ciltli)</t>
+          <t>Simon Homo Sapiens’e Karşı (Ciltli)</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786052993040</t>
+          <t>9786052991749</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Güneş Hala Bir Yerlerde Doğuyor</t>
+          <t>Kraliçe (Ciltli)</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786052993071</t>
+          <t>9786052993415</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Dikenlikler Kralı</t>
+          <t>Bir Psikiyatristin Anıları</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786052993231</t>
+          <t>9786052993125</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Kanunsuz</t>
+          <t>Bitmeyecek Öykü</t>
         </is>
       </c>
       <c r="C1515" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786052993101</t>
+          <t>9786052993156</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum, Öyleyse Oynarım</t>
+          <t>Hainin Arması</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786052993132</t>
+          <t>9786052992890</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Sıfırlananlar</t>
+          <t>Beden Kitabı</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>269</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786052993149</t>
+          <t>9786052992609</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Altın Çocuk</t>
+          <t>Arayıcı</t>
         </is>
       </c>
       <c r="C1518" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786052993217</t>
+          <t>9786052993088</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Patronkız</t>
+          <t>Güneşe Bakmak Ölümle Yüzleşmek</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>269</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786052992883</t>
+          <t>9786052993095</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Bağışlanan Terapi</t>
+          <t>Ölüm Korkusunu Yenmek</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>329</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786052992937</t>
+          <t>9786052993248</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğim Tüm Erkeklere (Ciltli)</t>
+          <t>Ve İçinde Uyuyan Hazineyi Bulacaksın</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>359</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786052993033</t>
+          <t>9786052993187</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Ellerimi Bırakma</t>
+          <t>Kehribar Dumanı</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786052992920</t>
+          <t>9786052992180</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Not: Seni Hala Seviyorum (Ciltli)</t>
+          <t>Bence Azıcık Daha Uyu (Ciltli)</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786052992968</t>
+          <t>9786052993040</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Yobaz</t>
+          <t>Güneş Hala Bir Yerlerde Doğuyor</t>
         </is>
       </c>
       <c r="C1524" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786052992999</t>
+          <t>9786052993071</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Oyunu</t>
+          <t>Dikenlikler Kralı</t>
         </is>
       </c>
       <c r="C1525" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786052992951</t>
+          <t>9786052993231</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Tahıl Beyin Yaşam Planı</t>
+          <t>Kanunsuz</t>
         </is>
       </c>
       <c r="C1526" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786052992913</t>
+          <t>9786052993101</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Kaleler Kareler Köşeler ve Sıcak Süt</t>
+          <t>Düşünüyorum, Öyleyse Oynarım</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786052992869</t>
+          <t>9786052993132</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Bin Parça Sen (Ciltli)</t>
+          <t>Sıfırlananlar</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>399</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786052992784</t>
+          <t>9786052993149</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Evernight Akademisi 5: Balthazar</t>
+          <t>Altın Çocuk</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786052992906</t>
+          <t>9786052993217</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Beni Hatırla</t>
+          <t>Patronkız</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786052992807</t>
+          <t>9786052992883</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Her Yaşta Mükemmel Beyin</t>
+          <t>Bağışlanan Terapi</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>359</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786052992777</t>
+          <t>9786052992937</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Din ve Psikiyatri</t>
+          <t>Sevdiğim Tüm Erkeklere (Ciltli)</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>179</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786052992739</t>
+          <t>9786052993033</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Seni Ben Uydurdum</t>
+          <t>Ellerimi Bırakma</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786052992715</t>
+          <t>9786052992920</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Elflerin Kanı</t>
+          <t>Not: Seni Hala Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>450</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786052992746</t>
+          <t>9786052992968</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Eğer İnanırsan</t>
+          <t>Yobaz</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786052992722</t>
+          <t>9786052992999</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Mezbaha</t>
+          <t>Evlilik Oyunu</t>
         </is>
       </c>
       <c r="C1536" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786052992760</t>
+          <t>9786052992951</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>After 4</t>
+          <t>Tahıl Beyin Yaşam Planı</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786052993019</t>
+          <t>9786052992913</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Momo</t>
+          <t>Kaleler Kareler Köşeler ve Sıcak Süt</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786052991619</t>
+          <t>9786052992869</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezerler</t>
+          <t>Bin Parça Sen (Ciltli)</t>
         </is>
       </c>
       <c r="C1539" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786052992029</t>
+          <t>9786052992784</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Araplar Bir Halkın Tarihi</t>
+          <t>Evernight Akademisi 5: Balthazar</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>399</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786052990667</t>
+          <t>9786052992906</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Wulf Dorn Psikolojik Gerilim Kutulu Set</t>
+          <t>Beni Hatırla</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>2425</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786052992401</t>
+          <t>9786052992807</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Her Seferinde 1 Sayfa</t>
+          <t>Her Yaşta Mükemmel Beyin</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786052992708</t>
+          <t>9786052992777</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Biz</t>
+          <t>Din ve Psikiyatri</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786052992661</t>
+          <t>9786052992739</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Pazarlıkta Sen Kazan!</t>
+          <t>Seni Ben Uydurdum</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786052992692</t>
+          <t>9786052992715</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Yatağını Topla: Hayatınızı ve Belki de Dünyayı Değiştirebilecek Küçük Şeyler</t>
+          <t>Elflerin Kanı</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>219</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786052992449</t>
+          <t>9786052992746</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Sabit Hat (Ciltli)</t>
+          <t>Eğer İnanırsan</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>359</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786052991985</t>
+          <t>9786052992722</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Büyümek Diye Bir Şey Yok</t>
+          <t>Mezbaha</t>
         </is>
       </c>
       <c r="C1547" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786052992005</t>
+          <t>9786052992760</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Kalp ve Beyin</t>
+          <t>After 4</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786052990063</t>
+          <t>9786052993019</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Ben Kimim</t>
+          <t>Momo</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>299</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786052992630</t>
+          <t>9786052991619</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Saşenka (Ciltli)</t>
+          <t>Uyurgezerler</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>329</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786052992685</t>
+          <t>9786052992029</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Yumurta ve Kaşık</t>
+          <t>Araplar Bir Halkın Tarihi</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>329</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786052992647</t>
+          <t>9786052990667</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Diplomatın Karısı</t>
+          <t>Wulf Dorn Psikolojik Gerilim Kutulu Set</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>299</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786052992562</t>
+          <t>9786052992401</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Hayali Dünyam</t>
+          <t>Her Seferinde 1 Sayfa</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786052992463</t>
+          <t>9786052992708</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>99 Gün</t>
+          <t>Biz</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786052990513</t>
+          <t>9786052992661</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar</t>
+          <t>Pazarlıkta Sen Kazan!</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786052990575</t>
+          <t>9786052992692</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Kızlar</t>
+          <t>Yatağını Topla: Hayatınızı ve Belki de Dünyayı Değiştirebilecek Küçük Şeyler</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786052992494</t>
+          <t>9786052992449</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Çiçek (Ciltli)</t>
+          <t>Sabit Hat (Ciltli)</t>
         </is>
       </c>
       <c r="C1557" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786052992432</t>
+          <t>9786052991985</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Süt ve Bal</t>
+          <t>Büyümek Diye Bir Şey Yok</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>299.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786052992548</t>
+          <t>9786052992005</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Yıldız</t>
+          <t>Kalp ve Beyin</t>
         </is>
       </c>
       <c r="C1559" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786052992555</t>
+          <t>9786052990063</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Mutlu Olunur</t>
+          <t>Bil Bakalım Ben Kimim</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786052992593</t>
+          <t>9786052992630</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Zero Ne Yaptığını Biliyorlar</t>
+          <t>Saşenka (Ciltli)</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786052992418</t>
+          <t>9786052992685</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Ufukta Aşk Var</t>
+          <t>Yumurta ve Kaşık</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786052991114</t>
+          <t>9786052992647</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>100 Objede Dünya Tarihi (Ciltli)</t>
+          <t>Diplomatın Karısı</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>995</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786052992425</t>
+          <t>9786052992562</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Senfoni</t>
+          <t>Hayali Dünyam</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786052992487</t>
+          <t>9786052992463</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>DNA Laneti</t>
+          <t>99 Gün</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786052992678</t>
+          <t>9786052990513</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Rehine</t>
+          <t>Kadınlar</t>
         </is>
       </c>
       <c r="C1566" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786052992654</t>
+          <t>9786052990575</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Melek</t>
+          <t>Kızlar</t>
         </is>
       </c>
       <c r="C1567" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786052992579</t>
+          <t>9786052992494</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Komşunun Çimenleri Daha Yeşil</t>
+          <t>Çiçek (Ciltli)</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786052992586</t>
+          <t>9786052992432</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Nazi Afrikası</t>
+          <t>Süt ve Bal</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>299</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786052992111</t>
+          <t>9786052992548</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>İflah Olmaz Optimistler Kulübü</t>
+          <t>Gezgin Yıldız</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>369</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786052992272</t>
+          <t>9786052992555</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Küçük Arkadaş</t>
+          <t>Nasıl Mutlu Olunur</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>499</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786052992319</t>
+          <t>9786052992593</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>İlk 20 Saat</t>
+          <t>Zero Ne Yaptığını Biliyorlar</t>
         </is>
       </c>
       <c r="C1572" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786052992371</t>
+          <t>9786052992418</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Düşüşe 18 Kala</t>
+          <t>Ufukta Aşk Var</t>
         </is>
       </c>
       <c r="C1573" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786052992388</t>
+          <t>9786052991114</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>3:59</t>
+          <t>100 Objede Dünya Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>299</v>
+        <v>995</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786053438021</t>
+          <t>9786052992425</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Bir Pezevengin Notları</t>
+          <t>Beşinci Senfoni</t>
         </is>
       </c>
       <c r="C1575" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786052992227</t>
+          <t>9786052992487</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Topların İstilası</t>
+          <t>DNA Laneti</t>
         </is>
       </c>
       <c r="C1576" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786052992173</t>
+          <t>9786052992678</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Vitro</t>
+          <t>Rehine</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786052991978</t>
+          <t>9786052992654</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Atlantis</t>
+          <t>Koruyucu Melek</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786052992012</t>
+          <t>9786052992579</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Rothschild Hanedanlığı</t>
+          <t>Komşunun Çimenleri Daha Yeşil</t>
         </is>
       </c>
       <c r="C1579" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786052991992</t>
+          <t>9786052992586</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>İlluminati</t>
+          <t>Nazi Afrikası</t>
         </is>
       </c>
       <c r="C1580" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786052992296</t>
+          <t>9786052992111</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Mö!</t>
+          <t>İflah Olmaz Optimistler Kulübü</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>299</v>
+        <v>369</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786052992210</t>
+          <t>9786052992272</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>No Prblem</t>
+          <t>Küçük Arkadaş</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>249</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786052992333</t>
+          <t>9786052992319</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Papatyalar Fısıldarken</t>
+          <t>İlk 20 Saat</t>
         </is>
       </c>
       <c r="C1583" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786052991435</t>
+          <t>9786052992371</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Dante Kulübü</t>
+          <t>Düşüşe 18 Kala</t>
         </is>
       </c>
       <c r="C1584" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786052992289</t>
+          <t>9786052992388</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Kazananın Suçu</t>
+          <t>3:59</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786052992265</t>
+          <t>9786053438021</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Kayip Şehir Z</t>
+          <t>Bir Pezevengin Notları</t>
         </is>
       </c>
       <c r="C1586" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786052992357</t>
+          <t>9786052992227</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Gelen İblis</t>
+          <t>Tüylü Topların İstilası</t>
         </is>
       </c>
       <c r="C1587" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786052992166</t>
+          <t>9786052992173</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyin Derinliklerine Giden Dar Yol</t>
+          <t>Vitro</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786052991923</t>
+          <t>9786052991978</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Akademi</t>
+          <t>Atlantis</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786052991886</t>
+          <t>9786052992012</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Sobe</t>
+          <t>Rothschild Hanedanlığı</t>
         </is>
       </c>
       <c r="C1590" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786052992142</t>
+          <t>9786052991992</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Ben Earl ve Ölen Kız + Gıcıklar Kutulu Özel Set (2 Kitap) (Ciltli)</t>
+          <t>İlluminati</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>718</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786052991916</t>
+          <t>9786052992296</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Kız Kutulu Özel Set</t>
+          <t>Mö!</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>897</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786052992036</t>
+          <t>9786052992210</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Bay Klarnet Max</t>
+          <t>No Prblem</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>319</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786052992159</t>
+          <t>9786052992333</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Sanalağ Serisi Kutulu Özel Set</t>
+          <t>Papatyalar Fısıldarken</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>807</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786052991954</t>
+          <t>9786052991435</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Kader Kılıcı</t>
+          <t>Dante Kulübü</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>450</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786053439844</t>
+          <t>9786052992289</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Orman 2</t>
+          <t>Kazananın Suçu</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786052992043</t>
+          <t>9786052992265</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz</t>
+          <t>Kayip Şehir Z</t>
         </is>
       </c>
       <c r="C1597" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786052991930</t>
+          <t>9786052992357</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Bir Dakika, Bir Sabah</t>
+          <t>Karanlıktan Gelen İblis</t>
         </is>
       </c>
       <c r="C1598" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786052992050</t>
+          <t>9786052992166</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Mandela Gibi Düşünmek</t>
+          <t>Kuzeyin Derinliklerine Giden Dar Yol</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786052991961</t>
+          <t>9786052991923</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Düşünme Sanatı (Ciltli)</t>
+          <t>Akademi</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786052991893</t>
+          <t>9786052991886</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Terapist Olmak Üzerine</t>
+          <t>Sobe</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786052991947</t>
+          <t>9786052992142</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel’in İntikamı</t>
+          <t>Ben Earl ve Ölen Kız + Gıcıklar Kutulu Özel Set (2 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>299</v>
+        <v>718</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786052992128</t>
+          <t>9786052991916</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunu</t>
+          <t>Çevrimiçi Kız Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>269</v>
+        <v>897</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786052991510</t>
+          <t>9786052992036</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Beni Gitmiş Say (Ciltli)</t>
+          <t>Bay Klarnet Max</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>359</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786052991794</t>
+          <t>9786052992159</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Karantina</t>
+          <t>Sanalağ Serisi Kutulu Özel Set</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>299</v>
+        <v>807</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786052991787</t>
+          <t>9786052991954</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Düşgezer</t>
+          <t>Kader Kılıcı</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>299</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786052991800</t>
+          <t>9786053439844</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Uzaydan Kız Kaçırma Operasyonu</t>
+          <t>Vahşi Orman 2</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786052991756</t>
+          <t>9786052992043</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Hafızamın Keskin Bıçağı</t>
+          <t>Hipnoz</t>
         </is>
       </c>
       <c r="C1608" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786052991848</t>
+          <t>9786052991930</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Beni Bul</t>
+          <t>Bir Dakika, Bir Sabah</t>
         </is>
       </c>
       <c r="C1609" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786052991855</t>
+          <t>9786052992050</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Garez</t>
+          <t>Mandela Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786052991442</t>
+          <t>9786052991961</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Çuvalladın!</t>
+          <t>Yaratıcı Düşünme Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786052991428</t>
+          <t>9786052991893</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezer</t>
+          <t>Terapist Olmak Üzerine</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>400</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786052991558</t>
+          <t>9786052991947</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Gıcıklar (Ciltli)</t>
+          <t>Hansel ve Gretel’in İntikamı</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786052991596</t>
+          <t>9786052992128</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Barça</t>
+          <t>Hayat Oyunu</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786052991824</t>
+          <t>9786052991510</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Umut Bahçesi</t>
+          <t>Beni Gitmiş Say (Ciltli)</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786052991770</t>
+          <t>9786052991794</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Da Vinci Gibi Düşünmek</t>
+          <t>Karantina</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786052991633</t>
+          <t>9786052991787</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Tedavi</t>
+          <t>Düşgezer</t>
         </is>
       </c>
       <c r="C1617" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786052991411</t>
+          <t>9786052991800</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Kör (Ciltli)</t>
+          <t>Uzaydan Kız Kaçırma Operasyonu</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>359</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786052991725</t>
+          <t>9786052991756</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Hain</t>
+          <t>Hafızamın Keskin Bıçağı</t>
         </is>
       </c>
       <c r="C1619" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786052991312</t>
+          <t>9786052991848</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Tepesi</t>
+          <t>Beni Bul</t>
         </is>
       </c>
       <c r="C1620" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786052991602</t>
+          <t>9786052991855</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Sıfırla</t>
+          <t>Garez</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786052991541</t>
+          <t>9786052991442</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>After 3</t>
+          <t>Çuvalladın!</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>389</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786052990933</t>
+          <t>9786052991428</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Yılanlı Sütun</t>
+          <t>Uyurgezer</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>299</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786052991398</t>
+          <t>9786052991558</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatta Aydınlanma</t>
+          <t>Gıcıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786052990957</t>
+          <t>9786052991596</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Orman</t>
+          <t>Barça</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786052991343</t>
+          <t>9786052991824</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Mimoza Mevsimi</t>
+          <t>Umut Bahçesi</t>
         </is>
       </c>
       <c r="C1626" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786052991350</t>
+          <t>9786052991770</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Tutsak 2</t>
+          <t>Da Vinci Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786052991527</t>
+          <t>9786052991633</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Bu Senin Hikayen</t>
+          <t>Tedavi</t>
         </is>
       </c>
       <c r="C1628" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786052991626</t>
+          <t>9786052991411</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Kız 3</t>
+          <t>Kör (Ciltli)</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786052991497</t>
+          <t>9786052991725</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Kitaplar Taciri</t>
+          <t>Hain</t>
         </is>
       </c>
       <c r="C1630" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786052991466</t>
+          <t>9786052991312</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Ender'in Gölgesi</t>
+          <t>Şeytan Tepesi</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786052991459</t>
+          <t>9786052991602</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Günahkar</t>
+          <t>Sıfırla</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786052991381</t>
+          <t>9786052991541</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Kaleb</t>
+          <t>After 3</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786052991299</t>
+          <t>9786052990933</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Bağ</t>
+          <t>Yılanlı Sütun</t>
         </is>
       </c>
       <c r="C1634" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786052991367</t>
+          <t>9786052991398</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Kutulu Özel Set (2 Kitap)</t>
+          <t>Gündelik Hayatta Aydınlanma</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>800</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786052991374</t>
+          <t>9786052990957</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Kutulu Özel Set (Ciltli)</t>
+          <t>Büyülü Orman</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>1100</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786052990520</t>
+          <t>9786052991343</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Darbe</t>
+          <t>Mimoza Mevsimi</t>
         </is>
       </c>
       <c r="C1637" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786052990629</t>
+          <t>9786052991350</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>5. Dalga Serisi Set</t>
+          <t>Tutsak 2</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>897</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786052991152</t>
+          <t>9786052991527</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Kalbinden Geçeni Söyle (Ciltli)</t>
+          <t>Bu Senin Hikayen</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786052990988</t>
+          <t>9786052991626</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Bridget Jones'un Bebeği: Günlükler</t>
+          <t>Çevrimiçi Kız 3</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786052991213</t>
+          <t>9786052991497</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Telgraf Bulvarı</t>
+          <t>Lanetli Kitaplar Taciri</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786052990919</t>
+          <t>9786052991466</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>İntikam Maskesi</t>
+          <t>Ender'in Gölgesi</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786052991190</t>
+          <t>9786052991459</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Kasap</t>
+          <t>Günahkar</t>
         </is>
       </c>
       <c r="C1643" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786052991220</t>
+          <t>9786052991381</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Yine Baharlar Gelecek</t>
+          <t>Kaleb</t>
         </is>
       </c>
       <c r="C1644" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786052991206</t>
+          <t>9786052991299</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Dans</t>
+          <t>Bağ</t>
         </is>
       </c>
       <c r="C1645" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786053437284</t>
+          <t>9786052991367</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Tuzak</t>
+          <t>Yabancı Kutulu Özel Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>299</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786052991176</t>
+          <t>9786052991374</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hep mi Başkalarına Güzel?</t>
+          <t>Yabancı Kutulu Özel Set (Ciltli)</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>299</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786052991244</t>
+          <t>9786052990520</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Şer Odası</t>
+          <t>Darbe</t>
         </is>
       </c>
       <c r="C1648" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786052991138</t>
+          <t>9786052990629</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Sır</t>
+          <t>5. Dalga Serisi Set</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>299</v>
+        <v>897</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786052991237</t>
+          <t>9786052991152</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Çırak</t>
+          <t>Kalbinden Geçeni Söyle (Ciltli)</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786052990902</t>
+          <t>9786052990988</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Bridget Jones'un Bebeği: Günlükler</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786052990810</t>
+          <t>9786052991213</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet</t>
+          <t>Telgraf Bulvarı</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786052990872</t>
+          <t>9786052990919</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Rüyalar Evi</t>
+          <t>İntikam Maskesi</t>
         </is>
       </c>
       <c r="C1653" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786052991121</t>
+          <t>9786052991190</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Anksiyeteyi Dengelemek</t>
+          <t>Kasap</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786052991046</t>
+          <t>9786052991220</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Kan</t>
+          <t>Yine Baharlar Gelecek</t>
         </is>
       </c>
       <c r="C1655" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786052990896</t>
+          <t>9786052991206</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Ölü Oyuncaklar Yazı</t>
+          <t>Meleklerle Dans</t>
         </is>
       </c>
       <c r="C1656" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786052991060</t>
+          <t>9786053437284</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Dilek Taşı</t>
+          <t>Tuzak</t>
         </is>
       </c>
       <c r="C1657" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786052991169</t>
+          <t>9786052991176</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking Gibi Düşünmek</t>
+          <t>Aşk Hep mi Başkalarına Güzel?</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786052990858</t>
+          <t>9786052991244</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Morg</t>
+          <t>Şer Odası</t>
         </is>
       </c>
       <c r="C1659" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786052991282</t>
+          <t>9786052991138</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Yabancı - Veyl (Ciltli)</t>
+          <t>En Karanlık Sır</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>550</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786052991275</t>
+          <t>9786052991237</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Yabancı - Veyl</t>
+          <t>Çırak</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>400</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786053438373</t>
+          <t>9786052990902</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Bülbül</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>599.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786052990735</t>
+          <t>9786052990810</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Soru: 5 Yıllık Günlük (Ciltli)</t>
+          <t>Kıyamet</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786053438847</t>
+          <t>9786052990872</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Yemeden Kurtulma</t>
+          <t>Unutulan Rüyalar Evi</t>
         </is>
       </c>
       <c r="C1664" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786053438830</t>
+          <t>9786052991121</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Bugün Kaderinizi Değiştirecek 3 Şey</t>
+          <t>Anksiyeteyi Dengelemek</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786053439974</t>
+          <t>9786052991046</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Sizi Zengin Edebilirim</t>
+          <t>Soğuk Kan</t>
         </is>
       </c>
       <c r="C1666" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786053438878</t>
+          <t>9786052990896</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Hipnotik Mide Bandı</t>
+          <t>Ölü Oyuncaklar Yazı</t>
         </is>
       </c>
       <c r="C1667" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786052990186</t>
+          <t>9786052991060</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Son Dilek</t>
+          <t>Dilek Taşı</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>450</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786052990537</t>
+          <t>9786052991169</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Stephen Hawking Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786052990773</t>
+          <t>9786052990858</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Oyun</t>
+          <t>Morg</t>
         </is>
       </c>
       <c r="C1670" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786052990759</t>
+          <t>9786052991282</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Hayatıma Hoş Geldin</t>
+          <t>Yabancı - Veyl (Ciltli)</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>299</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786052990698</t>
+          <t>9786052991275</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Son Nöbet</t>
+          <t>Yabancı - Veyl</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>299</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786052990704</t>
+          <t>9786053438373</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalmanın Yan Etkileri</t>
+          <t>Bülbül</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>249</v>
+        <v>599.98</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786052990865</t>
+          <t>9786052990735</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Bir Kala</t>
+          <t>Her Güne Bir Soru: 5 Yıllık Günlük (Ciltli)</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786052990766</t>
+          <t>9786053438847</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>İğne Deliğinden Dünya</t>
+          <t>Duygusal Yemeden Kurtulma</t>
         </is>
       </c>
       <c r="C1675" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786052990889</t>
+          <t>9786053438830</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Şebeke</t>
+          <t>Bugün Kaderinizi Değiştirecek 3 Şey</t>
         </is>
       </c>
       <c r="C1676" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786052990674</t>
+          <t>9786053439974</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Mavi Makara</t>
+          <t>Sizi Zengin Edebilirim</t>
         </is>
       </c>
       <c r="C1677" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786052990728</t>
+          <t>9786053438878</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Ve Tanrı Buyurdu: Konuşmamız Lazım!</t>
+          <t>Hipnotik Mide Bandı</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786052990612</t>
+          <t>9786052990186</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Tarihi</t>
+          <t>Son Dilek</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>799.98</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786052990568</t>
+          <t>9786052990537</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Kemik Mevsimi</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>319</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786052990827</t>
+          <t>9786052990773</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>İsa'nın Son Sırrı</t>
+          <t>Oyun</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>339</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786052990742</t>
+          <t>9786052990759</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Aradığın Her Şey: Jeff Bezos ve Amazon Çağı</t>
+          <t>Hayatıma Hoş Geldin</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786052990445</t>
+          <t>9786052990698</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar (Ciltli)</t>
+          <t>Son Nöbet</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786052990681</t>
+          <t>9786052990704</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Nazi ve Psikiyatrist</t>
+          <t>Hayatta Kalmanın Yan Etkileri</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786052990605</t>
+          <t>9786052990865</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kuşlar</t>
+          <t>Mutluluğa Bir Kala</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786053438229</t>
+          <t>9786052990766</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Kar Taneleri</t>
+          <t>İğne Deliğinden Dünya</t>
         </is>
       </c>
       <c r="C1686" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786052990506</t>
+          <t>9786052990889</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Bill Gates Gibi Düşünmek</t>
+          <t>Şebeke</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786052990469</t>
+          <t>9786052990674</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Bırak Beni</t>
+          <t>Mavi Makara</t>
         </is>
       </c>
       <c r="C1688" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786052990315</t>
+          <t>9786052990728</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İsyan Serisi Set</t>
+          <t>Ve Tanrı Buyurdu: Konuşmamız Lazım!</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>1500</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786052990322</t>
+          <t>9786052990612</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İsyan Serisi Özel Kutulu Set (3 Cilt Takım) (Ciltli)</t>
+          <t>Tanrı'nın Tarihi</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>2050</v>
+        <v>799.98</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786052990452</t>
+          <t>9786052990568</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Çat Kapı Aşk</t>
+          <t>Kemik Mevsimi</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786052990094</t>
+          <t>9786052990827</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Genel Tarihi</t>
+          <t>İsa'nın Son Sırrı</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>299</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786052990421</t>
+          <t>9786052990742</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Bir Saat Nasıl Kazanılır</t>
+          <t>Aradığın Her Şey: Jeff Bezos ve Amazon Çağı</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>249</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786052990087</t>
+          <t>9786052990445</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Taş Bebek</t>
+          <t>Yalancılar (Ciltli)</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786052990377</t>
+          <t>9786052990681</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Nazi ve Psikiyatrist</t>
         </is>
       </c>
       <c r="C1695" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786052990407</t>
+          <t>9786052990605</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Son Yıldız</t>
+          <t>Sarı Kuşlar</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786053439912</t>
+          <t>9786053438229</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Aplikasyon (Ciltli)</t>
+          <t>Kar Taneleri</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786053439776</t>
+          <t>9786052990506</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Einstein Gibi Düşünmek</t>
+          <t>Bill Gates Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C1698" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786053439165</t>
+          <t>9786052990469</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Sabah Yıldızı (Ciltli)</t>
+          <t>Bırak Beni</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>750</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786053439479</t>
+          <t>9786052990315</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Bir Anda Aşk</t>
+          <t>Kızıl İsyan Serisi Set</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>269</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786053439158</t>
+          <t>9786052990322</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Sabah Yıldızı</t>
+          <t>Kızıl İsyan Serisi Özel Kutulu Set (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>500</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786053439080</t>
+          <t>9786052990452</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Kazananın Laneti (Ciltli)</t>
+          <t>Çat Kapı Aşk</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786053439943</t>
+          <t>9786052990094</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Gideon</t>
+          <t>Şeytanın Genel Tarihi</t>
         </is>
       </c>
       <c r="C1703" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786052990483</t>
+          <t>9786052990421</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Karabasan</t>
+          <t>Her Gün Bir Saat Nasıl Kazanılır</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>400</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786052990285</t>
+          <t>9786052990087</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Zodyak</t>
+          <t>Taş Bebek</t>
         </is>
       </c>
       <c r="C1705" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786052990414</t>
+          <t>9786052990377</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Marshmallow Testi</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C1706" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786053439820</t>
+          <t>9786052990407</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Domino Cinayetleri</t>
+          <t>Son Yıldız</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786052990261</t>
+          <t>9786053439912</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Kaçış</t>
+          <t>Aplikasyon (Ciltli)</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>249</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786052990384</t>
+          <t>9786053439776</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Yabancı - Şahmeran (Ciltli)</t>
+          <t>Einstein Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>550</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786052990438</t>
+          <t>9786053439165</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>İlginç Olmak Üstüne Bir Manifesto</t>
+          <t>Sabah Yıldızı (Ciltli)</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>299</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786052990490</t>
+          <t>9786053439479</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Labirent : Virüs Kodu</t>
+          <t>Bir Anda Aşk</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>425</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786052990391</t>
+          <t>9786053439158</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğim Tüm Erkeklere</t>
+          <t>Sabah Yıldızı</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>299</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786053438700</t>
+          <t>9786053439080</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar Sözlüğü (Ciltli)</t>
+          <t>Kazananın Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C1713" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786053439356</t>
+          <t>9786053439943</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Cam Kılıç</t>
+          <t>Gideon</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>650</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786052990216</t>
+          <t>9786052990483</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kıyısında (Ciltli)</t>
+          <t>Karabasan</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>359</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786052990353</t>
+          <t>9786052990285</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>Zodyak</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786053439837</t>
+          <t>9786052990414</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Ay ve Işıklar</t>
+          <t>Marshmallow Testi</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786053435242</t>
+          <t>9786053439820</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Bir Kurbağa Gibi Sakin ve Dikkatli</t>
+          <t>Domino Cinayetleri</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>319</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786052990100</t>
+          <t>9786052990261</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Kas Geliştirme Yöntemi Alet Gerektirmeyen 110 Egzersiz</t>
+          <t>Kaçış</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>359</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786052990193</t>
+          <t>9786052990384</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Sanrı</t>
+          <t>Yabancı - Şahmeran (Ciltli)</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>299</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786052990247</t>
+          <t>9786052990438</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Bak Bana Medusa</t>
+          <t>İlginç Olmak Üstüne Bir Manifesto</t>
         </is>
       </c>
       <c r="C1721" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786052990230</t>
+          <t>9786052990490</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Sen, Ben ve Onca Yıl</t>
+          <t>Labirent : Virüs Kodu</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>299</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786052990254</t>
+          <t>9786052990391</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığım</t>
+          <t>Sevdiğim Tüm Erkeklere</t>
         </is>
       </c>
       <c r="C1723" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786052990179</t>
+          <t>9786053438700</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Dul</t>
+          <t>Aşıklar Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786052990032</t>
+          <t>9786053439356</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yaşında Camdan Atlayıp Kaybolan Adam</t>
+          <t>Cam Kılıç</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>299</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786053439660</t>
+          <t>9786052990216</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Troleybüs Problemi ya da Şişman Adamı Üst Geçitten Aşağı Atar mısınız?: Felsefi Bir Muamma</t>
+          <t>Hayatın Kıyısında (Ciltli)</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>219</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786053439929</t>
+          <t>9786052990353</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Armageddon</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>378</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786053435860</t>
+          <t>9786053439837</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Karga Kız</t>
+          <t>Ay ve Işıklar</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786053439998</t>
+          <t>9786053435242</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Orijin</t>
+          <t>Bir Kurbağa Gibi Sakin ve Dikkatli</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>269</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786053439240</t>
+          <t>9786052990100</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Görgü ve Casusluk (Ciltli)</t>
+          <t>Kas Geliştirme Yöntemi Alet Gerektirmeyen 110 Egzersiz</t>
         </is>
       </c>
       <c r="C1730" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786052990049</t>
+          <t>9786052990193</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kız Kardeş</t>
+          <t>Sanrı</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786053439455</t>
+          <t>9786052990247</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Test</t>
+          <t>Bak Bana Medusa</t>
         </is>
       </c>
       <c r="C1732" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9786052990025</t>
+          <t>9786052990230</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Kumandanın Aşığı</t>
+          <t>Sen, Ben ve Onca Yıl</t>
         </is>
       </c>
       <c r="C1733" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786053439790</t>
+          <t>9786052990254</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kadın</t>
+          <t>Gün Işığım</t>
         </is>
       </c>
       <c r="C1734" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786053438533</t>
+          <t>9786052990179</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Taş Ev</t>
+          <t>Dul</t>
         </is>
       </c>
       <c r="C1735" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786052990223</t>
+          <t>9786052990032</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Oyunbozan</t>
+          <t>Yüz Yaşında Camdan Atlayıp Kaybolan Adam</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786052990056</t>
+          <t>9786053439660</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Acizliğe Övgü</t>
+          <t>Troleybüs Problemi ya da Şişman Adamı Üst Geçitten Aşağı Atar mısınız?: Felsefi Bir Muamma</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9786052990070</t>
+          <t>9786053439929</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Bir Kayboluşun Anatomisi</t>
+          <t>Armageddon</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>249</v>
+        <v>378</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9786052990001</t>
+          <t>9786053435860</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Hücre</t>
+          <t>Karga Kız</t>
         </is>
       </c>
       <c r="C1739" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9786053439769</t>
+          <t>9786053439998</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Zor Seçimler</t>
+          <t>Orijin</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>389</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9786053439516</t>
+          <t>9786053439240</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>Bronz Atlı</t>
+          <t>Görgü ve Casusluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>389</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9786053439509</t>
+          <t>9786052990049</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Zihin Girdabı (Ciltli)</t>
+          <t>Yedi Kız Kardeş</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>359</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9786053439189</t>
+          <t>9786053439455</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Genç Elitler (Ciltli)</t>
+          <t>Test</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>449</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9786053438953</t>
+          <t>9786052990025</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sonsuz Anımız (Ciltli)</t>
+          <t>Kumandanın Aşığı</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9786053439813</t>
+          <t>9786053439790</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Alex Ferguson: Hayat Hikayem</t>
+          <t>Sessiz Kadın</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9786053439882</t>
+          <t>9786053438533</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerini Akıllıca Seç</t>
+          <t>Taş Ev</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9786053439875</t>
+          <t>9786052990223</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Duygusal Dünyası</t>
+          <t>Oyunbozan</t>
         </is>
       </c>
       <c r="C1747" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9786053439868</t>
+          <t>9786052990056</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>Ben Yalnız Gezerim</t>
+          <t>Acizliğe Övgü</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9786053439783</t>
+          <t>9786052990070</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>Fil Bakıcılarının Çocukları</t>
+          <t>Bir Kayboluşun Anatomisi</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9786053439806</t>
+          <t>9786052990001</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>Zindan</t>
+          <t>Hücre</t>
         </is>
       </c>
       <c r="C1750" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9786053439752</t>
+          <t>9786053439769</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Sen</t>
+          <t>Zor Seçimler</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>269</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9786053439219</t>
+          <t>9786053439516</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çizgi</t>
+          <t>Bronz Atlı</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>359</v>
+        <v>389</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9786053439653</t>
+          <t>9786053439509</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Kurban Joe</t>
+          <t>Zihin Girdabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1753" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9786053439622</t>
+          <t>9786053439189</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>19. Eş</t>
+          <t>Genç Elitler (Ciltli)</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>359</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9786053439615</t>
+          <t>9786053438953</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Diğer İmkansız Kelimeler (Ciltli)</t>
+          <t>Bizim Sonsuz Anımız (Ciltli)</t>
         </is>
       </c>
       <c r="C1755" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9786053439639</t>
+          <t>9786053439813</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Değiştirin Vücudunuz Değişsin</t>
+          <t>Alex Ferguson: Hayat Hikayem</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>359</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9786053439646</t>
+          <t>9786053439882</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ekspresi'nde Bir Gece</t>
+          <t>Düşüncelerini Akıllıca Seç</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9786053439677</t>
+          <t>9786053439875</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>Miyav! Kafayı Mı Yediniz Siz?</t>
+          <t>Çocuğun Duygusal Dünyası</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9786053439554</t>
+          <t>9786053439868</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>48 Saat</t>
+          <t>Ben Yalnız Gezerim</t>
         </is>
       </c>
       <c r="C1759" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9786053439530</t>
+          <t>9786053439783</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Barselona Kadınları</t>
+          <t>Fil Bakıcılarının Çocukları</t>
         </is>
       </c>
       <c r="C1760" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9786053439592</t>
+          <t>9786053439806</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>Karantina 1: Yalnızlar</t>
+          <t>Zindan</t>
         </is>
       </c>
       <c r="C1761" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9786053439387</t>
+          <t>9786053439752</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Linç</t>
+          <t>İçimdeki Sen</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9786053439523</t>
+          <t>9786053439219</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Feriştah</t>
+          <t>Kırmızı Çizgi</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9786053439561</t>
+          <t>9786053439653</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Aldatılan Kadının İntikamı</t>
+          <t>Kurban Joe</t>
         </is>
       </c>
       <c r="C1764" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9786053439578</t>
+          <t>9786053439622</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Tadilat Var</t>
+          <t>19. Eş</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9786053439394</t>
+          <t>9786053439615</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Mona</t>
+          <t>Aşk ve Diğer İmkansız Kelimeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9786053439370</t>
+          <t>9786053439639</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Gataca</t>
+          <t>Beyninizi Değiştirin Vücudunuz Değişsin</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9786053438939</t>
+          <t>9786053439646</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>Yasak Meyve Sokağı</t>
+          <t>Doğu Ekspresi'nde Bir Gece</t>
         </is>
       </c>
       <c r="C1768" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9786053439363</t>
+          <t>9786053439677</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Dominant</t>
+          <t>Miyav! Kafayı Mı Yediniz Siz?</t>
         </is>
       </c>
       <c r="C1769" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9786053439424</t>
+          <t>9786053439554</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Dut Ağacı Sokağı'ndaki Çayevi</t>
+          <t>48 Saat</t>
         </is>
       </c>
       <c r="C1770" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9786053439431</t>
+          <t>9786053439530</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>Finkler Sorunu</t>
+          <t>Barselona Kadınları</t>
         </is>
       </c>
       <c r="C1771" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9786053439448</t>
+          <t>9786053439592</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Olasılıklar Hayalleri Yaşama Sanatı</t>
+          <t>Karantina 1: Yalnızlar</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9786053439202</t>
+          <t>9786053439387</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Taşı Kısım 2</t>
+          <t>Linç</t>
         </is>
       </c>
       <c r="C1773" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9786053439196</t>
+          <t>9786053439523</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Taşı Kısım 1</t>
+          <t>Feriştah</t>
         </is>
       </c>
       <c r="C1774" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9786053438205</t>
+          <t>9786053439561</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün İlk Kuralı - Kısım 2</t>
+          <t>Aldatılan Kadının İntikamı</t>
         </is>
       </c>
       <c r="C1775" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9786053439332</t>
+          <t>9786053439578</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>Hayat Denen Mucizeler Bütünü</t>
+          <t>Kalbimde Tadilat Var</t>
         </is>
       </c>
       <c r="C1776" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9786053437949</t>
+          <t>9786053439394</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Burada Başladı ve Bitti (Ciltli)</t>
+          <t>Mona</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9786053439325</t>
+          <t>9786053439370</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>Refleks</t>
+          <t>Gataca</t>
         </is>
       </c>
       <c r="C1778" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9786053439318</t>
+          <t>9786053438939</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık</t>
+          <t>Yasak Meyve Sokağı</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9786053439349</t>
+          <t>9786053439363</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kız</t>
+          <t>Dominant</t>
         </is>
       </c>
       <c r="C1780" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9786053439295</t>
+          <t>9786053439424</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Prens'in Gelini</t>
+          <t>Dut Ağacı Sokağı'ndaki Çayevi</t>
         </is>
       </c>
       <c r="C1781" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9786053439301</t>
+          <t>9786053439431</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Bir Hırsız Bir Berbere Gel Beraber Bir İş Yapalım Demiş</t>
+          <t>Finkler Sorunu</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9786053439035</t>
+          <t>9786053439448</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Büyücü Loncası</t>
+          <t>Sonsuz Olasılıklar Hayalleri Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C1783" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9786053438915</t>
+          <t>9786053439202</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Aklımı Kaybettim Hükümsüzdür</t>
+          <t>Gözyaşı Taşı Kısım 2</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9786053439233</t>
+          <t>9786053439196</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Tandem</t>
+          <t>Gözyaşı Taşı Kısım 1</t>
         </is>
       </c>
       <c r="C1785" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9786053439257</t>
+          <t>9786053438205</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Panik</t>
+          <t>Büyücünün İlk Kuralı - Kısım 2</t>
         </is>
       </c>
       <c r="C1786" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9786053439141</t>
+          <t>9786053439332</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>Demir Efsaneler</t>
+          <t>Hayat Denen Mucizeler Bütünü</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9786053438922</t>
+          <t>9786053437949</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Son Oyun</t>
+          <t>Her Şey Burada Başladı ve Bitti (Ciltli)</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9786053439110</t>
+          <t>9786053439325</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>Taştan Kalp</t>
+          <t>Refleks</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9786053439073</t>
+          <t>9786053439318</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalmış Aşk</t>
+          <t>Yalnızlık</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9786053438809</t>
+          <t>9786053439349</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>Program</t>
+          <t>Gizli Kız</t>
         </is>
       </c>
       <c r="C1791" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9786053436492</t>
+          <t>9786053439295</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Halkası 1 (Ciltli)</t>
+          <t>Karanlık Prens'in Gelini</t>
         </is>
       </c>
       <c r="C1792" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9786053437772</t>
+          <t>9786053439301</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Okyanus</t>
+          <t>Bir Hırsız Bir Berbere Gel Beraber Bir İş Yapalım Demiş</t>
         </is>
       </c>
       <c r="C1793" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9786053439028</t>
+          <t>9786053439035</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Büyücü Loncası</t>
         </is>
       </c>
       <c r="C1794" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9786053438908</t>
+          <t>9786053438915</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yüze</t>
+          <t>Aklımı Kaybettim Hükümsüzdür</t>
         </is>
       </c>
       <c r="C1795" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9786053439134</t>
+          <t>9786053439233</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>Para Bir İntihar Mektubu</t>
+          <t>Tandem</t>
         </is>
       </c>
       <c r="C1796" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9786053439172</t>
+          <t>9786053439257</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>İskender</t>
+          <t>Panik</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9786053439226</t>
+          <t>9786053439141</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>Hayata Röveşata Çeken Adam</t>
+          <t>Demir Efsaneler</t>
         </is>
       </c>
       <c r="C1798" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9786053438946</t>
+          <t>9786053438922</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri Ağacı</t>
+          <t>Son Oyun</t>
         </is>
       </c>
       <c r="C1799" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9786053438977</t>
+          <t>9786053439110</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Gölgesi</t>
+          <t>Taştan Kalp</t>
         </is>
       </c>
       <c r="C1800" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9786053438960</t>
+          <t>9786053439073</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>HEY</t>
+          <t>Geç Kalmış Aşk</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9786053438588</t>
+          <t>9786053438809</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>Paranormal</t>
+          <t>Program</t>
         </is>
       </c>
       <c r="C1802" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9786053438212</t>
+          <t>9786053436492</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>Enerji EFT</t>
+          <t>Sonsuzluk Halkası 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1803" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9786053438717</t>
+          <t>9786053437772</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Yemin</t>
+          <t>Kayıp Okyanus</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9786053438403</t>
+          <t>9786053439028</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Bire (Ciltli)</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9786053438618</t>
+          <t>9786053438908</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Ne Mutlu Eder ve Siz Niçin Tersini Yapmalısınız</t>
+          <t>Yüz Yüze</t>
         </is>
       </c>
       <c r="C1806" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9786053438724</t>
+          <t>9786053439134</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlu Beyin, Güneşli Beyin</t>
+          <t>Para Bir İntihar Mektubu</t>
         </is>
       </c>
       <c r="C1807" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9786053438564</t>
+          <t>9786053439172</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Harika Sürtük</t>
+          <t>İskender</t>
         </is>
       </c>
       <c r="C1808" s="1">
-        <v>249</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9786053438694</t>
+          <t>9786053439226</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin</t>
+          <t>Hayata Röveşata Çeken Adam</t>
         </is>
       </c>
       <c r="C1809" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9786053438571</t>
+          <t>9786053438946</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>Gök Cennetin Altında</t>
+          <t>Yeniçeri Ağacı</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9786053438328</t>
+          <t>9786053438977</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>Sizi Uyutabilirim (Hipnoz Cd'siyle Birlikte)</t>
+          <t>Kalbin Gölgesi</t>
         </is>
       </c>
       <c r="C1811" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9786053438311</t>
+          <t>9786053438960</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>Sizi Daha Zeki Yapabilirim</t>
+          <t>HEY</t>
         </is>
       </c>
       <c r="C1812" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9786053438779</t>
+          <t>9786053438588</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>Sen Merhaba De Ben Aşk Derim</t>
+          <t>Paranormal</t>
         </is>
       </c>
       <c r="C1813" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9786053438519</t>
+          <t>9786053438212</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>Koğuş</t>
+          <t>Enerji EFT</t>
         </is>
       </c>
       <c r="C1814" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9786053437765</t>
+          <t>9786053438717</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>Salı Günleri Kimse Seks Yapmaz</t>
+          <t>Tehlikeli Yemin</t>
         </is>
       </c>
       <c r="C1815" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9786053438816</t>
+          <t>9786053438403</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>Danimarkalı Kız</t>
+          <t>Sıfırdan Bire (Ciltli)</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9786053438137</t>
+          <t>9786053438618</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Hafıza Sarayı Bir Boyama Kitabı Maceras</t>
+          <t>Beyninizi Ne Mutlu Eder ve Siz Niçin Tersini Yapmalısınız</t>
         </is>
       </c>
       <c r="C1817" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9786053438656</t>
+          <t>9786053438724</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Hayaller</t>
+          <t>Yağmurlu Beyin, Güneşli Beyin</t>
         </is>
       </c>
       <c r="C1818" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9786053438663</t>
+          <t>9786053438564</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>Kör İçgüdü</t>
+          <t>Harika Sürtük</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9786053438625</t>
+          <t>9786053438694</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Hayatınızı Kurtaracak</t>
+          <t>Süper Beyin</t>
         </is>
       </c>
       <c r="C1820" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9786053438731</t>
+          <t>9786053438571</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>Kadere Bak! (Ciltli)</t>
+          <t>Gök Cennetin Altında</t>
         </is>
       </c>
       <c r="C1821" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9786053437444</t>
+          <t>9786053438328</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>İtaatkar</t>
+          <t>Sizi Uyutabilirim (Hipnoz Cd'siyle Birlikte)</t>
         </is>
       </c>
       <c r="C1822" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9786053438793</t>
+          <t>9786053438311</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gecesi</t>
+          <t>Sizi Daha Zeki Yapabilirim</t>
         </is>
       </c>
       <c r="C1823" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9786053437789</t>
+          <t>9786053438779</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>Farkındalığın Renkleri</t>
+          <t>Sen Merhaba De Ben Aşk Derim</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9786053438670</t>
+          <t>9786053438519</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Silber 2: Rüyalar Kitabı (Ciltli)</t>
+          <t>Koğuş</t>
         </is>
       </c>
       <c r="C1825" s="1">
-        <v>799.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9786053438786</t>
+          <t>9786053437765</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Gün (Ciltli)</t>
+          <t>Salı Günleri Kimse Seks Yapmaz</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>359</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9786053438823</t>
+          <t>9786053438816</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>Fangirl (Ciltli)</t>
+          <t>Danimarkalı Kız</t>
         </is>
       </c>
       <c r="C1827" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9786053438496</t>
+          <t>9786053438137</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>Biz Tanışmadan Önce</t>
+          <t>Sherlock Hafıza Sarayı Bir Boyama Kitabı Maceras</t>
         </is>
       </c>
       <c r="C1828" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9786053437864</t>
+          <t>9786053438656</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>Saka Kuşu</t>
+          <t>Kumdan Hayaller</t>
         </is>
       </c>
       <c r="C1829" s="1">
-        <v>559</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9786053438595</t>
+          <t>9786053438663</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>Tüm Sırların Sahibi Kız  (Film Özel Baskı)</t>
+          <t>Kör İçgüdü</t>
         </is>
       </c>
       <c r="C1830" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9786053438540</t>
+          <t>9786053438625</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Meleği</t>
+          <t>Bu Kitap Hayatınızı Kurtaracak</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9786053438502</t>
+          <t>9786053438731</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Tweetaşkım</t>
+          <t>Kadere Bak! (Ciltli)</t>
         </is>
       </c>
       <c r="C1832" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9786053438489</t>
+          <t>9786053437444</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şans</t>
+          <t>İtaatkar</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9786053438335</t>
+          <t>9786053438793</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Kız Turnede</t>
+          <t>Aşk Gecesi</t>
         </is>
       </c>
       <c r="C1834" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9786053438601</t>
+          <t>9786053437789</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>After: Paramparça</t>
+          <t>Farkındalığın Renkleri</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>359</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9786053438250</t>
+          <t>9786053438670</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Ruhu</t>
+          <t>Silber 2: Rüyalar Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>219</v>
+        <v>799.98</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9786053438014</t>
+          <t>9786053438786</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Masaj</t>
+          <t>Başka Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C1837" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>9786053438748</t>
+          <t>9786053438823</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Fangirl (Ciltli)</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>400</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9786053437956</t>
+          <t>9786053438496</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>Görünmez</t>
+          <t>Biz Tanışmadan Önce</t>
         </is>
       </c>
       <c r="C1839" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9786053438632</t>
+          <t>9786053437864</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>CIA Savaşta</t>
+          <t>Saka Kuşu</t>
         </is>
       </c>
       <c r="C1840" s="1">
-        <v>299</v>
+        <v>559</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9786053438052</t>
+          <t>9786053438595</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>Tüm Sırların Sahibi Kız  (Film Özel Baskı)</t>
         </is>
       </c>
       <c r="C1841" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9786053438274</t>
+          <t>9786053438540</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Kötü İlaç</t>
+          <t>Ölüm Meleği</t>
         </is>
       </c>
       <c r="C1842" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9786053438236</t>
+          <t>9786053438502</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>Masalların Son Satırı</t>
+          <t>İyi Geceler Tweetaşkım</t>
         </is>
       </c>
       <c r="C1843" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9786053437741</t>
+          <t>9786053438489</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>Paris Üçlemesi Seti Kutulu</t>
+          <t>İkinci Şans</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>1037</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9786053437673</t>
+          <t>9786053438335</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>Tara Hudson Özel Kutulu Set (3 Kitap Ciltli)</t>
+          <t>Çevrimiçi Kız Turnede</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>1197</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9786053432036</t>
+          <t>9786053438601</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>İki Dikiş Arasında Zaman</t>
+          <t>After: Paramparça</t>
         </is>
       </c>
       <c r="C1846" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9786053437987</t>
+          <t>9786053438250</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>Akıl Çıkmazı</t>
+          <t>Dünyanın Ruhu</t>
         </is>
       </c>
       <c r="C1847" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9786053438380</t>
+          <t>9786053438014</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Elveda Sevgilim</t>
+          <t>Minikler İçin Masaj</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9786053432029</t>
+          <t>9786053438748</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C1849" s="1">
-        <v>339</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9786053438342</t>
+          <t>9786053437956</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>Not: Seni Seviyorum</t>
+          <t>Görünmez</t>
         </is>
       </c>
       <c r="C1850" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9786053437994</t>
+          <t>9786053438632</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Kaçamak</t>
+          <t>CIA Savaşta</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9786053437598</t>
+          <t>9786053438052</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine MBA</t>
+          <t>İsyan</t>
         </is>
       </c>
       <c r="C1852" s="1">
-        <v>550</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9786053437611</t>
+          <t>9786053438274</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>Oyun Ustası</t>
+          <t>Kötü İlaç</t>
         </is>
       </c>
       <c r="C1853" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9786053438168</t>
+          <t>9786053438236</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>Fobi</t>
+          <t>Masalların Son Satırı</t>
         </is>
       </c>
       <c r="C1854" s="1">
-        <v>400</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9786053438304</t>
+          <t>9786053437741</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>Kış Öpücüğü</t>
+          <t>Paris Üçlemesi Seti Kutulu</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>269</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9786053438465</t>
+          <t>9786053437673</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>Kızım</t>
+          <t>Tara Hudson Özel Kutulu Set (3 Kitap Ciltli)</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>299</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9786053438410</t>
+          <t>9786053432036</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Filozof</t>
+          <t>İki Dikiş Arasında Zaman</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9786053431992</t>
+          <t>9786053437987</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>Mükemmellik Rehberi</t>
+          <t>Akıl Çıkmazı</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" s="1" t="inlineStr">
         <is>
-          <t>9786053434719</t>
+          <t>9786053438380</t>
         </is>
       </c>
       <c r="B1859" s="1" t="inlineStr">
         <is>
-          <t>Gizem Sirki</t>
+          <t>Elveda Sevgilim</t>
         </is>
       </c>
       <c r="C1859" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" s="1" t="inlineStr">
         <is>
-          <t>9786053437499</t>
+          <t>9786053432029</t>
         </is>
       </c>
       <c r="B1860" s="1" t="inlineStr">
         <is>
-          <t>Karabakal</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C1860" s="1">
-        <v>299</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" s="1" t="inlineStr">
         <is>
-          <t>9786053437215</t>
+          <t>9786053438342</t>
         </is>
       </c>
       <c r="B1861" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Krizi</t>
+          <t>Not: Seni Seviyorum</t>
         </is>
       </c>
       <c r="C1861" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" s="1" t="inlineStr">
         <is>
-          <t>9786053431442</t>
+          <t>9786053437994</t>
         </is>
       </c>
       <c r="B1862" s="1" t="inlineStr">
         <is>
-          <t>Atatürk - Modern Türkiye'nin Kurucusu Dahi Generalden Liderlik Üzerine Dersler (Ciltli)</t>
+          <t>Tatlı Kaçamak</t>
         </is>
       </c>
       <c r="C1862" s="1">
-        <v>350</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" s="1" t="inlineStr">
         <is>
-          <t>9786053437185</t>
+          <t>9786053437598</t>
         </is>
       </c>
       <c r="B1863" s="1" t="inlineStr">
         <is>
-          <t>Altın Oğul - Kızıl İsyan 2</t>
+          <t>Kendi Kendine MBA</t>
         </is>
       </c>
       <c r="C1863" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" s="1" t="inlineStr">
         <is>
-          <t>9786053437246</t>
+          <t>9786053437611</t>
         </is>
       </c>
       <c r="B1864" s="1" t="inlineStr">
         <is>
-          <t>Mango Mevsimi</t>
+          <t>Oyun Ustası</t>
         </is>
       </c>
       <c r="C1864" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" s="1" t="inlineStr">
         <is>
-          <t>9786053437123</t>
+          <t>9786053438168</t>
         </is>
       </c>
       <c r="B1865" s="1" t="inlineStr">
         <is>
-          <t>Fütürist</t>
+          <t>Fobi</t>
         </is>
       </c>
       <c r="C1865" s="1">
-        <v>299</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" s="1" t="inlineStr">
         <is>
-          <t>9786053436249</t>
+          <t>9786053438304</t>
         </is>
       </c>
       <c r="B1866" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Terapi</t>
+          <t>Kış Öpücüğü</t>
         </is>
       </c>
       <c r="C1866" s="1">
-        <v>319</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" s="1" t="inlineStr">
         <is>
-          <t>9786053436225</t>
+          <t>9786053438465</t>
         </is>
       </c>
       <c r="B1867" s="1" t="inlineStr">
         <is>
-          <t>Renk Terapisi</t>
+          <t>Kızım</t>
         </is>
       </c>
       <c r="C1867" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" s="1" t="inlineStr">
         <is>
-          <t>9786053436232</t>
+          <t>9786053438410</t>
         </is>
       </c>
       <c r="B1868" s="1" t="inlineStr">
         <is>
-          <t>Sanat Terapisi</t>
+          <t>Çıplak Filozof</t>
         </is>
       </c>
       <c r="C1868" s="1">
-        <v>319</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" s="1" t="inlineStr">
         <is>
-          <t>9786053437307</t>
+          <t>9786053431992</t>
         </is>
       </c>
       <c r="B1869" s="1" t="inlineStr">
         <is>
-          <t>Bütün Bunlar Ne Anlama Geliyor?</t>
+          <t>Mükemmellik Rehberi</t>
         </is>
       </c>
       <c r="C1869" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" s="1" t="inlineStr">
         <is>
-          <t>9786053436928</t>
+          <t>9786053434719</t>
         </is>
       </c>
       <c r="B1870" s="1" t="inlineStr">
         <is>
-          <t>Taş Devri Diyeti</t>
+          <t>Gizem Sirki</t>
         </is>
       </c>
       <c r="C1870" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" s="1" t="inlineStr">
         <is>
-          <t>9786053436935</t>
+          <t>9786053437499</t>
         </is>
       </c>
       <c r="B1871" s="1" t="inlineStr">
         <is>
-          <t>Sahte Nişanlı</t>
+          <t>Karabakal</t>
         </is>
       </c>
       <c r="C1871" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" s="1" t="inlineStr">
         <is>
-          <t>9786053436751</t>
+          <t>9786053437215</t>
         </is>
       </c>
       <c r="B1872" s="1" t="inlineStr">
         <is>
-          <t>Central Park'ın Sincapları Pazartesileri Üzgün Olur</t>
+          <t>Avrupa Krizi</t>
         </is>
       </c>
       <c r="C1872" s="1">
-        <v>339</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" s="1" t="inlineStr">
         <is>
-          <t>9786053437024</t>
+          <t>9786053431442</t>
         </is>
       </c>
       <c r="B1873" s="1" t="inlineStr">
         <is>
-          <t>Ağıt (Ciltli)</t>
+          <t>Atatürk - Modern Türkiye'nin Kurucusu Dahi Generalden Liderlik Üzerine Dersler (Ciltli)</t>
         </is>
       </c>
       <c r="C1873" s="1">
-        <v>399</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" s="1" t="inlineStr">
         <is>
-          <t>9786053436744</t>
+          <t>9786053437185</t>
         </is>
       </c>
       <c r="B1874" s="1" t="inlineStr">
         <is>
-          <t>Yaşamayı Öğrendiğim Gün</t>
+          <t>Altın Oğul - Kızıl İsyan 2</t>
         </is>
       </c>
       <c r="C1874" s="1">
-        <v>269</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" s="1" t="inlineStr">
         <is>
-          <t>9786053437109</t>
+          <t>9786053437246</t>
         </is>
       </c>
       <c r="B1875" s="1" t="inlineStr">
         <is>
-          <t>Millennium 4: Örümcek Ağındaki Kız</t>
+          <t>Mango Mevsimi</t>
         </is>
       </c>
       <c r="C1875" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" s="1" t="inlineStr">
         <is>
-          <t>9786053437154</t>
+          <t>9786053437123</t>
         </is>
       </c>
       <c r="B1876" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kraliçe (Ciltli)</t>
+          <t>Fütürist</t>
         </is>
       </c>
       <c r="C1876" s="1">
-        <v>600</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" s="1" t="inlineStr">
         <is>
-          <t>9786053437222</t>
+          <t>9786053436249</t>
         </is>
       </c>
       <c r="B1877" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Sandık Üzerindeki Çocuk</t>
+          <t>Yaratıcı Terapi</t>
         </is>
       </c>
       <c r="C1877" s="1">
-        <v>249</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" s="1" t="inlineStr">
         <is>
-          <t>9786053437062</t>
+          <t>9786053436225</t>
         </is>
       </c>
       <c r="B1878" s="1" t="inlineStr">
         <is>
-          <t>Ruh Cambazı</t>
+          <t>Renk Terapisi</t>
         </is>
       </c>
       <c r="C1878" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" s="1" t="inlineStr">
         <is>
-          <t>9786053437161</t>
+          <t>9786053436232</t>
         </is>
       </c>
       <c r="B1879" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli İçgüdü</t>
+          <t>Sanat Terapisi</t>
         </is>
       </c>
       <c r="C1879" s="1">
-        <v>249</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" s="1" t="inlineStr">
         <is>
-          <t>9786053437147</t>
+          <t>9786053437307</t>
         </is>
       </c>
       <c r="B1880" s="1" t="inlineStr">
         <is>
-          <t>Arıların Gizli Yaşamı</t>
+          <t>Bütün Bunlar Ne Anlama Geliyor?</t>
         </is>
       </c>
       <c r="C1880" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" s="1" t="inlineStr">
         <is>
-          <t>9786053436980</t>
+          <t>9786053436928</t>
         </is>
       </c>
       <c r="B1881" s="1" t="inlineStr">
         <is>
-          <t>Zenci Defteri</t>
+          <t>Taş Devri Diyeti</t>
         </is>
       </c>
       <c r="C1881" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" s="1" t="inlineStr">
         <is>
-          <t>9786053437093</t>
+          <t>9786053436935</t>
         </is>
       </c>
       <c r="B1882" s="1" t="inlineStr">
         <is>
-          <t>Yasemin Geceleri</t>
+          <t>Sahte Nişanlı</t>
         </is>
       </c>
       <c r="C1882" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" s="1" t="inlineStr">
         <is>
-          <t>9786053436911</t>
+          <t>9786053436751</t>
         </is>
       </c>
       <c r="B1883" s="1" t="inlineStr">
         <is>
-          <t>İnkar</t>
+          <t>Central Park'ın Sincapları Pazartesileri Üzgün Olur</t>
         </is>
       </c>
       <c r="C1883" s="1">
-        <v>249</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" s="1" t="inlineStr">
         <is>
-          <t>9786053436942</t>
+          <t>9786053437024</t>
         </is>
       </c>
       <c r="B1884" s="1" t="inlineStr">
         <is>
-          <t>Başkaldırı</t>
+          <t>Ağıt (Ciltli)</t>
         </is>
       </c>
       <c r="C1884" s="1">
-        <v>269</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" s="1" t="inlineStr">
         <is>
-          <t>9786053436713</t>
+          <t>9786053436744</t>
         </is>
       </c>
       <c r="B1885" s="1" t="inlineStr">
         <is>
-          <t>Ritüel</t>
+          <t>Yaşamayı Öğrendiğim Gün</t>
         </is>
       </c>
       <c r="C1885" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" s="1" t="inlineStr">
         <is>
-          <t>9786053437239</t>
+          <t>9786053437109</t>
         </is>
       </c>
       <c r="B1886" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz Bir Genç Kızın Anatomisi (Ciltli)</t>
+          <t>Millennium 4: Örümcek Ağındaki Kız</t>
         </is>
       </c>
       <c r="C1886" s="1">
-        <v>359</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" s="1" t="inlineStr">
         <is>
-          <t>9786053436997</t>
+          <t>9786053437154</t>
         </is>
       </c>
       <c r="B1887" s="1" t="inlineStr">
         <is>
-          <t>İyi Baba</t>
+          <t>Kızıl Kraliçe (Ciltli)</t>
         </is>
       </c>
       <c r="C1887" s="1">
-        <v>299</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" s="1" t="inlineStr">
         <is>
-          <t>9786053436577</t>
+          <t>9786053437222</t>
         </is>
       </c>
       <c r="B1888" s="1" t="inlineStr">
         <is>
-          <t>Zaman İpliği</t>
+          <t>Ahşap Sandık Üzerindeki Çocuk</t>
         </is>
       </c>
       <c r="C1888" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" s="1" t="inlineStr">
         <is>
-          <t>9786053436843</t>
+          <t>9786053437062</t>
         </is>
       </c>
       <c r="B1889" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Başlangıcı (Ciltli)</t>
+          <t>Ruh Cambazı</t>
         </is>
       </c>
       <c r="C1889" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" s="1" t="inlineStr">
         <is>
-          <t>9786053437031</t>
+          <t>9786053437161</t>
         </is>
       </c>
       <c r="B1890" s="1" t="inlineStr">
         <is>
-          <t>Rosie Black Günlükleri</t>
+          <t>Tehlikeli İçgüdü</t>
         </is>
       </c>
       <c r="C1890" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" s="1" t="inlineStr">
         <is>
-          <t>9786053436720</t>
+          <t>9786053437147</t>
         </is>
       </c>
       <c r="B1891" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik Yemini</t>
+          <t>Arıların Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C1891" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" s="1" t="inlineStr">
         <is>
-          <t>9786053436812</t>
+          <t>9786053436980</t>
         </is>
       </c>
       <c r="B1892" s="1" t="inlineStr">
         <is>
-          <t>Huysuz ve Tatlı</t>
+          <t>Zenci Defteri</t>
         </is>
       </c>
       <c r="C1892" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" s="1" t="inlineStr">
         <is>
-          <t>9786053436898</t>
+          <t>9786053437093</t>
         </is>
       </c>
       <c r="B1893" s="1" t="inlineStr">
         <is>
-          <t>Dukan: Kıvrımlarınızı Sevin</t>
+          <t>Yasemin Geceleri</t>
         </is>
       </c>
       <c r="C1893" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" s="1" t="inlineStr">
         <is>
-          <t>9786053436973</t>
+          <t>9786053436911</t>
         </is>
       </c>
       <c r="B1894" s="1" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>İnkar</t>
         </is>
       </c>
       <c r="C1894" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" s="1" t="inlineStr">
         <is>
-          <t>9786053437178</t>
+          <t>9786053436942</t>
         </is>
       </c>
       <c r="B1895" s="1" t="inlineStr">
         <is>
-          <t>Altın Oğul (Ciltli)</t>
+          <t>Başkaldırı</t>
         </is>
       </c>
       <c r="C1895" s="1">
-        <v>650</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" s="1" t="inlineStr">
         <is>
-          <t>9786053437192</t>
+          <t>9786053436713</t>
         </is>
       </c>
       <c r="B1896" s="1" t="inlineStr">
         <is>
-          <t>Ay Bahçesi</t>
+          <t>Ritüel</t>
         </is>
       </c>
       <c r="C1896" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" s="1" t="inlineStr">
         <is>
-          <t>9786053436966</t>
+          <t>9786053437239</t>
         </is>
       </c>
       <c r="B1897" s="1" t="inlineStr">
         <is>
-          <t>Ben Zlatan İbrahimoviç</t>
+          <t>Uyumsuz Bir Genç Kızın Anatomisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1897" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" s="1" t="inlineStr">
         <is>
-          <t>9786053436881</t>
+          <t>9786053436997</t>
         </is>
       </c>
       <c r="B1898" s="1" t="inlineStr">
         <is>
-          <t>Çember</t>
+          <t>İyi Baba</t>
         </is>
       </c>
       <c r="C1898" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" s="1" t="inlineStr">
         <is>
-          <t>9786053437048</t>
+          <t>9786053436577</t>
         </is>
       </c>
       <c r="B1899" s="1" t="inlineStr">
         <is>
-          <t>Kader İkizim</t>
+          <t>Zaman İpliği</t>
         </is>
       </c>
       <c r="C1899" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" s="1" t="inlineStr">
         <is>
-          <t>9786053437000</t>
+          <t>9786053436843</t>
         </is>
       </c>
       <c r="B1900" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Zar Atmaz</t>
+          <t>Her Şeyin Başlangıcı (Ciltli)</t>
         </is>
       </c>
       <c r="C1900" s="1">
-        <v>259</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" s="1" t="inlineStr">
         <is>
-          <t>9786053431695</t>
+          <t>9786053437031</t>
         </is>
       </c>
       <c r="B1901" s="1" t="inlineStr">
         <is>
-          <t>Kış Patatesi Köftesi</t>
+          <t>Rosie Black Günlükleri</t>
         </is>
       </c>
       <c r="C1901" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" s="1" t="inlineStr">
         <is>
-          <t>9786053432647</t>
+          <t>9786053436720</t>
         </is>
       </c>
       <c r="B1902" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Gizli Savaşı</t>
+          <t>Sessizlik Yemini</t>
         </is>
       </c>
       <c r="C1902" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" s="1" t="inlineStr">
         <is>
-          <t>9786053436539</t>
+          <t>9786053436812</t>
         </is>
       </c>
       <c r="B1903" s="1" t="inlineStr">
         <is>
-          <t>Sürü</t>
+          <t>Huysuz ve Tatlı</t>
         </is>
       </c>
       <c r="C1903" s="1">
-        <v>359</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" s="1" t="inlineStr">
         <is>
-          <t>9786053436737</t>
+          <t>9786053436898</t>
         </is>
       </c>
       <c r="B1904" s="1" t="inlineStr">
         <is>
-          <t>Şempanze Paradoksu</t>
+          <t>Dukan: Kıvrımlarınızı Sevin</t>
         </is>
       </c>
       <c r="C1904" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" s="1" t="inlineStr">
         <is>
-          <t>9786053431602</t>
+          <t>9786053436973</t>
         </is>
       </c>
       <c r="B1905" s="1" t="inlineStr">
         <is>
-          <t>Perşembeleri Parkta</t>
+          <t>27</t>
         </is>
       </c>
       <c r="C1905" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" s="1" t="inlineStr">
         <is>
-          <t>9786053437130</t>
+          <t>9786053437178</t>
         </is>
       </c>
       <c r="B1906" s="1" t="inlineStr">
         <is>
-          <t>Eleanor ve Park (Ciltli)</t>
+          <t>Altın Oğul (Ciltli)</t>
         </is>
       </c>
       <c r="C1906" s="1">
-        <v>359</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" s="1" t="inlineStr">
         <is>
-          <t>9786053436799</t>
+          <t>9786053437192</t>
         </is>
       </c>
       <c r="B1907" s="1" t="inlineStr">
         <is>
-          <t>Tetikçi</t>
+          <t>Ay Bahçesi</t>
         </is>
       </c>
       <c r="C1907" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" s="1" t="inlineStr">
         <is>
-          <t>9786053431053</t>
+          <t>9786053436966</t>
         </is>
       </c>
       <c r="B1908" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kırıkları</t>
+          <t>Ben Zlatan İbrahimoviç</t>
         </is>
       </c>
       <c r="C1908" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" s="1" t="inlineStr">
         <is>
-          <t>9786053431589</t>
+          <t>9786053436881</t>
         </is>
       </c>
       <c r="B1909" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Kentler (Ciltli)</t>
+          <t>Çember</t>
         </is>
       </c>
       <c r="C1909" s="1">
-        <v>359</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" s="1" t="inlineStr">
         <is>
-          <t>9786053436805</t>
+          <t>9786053437048</t>
         </is>
       </c>
       <c r="B1910" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Etkisindeki Beyin</t>
+          <t>Kader İkizim</t>
         </is>
       </c>
       <c r="C1910" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" s="1" t="inlineStr">
         <is>
-          <t>9786053432364</t>
+          <t>9786053437000</t>
         </is>
       </c>
       <c r="B1911" s="1" t="inlineStr">
         <is>
-          <t>Ejder Gizemi - Draki Serisi 2</t>
+          <t>Tanrı Zar Atmaz</t>
         </is>
       </c>
       <c r="C1911" s="1">
-        <v>249</v>
+        <v>259</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" s="1" t="inlineStr">
         <is>
-          <t>9786053432203</t>
+          <t>9786053431695</t>
         </is>
       </c>
       <c r="B1912" s="1" t="inlineStr">
         <is>
-          <t>Egoist Olmama Sanatı</t>
+          <t>Kış Patatesi Köftesi</t>
         </is>
       </c>
       <c r="C1912" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" s="1" t="inlineStr">
         <is>
-          <t>9786053432258</t>
+          <t>9786053432647</t>
         </is>
       </c>
       <c r="B1913" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Şifresi</t>
+          <t>Amerika'nın Gizli Savaşı</t>
         </is>
       </c>
       <c r="C1913" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" s="1" t="inlineStr">
         <is>
-          <t>9786053432296</t>
+          <t>9786053436539</t>
         </is>
       </c>
       <c r="B1914" s="1" t="inlineStr">
         <is>
-          <t>Akıl Virüsü</t>
+          <t>Sürü</t>
         </is>
       </c>
       <c r="C1914" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" s="1" t="inlineStr">
         <is>
-          <t>9786053431640</t>
+          <t>9786053436737</t>
         </is>
       </c>
       <c r="B1915" s="1" t="inlineStr">
         <is>
-          <t>Ateş - Yedi Krallık Üçlemesi 2. Kitap (Ciltli)</t>
+          <t>Şempanze Paradoksu</t>
         </is>
       </c>
       <c r="C1915" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" s="1" t="inlineStr">
         <is>
-          <t>9786053431701</t>
+          <t>9786053431602</t>
         </is>
       </c>
       <c r="B1916" s="1" t="inlineStr">
         <is>
-          <t>Yetenek (Ciltli)</t>
+          <t>Perşembeleri Parkta</t>
         </is>
       </c>
       <c r="C1916" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" s="1" t="inlineStr">
         <is>
-          <t>9786055289317</t>
+          <t>9786053437130</t>
         </is>
       </c>
       <c r="B1917" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Daima Tebdil-i Kıyafet Gezer</t>
+          <t>Eleanor ve Park (Ciltli)</t>
         </is>
       </c>
       <c r="C1917" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" s="1" t="inlineStr">
         <is>
-          <t>9786053436959</t>
+          <t>9786053436799</t>
         </is>
       </c>
       <c r="B1918" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtı</t>
+          <t>Tetikçi</t>
         </is>
       </c>
       <c r="C1918" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" s="1" t="inlineStr">
         <is>
-          <t>9786053436591</t>
+          <t>9786053431053</t>
         </is>
       </c>
       <c r="B1919" s="1" t="inlineStr">
         <is>
-          <t>Senarist</t>
+          <t>Hayal Kırıkları</t>
         </is>
       </c>
       <c r="C1919" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" s="1" t="inlineStr">
         <is>
-          <t>9786053436362</t>
+          <t>9786053431589</t>
         </is>
       </c>
       <c r="B1920" s="1" t="inlineStr">
         <is>
-          <t>Üzgünüz, Pisti Kaçırdık</t>
+          <t>Kağıttan Kentler (Ciltli)</t>
         </is>
       </c>
       <c r="C1920" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" s="1" t="inlineStr">
         <is>
-          <t>9786053431657</t>
+          <t>9786053436805</t>
         </is>
       </c>
       <c r="B1921" s="1" t="inlineStr">
         <is>
-          <t>Centilmen</t>
+          <t>Müziğin Etkisindeki Beyin</t>
         </is>
       </c>
       <c r="C1921" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" s="1" t="inlineStr">
         <is>
-          <t>9786053436836</t>
+          <t>9786053432364</t>
         </is>
       </c>
       <c r="B1922" s="1" t="inlineStr">
         <is>
-          <t>Kadife Geceler</t>
+          <t>Ejder Gizemi - Draki Serisi 2</t>
         </is>
       </c>
       <c r="C1922" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" s="1" t="inlineStr">
         <is>
-          <t>9786053436829</t>
+          <t>9786053432203</t>
         </is>
       </c>
       <c r="B1923" s="1" t="inlineStr">
         <is>
-          <t>Aşk Cephesi</t>
+          <t>Egoist Olmama Sanatı</t>
         </is>
       </c>
       <c r="C1923" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" s="1" t="inlineStr">
         <is>
-          <t>9786053431411</t>
+          <t>9786053432258</t>
         </is>
       </c>
       <c r="B1924" s="1" t="inlineStr">
         <is>
-          <t>Altın</t>
+          <t>Şeytan Şifresi</t>
         </is>
       </c>
       <c r="C1924" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" s="1" t="inlineStr">
         <is>
-          <t>9786053432067</t>
+          <t>9786053432296</t>
         </is>
       </c>
       <c r="B1925" s="1" t="inlineStr">
         <is>
-          <t>Medcezir</t>
+          <t>Akıl Virüsü</t>
         </is>
       </c>
       <c r="C1925" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" s="1" t="inlineStr">
         <is>
-          <t>9786053437079</t>
+          <t>9786053431640</t>
         </is>
       </c>
       <c r="B1926" s="1" t="inlineStr">
         <is>
-          <t>Rakamlarla Boyama: Başyapıtlar</t>
+          <t>Ateş - Yedi Krallık Üçlemesi 2. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C1926" s="1">
-        <v>319</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" s="1" t="inlineStr">
         <is>
-          <t>9786053437529</t>
+          <t>9786053431701</t>
         </is>
       </c>
       <c r="B1927" s="1" t="inlineStr">
         <is>
-          <t>Nar Çiçekleri</t>
+          <t>Yetenek (Ciltli)</t>
         </is>
       </c>
       <c r="C1927" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" s="1" t="inlineStr">
         <is>
-          <t>9786053436706</t>
+          <t>9786055289317</t>
         </is>
       </c>
       <c r="B1928" s="1" t="inlineStr">
         <is>
-          <t>Ego Aldatmacası</t>
+          <t>Tanrı Daima Tebdil-i Kıyafet Gezer</t>
         </is>
       </c>
       <c r="C1928" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" s="1" t="inlineStr">
         <is>
-          <t>9786053431381</t>
+          <t>9786053436959</t>
         </is>
       </c>
       <c r="B1929" s="1" t="inlineStr">
         <is>
-          <t>Kehanet - Vadi Serisi 4.Kitap</t>
+          <t>Bıçak Sırtı</t>
         </is>
       </c>
       <c r="C1929" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" s="1" t="inlineStr">
         <is>
-          <t>9786053431473</t>
+          <t>9786053436591</t>
         </is>
       </c>
       <c r="B1930" s="1" t="inlineStr">
         <is>
-          <t>Alaska'nın Peşinde (Ciltli)</t>
+          <t>Senarist</t>
         </is>
       </c>
       <c r="C1930" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" s="1" t="inlineStr">
         <is>
-          <t>9786053436270</t>
+          <t>9786053436362</t>
         </is>
       </c>
       <c r="B1931" s="1" t="inlineStr">
         <is>
-          <t>Submarino</t>
+          <t>Üzgünüz, Pisti Kaçırdık</t>
         </is>
       </c>
       <c r="C1931" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" s="1" t="inlineStr">
         <is>
-          <t>9786053436294</t>
+          <t>9786053431657</t>
         </is>
       </c>
       <c r="B1932" s="1" t="inlineStr">
         <is>
-          <t>SAP</t>
+          <t>Centilmen</t>
         </is>
       </c>
       <c r="C1932" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" s="1" t="inlineStr">
         <is>
-          <t>9786053436355</t>
+          <t>9786053436836</t>
         </is>
       </c>
       <c r="B1933" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Bakış Açısından Dünya Tarihi</t>
+          <t>Kadife Geceler</t>
         </is>
       </c>
       <c r="C1933" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" s="1" t="inlineStr">
         <is>
-          <t>9786053436553</t>
+          <t>9786053436829</t>
         </is>
       </c>
       <c r="B1934" s="1" t="inlineStr">
         <is>
-          <t>Anafor (Ciltli)</t>
+          <t>Aşk Cephesi</t>
         </is>
       </c>
       <c r="C1934" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" s="1" t="inlineStr">
         <is>
-          <t>9786053436317</t>
+          <t>9786053431411</t>
         </is>
       </c>
       <c r="B1935" s="1" t="inlineStr">
         <is>
-          <t>Asi ve Güzel</t>
+          <t>Altın</t>
         </is>
       </c>
       <c r="C1935" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" s="1" t="inlineStr">
         <is>
-          <t>9786053436324</t>
+          <t>9786053432067</t>
         </is>
       </c>
       <c r="B1936" s="1" t="inlineStr">
         <is>
-          <t>Doğuştan Çapkın</t>
+          <t>Medcezir</t>
         </is>
       </c>
       <c r="C1936" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" s="1" t="inlineStr">
         <is>
-          <t>9786053436096</t>
+          <t>9786053437079</t>
         </is>
       </c>
       <c r="B1937" s="1" t="inlineStr">
         <is>
-          <t>Her Gün (Ciltli)</t>
+          <t>Rakamlarla Boyama: Başyapıtlar</t>
         </is>
       </c>
       <c r="C1937" s="1">
-        <v>359</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" s="1" t="inlineStr">
         <is>
-          <t>9786053436072</t>
+          <t>9786053437529</t>
         </is>
       </c>
       <c r="B1938" s="1" t="inlineStr">
         <is>
-          <t>Amnezi</t>
+          <t>Nar Çiçekleri</t>
         </is>
       </c>
       <c r="C1938" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" s="1" t="inlineStr">
         <is>
-          <t>9786053436041</t>
+          <t>9786053436706</t>
         </is>
       </c>
       <c r="B1939" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Ego Aldatmacası</t>
         </is>
       </c>
       <c r="C1939" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1940" spans="1:3">
       <c r="A1940" s="1" t="inlineStr">
         <is>
-          <t>9786053434061</t>
+          <t>9786053431381</t>
         </is>
       </c>
       <c r="B1940" s="1" t="inlineStr">
         <is>
-          <t>Yaz Rüzgarı</t>
+          <t>Kehanet - Vadi Serisi 4.Kitap</t>
         </is>
       </c>
       <c r="C1940" s="1">
-        <v>319</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1941" spans="1:3">
       <c r="A1941" s="1" t="inlineStr">
         <is>
-          <t>9786053435853</t>
+          <t>9786053431473</t>
         </is>
       </c>
       <c r="B1941" s="1" t="inlineStr">
         <is>
-          <t>İyileşme Şifresi</t>
+          <t>Alaska'nın Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C1941" s="1">
-        <v>249</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1942" spans="1:3">
       <c r="A1942" s="1" t="inlineStr">
         <is>
-          <t>9786053436775</t>
+          <t>9786053436270</t>
         </is>
       </c>
       <c r="B1942" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Diyarı</t>
+          <t>Submarino</t>
         </is>
       </c>
       <c r="C1942" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1943" spans="1:3">
       <c r="A1943" s="1" t="inlineStr">
         <is>
-          <t>9786053436515</t>
+          <t>9786053436294</t>
         </is>
       </c>
       <c r="B1943" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Makinesi</t>
+          <t>SAP</t>
         </is>
       </c>
       <c r="C1943" s="1">
-        <v>319</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1944" spans="1:3">
       <c r="A1944" s="1" t="inlineStr">
         <is>
-          <t>9786053436119</t>
+          <t>9786053436355</t>
         </is>
       </c>
       <c r="B1944" s="1" t="inlineStr">
         <is>
-          <t>Bırak Dağınık Kalsın</t>
+          <t>İslam'ın Bakış Açısından Dünya Tarihi</t>
         </is>
       </c>
       <c r="C1944" s="1">
-        <v>189</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1945" spans="1:3">
       <c r="A1945" s="1" t="inlineStr">
         <is>
-          <t>9786053436218</t>
+          <t>9786053436553</t>
         </is>
       </c>
       <c r="B1945" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kapanı</t>
+          <t>Anafor (Ciltli)</t>
         </is>
       </c>
       <c r="C1945" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1946" spans="1:3">
       <c r="A1946" s="1" t="inlineStr">
         <is>
-          <t>9786053436201</t>
+          <t>9786053436317</t>
         </is>
       </c>
       <c r="B1946" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kapanı: Hayat Ağacı</t>
+          <t>Asi ve Güzel</t>
         </is>
       </c>
       <c r="C1946" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1947" spans="1:3">
       <c r="A1947" s="1" t="inlineStr">
         <is>
-          <t>9786053436195</t>
+          <t>9786053436324</t>
         </is>
       </c>
       <c r="B1947" s="1" t="inlineStr">
         <is>
-          <t>Canım Büyükannem: Hayal Dünyası</t>
+          <t>Doğuştan Çapkın</t>
         </is>
       </c>
       <c r="C1947" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1948" spans="1:3">
       <c r="A1948" s="1" t="inlineStr">
         <is>
-          <t>9786053436188</t>
+          <t>9786053436096</t>
         </is>
       </c>
       <c r="B1948" s="1" t="inlineStr">
         <is>
-          <t>Canım Annem: Hayal Dünyası</t>
+          <t>Her Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C1948" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1949" spans="1:3">
       <c r="A1949" s="1" t="inlineStr">
         <is>
-          <t>9786053435907</t>
+          <t>9786053436072</t>
         </is>
       </c>
       <c r="B1949" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Otopsisi</t>
+          <t>Amnezi</t>
         </is>
       </c>
       <c r="C1949" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1950" spans="1:3">
       <c r="A1950" s="1" t="inlineStr">
         <is>
-          <t>9786053436010</t>
+          <t>9786053436041</t>
         </is>
       </c>
       <c r="B1950" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kitabı</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C1950" s="1">
-        <v>342</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1951" spans="1:3">
       <c r="A1951" s="1" t="inlineStr">
         <is>
-          <t>9786053435808</t>
+          <t>9786053434061</t>
         </is>
       </c>
       <c r="B1951" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Kız</t>
+          <t>Yaz Rüzgarı</t>
         </is>
       </c>
       <c r="C1951" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1952" spans="1:3">
       <c r="A1952" s="1" t="inlineStr">
         <is>
-          <t>9786053435891</t>
+          <t>9786053435853</t>
         </is>
       </c>
       <c r="B1952" s="1" t="inlineStr">
         <is>
-          <t>Silber (Ciltli)</t>
+          <t>İyileşme Şifresi</t>
         </is>
       </c>
       <c r="C1952" s="1">
-        <v>799.98</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1953" spans="1:3">
       <c r="A1953" s="1" t="inlineStr">
         <is>
-          <t>9786053436058</t>
+          <t>9786053436775</t>
         </is>
       </c>
       <c r="B1953" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Temas</t>
+          <t>Büyücünün Diyarı</t>
         </is>
       </c>
       <c r="C1953" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1954" spans="1:3">
       <c r="A1954" s="1" t="inlineStr">
         <is>
-          <t>9786053436089</t>
+          <t>9786053436515</t>
         </is>
       </c>
       <c r="B1954" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün, Belki Bir Gün</t>
+          <t>Tanrı Makinesi</t>
         </is>
       </c>
       <c r="C1954" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1955" spans="1:3">
       <c r="A1955" s="1" t="inlineStr">
         <is>
-          <t>9786053435716</t>
+          <t>9786053436119</t>
         </is>
       </c>
       <c r="B1955" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Deniz</t>
+          <t>Bırak Dağınık Kalsın</t>
         </is>
       </c>
       <c r="C1955" s="1">
-        <v>299</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1956" spans="1:3">
       <c r="A1956" s="1" t="inlineStr">
         <is>
-          <t>9786053431176</t>
+          <t>9786053436218</t>
         </is>
       </c>
       <c r="B1956" s="1" t="inlineStr">
         <is>
-          <t>Gönülsüz Köktendinci</t>
+          <t>Rüya Kapanı</t>
         </is>
       </c>
       <c r="C1956" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1957" spans="1:3">
       <c r="A1957" s="1" t="inlineStr">
         <is>
-          <t>9786053436348</t>
+          <t>9786053436201</t>
         </is>
       </c>
       <c r="B1957" s="1" t="inlineStr">
         <is>
-          <t>Kalpsiz</t>
+          <t>Rüya Kapanı: Hayat Ağacı</t>
         </is>
       </c>
       <c r="C1957" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1958" spans="1:3">
       <c r="A1958" s="1" t="inlineStr">
         <is>
-          <t>9786053431237</t>
+          <t>9786053436195</t>
         </is>
       </c>
       <c r="B1958" s="1" t="inlineStr">
         <is>
-          <t>Orkide Evi</t>
+          <t>Canım Büyükannem: Hayal Dünyası</t>
         </is>
       </c>
       <c r="C1958" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1959" spans="1:3">
       <c r="A1959" s="1" t="inlineStr">
         <is>
-          <t>9786053436522</t>
+          <t>9786053436188</t>
         </is>
       </c>
       <c r="B1959" s="1" t="inlineStr">
         <is>
-          <t>İyi Psikolog</t>
+          <t>Canım Annem: Hayal Dünyası</t>
         </is>
       </c>
       <c r="C1959" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="1960" spans="1:3">
       <c r="A1960" s="1" t="inlineStr">
         <is>
-          <t>9786053436256</t>
+          <t>9786053435907</t>
         </is>
       </c>
       <c r="B1960" s="1" t="inlineStr">
         <is>
-          <t>Evren Alex Woods'a Karşı</t>
+          <t>Şeytan Otopsisi</t>
         </is>
       </c>
       <c r="C1960" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1961" spans="1:3">
       <c r="A1961" s="1" t="inlineStr">
         <is>
-          <t>9786053436300</t>
+          <t>9786053436010</t>
         </is>
       </c>
       <c r="B1961" s="1" t="inlineStr">
         <is>
-          <t>Zehir Ağacı</t>
+          <t>Hayat Kitabı</t>
         </is>
       </c>
       <c r="C1961" s="1">
-        <v>299</v>
+        <v>342</v>
       </c>
     </row>
     <row r="1962" spans="1:3">
       <c r="A1962" s="1" t="inlineStr">
         <is>
-          <t>9786053436331</t>
+          <t>9786053435808</t>
         </is>
       </c>
       <c r="B1962" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Gerçek Olunca</t>
+          <t>Çevrimiçi Kız</t>
         </is>
       </c>
       <c r="C1962" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1963" spans="1:3">
       <c r="A1963" s="1" t="inlineStr">
         <is>
-          <t>9786053435778</t>
+          <t>9786053435891</t>
         </is>
       </c>
       <c r="B1963" s="1" t="inlineStr">
         <is>
-          <t>İpekböceği</t>
+          <t>Silber (Ciltli)</t>
         </is>
       </c>
       <c r="C1963" s="1">
-        <v>500</v>
+        <v>799.98</v>
       </c>
     </row>
     <row r="1964" spans="1:3">
       <c r="A1964" s="1" t="inlineStr">
         <is>
-          <t>9786053435921</t>
+          <t>9786053436058</t>
         </is>
       </c>
       <c r="B1964" s="1" t="inlineStr">
         <is>
-          <t>Sarı Dünya</t>
+          <t>Tehlikeli Temas</t>
         </is>
       </c>
       <c r="C1964" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="1965" spans="1:3">
       <c r="A1965" s="1" t="inlineStr">
         <is>
-          <t>9786053435938</t>
+          <t>9786053436089</t>
         </is>
       </c>
       <c r="B1965" s="1" t="inlineStr">
         <is>
-          <t>Günübirlik Hayatlar</t>
+          <t>Bir Gün, Belki Bir Gün</t>
         </is>
       </c>
       <c r="C1965" s="1">
-        <v>299.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1966" spans="1:3">
       <c r="A1966" s="1" t="inlineStr">
         <is>
-          <t>9786053436034</t>
+          <t>9786053435716</t>
         </is>
       </c>
       <c r="B1966" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Durduğu Gün</t>
+          <t>Sonsuz Deniz</t>
         </is>
       </c>
       <c r="C1966" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1967" spans="1:3">
       <c r="A1967" s="1" t="inlineStr">
         <is>
-          <t>9786053435945</t>
+          <t>9786053431176</t>
         </is>
       </c>
       <c r="B1967" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Adası</t>
+          <t>Gönülsüz Köktendinci</t>
         </is>
       </c>
       <c r="C1967" s="1">
-        <v>319</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1968" spans="1:3">
       <c r="A1968" s="1" t="inlineStr">
         <is>
-          <t>9786053435723</t>
+          <t>9786053436348</t>
         </is>
       </c>
       <c r="B1968" s="1" t="inlineStr">
         <is>
-          <t>Tahıl Beyin</t>
+          <t>Kalpsiz</t>
         </is>
       </c>
       <c r="C1968" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1969" spans="1:3">
       <c r="A1969" s="1" t="inlineStr">
         <is>
-          <t>9786053436164</t>
+          <t>9786053431237</t>
         </is>
       </c>
       <c r="B1969" s="1" t="inlineStr">
         <is>
-          <t>İblis Kral'ın Öpücüğü</t>
+          <t>Orkide Evi</t>
         </is>
       </c>
       <c r="C1969" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1970" spans="1:3">
       <c r="A1970" s="1" t="inlineStr">
         <is>
-          <t>9786053435952</t>
+          <t>9786053436522</t>
         </is>
       </c>
       <c r="B1970" s="1" t="inlineStr">
         <is>
-          <t>Kuş Adam</t>
+          <t>İyi Psikolog</t>
         </is>
       </c>
       <c r="C1970" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1971" spans="1:3">
       <c r="A1971" s="1" t="inlineStr">
         <is>
-          <t>9786053435884</t>
+          <t>9786053436256</t>
         </is>
       </c>
       <c r="B1971" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktası</t>
+          <t>Evren Alex Woods'a Karşı</t>
         </is>
       </c>
       <c r="C1971" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1972" spans="1:3">
       <c r="A1972" s="1" t="inlineStr">
         <is>
-          <t>9786053431916</t>
+          <t>9786053436300</t>
         </is>
       </c>
       <c r="B1972" s="1" t="inlineStr">
         <is>
-          <t>Büyükannemin Sandığı</t>
+          <t>Zehir Ağacı</t>
         </is>
       </c>
       <c r="C1972" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1973" spans="1:3">
       <c r="A1973" s="1" t="inlineStr">
         <is>
-          <t>9786053435839</t>
+          <t>9786053436331</t>
         </is>
       </c>
       <c r="B1973" s="1" t="inlineStr">
         <is>
-          <t>En İyi İlaç Sensin</t>
+          <t>Hayaller Gerçek Olunca</t>
         </is>
       </c>
       <c r="C1973" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1974" spans="1:3">
       <c r="A1974" s="1" t="inlineStr">
         <is>
-          <t>9786053435747</t>
+          <t>9786053435778</t>
         </is>
       </c>
       <c r="B1974" s="1" t="inlineStr">
         <is>
-          <t>4. Kız</t>
+          <t>İpekböceği</t>
         </is>
       </c>
       <c r="C1974" s="1">
-        <v>299</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1975" spans="1:3">
       <c r="A1975" s="1" t="inlineStr">
         <is>
-          <t>9786053435969</t>
+          <t>9786053435921</t>
         </is>
       </c>
       <c r="B1975" s="1" t="inlineStr">
         <is>
-          <t>Bridget Jones'un Günlüğü</t>
+          <t>Sarı Dünya</t>
         </is>
       </c>
       <c r="C1975" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1976" spans="1:3">
       <c r="A1976" s="1" t="inlineStr">
         <is>
-          <t>9786053435976</t>
+          <t>9786053435938</t>
         </is>
       </c>
       <c r="B1976" s="1" t="inlineStr">
         <is>
-          <t>Bridget Jones</t>
+          <t>Günübirlik Hayatlar</t>
         </is>
       </c>
       <c r="C1976" s="1">
-        <v>299</v>
+        <v>299.98</v>
       </c>
     </row>
     <row r="1977" spans="1:3">
       <c r="A1977" s="1" t="inlineStr">
         <is>
-          <t>9786053435983</t>
+          <t>9786053436034</t>
         </is>
       </c>
       <c r="B1977" s="1" t="inlineStr">
         <is>
-          <t>Bridget Jones</t>
+          <t>Zamanın Durduğu Gün</t>
         </is>
       </c>
       <c r="C1977" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1978" spans="1:3">
       <c r="A1978" s="1" t="inlineStr">
         <is>
-          <t>9786053435754</t>
+          <t>9786053435945</t>
         </is>
       </c>
       <c r="B1978" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Çiçekleri</t>
+          <t>Kelebek Adası</t>
         </is>
       </c>
       <c r="C1978" s="1">
-        <v>329</v>
+        <v>319</v>
       </c>
     </row>
     <row r="1979" spans="1:3">
       <c r="A1979" s="1" t="inlineStr">
         <is>
-          <t>9786053435594</t>
+          <t>9786053435723</t>
         </is>
       </c>
       <c r="B1979" s="1" t="inlineStr">
         <is>
-          <t>Jacob-Gece Gezginleri 1</t>
+          <t>Tahıl Beyin</t>
         </is>
       </c>
       <c r="C1979" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1980" spans="1:3">
       <c r="A1980" s="1" t="inlineStr">
         <is>
-          <t>9786053435693</t>
+          <t>9786053436164</t>
         </is>
       </c>
       <c r="B1980" s="1" t="inlineStr">
         <is>
-          <t>Hafıza</t>
+          <t>İblis Kral'ın Öpücüğü</t>
         </is>
       </c>
       <c r="C1980" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1981" spans="1:3">
       <c r="A1981" s="1" t="inlineStr">
         <is>
-          <t>9786053435686</t>
+          <t>9786053435952</t>
         </is>
       </c>
       <c r="B1981" s="1" t="inlineStr">
         <is>
-          <t>Ferrari'sini Satan Bilge'nin Gizli Mektupları</t>
+          <t>Kuş Adam</t>
         </is>
       </c>
       <c r="C1981" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1982" spans="1:3">
       <c r="A1982" s="1" t="inlineStr">
         <is>
-          <t>9786053434788</t>
+          <t>9786053435884</t>
         </is>
       </c>
       <c r="B1982" s="1" t="inlineStr">
         <is>
-          <t>Badem Ağacı</t>
+          <t>Sıfır Noktası</t>
         </is>
       </c>
       <c r="C1982" s="1">
-        <v>350</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1983" spans="1:3">
       <c r="A1983" s="1" t="inlineStr">
         <is>
-          <t>9786053435303</t>
+          <t>9786053431916</t>
         </is>
       </c>
       <c r="B1983" s="1" t="inlineStr">
         <is>
-          <t>Paralama Defteri</t>
+          <t>Büyükannemin Sandığı</t>
         </is>
       </c>
       <c r="C1983" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1984" spans="1:3">
       <c r="A1984" s="1" t="inlineStr">
         <is>
-          <t>9786053435495</t>
+          <t>9786053435839</t>
         </is>
       </c>
       <c r="B1984" s="1" t="inlineStr">
         <is>
-          <t>Ruh Çıkmazı</t>
+          <t>En İyi İlaç Sensin</t>
         </is>
       </c>
       <c r="C1984" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1985" spans="1:3">
       <c r="A1985" s="1" t="inlineStr">
         <is>
-          <t>9786053435549</t>
+          <t>9786053435747</t>
         </is>
       </c>
       <c r="B1985" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Gözyaşları</t>
+          <t>4. Kız</t>
         </is>
       </c>
       <c r="C1985" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1986" spans="1:3">
       <c r="A1986" s="1" t="inlineStr">
         <is>
-          <t>9786053435402</t>
+          <t>9786053435969</t>
         </is>
       </c>
       <c r="B1986" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Aşk</t>
+          <t>Bridget Jones'un Günlüğü</t>
         </is>
       </c>
       <c r="C1986" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1987" spans="1:3">
       <c r="A1987" s="1" t="inlineStr">
         <is>
-          <t>9786053434955</t>
+          <t>9786053435976</t>
         </is>
       </c>
       <c r="B1987" s="1" t="inlineStr">
         <is>
-          <t>Tokat</t>
+          <t>Bridget Jones</t>
         </is>
       </c>
       <c r="C1987" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1988" spans="1:3">
       <c r="A1988" s="1" t="inlineStr">
         <is>
-          <t>9786053434962</t>
+          <t>9786053435983</t>
         </is>
       </c>
       <c r="B1988" s="1" t="inlineStr">
         <is>
-          <t>Kızarmış Yeşil Domatesler</t>
+          <t>Bridget Jones</t>
         </is>
       </c>
       <c r="C1988" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1989" spans="1:3">
       <c r="A1989" s="1" t="inlineStr">
         <is>
-          <t>9786053435013</t>
+          <t>9786053435754</t>
         </is>
       </c>
       <c r="B1989" s="1" t="inlineStr">
         <is>
-          <t>Zevk Mahkumu</t>
+          <t>Bozkır Çiçekleri</t>
         </is>
       </c>
       <c r="C1989" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1990" spans="1:3">
       <c r="A1990" s="1" t="inlineStr">
         <is>
-          <t>9786053433484</t>
+          <t>9786053435594</t>
         </is>
       </c>
       <c r="B1990" s="1" t="inlineStr">
         <is>
-          <t>Son Gardiyan 999</t>
+          <t>Jacob-Gece Gezginleri 1</t>
         </is>
       </c>
       <c r="C1990" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1991" spans="1:3">
       <c r="A1991" s="1" t="inlineStr">
         <is>
-          <t>9786053435471</t>
+          <t>9786053435693</t>
         </is>
       </c>
       <c r="B1991" s="1" t="inlineStr">
         <is>
-          <t>Demir Şövalye</t>
+          <t>Hafıza</t>
         </is>
       </c>
       <c r="C1991" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1992" spans="1:3">
       <c r="A1992" s="1" t="inlineStr">
         <is>
-          <t>9786053435587</t>
+          <t>9786053435686</t>
         </is>
       </c>
       <c r="B1992" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Canlı Tutun</t>
+          <t>Ferrari'sini Satan Bilge'nin Gizli Mektupları</t>
         </is>
       </c>
       <c r="C1992" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="1993" spans="1:3">
       <c r="A1993" s="1" t="inlineStr">
         <is>
-          <t>9786053435297</t>
+          <t>9786053434788</t>
         </is>
       </c>
       <c r="B1993" s="1" t="inlineStr">
         <is>
-          <t>Labirent Ölüm Emri</t>
+          <t>Badem Ağacı</t>
         </is>
       </c>
       <c r="C1993" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1994" spans="1:3">
       <c r="A1994" s="1" t="inlineStr">
         <is>
-          <t>9786053435389</t>
+          <t>9786053435303</t>
         </is>
       </c>
       <c r="B1994" s="1" t="inlineStr">
         <is>
-          <t>Paramparça</t>
+          <t>Paralama Defteri</t>
         </is>
       </c>
       <c r="C1994" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="1995" spans="1:3">
       <c r="A1995" s="1" t="inlineStr">
         <is>
-          <t>9786053434696</t>
+          <t>9786053435495</t>
         </is>
       </c>
       <c r="B1995" s="1" t="inlineStr">
         <is>
-          <t>Terapi</t>
+          <t>Ruh Çıkmazı</t>
         </is>
       </c>
       <c r="C1995" s="1">
-        <v>400</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1996" spans="1:3">
       <c r="A1996" s="1" t="inlineStr">
         <is>
-          <t>9786053435457</t>
+          <t>9786053435549</t>
         </is>
       </c>
       <c r="B1996" s="1" t="inlineStr">
         <is>
-          <t>Skandal Aşıklar</t>
+          <t>Gümüş Gözyaşları</t>
         </is>
       </c>
       <c r="C1996" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1997" spans="1:3">
       <c r="A1997" s="1" t="inlineStr">
         <is>
-          <t>9786053435334</t>
+          <t>9786053435402</t>
         </is>
       </c>
       <c r="B1997" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan</t>
+          <t>Tatlı Aşk</t>
         </is>
       </c>
       <c r="C1997" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1998" spans="1:3">
       <c r="A1998" s="1" t="inlineStr">
         <is>
-          <t>9786053435372</t>
+          <t>9786053434955</t>
         </is>
       </c>
       <c r="B1998" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Aşk</t>
+          <t>Tokat</t>
         </is>
       </c>
       <c r="C1998" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="1999" spans="1:3">
       <c r="A1999" s="1" t="inlineStr">
         <is>
-          <t>9786053434771</t>
+          <t>9786053434962</t>
         </is>
       </c>
       <c r="B1999" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Ağaç</t>
+          <t>Kızarmış Yeşil Domatesler</t>
         </is>
       </c>
       <c r="C1999" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2000" spans="1:3">
       <c r="A2000" s="1" t="inlineStr">
         <is>
-          <t>9786053435570</t>
+          <t>9786053435013</t>
         </is>
       </c>
       <c r="B2000" s="1" t="inlineStr">
         <is>
-          <t>Umutlar</t>
+          <t>Zevk Mahkumu</t>
         </is>
       </c>
       <c r="C2000" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2001" spans="1:3">
       <c r="A2001" s="1" t="inlineStr">
         <is>
-          <t>9786053435525</t>
+          <t>9786053433484</t>
         </is>
       </c>
       <c r="B2001" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Bağ</t>
+          <t>Son Gardiyan 999</t>
         </is>
       </c>
       <c r="C2001" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2002" spans="1:3">
       <c r="A2002" s="1" t="inlineStr">
         <is>
-          <t>9786053435341</t>
+          <t>9786053435471</t>
         </is>
       </c>
       <c r="B2002" s="1" t="inlineStr">
         <is>
-          <t>Süleyman'ın Anahtarı</t>
+          <t>Demir Şövalye</t>
         </is>
       </c>
       <c r="C2002" s="1">
-        <v>339</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2003" spans="1:3">
       <c r="A2003" s="1" t="inlineStr">
         <is>
-          <t>9786053435228</t>
+          <t>9786053435587</t>
         </is>
       </c>
       <c r="B2003" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet</t>
+          <t>Beyninizi Canlı Tutun</t>
         </is>
       </c>
       <c r="C2003" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2004" spans="1:3">
       <c r="A2004" s="1" t="inlineStr">
         <is>
-          <t>9786053435259</t>
+          <t>9786053435297</t>
         </is>
       </c>
       <c r="B2004" s="1" t="inlineStr">
         <is>
-          <t>Gönülçelen</t>
+          <t>Labirent Ölüm Emri</t>
         </is>
       </c>
       <c r="C2004" s="1">
-        <v>299</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2005" spans="1:3">
       <c r="A2005" s="1" t="inlineStr">
         <is>
-          <t>9786053434269</t>
+          <t>9786053435389</t>
         </is>
       </c>
       <c r="B2005" s="1" t="inlineStr">
         <is>
-          <t>Yaban</t>
+          <t>Paramparça</t>
         </is>
       </c>
       <c r="C2005" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2006" spans="1:3">
       <c r="A2006" s="1" t="inlineStr">
         <is>
-          <t>9786053434764</t>
+          <t>9786053434696</t>
         </is>
       </c>
       <c r="B2006" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Yağarken</t>
+          <t>Terapi</t>
         </is>
       </c>
       <c r="C2006" s="1">
-        <v>299</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2007" spans="1:3">
       <c r="A2007" s="1" t="inlineStr">
         <is>
-          <t>9786053435556</t>
+          <t>9786053435457</t>
         </is>
       </c>
       <c r="B2007" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Son Kullanma Tarihli Diğer Şeyler</t>
+          <t>Skandal Aşıklar</t>
         </is>
       </c>
       <c r="C2007" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2008" spans="1:3">
       <c r="A2008" s="1" t="inlineStr">
         <is>
-          <t>9786053434801</t>
+          <t>9786053435334</t>
         </is>
       </c>
       <c r="B2008" s="1" t="inlineStr">
         <is>
-          <t>Sadece Bir Yıl ve Sadece Bir Gece</t>
+          <t>Kırılgan</t>
         </is>
       </c>
       <c r="C2008" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2009" spans="1:3">
       <c r="A2009" s="1" t="inlineStr">
         <is>
-          <t>9786053434825</t>
+          <t>9786053435372</t>
         </is>
       </c>
       <c r="B2009" s="1" t="inlineStr">
         <is>
-          <t>Dikenlikler Prensi</t>
+          <t>Maskeli Aşk</t>
         </is>
       </c>
       <c r="C2009" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2010" spans="1:3">
       <c r="A2010" s="1" t="inlineStr">
         <is>
-          <t>9786053435181</t>
+          <t>9786053434771</t>
         </is>
       </c>
       <c r="B2010" s="1" t="inlineStr">
         <is>
-          <t>Alera 2: Prensin İhaneti</t>
+          <t>Ağlayan Ağaç</t>
         </is>
       </c>
       <c r="C2010" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2011" spans="1:3">
       <c r="A2011" s="1" t="inlineStr">
         <is>
-          <t>9786053434863</t>
+          <t>9786053435570</t>
         </is>
       </c>
       <c r="B2011" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Öpücüğü</t>
+          <t>Umutlar</t>
         </is>
       </c>
       <c r="C2011" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2012" spans="1:3">
       <c r="A2012" s="1" t="inlineStr">
         <is>
-          <t>9786053435167</t>
+          <t>9786053435525</t>
         </is>
       </c>
       <c r="B2012" s="1" t="inlineStr">
         <is>
-          <t>%100 Sorumluluk Sıfır Bahane</t>
+          <t>Kutsal Bağ</t>
         </is>
       </c>
       <c r="C2012" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2013" spans="1:3">
       <c r="A2013" s="1" t="inlineStr">
         <is>
-          <t>9786053435488</t>
+          <t>9786053435341</t>
         </is>
       </c>
       <c r="B2013" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Arzu</t>
+          <t>Süleyman'ın Anahtarı</t>
         </is>
       </c>
       <c r="C2013" s="1">
-        <v>299</v>
+        <v>339</v>
       </c>
     </row>
     <row r="2014" spans="1:3">
       <c r="A2014" s="1" t="inlineStr">
         <is>
-          <t>9786053434887</t>
+          <t>9786053435228</t>
         </is>
       </c>
       <c r="B2014" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönenler</t>
+          <t>Derin Devlet</t>
         </is>
       </c>
       <c r="C2014" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2015" spans="1:3">
       <c r="A2015" s="1" t="inlineStr">
         <is>
-          <t>9786053434412</t>
+          <t>9786053435259</t>
         </is>
       </c>
       <c r="B2015" s="1" t="inlineStr">
         <is>
-          <t>Miyav! Yarın Yeni Bir Hayata Başlıyorum</t>
+          <t>Gönülçelen</t>
         </is>
       </c>
       <c r="C2015" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2016" spans="1:3">
       <c r="A2016" s="1" t="inlineStr">
         <is>
-          <t>9786053434627</t>
+          <t>9786053434269</t>
         </is>
       </c>
       <c r="B2016" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Bana Seni Fısıldadı</t>
+          <t>Yaban</t>
         </is>
       </c>
       <c r="C2016" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2017" spans="1:3">
       <c r="A2017" s="1" t="inlineStr">
         <is>
-          <t>9786053434580</t>
+          <t>9786053434764</t>
         </is>
       </c>
       <c r="B2017" s="1" t="inlineStr">
         <is>
-          <t>Robokıyamet</t>
+          <t>Mucizeler Yağarken</t>
         </is>
       </c>
       <c r="C2017" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2018" spans="1:3">
       <c r="A2018" s="1" t="inlineStr">
         <is>
-          <t>9786053434641</t>
+          <t>9786053435556</t>
         </is>
       </c>
       <c r="B2018" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Oyun Değil</t>
+          <t>Aşk ve Son Kullanma Tarihli Diğer Şeyler</t>
         </is>
       </c>
       <c r="C2018" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2019" spans="1:3">
       <c r="A2019" s="1" t="inlineStr">
         <is>
-          <t>9786053431718</t>
+          <t>9786053434801</t>
         </is>
       </c>
       <c r="B2019" s="1" t="inlineStr">
         <is>
-          <t>Lodz'un Yoksulları</t>
+          <t>Sadece Bir Yıl ve Sadece Bir Gece</t>
         </is>
       </c>
       <c r="C2019" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2020" spans="1:3">
       <c r="A2020" s="1" t="inlineStr">
         <is>
-          <t>9786053434634</t>
+          <t>9786053434825</t>
         </is>
       </c>
       <c r="B2020" s="1" t="inlineStr">
         <is>
-          <t>Avcı</t>
+          <t>Dikenlikler Prensi</t>
         </is>
       </c>
       <c r="C2020" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2021" spans="1:3">
       <c r="A2021" s="1" t="inlineStr">
         <is>
-          <t>9786053435433</t>
+          <t>9786053435181</t>
         </is>
       </c>
       <c r="B2021" s="1" t="inlineStr">
         <is>
-          <t>Yedi Krallık Üçlemesi Seti (Yetenek-Ateş-Sır) (Kutulu) (Ciltli)</t>
+          <t>Alera 2: Prensin İhaneti</t>
         </is>
       </c>
       <c r="C2021" s="1">
-        <v>1197</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2022" spans="1:3">
       <c r="A2022" s="1" t="inlineStr">
         <is>
-          <t>9786053431534</t>
+          <t>9786053434863</t>
         </is>
       </c>
       <c r="B2022" s="1" t="inlineStr">
         <is>
-          <t>Sahneye Koyma Sanatı</t>
+          <t>Gecenin Öpücüğü</t>
         </is>
       </c>
       <c r="C2022" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2023" spans="1:3">
       <c r="A2023" s="1" t="inlineStr">
         <is>
-          <t>9786053431541</t>
+          <t>9786053435167</t>
         </is>
       </c>
       <c r="B2023" s="1" t="inlineStr">
         <is>
-          <t>Komedi Sanatı</t>
+          <t>%100 Sorumluluk Sıfır Bahane</t>
         </is>
       </c>
       <c r="C2023" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2024" spans="1:3">
       <c r="A2024" s="1" t="inlineStr">
         <is>
-          <t>9786053434405</t>
+          <t>9786053435488</t>
         </is>
       </c>
       <c r="B2024" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Melek</t>
+          <t>En Karanlık Arzu</t>
         </is>
       </c>
       <c r="C2024" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2025" spans="1:3">
       <c r="A2025" s="1" t="inlineStr">
         <is>
-          <t>9786053432050</t>
+          <t>9786053434887</t>
         </is>
       </c>
       <c r="B2025" s="1" t="inlineStr">
         <is>
-          <t>Çin'in İncisi</t>
+          <t>Geri Dönenler</t>
         </is>
       </c>
       <c r="C2025" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2026" spans="1:3">
       <c r="A2026" s="1" t="inlineStr">
         <is>
-          <t>9786053435310</t>
+          <t>9786053434412</t>
         </is>
       </c>
       <c r="B2026" s="1" t="inlineStr">
         <is>
-          <t>Tek İsim Tek Kader (Ciltli)</t>
+          <t>Miyav! Yarın Yeni Bir Hayata Başlıyorum</t>
         </is>
       </c>
       <c r="C2026" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2027" spans="1:3">
       <c r="A2027" s="1" t="inlineStr">
         <is>
-          <t>9786053435563</t>
+          <t>9786053434627</t>
         </is>
       </c>
       <c r="B2027" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Geleceği</t>
+          <t>Rüzgar Bana Seni Fısıldadı</t>
         </is>
       </c>
       <c r="C2027" s="1">
-        <v>350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2028" spans="1:3">
       <c r="A2028" s="1" t="inlineStr">
         <is>
-          <t>9786053434474</t>
+          <t>9786053434580</t>
         </is>
       </c>
       <c r="B2028" s="1" t="inlineStr">
         <is>
-          <t>Serena</t>
+          <t>Robokıyamet</t>
         </is>
       </c>
       <c r="C2028" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2029" spans="1:3">
       <c r="A2029" s="1" t="inlineStr">
         <is>
-          <t>9786053434252</t>
+          <t>9786053434641</t>
         </is>
       </c>
       <c r="B2029" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Rüyalar Küçüğüm</t>
+          <t>Bu Bir Oyun Değil</t>
         </is>
       </c>
       <c r="C2029" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2030" spans="1:3">
       <c r="A2030" s="1" t="inlineStr">
         <is>
-          <t>9786053434177</t>
+          <t>9786053431718</t>
         </is>
       </c>
       <c r="B2030" s="1" t="inlineStr">
         <is>
-          <t>Okyanuslar Arasındaki Işık</t>
+          <t>Lodz'un Yoksulları</t>
         </is>
       </c>
       <c r="C2030" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2031" spans="1:3">
       <c r="A2031" s="1" t="inlineStr">
         <is>
-          <t>9786053431329</t>
+          <t>9786053434634</t>
         </is>
       </c>
       <c r="B2031" s="1" t="inlineStr">
         <is>
-          <t>Lider - Dönüşüm Serisi 6. Kitap</t>
+          <t>Avcı</t>
         </is>
       </c>
       <c r="C2031" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2032" spans="1:3">
       <c r="A2032" s="1" t="inlineStr">
         <is>
-          <t>9786053431466</t>
+          <t>9786053435433</t>
         </is>
       </c>
       <c r="B2032" s="1" t="inlineStr">
         <is>
-          <t>Paranoya</t>
+          <t>Yedi Krallık Üçlemesi Seti (Yetenek-Ateş-Sır) (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C2032" s="1">
-        <v>299</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="2033" spans="1:3">
       <c r="A2033" s="1" t="inlineStr">
         <is>
-          <t>9786053434498</t>
+          <t>9786053431534</t>
         </is>
       </c>
       <c r="B2033" s="1" t="inlineStr">
         <is>
-          <t>Ruh Öküzüm</t>
+          <t>Sahneye Koyma Sanatı</t>
         </is>
       </c>
       <c r="C2033" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="2034" spans="1:3">
       <c r="A2034" s="1" t="inlineStr">
         <is>
-          <t>9786053434597</t>
+          <t>9786053431541</t>
         </is>
       </c>
       <c r="B2034" s="1" t="inlineStr">
         <is>
-          <t>Mükemmellik Rehberi 2</t>
+          <t>Komedi Sanatı</t>
         </is>
       </c>
       <c r="C2034" s="1">
-        <v>249</v>
+        <v>179</v>
       </c>
     </row>
     <row r="2035" spans="1:3">
       <c r="A2035" s="1" t="inlineStr">
         <is>
-          <t>9786053434559</t>
+          <t>9786053434405</t>
         </is>
       </c>
       <c r="B2035" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Katil</t>
+          <t>Kayıp Melek</t>
         </is>
       </c>
       <c r="C2035" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2036" spans="1:3">
       <c r="A2036" s="1" t="inlineStr">
         <is>
-          <t>9786053431596</t>
+          <t>9786053432050</t>
         </is>
       </c>
       <c r="B2036" s="1" t="inlineStr">
         <is>
-          <t>İntikam - Gece Evi Serisi 11.Kitap</t>
+          <t>Çin'in İncisi</t>
         </is>
       </c>
       <c r="C2036" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2037" spans="1:3">
       <c r="A2037" s="1" t="inlineStr">
         <is>
-          <t>9786053433736</t>
+          <t>9786053435310</t>
         </is>
       </c>
       <c r="B2037" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Pedagoji ile Öğrenmek</t>
+          <t>Tek İsim Tek Kader (Ciltli)</t>
         </is>
       </c>
       <c r="C2037" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2038" spans="1:3">
       <c r="A2038" s="1" t="inlineStr">
         <is>
-          <t>9786053434450</t>
+          <t>9786053435563</t>
         </is>
       </c>
       <c r="B2038" s="1" t="inlineStr">
         <is>
-          <t>Telepati</t>
+          <t>Savaşın Geleceği</t>
         </is>
       </c>
       <c r="C2038" s="1">
-        <v>299</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2039" spans="1:3">
       <c r="A2039" s="1" t="inlineStr">
         <is>
-          <t>9786053433538</t>
+          <t>9786053434474</t>
         </is>
       </c>
       <c r="B2039" s="1" t="inlineStr">
         <is>
-          <t>John Green Özel Koleksiyon (4 Kitap)</t>
+          <t>Serena</t>
         </is>
       </c>
       <c r="C2039" s="1">
-        <v>1516</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2040" spans="1:3">
       <c r="A2040" s="1" t="inlineStr">
         <is>
-          <t>9786053434382</t>
+          <t>9786053434252</t>
         </is>
       </c>
       <c r="B2040" s="1" t="inlineStr">
         <is>
-          <t>İhtiras Çağı</t>
+          <t>Tatlı Rüyalar Küçüğüm</t>
         </is>
       </c>
       <c r="C2040" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2041" spans="1:3">
       <c r="A2041" s="1" t="inlineStr">
         <is>
-          <t>9786053434429</t>
+          <t>9786053434177</t>
         </is>
       </c>
       <c r="B2041" s="1" t="inlineStr">
         <is>
-          <t>Sır (Ciltli)</t>
+          <t>Okyanuslar Arasındaki Işık</t>
         </is>
       </c>
       <c r="C2041" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2042" spans="1:3">
       <c r="A2042" s="1" t="inlineStr">
         <is>
-          <t>9786053434481</t>
+          <t>9786053431329</t>
         </is>
       </c>
       <c r="B2042" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Masalı</t>
+          <t>Lider - Dönüşüm Serisi 6. Kitap</t>
         </is>
       </c>
       <c r="C2042" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2043" spans="1:3">
       <c r="A2043" s="1" t="inlineStr">
         <is>
-          <t>9786053434436</t>
+          <t>9786053431466</t>
         </is>
       </c>
       <c r="B2043" s="1" t="inlineStr">
         <is>
-          <t>Siyah Buz (Ciltli)</t>
+          <t>Paranoya</t>
         </is>
       </c>
       <c r="C2043" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2044" spans="1:3">
       <c r="A2044" s="1" t="inlineStr">
         <is>
-          <t>9786053434245</t>
+          <t>9786053434498</t>
         </is>
       </c>
       <c r="B2044" s="1" t="inlineStr">
         <is>
-          <t>Piskoposun Adamı</t>
+          <t>Ruh Öküzüm</t>
         </is>
       </c>
       <c r="C2044" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2045" spans="1:3">
       <c r="A2045" s="1" t="inlineStr">
         <is>
-          <t>9786053434443</t>
+          <t>9786053434597</t>
         </is>
       </c>
       <c r="B2045" s="1" t="inlineStr">
         <is>
-          <t>Kalona'nın Düşüşü</t>
+          <t>Mükemmellik Rehberi 2</t>
         </is>
       </c>
       <c r="C2045" s="1">
-        <v>219</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2046" spans="1:3">
       <c r="A2046" s="1" t="inlineStr">
         <is>
-          <t>9786053434290</t>
+          <t>9786053434559</t>
         </is>
       </c>
       <c r="B2046" s="1" t="inlineStr">
         <is>
-          <t>Harika Yabancı</t>
+          <t>Haçlı Katil</t>
         </is>
       </c>
       <c r="C2046" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2047" spans="1:3">
       <c r="A2047" s="1" t="inlineStr">
         <is>
-          <t>9786053434283</t>
+          <t>9786053431596</t>
         </is>
       </c>
       <c r="B2047" s="1" t="inlineStr">
         <is>
-          <t>Demir Kraliçe</t>
+          <t>İntikam - Gece Evi Serisi 11.Kitap</t>
         </is>
       </c>
       <c r="C2047" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2048" spans="1:3">
       <c r="A2048" s="1" t="inlineStr">
         <is>
-          <t>9786053434184</t>
+          <t>9786053433736</t>
         </is>
       </c>
       <c r="B2048" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Ağırlığı</t>
+          <t>Pozitif Pedagoji ile Öğrenmek</t>
         </is>
       </c>
       <c r="C2048" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2049" spans="1:3">
       <c r="A2049" s="1" t="inlineStr">
         <is>
-          <t>9786053434221</t>
+          <t>9786053434450</t>
         </is>
       </c>
       <c r="B2049" s="1" t="inlineStr">
         <is>
-          <t>Psikolog ve Filozof</t>
+          <t>Telepati</t>
         </is>
       </c>
       <c r="C2049" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2050" spans="1:3">
       <c r="A2050" s="1" t="inlineStr">
         <is>
-          <t>9786053434122</t>
+          <t>9786053433538</t>
         </is>
       </c>
       <c r="B2050" s="1" t="inlineStr">
         <is>
-          <t>Deha (Ciltli)</t>
+          <t>John Green Özel Koleksiyon (4 Kitap)</t>
         </is>
       </c>
       <c r="C2050" s="1">
-        <v>699.98</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="2051" spans="1:3">
       <c r="A2051" s="1" t="inlineStr">
         <is>
-          <t>9786053434313</t>
+          <t>9786053434382</t>
         </is>
       </c>
       <c r="B2051" s="1" t="inlineStr">
         <is>
-          <t>Uçurumun Kenarındaki Kız</t>
+          <t>İhtiras Çağı</t>
         </is>
       </c>
       <c r="C2051" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2052" spans="1:3">
       <c r="A2052" s="1" t="inlineStr">
         <is>
-          <t>9786053434108</t>
+          <t>9786053434429</t>
         </is>
       </c>
       <c r="B2052" s="1" t="inlineStr">
         <is>
-          <t>Buğday Göbeği</t>
+          <t>Sır (Ciltli)</t>
         </is>
       </c>
       <c r="C2052" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2053" spans="1:3">
       <c r="A2053" s="1" t="inlineStr">
         <is>
-          <t>9786053437826</t>
+          <t>9786053434481</t>
         </is>
       </c>
       <c r="B2053" s="1" t="inlineStr">
         <is>
-          <t>Kodeks 632</t>
+          <t>Yıldız Masalı</t>
         </is>
       </c>
       <c r="C2053" s="1">
         <v>319</v>
       </c>
     </row>
     <row r="2054" spans="1:3">
       <c r="A2054" s="1" t="inlineStr">
         <is>
-          <t>9786053438366</t>
+          <t>9786053434436</t>
         </is>
       </c>
       <c r="B2054" s="1" t="inlineStr">
         <is>
-          <t>Mara Dyer Üçlemesi Kutulu Özel Set (3 Kitap)</t>
+          <t>Siyah Buz (Ciltli)</t>
         </is>
       </c>
       <c r="C2054" s="1">
-        <v>897</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2055" spans="1:3">
       <c r="A2055" s="1" t="inlineStr">
         <is>
-          <t>9786053437888</t>
+          <t>9786053434245</t>
         </is>
       </c>
       <c r="B2055" s="1" t="inlineStr">
         <is>
-          <t>Geyikli Köşk</t>
+          <t>Piskoposun Adamı</t>
         </is>
       </c>
       <c r="C2055" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2056" spans="1:3">
       <c r="A2056" s="1" t="inlineStr">
         <is>
-          <t>9786053431435</t>
+          <t>9786053434443</t>
         </is>
       </c>
       <c r="B2056" s="1" t="inlineStr">
         <is>
-          <t>Mimar</t>
+          <t>Kalona'nın Düşüşü</t>
         </is>
       </c>
       <c r="C2056" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="2057" spans="1:3">
       <c r="A2057" s="1" t="inlineStr">
         <is>
-          <t>9786053434306</t>
+          <t>9786053434290</t>
         </is>
       </c>
       <c r="B2057" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Gece</t>
+          <t>Harika Yabancı</t>
         </is>
       </c>
       <c r="C2057" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2058" spans="1:3">
       <c r="A2058" s="1" t="inlineStr">
         <is>
-          <t>9786053434856</t>
+          <t>9786053434283</t>
         </is>
       </c>
       <c r="B2058" s="1" t="inlineStr">
         <is>
-          <t>Cücelerin Savaşı</t>
+          <t>Demir Kraliçe</t>
         </is>
       </c>
       <c r="C2058" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2059" spans="1:3">
       <c r="A2059" s="1" t="inlineStr">
         <is>
-          <t>9786053434276</t>
+          <t>9786053434184</t>
         </is>
       </c>
       <c r="B2059" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atkins Diyeti Yeni Bir Sen</t>
+          <t>Sessizliğin Ağırlığı</t>
         </is>
       </c>
       <c r="C2059" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2060" spans="1:3">
       <c r="A2060" s="1" t="inlineStr">
         <is>
-          <t>9786053434139</t>
+          <t>9786053434221</t>
         </is>
       </c>
       <c r="B2060" s="1" t="inlineStr">
         <is>
-          <t>Daire 16</t>
+          <t>Psikolog ve Filozof</t>
         </is>
       </c>
       <c r="C2060" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2061" spans="1:3">
       <c r="A2061" s="1" t="inlineStr">
         <is>
-          <t>9786053434085</t>
+          <t>9786053434122</t>
         </is>
       </c>
       <c r="B2061" s="1" t="inlineStr">
         <is>
-          <t>Aslında O Kadar da Akıllı Değilsiniz</t>
+          <t>Deha (Ciltli)</t>
         </is>
       </c>
       <c r="C2061" s="1">
-        <v>250</v>
+        <v>699.98</v>
       </c>
     </row>
     <row r="2062" spans="1:3">
       <c r="A2062" s="1" t="inlineStr">
         <is>
-          <t>9786053434092</t>
+          <t>9786053434313</t>
         </is>
       </c>
       <c r="B2062" s="1" t="inlineStr">
         <is>
-          <t>Aşk Esiri</t>
+          <t>Uçurumun Kenarındaki Kız</t>
         </is>
       </c>
       <c r="C2062" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2063" spans="1:3">
       <c r="A2063" s="1" t="inlineStr">
         <is>
-          <t>9786053434078</t>
+          <t>9786053434108</t>
         </is>
       </c>
       <c r="B2063" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Büyü</t>
+          <t>Buğday Göbeği</t>
         </is>
       </c>
       <c r="C2063" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2064" spans="1:3">
       <c r="A2064" s="1" t="inlineStr">
         <is>
-          <t>9786053434030</t>
+          <t>9786053437826</t>
         </is>
       </c>
       <c r="B2064" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Sırları</t>
+          <t>Kodeks 632</t>
         </is>
       </c>
       <c r="C2064" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2065" spans="1:3">
       <c r="A2065" s="1" t="inlineStr">
         <is>
-          <t>9786053433934</t>
+          <t>9786053438366</t>
         </is>
       </c>
       <c r="B2065" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Mara Dyer Üçlemesi Kutulu Özel Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C2065" s="1">
-        <v>299</v>
+        <v>897</v>
       </c>
     </row>
     <row r="2066" spans="1:3">
       <c r="A2066" s="1" t="inlineStr">
         <is>
-          <t>9786053433897</t>
+          <t>9786053437888</t>
         </is>
       </c>
       <c r="B2066" s="1" t="inlineStr">
         <is>
-          <t>Aşık Kuşlar</t>
+          <t>Geyikli Köşk</t>
         </is>
       </c>
       <c r="C2066" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2067" spans="1:3">
       <c r="A2067" s="1" t="inlineStr">
         <is>
-          <t>9786053433453</t>
+          <t>9786053431435</t>
         </is>
       </c>
       <c r="B2067" s="1" t="inlineStr">
         <is>
-          <t>Harika Piç</t>
+          <t>Mimar</t>
         </is>
       </c>
       <c r="C2067" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2068" spans="1:3">
       <c r="A2068" s="1" t="inlineStr">
         <is>
-          <t>9786053438144</t>
+          <t>9786053434306</t>
         </is>
       </c>
       <c r="B2068" s="1" t="inlineStr">
         <is>
-          <t>Nabız</t>
+          <t>Unutulmaz Gece</t>
         </is>
       </c>
       <c r="C2068" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2069" spans="1:3">
       <c r="A2069" s="1" t="inlineStr">
         <is>
-          <t>9786053434757</t>
+          <t>9786053434856</t>
         </is>
       </c>
       <c r="B2069" s="1" t="inlineStr">
         <is>
-          <t>Kan Kardeş</t>
+          <t>Cücelerin Savaşı</t>
         </is>
       </c>
       <c r="C2069" s="1">
-        <v>319</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2070" spans="1:3">
       <c r="A2070" s="1" t="inlineStr">
         <is>
-          <t>9786053434740</t>
+          <t>9786053434276</t>
         </is>
       </c>
       <c r="B2070" s="1" t="inlineStr">
         <is>
-          <t>Haşhaşiler</t>
+          <t>Yeni Atkins Diyeti Yeni Bir Sen</t>
         </is>
       </c>
       <c r="C2070" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2071" spans="1:3">
       <c r="A2071" s="1" t="inlineStr">
         <is>
-          <t>9786053433651</t>
+          <t>9786053434139</t>
         </is>
       </c>
       <c r="B2071" s="1" t="inlineStr">
         <is>
-          <t>Ejder Gecesi</t>
+          <t>Daire 16</t>
         </is>
       </c>
       <c r="C2071" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2072" spans="1:3">
       <c r="A2072" s="1" t="inlineStr">
         <is>
-          <t>9786053433705</t>
+          <t>9786053434085</t>
         </is>
       </c>
       <c r="B2072" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile</t>
+          <t>Aslında O Kadar da Akıllı Değilsiniz</t>
         </is>
       </c>
       <c r="C2072" s="1">
-        <v>299</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2073" spans="1:3">
       <c r="A2073" s="1" t="inlineStr">
         <is>
-          <t>9786053434153</t>
+          <t>9786053434092</t>
         </is>
       </c>
       <c r="B2073" s="1" t="inlineStr">
         <is>
-          <t>Labirent Son İsyan</t>
+          <t>Aşk Esiri</t>
         </is>
       </c>
       <c r="C2073" s="1">
-        <v>425</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2074" spans="1:3">
       <c r="A2074" s="1" t="inlineStr">
         <is>
-          <t>9786053434917</t>
+          <t>9786053434078</t>
         </is>
       </c>
       <c r="B2074" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tatlı Yalanlar</t>
+          <t>Kutsal Büyü</t>
         </is>
       </c>
       <c r="C2074" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2075" spans="1:3">
       <c r="A2075" s="1" t="inlineStr">
         <is>
-          <t>9786055360092</t>
+          <t>9786053434030</t>
         </is>
       </c>
       <c r="B2075" s="1" t="inlineStr">
         <is>
-          <t>Beş Dakikada Filozof</t>
+          <t>Başkalarının Sırları</t>
         </is>
       </c>
       <c r="C2075" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2076" spans="1:3">
       <c r="A2076" s="1" t="inlineStr">
         <is>
-          <t>9786055289881</t>
+          <t>9786053433934</t>
         </is>
       </c>
       <c r="B2076" s="1" t="inlineStr">
         <is>
-          <t>Aşk</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C2076" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2077" spans="1:3">
       <c r="A2077" s="1" t="inlineStr">
         <is>
-          <t>9786055289812</t>
+          <t>9786053433897</t>
         </is>
       </c>
       <c r="B2077" s="1" t="inlineStr">
         <is>
-          <t>Kalbinde Bir Yer Aç</t>
+          <t>Aşık Kuşlar</t>
         </is>
       </c>
       <c r="C2077" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2078" spans="1:3">
       <c r="A2078" s="1" t="inlineStr">
         <is>
-          <t>9786053430698</t>
+          <t>9786053433453</t>
         </is>
       </c>
       <c r="B2078" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Dokuz Yüzü</t>
+          <t>Harika Piç</t>
         </is>
       </c>
       <c r="C2078" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2079" spans="1:3">
       <c r="A2079" s="1" t="inlineStr">
         <is>
-          <t>9786054263370</t>
+          <t>9786053438144</t>
         </is>
       </c>
       <c r="B2079" s="1" t="inlineStr">
         <is>
-          <t>Küçük Arı</t>
+          <t>Nabız</t>
         </is>
       </c>
       <c r="C2079" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2080" spans="1:3">
       <c r="A2080" s="1" t="inlineStr">
         <is>
-          <t>9786055289423</t>
+          <t>9786053434757</t>
         </is>
       </c>
       <c r="B2080" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gül</t>
+          <t>Kan Kardeş</t>
         </is>
       </c>
       <c r="C2080" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2081" spans="1:3">
       <c r="A2081" s="1" t="inlineStr">
         <is>
-          <t>9786055360108</t>
+          <t>9786053434740</t>
         </is>
       </c>
       <c r="B2081" s="1" t="inlineStr">
         <is>
-          <t>Sekiz</t>
+          <t>Haşhaşiler</t>
         </is>
       </c>
       <c r="C2081" s="1">
-        <v>359</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2082" spans="1:3">
       <c r="A2082" s="1" t="inlineStr">
         <is>
-          <t>9786055289645</t>
+          <t>9786053433651</t>
         </is>
       </c>
       <c r="B2082" s="1" t="inlineStr">
         <is>
-          <t>Zehir</t>
+          <t>Ejder Gecesi</t>
         </is>
       </c>
       <c r="C2082" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2083" spans="1:3">
       <c r="A2083" s="1" t="inlineStr">
         <is>
-          <t>9786055943721</t>
+          <t>9786053433705</t>
         </is>
       </c>
       <c r="B2083" s="1" t="inlineStr">
         <is>
-          <t>Zar Adam'ın Peşinde</t>
+          <t>Mutlu Aile</t>
         </is>
       </c>
       <c r="C2083" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2084" spans="1:3">
       <c r="A2084" s="1" t="inlineStr">
         <is>
-          <t>9786054263547</t>
+          <t>9786053434153</t>
         </is>
       </c>
       <c r="B2084" s="1" t="inlineStr">
         <is>
-          <t>Leyla</t>
+          <t>Labirent Son İsyan</t>
         </is>
       </c>
       <c r="C2084" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2085" spans="1:3">
       <c r="A2085" s="1" t="inlineStr">
         <is>
-          <t>9786055943660</t>
+          <t>9786053434917</t>
         </is>
       </c>
       <c r="B2085" s="1" t="inlineStr">
         <is>
-          <t>Gelecek 100 Yıl</t>
+          <t>Küçük Tatlı Yalanlar</t>
         </is>
       </c>
       <c r="C2085" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2086" spans="1:3">
       <c r="A2086" s="1" t="inlineStr">
         <is>
-          <t>9786053430414</t>
+          <t>9786055360092</t>
         </is>
       </c>
       <c r="B2086" s="1" t="inlineStr">
         <is>
-          <t>Hastalıkların Sonu</t>
+          <t>Beş Dakikada Filozof</t>
         </is>
       </c>
       <c r="C2086" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2087" spans="1:3">
       <c r="A2087" s="1" t="inlineStr">
         <is>
-          <t>9786053433989</t>
+          <t>9786055289881</t>
         </is>
       </c>
       <c r="B2087" s="1" t="inlineStr">
         <is>
-          <t>Fırtına (Ciltli)</t>
+          <t>Aşk</t>
         </is>
       </c>
       <c r="C2087" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2088" spans="1:3">
       <c r="A2088" s="1" t="inlineStr">
         <is>
-          <t>9786053433750</t>
+          <t>9786055289812</t>
         </is>
       </c>
       <c r="B2088" s="1" t="inlineStr">
         <is>
-          <t>Araf (Ciltli)</t>
+          <t>Kalbinde Bir Yer Aç</t>
         </is>
       </c>
       <c r="C2088" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2089" spans="1:3">
       <c r="A2089" s="1" t="inlineStr">
         <is>
-          <t>9786053433286</t>
+          <t>9786053430698</t>
         </is>
       </c>
       <c r="B2089" s="1" t="inlineStr">
         <is>
-          <t>Karar Anları</t>
+          <t>Kalbin Dokuz Yüzü</t>
         </is>
       </c>
       <c r="C2089" s="1">
-        <v>389</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2090" spans="1:3">
       <c r="A2090" s="1" t="inlineStr">
         <is>
-          <t>9786053433941</t>
+          <t>9786054263370</t>
         </is>
       </c>
       <c r="B2090" s="1" t="inlineStr">
         <is>
-          <t>Şeytanla Dans</t>
+          <t>Küçük Arı</t>
         </is>
       </c>
       <c r="C2090" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2091" spans="1:3">
       <c r="A2091" s="1" t="inlineStr">
         <is>
-          <t>9786053433965</t>
+          <t>9786055289423</t>
         </is>
       </c>
       <c r="B2091" s="1" t="inlineStr">
         <is>
-          <t>Ak Rüzgar Kara Süvari</t>
+          <t>Saklı Gül</t>
         </is>
       </c>
       <c r="C2091" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2092" spans="1:3">
       <c r="A2092" s="1" t="inlineStr">
         <is>
-          <t>9786053433927</t>
+          <t>9786055360108</t>
         </is>
       </c>
       <c r="B2092" s="1" t="inlineStr">
         <is>
-          <t>Rüya Depremi</t>
+          <t>Sekiz</t>
         </is>
       </c>
       <c r="C2092" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2093" spans="1:3">
       <c r="A2093" s="1" t="inlineStr">
         <is>
-          <t>9786053435082</t>
+          <t>9786055289645</t>
         </is>
       </c>
       <c r="B2093" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Deliyim</t>
+          <t>Zehir</t>
         </is>
       </c>
       <c r="C2093" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2094" spans="1:3">
       <c r="A2094" s="1" t="inlineStr">
         <is>
-          <t>9786053431336</t>
+          <t>9786055943721</t>
         </is>
       </c>
       <c r="B2094" s="1" t="inlineStr">
         <is>
-          <t>Sen Gittiğinde</t>
+          <t>Zar Adam'ın Peşinde</t>
         </is>
       </c>
       <c r="C2094" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2095" spans="1:3">
       <c r="A2095" s="1" t="inlineStr">
         <is>
-          <t>9786053433828</t>
+          <t>9786054263547</t>
         </is>
       </c>
       <c r="B2095" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Birliktelik Gerçek Güce Yolculuk</t>
+          <t>Leyla</t>
         </is>
       </c>
       <c r="C2095" s="1">
-        <v>299</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2096" spans="1:3">
       <c r="A2096" s="1" t="inlineStr">
         <is>
-          <t>9786053433569</t>
+          <t>9786055943660</t>
         </is>
       </c>
       <c r="B2096" s="1" t="inlineStr">
         <is>
-          <t>Arınma</t>
+          <t>Gelecek 100 Yıl</t>
         </is>
       </c>
       <c r="C2096" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2097" spans="1:3">
       <c r="A2097" s="1" t="inlineStr">
         <is>
-          <t>9786053437574</t>
+          <t>9786053430414</t>
         </is>
       </c>
       <c r="B2097" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Orman</t>
+          <t>Hastalıkların Sonu</t>
         </is>
       </c>
       <c r="C2097" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2098" spans="1:3">
       <c r="A2098" s="1" t="inlineStr">
         <is>
-          <t>9786053437871</t>
+          <t>9786053433989</t>
         </is>
       </c>
       <c r="B2098" s="1" t="inlineStr">
         <is>
-          <t>Beni Dudaklarıyla Öptükçe Öpsün</t>
+          <t>Fırtına (Ciltli)</t>
         </is>
       </c>
       <c r="C2098" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2099" spans="1:3">
       <c r="A2099" s="1" t="inlineStr">
         <is>
-          <t>9786053437277</t>
+          <t>9786053433750</t>
         </is>
       </c>
       <c r="B2099" s="1" t="inlineStr">
         <is>
-          <t>Kabil'in Gözü</t>
+          <t>Araf (Ciltli)</t>
         </is>
       </c>
       <c r="C2099" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2100" spans="1:3">
       <c r="A2100" s="1" t="inlineStr">
         <is>
-          <t>9786053437819</t>
+          <t>9786053433286</t>
         </is>
       </c>
       <c r="B2100" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi Uyurken</t>
+          <t>Karar Anları</t>
         </is>
       </c>
       <c r="C2100" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="2101" spans="1:3">
       <c r="A2101" s="1" t="inlineStr">
         <is>
-          <t>9786053437505</t>
+          <t>9786053433941</t>
         </is>
       </c>
       <c r="B2101" s="1" t="inlineStr">
         <is>
-          <t>İncir Yaprakları</t>
+          <t>Şeytanla Dans</t>
         </is>
       </c>
       <c r="C2101" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2102" spans="1:3">
       <c r="A2102" s="1" t="inlineStr">
         <is>
-          <t>9786053433781</t>
+          <t>9786053433965</t>
         </is>
       </c>
       <c r="B2102" s="1" t="inlineStr">
         <is>
-          <t>Sırt Çantandaki Evren</t>
+          <t>Ak Rüzgar Kara Süvari</t>
         </is>
       </c>
       <c r="C2102" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="2103" spans="1:3">
       <c r="A2103" s="1" t="inlineStr">
         <is>
-          <t>9786053433835</t>
+          <t>9786053433927</t>
         </is>
       </c>
       <c r="B2103" s="1" t="inlineStr">
         <is>
-          <t>Ayın Peşinden Koşan Kız</t>
+          <t>Rüya Depremi</t>
         </is>
       </c>
       <c r="C2103" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2104" spans="1:3">
       <c r="A2104" s="1" t="inlineStr">
         <is>
-          <t>9786053433156</t>
+          <t>9786053435082</t>
         </is>
       </c>
       <c r="B2104" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk (Ciltli)</t>
+          <t>Düşünüyorum Öyleyse Deliyim</t>
         </is>
       </c>
       <c r="C2104" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2105" spans="1:3">
       <c r="A2105" s="1" t="inlineStr">
         <is>
-          <t>9786053432531</t>
+          <t>9786053431336</t>
         </is>
       </c>
       <c r="B2105" s="1" t="inlineStr">
         <is>
-          <t>Sayuri</t>
+          <t>Sen Gittiğinde</t>
         </is>
       </c>
       <c r="C2105" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2106" spans="1:3">
       <c r="A2106" s="1" t="inlineStr">
         <is>
-          <t>9786053432883</t>
+          <t>9786053433828</t>
         </is>
       </c>
       <c r="B2106" s="1" t="inlineStr">
         <is>
-          <t>Hamur Tatlısı Cinayeti</t>
+          <t>Ruhsal Birliktelik Gerçek Güce Yolculuk</t>
         </is>
       </c>
       <c r="C2106" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2107" spans="1:3">
       <c r="A2107" s="1" t="inlineStr">
         <is>
-          <t>9786053433712</t>
+          <t>9786053433569</t>
         </is>
       </c>
       <c r="B2107" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Sert Rekabetçi Olunur</t>
+          <t>Arınma</t>
         </is>
       </c>
       <c r="C2107" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2108" spans="1:3">
       <c r="A2108" s="1" t="inlineStr">
         <is>
-          <t>9786053433668</t>
+          <t>9786053437574</t>
         </is>
       </c>
       <c r="B2108" s="1" t="inlineStr">
         <is>
-          <t>Cerrah</t>
+          <t>Vahşi Orman</t>
         </is>
       </c>
       <c r="C2108" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2109" spans="1:3">
       <c r="A2109" s="1" t="inlineStr">
         <is>
-          <t>9786053433743</t>
+          <t>9786053437871</t>
         </is>
       </c>
       <c r="B2109" s="1" t="inlineStr">
         <is>
-          <t>Sadece Bir Gün</t>
+          <t>Beni Dudaklarıyla Öptükçe Öpsün</t>
         </is>
       </c>
       <c r="C2109" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2110" spans="1:3">
       <c r="A2110" s="1" t="inlineStr">
         <is>
-          <t>9786053433774</t>
+          <t>9786053437277</t>
         </is>
       </c>
       <c r="B2110" s="1" t="inlineStr">
         <is>
-          <t>Keşke Senden Nefret Edebilseydim</t>
+          <t>Kabil'in Gözü</t>
         </is>
       </c>
       <c r="C2110" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2111" spans="1:3">
       <c r="A2111" s="1" t="inlineStr">
         <is>
-          <t>9786053433804</t>
+          <t>9786053437819</t>
         </is>
       </c>
       <c r="B2111" s="1" t="inlineStr">
         <is>
-          <t>Uzak Kıyılar</t>
+          <t>Külkedisi Uyurken</t>
         </is>
       </c>
       <c r="C2111" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2112" spans="1:3">
       <c r="A2112" s="1" t="inlineStr">
         <is>
-          <t>9786053433170</t>
+          <t>9786053437505</t>
         </is>
       </c>
       <c r="B2112" s="1" t="inlineStr">
         <is>
-          <t>O Geri Döndü</t>
+          <t>İncir Yaprakları</t>
         </is>
       </c>
       <c r="C2112" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2113" spans="1:3">
       <c r="A2113" s="1" t="inlineStr">
         <is>
-          <t>9786053432845</t>
+          <t>9786053433781</t>
         </is>
       </c>
       <c r="B2113" s="1" t="inlineStr">
         <is>
-          <t>Ben Tanrı'yım</t>
+          <t>Sırt Çantandaki Evren</t>
         </is>
       </c>
       <c r="C2113" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2114" spans="1:3">
       <c r="A2114" s="1" t="inlineStr">
         <is>
-          <t>9786053433422</t>
+          <t>9786053433835</t>
         </is>
       </c>
       <c r="B2114" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlık Nöbeti</t>
+          <t>Ayın Peşinden Koşan Kız</t>
         </is>
       </c>
       <c r="C2114" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2115" spans="1:3">
       <c r="A2115" s="1" t="inlineStr">
         <is>
-          <t>9786053433767</t>
+          <t>9786053433156</t>
         </is>
       </c>
       <c r="B2115" s="1" t="inlineStr">
         <is>
-          <t>Asturya Gülü</t>
+          <t>İlk Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C2115" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="2116" spans="1:3">
       <c r="A2116" s="1" t="inlineStr">
         <is>
-          <t>9786053433040</t>
+          <t>9786053432531</t>
         </is>
       </c>
       <c r="B2116" s="1" t="inlineStr">
         <is>
-          <t>Neferet'in Laneti</t>
+          <t>Sayuri</t>
         </is>
       </c>
       <c r="C2116" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2117" spans="1:3">
       <c r="A2117" s="1" t="inlineStr">
         <is>
-          <t>9786053433088</t>
+          <t>9786053432883</t>
         </is>
       </c>
       <c r="B2117" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Son Perde</t>
+          <t>Hamur Tatlısı Cinayeti</t>
         </is>
       </c>
       <c r="C2117" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="2118" spans="1:3">
       <c r="A2118" s="1" t="inlineStr">
         <is>
-          <t>9786053433071</t>
+          <t>9786053433712</t>
         </is>
       </c>
       <c r="B2118" s="1" t="inlineStr">
         <is>
-          <t>Kalp Asla Unutmaz</t>
+          <t>Nasıl Sert Rekabetçi Olunur</t>
         </is>
       </c>
       <c r="C2118" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2119" spans="1:3">
       <c r="A2119" s="1" t="inlineStr">
         <is>
-          <t>9786053433255</t>
+          <t>9786053433668</t>
         </is>
       </c>
       <c r="B2119" s="1" t="inlineStr">
         <is>
-          <t>5. Dalga</t>
+          <t>Cerrah</t>
         </is>
       </c>
       <c r="C2119" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2120" spans="1:3">
       <c r="A2120" s="1" t="inlineStr">
         <is>
-          <t>9786053433521</t>
+          <t>9786053433743</t>
         </is>
       </c>
       <c r="B2120" s="1" t="inlineStr">
         <is>
-          <t>Bir Yosunun Parmak İzleri</t>
+          <t>Sadece Bir Gün</t>
         </is>
       </c>
       <c r="C2120" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2121" spans="1:3">
       <c r="A2121" s="1" t="inlineStr">
         <is>
-          <t>9786053433446</t>
+          <t>9786053433774</t>
         </is>
       </c>
       <c r="B2121" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Gelin</t>
+          <t>Keşke Senden Nefret Edebilseydim</t>
         </is>
       </c>
       <c r="C2121" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="2122" spans="1:3">
       <c r="A2122" s="1" t="inlineStr">
         <is>
-          <t>9786053433163</t>
+          <t>9786053433804</t>
         </is>
       </c>
       <c r="B2122" s="1" t="inlineStr">
         <is>
-          <t>Buz</t>
+          <t>Uzak Kıyılar</t>
         </is>
       </c>
       <c r="C2122" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2123" spans="1:3">
       <c r="A2123" s="1" t="inlineStr">
         <is>
-          <t>9786053433729</t>
+          <t>9786053433170</t>
         </is>
       </c>
       <c r="B2123" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Kokusu</t>
+          <t>O Geri Döndü</t>
         </is>
       </c>
       <c r="C2123" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2124" spans="1:3">
       <c r="A2124" s="1" t="inlineStr">
         <is>
-          <t>9786053433026</t>
+          <t>9786053432845</t>
         </is>
       </c>
       <c r="B2124" s="1" t="inlineStr">
         <is>
-          <t>Gel Dersen Her Şeyi Bırakıp Gelirim... Yeter ki Gel de</t>
+          <t>Ben Tanrı'yım</t>
         </is>
       </c>
       <c r="C2124" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2125" spans="1:3">
       <c r="A2125" s="1" t="inlineStr">
         <is>
-          <t>9786053432753</t>
+          <t>9786053433422</t>
         </is>
       </c>
       <c r="B2125" s="1" t="inlineStr">
         <is>
-          <t>Evernight Akademisi: Sonsuz Gece</t>
+          <t>Alacakaranlık Nöbeti</t>
         </is>
       </c>
       <c r="C2125" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2126" spans="1:3">
       <c r="A2126" s="1" t="inlineStr">
         <is>
-          <t>9786053432869</t>
+          <t>9786053433767</t>
         </is>
       </c>
       <c r="B2126" s="1" t="inlineStr">
         <is>
-          <t>Kalp Kırıkları</t>
+          <t>Asturya Gülü</t>
         </is>
       </c>
       <c r="C2126" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="2127" spans="1:3">
       <c r="A2127" s="1" t="inlineStr">
         <is>
-          <t>9786053433194</t>
+          <t>9786053433040</t>
         </is>
       </c>
       <c r="B2127" s="1" t="inlineStr">
         <is>
-          <t>Dukan Diyeti'nde İstediğiniz Kadar Yiyebileceğiniz 100 Besin</t>
+          <t>Neferet'in Laneti</t>
         </is>
       </c>
       <c r="C2127" s="1">
-        <v>329</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2128" spans="1:3">
       <c r="A2128" s="1" t="inlineStr">
         <is>
-          <t>9786053432708</t>
+          <t>9786053433088</t>
         </is>
       </c>
       <c r="B2128" s="1" t="inlineStr">
         <is>
-          <t>E Sendromu</t>
+          <t>Yüreğimde Son Perde</t>
         </is>
       </c>
       <c r="C2128" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2129" spans="1:3">
       <c r="A2129" s="1" t="inlineStr">
         <is>
-          <t>9786053433019</t>
+          <t>9786053433071</t>
         </is>
       </c>
       <c r="B2129" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Aşkı</t>
+          <t>Kalp Asla Unutmaz</t>
         </is>
       </c>
       <c r="C2129" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2130" spans="1:3">
       <c r="A2130" s="1" t="inlineStr">
         <is>
-          <t>9786053432302</t>
+          <t>9786053433255</t>
         </is>
       </c>
       <c r="B2130" s="1" t="inlineStr">
         <is>
-          <t>Idhun Günlükleri 1: Direniş (Ciltli)</t>
+          <t>5. Dalga</t>
         </is>
       </c>
       <c r="C2130" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2131" spans="1:3">
       <c r="A2131" s="1" t="inlineStr">
         <is>
-          <t>9786053432166</t>
+          <t>9786053433521</t>
         </is>
       </c>
       <c r="B2131" s="1" t="inlineStr">
         <is>
-          <t>Cadıların Keşfi</t>
+          <t>Bir Yosunun Parmak İzleri</t>
         </is>
       </c>
       <c r="C2131" s="1">
-        <v>342</v>
+        <v>329</v>
       </c>
     </row>
     <row r="2132" spans="1:3">
       <c r="A2132" s="1" t="inlineStr">
         <is>
-          <t>9786053434504</t>
+          <t>9786053433446</t>
         </is>
       </c>
       <c r="B2132" s="1" t="inlineStr">
         <is>
-          <t>500 Yıllık Bilimsel Aldatmacalar</t>
+          <t>Gizemli Gelin</t>
         </is>
       </c>
       <c r="C2132" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2133" spans="1:3">
       <c r="A2133" s="1" t="inlineStr">
         <is>
-          <t>9786053434511</t>
+          <t>9786053433163</t>
         </is>
       </c>
       <c r="B2133" s="1" t="inlineStr">
         <is>
-          <t>Aşk Çok Yakında</t>
+          <t>Buz</t>
         </is>
       </c>
       <c r="C2133" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2134" spans="1:3">
       <c r="A2134" s="1" t="inlineStr">
         <is>
-          <t>9786053433248</t>
+          <t>9786053433729</t>
         </is>
       </c>
       <c r="B2134" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Aşk</t>
+          <t>Okyanus Kokusu</t>
         </is>
       </c>
       <c r="C2134" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2135" spans="1:3">
       <c r="A2135" s="1" t="inlineStr">
         <is>
-          <t>9786053432852</t>
+          <t>9786053433026</t>
         </is>
       </c>
       <c r="B2135" s="1" t="inlineStr">
         <is>
-          <t>Demir Kız</t>
+          <t>Gel Dersen Her Şeyi Bırakıp Gelirim... Yeter ki Gel de</t>
         </is>
       </c>
       <c r="C2135" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2136" spans="1:3">
       <c r="A2136" s="1" t="inlineStr">
         <is>
-          <t>9786053433002</t>
+          <t>9786053432753</t>
         </is>
       </c>
       <c r="B2136" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Rüyası</t>
+          <t>Evernight Akademisi: Sonsuz Gece</t>
         </is>
       </c>
       <c r="C2136" s="1">
-        <v>319</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2137" spans="1:3">
       <c r="A2137" s="1" t="inlineStr">
         <is>
-          <t>9786053431350</t>
+          <t>9786053432869</t>
         </is>
       </c>
       <c r="B2137" s="1" t="inlineStr">
         <is>
-          <t>Aklını Kullanma Sanatı</t>
+          <t>Kalp Kırıkları</t>
         </is>
       </c>
       <c r="C2137" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2138" spans="1:3">
       <c r="A2138" s="1" t="inlineStr">
         <is>
-          <t>9786053432692</t>
+          <t>9786053433194</t>
         </is>
       </c>
       <c r="B2138" s="1" t="inlineStr">
         <is>
-          <t>Denizde Timsahlar Var</t>
+          <t>Dukan Diyeti'nde İstediğiniz Kadar Yiyebileceğiniz 100 Besin</t>
         </is>
       </c>
       <c r="C2138" s="1">
-        <v>249</v>
+        <v>329</v>
       </c>
     </row>
     <row r="2139" spans="1:3">
       <c r="A2139" s="1" t="inlineStr">
         <is>
-          <t>9786053433033</t>
+          <t>9786053432708</t>
         </is>
       </c>
       <c r="B2139" s="1" t="inlineStr">
         <is>
-          <t>Labirent Alev Deneyleri</t>
+          <t>E Sendromu</t>
         </is>
       </c>
       <c r="C2139" s="1">
-        <v>425</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2140" spans="1:3">
       <c r="A2140" s="1" t="inlineStr">
         <is>
-          <t>9786053434528</t>
+          <t>9786053433019</t>
         </is>
       </c>
       <c r="B2140" s="1" t="inlineStr">
         <is>
-          <t>Evernight Akademisi</t>
+          <t>Hayatımın Aşkı</t>
         </is>
       </c>
       <c r="C2140" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2141" spans="1:3">
       <c r="A2141" s="1" t="inlineStr">
         <is>
-          <t>9786053435532</t>
+          <t>9786053432302</t>
         </is>
       </c>
       <c r="B2141" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Yükseliş (Ciltli)</t>
+          <t>Idhun Günlükleri 1: Direniş (Ciltli)</t>
         </is>
       </c>
       <c r="C2141" s="1">
-        <v>650</v>
+        <v>389</v>
       </c>
     </row>
     <row r="2142" spans="1:3">
       <c r="A2142" s="1" t="inlineStr">
         <is>
-          <t>9786053435174</t>
+          <t>9786053432166</t>
         </is>
       </c>
       <c r="B2142" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Yükseliş</t>
+          <t>Cadıların Keşfi</t>
         </is>
       </c>
       <c r="C2142" s="1">
-        <v>500</v>
+        <v>342</v>
       </c>
     </row>
     <row r="2143" spans="1:3">
       <c r="A2143" s="1" t="inlineStr">
         <is>
-          <t>9786053435396</t>
+          <t>9786053434504</t>
         </is>
       </c>
       <c r="B2143" s="1" t="inlineStr">
         <is>
-          <t>Rosie Projesi</t>
+          <t>500 Yıllık Bilimsel Aldatmacalar</t>
         </is>
       </c>
       <c r="C2143" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2144" spans="1:3">
       <c r="A2144" s="1" t="inlineStr">
         <is>
-          <t>9786053435150</t>
+          <t>9786053434511</t>
         </is>
       </c>
       <c r="B2144" s="1" t="inlineStr">
         <is>
-          <t>Karanlıklar Şehri</t>
+          <t>Aşk Çok Yakında</t>
         </is>
       </c>
       <c r="C2144" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2145" spans="1:3">
       <c r="A2145" s="1" t="inlineStr">
         <is>
-          <t>9786053435419</t>
+          <t>9786053433248</t>
         </is>
       </c>
       <c r="B2145" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon (Ciltli)</t>
+          <t>Kutsal Aşk</t>
         </is>
       </c>
       <c r="C2145" s="1">
-        <v>699.98</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2146" spans="1:3">
       <c r="A2146" s="1" t="inlineStr">
         <is>
-          <t>9786053435211</t>
+          <t>9786053432852</t>
         </is>
       </c>
       <c r="B2146" s="1" t="inlineStr">
         <is>
-          <t>Uyum Sağlama</t>
+          <t>Demir Kız</t>
         </is>
       </c>
       <c r="C2146" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2147" spans="1:3">
       <c r="A2147" s="1" t="inlineStr">
         <is>
-          <t>9786053435358</t>
+          <t>9786053433002</t>
         </is>
       </c>
       <c r="B2147" s="1" t="inlineStr">
         <is>
-          <t>Eksik Parça</t>
+          <t>İlkbahar Rüyası</t>
         </is>
       </c>
       <c r="C2147" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2148" spans="1:3">
       <c r="A2148" s="1" t="inlineStr">
         <is>
-          <t>9786053434900</t>
+          <t>9786053431350</t>
         </is>
       </c>
       <c r="B2148" s="1" t="inlineStr">
         <is>
-          <t>Kum Şehri</t>
+          <t>Aklını Kullanma Sanatı</t>
         </is>
       </c>
       <c r="C2148" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="2149" spans="1:3">
       <c r="A2149" s="1" t="inlineStr">
         <is>
-          <t>9786053435112</t>
+          <t>9786053432692</t>
         </is>
       </c>
       <c r="B2149" s="1" t="inlineStr">
         <is>
-          <t>Az Pişmiş Kelle</t>
+          <t>Denizde Timsahlar Var</t>
         </is>
       </c>
       <c r="C2149" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="2150" spans="1:3">
       <c r="A2150" s="1" t="inlineStr">
         <is>
-          <t>9786053434795</t>
+          <t>9786053433033</t>
         </is>
       </c>
       <c r="B2150" s="1" t="inlineStr">
         <is>
-          <t>Katil Olmayan Adam</t>
+          <t>Labirent Alev Deneyleri</t>
         </is>
       </c>
       <c r="C2150" s="1">
-        <v>319</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2151" spans="1:3">
       <c r="A2151" s="1" t="inlineStr">
         <is>
-          <t>9786053435464</t>
+          <t>9786053434528</t>
         </is>
       </c>
       <c r="B2151" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık (Ciltli)</t>
+          <t>Evernight Akademisi</t>
         </is>
       </c>
       <c r="C2151" s="1">
-        <v>399</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2152" spans="1:3">
       <c r="A2152" s="1" t="inlineStr">
         <is>
-          <t>9786053434665</t>
+          <t>9786053435532</t>
         </is>
       </c>
       <c r="B2152" s="1" t="inlineStr">
         <is>
-          <t>50 Psikoloji Klasiği</t>
+          <t>Kızıl Yükseliş (Ciltli)</t>
         </is>
       </c>
       <c r="C2152" s="1">
-        <v>359</v>
+        <v>650</v>
       </c>
     </row>
     <row r="2153" spans="1:3">
       <c r="A2153" s="1" t="inlineStr">
         <is>
-          <t>9786053435327</t>
+          <t>9786053435174</t>
         </is>
       </c>
       <c r="B2153" s="1" t="inlineStr">
         <is>
-          <t>Hain Yüreğim</t>
+          <t>Kızıl Yükseliş</t>
         </is>
       </c>
       <c r="C2153" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2154" spans="1:3">
       <c r="A2154" s="1" t="inlineStr">
         <is>
-          <t>9786053432630</t>
+          <t>9786053435396</t>
         </is>
       </c>
       <c r="B2154" s="1" t="inlineStr">
         <is>
-          <t>Sana Sarılırsam Korkma</t>
+          <t>Rosie Projesi</t>
         </is>
       </c>
       <c r="C2154" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2155" spans="1:3">
       <c r="A2155" s="1" t="inlineStr">
         <is>
-          <t>9786053435877</t>
+          <t>9786053435150</t>
         </is>
       </c>
       <c r="B2155" s="1" t="inlineStr">
         <is>
-          <t>Meditasyon</t>
+          <t>Karanlıklar Şehri</t>
         </is>
       </c>
       <c r="C2155" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2156" spans="1:3">
       <c r="A2156" s="1" t="inlineStr">
         <is>
-          <t>9786053438076</t>
+          <t>9786053435419</t>
         </is>
       </c>
       <c r="B2156" s="1" t="inlineStr">
         <is>
-          <t>Kıllı Diyetçiler</t>
+          <t>Şampiyon (Ciltli)</t>
         </is>
       </c>
       <c r="C2156" s="1">
-        <v>299</v>
+        <v>699.98</v>
       </c>
     </row>
     <row r="2157" spans="1:3">
       <c r="A2157" s="1" t="inlineStr">
         <is>
-          <t>9786053437550</t>
+          <t>9786053435211</t>
         </is>
       </c>
       <c r="B2157" s="1" t="inlineStr">
         <is>
-          <t>Senden Geriye Kalan</t>
+          <t>Uyum Sağlama</t>
         </is>
       </c>
       <c r="C2157" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2158" spans="1:3">
       <c r="A2158" s="1" t="inlineStr">
         <is>
-          <t>9786053437475</t>
+          <t>9786053435358</t>
         </is>
       </c>
       <c r="B2158" s="1" t="inlineStr">
         <is>
-          <t>Telepati Serisi</t>
+          <t>Eksik Parça</t>
         </is>
       </c>
       <c r="C2158" s="1">
-        <v>897</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2159" spans="1:3">
       <c r="A2159" s="1" t="inlineStr">
         <is>
-          <t>9786053437857</t>
+          <t>9786053434900</t>
         </is>
       </c>
       <c r="B2159" s="1" t="inlineStr">
         <is>
-          <t>Nağmeler Sokağı</t>
+          <t>Kum Şehri</t>
         </is>
       </c>
       <c r="C2159" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2160" spans="1:3">
       <c r="A2160" s="1" t="inlineStr">
         <is>
-          <t>9786053438038</t>
+          <t>9786053435112</t>
         </is>
       </c>
       <c r="B2160" s="1" t="inlineStr">
         <is>
-          <t>Endülüslü Dost</t>
+          <t>Az Pişmiş Kelle</t>
         </is>
       </c>
       <c r="C2160" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2161" spans="1:3">
       <c r="A2161" s="1" t="inlineStr">
         <is>
-          <t>9786053437840</t>
+          <t>9786053434795</t>
         </is>
       </c>
       <c r="B2161" s="1" t="inlineStr">
         <is>
-          <t>Zero Zero Zero</t>
+          <t>Katil Olmayan Adam</t>
         </is>
       </c>
       <c r="C2161" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2162" spans="1:3">
       <c r="A2162" s="1" t="inlineStr">
         <is>
-          <t>9786053437086</t>
+          <t>9786053435464</t>
         </is>
       </c>
       <c r="B2162" s="1" t="inlineStr">
         <is>
-          <t>Ben, Earl ve Ölen Kız (Ciltli)</t>
+          <t>Ayrılık (Ciltli)</t>
         </is>
       </c>
       <c r="C2162" s="1">
-        <v>359</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2163" spans="1:3">
       <c r="A2163" s="1" t="inlineStr">
         <is>
-          <t>9786053437758</t>
+          <t>9786053434665</t>
         </is>
       </c>
       <c r="B2163" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Yalanlar (Ciltli)</t>
+          <t>50 Psikoloji Klasiği</t>
         </is>
       </c>
       <c r="C2163" s="1">
-        <v>399</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2164" spans="1:3">
       <c r="A2164" s="1" t="inlineStr">
         <is>
-          <t>9786053437420</t>
+          <t>9786053435327</t>
         </is>
       </c>
       <c r="B2164" s="1" t="inlineStr">
         <is>
-          <t>Bridget Jones Serisi Seti (3 Kitap)</t>
+          <t>Hain Yüreğim</t>
         </is>
       </c>
       <c r="C2164" s="1">
-        <v>897</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2165" spans="1:3">
       <c r="A2165" s="1" t="inlineStr">
         <is>
-          <t>9786053437604</t>
+          <t>9786053432630</t>
         </is>
       </c>
       <c r="B2165" s="1" t="inlineStr">
         <is>
-          <t>Millennium Serisi Seti</t>
+          <t>Sana Sarılırsam Korkma</t>
         </is>
       </c>
       <c r="C2165" s="1">
-        <v>1426</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2166" spans="1:3">
       <c r="A2166" s="1" t="inlineStr">
         <is>
-          <t>9786053436904</t>
+          <t>9786053435877</t>
         </is>
       </c>
       <c r="B2166" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Koleksiyoncusu</t>
+          <t>Meditasyon</t>
         </is>
       </c>
       <c r="C2166" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2167" spans="1:3">
       <c r="A2167" s="1" t="inlineStr">
         <is>
-          <t>9786053438359</t>
+          <t>9786053438076</t>
         </is>
       </c>
       <c r="B2167" s="1" t="inlineStr">
         <is>
-          <t>5. Dalga Serisi Kutulu Özel Set (2 Kitap)</t>
+          <t>Kıllı Diyetçiler</t>
         </is>
       </c>
       <c r="C2167" s="1">
-        <v>598</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2168" spans="1:3">
       <c r="A2168" s="1" t="inlineStr">
         <is>
-          <t>9786053434603</t>
+          <t>9786053437550</t>
         </is>
       </c>
       <c r="B2168" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Derviş</t>
+          <t>Senden Geriye Kalan</t>
         </is>
       </c>
       <c r="C2168" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2169" spans="1:3">
       <c r="A2169" s="1" t="inlineStr">
         <is>
-          <t>9786053432555</t>
+          <t>9786053437475</t>
         </is>
       </c>
       <c r="B2169" s="1" t="inlineStr">
         <is>
-          <t>Komplo</t>
+          <t>Telepati Serisi</t>
         </is>
       </c>
       <c r="C2169" s="1">
-        <v>299</v>
+        <v>897</v>
       </c>
     </row>
     <row r="2170" spans="1:3">
       <c r="A2170" s="1" t="inlineStr">
         <is>
-          <t>9786053432739</t>
+          <t>9786053437857</t>
         </is>
       </c>
       <c r="B2170" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kal (Ciltli)</t>
+          <t>Nağmeler Sokağı</t>
         </is>
       </c>
       <c r="C2170" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2171" spans="1:3">
       <c r="A2171" s="1" t="inlineStr">
         <is>
-          <t>9786053432715</t>
+          <t>9786053438038</t>
         </is>
       </c>
       <c r="B2171" s="1" t="inlineStr">
         <is>
-          <t>Elçi</t>
+          <t>Endülüslü Dost</t>
         </is>
       </c>
       <c r="C2171" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2172" spans="1:3">
       <c r="A2172" s="1" t="inlineStr">
         <is>
-          <t>9786053432661</t>
+          <t>9786053437840</t>
         </is>
       </c>
       <c r="B2172" s="1" t="inlineStr">
         <is>
-          <t>Harold Fry'ın Beklenmedik Yolculuğu</t>
+          <t>Zero Zero Zero</t>
         </is>
       </c>
       <c r="C2172" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2173" spans="1:3">
       <c r="A2173" s="1" t="inlineStr">
         <is>
-          <t>9786053435099</t>
+          <t>9786053437086</t>
         </is>
       </c>
       <c r="B2173" s="1" t="inlineStr">
         <is>
-          <t>Kafir</t>
+          <t>Ben, Earl ve Ölen Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C2173" s="1">
-        <v>319</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2174" spans="1:3">
       <c r="A2174" s="1" t="inlineStr">
         <is>
-          <t>9786053437512</t>
+          <t>9786053437758</t>
         </is>
       </c>
       <c r="B2174" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Ayaklı Kraliçe</t>
+          <t>Tehlikeli Yalanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C2174" s="1">
-        <v>369</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2175" spans="1:3">
       <c r="A2175" s="1" t="inlineStr">
         <is>
-          <t>9786053437543</t>
+          <t>9786053437420</t>
         </is>
       </c>
       <c r="B2175" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Jimnastiği</t>
+          <t>Bridget Jones Serisi Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C2175" s="1">
-        <v>299</v>
+        <v>897</v>
       </c>
     </row>
     <row r="2176" spans="1:3">
       <c r="A2176" s="1" t="inlineStr">
         <is>
-          <t>9786053438120</t>
+          <t>9786053437604</t>
         </is>
       </c>
       <c r="B2176" s="1" t="inlineStr">
         <is>
-          <t>Şok</t>
+          <t>Millennium Serisi Seti</t>
         </is>
       </c>
       <c r="C2176" s="1">
-        <v>299</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="2177" spans="1:3">
       <c r="A2177" s="1" t="inlineStr">
         <is>
-          <t>9786053438007</t>
+          <t>9786053436904</t>
         </is>
       </c>
       <c r="B2177" s="1" t="inlineStr">
         <is>
-          <t>Serseri Tutkular</t>
+          <t>Çocuk Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C2177" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2178" spans="1:3">
       <c r="A2178" s="1" t="inlineStr">
         <is>
-          <t>9786053432487</t>
+          <t>9786053438359</t>
         </is>
       </c>
       <c r="B2178" s="1" t="inlineStr">
         <is>
-          <t>Tapınak'ın Son Sırrı</t>
+          <t>5. Dalga Serisi Kutulu Özel Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C2178" s="1">
-        <v>299</v>
+        <v>598</v>
       </c>
     </row>
     <row r="2179" spans="1:3">
       <c r="A2179" s="1" t="inlineStr">
         <is>
-          <t>9786053432289</t>
+          <t>9786053434603</t>
         </is>
       </c>
       <c r="B2179" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Operası</t>
+          <t>Amerikan Derviş</t>
         </is>
       </c>
       <c r="C2179" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2180" spans="1:3">
       <c r="A2180" s="1" t="inlineStr">
         <is>
-          <t>9786053438175</t>
+          <t>9786053432555</t>
         </is>
       </c>
       <c r="B2180" s="1" t="inlineStr">
         <is>
-          <t>10 Günlük Yeşil Detoks Diyeti</t>
+          <t>Komplo</t>
         </is>
       </c>
       <c r="C2180" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2181" spans="1:3">
       <c r="A2181" s="1" t="inlineStr">
         <is>
-          <t>9786053438045</t>
+          <t>9786053432739</t>
         </is>
       </c>
       <c r="B2181" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kısa Arzu Sonsuz</t>
+          <t>Güçlü Kal (Ciltli)</t>
         </is>
       </c>
       <c r="C2181" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2182" spans="1:3">
       <c r="A2182" s="1" t="inlineStr">
         <is>
-          <t>9786053437833</t>
+          <t>9786053432715</t>
         </is>
       </c>
       <c r="B2182" s="1" t="inlineStr">
         <is>
-          <t>Yusufçuk</t>
+          <t>Elçi</t>
         </is>
       </c>
       <c r="C2182" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2183" spans="1:3">
       <c r="A2183" s="1" t="inlineStr">
         <is>
-          <t>9786053432593</t>
+          <t>9786053432661</t>
         </is>
       </c>
       <c r="B2183" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Okyanusu</t>
+          <t>Harold Fry'ın Beklenmedik Yolculuğu</t>
         </is>
       </c>
       <c r="C2183" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2184" spans="1:3">
       <c r="A2184" s="1" t="inlineStr">
         <is>
-          <t>9786053433620</t>
+          <t>9786053435099</t>
         </is>
       </c>
       <c r="B2184" s="1" t="inlineStr">
         <is>
-          <t>Guguk Kuşu</t>
+          <t>Kafir</t>
         </is>
       </c>
       <c r="C2184" s="1">
-        <v>500</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2185" spans="1:3">
       <c r="A2185" s="1" t="inlineStr">
         <is>
-          <t>9786053431008</t>
+          <t>9786053437512</t>
         </is>
       </c>
       <c r="B2185" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Kızım İçin</t>
+          <t>Çıplak Ayaklı Kraliçe</t>
         </is>
       </c>
       <c r="C2185" s="1">
-        <v>299</v>
+        <v>369</v>
       </c>
     </row>
     <row r="2186" spans="1:3">
       <c r="A2186" s="1" t="inlineStr">
         <is>
-          <t>9786053433590</t>
+          <t>9786053437543</t>
         </is>
       </c>
       <c r="B2186" s="1" t="inlineStr">
         <is>
-          <t>Kilo Almadan Sigarayı Bugün Bırakın</t>
+          <t>Felsefe Jimnastiği</t>
         </is>
       </c>
       <c r="C2186" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2187" spans="1:3">
       <c r="A2187" s="1" t="inlineStr">
         <is>
-          <t>9786053433613</t>
+          <t>9786053438120</t>
         </is>
       </c>
       <c r="B2187" s="1" t="inlineStr">
         <is>
-          <t>Stres Kontrolü</t>
+          <t>Şok</t>
         </is>
       </c>
       <c r="C2187" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2188" spans="1:3">
       <c r="A2188" s="1" t="inlineStr">
         <is>
-          <t>9786053433606</t>
+          <t>9786053438007</t>
         </is>
       </c>
       <c r="B2188" s="1" t="inlineStr">
         <is>
-          <t>Yırt At</t>
+          <t>Serseri Tutkular</t>
         </is>
       </c>
       <c r="C2188" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2189" spans="1:3">
       <c r="A2189" s="1" t="inlineStr">
         <is>
-          <t>9786053433439</t>
+          <t>9786053432487</t>
         </is>
       </c>
       <c r="B2189" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Peşinde</t>
+          <t>Tapınak'ın Son Sırrı</t>
         </is>
       </c>
       <c r="C2189" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2190" spans="1:3">
       <c r="A2190" s="1" t="inlineStr">
         <is>
-          <t>9786053434870</t>
+          <t>9786053432289</t>
         </is>
       </c>
       <c r="B2190" s="1" t="inlineStr">
         <is>
-          <t>İkilem</t>
+          <t>Gökkuşağı Operası</t>
         </is>
       </c>
       <c r="C2190" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2191" spans="1:3">
       <c r="A2191" s="1" t="inlineStr">
         <is>
-          <t>9786053432463</t>
+          <t>9786053438175</t>
         </is>
       </c>
       <c r="B2191" s="1" t="inlineStr">
         <is>
-          <t>Reenkarnasyoncu</t>
+          <t>10 Günlük Yeşil Detoks Diyeti</t>
         </is>
       </c>
       <c r="C2191" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2192" spans="1:3">
       <c r="A2192" s="1" t="inlineStr">
         <is>
-          <t>9786053432500</t>
+          <t>9786053438045</t>
         </is>
       </c>
       <c r="B2192" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Nasıl Başarılı Olur</t>
+          <t>Hayat Kısa Arzu Sonsuz</t>
         </is>
       </c>
       <c r="C2192" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2193" spans="1:3">
       <c r="A2193" s="1" t="inlineStr">
         <is>
-          <t>9786053437918</t>
+          <t>9786053437833</t>
         </is>
       </c>
       <c r="B2193" s="1" t="inlineStr">
         <is>
-          <t>Mesele Ne Kadar İyi Olduğun Değil, Ne Kadar İyi Olmak İstediğin</t>
+          <t>Yusufçuk</t>
         </is>
       </c>
       <c r="C2193" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2194" spans="1:3">
       <c r="A2194" s="1" t="inlineStr">
         <is>
-          <t>9786053436157</t>
+          <t>9786053432593</t>
         </is>
       </c>
       <c r="B2194" s="1" t="inlineStr">
         <is>
-          <t>Farz Edelim ki</t>
+          <t>Ölüm Okyanusu</t>
         </is>
       </c>
       <c r="C2194" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2195" spans="1:3">
       <c r="A2195" s="1" t="inlineStr">
         <is>
-          <t>9786053433576</t>
+          <t>9786053433620</t>
         </is>
       </c>
       <c r="B2195" s="1" t="inlineStr">
         <is>
-          <t>İnfazcı</t>
+          <t>Guguk Kuşu</t>
         </is>
       </c>
       <c r="C2195" s="1">
-        <v>299</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2196" spans="1:3">
       <c r="A2196" s="1" t="inlineStr">
         <is>
-          <t>9786053433200</t>
+          <t>9786053431008</t>
         </is>
       </c>
       <c r="B2196" s="1" t="inlineStr">
         <is>
-          <t>HHhH</t>
+          <t>Her Şey Kızım İçin</t>
         </is>
       </c>
       <c r="C2196" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2197" spans="1:3">
       <c r="A2197" s="1" t="inlineStr">
         <is>
-          <t>9786053433224</t>
+          <t>9786053433590</t>
         </is>
       </c>
       <c r="B2197" s="1" t="inlineStr">
         <is>
-          <t>Los Angeles Şekeri</t>
+          <t>Kilo Almadan Sigarayı Bugün Bırakın</t>
         </is>
       </c>
       <c r="C2197" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2198" spans="1:3">
       <c r="A2198" s="1" t="inlineStr">
         <is>
-          <t>9786053433187</t>
+          <t>9786053433613</t>
         </is>
       </c>
       <c r="B2198" s="1" t="inlineStr">
         <is>
-          <t>Yetimlerin Efendisi'nin Oğlu</t>
+          <t>Stres Kontrolü</t>
         </is>
       </c>
       <c r="C2198" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2199" spans="1:3">
       <c r="A2199" s="1" t="inlineStr">
         <is>
-          <t>9786053433415</t>
+          <t>9786053433606</t>
         </is>
       </c>
       <c r="B2199" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Kalbim</t>
+          <t>Yırt At</t>
         </is>
       </c>
       <c r="C2199" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2200" spans="1:3">
       <c r="A2200" s="1" t="inlineStr">
         <is>
-          <t>9786053433125</t>
+          <t>9786053433439</t>
         </is>
       </c>
       <c r="B2200" s="1" t="inlineStr">
         <is>
-          <t>Harika Haftalar</t>
+          <t>Aşkın Peşinde</t>
         </is>
       </c>
       <c r="C2200" s="1">
-        <v>599</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2201" spans="1:3">
       <c r="A2201" s="1" t="inlineStr">
         <is>
-          <t>9786053433460</t>
+          <t>9786053434870</t>
         </is>
       </c>
       <c r="B2201" s="1" t="inlineStr">
         <is>
-          <t>İhtiras Tutsağı</t>
+          <t>İkilem</t>
         </is>
       </c>
       <c r="C2201" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2202" spans="1:3">
       <c r="A2202" s="1" t="inlineStr">
         <is>
-          <t>9786053432425</t>
+          <t>9786053432463</t>
         </is>
       </c>
       <c r="B2202" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüyle Konuşan Çocuk</t>
+          <t>Reenkarnasyoncu</t>
         </is>
       </c>
       <c r="C2202" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2203" spans="1:3">
       <c r="A2203" s="1" t="inlineStr">
         <is>
-          <t>9786053432456</t>
+          <t>9786053432500</t>
         </is>
       </c>
       <c r="B2203" s="1" t="inlineStr">
         <is>
-          <t>Psikopat Testi</t>
+          <t>Çocuklar Nasıl Başarılı Olur</t>
         </is>
       </c>
       <c r="C2203" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="2204" spans="1:3">
       <c r="A2204" s="1" t="inlineStr">
         <is>
-          <t>9786053432005</t>
+          <t>9786053437918</t>
         </is>
       </c>
       <c r="B2204" s="1" t="inlineStr">
         <is>
-          <t>Seni Her Şeyin Mümkün Olduğu Bir Yere Götüreceğim</t>
+          <t>Mesele Ne Kadar İyi Olduğun Değil, Ne Kadar İyi Olmak İstediğin</t>
         </is>
       </c>
       <c r="C2204" s="1">
-        <v>280</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2205" spans="1:3">
       <c r="A2205" s="1" t="inlineStr">
         <is>
-          <t>9786053431688</t>
+          <t>9786053436157</t>
         </is>
       </c>
       <c r="B2205" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Tutkular (Ciltli)</t>
+          <t>Farz Edelim ki</t>
         </is>
       </c>
       <c r="C2205" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2206" spans="1:3">
       <c r="A2206" s="1" t="inlineStr">
         <is>
-          <t>9786053432340</t>
+          <t>9786053433576</t>
         </is>
       </c>
       <c r="B2206" s="1" t="inlineStr">
         <is>
-          <t>Sırlar</t>
+          <t>İnfazcı</t>
         </is>
       </c>
       <c r="C2206" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2207" spans="1:3">
       <c r="A2207" s="1" t="inlineStr">
         <is>
-          <t>9786053433378</t>
+          <t>9786053433200</t>
         </is>
       </c>
       <c r="B2207" s="1" t="inlineStr">
         <is>
-          <t>Lavanta Kokulu Sabahlar</t>
+          <t>HHhH</t>
         </is>
       </c>
       <c r="C2207" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2208" spans="1:3">
       <c r="A2208" s="1" t="inlineStr">
         <is>
-          <t>9786053433064</t>
+          <t>9786053433224</t>
         </is>
       </c>
       <c r="B2208" s="1" t="inlineStr">
         <is>
-          <t>Bu Yıldız Asla Sönmeyecek</t>
+          <t>Los Angeles Şekeri</t>
         </is>
       </c>
       <c r="C2208" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2209" spans="1:3">
       <c r="A2209" s="1" t="inlineStr">
         <is>
-          <t>9786053432654</t>
+          <t>9786053433187</t>
         </is>
       </c>
       <c r="B2209" s="1" t="inlineStr">
         <is>
-          <t>D Vitamini Devrimi</t>
+          <t>Yetimlerin Efendisi'nin Oğlu</t>
         </is>
       </c>
       <c r="C2209" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2210" spans="1:3">
       <c r="A2210" s="1" t="inlineStr">
         <is>
-          <t>9786053432432</t>
+          <t>9786053433415</t>
         </is>
       </c>
       <c r="B2210" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Nöbeti</t>
+          <t>Ah Şu Kalbim</t>
         </is>
       </c>
       <c r="C2210" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2211" spans="1:3">
       <c r="A2211" s="1" t="inlineStr">
         <is>
-          <t>9786053432760</t>
+          <t>9786053433125</t>
         </is>
       </c>
       <c r="B2211" s="1" t="inlineStr">
         <is>
-          <t>Fildişi İmparatorluğu</t>
+          <t>Harika Haftalar</t>
         </is>
       </c>
       <c r="C2211" s="1">
-        <v>299</v>
+        <v>599</v>
       </c>
     </row>
     <row r="2212" spans="1:3">
       <c r="A2212" s="1" t="inlineStr">
         <is>
-          <t>9786053430254</t>
+          <t>9786053433460</t>
         </is>
       </c>
       <c r="B2212" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Olmaz</t>
+          <t>İhtiras Tutsağı</t>
         </is>
       </c>
       <c r="C2212" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2213" spans="1:3">
       <c r="A2213" s="1" t="inlineStr">
         <is>
-          <t>9786053430247</t>
+          <t>9786053432425</t>
         </is>
       </c>
       <c r="B2213" s="1" t="inlineStr">
         <is>
-          <t>Seninle Bir Gece</t>
+          <t>Gökyüzüyle Konuşan Çocuk</t>
         </is>
       </c>
       <c r="C2213" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2214" spans="1:3">
       <c r="A2214" s="1" t="inlineStr">
         <is>
-          <t>9786054263981</t>
+          <t>9786053432456</t>
         </is>
       </c>
       <c r="B2214" s="1" t="inlineStr">
         <is>
-          <t>Canavar</t>
+          <t>Psikopat Testi</t>
         </is>
       </c>
       <c r="C2214" s="1">
-        <v>249</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2215" spans="1:3">
       <c r="A2215" s="1" t="inlineStr">
         <is>
-          <t>9786053432470</t>
+          <t>9786053432005</t>
         </is>
       </c>
       <c r="B2215" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Seni Her Şeyin Mümkün Olduğu Bir Yere Götüreceğim</t>
         </is>
       </c>
       <c r="C2215" s="1">
-        <v>249</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2216" spans="1:3">
       <c r="A2216" s="1" t="inlineStr">
         <is>
-          <t>9786053432623</t>
+          <t>9786053431688</t>
         </is>
       </c>
       <c r="B2216" s="1" t="inlineStr">
         <is>
-          <t>İsa'nın Gelinleri</t>
+          <t>Karanlık Tutkular (Ciltli)</t>
         </is>
       </c>
       <c r="C2216" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2217" spans="1:3">
       <c r="A2217" s="1" t="inlineStr">
         <is>
-          <t>9786055289928</t>
+          <t>9786053432340</t>
         </is>
       </c>
       <c r="B2217" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Mürit</t>
+          <t>Sırlar</t>
         </is>
       </c>
       <c r="C2217" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2218" spans="1:3">
       <c r="A2218" s="1" t="inlineStr">
         <is>
-          <t>9786053432449</t>
+          <t>9786053433378</t>
         </is>
       </c>
       <c r="B2218" s="1" t="inlineStr">
         <is>
-          <t>Oyunbaz</t>
+          <t>Lavanta Kokulu Sabahlar</t>
         </is>
       </c>
       <c r="C2218" s="1">
-        <v>400</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2219" spans="1:3">
       <c r="A2219" s="1" t="inlineStr">
         <is>
-          <t>9786053431312</t>
+          <t>9786053433064</t>
         </is>
       </c>
       <c r="B2219" s="1" t="inlineStr">
         <is>
-          <t>Kan Hasadı</t>
+          <t>Bu Yıldız Asla Sönmeyecek</t>
         </is>
       </c>
       <c r="C2219" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2220" spans="1:3">
       <c r="A2220" s="1" t="inlineStr">
         <is>
-          <t>9786054263967</t>
+          <t>9786053432654</t>
         </is>
       </c>
       <c r="B2220" s="1" t="inlineStr">
         <is>
-          <t>Yeşim Taht</t>
+          <t>D Vitamini Devrimi</t>
         </is>
       </c>
       <c r="C2220" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2221" spans="1:3">
       <c r="A2221" s="1" t="inlineStr">
         <is>
-          <t>9786055360559</t>
+          <t>9786053432432</t>
         </is>
       </c>
       <c r="B2221" s="1" t="inlineStr">
         <is>
-          <t>Gördüğünüzü Nasıl Çizersiniz?</t>
+          <t>Gündüz Nöbeti</t>
         </is>
       </c>
       <c r="C2221" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2222" spans="1:3">
       <c r="A2222" s="1" t="inlineStr">
         <is>
-          <t>9786055360269</t>
+          <t>9786053432760</t>
         </is>
       </c>
       <c r="B2222" s="1" t="inlineStr">
         <is>
-          <t>Sultan'dan Atatürk'e Türkiye</t>
+          <t>Fildişi İmparatorluğu</t>
         </is>
       </c>
       <c r="C2222" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2223" spans="1:3">
       <c r="A2223" s="1" t="inlineStr">
         <is>
-          <t>9786055289447</t>
+          <t>9786053430254</t>
         </is>
       </c>
       <c r="B2223" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Aşk Borçlusun</t>
+          <t>Sensiz Olmaz</t>
         </is>
       </c>
       <c r="C2223" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2224" spans="1:3">
       <c r="A2224" s="1" t="inlineStr">
         <is>
-          <t>9786053430964</t>
+          <t>9786053430247</t>
         </is>
       </c>
       <c r="B2224" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bisikletli Beyaz Kadın</t>
+          <t>Seninle Bir Gece</t>
         </is>
       </c>
       <c r="C2224" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2225" spans="1:3">
       <c r="A2225" s="1" t="inlineStr">
         <is>
-          <t>9786053430827</t>
+          <t>9786054263981</t>
         </is>
       </c>
       <c r="B2225" s="1" t="inlineStr">
         <is>
-          <t>Summer - Güzel Ölüler Serisi 3.Kitap</t>
+          <t>Canavar</t>
         </is>
       </c>
       <c r="C2225" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="2226" spans="1:3">
       <c r="A2226" s="1" t="inlineStr">
         <is>
-          <t>9786055360764</t>
+          <t>9786053432470</t>
         </is>
       </c>
       <c r="B2226" s="1" t="inlineStr">
         <is>
-          <t>Arizona- Güzel Ölüler Serisi 2. Kitap</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C2226" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="2227" spans="1:3">
       <c r="A2227" s="1" t="inlineStr">
         <is>
-          <t>9786054456147</t>
+          <t>9786053432623</t>
         </is>
       </c>
       <c r="B2227" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles İle Bir Karıncayiyen Washington'a Gider</t>
+          <t>İsa'nın Gelinleri</t>
         </is>
       </c>
       <c r="C2227" s="1">
-        <v>375</v>
+        <v>329</v>
       </c>
     </row>
     <row r="2228" spans="1:3">
       <c r="A2228" s="1" t="inlineStr">
         <is>
-          <t>9786054456567</t>
+          <t>9786055289928</t>
         </is>
       </c>
       <c r="B2228" s="1" t="inlineStr">
         <is>
-          <t>Filozofun Çırağı</t>
+          <t>Kayıp Mürit</t>
         </is>
       </c>
       <c r="C2228" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2229" spans="1:3">
       <c r="A2229" s="1" t="inlineStr">
         <is>
-          <t>9786055360344</t>
+          <t>9786053432449</t>
         </is>
       </c>
       <c r="B2229" s="1" t="inlineStr">
         <is>
-          <t>AKP Neden Kazanır? CHP Neden Kaybeder?</t>
+          <t>Oyunbaz</t>
         </is>
       </c>
       <c r="C2229" s="1">
-        <v>319</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2230" spans="1:3">
       <c r="A2230" s="1" t="inlineStr">
         <is>
-          <t>9786054456253</t>
+          <t>9786053431312</t>
         </is>
       </c>
       <c r="B2230" s="1" t="inlineStr">
         <is>
-          <t>Teyzem Latife</t>
+          <t>Kan Hasadı</t>
         </is>
       </c>
       <c r="C2230" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2231" spans="1:3">
       <c r="A2231" s="1" t="inlineStr">
         <is>
-          <t>9786055289164</t>
+          <t>9786054263967</t>
         </is>
       </c>
       <c r="B2231" s="1" t="inlineStr">
         <is>
-          <t>Modern Bir Rahibin İtirafları</t>
+          <t>Yeşim Taht</t>
         </is>
       </c>
       <c r="C2231" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2232" spans="1:3">
       <c r="A2232" s="1" t="inlineStr">
         <is>
-          <t>9786053430919</t>
+          <t>9786055360559</t>
         </is>
       </c>
       <c r="B2232" s="1" t="inlineStr">
         <is>
-          <t>Aşkta ve Savaşta</t>
+          <t>Gördüğünüzü Nasıl Çizersiniz?</t>
         </is>
       </c>
       <c r="C2232" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2233" spans="1:3">
       <c r="A2233" s="1" t="inlineStr">
         <is>
-          <t>9786054456284</t>
+          <t>9786055360269</t>
         </is>
       </c>
       <c r="B2233" s="1" t="inlineStr">
         <is>
-          <t>Aşkta İlk Çeyrek</t>
+          <t>Sultan'dan Atatürk'e Türkiye</t>
         </is>
       </c>
       <c r="C2233" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2234" spans="1:3">
       <c r="A2234" s="1" t="inlineStr">
         <is>
-          <t>9786054456130</t>
+          <t>9786055289447</t>
         </is>
       </c>
       <c r="B2234" s="1" t="inlineStr">
         <is>
-          <t>Gazze'nin Gözyaşları</t>
+          <t>Bana Bir Aşk Borçlusun</t>
         </is>
       </c>
       <c r="C2234" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2235" spans="1:3">
       <c r="A2235" s="1" t="inlineStr">
         <is>
-          <t>9786055289867</t>
+          <t>9786053430964</t>
         </is>
       </c>
       <c r="B2235" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Günahlar</t>
+          <t>Yeşil Bisikletli Beyaz Kadın</t>
         </is>
       </c>
       <c r="C2235" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2236" spans="1:3">
       <c r="A2236" s="1" t="inlineStr">
         <is>
-          <t>9786055943424</t>
+          <t>9786053430827</t>
         </is>
       </c>
       <c r="B2236" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Mesajı</t>
+          <t>Summer - Güzel Ölüler Serisi 3.Kitap</t>
         </is>
       </c>
       <c r="C2236" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2237" spans="1:3">
       <c r="A2237" s="1" t="inlineStr">
         <is>
-          <t>9786055289713</t>
+          <t>9786055360764</t>
         </is>
       </c>
       <c r="B2237" s="1" t="inlineStr">
         <is>
-          <t>Söz Dinlemez Kalbim</t>
+          <t>Arizona- Güzel Ölüler Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C2237" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2238" spans="1:3">
       <c r="A2238" s="1" t="inlineStr">
         <is>
-          <t>9786053430599</t>
+          <t>9786054456147</t>
         </is>
       </c>
       <c r="B2238" s="1" t="inlineStr">
         <is>
-          <t>Aşkın İki Yüzü</t>
+          <t>Aristoteles İle Bir Karıncayiyen Washington'a Gider</t>
         </is>
       </c>
       <c r="C2238" s="1">
-        <v>269</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2239" spans="1:3">
       <c r="A2239" s="1" t="inlineStr">
         <is>
-          <t>9786053430551</t>
+          <t>9786054456567</t>
         </is>
       </c>
       <c r="B2239" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Şifresi</t>
+          <t>Filozofun Çırağı</t>
         </is>
       </c>
       <c r="C2239" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2240" spans="1:3">
       <c r="A2240" s="1" t="inlineStr">
         <is>
-          <t>9786053430582</t>
+          <t>9786055360344</t>
         </is>
       </c>
       <c r="B2240" s="1" t="inlineStr">
         <is>
-          <t>Gönül Avcısı</t>
+          <t>AKP Neden Kazanır? CHP Neden Kaybeder?</t>
         </is>
       </c>
       <c r="C2240" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2241" spans="1:3">
       <c r="A2241" s="1" t="inlineStr">
         <is>
-          <t>9786053430544</t>
+          <t>9786054456253</t>
         </is>
       </c>
       <c r="B2241" s="1" t="inlineStr">
         <is>
-          <t>Limit</t>
+          <t>Teyzem Latife</t>
         </is>
       </c>
       <c r="C2241" s="1">
-        <v>429</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2242" spans="1:3">
       <c r="A2242" s="1" t="inlineStr">
         <is>
-          <t>9786053430513</t>
+          <t>9786055289164</t>
         </is>
       </c>
       <c r="B2242" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Bilgeliği</t>
+          <t>Modern Bir Rahibin İtirafları</t>
         </is>
       </c>
       <c r="C2242" s="1">
-        <v>249</v>
+        <v>99</v>
       </c>
     </row>
     <row r="2243" spans="1:3">
       <c r="A2243" s="1" t="inlineStr">
         <is>
-          <t>9786055360733</t>
+          <t>9786053430919</t>
         </is>
       </c>
       <c r="B2243" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>Aşkta ve Savaşta</t>
         </is>
       </c>
       <c r="C2243" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2244" spans="1:3">
       <c r="A2244" s="1" t="inlineStr">
         <is>
-          <t>9786054456383</t>
+          <t>9786054456284</t>
         </is>
       </c>
       <c r="B2244" s="1" t="inlineStr">
         <is>
-          <t>Erebos</t>
+          <t>Aşkta İlk Çeyrek</t>
         </is>
       </c>
       <c r="C2244" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2245" spans="1:3">
       <c r="A2245" s="1" t="inlineStr">
         <is>
-          <t>9786053430759</t>
+          <t>9786054456130</t>
         </is>
       </c>
       <c r="B2245" s="1" t="inlineStr">
         <is>
-          <t>Lenobia'nın Yemini</t>
+          <t>Gazze'nin Gözyaşları</t>
         </is>
       </c>
       <c r="C2245" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2246" spans="1:3">
       <c r="A2246" s="1" t="inlineStr">
         <is>
-          <t>9786054263196</t>
+          <t>9786055289867</t>
         </is>
       </c>
       <c r="B2246" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Ölümcül Günahlar</t>
         </is>
       </c>
       <c r="C2246" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2247" spans="1:3">
       <c r="A2247" s="1" t="inlineStr">
         <is>
-          <t>9786054456963</t>
+          <t>9786055943424</t>
         </is>
       </c>
       <c r="B2247" s="1" t="inlineStr">
         <is>
-          <t>Başka Sorusu Olan?</t>
+          <t>Ölüm Mesajı</t>
         </is>
       </c>
       <c r="C2247" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2248" spans="1:3">
       <c r="A2248" s="1" t="inlineStr">
         <is>
-          <t>9786054456598</t>
+          <t>9786055289713</t>
         </is>
       </c>
       <c r="B2248" s="1" t="inlineStr">
         <is>
-          <t>Kehanet</t>
+          <t>Söz Dinlemez Kalbim</t>
         </is>
       </c>
       <c r="C2248" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2249" spans="1:3">
       <c r="A2249" s="1" t="inlineStr">
         <is>
-          <t>9786053430216</t>
+          <t>9786053430599</t>
         </is>
       </c>
       <c r="B2249" s="1" t="inlineStr">
         <is>
-          <t>Hush Hush Serisi Set (Kutulu) (Ciltli)</t>
+          <t>Aşkın İki Yüzü</t>
         </is>
       </c>
       <c r="C2249" s="1">
-        <v>1596</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2250" spans="1:3">
       <c r="A2250" s="1" t="inlineStr">
         <is>
-          <t>9786055289652</t>
+          <t>9786053430551</t>
         </is>
       </c>
       <c r="B2250" s="1" t="inlineStr">
         <is>
-          <t>Tuzak - Dönüşüm Serisi 4</t>
+          <t>İstanbul Şifresi</t>
         </is>
       </c>
       <c r="C2250" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2251" spans="1:3">
       <c r="A2251" s="1" t="inlineStr">
         <is>
-          <t>9786055943769</t>
+          <t>9786053430582</t>
         </is>
       </c>
       <c r="B2251" s="1" t="inlineStr">
         <is>
-          <t>Özel Hasta</t>
+          <t>Gönül Avcısı</t>
         </is>
       </c>
       <c r="C2251" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2252" spans="1:3">
       <c r="A2252" s="1" t="inlineStr">
         <is>
+          <t>9786053430544</t>
+        </is>
+      </c>
+      <c r="B2252" s="1" t="inlineStr">
+        <is>
+          <t>Limit</t>
+        </is>
+      </c>
+      <c r="C2252" s="1">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="2253" spans="1:3">
+      <c r="A2253" s="1" t="inlineStr">
+        <is>
+          <t>9786053430513</t>
+        </is>
+      </c>
+      <c r="B2253" s="1" t="inlineStr">
+        <is>
+          <t>Liderlik Bilgeliği</t>
+        </is>
+      </c>
+      <c r="C2253" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="2254" spans="1:3">
+      <c r="A2254" s="1" t="inlineStr">
+        <is>
+          <t>9786055360733</t>
+        </is>
+      </c>
+      <c r="B2254" s="1" t="inlineStr">
+        <is>
+          <t>Boşluk</t>
+        </is>
+      </c>
+      <c r="C2254" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="2255" spans="1:3">
+      <c r="A2255" s="1" t="inlineStr">
+        <is>
+          <t>9786054456383</t>
+        </is>
+      </c>
+      <c r="B2255" s="1" t="inlineStr">
+        <is>
+          <t>Erebos</t>
+        </is>
+      </c>
+      <c r="C2255" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2256" spans="1:3">
+      <c r="A2256" s="1" t="inlineStr">
+        <is>
+          <t>9786053430759</t>
+        </is>
+      </c>
+      <c r="B2256" s="1" t="inlineStr">
+        <is>
+          <t>Lenobia'nın Yemini</t>
+        </is>
+      </c>
+      <c r="C2256" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="2257" spans="1:3">
+      <c r="A2257" s="1" t="inlineStr">
+        <is>
+          <t>9786054263196</t>
+        </is>
+      </c>
+      <c r="B2257" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul</t>
+        </is>
+      </c>
+      <c r="C2257" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2258" spans="1:3">
+      <c r="A2258" s="1" t="inlineStr">
+        <is>
+          <t>9786054456963</t>
+        </is>
+      </c>
+      <c r="B2258" s="1" t="inlineStr">
+        <is>
+          <t>Başka Sorusu Olan?</t>
+        </is>
+      </c>
+      <c r="C2258" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2259" spans="1:3">
+      <c r="A2259" s="1" t="inlineStr">
+        <is>
+          <t>9786054456598</t>
+        </is>
+      </c>
+      <c r="B2259" s="1" t="inlineStr">
+        <is>
+          <t>Kehanet</t>
+        </is>
+      </c>
+      <c r="C2259" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2260" spans="1:3">
+      <c r="A2260" s="1" t="inlineStr">
+        <is>
+          <t>9786053430216</t>
+        </is>
+      </c>
+      <c r="B2260" s="1" t="inlineStr">
+        <is>
+          <t>Hush Hush Serisi Set (Kutulu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2260" s="1">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="2261" spans="1:3">
+      <c r="A2261" s="1" t="inlineStr">
+        <is>
+          <t>9786055289652</t>
+        </is>
+      </c>
+      <c r="B2261" s="1" t="inlineStr">
+        <is>
+          <t>Tuzak - Dönüşüm Serisi 4</t>
+        </is>
+      </c>
+      <c r="C2261" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2262" spans="1:3">
+      <c r="A2262" s="1" t="inlineStr">
+        <is>
+          <t>9786055943769</t>
+        </is>
+      </c>
+      <c r="B2262" s="1" t="inlineStr">
+        <is>
+          <t>Özel Hasta</t>
+        </is>
+      </c>
+      <c r="C2262" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2263" spans="1:3">
+      <c r="A2263" s="1" t="inlineStr">
+        <is>
           <t>9786054456581</t>
         </is>
       </c>
-      <c r="B2252" s="2" t="inlineStr">
+      <c r="B2263" s="2" t="inlineStr">
         <is>
           <t>Nijura
 Elf Tacının Varisi</t>
         </is>
       </c>
-      <c r="C2252" s="1">
-[...163 lines deleted...]
-      </c>
       <c r="C2263" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2264" spans="1:3">
       <c r="A2264" s="1" t="inlineStr">
         <is>
-          <t>9786053432012</t>
+          <t>9786053431428</t>
         </is>
       </c>
       <c r="B2264" s="1" t="inlineStr">
         <is>
-          <t>Zar Kitabı</t>
+          <t>Stalin'in İnekleri</t>
         </is>
       </c>
       <c r="C2264" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2265" spans="1:3">
       <c r="A2265" s="1" t="inlineStr">
         <is>
-          <t>9786053432241</t>
+          <t>9786053431282</t>
         </is>
       </c>
       <c r="B2265" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Gündüz Bir Tutam Gece</t>
+          <t>Kaplumbağaların Yavaş Valsi</t>
         </is>
       </c>
       <c r="C2265" s="1">
-        <v>319</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2266" spans="1:3">
       <c r="A2266" s="1" t="inlineStr">
         <is>
-          <t>9786053431978</t>
+          <t>9786053434009</t>
         </is>
       </c>
       <c r="B2266" s="1" t="inlineStr">
         <is>
-          <t>Skandal Evlilik</t>
+          <t>Eve Dön</t>
         </is>
       </c>
       <c r="C2266" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2267" spans="1:3">
       <c r="A2267" s="1" t="inlineStr">
         <is>
-          <t>9786053431633</t>
+          <t>9786053432128</t>
         </is>
       </c>
       <c r="B2267" s="1" t="inlineStr">
         <is>
-          <t>Adrenalin</t>
+          <t>Suflör</t>
         </is>
       </c>
       <c r="C2267" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2268" spans="1:3">
       <c r="A2268" s="1" t="inlineStr">
         <is>
-          <t>9786053431893</t>
+          <t>9786053431671</t>
         </is>
       </c>
       <c r="B2268" s="1" t="inlineStr">
         <is>
-          <t>Labirent: Ölümcül Kaçış</t>
+          <t>İçgüdü</t>
         </is>
       </c>
       <c r="C2268" s="1">
-        <v>425</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2269" spans="1:3">
       <c r="A2269" s="1" t="inlineStr">
         <is>
-          <t>9786053432197</t>
+          <t>9786053432098</t>
         </is>
       </c>
       <c r="B2269" s="1" t="inlineStr">
         <is>
-          <t>Cüceler</t>
+          <t>Bir Trilyon Dolar</t>
         </is>
       </c>
       <c r="C2269" s="1">
-        <v>359</v>
+        <v>389</v>
       </c>
     </row>
     <row r="2270" spans="1:3">
       <c r="A2270" s="1" t="inlineStr">
         <is>
-          <t>9786053437413</t>
+          <t>9786053431565</t>
         </is>
       </c>
       <c r="B2270" s="1" t="inlineStr">
         <is>
-          <t>Beklenti</t>
+          <t>Direniş</t>
         </is>
       </c>
       <c r="C2270" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2271" spans="1:3">
       <c r="A2271" s="1" t="inlineStr">
         <is>
-          <t>9786053437260</t>
+          <t>9786053432111</t>
         </is>
       </c>
       <c r="B2271" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Kabus</t>
         </is>
       </c>
       <c r="C2271" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="2272" spans="1:3">
       <c r="A2272" s="1" t="inlineStr">
         <is>
-          <t>9786053431374</t>
+          <t>9786053432104</t>
         </is>
       </c>
       <c r="B2272" s="1" t="inlineStr">
         <is>
-          <t>Hayatınıza Yeni Bir Sayfa Açın</t>
+          <t>Tanrı'nın Formülü</t>
         </is>
       </c>
       <c r="C2272" s="1">
-        <v>249</v>
+        <v>339</v>
       </c>
     </row>
     <row r="2273" spans="1:3">
       <c r="A2273" s="1" t="inlineStr">
         <is>
-          <t>9786053437208</t>
+          <t>9786053432074</t>
         </is>
       </c>
       <c r="B2273" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Varlığına Dair 36 Argüman</t>
+          <t>Mucizeler Çağı (Ciltli)</t>
         </is>
       </c>
       <c r="C2273" s="1">
-        <v>319</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2274" spans="1:3">
       <c r="A2274" s="1" t="inlineStr">
         <is>
-          <t>9786053438458</t>
+          <t>9786053432272</t>
         </is>
       </c>
       <c r="B2274" s="1" t="inlineStr">
         <is>
-          <t>Gelinler</t>
+          <t>Aşka Teslim</t>
         </is>
       </c>
       <c r="C2274" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2275" spans="1:3">
       <c r="A2275" s="1" t="inlineStr">
         <is>
-          <t>9786053438526</t>
+          <t>9786053432012</t>
         </is>
       </c>
       <c r="B2275" s="1" t="inlineStr">
         <is>
-          <t>Seni Özlüyorum</t>
+          <t>Zar Kitabı</t>
         </is>
       </c>
       <c r="C2275" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2276" spans="1:3">
       <c r="A2276" s="1" t="inlineStr">
         <is>
-          <t>9786053438441</t>
+          <t>9786053432241</t>
         </is>
       </c>
       <c r="B2276" s="1" t="inlineStr">
         <is>
-          <t>Paris'te Bir Akşam</t>
+          <t>Bir Tutam Gündüz Bir Tutam Gece</t>
         </is>
       </c>
       <c r="C2276" s="1">
-        <v>269</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2277" spans="1:3">
       <c r="A2277" s="1" t="inlineStr">
         <is>
-          <t>9786053438649</t>
+          <t>9786053431978</t>
         </is>
       </c>
       <c r="B2277" s="1" t="inlineStr">
         <is>
-          <t>Ebedi</t>
+          <t>Skandal Evlilik</t>
         </is>
       </c>
       <c r="C2277" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2278" spans="1:3">
       <c r="A2278" s="1" t="inlineStr">
         <is>
-          <t>9786053438090</t>
+          <t>9786053431633</t>
         </is>
       </c>
       <c r="B2278" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Meditasyon</t>
+          <t>Adrenalin</t>
         </is>
       </c>
       <c r="C2278" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2279" spans="1:3">
       <c r="A2279" s="1" t="inlineStr">
         <is>
-          <t>9786053438557</t>
+          <t>9786053431893</t>
         </is>
       </c>
       <c r="B2279" s="1" t="inlineStr">
         <is>
-          <t>Yasemin Kokusu</t>
+          <t>Labirent: Ölümcül Kaçış</t>
         </is>
       </c>
       <c r="C2279" s="1">
-        <v>299</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2280" spans="1:3">
       <c r="A2280" s="1" t="inlineStr">
         <is>
-          <t>9786053438397</t>
+          <t>9786053432197</t>
         </is>
       </c>
       <c r="B2280" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Yalan</t>
+          <t>Cüceler</t>
         </is>
       </c>
       <c r="C2280" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2281" spans="1:3">
       <c r="A2281" s="1" t="inlineStr">
         <is>
-          <t>9786053433354</t>
+          <t>9786053437413</t>
         </is>
       </c>
       <c r="B2281" s="1" t="inlineStr">
         <is>
-          <t>Gölge Hırsızı</t>
+          <t>Beklenti</t>
         </is>
       </c>
       <c r="C2281" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2282" spans="1:3">
       <c r="A2282" s="1" t="inlineStr">
         <is>
-          <t>9786053433330</t>
+          <t>9786053437260</t>
         </is>
       </c>
       <c r="B2282" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Çemberi</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C2282" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2283" spans="1:3">
       <c r="A2283" s="1" t="inlineStr">
         <is>
-          <t>9786053433347</t>
+          <t>9786053431374</t>
         </is>
       </c>
       <c r="B2283" s="1" t="inlineStr">
         <is>
-          <t>Sihir Ateşi</t>
+          <t>Hayatınıza Yeni Bir Sayfa Açın</t>
         </is>
       </c>
       <c r="C2283" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2284" spans="1:3">
       <c r="A2284" s="1" t="inlineStr">
         <is>
-          <t>9786053433392</t>
+          <t>9786053437208</t>
         </is>
       </c>
       <c r="B2284" s="1" t="inlineStr">
         <is>
-          <t>Sadist</t>
+          <t>Tanrı'nın Varlığına Dair 36 Argüman</t>
         </is>
       </c>
       <c r="C2284" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2285" spans="1:3">
       <c r="A2285" s="1" t="inlineStr">
         <is>
-          <t>9786053433323</t>
+          <t>9786053438458</t>
         </is>
       </c>
       <c r="B2285" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı</t>
+          <t>Gelinler</t>
         </is>
       </c>
       <c r="C2285" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2286" spans="1:3">
       <c r="A2286" s="1" t="inlineStr">
         <is>
-          <t>9786053432142</t>
+          <t>9786053438526</t>
         </is>
       </c>
       <c r="B2286" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bahsi</t>
+          <t>Seni Özlüyorum</t>
         </is>
       </c>
       <c r="C2286" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2287" spans="1:3">
       <c r="A2287" s="1" t="inlineStr">
         <is>
-          <t>9786053432159</t>
+          <t>9786053438441</t>
         </is>
       </c>
       <c r="B2287" s="1" t="inlineStr">
         <is>
-          <t>Demek Öyle</t>
+          <t>Paris'te Bir Akşam</t>
         </is>
       </c>
       <c r="C2287" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2288" spans="1:3">
       <c r="A2288" s="1" t="inlineStr">
         <is>
-          <t>9786053432548</t>
+          <t>9786053438649</t>
         </is>
       </c>
       <c r="B2288" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Vampir No.5</t>
+          <t>Ebedi</t>
         </is>
       </c>
       <c r="C2288" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2289" spans="1:3">
       <c r="A2289" s="1" t="inlineStr">
         <is>
-          <t>9786053431664</t>
+          <t>9786053438090</t>
         </is>
       </c>
       <c r="B2289" s="1" t="inlineStr">
         <is>
-          <t>Demir Kral</t>
+          <t>Minikler İçin Meditasyon</t>
         </is>
       </c>
       <c r="C2289" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2290" spans="1:3">
       <c r="A2290" s="1" t="inlineStr">
         <is>
-          <t>9786053432043</t>
+          <t>9786053438557</t>
         </is>
       </c>
       <c r="B2290" s="1" t="inlineStr">
         <is>
-          <t>Nefret Etmeyeceğim</t>
+          <t>Yasemin Kokusu</t>
         </is>
       </c>
       <c r="C2290" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2291" spans="1:3">
       <c r="A2291" s="1" t="inlineStr">
         <is>
-          <t>9786053431480</t>
+          <t>9786053438397</t>
         </is>
       </c>
       <c r="B2291" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Gölgesinde Aşk</t>
+          <t>En Karanlık Yalan</t>
         </is>
       </c>
       <c r="C2291" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2292" spans="1:3">
       <c r="A2292" s="1" t="inlineStr">
         <is>
-          <t>9786053431503</t>
+          <t>9786053433354</t>
         </is>
       </c>
       <c r="B2292" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Aşk</t>
+          <t>Gölge Hırsızı</t>
         </is>
       </c>
       <c r="C2292" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2293" spans="1:3">
       <c r="A2293" s="1" t="inlineStr">
         <is>
-          <t>9786053431756</t>
+          <t>9786053433330</t>
         </is>
       </c>
       <c r="B2293" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Eşit - Kuyruklu Canlı 3</t>
+          <t>Büyülü Çemberi</t>
         </is>
       </c>
       <c r="C2293" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2294" spans="1:3">
       <c r="A2294" s="1" t="inlineStr">
         <is>
-          <t>9786054263936</t>
+          <t>9786053433347</t>
         </is>
       </c>
       <c r="B2294" s="1" t="inlineStr">
         <is>
-          <t>Ye Dua Et Evlen</t>
+          <t>Sihir Ateşi</t>
         </is>
       </c>
       <c r="C2294" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2295" spans="1:3">
       <c r="A2295" s="1" t="inlineStr">
         <is>
-          <t>9786053431947</t>
+          <t>9786053433392</t>
         </is>
       </c>
       <c r="B2295" s="1" t="inlineStr">
         <is>
-          <t>Tılsım</t>
+          <t>Sadist</t>
         </is>
       </c>
       <c r="C2295" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2296" spans="1:3">
       <c r="A2296" s="1" t="inlineStr">
         <is>
-          <t>9786053431107</t>
+          <t>9786053433323</t>
         </is>
       </c>
       <c r="B2296" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Tek Sahibi</t>
+          <t>Ay Işığı</t>
         </is>
       </c>
       <c r="C2296" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2297" spans="1:3">
       <c r="A2297" s="1" t="inlineStr">
         <is>
-          <t>9786053431190</t>
+          <t>9786053432142</t>
         </is>
       </c>
       <c r="B2297" s="1" t="inlineStr">
         <is>
-          <t>Dolunay</t>
+          <t>Aşk Bahsi</t>
         </is>
       </c>
       <c r="C2297" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2298" spans="1:3">
       <c r="A2298" s="1" t="inlineStr">
         <is>
-          <t>9786053431183</t>
+          <t>9786053432159</t>
         </is>
       </c>
       <c r="B2298" s="1" t="inlineStr">
         <is>
-          <t>Ben Dr. Ozzy</t>
+          <t>Demek Öyle</t>
         </is>
       </c>
       <c r="C2298" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2299" spans="1:3">
       <c r="A2299" s="1" t="inlineStr">
         <is>
-          <t>9786053430988</t>
+          <t>9786053432548</t>
         </is>
       </c>
       <c r="B2299" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşler Arasında</t>
+          <t>Sarışın Vampir No.5</t>
         </is>
       </c>
       <c r="C2299" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2300" spans="1:3">
       <c r="A2300" s="1" t="inlineStr">
         <is>
-          <t>9786053431114</t>
+          <t>9786053431664</t>
         </is>
       </c>
       <c r="B2300" s="1" t="inlineStr">
         <is>
-          <t>Kızım Amy</t>
+          <t>Demir Kral</t>
         </is>
       </c>
       <c r="C2300" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2301" spans="1:3">
       <c r="A2301" s="1" t="inlineStr">
         <is>
-          <t>9786053431763</t>
+          <t>9786053432043</t>
         </is>
       </c>
       <c r="B2301" s="1" t="inlineStr">
         <is>
-          <t>Sizi Mutlu Edebilirim</t>
+          <t>Nefret Etmeyeceğim</t>
         </is>
       </c>
       <c r="C2301" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2302" spans="1:3">
       <c r="A2302" s="1" t="inlineStr">
         <is>
-          <t>9786053431169</t>
+          <t>9786053431480</t>
         </is>
       </c>
       <c r="B2302" s="1" t="inlineStr">
         <is>
-          <t>4000 Yıllık Tarihi Aldatmacalar</t>
+          <t>Hüznün Gölgesinde Aşk</t>
         </is>
       </c>
       <c r="C2302" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2303" spans="1:3">
       <c r="A2303" s="1" t="inlineStr">
         <is>
-          <t>9786053431091</t>
+          <t>9786053431503</t>
         </is>
       </c>
       <c r="B2303" s="1" t="inlineStr">
         <is>
-          <t>Bir Karakter Yaratmak</t>
+          <t>Tehlikeli Aşk</t>
         </is>
       </c>
       <c r="C2303" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2304" spans="1:3">
       <c r="A2304" s="1" t="inlineStr">
         <is>
-          <t>9786053431084</t>
+          <t>9786053431756</t>
         </is>
       </c>
       <c r="B2304" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktör Hazırlanıyor</t>
+          <t>Evrensel Eşit - Kuyruklu Canlı 3</t>
         </is>
       </c>
       <c r="C2304" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2305" spans="1:3">
       <c r="A2305" s="1" t="inlineStr">
         <is>
-          <t>9786053431343</t>
+          <t>9786054263936</t>
         </is>
       </c>
       <c r="B2305" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Kursu</t>
+          <t>Ye Dua Et Evlen</t>
         </is>
       </c>
       <c r="C2305" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2306" spans="1:3">
       <c r="A2306" s="1" t="inlineStr">
         <is>
-          <t>9786053431305</t>
+          <t>9786053431947</t>
         </is>
       </c>
       <c r="B2306" s="1" t="inlineStr">
         <is>
-          <t>Cennet</t>
+          <t>Tılsım</t>
         </is>
       </c>
       <c r="C2306" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="2307" spans="1:3">
       <c r="A2307" s="1" t="inlineStr">
         <is>
-          <t>9786053431138</t>
+          <t>9786053431107</t>
         </is>
       </c>
       <c r="B2307" s="1" t="inlineStr">
         <is>
-          <t>Değişim Kitabı (Ciltli)</t>
+          <t>Yüreğimin Tek Sahibi</t>
         </is>
       </c>
       <c r="C2307" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2308" spans="1:3">
       <c r="A2308" s="1" t="inlineStr">
         <is>
-          <t>9786055943080</t>
+          <t>9786053431190</t>
         </is>
       </c>
       <c r="B2308" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce Keşfetmeniz Gereken 5 Sır</t>
+          <t>Dolunay</t>
         </is>
       </c>
       <c r="C2308" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2309" spans="1:3">
       <c r="A2309" s="1" t="inlineStr">
         <is>
-          <t>9786055360450</t>
+          <t>9786053431183</t>
         </is>
       </c>
       <c r="B2309" s="1" t="inlineStr">
         <is>
-          <t>Öldürme Saati (Ciltli)</t>
+          <t>Ben Dr. Ozzy</t>
         </is>
       </c>
       <c r="C2309" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2310" spans="1:3">
       <c r="A2310" s="1" t="inlineStr">
         <is>
-          <t>9786053430636</t>
+          <t>9786053430988</t>
         </is>
       </c>
       <c r="B2310" s="1" t="inlineStr">
         <is>
-          <t>Otopsi</t>
+          <t>Kız Kardeşler Arasında</t>
         </is>
       </c>
       <c r="C2310" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="2311" spans="1:3">
       <c r="A2311" s="1" t="inlineStr">
         <is>
-          <t>9786053430391</t>
+          <t>9786053431114</t>
         </is>
       </c>
       <c r="B2311" s="1" t="inlineStr">
         <is>
-          <t>No 21</t>
+          <t>Kızım Amy</t>
         </is>
       </c>
       <c r="C2311" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2312" spans="1:3">
       <c r="A2312" s="1" t="inlineStr">
         <is>
-          <t>9786053431077</t>
+          <t>9786053431763</t>
         </is>
       </c>
       <c r="B2312" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Yeşil - Aşk Tüm Zamanların İçinden Geçer 3 (Ciltli)</t>
+          <t>Sizi Mutlu Edebilirim</t>
         </is>
       </c>
       <c r="C2312" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2313" spans="1:3">
       <c r="A2313" s="1" t="inlineStr">
         <is>
-          <t>9786054263851</t>
+          <t>9786053431169</t>
         </is>
       </c>
       <c r="B2313" s="1" t="inlineStr">
         <is>
-          <t>Zübeyde Hanım</t>
+          <t>4000 Yıllık Tarihi Aldatmacalar</t>
         </is>
       </c>
       <c r="C2313" s="1">
-        <v>249</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2314" spans="1:3">
       <c r="A2314" s="1" t="inlineStr">
         <is>
-          <t>9786055943172</t>
+          <t>9786053431091</t>
         </is>
       </c>
       <c r="B2314" s="1" t="inlineStr">
         <is>
-          <t>Zero Limit</t>
+          <t>Bir Karakter Yaratmak</t>
         </is>
       </c>
       <c r="C2314" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2315" spans="1:3">
       <c r="A2315" s="1" t="inlineStr">
         <is>
-          <t>9786055943394</t>
+          <t>9786053431084</t>
         </is>
       </c>
       <c r="B2315" s="1" t="inlineStr">
         <is>
-          <t>Zar Adam</t>
+          <t>Bir Aktör Hazırlanıyor</t>
         </is>
       </c>
       <c r="C2315" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2316" spans="1:3">
       <c r="A2316" s="1" t="inlineStr">
         <is>
-          <t>9786054263561</t>
+          <t>9786053431343</t>
         </is>
       </c>
       <c r="B2316" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Aşk Düştü</t>
+          <t>Uyanış Kursu</t>
         </is>
       </c>
       <c r="C2316" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2317" spans="1:3">
       <c r="A2317" s="1" t="inlineStr">
         <is>
-          <t>9786055360962</t>
+          <t>9786053431305</t>
         </is>
       </c>
       <c r="B2317" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Arzu</t>
+          <t>Cennet</t>
         </is>
       </c>
       <c r="C2317" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2318" spans="1:3">
       <c r="A2318" s="1" t="inlineStr">
         <is>
-          <t>9786054456437</t>
+          <t>9786053431138</t>
         </is>
       </c>
       <c r="B2318" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Seni Seçti</t>
+          <t>Değişim Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C2318" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2319" spans="1:3">
       <c r="A2319" s="1" t="inlineStr">
         <is>
-          <t>9786055289140</t>
+          <t>9786055943080</t>
         </is>
       </c>
       <c r="B2319" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Sana Ait</t>
+          <t>Ölmeden Önce Keşfetmeniz Gereken 5 Sır</t>
         </is>
       </c>
       <c r="C2319" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2320" spans="1:3">
       <c r="A2320" s="1" t="inlineStr">
         <is>
-          <t>9786053430193</t>
+          <t>9786055360450</t>
         </is>
       </c>
       <c r="B2320" s="1" t="inlineStr">
         <is>
-          <t>Justin Bieber - Yolun Başı</t>
+          <t>Öldürme Saati (Ciltli)</t>
         </is>
       </c>
       <c r="C2320" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2321" spans="1:3">
       <c r="A2321" s="1" t="inlineStr">
         <is>
-          <t>9786055289935</t>
+          <t>9786053430636</t>
         </is>
       </c>
       <c r="B2321" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Saati</t>
+          <t>Otopsi</t>
         </is>
       </c>
       <c r="C2321" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2322" spans="1:3">
       <c r="A2322" s="1" t="inlineStr">
         <is>
-          <t>9786055943974</t>
+          <t>9786053430391</t>
         </is>
       </c>
       <c r="B2322" s="1" t="inlineStr">
         <is>
-          <t>Julıan Sırrı</t>
+          <t>No 21</t>
         </is>
       </c>
       <c r="C2322" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2323" spans="1:3">
       <c r="A2323" s="1" t="inlineStr">
         <is>
-          <t>9786054456413</t>
+          <t>9786053431077</t>
         </is>
       </c>
       <c r="B2323" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşün İyi Yaşa</t>
+          <t>Zümrüt Yeşil - Aşk Tüm Zamanların İçinden Geçer 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C2323" s="1">
-        <v>249</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2324" spans="1:3">
       <c r="A2324" s="1" t="inlineStr">
         <is>
-          <t>9786055360016</t>
+          <t>9786054263851</t>
         </is>
       </c>
       <c r="B2324" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Gelin</t>
+          <t>Zübeyde Hanım</t>
         </is>
       </c>
       <c r="C2324" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2325" spans="1:3">
       <c r="A2325" s="1" t="inlineStr">
         <is>
-          <t>9786055289676</t>
+          <t>9786055943172</t>
         </is>
       </c>
       <c r="B2325" s="1" t="inlineStr">
         <is>
-          <t>İt Kopuk Takımı</t>
+          <t>Zero Limit</t>
         </is>
       </c>
       <c r="C2325" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2326" spans="1:3">
       <c r="A2326" s="1" t="inlineStr">
         <is>
-          <t>9786055360320</t>
+          <t>9786055943394</t>
         </is>
       </c>
       <c r="B2326" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kahini</t>
+          <t>Zar Adam</t>
         </is>
       </c>
       <c r="C2326" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2327" spans="1:3">
       <c r="A2327" s="1" t="inlineStr">
         <is>
-          <t>9786055360054</t>
+          <t>9786054263561</t>
         </is>
       </c>
       <c r="B2327" s="1" t="inlineStr">
         <is>
-          <t>İsrail'in Gizli Savaşları İsrail İstihbaratının Tarihi</t>
+          <t>Yüreğime Aşk Düştü</t>
         </is>
       </c>
       <c r="C2327" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2328" spans="1:3">
       <c r="A2328" s="1" t="inlineStr">
         <is>
-          <t>9786054263028</t>
+          <t>9786055360962</t>
         </is>
       </c>
       <c r="B2328" s="1" t="inlineStr">
         <is>
-          <t>İlklerin Kitabı</t>
+          <t>Yüreğimdeki Arzu</t>
         </is>
       </c>
       <c r="C2328" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2329" spans="1:3">
       <c r="A2329" s="1" t="inlineStr">
         <is>
-          <t>9786053430001</t>
+          <t>9786054456437</t>
         </is>
       </c>
       <c r="B2329" s="1" t="inlineStr">
         <is>
-          <t>İçinizdeki Ekonomisti Keşfedin</t>
+          <t>Yüreğim Seni Seçti</t>
         </is>
       </c>
       <c r="C2329" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2330" spans="1:3">
       <c r="A2330" s="1" t="inlineStr">
         <is>
-          <t>9786055360276</t>
+          <t>9786055289140</t>
         </is>
       </c>
       <c r="B2330" s="1" t="inlineStr">
         <is>
-          <t>İncarceron</t>
+          <t>Yüreğim Sana Ait</t>
         </is>
       </c>
       <c r="C2330" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2331" spans="1:3">
       <c r="A2331" s="1" t="inlineStr">
         <is>
-          <t>9786053430230</t>
+          <t>9786053430193</t>
         </is>
       </c>
       <c r="B2331" s="1" t="inlineStr">
         <is>
-          <t>Hırçın Sevgilim</t>
+          <t>Justin Bieber - Yolun Başı</t>
         </is>
       </c>
       <c r="C2331" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2332" spans="1:3">
       <c r="A2332" s="1" t="inlineStr">
         <is>
-          <t>9786054263912</t>
+          <t>9786055289935</t>
         </is>
       </c>
       <c r="B2332" s="1" t="inlineStr">
         <is>
-          <t>Hep Seni Bekledim</t>
+          <t>Yıldız Saati</t>
         </is>
       </c>
       <c r="C2332" s="1">
-        <v>249</v>
+        <v>329</v>
       </c>
     </row>
     <row r="2333" spans="1:3">
       <c r="A2333" s="1" t="inlineStr">
         <is>
-          <t>9786053430322</t>
+          <t>9786055943974</t>
         </is>
       </c>
       <c r="B2333" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı 7 Günde Değiştirin</t>
+          <t>Julıan Sırrı</t>
         </is>
       </c>
       <c r="C2333" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2334" spans="1:3">
       <c r="A2334" s="1" t="inlineStr">
         <is>
-          <t>9786055943851</t>
+          <t>9786054456413</t>
         </is>
       </c>
       <c r="B2334" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mantığı</t>
+          <t>İyi Düşün İyi Yaşa</t>
         </is>
       </c>
       <c r="C2334" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2335" spans="1:3">
       <c r="A2335" s="1" t="inlineStr">
         <is>
-          <t>9786053430353</t>
+          <t>9786055360016</t>
         </is>
       </c>
       <c r="B2335" s="1" t="inlineStr">
         <is>
-          <t>Hayat</t>
+          <t>İtalyan Gelin</t>
         </is>
       </c>
       <c r="C2335" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2336" spans="1:3">
       <c r="A2336" s="1" t="inlineStr">
         <is>
-          <t>9786054263721</t>
+          <t>9786055289676</t>
         </is>
       </c>
       <c r="B2336" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kartal Efsanesi: Zülfikar'ın Hükmü</t>
+          <t>İt Kopuk Takımı</t>
         </is>
       </c>
       <c r="C2336" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2337" spans="1:3">
       <c r="A2337" s="1" t="inlineStr">
         <is>
-          <t>9786054263578</t>
+          <t>9786055360320</t>
         </is>
       </c>
       <c r="B2337" s="1" t="inlineStr">
         <is>
-          <t>Ye Dua Et Evlen</t>
+          <t>İstanbul Kahini</t>
         </is>
       </c>
       <c r="C2337" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2338" spans="1:3">
       <c r="A2338" s="1" t="inlineStr">
         <is>
-          <t>9786055360788</t>
+          <t>9786055360054</t>
         </is>
       </c>
       <c r="B2338" s="1" t="inlineStr">
         <is>
-          <t>Yasak Tevrat</t>
+          <t>İsrail'in Gizli Savaşları İsrail İstihbaratının Tarihi</t>
         </is>
       </c>
       <c r="C2338" s="1">
-        <v>319</v>
+        <v>389</v>
       </c>
     </row>
     <row r="2339" spans="1:3">
       <c r="A2339" s="1" t="inlineStr">
         <is>
-          <t>9786054263776</t>
+          <t>9786054263028</t>
         </is>
       </c>
       <c r="B2339" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Sırrı</t>
+          <t>İlklerin Kitabı</t>
         </is>
       </c>
       <c r="C2339" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2340" spans="1:3">
       <c r="A2340" s="1" t="inlineStr">
         <is>
-          <t>9786054263646</t>
+          <t>9786053430001</t>
         </is>
       </c>
       <c r="B2340" s="1" t="inlineStr">
         <is>
-          <t>Yanmış</t>
+          <t>İçinizdeki Ekonomisti Keşfedin</t>
         </is>
       </c>
       <c r="C2340" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2341" spans="1:3">
       <c r="A2341" s="1" t="inlineStr">
         <is>
-          <t>9786054263431</t>
+          <t>9786055360276</t>
         </is>
       </c>
       <c r="B2341" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Şarabı</t>
+          <t>İncarceron</t>
         </is>
       </c>
       <c r="C2341" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2342" spans="1:3">
       <c r="A2342" s="1" t="inlineStr">
         <is>
-          <t>9786054263417</t>
+          <t>9786053430230</t>
         </is>
       </c>
       <c r="B2342" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Benim Ol</t>
+          <t>Hırçın Sevgilim</t>
         </is>
       </c>
       <c r="C2342" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2343" spans="1:3">
       <c r="A2343" s="1" t="inlineStr">
         <is>
-          <t>9786055289683</t>
+          <t>9786054263912</t>
         </is>
       </c>
       <c r="B2343" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Sevda</t>
+          <t>Hep Seni Bekledim</t>
         </is>
       </c>
       <c r="C2343" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2344" spans="1:3">
       <c r="A2344" s="1" t="inlineStr">
         <is>
-          <t>9786053430780</t>
+          <t>9786053430322</t>
         </is>
       </c>
       <c r="B2344" s="1" t="inlineStr">
         <is>
-          <t>Yakut Kırmızı - Aşk Tüm Zamanların İçinden Geçer 1 (Ciltli)</t>
+          <t>Hayatınızı 7 Günde Değiştirin</t>
         </is>
       </c>
       <c r="C2344" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2345" spans="1:3">
       <c r="A2345" s="1" t="inlineStr">
         <is>
-          <t>9786054263134</t>
+          <t>9786055943851</t>
         </is>
       </c>
       <c r="B2345" s="1" t="inlineStr">
         <is>
-          <t>Vahşi - Gece Evi Serisi 4. Kitap</t>
+          <t>Hayatın Mantığı</t>
         </is>
       </c>
       <c r="C2345" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2346" spans="1:3">
       <c r="A2346" s="1" t="inlineStr">
         <is>
-          <t>9786055289706</t>
+          <t>9786053430353</t>
         </is>
       </c>
       <c r="B2346" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Geceler</t>
+          <t>Hayat</t>
         </is>
       </c>
       <c r="C2346" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2347" spans="1:3">
       <c r="A2347" s="1" t="inlineStr">
         <is>
-          <t>9786054456055</t>
+          <t>9786054263721</t>
         </is>
       </c>
       <c r="B2347" s="1" t="inlineStr">
         <is>
-          <t>Uyanmış Bir Gece Evi Romanı</t>
+          <t>Yedi Kartal Efsanesi: Zülfikar'ın Hükmü</t>
         </is>
       </c>
       <c r="C2347" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2348" spans="1:3">
       <c r="A2348" s="1" t="inlineStr">
         <is>
-          <t>9786054263653</t>
+          <t>9786054263578</t>
         </is>
       </c>
       <c r="B2348" s="1" t="inlineStr">
         <is>
-          <t>Unvansız Lider</t>
+          <t>Ye Dua Et Evlen</t>
         </is>
       </c>
       <c r="C2348" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2349" spans="1:3">
       <c r="A2349" s="1" t="inlineStr">
         <is>
-          <t>9786054456802</t>
+          <t>9786055360788</t>
         </is>
       </c>
       <c r="B2349" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Yüreğim</t>
+          <t>Yasak Tevrat</t>
         </is>
       </c>
       <c r="C2349" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2350" spans="1:3">
       <c r="A2350" s="1" t="inlineStr">
         <is>
-          <t>9786053430605</t>
+          <t>9786054263776</t>
         </is>
       </c>
       <c r="B2350" s="1" t="inlineStr">
         <is>
-          <t>Truva Tanrıçası</t>
+          <t>Yaratılış Sırrı</t>
         </is>
       </c>
       <c r="C2350" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2351" spans="1:3">
       <c r="A2351" s="1" t="inlineStr">
         <is>
-          <t>9786055289669</t>
+          <t>9786054263646</t>
         </is>
       </c>
       <c r="B2351" s="1" t="inlineStr">
         <is>
-          <t>Timsahların Sarı Gözleri</t>
+          <t>Yanmış</t>
         </is>
       </c>
       <c r="C2351" s="1">
-        <v>339</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2352" spans="1:3">
       <c r="A2352" s="1" t="inlineStr">
         <is>
-          <t>9789944009935</t>
+          <t>9786054263431</t>
         </is>
       </c>
       <c r="B2352" s="1" t="inlineStr">
         <is>
-          <t>The Key</t>
+          <t>Yalnızlık Şarabı</t>
         </is>
       </c>
       <c r="C2352" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2353" spans="1:3">
       <c r="A2353" s="1" t="inlineStr">
         <is>
-          <t>9786054263639</t>
+          <t>9786054263417</t>
         </is>
       </c>
       <c r="B2353" s="1" t="inlineStr">
         <is>
-          <t>Temizlikçi</t>
+          <t>Yalnız Benim Ol</t>
         </is>
       </c>
       <c r="C2353" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2354" spans="1:3">
       <c r="A2354" s="1" t="inlineStr">
         <is>
-          <t>9786054263479</t>
+          <t>9786055289683</t>
         </is>
       </c>
       <c r="B2354" s="1" t="inlineStr">
         <is>
-          <t>Tahran'ın Damları</t>
+          <t>Yalancı Sevda</t>
         </is>
       </c>
       <c r="C2354" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2355" spans="1:3">
       <c r="A2355" s="1" t="inlineStr">
         <is>
-          <t>9786053430346</t>
+          <t>9786053430780</t>
         </is>
       </c>
       <c r="B2355" s="1" t="inlineStr">
         <is>
-          <t>Şizofren</t>
+          <t>Yakut Kırmızı - Aşk Tüm Zamanların İçinden Geçer 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C2355" s="1">
-        <v>400</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2356" spans="1:3">
       <c r="A2356" s="1" t="inlineStr">
         <is>
-          <t>9786053430797</t>
+          <t>9786054263134</t>
         </is>
       </c>
       <c r="B2356" s="1" t="inlineStr">
         <is>
-          <t>Sus</t>
+          <t>Vahşi - Gece Evi Serisi 4. Kitap</t>
         </is>
       </c>
       <c r="C2356" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2357" spans="1:3">
       <c r="A2357" s="1" t="inlineStr">
         <is>
-          <t>9786054456123</t>
+          <t>9786055289706</t>
         </is>
       </c>
       <c r="B2357" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemem Sevdiğimi</t>
+          <t>Uykusuz Geceler</t>
         </is>
       </c>
       <c r="C2357" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2358" spans="1:3">
       <c r="A2358" s="1" t="inlineStr">
         <is>
-          <t>9786053430872</t>
+          <t>9786054456055</t>
         </is>
       </c>
       <c r="B2358" s="1" t="inlineStr">
         <is>
-          <t>Sizi Zayıflatabilirim</t>
+          <t>Uyanmış Bir Gece Evi Romanı</t>
         </is>
       </c>
       <c r="C2358" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2359" spans="1:3">
       <c r="A2359" s="1" t="inlineStr">
         <is>
-          <t>9786054263875</t>
+          <t>9786054263653</t>
         </is>
       </c>
       <c r="B2359" s="1" t="inlineStr">
         <is>
-          <t>Siyaha Boya</t>
+          <t>Unvansız Lider</t>
         </is>
       </c>
       <c r="C2359" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2360" spans="1:3">
       <c r="A2360" s="1" t="inlineStr">
         <is>
-          <t>9786054263837</t>
+          <t>9786054456802</t>
         </is>
       </c>
       <c r="B2360" s="1" t="inlineStr">
         <is>
-          <t>Sina Dağı Sırrı</t>
+          <t>Tutsak Yüreğim</t>
         </is>
       </c>
       <c r="C2360" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2361" spans="1:3">
       <c r="A2361" s="1" t="inlineStr">
         <is>
-          <t>9786055360757</t>
+          <t>9786053430605</t>
         </is>
       </c>
       <c r="B2361" s="1" t="inlineStr">
         <is>
-          <t>Sımsıcak</t>
+          <t>Truva Tanrıçası</t>
         </is>
       </c>
       <c r="C2361" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2362" spans="1:3">
       <c r="A2362" s="1" t="inlineStr">
         <is>
-          <t>9786055943790</t>
+          <t>9786055289669</t>
         </is>
       </c>
       <c r="B2362" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Sırrı</t>
+          <t>Timsahların Sarı Gözleri</t>
         </is>
       </c>
       <c r="C2362" s="1">
-        <v>299</v>
+        <v>339</v>
       </c>
     </row>
     <row r="2363" spans="1:3">
       <c r="A2363" s="1" t="inlineStr">
         <is>
-          <t>9786053430384</t>
+          <t>9789944009935</t>
         </is>
       </c>
       <c r="B2363" s="1" t="inlineStr">
         <is>
-          <t>Sevilmeyen Kadın</t>
+          <t>The Key</t>
         </is>
       </c>
       <c r="C2363" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2364" spans="1:3">
       <c r="A2364" s="1" t="inlineStr">
         <is>
-          <t>9786055360955</t>
+          <t>9786054263639</t>
         </is>
       </c>
       <c r="B2364" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Görünmeyen Ekonomist</t>
+          <t>Temizlikçi</t>
         </is>
       </c>
       <c r="C2364" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2365" spans="1:3">
       <c r="A2365" s="1" t="inlineStr">
         <is>
-          <t>9786053430100</t>
+          <t>9786054263479</t>
         </is>
       </c>
       <c r="B2365" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Uğruna Yaptıklarımız</t>
+          <t>Tahran'ın Damları</t>
         </is>
       </c>
       <c r="C2365" s="1">
-        <v>319</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2366" spans="1:3">
       <c r="A2366" s="1" t="inlineStr">
         <is>
-          <t>9786055360245</t>
+          <t>9786053430346</t>
         </is>
       </c>
       <c r="B2366" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik (Ciltli)</t>
+          <t>Şizofren</t>
         </is>
       </c>
       <c r="C2366" s="1">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2367" spans="1:3">
       <c r="A2367" s="1" t="inlineStr">
         <is>
-          <t>9786054263998</t>
+          <t>9786053430797</t>
         </is>
       </c>
       <c r="B2367" s="1" t="inlineStr">
         <is>
-          <t>Serseri - Dönüşüm Serisi 1. Kitap</t>
+          <t>Sus</t>
         </is>
       </c>
       <c r="C2367" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2368" spans="1:3">
       <c r="A2368" s="1" t="inlineStr">
         <is>
-          <t>9786054456727</t>
+          <t>9786054456123</t>
         </is>
       </c>
       <c r="B2368" s="1" t="inlineStr">
         <is>
-          <t>Sen Ölünce Kim Ağlar?</t>
+          <t>Söyleyemem Sevdiğimi</t>
         </is>
       </c>
       <c r="C2368" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2369" spans="1:3">
       <c r="A2369" s="1" t="inlineStr">
         <is>
-          <t>9786055289591</t>
+          <t>9786053430872</t>
         </is>
       </c>
       <c r="B2369" s="1" t="inlineStr">
         <is>
-          <t>Sen Olmadan Asla - Tudor Gülü Üçlemesi 2</t>
+          <t>Sizi Zayıflatabilirim</t>
         </is>
       </c>
       <c r="C2369" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2370" spans="1:3">
       <c r="A2370" s="1" t="inlineStr">
         <is>
-          <t>9786054456321</t>
+          <t>9786054263875</t>
         </is>
       </c>
       <c r="B2370" s="1" t="inlineStr">
         <is>
-          <t>Scott Pilgrim 1</t>
+          <t>Siyaha Boya</t>
         </is>
       </c>
       <c r="C2370" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2371" spans="1:3">
       <c r="A2371" s="1" t="inlineStr">
         <is>
-          <t>9786055289515</t>
+          <t>9786054263837</t>
         </is>
       </c>
       <c r="B2371" s="1" t="inlineStr">
         <is>
-          <t>Sapphique - Incarceron 2</t>
+          <t>Sina Dağı Sırrı</t>
         </is>
       </c>
       <c r="C2371" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2372" spans="1:3">
       <c r="A2372" s="1" t="inlineStr">
         <is>
-          <t>9786053430773</t>
+          <t>9786055360757</t>
         </is>
       </c>
       <c r="B2372" s="1" t="inlineStr">
         <is>
-          <t>Safir Mavi - Aşk Tüm Zamanların İçinden Geçer 2 (Ciltli)</t>
+          <t>Sımsıcak</t>
         </is>
       </c>
       <c r="C2372" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2373" spans="1:3">
       <c r="A2373" s="1" t="inlineStr">
         <is>
-          <t>9786053430735</t>
+          <t>9786055943790</t>
         </is>
       </c>
       <c r="B2373" s="1" t="inlineStr">
         <is>
-          <t>Saeculum</t>
+          <t>Shakespeare Sırrı</t>
         </is>
       </c>
       <c r="C2373" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2374" spans="1:3">
       <c r="A2374" s="1" t="inlineStr">
         <is>
-          <t>9786054263745</t>
+          <t>9786053430384</t>
         </is>
       </c>
       <c r="B2374" s="1" t="inlineStr">
         <is>
-          <t>Rus Cariye</t>
+          <t>Sevilmeyen Kadın</t>
         </is>
       </c>
       <c r="C2374" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2375" spans="1:3">
       <c r="A2375" s="1" t="inlineStr">
         <is>
-          <t>9786055289782</t>
+          <t>9786055360955</t>
         </is>
       </c>
       <c r="B2375" s="1" t="inlineStr">
         <is>
-          <t>Quirkoloji</t>
+          <t>Sevgili Görünmeyen Ekonomist</t>
         </is>
       </c>
       <c r="C2375" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2376" spans="1:3">
       <c r="A2376" s="1" t="inlineStr">
         <is>
-          <t>9786055360443</t>
+          <t>9786053430100</t>
         </is>
       </c>
       <c r="B2376" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatrist</t>
+          <t>Sevgi Uğruna Yaptıklarımız</t>
         </is>
       </c>
       <c r="C2376" s="1">
-        <v>425</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2377" spans="1:3">
       <c r="A2377" s="1" t="inlineStr">
         <is>
-          <t>9786054263424</t>
+          <t>9786055360245</t>
         </is>
       </c>
       <c r="B2377" s="1" t="inlineStr">
         <is>
-          <t>Piç Fantazi</t>
+          <t>Sessizlik (Ciltli)</t>
         </is>
       </c>
       <c r="C2377" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2378" spans="1:3">
       <c r="A2378" s="1" t="inlineStr">
         <is>
-          <t>9786055943967</t>
+          <t>9786054263998</t>
         </is>
       </c>
       <c r="B2378" s="1" t="inlineStr">
         <is>
-          <t>Pegasus Sırrı</t>
+          <t>Serseri - Dönüşüm Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C2378" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2379" spans="1:3">
       <c r="A2379" s="1" t="inlineStr">
         <is>
-          <t>9786054456741</t>
+          <t>9786054456727</t>
         </is>
       </c>
       <c r="B2379" s="1" t="inlineStr">
         <is>
-          <t>Aşk Seninle Güzel</t>
+          <t>Sen Ölünce Kim Ağlar?</t>
         </is>
       </c>
       <c r="C2379" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2380" spans="1:3">
       <c r="A2380" s="1" t="inlineStr">
         <is>
-          <t>9786055289638</t>
+          <t>9786055289591</t>
         </is>
       </c>
       <c r="B2380" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sarmalı</t>
+          <t>Sen Olmadan Asla - Tudor Gülü Üçlemesi 2</t>
         </is>
       </c>
       <c r="C2380" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2381" spans="1:3">
       <c r="A2381" s="1" t="inlineStr">
         <is>
-          <t>9786055289126</t>
+          <t>9786054456321</t>
         </is>
       </c>
       <c r="B2381" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kırıkları</t>
+          <t>Scott Pilgrim 1</t>
         </is>
       </c>
       <c r="C2381" s="1">
-        <v>359</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2382" spans="1:3">
       <c r="A2382" s="1" t="inlineStr">
         <is>
-          <t>9786053431015</t>
+          <t>9786055289515</t>
         </is>
       </c>
       <c r="B2382" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hiç Bitmez</t>
+          <t>Sapphique - Incarceron 2</t>
         </is>
       </c>
       <c r="C2382" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2383" spans="1:3">
       <c r="A2383" s="1" t="inlineStr">
         <is>
-          <t>9786054456031</t>
+          <t>9786053430773</t>
         </is>
       </c>
       <c r="B2383" s="1" t="inlineStr">
         <is>
-          <t>Aşk Engel Tanımaz</t>
+          <t>Safir Mavi - Aşk Tüm Zamanların İçinden Geçer 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C2383" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2384" spans="1:3">
       <c r="A2384" s="1" t="inlineStr">
         <is>
-          <t>9786054456062</t>
+          <t>9786053430735</t>
         </is>
       </c>
       <c r="B2384" s="1" t="inlineStr">
         <is>
-          <t>Arı Kovanına Çomak Sokan Kız</t>
+          <t>Saeculum</t>
         </is>
       </c>
       <c r="C2384" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2385" spans="1:3">
       <c r="A2385" s="1" t="inlineStr">
         <is>
-          <t>9786054456819</t>
+          <t>9786054263745</t>
         </is>
       </c>
       <c r="B2385" s="1" t="inlineStr">
         <is>
-          <t>Yetenek</t>
+          <t>Rus Cariye</t>
         </is>
       </c>
       <c r="C2385" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2386" spans="1:3">
       <c r="A2386" s="1" t="inlineStr">
         <is>
-          <t>9789944326285</t>
+          <t>9786055289782</t>
         </is>
       </c>
       <c r="B2386" s="1" t="inlineStr">
         <is>
-          <t>Bir Gezginin Güncesi - Dünyada Bir Yıl</t>
+          <t>Quirkoloji</t>
         </is>
       </c>
       <c r="C2386" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2387" spans="1:3">
       <c r="A2387" s="1" t="inlineStr">
         <is>
-          <t>9786054263554</t>
+          <t>9786055360443</t>
         </is>
       </c>
       <c r="B2387" s="1" t="inlineStr">
         <is>
-          <t>Düğün Gecesi</t>
+          <t>Psikiyatrist</t>
         </is>
       </c>
       <c r="C2387" s="1">
-        <v>299</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2388" spans="1:3">
       <c r="A2388" s="1" t="inlineStr">
         <is>
-          <t>9786053430315</t>
+          <t>9786054263424</t>
         </is>
       </c>
       <c r="B2388" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Denklemler</t>
+          <t>Piç Fantazi</t>
         </is>
       </c>
       <c r="C2388" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2389" spans="1:3">
       <c r="A2389" s="1" t="inlineStr">
         <is>
-          <t>9786055360436</t>
+          <t>9786055943967</t>
         </is>
       </c>
       <c r="B2389" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Rengi</t>
+          <t>Pegasus Sırrı</t>
         </is>
       </c>
       <c r="C2389" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2390" spans="1:3">
       <c r="A2390" s="1" t="inlineStr">
         <is>
-          <t>9786055289546</t>
+          <t>9786054456741</t>
         </is>
       </c>
       <c r="B2390" s="1" t="inlineStr">
         <is>
-          <t>Dukan Diyeti - Zayıflatan Tarifler</t>
+          <t>Aşk Seninle Güzel</t>
         </is>
       </c>
       <c r="C2390" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2391" spans="1:3">
       <c r="A2391" s="1" t="inlineStr">
         <is>
-          <t>9786054263738</t>
+          <t>9786055289638</t>
         </is>
       </c>
       <c r="B2391" s="1" t="inlineStr">
         <is>
-          <t>Dukan Diyeti</t>
+          <t>Aşk Sarmalı</t>
         </is>
       </c>
       <c r="C2391" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2392" spans="1:3">
       <c r="A2392" s="1" t="inlineStr">
         <is>
-          <t>9786054263523</t>
+          <t>9786055289126</t>
         </is>
       </c>
       <c r="B2392" s="1" t="inlineStr">
         <is>
-          <t>Dokuzlar Yasası</t>
+          <t>Aşk Kırıkları</t>
         </is>
       </c>
       <c r="C2392" s="1">
-        <v>319</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2393" spans="1:3">
       <c r="A2393" s="1" t="inlineStr">
         <is>
-          <t>9786054456376</t>
+          <t>9786053431015</t>
         </is>
       </c>
       <c r="B2393" s="1" t="inlineStr">
         <is>
-          <t>Derviş Evi</t>
+          <t>Aşk Hiç Bitmez</t>
         </is>
       </c>
       <c r="C2393" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2394" spans="1:3">
       <c r="A2394" s="1" t="inlineStr">
         <is>
-          <t>9786054263622</t>
+          <t>9786054456031</t>
         </is>
       </c>
       <c r="B2394" s="1" t="inlineStr">
         <is>
-          <t>Deniz Tanrıçası</t>
+          <t>Aşk Engel Tanımaz</t>
         </is>
       </c>
       <c r="C2394" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2395" spans="1:3">
       <c r="A2395" s="1" t="inlineStr">
         <is>
-          <t>9786054263158</t>
+          <t>9786054456062</t>
         </is>
       </c>
       <c r="B2395" s="1" t="inlineStr">
         <is>
-          <t>Deniz Katedrali</t>
+          <t>Arı Kovanına Çomak Sokan Kız</t>
         </is>
       </c>
       <c r="C2395" s="1">
-        <v>379</v>
+        <v>389</v>
       </c>
     </row>
     <row r="2396" spans="1:3">
       <c r="A2396" s="1" t="inlineStr">
         <is>
-          <t>9786053430971</t>
+          <t>9786054456819</t>
         </is>
       </c>
       <c r="B2396" s="1" t="inlineStr">
         <is>
-          <t>Çoban</t>
+          <t>Yetenek</t>
         </is>
       </c>
       <c r="C2396" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2397" spans="1:3">
       <c r="A2397" s="1" t="inlineStr">
         <is>
-          <t>9786054456505</t>
+          <t>9789944326285</t>
         </is>
       </c>
       <c r="B2397" s="1" t="inlineStr">
         <is>
-          <t>Çin Daması</t>
+          <t>Bir Gezginin Güncesi - Dünyada Bir Yıl</t>
         </is>
       </c>
       <c r="C2397" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2398" spans="1:3">
       <c r="A2398" s="1" t="inlineStr">
         <is>
-          <t>9786053430643</t>
+          <t>9786054263554</t>
         </is>
       </c>
       <c r="B2398" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Dili</t>
+          <t>Düğün Gecesi</t>
         </is>
       </c>
       <c r="C2398" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2399" spans="1:3">
       <c r="A2399" s="1" t="inlineStr">
         <is>
-          <t>9786054456420</t>
+          <t>9786053430315</t>
         </is>
       </c>
       <c r="B2399" s="1" t="inlineStr">
         <is>
-          <t>Çığlık (Ciltli)</t>
+          <t>Duygusal Denklemler</t>
         </is>
       </c>
       <c r="C2399" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2400" spans="1:3">
       <c r="A2400" s="1" t="inlineStr">
         <is>
-          <t>9786054263264</t>
+          <t>9786055360436</t>
         </is>
       </c>
       <c r="B2400" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Kapıları</t>
+          <t>Duyguların Rengi</t>
         </is>
       </c>
       <c r="C2400" s="1">
-        <v>249</v>
+        <v>329</v>
       </c>
     </row>
     <row r="2401" spans="1:3">
       <c r="A2401" s="1" t="inlineStr">
         <is>
-          <t>9786055943905</t>
+          <t>9786055289546</t>
         </is>
       </c>
       <c r="B2401" s="1" t="inlineStr">
         <is>
-          <t>Bütünün Bir Parçası</t>
+          <t>Dukan Diyeti - Zayıflatan Tarifler</t>
         </is>
       </c>
       <c r="C2401" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2402" spans="1:3">
       <c r="A2402" s="1" t="inlineStr">
         <is>
-          <t>9786055289133</t>
+          <t>9786054263738</t>
         </is>
       </c>
       <c r="B2402" s="1" t="inlineStr">
         <is>
-          <t>Bir Yolculuk</t>
+          <t>Dukan Diyeti</t>
         </is>
       </c>
       <c r="C2402" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2403" spans="1:3">
       <c r="A2403" s="1" t="inlineStr">
         <is>
-          <t>9786055289409</t>
+          <t>9786054263523</t>
         </is>
       </c>
       <c r="B2403" s="1" t="inlineStr">
         <is>
-          <t>Bir Soru Bir Aşk</t>
+          <t>Dokuzlar Yasası</t>
         </is>
       </c>
       <c r="C2403" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2404" spans="1:3">
       <c r="A2404" s="1" t="inlineStr">
         <is>
-          <t>9786054263004</t>
+          <t>9786054456376</t>
         </is>
       </c>
       <c r="B2404" s="1" t="inlineStr">
         <is>
-          <t>Bir Öpücükle Başladı Her Şey</t>
+          <t>Derviş Evi</t>
         </is>
       </c>
       <c r="C2404" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2405" spans="1:3">
       <c r="A2405" s="1" t="inlineStr">
         <is>
-          <t>9786054456277</t>
+          <t>9786054263622</t>
         </is>
       </c>
       <c r="B2405" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Aşk</t>
+          <t>Deniz Tanrıçası</t>
         </is>
       </c>
       <c r="C2405" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2406" spans="1:3">
       <c r="A2406" s="1" t="inlineStr">
         <is>
-          <t>9786055289225</t>
+          <t>9786054263158</t>
         </is>
       </c>
       <c r="B2406" s="1" t="inlineStr">
         <is>
-          <t>Bilmediğinizi Bilmediğiniz 100 Temel Şey</t>
+          <t>Deniz Katedrali</t>
         </is>
       </c>
       <c r="C2406" s="1">
-        <v>299</v>
+        <v>379</v>
       </c>
     </row>
     <row r="2407" spans="1:3">
       <c r="A2407" s="1" t="inlineStr">
         <is>
-          <t>9786055289621</t>
+          <t>9786053430971</t>
         </is>
       </c>
       <c r="B2407" s="1" t="inlineStr">
         <is>
-          <t>Bazıları Hırçın Sever</t>
+          <t>Çoban</t>
         </is>
       </c>
       <c r="C2407" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2408" spans="1:3">
       <c r="A2408" s="1" t="inlineStr">
         <is>
-          <t>9786055360337</t>
+          <t>9786054456505</t>
         </is>
       </c>
       <c r="B2408" s="1" t="inlineStr">
         <is>
-          <t>Bazıları Ateşli Sever</t>
+          <t>Çin Daması</t>
         </is>
       </c>
       <c r="C2408" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2409" spans="1:3">
       <c r="A2409" s="1" t="inlineStr">
         <is>
-          <t>9786054263363</t>
+          <t>9786053430643</t>
         </is>
       </c>
       <c r="B2409" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkarılmış</t>
+          <t>Çiçeklerin Dili</t>
         </is>
       </c>
       <c r="C2409" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2410" spans="1:3">
       <c r="A2410" s="1" t="inlineStr">
         <is>
-          <t>9786054456758</t>
+          <t>9786054456420</t>
         </is>
       </c>
       <c r="B2410" s="1" t="inlineStr">
         <is>
-          <t>Balta</t>
+          <t>Çığlık (Ciltli)</t>
         </is>
       </c>
       <c r="C2410" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2411" spans="1:3">
       <c r="A2411" s="1" t="inlineStr">
         <is>
-          <t>9786053430933</t>
+          <t>9786054263264</t>
         </is>
       </c>
       <c r="B2411" s="1" t="inlineStr">
         <is>
-          <t>Aynı Yıldızın Altında (Ciltli)</t>
+          <t>Cehennem Kapıları</t>
         </is>
       </c>
       <c r="C2411" s="1">
-        <v>399</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2412" spans="1:3">
       <c r="A2412" s="1" t="inlineStr">
         <is>
-          <t>9786054263691</t>
+          <t>9786055943905</t>
         </is>
       </c>
       <c r="B2412" s="1" t="inlineStr">
         <is>
-          <t>Ayıptır Söylemesi</t>
+          <t>Bütünün Bir Parçası</t>
         </is>
       </c>
       <c r="C2412" s="1">
-        <v>179</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2413" spans="1:3">
       <c r="A2413" s="1" t="inlineStr">
         <is>
-          <t>9786054263226</t>
+          <t>9786055289133</t>
         </is>
       </c>
       <c r="B2413" s="1" t="inlineStr">
         <is>
-          <t>Av</t>
+          <t>Bir Yolculuk</t>
         </is>
       </c>
       <c r="C2413" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2414" spans="1:3">
       <c r="A2414" s="1" t="inlineStr">
         <is>
-          <t>9786054263455</t>
+          <t>9786055289409</t>
         </is>
       </c>
       <c r="B2414" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Şifresi</t>
+          <t>Bir Soru Bir Aşk</t>
         </is>
       </c>
       <c r="C2414" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2415" spans="1:3">
       <c r="A2415" s="1" t="inlineStr">
         <is>
-          <t>9786054263684</t>
+          <t>9786054263004</t>
         </is>
       </c>
       <c r="B2415" s="1" t="inlineStr">
         <is>
-          <t>Ateşle Oynayan Kız - Millennium Serisi 2. Kitap</t>
+          <t>Bir Öpücükle Başladı Her Şey</t>
         </is>
       </c>
       <c r="C2415" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2416" spans="1:3">
       <c r="A2416" s="1" t="inlineStr">
         <is>
-          <t>9786055360924</t>
+          <t>9786054456277</t>
         </is>
       </c>
       <c r="B2416" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Matematiği</t>
+          <t>Bir Avuç Aşk</t>
         </is>
       </c>
       <c r="C2416" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2417" spans="1:3">
       <c r="A2417" s="1" t="inlineStr">
         <is>
-          <t>9786054263905</t>
+          <t>9786055289225</t>
         </is>
       </c>
       <c r="B2417" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Sende Buldum</t>
+          <t>Bilmediğinizi Bilmediğiniz 100 Temel Şey</t>
         </is>
       </c>
       <c r="C2417" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2418" spans="1:3">
       <c r="A2418" s="1" t="inlineStr">
         <is>
-          <t>9786055289096</t>
+          <t>9786055289621</t>
         </is>
       </c>
       <c r="B2418" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tanrıçası</t>
+          <t>Bazıları Hırçın Sever</t>
         </is>
       </c>
       <c r="C2418" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2419" spans="1:3">
       <c r="A2419" s="1" t="inlineStr">
         <is>
-          <t>9786054456772</t>
+          <t>9786055360337</t>
         </is>
       </c>
       <c r="B2419" s="1" t="inlineStr">
         <is>
-          <t>Nabız</t>
+          <t>Bazıları Ateşli Sever</t>
         </is>
       </c>
       <c r="C2419" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2420" spans="1:3">
       <c r="A2420" s="1" t="inlineStr">
         <is>
-          <t>9786053430117</t>
+          <t>9786054263363</t>
         </is>
       </c>
       <c r="B2420" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmak İsteyen Adam</t>
+          <t>Baştan Çıkarılmış</t>
         </is>
       </c>
       <c r="C2420" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2421" spans="1:3">
       <c r="A2421" s="1" t="inlineStr">
         <is>
-          <t>9786055943882</t>
+          <t>9786054456758</t>
         </is>
       </c>
       <c r="B2421" s="1" t="inlineStr">
         <is>
-          <t>Mucizeleri Beklemek</t>
+          <t>Balta</t>
         </is>
       </c>
       <c r="C2421" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2422" spans="1:3">
       <c r="A2422" s="1" t="inlineStr">
         <is>
-          <t>9786053430667</t>
+          <t>9786053430933</t>
         </is>
       </c>
       <c r="B2422" s="1" t="inlineStr">
         <is>
-          <t>Milyonlarca Gölgenin Altında</t>
+          <t>Aynı Yıldızın Altında (Ciltli)</t>
         </is>
       </c>
       <c r="C2422" s="1">
-        <v>269</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2423" spans="1:3">
       <c r="A2423" s="1" t="inlineStr">
         <is>
-          <t>9786054456246</t>
+          <t>9786054263691</t>
         </is>
       </c>
       <c r="B2423" s="1" t="inlineStr">
         <is>
-          <t>Millennium Seti (Kutulu)</t>
+          <t>Ayıptır Söylemesi</t>
         </is>
       </c>
       <c r="C2423" s="1">
-        <v>1107</v>
+        <v>179</v>
       </c>
     </row>
     <row r="2424" spans="1:3">
       <c r="A2424" s="1" t="inlineStr">
         <is>
-          <t>9786054456536</t>
+          <t>9786054263226</t>
         </is>
       </c>
       <c r="B2424" s="1" t="inlineStr">
         <is>
-          <t>Mezarcı</t>
+          <t>Av</t>
         </is>
       </c>
       <c r="C2424" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2425" spans="1:3">
       <c r="A2425" s="1" t="inlineStr">
         <is>
-          <t>9786054263516</t>
+          <t>9786054263455</t>
         </is>
       </c>
       <c r="B2425" s="1" t="inlineStr">
         <is>
-          <t>Majestelerinin Ejderhası</t>
+          <t>Atlantis Şifresi</t>
         </is>
       </c>
       <c r="C2425" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2426" spans="1:3">
       <c r="A2426" s="1" t="inlineStr">
         <is>
-          <t>9786053430285</t>
+          <t>9786054263684</t>
         </is>
       </c>
       <c r="B2426" s="1" t="inlineStr">
         <is>
-          <t>Limon Yapraklarının Kokusu</t>
+          <t>Ateşle Oynayan Kız - Millennium Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C2426" s="1">
-        <v>299</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2427" spans="1:3">
       <c r="A2427" s="1" t="inlineStr">
         <is>
-          <t>9786055943516</t>
+          <t>9786055360924</t>
         </is>
       </c>
       <c r="B2427" s="1" t="inlineStr">
         <is>
-          <t>Limon Ağacı</t>
+          <t>Aşkın Matematiği</t>
         </is>
       </c>
       <c r="C2427" s="1">
-        <v>425</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2428" spans="1:3">
       <c r="A2428" s="1" t="inlineStr">
         <is>
-          <t>9786054263585</t>
+          <t>9786054263905</t>
         </is>
       </c>
       <c r="B2428" s="1" t="inlineStr">
         <is>
-          <t>Liberal Faşizm</t>
+          <t>Aşkı Sende Buldum</t>
         </is>
       </c>
       <c r="C2428" s="1">
-        <v>319</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2429" spans="1:3">
       <c r="A2429" s="1" t="inlineStr">
         <is>
-          <t>9789944326445</t>
+          <t>9786055289096</t>
         </is>
       </c>
       <c r="B2429" s="1" t="inlineStr">
         <is>
-          <t>Leonardo'nun Makineleri</t>
+          <t>Aşk Tanrıçası</t>
         </is>
       </c>
       <c r="C2429" s="1">
-        <v>749</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2430" spans="1:3">
       <c r="A2430" s="1" t="inlineStr">
         <is>
-          <t>9786055943448</t>
+          <t>9786054456772</t>
         </is>
       </c>
       <c r="B2430" s="1" t="inlineStr">
         <is>
-          <t>Latife Hanım'ın Kağıtları</t>
+          <t>Nabız</t>
         </is>
       </c>
       <c r="C2430" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2431" spans="1:3">
       <c r="A2431" s="1" t="inlineStr">
         <is>
-          <t>9786053430407</t>
+          <t>9786053430117</t>
         </is>
       </c>
       <c r="B2431" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gelin</t>
+          <t>Mutlu Olmak İsteyen Adam</t>
         </is>
       </c>
       <c r="C2431" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2432" spans="1:3">
       <c r="A2432" s="1" t="inlineStr">
         <is>
-          <t>9786055943653</t>
+          <t>9786055943882</t>
         </is>
       </c>
       <c r="B2432" s="1" t="inlineStr">
         <is>
-          <t>Kurban</t>
+          <t>Mucizeleri Beklemek</t>
         </is>
       </c>
       <c r="C2432" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2433" spans="1:3">
       <c r="A2433" s="1" t="inlineStr">
         <is>
-          <t>9786054456178</t>
+          <t>9786053430667</t>
         </is>
       </c>
       <c r="B2433" s="1" t="inlineStr">
         <is>
-          <t>Kundakçı</t>
+          <t>Milyonlarca Gölgenin Altında</t>
         </is>
       </c>
       <c r="C2433" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="2434" spans="1:3">
       <c r="A2434" s="1" t="inlineStr">
         <is>
-          <t>9786055360474</t>
+          <t>9786054456246</t>
         </is>
       </c>
       <c r="B2434" s="1" t="inlineStr">
         <is>
-          <t>Kriz Ekonomisi</t>
+          <t>Millennium Seti (Kutulu)</t>
         </is>
       </c>
       <c r="C2434" s="1">
-        <v>359</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="2435" spans="1:3">
       <c r="A2435" s="1" t="inlineStr">
         <is>
-          <t>9786054456765</t>
+          <t>9786054456536</t>
         </is>
       </c>
       <c r="B2435" s="1" t="inlineStr">
         <is>
-          <t>Kristal Kan</t>
+          <t>Mezarcı</t>
         </is>
       </c>
       <c r="C2435" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2436" spans="1:3">
       <c r="A2436" s="1" t="inlineStr">
         <is>
-          <t>9786055943684</t>
+          <t>9786054263516</t>
         </is>
       </c>
       <c r="B2436" s="1" t="inlineStr">
         <is>
-          <t>Kötü Karma</t>
+          <t>Majestelerinin Ejderhası</t>
         </is>
       </c>
       <c r="C2436" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2437" spans="1:3">
       <c r="A2437" s="1" t="inlineStr">
         <is>
-          <t>9786055289331</t>
+          <t>9786053430285</t>
         </is>
       </c>
       <c r="B2437" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Limon Yapraklarının Kokusu</t>
         </is>
       </c>
       <c r="C2437" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2438" spans="1:3">
       <c r="A2438" s="1" t="inlineStr">
         <is>
-          <t>9786054263202</t>
+          <t>9786055943516</t>
         </is>
       </c>
       <c r="B2438" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Eğitimi</t>
+          <t>Limon Ağacı</t>
         </is>
       </c>
       <c r="C2438" s="1">
-        <v>249</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2439" spans="1:3">
       <c r="A2439" s="1" t="inlineStr">
         <is>
-          <t>9786054456789</t>
+          <t>9786054263585</t>
         </is>
       </c>
       <c r="B2439" s="1" t="inlineStr">
         <is>
-          <t>Kleopatra'nın Kızı</t>
+          <t>Liberal Faşizm</t>
         </is>
       </c>
       <c r="C2439" s="1">
         <v>319</v>
       </c>
     </row>
     <row r="2440" spans="1:3">
       <c r="A2440" s="1" t="inlineStr">
         <is>
-          <t>9786055360030</t>
+          <t>9789944326445</t>
         </is>
       </c>
       <c r="B2440" s="1" t="inlineStr">
         <is>
-          <t>Kirli Oyun</t>
+          <t>Leonardo'nun Makineleri</t>
         </is>
       </c>
       <c r="C2440" s="1">
-        <v>299</v>
+        <v>749</v>
       </c>
     </row>
     <row r="2441" spans="1:3">
       <c r="A2441" s="1" t="inlineStr">
         <is>
-          <t>9786054456680</t>
+          <t>9786055943448</t>
         </is>
       </c>
       <c r="B2441" s="1" t="inlineStr">
         <is>
-          <t>Kıymık</t>
+          <t>Latife Hanım'ın Kağıtları</t>
         </is>
       </c>
       <c r="C2441" s="1">
-        <v>400</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2442" spans="1:3">
       <c r="A2442" s="1" t="inlineStr">
         <is>
-          <t>9786054456307</t>
+          <t>9786053430407</t>
         </is>
       </c>
       <c r="B2442" s="1" t="inlineStr">
         <is>
-          <t>Kış Bahçesi</t>
+          <t>Küçük Gelin</t>
         </is>
       </c>
       <c r="C2442" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2443" spans="1:3">
       <c r="A2443" s="1" t="inlineStr">
         <is>
-          <t>9786054263660</t>
+          <t>9786055943653</t>
         </is>
       </c>
       <c r="B2443" s="1" t="inlineStr">
         <is>
-          <t>Kıpti Sırrı</t>
+          <t>Kurban</t>
         </is>
       </c>
       <c r="C2443" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2444" spans="1:3">
       <c r="A2444" s="1" t="inlineStr">
         <is>
-          <t>9786052996119</t>
+          <t>9786054456178</t>
         </is>
       </c>
       <c r="B2444" s="1" t="inlineStr">
         <is>
-          <t>Kendini Değiştiren Beyin</t>
+          <t>Kundakçı</t>
         </is>
       </c>
       <c r="C2444" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2445" spans="1:3">
       <c r="A2445" s="1" t="inlineStr">
         <is>
-          <t>9786055360597</t>
+          <t>9786055360474</t>
         </is>
       </c>
       <c r="B2445" s="1" t="inlineStr">
         <is>
-          <t>Kendi İşinizin Patronu Olun</t>
+          <t>Kriz Ekonomisi</t>
         </is>
       </c>
       <c r="C2445" s="1">
-        <v>249</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2446" spans="1:3">
       <c r="A2446" s="1" t="inlineStr">
         <is>
-          <t>9789944326506</t>
+          <t>9786054456765</t>
         </is>
       </c>
       <c r="B2446" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Cennet</t>
+          <t>Kristal Kan</t>
         </is>
       </c>
       <c r="C2446" s="1">
-        <v>350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2447" spans="1:3">
       <c r="A2447" s="1" t="inlineStr">
         <is>
-          <t>9786055289614</t>
+          <t>9786055943684</t>
         </is>
       </c>
       <c r="B2447" s="1" t="inlineStr">
         <is>
-          <t>Kardelenler</t>
+          <t>Kötü Karma</t>
         </is>
       </c>
       <c r="C2447" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2448" spans="1:3">
       <c r="A2448" s="1" t="inlineStr">
         <is>
-          <t>9786054456574</t>
+          <t>9786055289331</t>
         </is>
       </c>
       <c r="B2448" s="1" t="inlineStr">
         <is>
-          <t>Kanatlar</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C2448" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2449" spans="1:3">
       <c r="A2449" s="1" t="inlineStr">
         <is>
-          <t>9786053430957</t>
+          <t>9786054263202</t>
         </is>
       </c>
       <c r="B2449" s="1" t="inlineStr">
         <is>
-          <t>Kafası Kıyak</t>
+          <t>Konuşma Eğitimi</t>
         </is>
       </c>
       <c r="C2449" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2450" spans="1:3">
       <c r="A2450" s="1" t="inlineStr">
         <is>
-          <t>9786055360351</t>
+          <t>9786054456789</t>
         </is>
       </c>
       <c r="B2450" s="1" t="inlineStr">
         <is>
-          <t>Kader</t>
+          <t>Kleopatra'nın Kızı</t>
         </is>
       </c>
       <c r="C2450" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2451" spans="1:3">
       <c r="A2451" s="1" t="inlineStr">
         <is>
-          <t>9786054456642</t>
+          <t>9786055360030</t>
         </is>
       </c>
       <c r="B2451" s="1" t="inlineStr">
         <is>
-          <t>Kaçak</t>
+          <t>Kirli Oyun</t>
         </is>
       </c>
       <c r="C2451" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2452" spans="1:3">
       <c r="A2452" s="1" t="inlineStr">
         <is>
-          <t>9786054456512</t>
+          <t>9786054456680</t>
         </is>
       </c>
       <c r="B2452" s="1" t="inlineStr">
         <is>
-          <t>Justin Bieber Sonsuzluğa Doğru İlk Adım</t>
+          <t>Kıymık</t>
         </is>
       </c>
       <c r="C2452" s="1">
-        <v>299</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2453" spans="1:3">
       <c r="A2453" s="1" t="inlineStr">
         <is>
-          <t>9786054456239</t>
+          <t>9786054456307</t>
         </is>
       </c>
       <c r="B2453" s="1" t="inlineStr">
         <is>
-          <t>Hale</t>
+          <t>Kış Bahçesi</t>
         </is>
       </c>
       <c r="C2453" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="2454" spans="1:3">
       <c r="A2454" s="1" t="inlineStr">
         <is>
-          <t>9786054263943</t>
+          <t>9786054263660</t>
         </is>
       </c>
       <c r="B2454" s="1" t="inlineStr">
         <is>
-          <t>Hades Sırrı</t>
+          <t>Kıpti Sırrı</t>
         </is>
       </c>
       <c r="C2454" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2455" spans="1:3">
       <c r="A2455" s="1" t="inlineStr">
         <is>
-          <t>9786055360115</t>
+          <t>9786052996119</t>
         </is>
       </c>
       <c r="B2455" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ölüler</t>
+          <t>Kendini Değiştiren Beyin</t>
         </is>
       </c>
       <c r="C2455" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2456" spans="1:3">
       <c r="A2456" s="1" t="inlineStr">
         <is>
-          <t>9786054263752</t>
+          <t>9786055360597</t>
         </is>
       </c>
       <c r="B2456" s="1" t="inlineStr">
         <is>
-          <t>Güllerin Fısıltısı</t>
+          <t>Kendi İşinizin Patronu Olun</t>
         </is>
       </c>
       <c r="C2456" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2457" spans="1:3">
       <c r="A2457" s="1" t="inlineStr">
         <is>
-          <t>9786053430360</t>
+          <t>9789944326506</t>
         </is>
       </c>
       <c r="B2457" s="1" t="inlineStr">
         <is>
-          <t>Güller</t>
+          <t>Kayıp Cennet</t>
         </is>
       </c>
       <c r="C2457" s="1">
-        <v>359</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2458" spans="1:3">
       <c r="A2458" s="1" t="inlineStr">
         <is>
-          <t>9786055360290</t>
+          <t>9786055289614</t>
         </is>
       </c>
       <c r="B2458" s="1" t="inlineStr">
         <is>
-          <t>Gül Tanrıçası</t>
+          <t>Kardelenler</t>
         </is>
       </c>
       <c r="C2458" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2459" spans="1:3">
       <c r="A2459" s="1" t="inlineStr">
         <is>
-          <t>9786055360467</t>
+          <t>9786054456574</t>
         </is>
       </c>
       <c r="B2459" s="1" t="inlineStr">
         <is>
-          <t>Gurur</t>
+          <t>Kanatlar</t>
         </is>
       </c>
       <c r="C2459" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2460" spans="1:3">
       <c r="A2460" s="1" t="inlineStr">
         <is>
-          <t>9786055360061</t>
+          <t>9786053430957</t>
         </is>
       </c>
       <c r="B2460" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Kapısı</t>
+          <t>Kafası Kıyak</t>
         </is>
       </c>
       <c r="C2460" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2461" spans="1:3">
       <c r="A2461" s="1" t="inlineStr">
         <is>
-          <t>9786055943240</t>
+          <t>9786055360351</t>
         </is>
       </c>
       <c r="B2461" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Ekonomist</t>
+          <t>Kader</t>
         </is>
       </c>
       <c r="C2461" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2462" spans="1:3">
       <c r="A2462" s="1" t="inlineStr">
         <is>
-          <t>9786055360795</t>
+          <t>9786054456642</t>
         </is>
       </c>
       <c r="B2462" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yarası</t>
+          <t>Kaçak</t>
         </is>
       </c>
       <c r="C2462" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2463" spans="1:3">
       <c r="A2463" s="1" t="inlineStr">
         <is>
-          <t>9786054456734</t>
+          <t>9786054456512</t>
         </is>
       </c>
       <c r="B2463" s="1" t="inlineStr">
         <is>
-          <t>Gir Kanıma</t>
+          <t>Justin Bieber Sonsuzluğa Doğru İlk Adım</t>
         </is>
       </c>
       <c r="C2463" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2464" spans="1:3">
       <c r="A2464" s="1" t="inlineStr">
         <is>
-          <t>9786055360252</t>
+          <t>9786054456239</t>
         </is>
       </c>
       <c r="B2464" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Renkler</t>
+          <t>Hale</t>
         </is>
       </c>
       <c r="C2464" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2465" spans="1:3">
       <c r="A2465" s="1" t="inlineStr">
         <is>
-          <t>9786054456291</t>
+          <t>9786054263943</t>
         </is>
       </c>
       <c r="B2465" s="1" t="inlineStr">
         <is>
-          <t>Gelecek 10 Yıl</t>
+          <t>Hades Sırrı</t>
         </is>
       </c>
       <c r="C2465" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2466" spans="1:3">
       <c r="A2466" s="1" t="inlineStr">
         <is>
-          <t>9786055289102</t>
+          <t>9786055360115</t>
         </is>
       </c>
       <c r="B2466" s="1" t="inlineStr">
         <is>
-          <t>Gece Sirki</t>
+          <t>Güzel Ölüler</t>
         </is>
       </c>
       <c r="C2466" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2467" spans="1:3">
       <c r="A2467" s="1" t="inlineStr">
         <is>
-          <t>9786053430087</t>
+          <t>9786054263752</t>
         </is>
       </c>
       <c r="B2467" s="1" t="inlineStr">
         <is>
-          <t>Final - Hush Hush Serisi 4. Kitap (Ciltli)</t>
+          <t>Güllerin Fısıltısı</t>
         </is>
       </c>
       <c r="C2467" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2468" spans="1:3">
       <c r="A2468" s="1" t="inlineStr">
         <is>
-          <t>9786055943486</t>
+          <t>9786053430360</t>
         </is>
       </c>
       <c r="B2468" s="1" t="inlineStr">
         <is>
-          <t>Fikriye Hanım</t>
+          <t>Güller</t>
         </is>
       </c>
       <c r="C2468" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2469" spans="1:3">
       <c r="A2469" s="1" t="inlineStr">
         <is>
-          <t>9786054456000</t>
+          <t>9786055360290</t>
         </is>
       </c>
       <c r="B2469" s="1" t="inlineStr">
         <is>
-          <t>Fısıltı - Hush Hush Serisi 1. Kitap (Ciltli)</t>
+          <t>Gül Tanrıçası</t>
         </is>
       </c>
       <c r="C2469" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2470" spans="1:3">
       <c r="A2470" s="1" t="inlineStr">
         <is>
-          <t>9786053430629</t>
+          <t>9786055360467</t>
         </is>
       </c>
       <c r="B2470" s="1" t="inlineStr">
         <is>
-          <t>Fırtına - Vadi Serisi 3. Kitap</t>
+          <t>Gurur</t>
         </is>
       </c>
       <c r="C2470" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2471" spans="1:3">
       <c r="A2471" s="1" t="inlineStr">
         <is>
-          <t>9786053430704</t>
+          <t>9786055360061</t>
         </is>
       </c>
       <c r="B2471" s="1" t="inlineStr">
         <is>
-          <t>Kaderini Keşfet</t>
+          <t>Gözyaşı Kapısı</t>
         </is>
       </c>
       <c r="C2471" s="1">
-        <v>249</v>
+        <v>329</v>
       </c>
     </row>
     <row r="2472" spans="1:3">
       <c r="A2472" s="1" t="inlineStr">
         <is>
-          <t>9786054263783</t>
+          <t>9786055943240</t>
         </is>
       </c>
       <c r="B2472" s="1" t="inlineStr">
         <is>
-          <t>Ferrari'sini Satan Bilge</t>
+          <t>Görünmeyen Ekonomist</t>
         </is>
       </c>
       <c r="C2472" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2473" spans="1:3">
       <c r="A2473" s="1" t="inlineStr">
         <is>
-          <t>9789944326865</t>
+          <t>9786055360795</t>
         </is>
       </c>
       <c r="B2473" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Sembol Diliyle Psikoestetik (Cd'li)</t>
+          <t>Gönül Yarası</t>
         </is>
       </c>
       <c r="C2473" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2474" spans="1:3">
       <c r="A2474" s="1" t="inlineStr">
         <is>
-          <t>9786053430650</t>
+          <t>9786054456734</t>
         </is>
       </c>
       <c r="B2474" s="1" t="inlineStr">
         <is>
-          <t>Evden Çok Uzakta</t>
+          <t>Gir Kanıma</t>
         </is>
       </c>
       <c r="C2474" s="1">
-        <v>319</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2475" spans="1:3">
       <c r="A2475" s="1" t="inlineStr">
         <is>
-          <t>9786055360412</t>
+          <t>9786055360252</t>
         </is>
       </c>
       <c r="B2475" s="1" t="inlineStr">
         <is>
-          <t>EST Hayatınızı Değiştirecek 4 Gün</t>
+          <t>Gerçek Renkler</t>
         </is>
       </c>
       <c r="C2475" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="2476" spans="1:3">
       <c r="A2476" s="1" t="inlineStr">
         <is>
-          <t>9786055360078</t>
+          <t>9786054456291</t>
         </is>
       </c>
       <c r="B2476" s="1" t="inlineStr">
         <is>
-          <t>Elma Çekirdeği</t>
+          <t>Gelecek 10 Yıl</t>
         </is>
       </c>
       <c r="C2476" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2477" spans="1:3">
       <c r="A2477" s="1" t="inlineStr">
         <is>
-          <t>9786055360023</t>
+          <t>9786055289102</t>
         </is>
       </c>
       <c r="B2477" s="1" t="inlineStr">
         <is>
-          <t>Ejderha'nın Yemini</t>
+          <t>Gece Sirki</t>
         </is>
       </c>
       <c r="C2477" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2478" spans="1:3">
       <c r="A2478" s="1" t="inlineStr">
         <is>
-          <t>9786054263301</t>
+          <t>9786053430087</t>
         </is>
       </c>
       <c r="B2478" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Dövmeli Kız</t>
+          <t>Final - Hush Hush Serisi 4. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C2478" s="1">
-        <v>359</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2479" spans="1:3">
       <c r="A2479" s="1" t="inlineStr">
         <is>
-          <t>9786055943554</t>
+          <t>9786055943486</t>
         </is>
       </c>
       <c r="B2479" s="1" t="inlineStr">
         <is>
-          <t>Düşes</t>
+          <t>Fikriye Hanım</t>
         </is>
       </c>
       <c r="C2479" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2480" spans="1:3">
       <c r="A2480" s="1" t="inlineStr">
         <is>
-          <t>9786053430681</t>
+          <t>9786054456000</t>
         </is>
       </c>
       <c r="B2480" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın Gizli Tarihi -3 (Cep boy)</t>
+          <t>Fısıltı - Hush Hush Serisi 1. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C2480" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="2481" spans="1:3">
       <c r="A2481" s="1" t="inlineStr">
         <is>
-          <t>9786055943493</t>
+          <t>9786053430629</t>
         </is>
       </c>
       <c r="B2481" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağlardan Günümüze Dünya'nın Gizli Tarihi</t>
+          <t>Fırtına - Vadi Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C2481" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2482" spans="1:3">
       <c r="A2482" s="1" t="inlineStr">
         <is>
-          <t>9786055289720</t>
+          <t>9786053430704</t>
         </is>
       </c>
       <c r="B2482" s="1" t="inlineStr">
         <is>
-          <t>Anne Kalbi</t>
+          <t>Kaderini Keşfet</t>
         </is>
       </c>
       <c r="C2482" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2483" spans="1:3">
       <c r="A2483" s="1" t="inlineStr">
         <is>
-          <t>9786054456338</t>
+          <t>9786054263783</t>
         </is>
       </c>
       <c r="B2483" s="1" t="inlineStr">
         <is>
-          <t>Aniden Shakespeare</t>
+          <t>Ferrari'sini Satan Bilge</t>
         </is>
       </c>
       <c r="C2483" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2484" spans="1:3">
       <c r="A2484" s="1" t="inlineStr">
         <is>
-          <t>9786053430377</t>
+          <t>9789944326865</t>
         </is>
       </c>
       <c r="B2484" s="1" t="inlineStr">
         <is>
-          <t>Altın Oran</t>
+          <t>Evrenin Sembol Diliyle Psikoestetik (Cd'li)</t>
         </is>
       </c>
       <c r="C2484" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2485" spans="1:3">
       <c r="A2485" s="1" t="inlineStr">
         <is>
-          <t>9786055289430</t>
+          <t>9786053430650</t>
         </is>
       </c>
       <c r="B2485" s="1" t="inlineStr">
         <is>
-          <t>Alev Alev</t>
+          <t>Evden Çok Uzakta</t>
         </is>
       </c>
       <c r="C2485" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2486" spans="1:3">
       <c r="A2486" s="1" t="inlineStr">
         <is>
-          <t>9786054456116</t>
+          <t>9786055360412</t>
         </is>
       </c>
       <c r="B2486" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yıldızı</t>
+          <t>EST Hayatınızı Değiştirecek 4 Gün</t>
         </is>
       </c>
       <c r="C2486" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2487" spans="1:3">
       <c r="A2487" s="1" t="inlineStr">
         <is>
-          <t>9786053430308</t>
+          <t>9786055360078</t>
         </is>
       </c>
       <c r="B2487" s="1" t="inlineStr">
         <is>
-          <t>Akla Gelmeyen</t>
+          <t>Elma Çekirdeği</t>
         </is>
       </c>
       <c r="C2487" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="2488" spans="1:3">
       <c r="A2488" s="1" t="inlineStr">
         <is>
-          <t>9786054456970</t>
+          <t>9786055360023</t>
         </is>
       </c>
       <c r="B2488" s="1" t="inlineStr">
         <is>
-          <t>Agarta ve Yeraltındaki Gizli Uygarlıklar</t>
+          <t>Ejderha'nın Yemini</t>
         </is>
       </c>
       <c r="C2488" s="1">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="2489" spans="1:3">
       <c r="A2489" s="1" t="inlineStr">
         <is>
-          <t>9786053430452</t>
+          <t>9786054263301</t>
         </is>
       </c>
       <c r="B2489" s="1" t="inlineStr">
         <is>
-          <t>Aç Kalbini</t>
+          <t>Ejderha Dövmeli Kız</t>
         </is>
       </c>
       <c r="C2489" s="1">
-        <v>269</v>
+        <v>359</v>
       </c>
     </row>
     <row r="2490" spans="1:3">
       <c r="A2490" s="1" t="inlineStr">
         <is>
-          <t>9786053430803</t>
+          <t>9786055943554</t>
         </is>
       </c>
       <c r="B2490" s="1" t="inlineStr">
         <is>
-          <t>80 Gün Aşkın Rengi</t>
+          <t>Düşes</t>
         </is>
       </c>
       <c r="C2490" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2491" spans="1:3">
       <c r="A2491" s="1" t="inlineStr">
         <is>
-          <t>9786053430278</t>
+          <t>9786053430681</t>
         </is>
       </c>
       <c r="B2491" s="1" t="inlineStr">
         <is>
-          <t>80 Gün Arzunun Rengi</t>
+          <t>Dünya'nın Gizli Tarihi -3 (Cep boy)</t>
         </is>
       </c>
       <c r="C2491" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2492" spans="1:3">
       <c r="A2492" s="1" t="inlineStr">
         <is>
-          <t>9786054456093</t>
+          <t>9786055943493</t>
         </is>
       </c>
       <c r="B2492" s="1" t="inlineStr">
         <is>
-          <t>6 Saniye</t>
+          <t>Antik Çağlardan Günümüze Dünya'nın Gizli Tarihi</t>
         </is>
       </c>
       <c r="C2492" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2493" spans="1:3">
       <c r="A2493" s="1" t="inlineStr">
         <is>
-          <t>9786055360931</t>
+          <t>9786055289720</t>
         </is>
       </c>
       <c r="B2493" s="1" t="inlineStr">
         <is>
-          <t>59 Saniye</t>
+          <t>Anne Kalbi</t>
         </is>
       </c>
       <c r="C2493" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2494" spans="1:3">
       <c r="A2494" s="1" t="inlineStr">
         <is>
-          <t>9786055289874</t>
+          <t>9786054456338</t>
         </is>
       </c>
       <c r="B2494" s="1" t="inlineStr">
         <is>
-          <t>50/50 Katil</t>
+          <t>Aniden Shakespeare</t>
         </is>
       </c>
       <c r="C2494" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2495" spans="1:3">
       <c r="A2495" s="1" t="inlineStr">
         <is>
-          <t>9786055289249</t>
+          <t>9786053430377</t>
         </is>
       </c>
       <c r="B2495" s="1" t="inlineStr">
         <is>
-          <t>17 Gün Diyeti</t>
+          <t>Altın Oran</t>
         </is>
       </c>
       <c r="C2495" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2496" spans="1:3">
       <c r="A2496" s="1" t="inlineStr">
         <is>
-          <t>9786053430940</t>
+          <t>9786055289430</t>
         </is>
       </c>
       <c r="B2496" s="1" t="inlineStr">
         <is>
-          <t>13. Cemaat</t>
+          <t>Alev Alev</t>
         </is>
       </c>
       <c r="C2496" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="2497" spans="1:3">
       <c r="A2497" s="1" t="inlineStr">
         <is>
-          <t>9786055289553</t>
+          <t>9786054456116</t>
         </is>
       </c>
       <c r="B2497" s="1" t="inlineStr">
         <is>
-          <t>%100Kendine Güven</t>
+          <t>Akşam Yıldızı</t>
         </is>
       </c>
       <c r="C2497" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2498" spans="1:3">
       <c r="A2498" s="1" t="inlineStr">
         <is>
+          <t>9786053430308</t>
+        </is>
+      </c>
+      <c r="B2498" s="1" t="inlineStr">
+        <is>
+          <t>Akla Gelmeyen</t>
+        </is>
+      </c>
+      <c r="C2498" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2499" spans="1:3">
+      <c r="A2499" s="1" t="inlineStr">
+        <is>
+          <t>9786054456970</t>
+        </is>
+      </c>
+      <c r="B2499" s="1" t="inlineStr">
+        <is>
+          <t>Agarta ve Yeraltındaki Gizli Uygarlıklar</t>
+        </is>
+      </c>
+      <c r="C2499" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="2500" spans="1:3">
+      <c r="A2500" s="1" t="inlineStr">
+        <is>
+          <t>9786053430452</t>
+        </is>
+      </c>
+      <c r="B2500" s="1" t="inlineStr">
+        <is>
+          <t>Aç Kalbini</t>
+        </is>
+      </c>
+      <c r="C2500" s="1">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="2501" spans="1:3">
+      <c r="A2501" s="1" t="inlineStr">
+        <is>
+          <t>9786053430803</t>
+        </is>
+      </c>
+      <c r="B2501" s="1" t="inlineStr">
+        <is>
+          <t>80 Gün Aşkın Rengi</t>
+        </is>
+      </c>
+      <c r="C2501" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2502" spans="1:3">
+      <c r="A2502" s="1" t="inlineStr">
+        <is>
+          <t>9786053430278</t>
+        </is>
+      </c>
+      <c r="B2502" s="1" t="inlineStr">
+        <is>
+          <t>80 Gün Arzunun Rengi</t>
+        </is>
+      </c>
+      <c r="C2502" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2503" spans="1:3">
+      <c r="A2503" s="1" t="inlineStr">
+        <is>
+          <t>9786054456093</t>
+        </is>
+      </c>
+      <c r="B2503" s="1" t="inlineStr">
+        <is>
+          <t>6 Saniye</t>
+        </is>
+      </c>
+      <c r="C2503" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2504" spans="1:3">
+      <c r="A2504" s="1" t="inlineStr">
+        <is>
+          <t>9786055360931</t>
+        </is>
+      </c>
+      <c r="B2504" s="1" t="inlineStr">
+        <is>
+          <t>59 Saniye</t>
+        </is>
+      </c>
+      <c r="C2504" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2505" spans="1:3">
+      <c r="A2505" s="1" t="inlineStr">
+        <is>
+          <t>9786055289874</t>
+        </is>
+      </c>
+      <c r="B2505" s="1" t="inlineStr">
+        <is>
+          <t>50/50 Katil</t>
+        </is>
+      </c>
+      <c r="C2505" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2506" spans="1:3">
+      <c r="A2506" s="1" t="inlineStr">
+        <is>
+          <t>9786055289249</t>
+        </is>
+      </c>
+      <c r="B2506" s="1" t="inlineStr">
+        <is>
+          <t>17 Gün Diyeti</t>
+        </is>
+      </c>
+      <c r="C2506" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2507" spans="1:3">
+      <c r="A2507" s="1" t="inlineStr">
+        <is>
+          <t>9786053430940</t>
+        </is>
+      </c>
+      <c r="B2507" s="1" t="inlineStr">
+        <is>
+          <t>13. Cemaat</t>
+        </is>
+      </c>
+      <c r="C2507" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2508" spans="1:3">
+      <c r="A2508" s="1" t="inlineStr">
+        <is>
+          <t>9786055289553</t>
+        </is>
+      </c>
+      <c r="B2508" s="1" t="inlineStr">
+        <is>
+          <t>%100Kendine Güven</t>
+        </is>
+      </c>
+      <c r="C2508" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="2509" spans="1:3">
+      <c r="A2509" s="1" t="inlineStr">
+        <is>
           <t>9786053434818</t>
         </is>
       </c>
-      <c r="B2498" s="1" t="inlineStr">
+      <c r="B2509" s="1" t="inlineStr">
         <is>
           <t>Kış Ortasında Kan</t>
         </is>
       </c>
-      <c r="C2498" s="1">
+      <c r="C2509" s="1">
         <v>319</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>