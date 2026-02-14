--- v0 (2025-12-14)
+++ v1 (2026-02-14)
@@ -85,445 +85,44275 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258516326</t>
+          <t>9786258656060</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Deneysel Araştırmalar Teori Ve Uygulama</t>
+          <t>2026 Üds Belediye Ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri Personeli Üds Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası Ortak Konular</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>740</v>
+        <v>490</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256357600</t>
+          <t>9786256287433</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>2025 Gys Tbmm Görevde Yükselme Ve Ünvan Değişikliği Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası Tüm Kadrolar İçin Ortak Konular</t>
+          <t>2025 Gys İçişleri Bakanlığı Görevde Yükselme Ve Ünvan Değişikliği Sınavlarına Hazırlık İlçe Yazı İşleri Müdürlüğü Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>525</v>
+        <v>770</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052411117</t>
+          <t>9786258325751</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bilgi İşlemsel Düşünmeden Programlamaya</t>
+          <t>Matematik Güçlüğü Diskalkuli Tanılama Ve Müdahale - (Ekonomik Boy)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>505</v>
+        <v>535</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258516401</t>
+          <t>9786258516579</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar Eğitiminde Sınıf Yönetimi</t>
+          <t>Üst Düzey Düşünme Becerileri Kavramsal Çerçeve Ve Ölçme Araçları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255704948</t>
+          <t>9786256135994</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Değer Ve Beceri Odaklı Belirli Gün Ve Haftalar Etkinlikleri - I Öğretmen Ve Öğretmen Adayı El Kitabı</t>
+          <t>Matematik Öğretiminde Eğitsel Oyunlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>770</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053182610</t>
+          <t>9786053182498</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sistemik Müdahaleler</t>
+          <t>Çözümlü Yüksek Matematik Problemleri 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>185</v>
+        <v>870</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052414163</t>
+          <t>9786052415726</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Söyleyelim</t>
+          <t>Erken Çocuklukta Matematik Eğitimi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>850</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258516173</t>
+          <t>9786256140585</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Sürecinde Psikolojik Sağlamlık Okul Yöneticileri Ve Eğitimin Yönetimi</t>
+          <t>Çoklu Perspektiflerden Bilimsel Bakışa Kimya Öğretiminde Kavram Yanılgıları 1</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>460</v>
+        <v>535</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258516203</t>
+          <t>9786258656046</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimlerinde Disiplinler Arası Araştırmalar I</t>
+          <t>2026 Gys Belediye Personeli Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası İtfaiye Şube Müdürü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256287303</t>
+          <t>9786258656015</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>2025 Gys İçişleri Bakanlığı Şeflik Veri Hazırlama Ve Kontrol İşletmeni Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
+          <t>2026 Gys İl Özel İdareleri İle İl Özel İdarelerinin Üyesi Oldukları Mahalli İdare Birlikleri Personeli (3.Grup) Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258044164</t>
+          <t>9786258656022</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırma Yöntemleri</t>
+          <t>2026 Gys İl Özel İdareleri İle İl Özel İdarelerinin Üyesi Oldukları Mahalli İdare Birlikleri Personeli (4.Grup) Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>380</v>
+        <v>490</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255704467</t>
+          <t>9786257582186</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Kimya Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+          <t>Çağdaş Sanat Eğitiminde Temel Tasarım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>215</v>
+        <v>750</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255704108</t>
+          <t>9786258044768</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Fen Bilimleri Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+          <t>Gelecek İçin Eğitim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>210</v>
+        <v>610</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258516333</t>
+          <t>9786258516708</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Evolving Practices İn Efl Writing Pedagogy İn Türkiye</t>
+          <t>Okul Güvenliğinin Yönetimi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>225</v>
+        <v>365</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255704160</t>
+          <t>9786258516760</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Lise Matematik Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Ukulele Çalıyorum Popüler Şarkılar Video Destekli Popüler Şarkılar (Karekod)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>185</v>
+        <v>465</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255964441</t>
+          <t>9786256829923</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kitaplarıyla 21. Yüzyıl Becerileri: Uygulama Örnekleri</t>
+          <t>Süreç Ve Tür Temelli Yazma Eğitimi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>290</v>
+        <v>650</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258516043</t>
+          <t>9786258044423</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sıradan İnsanın Ve Yaşamın Öyküsü Olarak Mikro Tarihi Öğrenmek Ve Öğretmek</t>
+          <t>Müzik Eğitiminde Uygulamalı Ukulele Öğretimi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>440</v>
+        <v>535</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257582995</t>
+          <t>9786258044225</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Üstün Zekalı Öğrencilerin Din Eğitimi: Eğiticiler İçin El Kitabı</t>
+          <t>Özel Eğitimde Ölçme Ve Değerlendirme</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>215</v>
+        <v>675</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258325317</t>
+          <t>9786052410639</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Becerileri Eğitimi (Ekonomik Boy)</t>
+          <t>İnsan Hakları Ve Demokrasi Eğitimi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>330</v>
+        <v>575</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255704030</t>
+          <t>9786053644910</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Coğrafya Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Okuma Ve Anlama Eğitimi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255704153</t>
+          <t>9786257052399</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB AGS ÖABT Lise Matematik Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+          <t>Uygulama Örnekleriyle Matematik Öğretiminde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>195</v>
+        <v>655</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258516340</t>
+          <t>9786052416532</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Eğitim</t>
+          <t>Kapsayıcı Eğitim</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>165</v>
+        <v>495</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256810990</t>
+          <t>9786258516388</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türk Soylulara Türkiye Türkçesi Öğretimi</t>
+          <t>R Uygulamalı Meta Analiz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257582247</t>
+          <t>9786258516180</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Öğretme Ve Öğrenme</t>
+          <t>Aile İçi İlişkiler Ve İletişim</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052413135</t>
+          <t>9786053181118</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Danışma Ve Psikoterapi Kuramları</t>
+          <t>Adbilim</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>800</v>
+        <v>290</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052419854</t>
+          <t>9786258656008</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Dışı Etkinlikler</t>
+          <t>2026 Gys İl Özel İdareleri İle İl Özel İdarelerinin Üyesi Oldukları Mahalli İdare Birlikleri Personeli (2.Grup) Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>255</v>
+        <v>395</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
+          <t>9786258516920</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys İl Özel İdareleri İle İl Özel İdarelerinin Üyesi Oldukları Mahalli İdare Birlikleri Personeli (1.Grup) Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786256357839</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Tarihsel Düşünmeyi Öğretmek</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786258656053</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Arayış İlmin Yolunda İrfanın İzinde</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786256890176</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Meb Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası Şeflik</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786258516241</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Nasıl Öğretilir Iı</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786255704559</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Toplumun Kuantifikasyonu Sayıların İktidarının Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786052410295</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitimde Fen Bilgisi Ve Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786256829572</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Biyoloji Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786256829152</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Tyt-Ayt Geometri Analitik Geometri-Katı Cisimler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9780202206776</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Matematik Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786258516869</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Belediye Personeli Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası İtfaiye Amiri</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786258516876</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Belediye Personeli Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası İtfaiye Çavuşu</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786257880107</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Sistemik Terapi Ve Danışma Ders Kitabı Temel Bilgiler I</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786256810945</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Otizm Spektrum Bozukluğu:ilişki Temelli-Gelişimsel-Davranışsal Yaklaşımlar Ve Müdahaleler</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9780202170572</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Matematik Sayılar Bölme Ve Bölünebilme Rasyonel Üslü Köklü Sayılar</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786258516852</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Üzgün Fikirlerden Özgün Fikirlere Yaratıcı Düşünme Atölyem</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786256890145</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Meb Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası Memurluk</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786258516234</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Hibrit Zeka İnsan İle Yapay Zekânın Sorumlu İş Birliği Ve Örnek Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786256140967</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Sinema Filmleriyle İnsan Hakları Ve Demokrasi Eğitimi Kadrajda Hak Ve Özgürlükleri Var</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786255704887</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Meb Görevde Yükselme Sınavlarına Hazırlık Tamamı Çözümlü 5 Deneme Şube Müdürlüğü</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786256287549</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>2026 Diyanet İşleri Başkanlığı Murakıplık Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786258516821</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Çevresel Vatandaşlık Eğitimi Çevre, Yurttaşlık Ve Eğitim: Çevresel Vatandaşlık Eğitimi Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786256357600</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Tbmm Görevde Yükselme Ve Ünvan Değişikliği Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası - Tüm Kadrolar İçin Ortak Konular</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786258516647</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Oyunu Kuramlar Tarihsel Süreç Ve Gelişimsel Boyutlarıyla Oyunun Bilimsel Temelleri</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786258516692</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenlik Uygulaması Türkiye Yüzyılı Maarif Modeline Uygun</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786258516753</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>2026 Üds Çevre Şehircilik Ve İklim Değişikliği Bakanlığı Üds Ünvan Değişikliği Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası 2. Grup Ve 3. Grup Ön Lisans Mezunları</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786258516746</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>2026 Üds Çevre Şehircilik Ve İklim Değişikliği Bakanlığı Üds Ünvan Değişikliği Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası 1. Grup Lisans Mezunları</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786258516661</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Öğretmen Eğitiminde Yapay Zekâ Araçları</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786258516517</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Tarihinde İz Bırakan Okullar Cilt 1</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786257582339</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Deneyimsel Öğrenme Öğrenme Ve Gelişimin Kaynağı Olarak Deneyim</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786258516722</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitimi Perspektifinden Öğrenmede Evrensel Tasarım Yaklaşımı, Bilimsel Süreç Becerileri Ve Görsel Algı</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786258516197</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Yaklaşımlarla Dil Bilgisi Öğretimi</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786258516432</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Diplomasisinin Modernleşmesinde Tanzimat Dönemi</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786258516548</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>İstendik Öğretimin Eğitsel Anlamına İlişkin Notlar</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786258516630</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Sesletimin Kavramsal Temelleri</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786256140301</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Beden Eğitimi Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786255704856</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Yazma Eylemi Yaratıcı Ve Dramatik Yazarlık Üzerine</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786255704870</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Aile Dinamikleri Ve Ruh Sağlığı</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786255704771</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Afetlerle Yaşamayı Öğrenmek-Iı</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786255704931</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Yaratıcı Drama Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786255704214</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>2024 Sosyal Bilgiler Dersi Öğretim Programı Türkiye Yüzyılı Maarif Modeli Doğrultusunda Kurumsal Temeller Ve Sınıf İçi Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786255704313</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>2024 Hayat Bilgisi Dersi Öğretim Programı Türkiye Yüzyılı Maarif Modeli Doğrultusunda Kurumsal Temeller Ve Sınıf İçi Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786255704702</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Türkçenin Yabancı Dil Olarak Öğretimi Programı: A0-B2 Düzeyleri</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786258516036</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Göç İdaresi Başkanlığı Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası Şef Şube Müdür Memur Ortak Konular</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786255704382</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Türkçe Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786255704283</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Türk Dili Ve Edebiyatı Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786256829763</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Değer Bilinçlendirme Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786255704818</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Eğitimde Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786255704733</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Eğitiminde Sanatsal Yönelimler Ve Ekolojik Sanat</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786255964908</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Sanatçı İçin Geometri</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786255704764</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Eğitimindeyapay Zeka (Yz)</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786255704573</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Okul Geliştirme Ve Eğitimde Dönüşüm Modeller Kavramlar Ve Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786255704504</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Biyoloji Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786255704429</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Fizik Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786256140295</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Beden Eğitimi Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786255964915</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Tarih Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786255704061</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786255964878</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Psikolojik Danışma Ve Rehberlik Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786255704672</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Eğitiminde Yapay Zekanın Kullanımı</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786255704238</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Bağımlılık Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786255704795</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Yaş Alma</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786255704597</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde İnsan Kaynağının Yönetimi Ve Geliştirilmesi</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786255704610</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Düşünce Becerileri Öğretimi</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786256140325</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Din Kültürü Ve Ahlak Bilgisi İmam Hatip Lisesi Meslek Dersleri Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786255704788</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Sendikacılığın Gelişimi Bağlamında Sağlık Ve Sosyal Hizmet Sendikaları Ve Türk Sağlık-Sen Örneği</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786255704580</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Maarif Modeli Çerçevesinde Hayat Bilgisi Öğretimi</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786255704054</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786255704498</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Biyoloji Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786255704566</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretiminde Yeni Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786255704603</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Japon Eğitim Sistemi</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786256357518</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Tarih Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786255704443</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Kimya Öğretmenliği Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786255704481</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Biyoloji Öğretmenliği Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786255704146</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Lise Matematik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786255704207</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt İlköğretim Matematik Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786255704689</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Oyunların Eğitici Gücü</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786255704627</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Örgütlerinde Liderlik</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786255704191</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ve Moğolistan Kamu Yönetimi Karşılaştırmalı Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786255704405</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Fizik Öğretmenliği Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786255704450</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Kimya Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786255704535</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>3 Boyutlu Yazıcı Teknolojileri Geçmiş, Bugün Ve Gelecek</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786255704542</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Destekli Akışkanlar Dinamiği (Cfd) Analizinin Mühendislik Tasarım Aşaması İle Bütünleştirilmesi İçin Aktivite Ve Bilgi Modellemesi</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786255704641</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Okul Yöneticisi Yetiştirme Ve Görevlendirme Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786256140318</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Din Kültürü Ve Ahlak Bilgisi-İmam Hatip Lisesi Mes.lisesi Öğr. Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786256652712</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinlerarası Eğitim Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786255704009</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Coğrafya Öğretmenliği Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786255704337</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786256140271</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Beden Eğitimi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786256140288</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Okul Öncesi Öğretmenliği Alan Bilgisi - Alan Eğitimi Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786256829305</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Arama Kurtarma Yönetimi Uygulaması Türkiye İçin Bir Model Önerisi</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786255704306</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Türkçe Öğretmenliği Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786256140264</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Okul Öncesi Öğretmenliği Alan Bilgisi - Alan Eğitimi - Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786255704320</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Medya Çalışmalarında Nitel Yöntem Araştırma Desenleri , Veri Toplama Araçları Ve Uygulamalar , Medya Veri Toplama Teknikleri , Web Tabanlı Programlar</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786257740869</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Kapının Ardındaki Ses Yalnızlık,Merhamet Ve Okul Liderliği</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786255704368</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcılık Ve Temel Dil Becerileri(Etkinlik Örnekleriyle)</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786256140868</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786256140066</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Soru Bankası Tamamı Çözümlü Sözel Yetenek Sayısal Yetenek</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786256128385</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Sınıfta Yönetişim Teori Ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786256652293</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Proje Hazırlama Ve Yönetimi</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786256140103</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Soru Bankası Tamamı Çözümlü Türkiye Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786256764965</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>2026 Ales Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786256652705</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Yansımalar Kuram Araştırma Uygulama</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786256829541</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>2026 Dgs Türkçe-Matematik Çek Kopart Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786256140257</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>2025 Gys Cte Adalet Bakanlığı Ceza Ve Tevkifevleri Genel Müdürlüğü Personeli İçin Görevde Yükselme Ve Ünvan Değişikliği Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası Saymanlık (2 Cilt)</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786256652408</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Yüzyılı Maarif Modelini Temel Alan Okul Öncesi Eğitim Programı İçin Öğretmen Rehberi Ve Etkinlik Örnekleri</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786256829718</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Çağı Olumsuz Yaşantıları Ve Öz Şefkat</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786256652699</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Aileler, Öğretmenler Ve Sınav Dönemi Öğrencileri İçin Uygulamalı Eğitimde Duygusal Zekâ Ve Motivasyon</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786256829640</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Yönetimin Puk Kodu</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786257740722</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Define Adası</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786256652996</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Yazma Akademik Makale Yazımında Sıkça Yapılan Hataları Düzeltme Rehberi</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786257740845</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Her Bakış Bir Anlam Zamanı Gelince Açan Çiçekler</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786053183877</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Temel İstatistik Spss Ve Excel Uygulamalı</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786256829756</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Kapsayıcı Eğitim: Kuramdan Uygulamaya Bütüncül Bir Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786255964311</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>2026 E-Kpss Engelli Kamu Personeli Seçme Sınavı Tamamı Çözümlü 10 Deneme (Ortaöğretim-Ön Lisans)</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786256652262</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>2026 Paem Komiser Yardımcılığı Ve Rütbe Terfi Sınavlarına Hazırlık 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786256140240</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarda Uyum Ve Davranış Sorunları</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786256829497</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Genel Yetenek Genel Kültür Tamamı Çözümlü Türkiye Geneli 4-5-6 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786256829527</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>2025 Meb Ags Tamamı Çözümlü Türkiye Geneli 4-5-6 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786256829558</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>2025 Ales Tamamı Çözümlü Türkiye Geneli 4-5-6 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786256829787</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>2025 Dgs Tamamı Çözümlü Türkiye Geneli 4-5-6 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786256829176</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>2026 Paem Komiser Yardımcılığı Ve Rütbe Terfi Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786255964823</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi Ve Spor Alanında Bilsem Öğretmeni El Kitabı</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786255964861</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Eğitiminin Psikolojik Temelleri</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786255964106</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcılık Ve Sanat</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786256764972</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Türkçesi 2 Yazma</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786255964977</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Ve Oyun Sanaldan Gerçeğe</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786256140028</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Kök Değerlerin Eğitimi Etkinliklerle Ders Planı Örnekleri</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786255964571</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Meb Ags Kim Korkar Eğitimin Temelleri Türk Milli Eğitim Sistemi Soru Bankası Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786255964830</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>2025 Üds Aile Ve Sosyal Hizmetler Bakanlığı Ünvan Değişikliği Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası Psikolog</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786257228244</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>2025 Üds Aile Ve Sosyal Hizmetler Bakanlığı Ünvan Değişikliği Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası Öğretmenlik</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786255964717</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>2025 Ales Tamamı Çözümlü Türkiye Geneli 1-2-3 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786255964748</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Genel Yetenek Genel Kültür Tamamı Çözümlü Türkiye Geneli 1-2-3 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786255964755</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>2025 Meb Ags Tamamı Çözümlü Türkiye Geneli 1-2-3 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786255964724</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss A Grubu Tamamı Çözümlü Türkiye Geneli 1-2-3 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786255964687</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Travma Sonrasında Psikoterapiler</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786255964496</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışmada Güncel Kuramlar-2</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786255964700</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Toplum Kuruluşu Olarak Sendikacılığın Gelişimi Ve Eğitim Sendikaları</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786255964564</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Okula Uyum Rehberi Öğrencilerin Sosyal Duygusal Ve Akademik Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786256287617</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Örnekleriyle Güncel Öğrenme-Öğretme Yaklaşımları-Vıı</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786255964052</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgilerde Sanat Ve Müze Eğitimi</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786255964588</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu'nun Tuşları</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786255964342</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Farklılaştırılmış Öğretim</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786255964526</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Meb Ags Kim Korkar Sözel Yetenek Soru Bankası Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786255964533</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Meb Ags Kim Korkar Tarih Soru Bankası Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786255964519</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Meb Ags Kim Korkar Sayısal Yetenek Soru Bankası Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786255964540</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Meb Ags Kim Korkar Türkiye Coğrafyası Soru Bankası Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786255964595</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>2025 Üds Sağlık Bakanlığı Ünvan Değişikliği Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası Ortak Konular Genel Kültür Mevzuat</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786255964427</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Prof. Dr. Süleyman Çelenk'e Armağan</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786255964397</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>2026 Yds Fransızca Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786257676915</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Drama Yoluyla Gelişim</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786255964403</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>2026 Yds Arapça Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786255964410</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>2026 Yds Rusça Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786255964007</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>31. Ankara Uluslararası Eğimde Yaratıcı Drama Kongresi</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786255964380</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>2026 Yds Almanca Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786255964489</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Nitel Karşılaştırmalı Analiz</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786256140035</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Developing Writing Skill Through Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786255964434</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Algısı Kültürel Ve Tarihsel Perspektiften Çocuğun Dünyası Ve Hakları</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786255964113</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Üst Düzey Düşünme Becerilerine Dayalı Okuma Başarısının Geliştirilmesi</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786255964328</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>İstatistik: Veri Analizi Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786255964243</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>From Theory To Practice: Technology Transfer İn Social Sciences And Humanities</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786255964250</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilirlik Sürdürülebilir Finans - Esg - Raporlama Hakkında Her Şey</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786255964373</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>2025 Gys Orman Genel Müdürlüğü Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası - Ortak Konular</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786256140950</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Profesörler Konuşuyor</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786256140738</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Veri Bilimi İçin Uygulamalı Temel Lineer Cebir</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786256140851</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Etiği Kamu Görevlisinin Etik İlkeleri</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786255964236</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Fen Bilimleri Dersi Öğretim Programı</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786255964229</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>2025 Gys Tarım Ve Orman Bakanlığı Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası - Sivil Savunma Uzmanı</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786256140813</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Jasp İle İstatistiksel Analiz Uygulamalı Bir Rehber</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786256140998</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>İş Kazalarına Modern Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786256140806</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Öğretiminde Kültürlerarası İletişim</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786255964267</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>2026 Yds İngilizce Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786256140837</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Üst Düzey Düşünmeyi Destekleyen Deneyler</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786255964038</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Maarif Düşüncemizin Kurumsal Temelleri 2</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786256140462</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Dünden Bugüne Bulgaristan Türklerinin Adları Ve Soyadları</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786256135673</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Contemporary Educational Tendencies İn The 2Nd Century Of The Republic Of Türkiye: Research And Prantices</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786256140899</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bilgisi Öğretimi 2024 Türkiye Yüzyılı Maarif Modeline Uygun</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786256135659</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Educational Research İn The 2Nd Century Of The Republic Of Türkiye</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786256140936</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Müdür Yetkili Öğretmenlik Öğretmen Adayları Ve Mesleğe Yeni Başlayanlar İçin Bir Rehber</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786256135628</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Türk Sanatında Kültürel İzlekler 1</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786256140752</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Kimya Öğretiminde Teknoloji Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786256140943</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Masal Terapi Yaşamsal Sorunlara Masalsı Çözümler</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786256140981</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda Yabancı Dil Eğitimi</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786256140875</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışma Süpervizyonu Üzerine Güncel Derlemeler Ve Eleştiriler</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786256135444</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Rekreasyonda Kariyer</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786256140059</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Eğitimde Erkek Öğretmen Olmak: Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786256140844</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgilerin Temelleri</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786256135116</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Fen, Mühendislik Ve Matematikte Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786256140424</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Ags Kpss Ales Dgs Ezberbozan Kolay Problemler Tamamı Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786255964014</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Yks-Dil Yds Yökdil Vocabulary Master</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786256140769</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Aile Okuryazarlığı</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786256140820</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Haritası: Eleştirel Düşünceye Yolculuk</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786256140745</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretiminde Yeni Yaklaşımlar- V</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786256135666</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Okul Dışı Öğrenme Ortamlarında Yaratıcı Drama İlkokul Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786256135635</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Bağımlılık</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786256140615</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Bir Steam Eğitimi Savaş Alanı Arkeolojisi Malazgirt Savaşı Örneği</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786256140653</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>From Labs To Lifestyles: How Technology Transfer Shapes Our World</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786256140691</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Ve Dönüşen Dünyada Din Eğitimi Ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786256140684</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamada Bilişsel Davranışçı Terapi Teknikler,Örnek Uygulamalar Ve Metaforlar</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786256140660</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786256287921</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>2025 Meb-Ags-Öabt Biyoloji Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786256140677</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786256140707</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışma Becerileri</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786256135420</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Primitif Dönemden Günümüze Sanatın Öyküsü</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786256140639</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler İle Deprem Bilinci Farkındalık Stratejileri Ve Eğitim Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786256140448</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Deprem Eğitimi</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786256140622</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Dijitalleşen Dünyada Din Eğitimi</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786256140233</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Travma Sonrası Gelişim Ve Psikolojik Dayanıklılık Psikoeğitim Programı</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786256140561</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Eğitim Bilimleri Ölçme Ve Değerlendirme Tamamı Çözümlü 20 Deneme</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786256140554</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Eğitim Bilimleri Öğretim İlke Ve Yöntemleri Tamamı Çözümlü 20 Deneme</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786256135789</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Eğitim Bilimleri Tamamı Çözümlü 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786256140547</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Eğitim Bilimleri Program Geliştirme Tamamı Çözümlü 20 Deneme</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786256140530</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Eğitim Bilimleri Rehberlik Ve Özel Eğitim Tamamı Çözümlü 20 Deneme</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786256135468</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Eğitim Bilimleri Gelişim Psikolojisi Tamamı Çözümlü 20 Deneme</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786256140523</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Eğitim Bilimleri Öğrenme Psikolojisi Tamamı Çözümlü 20 Deneme</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786256128972</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Nitel Araştırma Pratikleri (Eğitimciler İçin)</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786256287648</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Mühendislik Tasarım Temelli Fen Eğitimi Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786256128453</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu Reditus Muhasebe Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786256140578</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>2026 Milli Eğitim Bakanlığı (Ekys) Müdür Ve Müdür Yardımcılığı Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786256135772</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Eğitim Bilimleri Konu Konu Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular Son 6 Yıl</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786256287587</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Etnopedagojik Bağlamda Balkan Ülkeleri Ve Türkiye Okul Öncesi Ethosferinde Karakter Eğitimi</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786256140516</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Güçlüğünün Giderilmesi</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786256135246</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Psikoeğitim Uygulayıcılar İçin Bir Kılavuz</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786256135758</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Eğitim Bilimleri Tamamı Çözümlü Çıkmış Sorular Son 10 Yıl</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786256140455</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Eğitim Bilimleri Tamamı Çözümlü Efsane 2000 Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786256140400</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Örgüt Kültürü Ve İklimi</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786256140479</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme Sürecinde Eğitim Ve Toplum</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786256140363</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Les Sept Vies D'harry Potter</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786256140370</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu 5000 Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786256128460</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>2026 Kpss A Grubu Hukuk Tamamı Çözümlü Soru Bankası-Özel Hukuk</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786256829596</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Kimya Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786256128477</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>2026 Kpss A Grubu Hukuk Tamamı Çözümlü Soru Bankası-Kamu Hukuku</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786256128521</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu Libertus İcra İflas Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786256128538</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu Libertus Medeni Hukuk Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786256128569</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu Libertus Ticaret Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786256128491</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu Libertus Borçlar Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786256128651</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Modüler Bağlamda Sosyal Bilgiler - Doğa Bilimleri Temelli Bakış - Cilt Iıı</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786256128637</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Modüler Bağlamda Sosyal Bilgiler - Disiplin Temelli Bakış - Cilt I</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786256128668</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Modüler Bağlamda Sosyal Bilgiler - Dijitalleşme Temelli Bakış - Cilt Iv</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786256128675</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Modüler Bağlamda Sosyal Bilgiler - Pedagoji Temelli Bakış - Cilt V</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786256128644</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Modüler Bağlamda Sosyal Bilgiler - İnsan Ve Toplum Bilimleri Temelli Bakış - Cilt Iı</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786256135796</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Ezberbozan Eğitim Bilimleri Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786256140165</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Türkçesi Şekil Bilgisi 1 Yapım</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786256128378</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Psikoloji Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786256128507</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu Libertus Anayasa Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786256128484</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu Libertus İdare Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786256128446</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>2026 Kpss A Grubu Reditus Muhasebe Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786256140417</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Bakanlık Müfettiş Yardımcılığı Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786256287372</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Etkili Öğretim Tasarımı Takım Sporları</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786256135765</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>2025 Kpss Eğitim Bilimleri Tamamı Çözümlü Çıkmış Sorular Son 5 Yıl</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786256140141</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Okul Sağlığı Ve Güvenliği Bağlamında Okul Kantinlerinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786256128514</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu Libertus Ceza Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786256135239</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Aile: Gelenekselden Günümüze Disiplinler Arası Bakış</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786256287594</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Yemeklerin Standart Tarifeleri: Besin Ögeleri Açısından Değerlendirilmesi</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786256128576</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Ve Göç</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786256128439</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>2026 Kpss A Grubu Optimus Maliye Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786256128422</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu Optimus Maliye Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786256128989</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Miras Ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786256287426</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Voleybol Antrenmanı Ve Performans Bileşenleri</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786256287600</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Zayıflama Ve Eliminasyon Diyetleri İçin Diyetisyen Gözüyle Sağlıklı Alternatif Tarifeler</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786256287570</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786256287273</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Ortaokul Değerler Eğitiminde Bilimsel Araştırma Projeleri</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786256287259</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Lise Değerler Eğitiminde Bilimsel Araştırma Projeleri</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786256128552</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>2026 Kpss A Grubu Economicus Makro İktisat Ve Para-Banka-Kredi Tamamı Çözümlü Soru Bankası (Cilt 2)</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786256128545</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>2026 Kpss A Grubu Economicus Mikro İktisat Tamamı Çözümlü Soru Bankası (Cilt 1)</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786256287655</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Felsefi Bir Problem Olarak Kötülük Ve Hume'da Kötülük Problemi</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786256128415</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu Economicus Türkiye Ekonomisi, Uluslararası İktisat, Büyüme Ve Kalkınma, İktisadi Doktrinler Tarihi Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786256128408</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu Economicus Makro İktisat Ve Para-Banka-Kredi Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786256128392</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu Economicus Mikro İktisat Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786256287525</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Yürütücü İşlevler Ve Özel Gereksinimli Bireyler</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786256287488</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Okul Dışı Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786256287266</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Örnekleriyle Güncel Öğrenme-Öğretme Yaklaşımları-Vı</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786256287464</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Puanlayıcı Yargılarına Dayalı Ölçmelerde Geçerlik Ve Güvenirlik</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786256287563</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretim Yönetiminin Geleceği</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786256287327</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Türkçe Öğretiminde Yaratıcı Drama</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786256287495</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Diller Ötesilik Dil Öğretiminde Güncel Bir Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786256287471</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>21.Yüzyıl Becerileri Odağında Üst Düzey Düşünme Becerileri</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786256652910</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786256652989</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Anlatısal Maruz Bırakma Terapisi</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786256287310</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Travma Tedavisinde Kullanılan Çağdaş Psikolojik Danışma Yaklaşımları Vaka Örnekleriyle</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786256652859</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Astronomi Ve Uzay Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786256287334</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Hatay Ve Çevresi Yöresel Dilimiz Sözlük</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786256287419</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Okumanın Temelleri Ve Okul Becerileri</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786256287365</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Gelişen Zihin: Eğitimciler İçin Bir Yol Haritası</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9780202310367</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Genel Yetenek Genel Kültür Kamp Notları</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786258044157</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Bir Nitel Araştırma Türü Olarak Öz Çalışma Yönetimi</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786256287020</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinlerarası Bilgi İşlemsel Düşünme Becerisi Örnek Etkinlikleri Iı</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786256287303</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys İçişleri Bakanlığı Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası Şeflik Veri Hazırlama Ve Kontrol İşletmeni</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786256287044</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Eğitim Bilimleri Tamamı Çözümlü Türkiye Geneli 4-5-6 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786256287242</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Sınıf Öğretmenliği Tamamı Çözümlü Türkiye Geneli 4-5-6 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786256287167</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Lise Matematik Tamamı Çözümlü Türkiye Geneli 4-5-6 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786256287082</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Fen Bilimleri Tamamı Çözümlü Türkiye Geneli 4-5-6 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786256287143</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Coğrafya Tamamı Çözümlü Türkiye Geneli 4-5-6 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786256652965</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Eğitiminde Araştırma Projeleri</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786256652972</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Türkçesi Dil Bilgisi Iı - Türkiye Türkçesi Şekil Bilgisi</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786052414729</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Eserleri Sözlerinin Ötesinde Bir Eğitimci: Sıtkı Alp'in Kaleminden</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786256357877</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Başarı Açığı</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786256652903</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Analizi Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786256652934</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Temel Eğitimde Dijitalleşme Temelli Okuryazarlık Becerileri</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786256652941</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Dilbilgisi Öğretiminin Tarihi</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786256652927</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetiminde Yeni Liderlik Yaklaşımları Cilt:2</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786256652385</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Eğitim Bilimleri Tamamı Çözümlü Türkiye Geneli 1-2-3 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786256652453</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Lise Matematik Tamamı Çözümlü Türkiye Geneli 1-2-3 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786256652521</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Fen Bilimleri Tamamı Çözümlü Türkiye Geneli 1-2-3 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786256652545</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Kimya Tamamı Çözümlü Türkiye Geneli 1-2-3 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786256652514</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Coğrafya Tamamı Çözümlü Türkiye Geneli 1-2-3 (3'Lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786256652866</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Structural Analysis Of The English Sentence</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786256652835</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Okul Yönetiminde Öğretim Liderliği Eğitim Ve Öğretim Yönetimi</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786256652828</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Liderliğin Meydan Okuyucuları</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786256652842</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Hakları Üzerine (Seçkin Araştırmalarla Eleştirel Okumalar-I)</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786256764385</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Coğrafya Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786256652804</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Değer Odaklı Eğitimler(Kuramdan Uygulamaya)</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786256652798</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Okullarda Örgütsel Davranış Ve Liderlik</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786256652743</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimat Döneminde Bürokrasi Ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786256652361</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Başarılı Okul Liderliği Modelleri</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786256357716</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ahlak Ve Etik (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786256652613</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>2024 İktisadi Ve İdari Bilimler Fakültesi Mezunları İçin İdari Yargı Hakimliği Ön Sınavı Medeni Huku</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786256652668</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>2024 İktisadi Ve İdari Bilimler Fakültesi Mezunları İçin İdari Yargı Hakimliği Ön Sınavı İdare Hukuk</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786256652644</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>2024 İktisadi Ve İdari Bilimler Fakültesi Mezunları İçin İdari Yargı Hakimliği Ön Sınavı Borçlar Huk</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786256652675</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>2024 İktisadi Ve İdari Bilimler Fakültesi Mezunları İçin İdari Yargı Hakimliği Ön Sınavı Anayasa Huk</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786256652606</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim İkileminde Bir Kaçış Rampası Eğitim Denetimi</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786256652125</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>3.4.5.6.7.8 Sınıf Fen Eğitiminde Alternatif Bir Yöntem Olarak Yaratıcı Drama</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786256764200</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Psikolojik Danışma Ve Rehberlik Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786256764194</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Sınıf Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786256764460</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Türk Dili Ve Edebiyatı Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786256890817</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Lise Matematik Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786256652217</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>2024 Hukuk Mesleklerine Giriş Sınavı Avukatlık Noterlik Hakimlik Ve Savcılık Borçlar Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786256652255</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Filmlerde Özel Gereksinimli Bireyler</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786256652149</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Piyano İçin Makamsal Etütler Ve Türk Müziği Saz Eserleri</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786256652231</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>2026 Hukuk Mesleklerine Giriş Sınavı Hmgs İcra Ve İflas Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786256652194</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>2024 Hukuk Mesleklerine Giriş Sınavı Avukatlık Noterlik Hakimlik Ve Savcılık İdare Hukuku Konu Anlat</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786256652248</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>2026 Hukuk Mesleklerine Giriş Sınavı Hmgs Ceza Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786256652224</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>2024 Hukuk Mesleklerine Giriş Sınavı Avukatlık Noterlik Hakimlik Ve Savcılık Ticaret Hukuku Konu Anl</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786256652200</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>2024 Hukuk Mesleklerine Giriş Sınavı Avukatlık Noterlik Hakimlik Ve Savcılık Medeni Hukuk Konu Anlat</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786256652187</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>2024 Hukuk Mesleklerine Giriş Sınavı Avukatlık Noterlik Hakimlik Ve Savcılık Anayasa Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786256652170</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Sınıfta Çağdaş Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786256652163</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Terbiye-İ İptidaiye Islahatı (İlköğretimin İyileştirilmesi)</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786256810914</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Din Kültürü Ve Ahlak Bilgisi Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786256652156</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Maaarif Hakkında Layihalar: 1</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786256652101</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Ideology Language And Subjectivity İn The Victorian Novel</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786256764507</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt İngilizce Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786256652019</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafi Keşifler</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786256764873</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Türkiyede Sosyal Bilgiler Eğitimi Araştırmaları El Kitabı Iı</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786256764880</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimattan Cumhuriyete Yabancı Dillerde Yazılmış Türkçe Dil Öğretimi Kitaplarının Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786256890879</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Fen Bilimleri Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786256764903</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Ülkelerden Örneklerle Program Geliştirme Süreç Ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786256829046</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Sınıf Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786258325423</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluğun İnşası - Pozitif Psikolojiye Dair Pratik Bir Rehber</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786256652002</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>2026 Kpss Tarih Meşalesi Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786256764910</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786256764354</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Korunan Alanlarının Yönetim Etkinliğinin Değerlendirilmesi</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786256764934</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Büyük Fikirler İlkokulda Anlamaya Dayalı Tasarım (Ubd) Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786256764897</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce Dili Eğitimi Programlarında Çeviri Dersleri</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786256764606</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Kölelik Ve Sömürge Sonrası Ülkelerin Sosyal Bilgiler Ve Tarih Programları</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786256764842</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Pozitif Örgütsel Düşünce</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786256764927</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ahlak Ve Etik</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786256764774</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786256764781</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Teknolojileri Okumaları 2023</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786256829862</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Ticaretin Değişen Gündemi Ve Dünya Ticaret Örgütü</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786256764811</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786256764750</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Doğal Ve Beşeri Özellikleriyle Yeşilova</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786256764583</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Maarif Düşüncemizin Kuramsal Temelleri-1</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786256829374</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Din Kültürü Ve Ahlak Bilgisi İmam Hatip Lisesi Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786256829251</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Öabt Psikolojik Danışma Ve Rehberlik Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786256764569</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Türkçesi 1</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786256764804</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Erteleme Bir Zaman Hilesinin Anatomosi</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786256764668</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>İdeal Okul Eğitimde İdeal İnsan Ve Millilik Arayışları</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786256764798</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Dört El Piyano İçin Özgün Eserler</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786256764576</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Piyano İçin 10 Parça</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786256764309</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Tutum Ölçeği Geliştirme Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786256764682</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Lisansüstü Eğitimi Hedefleyen Öğretmenler İçin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786256810686</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>2026 Milli Eğitim Bakanlığı (Ekys) Müdür Ve Müdür Yardımcılığı Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786256829909</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Sosyal Bilgiler Öğretim</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786256810693</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Kapsayıcı Dil Öğretimi</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786256764026</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Kuramında İncelemeler</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786256829633</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Matematik Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786256764255</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Okulda Ruh Sağlığı</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786256764064</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Cumhuriyetinin 100. Yılında Eğitim Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786256764088</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Research On Social Studies Education İn The 100 Year Of The Republic Of Turkey</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786256764095</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Research On Elementary Teacher Education İn The 100 Anniversary Of The Recublic Of Türkiye</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786256764347</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Dilbilgisi</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786256764590</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kültür Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786257582742</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Nitel Veri Analizi</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786256764118</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Eğitiminde Matematiksel Modelleme Perspektifleri Ve Sınıf İçi Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786256764644</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>2026 Din Hizmetleri Alan Bilgisi Testi Dhbt-2 Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786256764651</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>2026 Din Hizmetleri Alan Bilgisi Testi Dhbt-1 Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786256810747</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Geometride İlk Adım</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9780202192147</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 8 Deneme Sınavı B Kitapçığı Sayısal</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9780202192130</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 7 Deneme Sınavı B Kitapçığı Sayısal</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9780202192123</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 6 Deneme Sınavı B Kitapçığı Sayısal</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9780202192116</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 5 Deneme Sınavı B Kitapçığı Sayısal</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9780202192109</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 4 Deneme Sınavı B Kitapçığı Sayısal</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9780202192093</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 3 Deneme Sınavı B Kitapçığı Sayısal</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9780202192086</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 2 Deneme Sınavı B Kitapçığı Sayısal</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9780202192079</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>2022 Tg Lgs-1 Sayısal Deneme Sınavı B Kitapçığı</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9780202192055</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 7 Deneme Sınavı B Kitapçığı Sözel</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9780202192048</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 6 Deneme Sınavı B Kitapçığı Sözel</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9780202192031</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 5 Deneme Sınavı B Kitapçığı Sözel</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9780202192024</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 4 Deneme Sınavı B Kitapçığı Sözel</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9780202192017</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 3 Deneme Sınavı B Kitapçığı Sözel</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9780202191973</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 7 Deneme Sınavı A Kitapçığı Sayısal</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9780202191966</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 6 Deneme Sınavı A Kitapçığı Sayısal</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9780202166872</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 5 Deneme Sınavı A Kitapçığı Sayısal</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9780202191942</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 4 Deneme Sınavı A Kitapçığı Sayısal</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9780202130057</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 7 Deneme Sınavı A Kitapçığı Sözel</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9780202130040</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 6 Deneme Sınavı A Kitapçığı Sözel</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9780202130033</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 5 Deneme Sınavı A Kitapçığı Sözel</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9780202130026</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 4 Deneme Sınavı A Kitapçığı Sözel</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9780202130019</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 3 Deneme Sınavı A Kitapçığı Sözel</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9780202130002</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Lgs 2 Deneme Sınavı A Kitapçığı Sözel</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786256357471</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Tyt-Ayt Felsefe Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786256357372</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Fizik Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786257250832</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 11. Sınıf Tarih Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786256764262</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Ne Olacak Eğitim Fakültelerinin Hali</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786257250788</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 11. Sınıf Fizik Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786257250849</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 11. Felsefe Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786257250856</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 11. Coğrafya Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786257250801</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 11. Sınıf Biyoloji Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786258172058</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 11. Sınıf Tarih Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786258172003</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 11. Sınıf Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786258172027</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 11. Kimya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786258172010</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 11. Sınıf Fizik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786258172041</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 11. Sınıf Felsefe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786257250993</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 11. Sınıf Türkdili Ve Edebiyatı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786258172065</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 11. Sınıf Coğrafya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786258172034</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 11. Sınıf Biyoloji Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786256764033</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Çeviri Amaçlı Metin Çözümlemesi Uygulamalı Bir Rehber</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786256810976</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Şiirde Anne-Kız Metaforu</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786256764040</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Gömülü Metinler Neden Döner</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786256829565</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Biyoloji Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786256810921</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Somut Önerilerle Matematik Öğretimi</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786256764217</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Karakter Ve Değerler Eğitimi Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786256810990</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Türk Soylulara Türkiye Türkçesi Öğretimi</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786256829770</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Lgs Din Kültürü Ve Ahlak Bilgisi Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786256829794</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Lgs İngilizce Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786258044492</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Dereceli Puanlama Anahtarlarının Hazırlanması Ve Uygulanması</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786256764002</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>İlk Ve Orta Öğretimde Değerler Eğitimi Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786256764293</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Deniz Kuvvetleri Komutanlığı Görevde Yükselme Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786256764231</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>2026 Diyanet İşleri Başkanlığı Mesleki Bilgiler Seviye Tespit Sınavı Mbsts Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786256810280</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Yds Yökdil Grammar Book</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786256810143</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Genel Yetenek Genel Kültür Vatandaşlık Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786256810204</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Genel Yetenek Genel Kültür Matematik Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786256810150</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Genel Yetenek Genel Kültür Türkçe Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786256810983</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Fen Bilimleri Öğretimi Ve Öğretmenler</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786256764248</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>2026 Diyanet İşleri Başkanlığı Mesleki Bilgiler Seviye Tespit Sınavı Mbsts Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786256810235</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Eğitim Bilimleri Ölçme Ve Değerlendirme Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786256810228</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Eğitim Bilimleri Öğretim İlke Ve Yöntemleri Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786256810181</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Eğitim Bilimleri Program Geliştirme Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786256764187</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Eğitsel Oyunlar İle İngilizce Öğretimi</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786256810174</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Eğitim Bilimleri Rehberlik Ve Özel Eğitim Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786256810198</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>2024 Kpss Eğitim Bilimleri Öğrenme Psikolojisi Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786256357723</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Araştırma Yöntemleri: Temel Kavramlar, İlkeler Ve Süreçler (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786256810938</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Gelişmeler Işığında Eğitimde Program Geliştirme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786256764125</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Fakültelerinde Kalite Öğretmen Yetiştirmede Bir Model Önerisi</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786256829121</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Tyt-Ayt Matematik Mantık Kümeler Fonksiyonlar Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786256764071</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786256810402</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Göç Ekseninde Sosyal Uyum Ve Aktif Vatandaşlık</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786256810969</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Disiplinler Ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786256810952</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Okul Yöneticiliği</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786256810839</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Öğretiminde Teknoloji Tasarım Araçları Ve Adım Adım Uygulama Örnekleri</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786256810808</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışmada Etik Vaka Kitabı</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786258325003</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Sosyal Bilgiler Öğretimi Hayat Bilgisi Öğretiminden Tarih Öğretimine-(Ekonomik B</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786256810754</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786256810419</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Tarihi</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786256810761</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>100. Yılında Cumhuriyete Ve Atatürk'e Armağan</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786256810792</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafi Sorgulama Becerisi</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786256890565</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786256810709</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimlerinde Araştırma 101</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786256810655</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Teoriden Pratiğe Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786256890008</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimin Okul Sonrası Öğrenme Ortamları İle Desteklenmesi Okul Saatleri Dışında Okul Dışı Öğrenme-Türkiye Örneği</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786256810846</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetiminde Liderlerin Karanlık Yüzü</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786256810341</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Program Geliştirme</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786256810860</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Oecd Ülkeleri İle Türkiyedeki Okul Yöneticiliği Uygulamalarının Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786256829428</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Türk Dili Ve Edebiyatı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786256810730</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Veri Madenciliği Ve Bilgisayar Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786256810877</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Program Geliştirme</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786256829985</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Coğrafya Okuryazarlığı Iıı</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786256810631</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitime Multidisipliner Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786256810624</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Perspektifinden Geçmişten Günümüze Coğrafyanın Serüveni</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786256810396</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Kpss Kim Korkar Eğitim Bilimleri Ders Notları</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786256829138</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Tyt-Ayt Geometri Üçgenler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786256829145</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Tyt-Ayt Geometri Çokgen-Dörtgen-Çember Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786256829503</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Fizik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786256829664</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Türk Dili Ve Edebiyatı Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786256810822</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>2023 Milli Eğitim Bakanlığı Başöğretmenlik 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786257740265</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Öğreşme</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786256810242</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Alternatif Eğitim Türleri</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786256810365</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Digitalizing English Language Teaching</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786256810426</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Gelişimi Desteklemede Rehberlik Ve Psikolojik Danışmanlık</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786256829800</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Lgs Türkçe Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786256829855</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf İçi Öğrenmeleri Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786256810327</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Eğitiminde Sosyomatematiksel Normlar</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786256829169</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Tyt-Ayt Felsefe Grubu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786256810303</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışma Temel Öğeler</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786256810358</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinlerarası Yaklaşım Ve Eğitime Yansımalar</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786256810334</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786256810020</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Endüstriyel Pnömatik Ve Elektropnömatik Sistemler</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786256890305</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Ağırlama Sektöründe Gıda Hijyeni</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786256829824</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Lgs Matematik Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786256829961</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitiminde Drama</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786256829701</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Fizik Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786256890749</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretim Araştırmaları Ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786256829879</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Göstergelerarası Çeviri Bağlamında İran Uyarlama Sineması</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786256829466</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Coğrafya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786256829190</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Tarih Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786256829183</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786256829480</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Fizik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786256829459</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Matematik Limit Ve Süreklilik Türev-İntegral Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786256810075</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Teknolojik Yaklaşımlara Dayalı Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786256829442</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Matematik Trigonometri-Logaritma-Diziler-Eşitsizlikler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786256829619</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Türkçe Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786256829299</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Coğrafya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786256829602</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Tarih Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786256829992</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786256810006</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Okul Geliştirme Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786256829893</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Eğitimde Sınıf İçi Öğrenmelerin Değerlendirilmesi</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786256810037</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786256810013</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Çocuk Katılımı</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786256829848</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretim Kurumlarının Etkililiği</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786256810051</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Sinema Filmleriyle Eğitimi Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786256357358</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Biyoloji Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786256829916</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretim Ve Ortaöğretimde Akademik Başarıyı Anlama Ve Artırmak</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786256890688</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Palyatif Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786256890558</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>2018 Pısa Bazı Ülkelerin Performanslarıyla Türkiyenin Performansının Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786256890732</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Yök Görevde Yükselme Ve Ünvan Değişikliği Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786256890275</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Araştırma</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786256890398</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>2023 Milli Eğitim Bakanlığı Başöğretmenlik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786256890190</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Öğretiminde Okuma Eğitimi El Kitabı</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786256890459</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Diyanet İşleri Başkanlığı Personeli Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786256890138</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Kpss A Grubu Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786256890244</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Grammar Master Yks - Dil&amp;Yds</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786256890237</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Evlilik</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786256357860</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Yapılarının Mimari Tasarım Kalitesini Yükselten Ögeler</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786256890114</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı Eğitim Yönetimi</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786256890060</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Kapsayıcı Eğitim</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786256357075</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Boyu Öğrenme</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786258325881</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Yabancı Dil Öğretimi</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786256890084</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Yetki Alanlarının Paylaşım Sorunu Ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786256890077</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Kanıt Temelli Tarih Öğretimi</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786256890022</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Lgs Sözel Mantık Muhakeme Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786256890039</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>A Comprehensive Insight Into Lorentzian Geometry</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786258044904</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Çözüm Odaklı Kısa Süreli Psikolojik Danışma</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786256357976</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Okul Psikolojik Danışmanlığı Uygulamaları El Kitabı</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786256890046</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenlik Meslek Etiği</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786256357914</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Sözcük Ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786256357501</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Teoriden Uygulamaya Girişimcilik Eğitimi</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786257880046</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ölçme Ve Değerlendirme (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786256357990</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Düşünen Sınıflar İçin Eğlenceli Öğretim Teknikleri</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786256357907</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Geleneksel Çocuk Oyunları İle Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786256357952</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Terimlerin Karşılaştırması</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786256357761</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Lgs Paragraf Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786256357969</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimciler İçin Öz Düzenleme Becerileri</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786256357808</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilirlik Öncülleri Ardılları Ve Evrilmesi</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786256357884</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Sayılar Ve Matrisler Teorisi</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786256357921</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Değişkeci Toplumdilbilim Ve Dil Değişkenliği</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786256357891</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Ukulele Çalıyorum Çocuk Şarkıları</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786256357938</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Belediye Ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri Personeli (1.Grup) Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786256357747</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Matematikte Özel Yetenekli Çocuklar Ve Matematik Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786256357822</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti Temel Eğitim Programı Geliştirme Süreci</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786256357846</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Etkileşimli Kitap Okuma (Eko)</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786256357730</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Felsefeye Giriş</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786256357754</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Farklılaştırılmış Öğretim</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786256357563</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Matematikte Problem Çözme Ve Problem Kurma</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786256357785</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Ülkelerde Okul Öncesi Eğitim</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786256357778</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Eğitiminde İlişkilendirme</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786258325027</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Beslenme Ve Sağlık (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786258325386</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>11.Uluslararası Eğitimde Yaratıcı Drama Semineri - (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786256357686</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>İlkokul Ve Ortaokulda Etkinlik Örnekleriyle Matematiksel Modelleme</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786258325416</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Araştırma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786256357204</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Nitel Araştırmalar Ve Eylem Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786256357297</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Eğitiminin Temel Eksenleri</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786256357693</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Milli Savunma Bakanlığı Görevde Yükselme Ve Ünvan Değişikliği Sınavı Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786256357679</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Türkçenin Yabancı Dil Olarak Öğretiminde Yaklaşım Ve Yöntemler - (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786256357556</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>7. Ve 8. Sınıf Fen Bilimleri Kavram Yanılgılarının Giderilmesi Öğretmen Kitabı</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786256357662</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Program Değerlendirme Modelleri</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786256357068</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Kariyer Planlama Ve Akademik Kariyerin Psikolojik Temelleri</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786256357211</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Eğitiminde Algoritma Tasarımı Ve Python Programlamaya Giriş</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786256357525</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojiden Uygulamaya Yansımalar Teknolojinin Öğretim Ortamlarında Kullanımı</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786256357136</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Geometri Öğretim Bilgisi</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786256357549</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Otizm Spektrum Bozukluğu (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786256357532</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Coğrafya Ve Türkiye Jeopolitiği</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786258325966</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Uygarlık Tarihi - (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786258325232</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>5. Ve 6. Sınıf Fen Bilimleri Kavram Yanılgılarının Giderilmesi Öğretmen Kitabı</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786256357273</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Nöropedagoji Çocuklarla Çalışmada Nöropedagojk Destek Programı</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786256357570</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>İklim Değişikliği Eğitimi</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786256357280</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Dil Becerilerinin İzlenmesi Ve Değerlendirilmesi</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786256357488</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Krize Müdahale Ve Kriz Danışmanlığı</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786256357242</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Teknolojileri Okumaları 2022</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786256357259</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Sorunları</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786056991660</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Eğitsel Oyunlarla Hayat Bilgisi Öğretimi</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786256357228</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Kaygısı</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786256357303</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Pedagoji</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786256357266</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi Ve Spor Öğretimi</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786258325140</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyıl Okullarını Yeniden Düşünmek (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786256357235</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Kısa Orta Çağ Tarihi</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786256357181</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Kpss Eğitim Bilimleri Program Geliştirme Ders İzleme Defteri</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786256357150</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Bakışla Etnopedagojiye Giriş</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786256357129</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Doğuşu Yükselişi Ve Çöküşüyle Başarıyı Anlamak</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786256357198</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Etkili Öğretim Becerileri</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786256357082</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Python - Programlama Eğitiminde Soru Tabanlı Sistem Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786256357044</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Ölçme Aracı Uyarlama El Kitabı</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786256357037</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Fiziki Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786258325997</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Coğrafya Okuryazarlığı Iı</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786256357006</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle Ölçek Geliştirme Süreci</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786258325980</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Sosyal Bilgiler Öğretim Programları</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786256357013</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Yönetim Kuramları İlişkiler Ve Eğitim Örgütlerine Yansımaları</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786258325959</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Preparing Pre-Service Teachers For Emergent Bilinguals</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9780202206943</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Kpss Eğitim Bilimleri Gelişim Psikolojisi Ders İzleme Defteri</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786258325850</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Özel Gereksinimli Bireyler İçin Uyarlanmış Beden Eğitimi Ve Spor</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786258325379</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Araştırma Yöntemleri - (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786258325935</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinlerarası Bilgi İşlemsel Düşünme Becerisi</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786258325706</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Zeka Yaratıcı Drama Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9780202206967</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Kpss Eğitim Bilimleri Rehberlik Ve Özel Eğitim Ders İzleme Defteri</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9780202206998</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Kpss Eğitim Bilimleri Ölçme Ve Değerlendirme Ders İzleme Defteri</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786258325799</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimin Özü</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786258325539</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Basınında Yurttaşlık Eğitimi Algısı</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786258325157</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Beşeri Ve Ekonomik Coğrafya (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786258325898</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Nörobilim Temelinde Sosyal Ve Duygusal Gelişim</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786258325300</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojiye Giriş-(Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786258325874</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Çocuk, Oyun Ve Oyuncak Müzeciliği</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9780202206981</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Kpss Eğitim Bilimleri Öğretim İlke Ve Yöntemleri Ders İzleme Defteri</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9780202206950</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Kpss Eğitim Bilimleri Öğrenme Psikoloji Ders İzleme Defteri</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786258325782</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Anlam Bilim Araştırmaları 1</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786258325270</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sosyolojisi (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786258325454</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Matematik Öğretimi - (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786258325201</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Genel Dilbilimine Giriş (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786258325164</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimat'tan Cumhuriyet'e Öğretmen Yetiştiren Kurumlarda Eğitim Yönetimi Ve Denetimi</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786258325218</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Medya Okuryazarlığı Ve Eğitim (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786258325430</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Makaleleri Yazma Ve Yayımlama  Ana Dili İngilizce Olmayanlar İçin Bir El Kitabı</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786258325836</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Okul Yönetimi  (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786258325393</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Teknolojileri (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786258325904</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9780202206721</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Coğrafya Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9780202206707</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Kimya Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9780202206486</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Problemler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786258325546</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>İrade Eğitimi 2- Sorularla Anlamlı Hayat</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786258325102</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sosyolojisi (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786258325362</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Anne Ve Çocuk Beslenmesi  (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786258325522</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Kariyer Psikolojik Danışmasında Çağdaş Kuramlar Yaklaşımlar Ve Modeller</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786258325041</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786258325065</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dili 1 Yazma Eğitimi (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786258325713</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Kaynakları Yönetiminde Kariyer</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786258325225</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitime Gereksinimi Olan Öğrenciler Ve Özel Eğitim (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786258325188</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Bilişim Teknolojileri (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786258325287</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Anadili Arapça Olanlara Türkçe Öğretimi (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786258325294</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışmada Güncel Kuramlar-(Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786258325171</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetiminde Teori Ve Uygulama (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786258325812</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlayanlar İçin Adobe After Effects Cc El Kitabı</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786258325768</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Ders Kitabı İnceleme Ve Tasarlama Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786258325034</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786258325447</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Program: Planlama, Uygulama, Değerlendirme  (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786258325355</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Yapay Zeka Kuramdan Uygulamaya (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786258325331</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Ortaokulda Grup Rehberliği Etkinlikleri (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786258325805</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Okuryazarlıklar Değişen Metin Algısı</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786258325737</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitiminde Drama</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786258325584</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Yanlışsız Öğretim Yöntemleri (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786258325195</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Öğrenme Yaklaşımları (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786258325409</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Ve Öğretimde Farklı Yaklaşımlar (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9780202206684</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Tarih Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786258325492</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinlerarası Fen Öğretimi</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786258325652</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Kariyer Psikolojik Danışmanlığı Kuramları (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786258325720</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Halk Ozanları Bağlamında Etnoandragoji</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786258325744</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>21.Yüzyıl Yetkinliği Olarak Küresel Okuryazarlık Ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786258325317</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Becerileri Eğitimi (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786258325591</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Araştırma Yöntemleri (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786258325645</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Adayları İçin Çevre Dostu Birey Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786258325621</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Dersine Yönelik Örnek Eğitim Programı Tasarımları</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9780202186153</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Tyt-Ayt Geometri Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786258325553</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Nitel Araştırmada Videografi Ve Video Analizi Giriş</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786258325508</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Dil Ve Konuşma Bozuklukları</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786258325560</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Dil Bilgisi Öğretimi (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786258325478</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Medya Okuryazarlığı Eğitimi (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786258325485</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Göktürkçeden Günümüze Türkiye Türkçesi Yapım Ekleri</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786258325461</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Öğreşme</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786258044843</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Farklılaştırılmış Ev Ödevi</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786258325126</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Eğitim Temelli Sivil Toplum Kuruluşları</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9780202186139</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Coğrafya Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786258325324</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Örgütlerinde Duygu Yönetimi</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786258325119</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretimde Uluslararasılaşma Türkiye'nin Rekabet Gücünün Analizi</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786258044980</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Yaşamda Çocuk (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786258044430</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Hayatı Birlikte Anlamlandırmak</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786258044959</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Ahlat Selçuklu Meydan Mezarlığı Rehber Ve Etkinlik Kitabı</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786258044881</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Dünyasında Eğitim 2</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786258044874</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Dünyasında Eğitim 1</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786258044898</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Dünyasında Eğitim 3</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786258044911</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Telaffuz</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786258044850</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Nesil Matematik Soruları</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786258044928</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Mantıksal Akıl Yürütme</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9789944919432</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Genel Fizik Problem Çözümleri Ve Teknolojinin Bilimsel İlkeleri</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786258044287</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Düşünmeyi Öğretmek</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>8697409840102</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Yol Ayrımındaki Gençlik-İmzalı</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>8697409841697</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Yönetimin Pın Kodu-İmzalı</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786258044744</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Açık Ve Uzaktan Öğrenmenin Dijital Dönüşüm Boyutu</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786258044829</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitiminde Drama Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786258044652</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Selçuklu Çağı Mimarisinde Moğol İstilası Sonrası Değişim Dönüşüm Ve Süreklilik</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786258044683</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Coğrafya Okuryazarlığı-I</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786258044805</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Özgür Toplumdan Bilgi Toplumuna İletişim Ve Uygarlık</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786258044690</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Durağan İlçesinin Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786258044751</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>A Discourse-Analytic Perspective Of Hate</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786258044812</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Kültür Ve Edebiyat Yazıları</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786258044584</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Açık Uçlu Soruların Hazırlanması Uygulanması Ve Değerlendirilmesi</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786258044775</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Türkçede Söz Dizimi Çözümlemeleri</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786258044782</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Çift Terapisi Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786258044614</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Adım Adım Uygulamalı İstatistik</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786258044577</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Okullar Ve Alternatif Eğitim Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786258044638</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>R Programlama Dili İle Puanlayıcılar Arası Uyum Ve Güvenirlik</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786258044737</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786050370591</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Nitel Araştırma</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786258044669</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Ağırlıklı Stem Eğitimi Modülü</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786258044713</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Stem Eğitimi Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786258044645</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Müze Eğitimi Kitabı</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786258044546</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Ve İletişim Teknolojileri Aracılığıyla Uzaktan Çalışma</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786258044621</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>İlham Öğretmen'in Repertuarı</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786258044553</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Örnekleriyle Güncel Öğrenme-Öğretme Yaklaşımları-V</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786258044560</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Düşünme Süreçlerine Dayalı Okuryazarlık Ve Pısa</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786258044591</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Mplus Ve R İle İleri Düzey Psikometri Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786058011472</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı Eğitim Araştırma Yaklaşımları Ve Metodları</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786258044331</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Özellikleri Etkileri Ve Algılanışıyla Yeşil Yol Projesi (Giresun)</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786258044515</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786052416273</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dili 2</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786258044416</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786258044539</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Sanatlar Öğretim Programları Ve Öğretmen Yeterlikleri</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786258044461</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Türkçesi Ağızlarını İnceleme Yöntemi</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786258044454</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Ritüeli Yeniden Yaratmak: Çanakkale İli Örneğinde Popüler Kutlamalar</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786258044478</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Kavramsal Netlik Bir Dinden Öğrenme Modeli</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786052415672</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>101 Araçla Web 2.0</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786258044393</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Okullarda Rehberlik Ve Psikolojik Danışma Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786258044447</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Metinsel Tutarlılık Çözümlemeleri</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786257676366</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Dersi Öğretim Programları</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786258044263</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Antropoloji Ve Medeniyet Tarihi</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786258044089</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Jamovi Ve Jasp Programı İle Temel Ve İleri Düzey Nicel Veri Analizi</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786258044355</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Ülkelerinde Eğitim Sistemleri Ve Okul Öncesi Eğitim</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786258044119</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Okul Dışı Ortamlarda Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786258044270</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Matematiksel Modelleme: Teoriden Uygulamaya Bütünsel Bakış</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786257582674</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Finlandiya'nın Eğitimdeki Üstün Başarısı</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786052415108</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Teknolojileri Okumaları 2018</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786258044010</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9780202166940</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Temel Yds Kelimeleri Ve Çıkmış Kelime Soruları Çalışma Kitabı Vocab Camp For Yds (Roman Boy)</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786258044249</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Teknolojileri Okumaları 2021</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786258044317</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>21.Yüzyılda Çocuk Ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786258044256</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Okul Dışı Öğrenme Ortamları</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786258044065</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretimde Akademik Riskli Öğrencilerin Kestiriminde Makine Öğrenmesi Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786258044300</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Değişim Sürecinde Bilim Teknoloji Ve Toplum</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786258044133</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Özel Yeteneklilerde Matematik Öğretimi Ve Matematiksel Yaratıcılığın Desteklenmesi</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786257676694</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi Ve Kültürel Yönleriyle Ziyere</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786258044294</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Yönetimde Yeni Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786257676465</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Torosların Türkçesi Toroslardan Derleme Sözler</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786258044362</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Eğitimi</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786257582353</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Sistemlerle Düşünmek</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786258044195</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Hukuku</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786257582797</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>30. Uluslararası Eğitimde Yaratıcı Drama Kongresi Uyum</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786258044188</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Psiko-Sosyal Yönleriyle Yönetim</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9789758792436</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Narratology &amp; Language Teaching</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786258044218</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Eğitim Sürecinde Örnek Etkinliklerle Stem Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786258044102</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Öğretimi</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786257582285</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Hikâye Temelli Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786257582308</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Çocuklar İçin Dışarıda Stem Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786257582292</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Öğretmenler Neyi Farklı Yapar?</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786258044041</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler İçin Çoklu Okuryazarlıklar Iı</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786258044096</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Maarif-İ Umumiye Nezareti Mekatibi İptidaiye Talimatnamesi (1912)</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786257582971</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışman Eğitiminde Süpervizyon Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786257582315</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Tasarım Yolu İle Muhteşem Öğretim</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786258044058</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Eğitiminde Coğrafya  Bilimsel Araştırma Projeleri</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786053186526</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Dictionary Of Geomorphology</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786053186816</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Psikopatlar Ve Kurbanları</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786052414378</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Yazım Ve Araştırmacılara Öneriler</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786257880565</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kültüründe Aile Ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786257880947</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Introduction To Academic Essay Writing From Theory To Practice</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786257582841</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Örneklerle Matematik Eğitiminde Materyal Tasarımı Ve Kullanımı</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786258044003</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Erken Çocuklukta Fen Eğitimi</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786258044027</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Öğretiminde Origami Kullanımı İlkokul Ve Ortaokul Kazanımları</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786257582995</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Üstün Zekalı Öğrencilerin Din Eğitimi: Eğiticiler İçin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786257582780</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Fen Öğretiminde Model Ve Modelleme</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786257582964</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Tekrarlı Okuma Ve Görsel Anlama Programı Öğretmen Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9780202170664</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Kimya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786257582957</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Tekrarlı Okuma Ve Görsel Anlama Programı Öğrenci Çalışma Kitabı</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786257582940</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Müze Eğitimi Yaratıcı Drama Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786257676748</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Araştırma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786257582889</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Müge İle Bilge Nitel Araştırma Yapıyor</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786257582735</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786257582834</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Ters Yüz Sınıf Modeli Kuramdan Uygulamaya</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786257582414</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Araştırma Yapmayı Öğreniyorum: 4. Ve 9. Sınıf Öğrencileri İçin</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786257582803</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>28. Uluslararası Eğitimde Yaratıcı Drama Kongresi 23-26 Kasım 2017 Antalya</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9786257582773</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Eğitim Ve Öğretim</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9786257582810</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Eğitsel Oyunlarla Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786257582551</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgilerde Bilişim Teknolojileri Destekli Materyal Geliştirme</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786257582612</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Açık Ve Uzaktan Öğrenmede Etkileşimli Senaryo Tasarımı</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9780202170688</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Tarih Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786257582148</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitiminde Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786257582827</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786257582858</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Mozaik 12. Uluslararası Yaratıcı Drama Semineri (24-27 Nisan 2008 Hatay)</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786257582568</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Kurum Kültürünü Geliştirmede Değer Temelli Yönetim Anlayışı (Türkiye'de 500 Büyük İşletme Üzerine Bir Araştırma)</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786257582582</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Pragmatics And Language Teaching</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786257582704</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Özel Eğitim Ve Kaynaştırma</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786257582599</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Jamovi İle Veri Analizi</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786257582278</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Eğitiminde Kavram Öğretimi</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786257582728</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786257582698</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>8. Uluslararası Eğitimde Yaratıcı Drama Semineri   Süreçsel Drama, Doğaçlama Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786257582537</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Ters Yüz Edilmiş Sınıf Ve Öğrenme</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786257582711</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>9. Uluslararası Eğitimde Yaratıcı Drama Semineri (03-07 Mart 2003) Yabancılaşma-Yabancılaştırma Foru</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786257582643</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Hatay İlinde Doğal Ve Beşeri Nedenlerle Yer Değiştiren Yerleşmeler</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786257582377</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Süreci</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786257582575</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Dersi Ve Eğitiminin Tasarımı</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9789758792375</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Reading İn The Content Areas</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786257582544</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Leylas Erlebnisse Und Erinnerungen</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786257582650</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Eğitimde Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786257582223</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Lise Coğrafya Eğitiminde Bilimsel Araştırma Projeleri</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786257582636</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786050370034</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Örgütsel Davranış: Liderlik Ve Okul Reformu</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786257582346</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786257582513</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafi Planlama</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786257582490</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Örnekleriyle Yeni Ve Yakın Çağ Tarihi</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9786257582384</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Proje Geliştirme Ve Yönetimi</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786257582605</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bilim Dalı Olarak Eğitim Politikası</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786257582391</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786257582162</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Rehberlik Ve Psikolojik Danışma</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786257582407</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Oyunların Tasarım Ve Geliştirme Süreçleri</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9780202170763</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Ayt Biyoloji Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786257582247</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda Öğretme Ve Öğrenme</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786257582032</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimcinin Stem Öğrenme Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786257582179</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Effective Elt Practices Across Turkey</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786257582421</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Tiyatro Theatre İn Education (Tie)</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786257582483</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Ve Analitik Düşünme</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9789758792399</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Tarihi</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786257582261</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Ve Güvenli Okul Yaşamı</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786257582216</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Bireyden Devlete Küresel Salgın</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786257582445</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Toplumundan Özgür Topluma İletişim Ve Uygarlık</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786257676953</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Eğitimde Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786257582193</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi Ve Spor Öğretiminde Yeni Eğilimler</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9780202188935</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Lgs T.c. Inkılap Tarihi Ve Atatürkçülük  Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786257582452</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786257582438</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Karakter Ve Değer Eğitimi</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9780202188904</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Biyoloji Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9780202170480</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Bi Dünya Paragraf Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9780202170633</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Tamamı Çözümlü Dil Bilgisi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9780202170718</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Fizik Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9780202188881</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Kimya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786257676526</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Czerny'nin Piyano Çalma Öğrenimi Konusunda Mektupları</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9780202170886</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Yökdil Sosyal Bilimler Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9780202170893</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Yökdil Fen Bilimleri Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786257582230</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Örnek Olay: Yaşamı Sınıfa Taşımak</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786257582100</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyıl Becerileri İçin Fen Eğitimi: Öğrenmeyi Derinleştirme</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786257582063</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Okullar Değil, Okulların İçindeki Hikayeler</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786053184225</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyasında Eğitim</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786053189589</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Kitâb-I Kanunçe</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786257676885</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Society İn The Covid-19 Pandemic: Inequalities, Challenges, And Opportunities</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9780202170435</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Lgs Fen Bilimleri Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9780202170398</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Lgs Din Kültürü Ve Ahlak Bilgisi Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9780202170428</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Lgs Türkçe Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9780202170411</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Lgs İngilizce Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9780202170404</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Lgs Matematik Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9780202170442</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Lgs T.c. İnkılap Tarihi Ve Atatürkçülük Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9786257582155</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Current Discussions On Foreign/Second Language Education</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9786054282029</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786052414071</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Sosyotopya</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786257676991</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Okuryazarlık Becerileri - I</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9786257582001</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Okuryazarlık Becerileri - Iı</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9786257582018</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Okuryazarlık Becerileri - Iıı</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786257582056</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Sosyal Bilgiler Ve Tarih Öğretiminde Eylem Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9786257676984</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Teknoloji Işığında Okuryazarlıklar Ve Sosyal Bilgiler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9786257676854</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>İlkokul Üzerine Güncel Konular-I</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9789944919081</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Genel Fizik Ve Teknolojinin Bilimsel İlkeleri</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786257582094</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklukta Politik Toplumsallaşma</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9786055885243</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Eğitimi Ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9786257582117</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Evolüsyon Denklemlerin Çözümlerinin Patlaması</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9786050370386</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Okul Yönetiminde Yeni Yapı Ve Davranış</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9786053644309</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Kuram Ve Uygulamada Eğitim Yönetimi</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9786053189770</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Mesleki Teknik Eğitimde Öncü Bir Kurum Ankara Zübeyde Hanım Anadolu Kız Meslek Teknik Ve Meslek Lisesi</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9786257676823</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Proje Geliştirme Ve Yönetme</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9786257676106</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Bilginin Görsel İfadesi: Haritalar</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786257676946</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin İnsan İklimi Ve Isıl Konforu</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9786257582087</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Durgunsu Kano Kayak Sporunun Temelleri</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786257582124</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Defter</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9786053187530</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Bilim, Teknoloji Ve İnovasyon Çağında Araştırma Üniversitesi Olmak</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9789758792085</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Temel Bilgi Teknolojisi Kullanımı</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9786053643753</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Abidik Cilt 1</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786052412497</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>İslam Dünyası'nın Jeopolitiği</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9786257228381</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Çeviribilimde Araştırma Ve Yayın Sorunları</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9786053182856</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Quelle Prêposition</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9786053183365</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Botanik Terimlerini Türkçeleştirme Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786053184904</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Deyim Yerindeyse</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786053187875</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Sözlük Bilimi Üzerine Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9786052411391</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Türkçedeki Yabancı Sözcüklerin Açıklamalı Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9786257676403</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Toplum Ve Dil Diltoplumbilimin Temel Kavramları-Kuramları Ve Sorunları</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786052410288</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Açıklamalı Ve Uygulamalı Osmanlı Türkçesi</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9786053641544</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Fransızca Türkçe Deyimler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786053641537</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Gubidik - Cilt 2</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786257676847</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>İki Dillilik Ve Dil Edinimi (Almanya'da Türkçe-Almanca İki Dilli Büyüyen Çocuklar Üzerine Bir İnceleme)</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786257676977</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Okulda Pozitif Psikoloji Daha Mutlu Öğrenciler Yetiştirmek</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9786053648963</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>İnjektif Modüllere Giriş</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786257676960</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Tımss Bağlamında Çeşitli Ülkelerin Eğitim Sistemleri</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786257676922</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Öğrenme Ve Öğretim Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786257880435</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Okul Ortamları İçin Önleyici Psikoeğitim Programları</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9786257676861</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Ortamında Bireye Uyarlanmış Testler</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786257676878</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Baltacıoğlunun Halk Eğitimi Anlayışı</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9786257676908</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Kelime Öğretimi B1 Seviyesi 7 Hafta 7 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9786257676892</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Evrelerini Anlamak</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786257676809</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>Fen Öğretiminde Yeni Yaklaşımlar - Iı</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786257676717</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9786257880916</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Etik Liderlik</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9786257676786</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>İş Yaşamında Psikolojik Sözleşme</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9786257676779</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>29. Uluslararası Eğitimde Yaratıcı Drama Kongresi (25-28 Ekim 2018 Ankara)</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9789756802113</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>İş Yaşamında Stres</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786053642633</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>İletişim</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9786053646563</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Yönetimde Problem Çözme</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9786053184058</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel Kariyer Yönetimi-2 İş Arama Teknikleri</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9786052414583</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>Rekabetçi Değişim Modeli</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9786052418024</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>Kariyer Planlama Ve Geliştirme</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9786257052139</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>Meslek Etiği Ve Yasal Konular</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9786257052658</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>İşe Bağımlılık (İşkoliklik) İş-Yaşam Ve Aile Yaşam Dengesi</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9789756802205</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Sosyalleşme</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9789756802120</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Gelişme</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9789756802038</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>Çatışma Yönetimi</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>9789756802922</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sisteminde Teftiş</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9789756802724</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>Örgütler Ve Kültürler</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9786053640677</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>Yönetimde Yeni Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9786053183723</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Çatışmayı Nasıl Yönetiriz</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9786053184676</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Örgütlerde İnsan Kaynağının Personel Yönetimi</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9786052410196</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Davranış Ve Yönetimi</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9786052411278</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Bağlamında Adalet Ve Güven</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9786052412282</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Çatışmanın Yönetimi</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9786257052054</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>Hava Trafik Hizmetlerinde Emniyet Yönetim Sistemi</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9789758792047</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dış Politikasında İslam</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>9786055885922</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Güven</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9786054282784</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>Yaşama Sanatı</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9786053640653</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Yaşadığımız Dünya</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9786053641384</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Sorunların İntikamı: Çözemeyeni Çözerler!</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>9786053644477</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>Yaşıyor Musun? - İnsani Donanım Ve Yaşantı</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9786053644903</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>Ergenlerde Değer Gelişimi</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9786053645818</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>Sevdiğinize Bağlı Mısınız, Bağımlı Mısınız?</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9786053646655</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Düşünelim</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9786053180616</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Farkında Olmak!</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786053187042</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Hayat Yönetimi</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9786052410752</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>Biliş Üstü Beceriler</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9786052418154</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle Bağımlılık</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9786257052061</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm Duası</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9786050370188</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>Etnopedagoji Atabek Yurdu</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9786052410226</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinlerarası Bir Yaklaşımla Dinsel Şüphe Problemi</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9786053186915</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Medya Ve Görsel İletişim Tasarımı</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9786053188193</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Yarını İyileştirmek İçin</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9786052412312</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Medya Okuryazarlığı Ve Öğretmen Eğitimi</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9786052415405</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>Bilinçli Sosyal Medya Kullanımı İçin Paydaşlarla El Ele</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>9786052416228</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>Collective Memory And Media</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>9786052412978</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İlişkileri Ve İletişim</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9786053643432</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>Tarım Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9786257676588</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>Yds Yökdil Wow! Words Of Wisdom</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9786052410097</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>Yökdil Sağlık Bilimleri Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9780202170916</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>Tyt Tamamı Çözümlü 5 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>9786053649045</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk İlkeleri Ve İnkılap Tarihi İle Atatürkçülük Konularının Öğretimi</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>9789758792405</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Türk Tarihi Ve Kültürü</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>9789944919654</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>Bengü İzler</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>9786053646716</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>Suriye, Mısır Ve Anadolu Medreseleri</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786053187370</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>Türk Tarihçileri</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>9786052411070</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Türk Tarihçileri</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>9786052411421</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Tarih Eğitimi</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786052414750</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Türk İmajı</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>9786052418208</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Modern Türkiye Tarihi</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9786050370324</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Türkiye Tarihi</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>9786257676229</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Ulu Han Bitiği Türklerin Ve Tatarların Türeyişleri</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9786053646938</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Tarihi</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
+          <t>9786053188322</t>
+        </is>
+      </c>
+      <c r="B987" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Tarih Eğitimi Araştırmaları El Kitabı</t>
+        </is>
+      </c>
+      <c r="C987" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="988" spans="1:3">
+      <c r="A988" s="1" t="inlineStr">
+        <is>
+          <t>9786058011434</t>
+        </is>
+      </c>
+      <c r="B988" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Tarihi</t>
+        </is>
+      </c>
+      <c r="C988" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="989" spans="1:3">
+      <c r="A989" s="1" t="inlineStr">
+        <is>
+          <t>9786257228886</t>
+        </is>
+      </c>
+      <c r="B989" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Tarihi Orta Asya'dan Günümüze</t>
+        </is>
+      </c>
+      <c r="C989" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="990" spans="1:3">
+      <c r="A990" s="1" t="inlineStr">
+        <is>
+          <t>9786257676502</t>
+        </is>
+      </c>
+      <c r="B990" s="1" t="inlineStr">
+        <is>
+          <t>Kimsesizler Sığınağı: Amasya Yetim Kızlar Yurdu</t>
+        </is>
+      </c>
+      <c r="C990" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="991" spans="1:3">
+      <c r="A991" s="1" t="inlineStr">
+        <is>
+          <t>9786053644507</t>
+        </is>
+      </c>
+      <c r="B991" s="1" t="inlineStr">
+        <is>
+          <t>Uygarlık Tarihi</t>
+        </is>
+      </c>
+      <c r="C991" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="992" spans="1:3">
+      <c r="A992" s="1" t="inlineStr">
+        <is>
+          <t>9786050370294</t>
+        </is>
+      </c>
+      <c r="B992" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Tarihi</t>
+        </is>
+      </c>
+      <c r="C992" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="993" spans="1:3">
+      <c r="A993" s="1" t="inlineStr">
+        <is>
+          <t>9786257052849</t>
+        </is>
+      </c>
+      <c r="B993" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Tarihi</t>
+        </is>
+      </c>
+      <c r="C993" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="994" spans="1:3">
+      <c r="A994" s="1" t="inlineStr">
+        <is>
+          <t>9786050370546</t>
+        </is>
+      </c>
+      <c r="B994" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Ders Kitaplarında İmajlar</t>
+        </is>
+      </c>
+      <c r="C994" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="995" spans="1:3">
+      <c r="A995" s="1" t="inlineStr">
+        <is>
+          <t>9786053184386</t>
+        </is>
+      </c>
+      <c r="B995" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Akdeniz'de Bir Liman Kenti: İskenderun (1914-1919)</t>
+        </is>
+      </c>
+      <c r="C995" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="996" spans="1:3">
+      <c r="A996" s="1" t="inlineStr">
+        <is>
+          <t>9786052412565</t>
+        </is>
+      </c>
+      <c r="B996" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'dan Cumhuriyet'e Meşhurların Okul Anıları</t>
+        </is>
+      </c>
+      <c r="C996" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="997" spans="1:3">
+      <c r="A997" s="1" t="inlineStr">
+        <is>
+          <t>9786053186465</t>
+        </is>
+      </c>
+      <c r="B997" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Ve Yakın Çağ Tarihi</t>
+        </is>
+      </c>
+      <c r="C997" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="998" spans="1:3">
+      <c r="A998" s="1" t="inlineStr">
+        <is>
+          <t>9786053185475</t>
+        </is>
+      </c>
+      <c r="B998" s="1" t="inlineStr">
+        <is>
+          <t>Ignatius Loyola Ve Cizvit Okullarının Eğitim Anlayışı</t>
+        </is>
+      </c>
+      <c r="C998" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="999" spans="1:3">
+      <c r="A999" s="1" t="inlineStr">
+        <is>
+          <t>9786052419984</t>
+        </is>
+      </c>
+      <c r="B999" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Tarihi Ve Felsefesi</t>
+        </is>
+      </c>
+      <c r="C999" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:3">
+      <c r="A1000" s="1" t="inlineStr">
+        <is>
+          <t>9786052416938</t>
+        </is>
+      </c>
+      <c r="B1000" s="1" t="inlineStr">
+        <is>
+          <t>Millî Mücadelede Maarif Ordusu</t>
+        </is>
+      </c>
+      <c r="C1000" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:3">
+      <c r="A1001" s="1" t="inlineStr">
+        <is>
+          <t>9786053181286</t>
+        </is>
+      </c>
+      <c r="B1001" s="1" t="inlineStr">
+        <is>
+          <t>19.Yüzyılda Karşılaştırılmalı Eğitim Denemesi: Anglo-Saksonların Üstünlüğünün Sebepleri Nelerdir?</t>
+        </is>
+      </c>
+      <c r="C1001" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:3">
+      <c r="A1002" s="1" t="inlineStr">
+        <is>
+          <t>9786053181422</t>
+        </is>
+      </c>
+      <c r="B1002" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Savaşları Ve Fransız Kamuoyu (1915-1916)</t>
+        </is>
+      </c>
+      <c r="C1002" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:3">
+      <c r="A1003" s="1" t="inlineStr">
+        <is>
+          <t>9786053183402</t>
+        </is>
+      </c>
+      <c r="B1003" s="1" t="inlineStr">
+        <is>
+          <t>Kızıldağın Gölgesinde Tarihçesi Ve Folkloruyla Şarkikaraağaç</t>
+        </is>
+      </c>
+      <c r="C1003" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:3">
+      <c r="A1004" s="1" t="inlineStr">
+        <is>
+          <t>9786053183181</t>
+        </is>
+      </c>
+      <c r="B1004" s="1" t="inlineStr">
+        <is>
+          <t>Bir İstanbul Hanımefendisinin Bursa Seyahati</t>
+        </is>
+      </c>
+      <c r="C1004" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:3">
+      <c r="A1005" s="1" t="inlineStr">
+        <is>
+          <t>9786052410578</t>
+        </is>
+      </c>
+      <c r="B1005" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Tarihçilik</t>
+        </is>
+      </c>
+      <c r="C1005" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:3">
+      <c r="A1006" s="1" t="inlineStr">
+        <is>
+          <t>9786052410684</t>
+        </is>
+      </c>
+      <c r="B1006" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Eğitimine Giriş</t>
+        </is>
+      </c>
+      <c r="C1006" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:3">
+      <c r="A1007" s="1" t="inlineStr">
+        <is>
+          <t>9786052412572</t>
+        </is>
+      </c>
+      <c r="B1007" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Öncesi İlköğretimde Fen Bilimleri Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1007" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:3">
+      <c r="A1008" s="1" t="inlineStr">
+        <is>
+          <t>9786052414088</t>
+        </is>
+      </c>
+      <c r="B1008" s="1" t="inlineStr">
+        <is>
+          <t>Didaktik Bir Bakış Açısıyla Hz. Muhammed</t>
+        </is>
+      </c>
+      <c r="C1008" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:3">
+      <c r="A1009" s="1" t="inlineStr">
+        <is>
+          <t>9786052414149</t>
+        </is>
+      </c>
+      <c r="B1009" s="1" t="inlineStr">
+        <is>
+          <t>Ortaokul Matematik Öğretim Programları Tarihsel Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C1009" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:3">
+      <c r="A1010" s="1" t="inlineStr">
+        <is>
+          <t>9786052415283</t>
+        </is>
+      </c>
+      <c r="B1010" s="1" t="inlineStr">
+        <is>
+          <t>Etkileşimli Müze Ve Tarihi Çevre Eğitimi: Kuramsal Temeller Ve Örnek Etkinlikler</t>
+        </is>
+      </c>
+      <c r="C1010" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:3">
+      <c r="A1011" s="1" t="inlineStr">
+        <is>
+          <t>9786052417102</t>
+        </is>
+      </c>
+      <c r="B1011" s="1" t="inlineStr">
+        <is>
+          <t>İlkel Toplumdan Uygar Topluma İletişim Ve Uygarlık</t>
+        </is>
+      </c>
+      <c r="C1011" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:3">
+      <c r="A1012" s="1" t="inlineStr">
+        <is>
+          <t>9786056991608</t>
+        </is>
+      </c>
+      <c r="B1012" s="1" t="inlineStr">
+        <is>
+          <t>Kapadokya Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1012" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:3">
+      <c r="A1013" s="1" t="inlineStr">
+        <is>
+          <t>9786053183921</t>
+        </is>
+      </c>
+      <c r="B1013" s="1" t="inlineStr">
+        <is>
+          <t>Bunalımlar</t>
+        </is>
+      </c>
+      <c r="C1013" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:3">
+      <c r="A1014" s="1" t="inlineStr">
+        <is>
+          <t>9786053187844</t>
+        </is>
+      </c>
+      <c r="B1014" s="1" t="inlineStr">
+        <is>
+          <t>Siyasetin Gölgesinde Bilim</t>
+        </is>
+      </c>
+      <c r="C1014" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:3">
+      <c r="A1015" s="1" t="inlineStr">
+        <is>
+          <t>9786053184652</t>
+        </is>
+      </c>
+      <c r="B1015" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sosyolojisi Okulun İmkan Ve Sınırları</t>
+        </is>
+      </c>
+      <c r="C1015" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:3">
+      <c r="A1016" s="1" t="inlineStr">
+        <is>
+          <t>9786052410257</t>
+        </is>
+      </c>
+      <c r="B1016" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sosyolojisi Yazıları</t>
+        </is>
+      </c>
+      <c r="C1016" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:3">
+      <c r="A1017" s="1" t="inlineStr">
+        <is>
+          <t>9786257676700</t>
+        </is>
+      </c>
+      <c r="B1017" s="1" t="inlineStr">
+        <is>
+          <t>Modern Kahramanlar Postmodern Dünyaya Karşı Süperkahraman Filmlerinde Modernite Ve Postmodernite</t>
+        </is>
+      </c>
+      <c r="C1017" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:3">
+      <c r="A1018" s="1" t="inlineStr">
+        <is>
+          <t>9786053647324</t>
+        </is>
+      </c>
+      <c r="B1018" s="1" t="inlineStr">
+        <is>
+          <t>Deneyim Ve Yorum Olarak Modernlik Modernliğin Yeni Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1018" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:3">
+      <c r="A1019" s="1" t="inlineStr">
+        <is>
+          <t>9786052415603</t>
+        </is>
+      </c>
+      <c r="B1019" s="1" t="inlineStr">
+        <is>
+          <t>Yaşanmış Gerçek Hikayelerden Evlilik Serüvenleri</t>
+        </is>
+      </c>
+      <c r="C1019" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:3">
+      <c r="A1020" s="1" t="inlineStr">
+        <is>
+          <t>9786052419953</t>
+        </is>
+      </c>
+      <c r="B1020" s="1" t="inlineStr">
+        <is>
+          <t>Evlilik Ve Yakın İlişkiler</t>
+        </is>
+      </c>
+      <c r="C1020" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:3">
+      <c r="A1021" s="1" t="inlineStr">
+        <is>
+          <t>9786052412398</t>
+        </is>
+      </c>
+      <c r="B1021" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1021" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:3">
+      <c r="A1022" s="1" t="inlineStr">
+        <is>
+          <t>9786052417256</t>
+        </is>
+      </c>
+      <c r="B1022" s="1" t="inlineStr">
+        <is>
+          <t>Turgut Özakman Yaşamı Ve Yapıtlarında Toplumsal Sorunlar</t>
+        </is>
+      </c>
+      <c r="C1022" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:3">
+      <c r="A1023" s="1" t="inlineStr">
+        <is>
+          <t>9786052419823</t>
+        </is>
+      </c>
+      <c r="B1023" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1023" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:3">
+      <c r="A1024" s="1" t="inlineStr">
+        <is>
+          <t>9786257052078</t>
+        </is>
+      </c>
+      <c r="B1024" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetin Kökünü Kazımak</t>
+        </is>
+      </c>
+      <c r="C1024" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:3">
+      <c r="A1025" s="1" t="inlineStr">
+        <is>
+          <t>9786053182344</t>
+        </is>
+      </c>
+      <c r="B1025" s="1" t="inlineStr">
+        <is>
+          <t>Örgüt Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1025" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:3">
+      <c r="A1026" s="1" t="inlineStr">
+        <is>
+          <t>9786053183815</t>
+        </is>
+      </c>
+      <c r="B1026" s="1" t="inlineStr">
+        <is>
+          <t>Avcı Keklikleri</t>
+        </is>
+      </c>
+      <c r="C1026" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:3">
+      <c r="A1027" s="1" t="inlineStr">
+        <is>
+          <t>9786052412121</t>
+        </is>
+      </c>
+      <c r="B1027" s="1" t="inlineStr">
+        <is>
+          <t>Hanif Kureishi Ve Kara Plak</t>
+        </is>
+      </c>
+      <c r="C1027" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:3">
+      <c r="A1028" s="1" t="inlineStr">
+        <is>
+          <t>9786052415269</t>
+        </is>
+      </c>
+      <c r="B1028" s="1" t="inlineStr">
+        <is>
+          <t>Bal Yapan Kelebekler İlklerde Ve Öncü Kadınlar</t>
+        </is>
+      </c>
+      <c r="C1028" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:3">
+      <c r="A1029" s="1" t="inlineStr">
+        <is>
+          <t>9786052415115</t>
+        </is>
+      </c>
+      <c r="B1029" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Sessizlik İle Kişilik Tipolojileri Arasındaki İlişki</t>
+        </is>
+      </c>
+      <c r="C1029" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:3">
+      <c r="A1030" s="1" t="inlineStr">
+        <is>
+          <t>9786052415993</t>
+        </is>
+      </c>
+      <c r="B1030" s="1" t="inlineStr">
+        <is>
+          <t>Tüketimin Çocuk Hali</t>
+        </is>
+      </c>
+      <c r="C1030" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:3">
+      <c r="A1031" s="1" t="inlineStr">
+        <is>
+          <t>9786052417294</t>
+        </is>
+      </c>
+      <c r="B1031" s="1" t="inlineStr">
+        <is>
+          <t>Doğal Afetler Ve Doğal Afet Okuryazarlığı</t>
+        </is>
+      </c>
+      <c r="C1031" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:3">
+      <c r="A1032" s="1" t="inlineStr">
+        <is>
+          <t>9786052418130</t>
+        </is>
+      </c>
+      <c r="B1032" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Kalkınma</t>
+        </is>
+      </c>
+      <c r="C1032" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:3">
+      <c r="A1033" s="1" t="inlineStr">
+        <is>
+          <t>9786052417300</t>
+        </is>
+      </c>
+      <c r="B1033" s="1" t="inlineStr">
+        <is>
+          <t>Afetler Ve Afet Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1033" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:3">
+      <c r="A1034" s="1" t="inlineStr">
+        <is>
+          <t>9786050370300</t>
+        </is>
+      </c>
+      <c r="B1034" s="1" t="inlineStr">
+        <is>
+          <t>Afetler Ve Afet Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1034" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:3">
+      <c r="A1035" s="1" t="inlineStr">
+        <is>
+          <t>9786052419960</t>
+        </is>
+      </c>
+      <c r="B1035" s="1" t="inlineStr">
+        <is>
+          <t>Aileye Ve Eğitime İlişkin Sorunlar Ve Çözümler</t>
+        </is>
+      </c>
+      <c r="C1035" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:3">
+      <c r="A1036" s="1" t="inlineStr">
+        <is>
+          <t>9786058006096</t>
+        </is>
+      </c>
+      <c r="B1036" s="1" t="inlineStr">
+        <is>
+          <t>Çağımızın Çözüm Arayan Sorunu Şiddet</t>
+        </is>
+      </c>
+      <c r="C1036" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:3">
+      <c r="A1037" s="1" t="inlineStr">
+        <is>
+          <t>9786257880893</t>
+        </is>
+      </c>
+      <c r="B1037" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Kalkınma</t>
+        </is>
+      </c>
+      <c r="C1037" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:3">
+      <c r="A1038" s="1" t="inlineStr">
+        <is>
+          <t>9789756802830</t>
+        </is>
+      </c>
+      <c r="B1038" s="1" t="inlineStr">
+        <is>
+          <t>Ev Ve Ailede Yaşam Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1038" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:3">
+      <c r="A1039" s="1" t="inlineStr">
+        <is>
+          <t>9786050022117</t>
+        </is>
+      </c>
+      <c r="B1039" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğum Neyi Okumalı? (9 Ay-14 Yaş)</t>
+        </is>
+      </c>
+      <c r="C1039" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:3">
+      <c r="A1040" s="1" t="inlineStr">
+        <is>
+          <t>9786053182511</t>
+        </is>
+      </c>
+      <c r="B1040" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğumun Eğitim Ve Kariyer Koçuyum</t>
+        </is>
+      </c>
+      <c r="C1040" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:3">
+      <c r="A1041" s="1" t="inlineStr">
+        <is>
+          <t>9786053184645</t>
+        </is>
+      </c>
+      <c r="B1041" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Aile Başarılı Çocuk</t>
+        </is>
+      </c>
+      <c r="C1041" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:3">
+      <c r="A1042" s="1" t="inlineStr">
+        <is>
+          <t>9786053185932</t>
+        </is>
+      </c>
+      <c r="B1042" s="1" t="inlineStr">
+        <is>
+          <t>Türk Aile Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1042" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:3">
+      <c r="A1043" s="1" t="inlineStr">
+        <is>
+          <t>9786053186403</t>
+        </is>
+      </c>
+      <c r="B1043" s="1" t="inlineStr">
+        <is>
+          <t>Anne Ve Babaların El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1043" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:3">
+      <c r="A1044" s="1" t="inlineStr">
+        <is>
+          <t>9786053185703</t>
+        </is>
+      </c>
+      <c r="B1044" s="1" t="inlineStr">
+        <is>
+          <t>Aile Terapisi Yeterliliklerinde Uzmanlaşma</t>
+        </is>
+      </c>
+      <c r="C1044" s="1">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:3">
+      <c r="A1045" s="1" t="inlineStr">
+        <is>
+          <t>9786052411308</t>
+        </is>
+      </c>
+      <c r="B1045" s="1" t="inlineStr">
+        <is>
+          <t>Bir Değer Ve Eğitim Merkezi Olarak Aile</t>
+        </is>
+      </c>
+      <c r="C1045" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:3">
+      <c r="A1046" s="1" t="inlineStr">
+        <is>
+          <t>9786052412053</t>
+        </is>
+      </c>
+      <c r="B1046" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın Diğer Bir Penceresi</t>
+        </is>
+      </c>
+      <c r="C1046" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:3">
+      <c r="A1047" s="1" t="inlineStr">
+        <is>
+          <t>9786052412541</t>
+        </is>
+      </c>
+      <c r="B1047" s="1" t="inlineStr">
+        <is>
+          <t>Bebeklik Döneminde Gelişim Ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C1047" s="1">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:3">
+      <c r="A1048" s="1" t="inlineStr">
+        <is>
+          <t>9786052418871</t>
+        </is>
+      </c>
+      <c r="B1048" s="1" t="inlineStr">
+        <is>
+          <t>Şiddet, Çalışma Yaşamı Ve Medya Bağlamında Kadın</t>
+        </is>
+      </c>
+      <c r="C1048" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:3">
+      <c r="A1049" s="1" t="inlineStr">
+        <is>
+          <t>9786052419977</t>
+        </is>
+      </c>
+      <c r="B1049" s="1" t="inlineStr">
+        <is>
+          <t>Kuram Ve Uygulamaları İle Aile Danışmanlığı</t>
+        </is>
+      </c>
+      <c r="C1049" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:3">
+      <c r="A1050" s="1" t="inlineStr">
+        <is>
+          <t>9786257052726</t>
+        </is>
+      </c>
+      <c r="B1050" s="1" t="inlineStr">
+        <is>
+          <t>Aile Danışmanlığı Kuram Uygulama Ve Araştırma</t>
+        </is>
+      </c>
+      <c r="C1050" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:3">
+      <c r="A1051" s="1" t="inlineStr">
+        <is>
+          <t>9786257880732</t>
+        </is>
+      </c>
+      <c r="B1051" s="1" t="inlineStr">
+        <is>
+          <t>Bebeklikten Yetişkinliğe Çocuk Yetiştirme Sanatı</t>
+        </is>
+      </c>
+      <c r="C1051" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:3">
+      <c r="A1052" s="1" t="inlineStr">
+        <is>
+          <t>9789756802335</t>
+        </is>
+      </c>
+      <c r="B1052" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler İçin İstatistik</t>
+        </is>
+      </c>
+      <c r="C1052" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:3">
+      <c r="A1053" s="1" t="inlineStr">
+        <is>
+          <t>9789756802748</t>
+        </is>
+      </c>
+      <c r="B1053" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler İçin Veri Analizi El Kitabı İstatistik, Araştırma Deseni Spss Uygulamaları Ve Yorum</t>
+        </is>
+      </c>
+      <c r="C1053" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:3">
+      <c r="A1054" s="1" t="inlineStr">
+        <is>
+          <t>9789756802434</t>
+        </is>
+      </c>
+      <c r="B1054" s="1" t="inlineStr">
+        <is>
+          <t>Deneysel Desenler</t>
+        </is>
+      </c>
+      <c r="C1054" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:3">
+      <c r="A1055" s="1" t="inlineStr">
+        <is>
+          <t>9786055885670</t>
+        </is>
+      </c>
+      <c r="B1055" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler İçin Çok Değişkenli İstatistik: Spss Ve Lısrel Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1055" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:3">
+      <c r="A1056" s="1" t="inlineStr">
+        <is>
+          <t>9786055885847</t>
+        </is>
+      </c>
+      <c r="B1056" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Kategorik Verilerle İlişki Analizi</t>
+        </is>
+      </c>
+      <c r="C1056" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:3">
+      <c r="A1057" s="1" t="inlineStr">
+        <is>
+          <t>9786053644644</t>
+        </is>
+      </c>
+      <c r="B1057" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler İçin İstatistik</t>
+        </is>
+      </c>
+      <c r="C1057" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:3">
+      <c r="A1058" s="1" t="inlineStr">
+        <is>
+          <t>9786053644484</t>
+        </is>
+      </c>
+      <c r="B1058" s="1" t="inlineStr">
+        <is>
+          <t>Spss İle Bilimsel Araştırma Sürecinde Nicel Veri Analizi</t>
+        </is>
+      </c>
+      <c r="C1058" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:3">
+      <c r="A1059" s="1" t="inlineStr">
+        <is>
+          <t>9786053182412</t>
+        </is>
+      </c>
+      <c r="B1059" s="1" t="inlineStr">
+        <is>
+          <t>İstatistikten Nefret Edenler İçin İstatistik</t>
+        </is>
+      </c>
+      <c r="C1059" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:3">
+      <c r="A1060" s="1" t="inlineStr">
+        <is>
+          <t>9786053184881</t>
+        </is>
+      </c>
+      <c r="B1060" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler İçin İstatistik</t>
+        </is>
+      </c>
+      <c r="C1060" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:3">
+      <c r="A1061" s="1" t="inlineStr">
+        <is>
+          <t>9786053184706</t>
+        </is>
+      </c>
+      <c r="B1061" s="1" t="inlineStr">
+        <is>
+          <t>Olasılık Ve İstatistiğe Giriş</t>
+        </is>
+      </c>
+      <c r="C1061" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:3">
+      <c r="A1062" s="1" t="inlineStr">
+        <is>
+          <t>9786053185697</t>
+        </is>
+      </c>
+      <c r="B1062" s="1" t="inlineStr">
+        <is>
+          <t>Psikoloji İçin İstatistiksel Metotlar</t>
+        </is>
+      </c>
+      <c r="C1062" s="1">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:3">
+      <c r="A1063" s="1" t="inlineStr">
+        <is>
+          <t>9786052410585</t>
+        </is>
+      </c>
+      <c r="B1063" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Spss Uygulamalı Nicel Veri Analizi</t>
+        </is>
+      </c>
+      <c r="C1063" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:3">
+      <c r="A1064" s="1" t="inlineStr">
+        <is>
+          <t>9786053185512</t>
+        </is>
+      </c>
+      <c r="B1064" s="1" t="inlineStr">
+        <is>
+          <t>Nitel Veri Analizinde Kodlama</t>
+        </is>
+      </c>
+      <c r="C1064" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:3">
+      <c r="A1065" s="1" t="inlineStr">
+        <is>
+          <t>9786052416495</t>
+        </is>
+      </c>
+      <c r="B1065" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Akademik Kariyer Süreci</t>
+        </is>
+      </c>
+      <c r="C1065" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:3">
+      <c r="A1066" s="1" t="inlineStr">
+        <is>
+          <t>9786052418857</t>
+        </is>
+      </c>
+      <c r="B1066" s="1" t="inlineStr">
+        <is>
+          <t>R Diliyle İstatistik Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1066" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:3">
+      <c r="A1067" s="1" t="inlineStr">
+        <is>
+          <t>9786052419670</t>
+        </is>
+      </c>
+      <c r="B1067" s="1" t="inlineStr">
+        <is>
+          <t>Araştırmacılar İçin İstatistik</t>
+        </is>
+      </c>
+      <c r="C1067" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:3">
+      <c r="A1068" s="1" t="inlineStr">
+        <is>
+          <t>9786053185727</t>
+        </is>
+      </c>
+      <c r="B1068" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin İstatistiksel Programlama Ve Analiz</t>
+        </is>
+      </c>
+      <c r="C1068" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:3">
+      <c r="A1069" s="1" t="inlineStr">
+        <is>
+          <t>9786257052221</t>
+        </is>
+      </c>
+      <c r="B1069" s="1" t="inlineStr">
+        <is>
+          <t>Nicel Araştırmalarda Kayıp Veriler Ve Uç Değerler Çözüm Önerileri Ve Spss Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1069" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:3">
+      <c r="A1070" s="1" t="inlineStr">
+        <is>
+          <t>9786257052443</t>
+        </is>
+      </c>
+      <c r="B1070" s="1" t="inlineStr">
+        <is>
+          <t>R İle Geçerlik Ve Güvenirlik Analizleri</t>
+        </is>
+      </c>
+      <c r="C1070" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:3">
+      <c r="A1071" s="1" t="inlineStr">
+        <is>
+          <t>9786052416501</t>
+        </is>
+      </c>
+      <c r="B1071" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Teoriden Uygulamaya Araştırma Sentezi Nicel, Nitel Ve Karma Yöntemler</t>
+        </is>
+      </c>
+      <c r="C1071" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:3">
+      <c r="A1072" s="1" t="inlineStr">
+        <is>
+          <t>9786257676755</t>
+        </is>
+      </c>
+      <c r="B1072" s="1" t="inlineStr">
+        <is>
+          <t>20. Yüzyılda Türkiye - Ortadoğu İlişkileri</t>
+        </is>
+      </c>
+      <c r="C1072" s="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:3">
+      <c r="A1073" s="1" t="inlineStr">
+        <is>
+          <t>9786052417096</t>
+        </is>
+      </c>
+      <c r="B1073" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hizmetler Ön Lisans Eğitimi Ve Ara Elemanlar</t>
+        </is>
+      </c>
+      <c r="C1073" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:3">
+      <c r="A1074" s="1" t="inlineStr">
+        <is>
+          <t>9786053642220</t>
+        </is>
+      </c>
+      <c r="B1074" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgilerin Temelleri</t>
+        </is>
+      </c>
+      <c r="C1074" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:3">
+      <c r="A1075" s="1" t="inlineStr">
+        <is>
+          <t>9786058006027</t>
+        </is>
+      </c>
+      <c r="B1075" s="1" t="inlineStr">
+        <is>
+          <t>Türkiyede Sosyal Bilgiler Eğitimi Araştırmaları El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1075" s="1">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:3">
+      <c r="A1076" s="1" t="inlineStr">
+        <is>
+          <t>9786056991615</t>
+        </is>
+      </c>
+      <c r="B1076" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Ve Toplum</t>
+        </is>
+      </c>
+      <c r="C1076" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:3">
+      <c r="A1077" s="1" t="inlineStr">
+        <is>
+          <t>9789756802403</t>
+        </is>
+      </c>
+      <c r="B1077" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Araştırma Yöntem, Teknik Ve İlkeler</t>
+        </is>
+      </c>
+      <c r="C1077" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:3">
+      <c r="A1078" s="1" t="inlineStr">
+        <is>
+          <t>9789944919289</t>
+        </is>
+      </c>
+      <c r="B1078" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Bilimsel Araştırma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1078" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:3">
+      <c r="A1079" s="1" t="inlineStr">
+        <is>
+          <t>9786053644187</t>
+        </is>
+      </c>
+      <c r="B1079" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler İçin Çoklu Okuryazarlıklar</t>
+        </is>
+      </c>
+      <c r="C1079" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:3">
+      <c r="A1080" s="1" t="inlineStr">
+        <is>
+          <t>9786053648116</t>
+        </is>
+      </c>
+      <c r="B1080" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Yasemenler Ülkesinde Muhammed İkbal'in Eğitim Davası</t>
+        </is>
+      </c>
+      <c r="C1080" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:3">
+      <c r="A1081" s="1" t="inlineStr">
+        <is>
+          <t>9786053649335</t>
+        </is>
+      </c>
+      <c r="B1081" s="1" t="inlineStr">
+        <is>
+          <t>Nitel Araştırma Ve Değerlendirme Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1081" s="1">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:3">
+      <c r="A1082" s="1" t="inlineStr">
+        <is>
+          <t>9786053648161</t>
+        </is>
+      </c>
+      <c r="B1082" s="1" t="inlineStr">
+        <is>
+          <t>Karma Araştırma Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1082" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:3">
+      <c r="A1083" s="1" t="inlineStr">
+        <is>
+          <t>9786053184720</t>
+        </is>
+      </c>
+      <c r="B1083" s="1" t="inlineStr">
+        <is>
+          <t>Karma Yöntem Araştırmalarına Giriş</t>
+        </is>
+      </c>
+      <c r="C1083" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:3">
+      <c r="A1084" s="1" t="inlineStr">
+        <is>
+          <t>9786052412442</t>
+        </is>
+      </c>
+      <c r="B1084" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Kuramlar</t>
+        </is>
+      </c>
+      <c r="C1084" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:3">
+      <c r="A1085" s="1" t="inlineStr">
+        <is>
+          <t>9786052411520</t>
+        </is>
+      </c>
+      <c r="B1085" s="1" t="inlineStr">
+        <is>
+          <t>Nitel Verileri Yorumlama</t>
+        </is>
+      </c>
+      <c r="C1085" s="1">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:3">
+      <c r="A1086" s="1" t="inlineStr">
+        <is>
+          <t>9786052417133</t>
+        </is>
+      </c>
+      <c r="B1086" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya İhtiyaç Belirleme</t>
+        </is>
+      </c>
+      <c r="C1086" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:3">
+      <c r="A1087" s="1" t="inlineStr">
+        <is>
+          <t>9786052419649</t>
+        </is>
+      </c>
+      <c r="B1087" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Bilimsel Araştırma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1087" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:3">
+      <c r="A1088" s="1" t="inlineStr">
+        <is>
+          <t>9786257052405</t>
+        </is>
+      </c>
+      <c r="B1088" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Araştırma Teknikleri Ve Etik</t>
+        </is>
+      </c>
+      <c r="C1088" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:3">
+      <c r="A1089" s="1" t="inlineStr">
+        <is>
+          <t>9786257880176</t>
+        </is>
+      </c>
+      <c r="B1089" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Eğitimde Bilimsel Araştırma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1089" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:3">
+      <c r="A1090" s="1" t="inlineStr">
+        <is>
+          <t>9786052412466</t>
+        </is>
+      </c>
+      <c r="B1090" s="1" t="inlineStr">
+        <is>
+          <t>Gıdaların Özelliği Ve Yiyecek Hazırlama 1</t>
+        </is>
+      </c>
+      <c r="C1090" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:3">
+      <c r="A1091" s="1" t="inlineStr">
+        <is>
+          <t>9786257880282</t>
+        </is>
+      </c>
+      <c r="B1091" s="1" t="inlineStr">
+        <is>
+          <t>Salgınla Yaşamak Güvenlik Ve Gelecek</t>
+        </is>
+      </c>
+      <c r="C1091" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:3">
+      <c r="A1092" s="1" t="inlineStr">
+        <is>
+          <t>9786052416167</t>
+        </is>
+      </c>
+      <c r="B1092" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Ve Eğitim Temelinde İnsan Anatomisi Ve Fizyolojisi</t>
+        </is>
+      </c>
+      <c r="C1092" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:3">
+      <c r="A1093" s="1" t="inlineStr">
+        <is>
+          <t>9786053181392</t>
+        </is>
+      </c>
+      <c r="B1093" s="1" t="inlineStr">
+        <is>
+          <t>Çello</t>
+        </is>
+      </c>
+      <c r="C1093" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:3">
+      <c r="A1094" s="1" t="inlineStr">
+        <is>
+          <t>9786052411445</t>
+        </is>
+      </c>
+      <c r="B1094" s="1" t="inlineStr">
+        <is>
+          <t>Ritim Öğreniyorum -I</t>
+        </is>
+      </c>
+      <c r="C1094" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:3">
+      <c r="A1095" s="1" t="inlineStr">
+        <is>
+          <t>9786052411452</t>
+        </is>
+      </c>
+      <c r="B1095" s="1" t="inlineStr">
+        <is>
+          <t>Ritim Öğreniyorum-2</t>
+        </is>
+      </c>
+      <c r="C1095" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:3">
+      <c r="A1096" s="1" t="inlineStr">
+        <is>
+          <t>9786050370430</t>
+        </is>
+      </c>
+      <c r="B1096" s="1" t="inlineStr">
+        <is>
+          <t>Piyano Albümü Piyano İçin 30 Eser</t>
+        </is>
+      </c>
+      <c r="C1096" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:3">
+      <c r="A1097" s="1" t="inlineStr">
+        <is>
+          <t>9786257052269</t>
+        </is>
+      </c>
+      <c r="B1097" s="1" t="inlineStr">
+        <is>
+          <t>Çalarak Ve Ritimli Okuma</t>
+        </is>
+      </c>
+      <c r="C1097" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:3">
+      <c r="A1098" s="1" t="inlineStr">
+        <is>
+          <t>9786056991691</t>
+        </is>
+      </c>
+      <c r="B1098" s="1" t="inlineStr">
+        <is>
+          <t>Grafik Tasarımda Etki</t>
+        </is>
+      </c>
+      <c r="C1098" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:3">
+      <c r="A1099" s="1" t="inlineStr">
+        <is>
+          <t>9786055885182</t>
+        </is>
+      </c>
+      <c r="B1099" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Eğitimi Ve Görsel Sanatlar Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1099" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:3">
+      <c r="A1100" s="1" t="inlineStr">
+        <is>
+          <t>9786053647140</t>
+        </is>
+      </c>
+      <c r="B1100" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Bir Serüven</t>
+        </is>
+      </c>
+      <c r="C1100" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:3">
+      <c r="A1101" s="1" t="inlineStr">
+        <is>
+          <t>9786053182573</t>
+        </is>
+      </c>
+      <c r="B1101" s="1" t="inlineStr">
+        <is>
+          <t>Sanat İklimi</t>
+        </is>
+      </c>
+      <c r="C1101" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:3">
+      <c r="A1102" s="1" t="inlineStr">
+        <is>
+          <t>9786052414972</t>
+        </is>
+      </c>
+      <c r="B1102" s="1" t="inlineStr">
+        <is>
+          <t>Kültürün İzinde</t>
+        </is>
+      </c>
+      <c r="C1102" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:3">
+      <c r="A1103" s="1" t="inlineStr">
+        <is>
+          <t>9786052414996</t>
+        </is>
+      </c>
+      <c r="B1103" s="1" t="inlineStr">
+        <is>
+          <t>Estetik Paradigmalar Işığında Sanat Ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1103" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:3">
+      <c r="A1104" s="1" t="inlineStr">
+        <is>
+          <t>9786053186663</t>
+        </is>
+      </c>
+      <c r="B1104" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Aile Sağlıklı Çocuk Çocuk Ruh Sağlığı</t>
+        </is>
+      </c>
+      <c r="C1104" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:3">
+      <c r="A1105" s="1" t="inlineStr">
+        <is>
+          <t>9786050022230</t>
+        </is>
+      </c>
+      <c r="B1105" s="1" t="inlineStr">
+        <is>
+          <t>İşlevsel Yönleriyle Ninniler</t>
+        </is>
+      </c>
+      <c r="C1105" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:3">
+      <c r="A1106" s="1" t="inlineStr">
+        <is>
+          <t>9786257880558</t>
+        </is>
+      </c>
+      <c r="B1106" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğu Tanıma Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1106" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:3">
+      <c r="A1107" s="1" t="inlineStr">
+        <is>
+          <t>9786053648123</t>
+        </is>
+      </c>
+      <c r="B1107" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Mutluluğun Başucu Kitabı</t>
+        </is>
+      </c>
+      <c r="C1107" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:3">
+      <c r="A1108" s="1" t="inlineStr">
+        <is>
+          <t>9786257052887</t>
+        </is>
+      </c>
+      <c r="B1108" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Kavram Ve Yaklaşımlarıyla Pozitif Psikoloji</t>
+        </is>
+      </c>
+      <c r="C1108" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:3">
+      <c r="A1109" s="1" t="inlineStr">
+        <is>
+          <t>9786054282203</t>
+        </is>
+      </c>
+      <c r="B1109" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışma - Stratejiler Ve Müdahaleler</t>
+        </is>
+      </c>
+      <c r="C1109" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:3">
+      <c r="A1110" s="1" t="inlineStr">
+        <is>
+          <t>9786053644545</t>
+        </is>
+      </c>
+      <c r="B1110" s="1" t="inlineStr">
+        <is>
+          <t>Aile Danışmanlığı Kuram Ve Uygulamalara Genel Bir Bakış</t>
+        </is>
+      </c>
+      <c r="C1110" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:3">
+      <c r="A1111" s="1" t="inlineStr">
+        <is>
+          <t>9786053182610</t>
+        </is>
+      </c>
+      <c r="B1111" s="1" t="inlineStr">
+        <is>
+          <t>Sistemik Müdahaleler</t>
+        </is>
+      </c>
+      <c r="C1111" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:3">
+      <c r="A1112" s="1" t="inlineStr">
+        <is>
+          <t>9786053187288</t>
+        </is>
+      </c>
+      <c r="B1112" s="1" t="inlineStr">
+        <is>
+          <t>Kriz Danışmanlığı</t>
+        </is>
+      </c>
+      <c r="C1112" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:3">
+      <c r="A1113" s="1" t="inlineStr">
+        <is>
+          <t>9786052410899</t>
+        </is>
+      </c>
+      <c r="B1113" s="1" t="inlineStr">
+        <is>
+          <t>Travmatik Yas Ve Aile Dayanıklılığı</t>
+        </is>
+      </c>
+      <c r="C1113" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:3">
+      <c r="A1114" s="1" t="inlineStr">
+        <is>
+          <t>9786052410936</t>
+        </is>
+      </c>
+      <c r="B1114" s="1" t="inlineStr">
+        <is>
+          <t>Travmatik Yas Sorununda Aile Dayanıklığı Programı Uygulama El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1114" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:3">
+      <c r="A1115" s="1" t="inlineStr">
+        <is>
+          <t>9786052411094</t>
+        </is>
+      </c>
+      <c r="B1115" s="1" t="inlineStr">
+        <is>
+          <t>Çocukları İlkokula Psikolojik Olarak Hazırlama</t>
+        </is>
+      </c>
+      <c r="C1115" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:3">
+      <c r="A1116" s="1" t="inlineStr">
+        <is>
+          <t>9786052413135</t>
+        </is>
+      </c>
+      <c r="B1116" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışma Ve Psikoterapi Kuramları</t>
+        </is>
+      </c>
+      <c r="C1116" s="1">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:3">
+      <c r="A1117" s="1" t="inlineStr">
+        <is>
+          <t>9786052413081</t>
+        </is>
+      </c>
+      <c r="B1117" s="1" t="inlineStr">
+        <is>
+          <t>Önleyici Psikolojik Danışma Kuram Ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1117" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:3">
+      <c r="A1118" s="1" t="inlineStr">
+        <is>
+          <t>9786052415023</t>
+        </is>
+      </c>
+      <c r="B1118" s="1" t="inlineStr">
+        <is>
+          <t>Yetişkinlik Ve Yaşlılık Gelişimi Ve Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1118" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:3">
+      <c r="A1119" s="1" t="inlineStr">
+        <is>
+          <t>9786052416341</t>
+        </is>
+      </c>
+      <c r="B1119" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışmanlıkta Meslek Etiği Ve Yasal Konular</t>
+        </is>
+      </c>
+      <c r="C1119" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:3">
+      <c r="A1120" s="1" t="inlineStr">
+        <is>
+          <t>9786052411759</t>
+        </is>
+      </c>
+      <c r="B1120" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bir Sınavdır Sınav Kaygısı Ve Motivasyon</t>
+        </is>
+      </c>
+      <c r="C1120" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:3">
+      <c r="A1121" s="1" t="inlineStr">
+        <is>
+          <t>9786052416143</t>
+        </is>
+      </c>
+      <c r="B1121" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Psikolojik Dayanıklılık</t>
+        </is>
+      </c>
+      <c r="C1121" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:3">
+      <c r="A1122" s="1" t="inlineStr">
+        <is>
+          <t>9786050370140</t>
+        </is>
+      </c>
+      <c r="B1122" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Politikası Yapımı</t>
+        </is>
+      </c>
+      <c r="C1122" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:3">
+      <c r="A1123" s="1" t="inlineStr">
+        <is>
+          <t>9786053640837</t>
+        </is>
+      </c>
+      <c r="B1123" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C1123" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:3">
+      <c r="A1124" s="1" t="inlineStr">
+        <is>
+          <t>9786052412336</t>
+        </is>
+      </c>
+      <c r="B1124" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliğine Uyum Sürecinde Milli Eğitim Bakanlığı Teftiş Sisteminin Yenilenme İhtiyacı</t>
+        </is>
+      </c>
+      <c r="C1124" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:3">
+      <c r="A1125" s="1" t="inlineStr">
+        <is>
+          <t>9786257052610</t>
+        </is>
+      </c>
+      <c r="B1125" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği'nin Arayışında Batı Balkanlar</t>
+        </is>
+      </c>
+      <c r="C1125" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:3">
+      <c r="A1126" s="1" t="inlineStr">
+        <is>
+          <t>9786257880503</t>
+        </is>
+      </c>
+      <c r="B1126" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği'nin Göç Politikaları Ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C1126" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:3">
+      <c r="A1127" s="1" t="inlineStr">
+        <is>
+          <t>9786052416136</t>
+        </is>
+      </c>
+      <c r="B1127" s="1" t="inlineStr">
+        <is>
+          <t>Thomas Paine Düşüncesinde Sınırlı Devlet</t>
+        </is>
+      </c>
+      <c r="C1127" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:3">
+      <c r="A1128" s="1" t="inlineStr">
+        <is>
+          <t>9786053646679</t>
+        </is>
+      </c>
+      <c r="B1128" s="1" t="inlineStr">
+        <is>
+          <t>Mekanın Siyasallaşması</t>
+        </is>
+      </c>
+      <c r="C1128" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:3">
+      <c r="A1129" s="1" t="inlineStr">
+        <is>
+          <t>9786257228008</t>
+        </is>
+      </c>
+      <c r="B1129" s="1" t="inlineStr">
+        <is>
+          <t>İlham Öğretmen Uygulamadan Kurama Müzik Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1129" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:3">
+      <c r="A1130" s="1" t="inlineStr">
+        <is>
+          <t>9786053647119</t>
+        </is>
+      </c>
+      <c r="B1130" s="1" t="inlineStr">
+        <is>
+          <t>Kpss Eğitim Bilimleri Program Geliştirme Ve Sınıf Yönetimi Ders Notları</t>
+        </is>
+      </c>
+      <c r="C1130" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:3">
+      <c r="A1131" s="1" t="inlineStr">
+        <is>
+          <t>9786053183952</t>
+        </is>
+      </c>
+      <c r="B1131" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları Ve Demokrasi - Vatandaşlık Bilgisi</t>
+        </is>
+      </c>
+      <c r="C1131" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:3">
+      <c r="A1132" s="1" t="inlineStr">
+        <is>
+          <t>9786053184034</t>
+        </is>
+      </c>
+      <c r="B1132" s="1" t="inlineStr">
+        <is>
+          <t>Vatandaşlık Bilgisi</t>
+        </is>
+      </c>
+      <c r="C1132" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:3">
+      <c r="A1133" s="1" t="inlineStr">
+        <is>
+          <t>9786053187356</t>
+        </is>
+      </c>
+      <c r="B1133" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Hakları</t>
+        </is>
+      </c>
+      <c r="C1133" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:3">
+      <c r="A1134" s="1" t="inlineStr">
+        <is>
+          <t>9786050370607</t>
+        </is>
+      </c>
+      <c r="B1134" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Hukuku</t>
+        </is>
+      </c>
+      <c r="C1134" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:3">
+      <c r="A1135" s="1" t="inlineStr">
+        <is>
+          <t>9786053640943</t>
+        </is>
+      </c>
+      <c r="B1135" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Hukuku</t>
+        </is>
+      </c>
+      <c r="C1135" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:3">
+      <c r="A1136" s="1" t="inlineStr">
+        <is>
+          <t>9786052419663</t>
+        </is>
+      </c>
+      <c r="B1136" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Hukuku</t>
+        </is>
+      </c>
+      <c r="C1136" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:3">
+      <c r="A1137" s="1" t="inlineStr">
+        <is>
+          <t>9786257880589</t>
+        </is>
+      </c>
+      <c r="B1137" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Hukuku</t>
+        </is>
+      </c>
+      <c r="C1137" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:3">
+      <c r="A1138" s="1" t="inlineStr">
+        <is>
+          <t>9786053182832</t>
+        </is>
+      </c>
+      <c r="B1138" s="1" t="inlineStr">
+        <is>
+          <t>Spor Güvenliği Ve Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1138" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:3">
+      <c r="A1139" s="1" t="inlineStr">
+        <is>
+          <t>9786053186694</t>
+        </is>
+      </c>
+      <c r="B1139" s="1" t="inlineStr">
+        <is>
+          <t>Profesyonel Futbol Taraftarı Ve Stadyum</t>
+        </is>
+      </c>
+      <c r="C1139" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:3">
+      <c r="A1140" s="1" t="inlineStr">
+        <is>
+          <t>9786052415276</t>
+        </is>
+      </c>
+      <c r="B1140" s="1" t="inlineStr">
+        <is>
+          <t>Mehmed Gazâlî Balıkesir Vilayeti Coğrafyası (1927)</t>
+        </is>
+      </c>
+      <c r="C1140" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:3">
+      <c r="A1141" s="1" t="inlineStr">
+        <is>
+          <t>9786052412640</t>
+        </is>
+      </c>
+      <c r="B1141" s="1" t="inlineStr">
+        <is>
+          <t>Turizmde Sosyal Ağlara Yeniden Bakış</t>
+        </is>
+      </c>
+      <c r="C1141" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:3">
+      <c r="A1142" s="1" t="inlineStr">
+        <is>
+          <t>9786257052467</t>
+        </is>
+      </c>
+      <c r="B1142" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Turizmi Ekseninde Yaratıcı Turizm</t>
+        </is>
+      </c>
+      <c r="C1142" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:3">
+      <c r="A1143" s="1" t="inlineStr">
+        <is>
+          <t>9786052416358</t>
+        </is>
+      </c>
+      <c r="B1143" s="1" t="inlineStr">
+        <is>
+          <t>Beyşehir Doğa Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1143" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:3">
+      <c r="A1144" s="1" t="inlineStr">
+        <is>
+          <t>9786257676519</t>
+        </is>
+      </c>
+      <c r="B1144" s="1" t="inlineStr">
+        <is>
+          <t>Bekle Bizi Almanya</t>
+        </is>
+      </c>
+      <c r="C1144" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:3">
+      <c r="A1145" s="1" t="inlineStr">
+        <is>
+          <t>9786053183211</t>
+        </is>
+      </c>
+      <c r="B1145" s="1" t="inlineStr">
+        <is>
+          <t>Diferensiyel Denklemler</t>
+        </is>
+      </c>
+      <c r="C1145" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:3">
+      <c r="A1146" s="1" t="inlineStr">
+        <is>
+          <t>9786053188810</t>
+        </is>
+      </c>
+      <c r="B1146" s="1" t="inlineStr">
+        <is>
+          <t>Çözümlü Diferansiyel Denklemler</t>
+        </is>
+      </c>
+      <c r="C1146" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:3">
+      <c r="A1147" s="1" t="inlineStr">
+        <is>
+          <t>9786052414125</t>
+        </is>
+      </c>
+      <c r="B1147" s="1" t="inlineStr">
+        <is>
+          <t>Kimyada Kavram Yanılgıları</t>
+        </is>
+      </c>
+      <c r="C1147" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:3">
+      <c r="A1148" s="1" t="inlineStr">
+        <is>
+          <t>9786055885069</t>
+        </is>
+      </c>
+      <c r="B1148" s="1" t="inlineStr">
+        <is>
+          <t>Örnek Aktivitelerle Fizik Ve Günlük Yaşam</t>
+        </is>
+      </c>
+      <c r="C1148" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:3">
+      <c r="A1149" s="1" t="inlineStr">
+        <is>
+          <t>9786055885151</t>
+        </is>
+      </c>
+      <c r="B1149" s="1" t="inlineStr">
+        <is>
+          <t>Fizik 1</t>
+        </is>
+      </c>
+      <c r="C1149" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:3">
+      <c r="A1150" s="1" t="inlineStr">
+        <is>
+          <t>9786053644712</t>
+        </is>
+      </c>
+      <c r="B1150" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle Fizik Ders Kitapları</t>
+        </is>
+      </c>
+      <c r="C1150" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:3">
+      <c r="A1151" s="1" t="inlineStr">
+        <is>
+          <t>9786053649069</t>
+        </is>
+      </c>
+      <c r="B1151" s="1" t="inlineStr">
+        <is>
+          <t>Genel Fizik 3</t>
+        </is>
+      </c>
+      <c r="C1151" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:3">
+      <c r="A1152" s="1" t="inlineStr">
+        <is>
+          <t>9786053186328</t>
+        </is>
+      </c>
+      <c r="B1152" s="1" t="inlineStr">
+        <is>
+          <t>Fen Bilimleri Öğretmenleri Ve Öğretmen Adayları İçin Modern Fiziğe Giriş</t>
+        </is>
+      </c>
+      <c r="C1152" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:3">
+      <c r="A1153" s="1" t="inlineStr">
+        <is>
+          <t>9786052410646</t>
+        </is>
+      </c>
+      <c r="B1153" s="1" t="inlineStr">
+        <is>
+          <t>Fizik Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1153" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:3">
+      <c r="A1154" s="1" t="inlineStr">
+        <is>
+          <t>9786052417324</t>
+        </is>
+      </c>
+      <c r="B1154" s="1" t="inlineStr">
+        <is>
+          <t>Fiziğin Bilim Ve Teknolojideki Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1154" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:3">
+      <c r="A1155" s="1" t="inlineStr">
+        <is>
+          <t>9786257052191</t>
+        </is>
+      </c>
+      <c r="B1155" s="1" t="inlineStr">
+        <is>
+          <t>Ockhamlı William'da Bilgi, Mantık Ve Metafizik İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1155" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:3">
+      <c r="A1156" s="1" t="inlineStr">
+        <is>
+          <t>9786052414385</t>
+        </is>
+      </c>
+      <c r="B1156" s="1" t="inlineStr">
+        <is>
+          <t>Optik Uygulamaları Ve Akıl Yürütme</t>
+        </is>
+      </c>
+      <c r="C1156" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:3">
+      <c r="A1157" s="1" t="inlineStr">
+        <is>
+          <t>9786052414675</t>
+        </is>
+      </c>
+      <c r="B1157" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Temel Fen Bilimleri</t>
+        </is>
+      </c>
+      <c r="C1157" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:3">
+      <c r="A1158" s="1" t="inlineStr">
+        <is>
+          <t>9786257052917</t>
+        </is>
+      </c>
+      <c r="B1158" s="1" t="inlineStr">
+        <is>
+          <t>Fen Öğretim Programları</t>
+        </is>
+      </c>
+      <c r="C1158" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:3">
+      <c r="A1159" s="1" t="inlineStr">
+        <is>
+          <t>9786257052764</t>
+        </is>
+      </c>
+      <c r="B1159" s="1" t="inlineStr">
+        <is>
+          <t>Fen Öğrenme Ve Öğretim Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1159" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:3">
+      <c r="A1160" s="1" t="inlineStr">
+        <is>
+          <t>9786053640608</t>
+        </is>
+      </c>
+      <c r="B1160" s="1" t="inlineStr">
+        <is>
+          <t>Biyolojide Özel Konular</t>
+        </is>
+      </c>
+      <c r="C1160" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:3">
+      <c r="A1161" s="1" t="inlineStr">
+        <is>
+          <t>9786053184805</t>
+        </is>
+      </c>
+      <c r="B1161" s="1" t="inlineStr">
+        <is>
+          <t>Fen Bilimleri Öğretmen Ve Öğretmen Adayları İçin Biyoloji Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1161" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:3">
+      <c r="A1162" s="1" t="inlineStr">
+        <is>
+          <t>9786053188292</t>
+        </is>
+      </c>
+      <c r="B1162" s="1" t="inlineStr">
+        <is>
+          <t>Genetiği Değiştirilmiş Organizmalar Ve Biyogüvenlik</t>
+        </is>
+      </c>
+      <c r="C1162" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:3">
+      <c r="A1163" s="1" t="inlineStr">
+        <is>
+          <t>9786257052757</t>
+        </is>
+      </c>
+      <c r="B1163" s="1" t="inlineStr">
+        <is>
+          <t>Biyoinformatik Temelleri Ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1163" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:3">
+      <c r="A1164" s="1" t="inlineStr">
+        <is>
+          <t>9786053189596</t>
+        </is>
+      </c>
+      <c r="B1164" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitiminde Biyolojide Özel Konular</t>
+        </is>
+      </c>
+      <c r="C1164" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:3">
+      <c r="A1165" s="1" t="inlineStr">
+        <is>
+          <t>9786053187691</t>
+        </is>
+      </c>
+      <c r="B1165" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Felsefesi</t>
+        </is>
+      </c>
+      <c r="C1165" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:3">
+      <c r="A1166" s="1" t="inlineStr">
+        <is>
+          <t>9786053640660</t>
+        </is>
+      </c>
+      <c r="B1166" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Neden Güzeldir</t>
+        </is>
+      </c>
+      <c r="C1166" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:3">
+      <c r="A1167" s="1" t="inlineStr">
+        <is>
+          <t>9786055885175</t>
+        </is>
+      </c>
+      <c r="B1167" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe</t>
+        </is>
+      </c>
+      <c r="C1167" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:3">
+      <c r="A1168" s="1" t="inlineStr">
+        <is>
+          <t>9786055885359</t>
+        </is>
+      </c>
+      <c r="B1168" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Felsefe Yazıları</t>
+        </is>
+      </c>
+      <c r="C1168" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:3">
+      <c r="A1169" s="1" t="inlineStr">
+        <is>
+          <t>9786054282463</t>
+        </is>
+      </c>
+      <c r="B1169" s="1" t="inlineStr">
+        <is>
+          <t>Felsefiyat</t>
+        </is>
+      </c>
+      <c r="C1169" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:3">
+      <c r="A1170" s="1" t="inlineStr">
+        <is>
+          <t>9786054282623</t>
+        </is>
+      </c>
+      <c r="B1170" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Düşünce Tarihi</t>
+        </is>
+      </c>
+      <c r="C1170" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:3">
+      <c r="A1171" s="1" t="inlineStr">
+        <is>
+          <t>9786053185901</t>
+        </is>
+      </c>
+      <c r="B1171" s="1" t="inlineStr">
+        <is>
+          <t>Müziği Schopenhauer İle Düşünmek</t>
+        </is>
+      </c>
+      <c r="C1171" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:3">
+      <c r="A1172" s="1" t="inlineStr">
+        <is>
+          <t>9786052416266</t>
+        </is>
+      </c>
+      <c r="B1172" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Grubu Eğitimi Üzerine Yazılar</t>
+        </is>
+      </c>
+      <c r="C1172" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:3">
+      <c r="A1173" s="1" t="inlineStr">
+        <is>
+          <t>9786257880213</t>
+        </is>
+      </c>
+      <c r="B1173" s="1" t="inlineStr">
+        <is>
+          <t>Müge İle Bilge Felsefenin Renkli Fikirlerini Tartışıyor</t>
+        </is>
+      </c>
+      <c r="C1173" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:3">
+      <c r="A1174" s="1" t="inlineStr">
+        <is>
+          <t>9786257228015</t>
+        </is>
+      </c>
+      <c r="B1174" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Felsefesi</t>
+        </is>
+      </c>
+      <c r="C1174" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:3">
+      <c r="A1175" s="1" t="inlineStr">
+        <is>
+          <t>9789944919524</t>
+        </is>
+      </c>
+      <c r="B1175" s="1" t="inlineStr">
+        <is>
+          <t>Iq Dan Eq Ya Duyguları Zekice Yönetme</t>
+        </is>
+      </c>
+      <c r="C1175" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:3">
+      <c r="A1176" s="1" t="inlineStr">
+        <is>
+          <t>9789944919395</t>
+        </is>
+      </c>
+      <c r="B1176" s="1" t="inlineStr">
+        <is>
+          <t>Neden Beyin Temelli Öğrenme?</t>
+        </is>
+      </c>
+      <c r="C1176" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:3">
+      <c r="A1177" s="1" t="inlineStr">
+        <is>
+          <t>9786054282425</t>
+        </is>
+      </c>
+      <c r="B1177" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Hikayedir</t>
+        </is>
+      </c>
+      <c r="C1177" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:3">
+      <c r="A1178" s="1" t="inlineStr">
+        <is>
+          <t>9786053641827</t>
+        </is>
+      </c>
+      <c r="B1178" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Öğretme Kuram Ve Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1178" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:3">
+      <c r="A1179" s="1" t="inlineStr">
+        <is>
+          <t>9786053180036</t>
+        </is>
+      </c>
+      <c r="B1179" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Örnekleriyle Güncel Öğrenme-Öğretme Yaklaşımları-I</t>
+        </is>
+      </c>
+      <c r="C1179" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:3">
+      <c r="A1180" s="1" t="inlineStr">
+        <is>
+          <t>9786053648284</t>
+        </is>
+      </c>
+      <c r="B1180" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Örnekleriyle Güncel Öğrenme-Öğretme Yaklaşımları-Iı</t>
+        </is>
+      </c>
+      <c r="C1180" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:3">
+      <c r="A1181" s="1" t="inlineStr">
+        <is>
+          <t>9786053181095</t>
+        </is>
+      </c>
+      <c r="B1181" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Örnekleriyle Güncel Öğrenme-Öğretme Yaklaşımları-Iıı</t>
+        </is>
+      </c>
+      <c r="C1181" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:3">
+      <c r="A1182" s="1" t="inlineStr">
+        <is>
+          <t>9786053181125</t>
+        </is>
+      </c>
+      <c r="B1182" s="1" t="inlineStr">
+        <is>
+          <t>Anılarla Öğretmenlik</t>
+        </is>
+      </c>
+      <c r="C1182" s="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:3">
+      <c r="A1183" s="1" t="inlineStr">
+        <is>
+          <t>9786052410745</t>
+        </is>
+      </c>
+      <c r="B1183" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Tipolojileri</t>
+        </is>
+      </c>
+      <c r="C1183" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:3">
+      <c r="A1184" s="1" t="inlineStr">
+        <is>
+          <t>9786052410714</t>
+        </is>
+      </c>
+      <c r="B1184" s="1" t="inlineStr">
+        <is>
+          <t>Örnek Uygulamalarla Eğitimde Yaratıcılık Yaratıcı Okul Yaratıcı Öğretmen</t>
+        </is>
+      </c>
+      <c r="C1184" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:3">
+      <c r="A1185" s="1" t="inlineStr">
+        <is>
+          <t>9786052411148</t>
+        </is>
+      </c>
+      <c r="B1185" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Başarı Kıskacındaki Okul Yöneticileri</t>
+        </is>
+      </c>
+      <c r="C1185" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:3">
+      <c r="A1186" s="1" t="inlineStr">
+        <is>
+          <t>9786052411803</t>
+        </is>
+      </c>
+      <c r="B1186" s="1" t="inlineStr">
+        <is>
+          <t>Özel Öğretim Yöntemleri Cilt-1</t>
+        </is>
+      </c>
+      <c r="C1186" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:3">
+      <c r="A1187" s="1" t="inlineStr">
+        <is>
+          <t>9786052411865</t>
+        </is>
+      </c>
+      <c r="B1187" s="1" t="inlineStr">
+        <is>
+          <t>Özel Öğretim Yöntemleri Cilt-2</t>
+        </is>
+      </c>
+      <c r="C1187" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:3">
+      <c r="A1188" s="1" t="inlineStr">
+        <is>
+          <t>9786052411995</t>
+        </is>
+      </c>
+      <c r="B1188" s="1" t="inlineStr">
+        <is>
+          <t>Etkili Okul Yöneticilerinin 10 Özelliği</t>
+        </is>
+      </c>
+      <c r="C1188" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:3">
+      <c r="A1189" s="1" t="inlineStr">
+        <is>
+          <t>9786052413111</t>
+        </is>
+      </c>
+      <c r="B1189" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa'nın Öğretmeni José Ortega Y Gasset:</t>
+        </is>
+      </c>
+      <c r="C1189" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:3">
+      <c r="A1190" s="1" t="inlineStr">
+        <is>
+          <t>9786052415139</t>
+        </is>
+      </c>
+      <c r="B1190" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Yetiştirme Sistemimiz</t>
+        </is>
+      </c>
+      <c r="C1190" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:3">
+      <c r="A1191" s="1" t="inlineStr">
+        <is>
+          <t>9786050370225</t>
+        </is>
+      </c>
+      <c r="B1191" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenlik Mesleğinin Sanatsal Değişkenleri</t>
+        </is>
+      </c>
+      <c r="C1191" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:3">
+      <c r="A1192" s="1" t="inlineStr">
+        <is>
+          <t>9786058011496</t>
+        </is>
+      </c>
+      <c r="B1192" s="1" t="inlineStr">
+        <is>
+          <t>Anılarla Okul Müdürlüğü</t>
+        </is>
+      </c>
+      <c r="C1192" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:3">
+      <c r="A1193" s="1" t="inlineStr">
+        <is>
+          <t>9786058008977</t>
+        </is>
+      </c>
+      <c r="B1193" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Öğretmeyi Öğrenmek</t>
+        </is>
+      </c>
+      <c r="C1193" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:3">
+      <c r="A1194" s="1" t="inlineStr">
+        <is>
+          <t>9786053641315</t>
+        </is>
+      </c>
+      <c r="B1194" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Eğitimde Özel Öğretim Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1194" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:3">
+      <c r="A1195" s="1" t="inlineStr">
+        <is>
+          <t>9786053645153</t>
+        </is>
+      </c>
+      <c r="B1195" s="1" t="inlineStr">
+        <is>
+          <t>Eğitsel Dijital Oyunlar: Kuram, Tasarım Ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C1195" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:3">
+      <c r="A1196" s="1" t="inlineStr">
+        <is>
+          <t>9786053183273</t>
+        </is>
+      </c>
+      <c r="B1196" s="1" t="inlineStr">
+        <is>
+          <t>Okul Psikolojik Danışmanları İçin, Özel Eğitime Gereksinim Duyan Öğrencilere Yardım El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1196" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:3">
+      <c r="A1197" s="1" t="inlineStr">
+        <is>
+          <t>9786053183457</t>
+        </is>
+      </c>
+      <c r="B1197" s="1" t="inlineStr">
+        <is>
+          <t>Üstün Zekalı Ve Üstün Yetenekli Öğrencilerin Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1197" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:3">
+      <c r="A1198" s="1" t="inlineStr">
+        <is>
+          <t>9786053185963</t>
+        </is>
+      </c>
+      <c r="B1198" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitim</t>
+        </is>
+      </c>
+      <c r="C1198" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:3">
+      <c r="A1199" s="1" t="inlineStr">
+        <is>
+          <t>9786053186342</t>
+        </is>
+      </c>
+      <c r="B1199" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Yetersizliği Ve Otizm Spektrum Bozukluğu</t>
+        </is>
+      </c>
+      <c r="C1199" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:3">
+      <c r="A1200" s="1" t="inlineStr">
+        <is>
+          <t>9786053187745</t>
+        </is>
+      </c>
+      <c r="B1200" s="1" t="inlineStr">
+        <is>
+          <t>Özel Gereksinimli Öğrenciler İçin Fiziksel Eğitim Ve Spor</t>
+        </is>
+      </c>
+      <c r="C1200" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:3">
+      <c r="A1201" s="1" t="inlineStr">
+        <is>
+          <t>9786053187752</t>
+        </is>
+      </c>
+      <c r="B1201" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Ve İlk Yardım</t>
+        </is>
+      </c>
+      <c r="C1201" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:3">
+      <c r="A1202" s="1" t="inlineStr">
+        <is>
+          <t>9786053187455</t>
+        </is>
+      </c>
+      <c r="B1202" s="1" t="inlineStr">
+        <is>
+          <t>İşitme Ve Görme Yetersizliği</t>
+        </is>
+      </c>
+      <c r="C1202" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:3">
+      <c r="A1203" s="1" t="inlineStr">
+        <is>
+          <t>9786053188049</t>
+        </is>
+      </c>
+      <c r="B1203" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Güçlüğü Ve Özel Yetenek</t>
+        </is>
+      </c>
+      <c r="C1203" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:3">
+      <c r="A1204" s="1" t="inlineStr">
+        <is>
+          <t>9786052410028</t>
+        </is>
+      </c>
+      <c r="B1204" s="1" t="inlineStr">
+        <is>
+          <t>İşitmenin Doğası Ve İşitmeye Yardımcı Teknolojiler</t>
+        </is>
+      </c>
+      <c r="C1204" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:3">
+      <c r="A1205" s="1" t="inlineStr">
+        <is>
+          <t>9786052410301</t>
+        </is>
+      </c>
+      <c r="B1205" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitimde Oyun Ve Müzik</t>
+        </is>
+      </c>
+      <c r="C1205" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:3">
+      <c r="A1206" s="1" t="inlineStr">
+        <is>
+          <t>9786052410271</t>
+        </is>
+      </c>
+      <c r="B1206" s="1" t="inlineStr">
+        <is>
+          <t>Görenler İçin Braille (Kabartma) Yazı Rehberi</t>
+        </is>
+      </c>
+      <c r="C1206" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:3">
+      <c r="A1207" s="1" t="inlineStr">
+        <is>
+          <t>9786052410943</t>
+        </is>
+      </c>
+      <c r="B1207" s="1" t="inlineStr">
+        <is>
+          <t>Özel Yeteneklilerin Eğitiminde Program Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1207" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:3">
+      <c r="A1208" s="1" t="inlineStr">
+        <is>
+          <t>9786052411414</t>
+        </is>
+      </c>
+      <c r="B1208" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Davranış Analizi</t>
+        </is>
+      </c>
+      <c r="C1208" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:3">
+      <c r="A1209" s="1" t="inlineStr">
+        <is>
+          <t>9786052414682</t>
+        </is>
+      </c>
+      <c r="B1209" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitimde Sosyal Uyum Becerilerinin Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1209" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:3">
+      <c r="A1210" s="1" t="inlineStr">
+        <is>
+          <t>9786052415177</t>
+        </is>
+      </c>
+      <c r="B1210" s="1" t="inlineStr">
+        <is>
+          <t>Üstün Yetenekli Çocuklar Ve Eğitim Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1210" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:3">
+      <c r="A1211" s="1" t="inlineStr">
+        <is>
+          <t>9786052415399</t>
+        </is>
+      </c>
+      <c r="B1211" s="1" t="inlineStr">
+        <is>
+          <t>Yetersizliği Olan Bireylerin Dil Ve İletişim Becerilerinin Desteklenmesi</t>
+        </is>
+      </c>
+      <c r="C1211" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:3">
+      <c r="A1212" s="1" t="inlineStr">
+        <is>
+          <t>9786052416549</t>
+        </is>
+      </c>
+      <c r="B1212" s="1" t="inlineStr">
+        <is>
+          <t>Otizm Ve Eğitim, Sanat, Mekan</t>
+        </is>
+      </c>
+      <c r="C1212" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:3">
+      <c r="A1213" s="1" t="inlineStr">
+        <is>
+          <t>9786052417119</t>
+        </is>
+      </c>
+      <c r="B1213" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Sağlığı Ve İlk Yardım</t>
+        </is>
+      </c>
+      <c r="C1213" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:3">
+      <c r="A1214" s="1" t="inlineStr">
+        <is>
+          <t>9786257052832</t>
+        </is>
+      </c>
+      <c r="B1214" s="1" t="inlineStr">
+        <is>
+          <t>Üstün Yeteneklilerin Eğitiminde Modeller Ve Stratejiler</t>
+        </is>
+      </c>
+      <c r="C1214" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:3">
+      <c r="A1215" s="1" t="inlineStr">
+        <is>
+          <t>9786257880961</t>
+        </is>
+      </c>
+      <c r="B1215" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitimde Bütünleştirilmiş Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1215" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:3">
+      <c r="A1216" s="1" t="inlineStr">
+        <is>
+          <t>9786257228916</t>
+        </is>
+      </c>
+      <c r="B1216" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitim Ve Kaynaştırma</t>
+        </is>
+      </c>
+      <c r="C1216" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:3">
+      <c r="A1217" s="1" t="inlineStr">
+        <is>
+          <t>9786257228848</t>
+        </is>
+      </c>
+      <c r="B1217" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Güçlüğü Olan Öğrenciler Ve Eğitimleri</t>
+        </is>
+      </c>
+      <c r="C1217" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:3">
+      <c r="A1218" s="1" t="inlineStr">
+        <is>
+          <t>9786257676120</t>
+        </is>
+      </c>
+      <c r="B1218" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitimde Matematik Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1218" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:3">
+      <c r="A1219" s="1" t="inlineStr">
+        <is>
+          <t>9786257228138</t>
+        </is>
+      </c>
+      <c r="B1219" s="1" t="inlineStr">
+        <is>
+          <t>Dehb Ve Alternatif Tedavi Türleri</t>
+        </is>
+      </c>
+      <c r="C1219" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:3">
+      <c r="A1220" s="1" t="inlineStr">
+        <is>
+          <t>9786257676564</t>
+        </is>
+      </c>
+      <c r="B1220" s="1" t="inlineStr">
+        <is>
+          <t>Özel Yetenekli Öğrencilerin Sosyal Duygusal Ve Akademik Gelişimi</t>
+        </is>
+      </c>
+      <c r="C1220" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:3">
+      <c r="A1221" s="1" t="inlineStr">
+        <is>
+          <t>9789756802847</t>
+        </is>
+      </c>
+      <c r="B1221" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcılığa Yolculuk</t>
+        </is>
+      </c>
+      <c r="C1221" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:3">
+      <c r="A1222" s="1" t="inlineStr">
+        <is>
+          <t>9789944919227</t>
+        </is>
+      </c>
+      <c r="B1222" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel-Tamamlayıcı Ölçme Ve Değerlendirme Teknikleri Öğretmen El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1222" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:3">
+      <c r="A1223" s="1" t="inlineStr">
+        <is>
+          <t>9789944919258</t>
+        </is>
+      </c>
+      <c r="B1223" s="1" t="inlineStr">
+        <is>
+          <t>Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1223" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:3">
+      <c r="A1224" s="1" t="inlineStr">
+        <is>
+          <t>9786050022247</t>
+        </is>
+      </c>
+      <c r="B1224" s="1" t="inlineStr">
+        <is>
+          <t>Öğretimde Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1224" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:3">
+      <c r="A1225" s="1" t="inlineStr">
+        <is>
+          <t>9786053647003</t>
+        </is>
+      </c>
+      <c r="B1225" s="1" t="inlineStr">
+        <is>
+          <t>Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1225" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:3">
+      <c r="A1226" s="1" t="inlineStr">
+        <is>
+          <t>9786055885168</t>
+        </is>
+      </c>
+      <c r="B1226" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1226" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:3">
+      <c r="A1227" s="1" t="inlineStr">
+        <is>
+          <t>9786054282852</t>
+        </is>
+      </c>
+      <c r="B1227" s="1" t="inlineStr">
+        <is>
+          <t>Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1227" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:3">
+      <c r="A1228" s="1" t="inlineStr">
+        <is>
+          <t>9786054282845</t>
+        </is>
+      </c>
+      <c r="B1228" s="1" t="inlineStr">
+        <is>
+          <t>Okullarda Ölçme Ve Değerlendirme Öğretmen El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1228" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:3">
+      <c r="A1229" s="1" t="inlineStr">
+        <is>
+          <t>9786053640875</t>
+        </is>
+      </c>
+      <c r="B1229" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1229" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:3">
+      <c r="A1230" s="1" t="inlineStr">
+        <is>
+          <t>9786053640882</t>
+        </is>
+      </c>
+      <c r="B1230" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ve Psikolojide Ölçme</t>
+        </is>
+      </c>
+      <c r="C1230" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:3">
+      <c r="A1231" s="1" t="inlineStr">
+        <is>
+          <t>9786053641247</t>
+        </is>
+      </c>
+      <c r="B1231" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1231" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:3">
+      <c r="A1232" s="1" t="inlineStr">
+        <is>
+          <t>9786053643111</t>
+        </is>
+      </c>
+      <c r="B1232" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojide Ölçme Ve Ölçek Geliştirme-I</t>
+        </is>
+      </c>
+      <c r="C1232" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:3">
+      <c r="A1233" s="1" t="inlineStr">
+        <is>
+          <t>9786053645887</t>
+        </is>
+      </c>
+      <c r="B1233" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1233" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:3">
+      <c r="A1234" s="1" t="inlineStr">
+        <is>
+          <t>9786053648079</t>
+        </is>
+      </c>
+      <c r="B1234" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Eğitiminde Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1234" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:3">
+      <c r="A1235" s="1" t="inlineStr">
+        <is>
+          <t>9786053186359</t>
+        </is>
+      </c>
+      <c r="B1235" s="1" t="inlineStr">
+        <is>
+          <t>Pısa Ve Tımss Mantığını Ve Sorularını Anlama</t>
+        </is>
+      </c>
+      <c r="C1235" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:3">
+      <c r="A1236" s="1" t="inlineStr">
+        <is>
+          <t>9786053188186</t>
+        </is>
+      </c>
+      <c r="B1236" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojide Ölçme Ve Ölçek Geliştirme Iı Ölçme Araçlarının Psikometrik Nitelikleri Ve Ölçme Kuramlar</t>
+        </is>
+      </c>
+      <c r="C1236" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:3">
+      <c r="A1237" s="1" t="inlineStr">
+        <is>
+          <t>9786053188445</t>
+        </is>
+      </c>
+      <c r="B1237" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ve Psikolojide Kullanılan Testlerin Kültürlerarası Değerlendirme Amacıyla Uyarlanması</t>
+        </is>
+      </c>
+      <c r="C1237" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:3">
+      <c r="A1238" s="1" t="inlineStr">
+        <is>
+          <t>9786052411872</t>
+        </is>
+      </c>
+      <c r="B1238" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dilde Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1238" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:3">
+      <c r="A1239" s="1" t="inlineStr">
+        <is>
+          <t>9786052416594</t>
+        </is>
+      </c>
+      <c r="B1239" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojide Ölçme Ve Ölçek Geliştirme Iıı Ölçek Uyarlama Ve Norm Geliştirme</t>
+        </is>
+      </c>
+      <c r="C1239" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:3">
+      <c r="A1240" s="1" t="inlineStr">
+        <is>
+          <t>9786053640967</t>
+        </is>
+      </c>
+      <c r="B1240" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1240" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:3">
+      <c r="A1241" s="1" t="inlineStr">
+        <is>
+          <t>9786053642510</t>
+        </is>
+      </c>
+      <c r="B1241" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1241" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:3">
+      <c r="A1242" s="1" t="inlineStr">
+        <is>
+          <t>9786053648017</t>
+        </is>
+      </c>
+      <c r="B1242" s="1" t="inlineStr">
+        <is>
+          <t>Çocukların Toprakla Eğlenceli Serüveni</t>
+        </is>
+      </c>
+      <c r="C1242" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:3">
+      <c r="A1243" s="1" t="inlineStr">
+        <is>
+          <t>9786053181279</t>
+        </is>
+      </c>
+      <c r="B1243" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Resimleri Analizi Ve Psikolojik Resim Testleri</t>
+        </is>
+      </c>
+      <c r="C1243" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:3">
+      <c r="A1244" s="1" t="inlineStr">
+        <is>
+          <t>9786053185086</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Terapisinde Pratik Teknikler</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
+          <t>9786053185925</t>
+        </is>
+      </c>
+      <c r="B1245" s="1" t="inlineStr">
+        <is>
+          <t>Doğum Öncesinden Ergenliğe Çocuk Gelişimi</t>
+        </is>
+      </c>
+      <c r="C1245" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:3">
+      <c r="A1246" s="1" t="inlineStr">
+        <is>
+          <t>9786053185970</t>
+        </is>
+      </c>
+      <c r="B1246" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Okuryazarlık Ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1246" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:3">
+      <c r="A1247" s="1" t="inlineStr">
+        <is>
+          <t>9786052411506</t>
+        </is>
+      </c>
+      <c r="B1247" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta 50 Okuryazarlık Stratejisi</t>
+        </is>
+      </c>
+      <c r="C1247" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:3">
+      <c r="A1248" s="1" t="inlineStr">
+        <is>
+          <t>9786052414354</t>
+        </is>
+      </c>
+      <c r="B1248" s="1" t="inlineStr">
+        <is>
+          <t>Üstün Yetenekli Çocuklar</t>
+        </is>
+      </c>
+      <c r="C1248" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:3">
+      <c r="A1249" s="1" t="inlineStr">
+        <is>
+          <t>9786052415184</t>
+        </is>
+      </c>
+      <c r="B1249" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Döneminde Gelişim 36-72 Ay</t>
+        </is>
+      </c>
+      <c r="C1249" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:3">
+      <c r="A1250" s="1" t="inlineStr">
+        <is>
+          <t>9786052415221</t>
+        </is>
+      </c>
+      <c r="B1250" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Düşünme Becerisi Öğretimi: Ortaokul Öğrencileri İçin Bir Program Tasarısı</t>
+        </is>
+      </c>
+      <c r="C1250" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:3">
+      <c r="A1251" s="1" t="inlineStr">
+        <is>
+          <t>9786052416082</t>
+        </is>
+      </c>
+      <c r="B1251" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Merkezli Öğrenme Ortamları</t>
+        </is>
+      </c>
+      <c r="C1251" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:3">
+      <c r="A1252" s="1" t="inlineStr">
+        <is>
+          <t>9786052419595</t>
+        </is>
+      </c>
+      <c r="B1252" s="1" t="inlineStr">
+        <is>
+          <t>Bebeklik Dönemi Gelişim Ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C1252" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:3">
+      <c r="A1253" s="1" t="inlineStr">
+        <is>
+          <t>9786050370218</t>
+        </is>
+      </c>
+      <c r="B1253" s="1" t="inlineStr">
+        <is>
+          <t>Bilişsel Davranışçı Oyun Terapisi</t>
+        </is>
+      </c>
+      <c r="C1253" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:3">
+      <c r="A1254" s="1" t="inlineStr">
+        <is>
+          <t>9786050370560</t>
+        </is>
+      </c>
+      <c r="B1254" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Gelişimi</t>
+        </is>
+      </c>
+      <c r="C1254" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:3">
+      <c r="A1255" s="1" t="inlineStr">
+        <is>
+          <t>9786257880374</t>
+        </is>
+      </c>
+      <c r="B1255" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Çocuk Olmak</t>
+        </is>
+      </c>
+      <c r="C1255" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:3">
+      <c r="A1256" s="1" t="inlineStr">
+        <is>
+          <t>9786257880060</t>
+        </is>
+      </c>
+      <c r="B1256" s="1" t="inlineStr">
+        <is>
+          <t>Çocukta Hareket Gelişimi Ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1256" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:3">
+      <c r="A1257" s="1" t="inlineStr">
+        <is>
+          <t>9786052412558</t>
+        </is>
+      </c>
+      <c r="B1257" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1257" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:3">
+      <c r="A1258" s="1" t="inlineStr">
+        <is>
+          <t>9786050370157</t>
+        </is>
+      </c>
+      <c r="B1258" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimin Sosyal Ve Kültürel Temelleri</t>
+        </is>
+      </c>
+      <c r="C1258" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:3">
+      <c r="A1259" s="1" t="inlineStr">
+        <is>
+          <t>9786257228534</t>
+        </is>
+      </c>
+      <c r="B1259" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretim Üzerine Düşünmek</t>
+        </is>
+      </c>
+      <c r="C1259" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:3">
+      <c r="A1260" s="1" t="inlineStr">
+        <is>
+          <t>9786257676663</t>
+        </is>
+      </c>
+      <c r="B1260" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretimde Uluslarasılaşma Teoriden Uygulamaya</t>
+        </is>
+      </c>
+      <c r="C1260" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:3">
+      <c r="A1261" s="1" t="inlineStr">
+        <is>
+          <t>9789944919111</t>
+        </is>
+      </c>
+      <c r="B1261" s="1" t="inlineStr">
+        <is>
+          <t>Halk Bilimi Ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C1261" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:3">
+      <c r="A1262" s="1" t="inlineStr">
+        <is>
+          <t>9786053643265</t>
+        </is>
+      </c>
+      <c r="B1262" s="1" t="inlineStr">
+        <is>
+          <t>İnsanca Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1262" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:3">
+      <c r="A1263" s="1" t="inlineStr">
+        <is>
+          <t>9786053643401</t>
+        </is>
+      </c>
+      <c r="B1263" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1263" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:3">
+      <c r="A1264" s="1" t="inlineStr">
+        <is>
+          <t>9786053648109</t>
+        </is>
+      </c>
+      <c r="B1264" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Ve Değerler Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1264" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:3">
+      <c r="A1265" s="1" t="inlineStr">
+        <is>
+          <t>9786053648222</t>
+        </is>
+      </c>
+      <c r="B1265" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1265" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:3">
+      <c r="A1266" s="1" t="inlineStr">
+        <is>
+          <t>9786053180814</t>
+        </is>
+      </c>
+      <c r="B1266" s="1" t="inlineStr">
+        <is>
+          <t>Rekabetçi Değerler Liderliği</t>
+        </is>
+      </c>
+      <c r="C1266" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:3">
+      <c r="A1267" s="1" t="inlineStr">
+        <is>
+          <t>9786053185956</t>
+        </is>
+      </c>
+      <c r="B1267" s="1" t="inlineStr">
+        <is>
+          <t>Cinsel Sağlık Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1267" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:3">
+      <c r="A1268" s="1" t="inlineStr">
+        <is>
+          <t>9786052410110</t>
+        </is>
+      </c>
+      <c r="B1268" s="1" t="inlineStr">
+        <is>
+          <t>İş Ahlakı Ve Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1268" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:3">
+      <c r="A1269" s="1" t="inlineStr">
+        <is>
+          <t>9786053189558</t>
+        </is>
+      </c>
+      <c r="B1269" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Değerler Ve Yeni Eğitim Paradigması</t>
+        </is>
+      </c>
+      <c r="C1269" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:3">
+      <c r="A1270" s="1" t="inlineStr">
+        <is>
+          <t>9786052416105</t>
+        </is>
+      </c>
+      <c r="B1270" s="1" t="inlineStr">
+        <is>
+          <t>Karakter Değerler Ve Ahlak Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1270" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:3">
+      <c r="A1271" s="1" t="inlineStr">
+        <is>
+          <t>9786052415658</t>
+        </is>
+      </c>
+      <c r="B1271" s="1" t="inlineStr">
+        <is>
+          <t>Yetişkin Eğitimi Ve Hayat Boyu Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1271" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:3">
+      <c r="A1272" s="1" t="inlineStr">
+        <is>
+          <t>9786052416891</t>
+        </is>
+      </c>
+      <c r="B1272" s="1" t="inlineStr">
+        <is>
+          <t>Gelişim Psikolojisi Iı</t>
+        </is>
+      </c>
+      <c r="C1272" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:3">
+      <c r="A1273" s="1" t="inlineStr">
+        <is>
+          <t>9786052417065</t>
+        </is>
+      </c>
+      <c r="B1273" s="1" t="inlineStr">
+        <is>
+          <t>Yetişkin Eğitimi Ve Hayat Boyu Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1273" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:3">
+      <c r="A1274" s="1" t="inlineStr">
+        <is>
+          <t>9786052412220</t>
+        </is>
+      </c>
+      <c r="B1274" s="1" t="inlineStr">
+        <is>
+          <t>Okul, Aile Ve Toplum İşbirliği</t>
+        </is>
+      </c>
+      <c r="C1274" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:3">
+      <c r="A1275" s="1" t="inlineStr">
+        <is>
+          <t>9786058011458</t>
+        </is>
+      </c>
+      <c r="B1275" s="1" t="inlineStr">
+        <is>
+          <t>Yetişkin Eğitimi Ve Hayat Boyu Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1275" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:3">
+      <c r="A1276" s="1" t="inlineStr">
+        <is>
+          <t>9786058006058</t>
+        </is>
+      </c>
+      <c r="B1276" s="1" t="inlineStr">
+        <is>
+          <t>Aile İçi Şiddeti Azaltma Psiko-Eğitim Programı</t>
+        </is>
+      </c>
+      <c r="C1276" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:3">
+      <c r="A1277" s="1" t="inlineStr">
+        <is>
+          <t>9786257228350</t>
+        </is>
+      </c>
+      <c r="B1277" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretimde Eğiticilerin Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1277" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:3">
+      <c r="A1278" s="1" t="inlineStr">
+        <is>
+          <t>9786257676298</t>
+        </is>
+      </c>
+      <c r="B1278" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda Hayat Boyu Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1278" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:3">
+      <c r="A1279" s="1" t="inlineStr">
+        <is>
+          <t>9789758792504</t>
+        </is>
+      </c>
+      <c r="B1279" s="1" t="inlineStr">
+        <is>
+          <t>Pour Apprendre Une Langue  Étrangere (Fle)</t>
+        </is>
+      </c>
+      <c r="C1279" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:3">
+      <c r="A1280" s="1" t="inlineStr">
+        <is>
+          <t>9789756802991</t>
+        </is>
+      </c>
+      <c r="B1280" s="1" t="inlineStr">
+        <is>
+          <t>Elt Methodology</t>
+        </is>
+      </c>
+      <c r="C1280" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:3">
+      <c r="A1281" s="1" t="inlineStr">
+        <is>
+          <t>9789756802090</t>
+        </is>
+      </c>
+      <c r="B1281" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1281" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:3">
+      <c r="A1282" s="1" t="inlineStr">
+        <is>
+          <t>9789944919548</t>
+        </is>
+      </c>
+      <c r="B1282" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Öğretiminde Şiir</t>
+        </is>
+      </c>
+      <c r="C1282" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:3">
+      <c r="A1283" s="1" t="inlineStr">
+        <is>
+          <t>9786052414514</t>
+        </is>
+      </c>
+      <c r="B1283" s="1" t="inlineStr">
+        <is>
+          <t>Teaching Language And Literature: A Course Book</t>
+        </is>
+      </c>
+      <c r="C1283" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:3">
+      <c r="A1284" s="1" t="inlineStr">
+        <is>
+          <t>9786053183259</t>
+        </is>
+      </c>
+      <c r="B1284" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Programa Uygun Etkinliklerle Dil Bilgisi Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1284" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:3">
+      <c r="A1285" s="1" t="inlineStr">
+        <is>
+          <t>9786053188230</t>
+        </is>
+      </c>
+      <c r="B1285" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarda Yabancı Dil Kaygısı Üzerine Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C1285" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:3">
+      <c r="A1286" s="1" t="inlineStr">
+        <is>
+          <t>9786052411261</t>
+        </is>
+      </c>
+      <c r="B1286" s="1" t="inlineStr">
+        <is>
+          <t>Target - English For Military Students</t>
+        </is>
+      </c>
+      <c r="C1286" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:3">
+      <c r="A1287" s="1" t="inlineStr">
+        <is>
+          <t>9786052411629</t>
+        </is>
+      </c>
+      <c r="B1287" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Anlayışına Göre Fransızca Dil Bilgisi Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1287" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:3">
+      <c r="A1288" s="1" t="inlineStr">
+        <is>
+          <t>9786052412039</t>
+        </is>
+      </c>
+      <c r="B1288" s="1" t="inlineStr">
+        <is>
+          <t>Cefr-Based Language Testing</t>
+        </is>
+      </c>
+      <c r="C1288" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:3">
+      <c r="A1289" s="1" t="inlineStr">
+        <is>
+          <t>9786257880534</t>
+        </is>
+      </c>
+      <c r="B1289" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Öğretimi Ve Kültür</t>
+        </is>
+      </c>
+      <c r="C1289" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:3">
+      <c r="A1290" s="1" t="inlineStr">
+        <is>
+          <t>9786257228213</t>
+        </is>
+      </c>
+      <c r="B1290" s="1" t="inlineStr">
+        <is>
+          <t>Ein Leben Zwischen Kaukasus Und Berlin Erinnerungen Eines Leidenschaftlichen Pädagogen</t>
+        </is>
+      </c>
+      <c r="C1290" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:3">
+      <c r="A1291" s="1" t="inlineStr">
+        <is>
+          <t>9786257228497</t>
+        </is>
+      </c>
+      <c r="B1291" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı/İkinci Dil Öğretiminde Kültür Ve Kültürel Etkileşim</t>
+        </is>
+      </c>
+      <c r="C1291" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:3">
+      <c r="A1292" s="1" t="inlineStr">
+        <is>
+          <t>9786257676205</t>
+        </is>
+      </c>
+      <c r="B1292" s="1" t="inlineStr">
+        <is>
+          <t>A Brief History Of English Language Teaching İn Turkey</t>
+        </is>
+      </c>
+      <c r="C1292" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:3">
+      <c r="A1293" s="1" t="inlineStr">
+        <is>
+          <t>9786257676557</t>
+        </is>
+      </c>
+      <c r="B1293" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce Öğretiminde Biçimlendirici Değerlendirme Çevrimiçi Araçlar Ve Uygulama Önerileri</t>
+        </is>
+      </c>
+      <c r="C1293" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:3">
+      <c r="A1294" s="1" t="inlineStr">
+        <is>
+          <t>9789756802694</t>
+        </is>
+      </c>
+      <c r="B1294" s="1" t="inlineStr">
+        <is>
+          <t>Yine Yazı Yazıyoruz</t>
+        </is>
+      </c>
+      <c r="C1294" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:3">
+      <c r="A1295" s="1" t="inlineStr">
+        <is>
+          <t>9786053640011</t>
+        </is>
+      </c>
+      <c r="B1295" s="1" t="inlineStr">
+        <is>
+          <t>Programa Uygun Türkçe Öğretim Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1295" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:3">
+      <c r="A1296" s="1" t="inlineStr">
+        <is>
+          <t>9786055885410</t>
+        </is>
+      </c>
+      <c r="B1296" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1296" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:3">
+      <c r="A1297" s="1" t="inlineStr">
+        <is>
+          <t>9786054282951</t>
+        </is>
+      </c>
+      <c r="B1297" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Metin Bilgisi</t>
+        </is>
+      </c>
+      <c r="C1297" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:3">
+      <c r="A1298" s="1" t="inlineStr">
+        <is>
+          <t>9786053641889</t>
+        </is>
+      </c>
+      <c r="B1298" s="1" t="inlineStr">
+        <is>
+          <t>Konuşma Eğitimi (Sözlü Anlatım)</t>
+        </is>
+      </c>
+      <c r="C1298" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:3">
+      <c r="A1299" s="1" t="inlineStr">
+        <is>
+          <t>9786053641865</t>
+        </is>
+      </c>
+      <c r="B1299" s="1" t="inlineStr">
+        <is>
+          <t>Dinleme Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1299" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:3">
+      <c r="A1300" s="1" t="inlineStr">
+        <is>
+          <t>9786053644927</t>
+        </is>
+      </c>
+      <c r="B1300" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Öğretimi - Yaklaşımlar Ve Modeller</t>
+        </is>
+      </c>
+      <c r="C1300" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:3">
+      <c r="A1301" s="1" t="inlineStr">
+        <is>
+          <t>9786053645269</t>
+        </is>
+      </c>
+      <c r="B1301" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Öğretimi El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1301" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:3">
+      <c r="A1302" s="1" t="inlineStr">
+        <is>
+          <t>9786053645078</t>
+        </is>
+      </c>
+      <c r="B1302" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Boyu Okuma Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1302" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:3">
+      <c r="A1303" s="1" t="inlineStr">
+        <is>
+          <t>9786053646334</t>
+        </is>
+      </c>
+      <c r="B1303" s="1" t="inlineStr">
+        <is>
+          <t>Anadil Edinimi</t>
+        </is>
+      </c>
+      <c r="C1303" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:3">
+      <c r="A1304" s="1" t="inlineStr">
+        <is>
+          <t>9786053646419</t>
+        </is>
+      </c>
+      <c r="B1304" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Edebiyattan Fazlasıdır</t>
+        </is>
+      </c>
+      <c r="C1304" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:3">
+      <c r="A1305" s="1" t="inlineStr">
+        <is>
+          <t>9786053646907</t>
+        </is>
+      </c>
+      <c r="B1305" s="1" t="inlineStr">
+        <is>
+          <t>Yazma Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1305" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:3">
+      <c r="A1306" s="1" t="inlineStr">
+        <is>
+          <t>9786053646761</t>
+        </is>
+      </c>
+      <c r="B1306" s="1" t="inlineStr">
+        <is>
+          <t>Okumayı Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1306" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:3">
+      <c r="A1307" s="1" t="inlineStr">
+        <is>
+          <t>9786053649199</t>
+        </is>
+      </c>
+      <c r="B1307" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1307" s="1">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:3">
+      <c r="A1308" s="1" t="inlineStr">
+        <is>
+          <t>9786053649342</t>
+        </is>
+      </c>
+      <c r="B1308" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Eğitimi Kuram Ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C1308" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:3">
+      <c r="A1309" s="1" t="inlineStr">
+        <is>
+          <t>9786053180241</t>
+        </is>
+      </c>
+      <c r="B1309" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Hızlı Okuma Ve Anlama</t>
+        </is>
+      </c>
+      <c r="C1309" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:3">
+      <c r="A1310" s="1" t="inlineStr">
+        <is>
+          <t>9786053181057</t>
+        </is>
+      </c>
+      <c r="B1310" s="1" t="inlineStr">
+        <is>
+          <t>Türkçenin Türklerden Çektikleri</t>
+        </is>
+      </c>
+      <c r="C1310" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:3">
+      <c r="A1311" s="1" t="inlineStr">
+        <is>
+          <t>9786053181309</t>
+        </is>
+      </c>
+      <c r="B1311" s="1" t="inlineStr">
+        <is>
+          <t>Konuşma Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1311" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:3">
+      <c r="A1312" s="1" t="inlineStr">
+        <is>
+          <t>9786053183693</t>
+        </is>
+      </c>
+      <c r="B1312" s="1" t="inlineStr">
+        <is>
+          <t>Dil Bilgisi Üzerine Açıklamalar</t>
+        </is>
+      </c>
+      <c r="C1312" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:3">
+      <c r="A1313" s="1" t="inlineStr">
+        <is>
+          <t>9786053184126</t>
+        </is>
+      </c>
+      <c r="B1313" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1313" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:3">
+      <c r="A1314" s="1" t="inlineStr">
+        <is>
+          <t>9786052414200</t>
+        </is>
+      </c>
+      <c r="B1314" s="1" t="inlineStr">
+        <is>
+          <t>Metin İşleme Süreçli - Mikro Öğretim Uygulama Örnekli - Türkçe Öğrenme Ve Öğretim Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1314" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:3">
+      <c r="A1315" s="1" t="inlineStr">
+        <is>
+          <t>9786053189985</t>
+        </is>
+      </c>
+      <c r="B1315" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Türkçesi Dil Bilgisi I Türkiye Türkçesi Ses Bilgisi</t>
+        </is>
+      </c>
+      <c r="C1315" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:3">
+      <c r="A1316" s="1" t="inlineStr">
+        <is>
+          <t>9786052410530</t>
+        </is>
+      </c>
+      <c r="B1316" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Yabancılara Türkçe Dilbilgisi Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1316" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:3">
+      <c r="A1317" s="1" t="inlineStr">
+        <is>
+          <t>9786053188452</t>
+        </is>
+      </c>
+      <c r="B1317" s="1" t="inlineStr">
+        <is>
+          <t>Okumaya Genel Bir Bakış</t>
+        </is>
+      </c>
+      <c r="C1317" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:3">
+      <c r="A1318" s="1" t="inlineStr">
+        <is>
+          <t>9786053646723</t>
+        </is>
+      </c>
+      <c r="B1318" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Gelişmeler Işığında Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1318" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:3">
+      <c r="A1319" s="1" t="inlineStr">
+        <is>
+          <t>9786052412459</t>
+        </is>
+      </c>
+      <c r="B1319" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Olarak Türkçe Öğretiminde Akademik Sözcükler</t>
+        </is>
+      </c>
+      <c r="C1319" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:3">
+      <c r="A1320" s="1" t="inlineStr">
+        <is>
+          <t>9786052415078</t>
+        </is>
+      </c>
+      <c r="B1320" s="1" t="inlineStr">
+        <is>
+          <t>Yabancılar İçin Başlangıç Düzeyi Türkçe Sözlük (A1)</t>
+        </is>
+      </c>
+      <c r="C1320" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:3">
+      <c r="A1321" s="1" t="inlineStr">
+        <is>
+          <t>9786052415375</t>
+        </is>
+      </c>
+      <c r="B1321" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1321" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:3">
+      <c r="A1322" s="1" t="inlineStr">
+        <is>
+          <t>9786052415122</t>
+        </is>
+      </c>
+      <c r="B1322" s="1" t="inlineStr">
+        <is>
+          <t>Türkçede Anlam Yasaları</t>
+        </is>
+      </c>
+      <c r="C1322" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:3">
+      <c r="A1323" s="1" t="inlineStr">
+        <is>
+          <t>9786052412633</t>
+        </is>
+      </c>
+      <c r="B1323" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Türkçe</t>
+        </is>
+      </c>
+      <c r="C1323" s="1">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:3">
+      <c r="A1324" s="1" t="inlineStr">
+        <is>
+          <t>9786052415689</t>
+        </is>
+      </c>
+      <c r="B1324" s="1" t="inlineStr">
+        <is>
+          <t>Türkçenin Yabancı Dil Olarak Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1324" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:3">
+      <c r="A1325" s="1" t="inlineStr">
+        <is>
+          <t>9786052418888</t>
+        </is>
+      </c>
+      <c r="B1325" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Türkçesinde İkili Tekrarlar Derlem Tabanlı Bir Uygulama</t>
+        </is>
+      </c>
+      <c r="C1325" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:3">
+      <c r="A1326" s="1" t="inlineStr">
+        <is>
+          <t>9786052418048</t>
+        </is>
+      </c>
+      <c r="B1326" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Olarak Türkçe Öğretiminde Dinleme Becerisi</t>
+        </is>
+      </c>
+      <c r="C1326" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:3">
+      <c r="A1327" s="1" t="inlineStr">
+        <is>
+          <t>9786052419618</t>
+        </is>
+      </c>
+      <c r="B1327" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Öğrenme Ve Öğretim Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1327" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:3">
+      <c r="A1328" s="1" t="inlineStr">
+        <is>
+          <t>9786052419830</t>
+        </is>
+      </c>
+      <c r="B1328" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Yabancı Dil Olarak Türkçe Öğretiminde Ölçme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1328" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:3">
+      <c r="A1329" s="1" t="inlineStr">
+        <is>
+          <t>9786052419908</t>
+        </is>
+      </c>
+      <c r="B1329" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1329" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:3">
+      <c r="A1330" s="1" t="inlineStr">
+        <is>
+          <t>9786052418383</t>
+        </is>
+      </c>
+      <c r="B1330" s="1" t="inlineStr">
+        <is>
+          <t>Soru Yorum</t>
+        </is>
+      </c>
+      <c r="C1330" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:3">
+      <c r="A1331" s="1" t="inlineStr">
+        <is>
+          <t>9786058008915</t>
+        </is>
+      </c>
+      <c r="B1331" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Dersi Öğretim Programları</t>
+        </is>
+      </c>
+      <c r="C1331" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:3">
+      <c r="A1332" s="1" t="inlineStr">
+        <is>
+          <t>9786058008960</t>
+        </is>
+      </c>
+      <c r="B1332" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce Öğretmenlerine Türkçe Hikâyeler</t>
+        </is>
+      </c>
+      <c r="C1332" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:3">
+      <c r="A1333" s="1" t="inlineStr">
+        <is>
+          <t>9786058006010</t>
+        </is>
+      </c>
+      <c r="B1333" s="1" t="inlineStr">
+        <is>
+          <t>Türkçenin Yabancı Dil Olarak Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1333" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:3">
+      <c r="A1334" s="1" t="inlineStr">
+        <is>
+          <t>9786257052085</t>
+        </is>
+      </c>
+      <c r="B1334" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Eğitimine Genel Bir Bakış</t>
+        </is>
+      </c>
+      <c r="C1334" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:3">
+      <c r="A1335" s="1" t="inlineStr">
+        <is>
+          <t>9786257052108</t>
+        </is>
+      </c>
+      <c r="B1335" s="1" t="inlineStr">
+        <is>
+          <t>Kuram Ve Uygulamada Yazma Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1335" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:3">
+      <c r="A1336" s="1" t="inlineStr">
+        <is>
+          <t>9786257052115</t>
+        </is>
+      </c>
+      <c r="B1336" s="1" t="inlineStr">
+        <is>
+          <t>Türkçenin Yabancı Dil Olarak Öğretimi El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1336" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:3">
+      <c r="A1337" s="1" t="inlineStr">
+        <is>
+          <t>9786257052238</t>
+        </is>
+      </c>
+      <c r="B1337" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Dinleme Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1337" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:3">
+      <c r="A1338" s="1" t="inlineStr">
+        <is>
+          <t>9786257052719</t>
+        </is>
+      </c>
+      <c r="B1338" s="1" t="inlineStr">
+        <is>
+          <t>Prizren Türk Ağzı Dil Ve Kültür</t>
+        </is>
+      </c>
+      <c r="C1338" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:3">
+      <c r="A1339" s="1" t="inlineStr">
+        <is>
+          <t>9786257052979</t>
+        </is>
+      </c>
+      <c r="B1339" s="1" t="inlineStr">
+        <is>
+          <t>İlkokul Öğrencilerine Türkçenin Yabancı Dil Olarak Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1339" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:3">
+      <c r="A1340" s="1" t="inlineStr">
+        <is>
+          <t>9786257880336</t>
+        </is>
+      </c>
+      <c r="B1340" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1340" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:3">
+      <c r="A1341" s="1" t="inlineStr">
+        <is>
+          <t>9786257880985</t>
+        </is>
+      </c>
+      <c r="B1341" s="1" t="inlineStr">
+        <is>
+          <t>Meslek Öncesi Öğretmen Yetiştirme Türkçe - Türk Dili Ve Edebiyatı Eğitimi  Ve Mikro-Öğretim Uygulama</t>
+        </is>
+      </c>
+      <c r="C1341" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:3">
+      <c r="A1342" s="1" t="inlineStr">
+        <is>
+          <t>9786257880473</t>
+        </is>
+      </c>
+      <c r="B1342" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Anlam Bilimi</t>
+        </is>
+      </c>
+      <c r="C1342" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:3">
+      <c r="A1343" s="1" t="inlineStr">
+        <is>
+          <t>9786257228091</t>
+        </is>
+      </c>
+      <c r="B1343" s="1" t="inlineStr">
+        <is>
+          <t>Dil Bilgisi Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1343" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:3">
+      <c r="A1344" s="1" t="inlineStr">
+        <is>
+          <t>9786257228176</t>
+        </is>
+      </c>
+      <c r="B1344" s="1" t="inlineStr">
+        <is>
+          <t>Dinleme Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1344" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:3">
+      <c r="A1345" s="1" t="inlineStr">
+        <is>
+          <t>9786257880220</t>
+        </is>
+      </c>
+      <c r="B1345" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1345" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:3">
+      <c r="A1346" s="1" t="inlineStr">
+        <is>
+          <t>9786257228657</t>
+        </is>
+      </c>
+      <c r="B1346" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Öğretim Programları</t>
+        </is>
+      </c>
+      <c r="C1346" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:3">
+      <c r="A1347" s="1" t="inlineStr">
+        <is>
+          <t>9786257228329</t>
+        </is>
+      </c>
+      <c r="B1347" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Amaçlar İçin Türkçe Öğretimi -Kuram Ve Uygulama-</t>
+        </is>
+      </c>
+      <c r="C1347" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:3">
+      <c r="A1348" s="1" t="inlineStr">
+        <is>
+          <t>9786257228954</t>
+        </is>
+      </c>
+      <c r="B1348" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Eğitim Sürecinde Türkçe Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1348" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:3">
+      <c r="A1349" s="1" t="inlineStr">
+        <is>
+          <t>9786257228312</t>
+        </is>
+      </c>
+      <c r="B1349" s="1" t="inlineStr">
+        <is>
+          <t>Konuşma Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1349" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:3">
+      <c r="A1350" s="1" t="inlineStr">
+        <is>
+          <t>9786257676137</t>
+        </is>
+      </c>
+      <c r="B1350" s="1" t="inlineStr">
+        <is>
+          <t>Akıcı Okumayı Geliştirme: Kavramlar, Uygulamalar, Değerlendirmeler</t>
+        </is>
+      </c>
+      <c r="C1350" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:3">
+      <c r="A1351" s="1" t="inlineStr">
+        <is>
+          <t>9786257676274</t>
+        </is>
+      </c>
+      <c r="B1351" s="1" t="inlineStr">
+        <is>
+          <t>Soru Ve Cevaplarla Yabancı Dil Olarak Türkçe Öğretimi El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1351" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:3">
+      <c r="A1352" s="1" t="inlineStr">
+        <is>
+          <t>9786257228855</t>
+        </is>
+      </c>
+      <c r="B1352" s="1" t="inlineStr">
+        <is>
+          <t>Anlama Stratejileri: Dijital Etkinlikler İle Dört Temel Dil Becerisi</t>
+        </is>
+      </c>
+      <c r="C1352" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:3">
+      <c r="A1353" s="1" t="inlineStr">
+        <is>
+          <t>9786257676335</t>
+        </is>
+      </c>
+      <c r="B1353" s="1" t="inlineStr">
+        <is>
+          <t>Yazma Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1353" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:3">
+      <c r="A1354" s="1" t="inlineStr">
+        <is>
+          <t>9786257676014</t>
+        </is>
+      </c>
+      <c r="B1354" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Öğretimine Genel Bir Bakış El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1354" s="1">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:3">
+      <c r="A1355" s="1" t="inlineStr">
+        <is>
+          <t>9786257676373</t>
+        </is>
+      </c>
+      <c r="B1355" s="1" t="inlineStr">
+        <is>
+          <t>Türkçenin Uzaktan Öğretimi Ve Öğrenimi</t>
+        </is>
+      </c>
+      <c r="C1355" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:3">
+      <c r="A1356" s="1" t="inlineStr">
+        <is>
+          <t>9786053648857</t>
+        </is>
+      </c>
+      <c r="B1356" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Biliminin Disiplinlerarası İmkanları</t>
+        </is>
+      </c>
+      <c r="C1356" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:3">
+      <c r="A1357" s="1" t="inlineStr">
+        <is>
+          <t>9786257676250</t>
+        </is>
+      </c>
+      <c r="B1357" s="1" t="inlineStr">
+        <is>
+          <t>Yazma Tasarımı Ve Yazmada Farkındalık</t>
+        </is>
+      </c>
+      <c r="C1357" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:3">
+      <c r="A1358" s="1" t="inlineStr">
+        <is>
+          <t>9786257676601</t>
+        </is>
+      </c>
+      <c r="B1358" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Çocuk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1358" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:3">
+      <c r="A1359" s="1" t="inlineStr">
+        <is>
+          <t>9786257676731</t>
+        </is>
+      </c>
+      <c r="B1359" s="1" t="inlineStr">
+        <is>
+          <t>Anlama Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1359" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:3">
+      <c r="A1360" s="1" t="inlineStr">
+        <is>
+          <t>9786257228893</t>
+        </is>
+      </c>
+      <c r="B1360" s="1" t="inlineStr">
+        <is>
+          <t>Savaşın İçinde Barışı Öğretmek</t>
+        </is>
+      </c>
+      <c r="C1360" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:3">
+      <c r="A1361" s="1" t="inlineStr">
+        <is>
+          <t>9786053641339</t>
+        </is>
+      </c>
+      <c r="B1361" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretiminde Edebi Ürünler Ve Yazılı Materyaller</t>
+        </is>
+      </c>
+      <c r="C1361" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:3">
+      <c r="A1362" s="1" t="inlineStr">
+        <is>
+          <t>9789944919746</t>
+        </is>
+      </c>
+      <c r="B1362" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Eğitimi Açısından Eğitim Klasikleri İncelemeleri</t>
+        </is>
+      </c>
+      <c r="C1362" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:3">
+      <c r="A1363" s="1" t="inlineStr">
+        <is>
+          <t>9786050022100</t>
+        </is>
+      </c>
+      <c r="B1363" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Teknoloji Ve Sosyal Değişme</t>
+        </is>
+      </c>
+      <c r="C1363" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:3">
+      <c r="A1364" s="1" t="inlineStr">
+        <is>
+          <t>9786055885144</t>
+        </is>
+      </c>
+      <c r="B1364" s="1" t="inlineStr">
+        <is>
+          <t>Özel Öğretim Yöntemleriyle Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1364" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:3">
+      <c r="A1365" s="1" t="inlineStr">
+        <is>
+          <t>9786055885427</t>
+        </is>
+      </c>
+      <c r="B1365" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgilerin Temelleri</t>
+        </is>
+      </c>
+      <c r="C1365" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:3">
+      <c r="A1366" s="1" t="inlineStr">
+        <is>
+          <t>9786053641254</t>
+        </is>
+      </c>
+      <c r="B1366" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretiminde Yeni Yaklaşımlar Iı</t>
+        </is>
+      </c>
+      <c r="C1366" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:3">
+      <c r="A1367" s="1" t="inlineStr">
+        <is>
+          <t>9786053642060</t>
+        </is>
+      </c>
+      <c r="B1367" s="1" t="inlineStr">
+        <is>
+          <t>Günümüz Dünya Sorunları</t>
+        </is>
+      </c>
+      <c r="C1367" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:3">
+      <c r="A1368" s="1" t="inlineStr">
+        <is>
+          <t>9786053641896</t>
+        </is>
+      </c>
+      <c r="B1368" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Ülkelerin Sosyal Bilgiler Öğretim Programları</t>
+        </is>
+      </c>
+      <c r="C1368" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:3">
+      <c r="A1369" s="1" t="inlineStr">
+        <is>
+          <t>9786053642046</t>
+        </is>
+      </c>
+      <c r="B1369" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Eğitimi Açısından Kınalızâde Ali Efendi'nin Ahlâk-Î Alâ'i Üzerine Okumalar</t>
+        </is>
+      </c>
+      <c r="C1369" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:3">
+      <c r="A1370" s="1" t="inlineStr">
+        <is>
+          <t>9786053643739</t>
+        </is>
+      </c>
+      <c r="B1370" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Beceri Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1370" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:3">
+      <c r="A1371" s="1" t="inlineStr">
+        <is>
+          <t>9786053644736</t>
+        </is>
+      </c>
+      <c r="B1371" s="1" t="inlineStr">
+        <is>
+          <t>Zihin, Ahlak Ve Beden Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1371" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:3">
+      <c r="A1372" s="1" t="inlineStr">
+        <is>
+          <t>9786053646051</t>
+        </is>
+      </c>
+      <c r="B1372" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretiminde Eğitim Teknolojileri Ve Materyal Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1372" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:3">
+      <c r="A1373" s="1" t="inlineStr">
+        <is>
+          <t>9786053646792</t>
+        </is>
+      </c>
+      <c r="B1373" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Proje Geliştirme</t>
+        </is>
+      </c>
+      <c r="C1373" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:3">
+      <c r="A1374" s="1" t="inlineStr">
+        <is>
+          <t>9786053649878</t>
+        </is>
+      </c>
+      <c r="B1374" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Eğitiminde Mekânsal Öğrenme Ortamları</t>
+        </is>
+      </c>
+      <c r="C1374" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:3">
+      <c r="A1375" s="1" t="inlineStr">
+        <is>
+          <t>9786053182689</t>
+        </is>
+      </c>
+      <c r="B1375" s="1" t="inlineStr">
+        <is>
+          <t>Okul Dışı Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1375" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:3">
+      <c r="A1376" s="1" t="inlineStr">
+        <is>
+          <t>9786053182733</t>
+        </is>
+      </c>
+      <c r="B1376" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1376" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:3">
+      <c r="A1377" s="1" t="inlineStr">
+        <is>
+          <t>9786053183785</t>
+        </is>
+      </c>
+      <c r="B1377" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgilerde Sözlü Ve Yazılı Edebiyat İncelemeleri</t>
+        </is>
+      </c>
+      <c r="C1377" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="1378" spans="1:3">
+      <c r="A1378" s="1" t="inlineStr">
+        <is>
+          <t>9786053183853</t>
+        </is>
+      </c>
+      <c r="B1378" s="1" t="inlineStr">
+        <is>
+          <t>Günümüz Dünya Sorunları</t>
+        </is>
+      </c>
+      <c r="C1378" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1379" spans="1:3">
+      <c r="A1379" s="1" t="inlineStr">
+        <is>
+          <t>9786053183556</t>
+        </is>
+      </c>
+      <c r="B1379" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgilerde Kavram Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1379" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1380" spans="1:3">
+      <c r="A1380" s="1" t="inlineStr">
+        <is>
+          <t>9786053184478</t>
+        </is>
+      </c>
+      <c r="B1380" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Yaklaşımlarla Sosyal Bilgiler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1380" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1381" spans="1:3">
+      <c r="A1381" s="1" t="inlineStr">
+        <is>
+          <t>9786053649816</t>
+        </is>
+      </c>
+      <c r="B1381" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1381" s="1">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:3">
+      <c r="A1382" s="1" t="inlineStr">
+        <is>
+          <t>9786257880787</t>
+        </is>
+      </c>
+      <c r="B1382" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretiminde Yeni Yaklaşımlar Iıı</t>
+        </is>
+      </c>
+      <c r="C1382" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1383" spans="1:3">
+      <c r="A1383" s="1" t="inlineStr">
+        <is>
+          <t>9786053185666</t>
+        </is>
+      </c>
+      <c r="B1383" s="1" t="inlineStr">
+        <is>
+          <t>İlkokul Ve Ortaokullarda Sosyal Bilgiler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1383" s="1">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="1384" spans="1:3">
+      <c r="A1384" s="1" t="inlineStr">
+        <is>
+          <t>9786052414989</t>
+        </is>
+      </c>
+      <c r="B1384" s="1" t="inlineStr">
+        <is>
+          <t>Günümüz Dünya Sorunları</t>
+        </is>
+      </c>
+      <c r="C1384" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1385" spans="1:3">
+      <c r="A1385" s="1" t="inlineStr">
+        <is>
+          <t>9786052415740</t>
+        </is>
+      </c>
+      <c r="B1385" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgilerin Temelleri</t>
+        </is>
+      </c>
+      <c r="C1385" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1386" spans="1:3">
+      <c r="A1386" s="1" t="inlineStr">
+        <is>
+          <t>9786052418369</t>
+        </is>
+      </c>
+      <c r="B1386" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Program Ve Ders İçeriklerine Göre Sosyal Bilgiler Öğretimi I</t>
+        </is>
+      </c>
+      <c r="C1386" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1387" spans="1:3">
+      <c r="A1387" s="1" t="inlineStr">
+        <is>
+          <t>9786052418376</t>
+        </is>
+      </c>
+      <c r="B1387" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Program Ve Ders İçeriklerine Göre Sosyal Bilgiler Öğretimi Iı</t>
+        </is>
+      </c>
+      <c r="C1387" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="1388" spans="1:3">
+      <c r="A1388" s="1" t="inlineStr">
+        <is>
+          <t>9786052419915</t>
+        </is>
+      </c>
+      <c r="B1388" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Beceri Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1388" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1389" spans="1:3">
+      <c r="A1389" s="1" t="inlineStr">
+        <is>
+          <t>9786050370454</t>
+        </is>
+      </c>
+      <c r="B1389" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgilerde Beceri Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1389" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:3">
+      <c r="A1390" s="1" t="inlineStr">
+        <is>
+          <t>9786257880749</t>
+        </is>
+      </c>
+      <c r="B1390" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlere Uzaktan Eğitimde Bakış</t>
+        </is>
+      </c>
+      <c r="C1390" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:3">
+      <c r="A1391" s="1" t="inlineStr">
+        <is>
+          <t>9786257228374</t>
+        </is>
+      </c>
+      <c r="B1391" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları Ve Demokrasi Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1391" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:3">
+      <c r="A1392" s="1" t="inlineStr">
+        <is>
+          <t>9786257228541</t>
+        </is>
+      </c>
+      <c r="B1392" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyası'nın Jeopolitiği</t>
+        </is>
+      </c>
+      <c r="C1392" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:3">
+      <c r="A1393" s="1" t="inlineStr">
+        <is>
+          <t>9786257228466</t>
+        </is>
+      </c>
+      <c r="B1393" s="1" t="inlineStr">
+        <is>
+          <t>Uygar Toplumdan Akıl Toplumuna İletişim Ve Uygarlık</t>
+        </is>
+      </c>
+      <c r="C1393" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:3">
+      <c r="A1394" s="1" t="inlineStr">
+        <is>
+          <t>9786257228725</t>
+        </is>
+      </c>
+      <c r="B1394" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretiminde Yeni Yaklaşımlar - Iv</t>
+        </is>
+      </c>
+      <c r="C1394" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:3">
+      <c r="A1395" s="1" t="inlineStr">
+        <is>
+          <t>9786257676045</t>
+        </is>
+      </c>
+      <c r="B1395" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasinin Beşinci Gücü Olarak Eğitim Temelli Sivil Toplum Kuruluşları</t>
+        </is>
+      </c>
+      <c r="C1395" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:3">
+      <c r="A1396" s="1" t="inlineStr">
+        <is>
+          <t>9786257676328</t>
+        </is>
+      </c>
+      <c r="B1396" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1396" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:3">
+      <c r="A1397" s="1" t="inlineStr">
+        <is>
+          <t>9786257676595</t>
+        </is>
+      </c>
+      <c r="B1397" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Sosyal Bilgiler Öğretiminde Çağdaş Öğrenme Ve Öğretme Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1397" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:3">
+      <c r="A1398" s="1" t="inlineStr">
+        <is>
+          <t>9786257676533</t>
+        </is>
+      </c>
+      <c r="B1398" s="1" t="inlineStr">
+        <is>
+          <t>Afet Önleme Eğitiminde Japonya Deneyimleri: En Kötü Senaryoya Hazırlık</t>
+        </is>
+      </c>
+      <c r="C1398" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:3">
+      <c r="A1399" s="1" t="inlineStr">
+        <is>
+          <t>9789756802311</t>
+        </is>
+      </c>
+      <c r="B1399" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafyaya Giriş</t>
+        </is>
+      </c>
+      <c r="C1399" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:3">
+      <c r="A1400" s="1" t="inlineStr">
+        <is>
+          <t>9789756802168</t>
+        </is>
+      </c>
+      <c r="B1400" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe İlkokuma Yazma Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1400" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:3">
+      <c r="A1401" s="1" t="inlineStr">
+        <is>
+          <t>9789756802236</t>
+        </is>
+      </c>
+      <c r="B1401" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Drama Öğretmenimin Günlüğü</t>
+        </is>
+      </c>
+      <c r="C1401" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:3">
+      <c r="A1402" s="1" t="inlineStr">
+        <is>
+          <t>9789944919173</t>
+        </is>
+      </c>
+      <c r="B1402" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretim Okulu Matematik Dersi Öğretmen Kılavuzu 1. Sınıf</t>
+        </is>
+      </c>
+      <c r="C1402" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:3">
+      <c r="A1403" s="1" t="inlineStr">
+        <is>
+          <t>9789944919166</t>
+        </is>
+      </c>
+      <c r="B1403" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretim Okulu Matematik Dersi Öğretmen Kılavuzu 2. Sınıf</t>
+        </is>
+      </c>
+      <c r="C1403" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:3">
+      <c r="A1404" s="1" t="inlineStr">
+        <is>
+          <t>9789944919470</t>
+        </is>
+      </c>
+      <c r="B1404" s="1" t="inlineStr">
+        <is>
+          <t>Birleştirilmiş Sınıflarda Öğretim</t>
+        </is>
+      </c>
+      <c r="C1404" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:3">
+      <c r="A1405" s="1" t="inlineStr">
+        <is>
+          <t>9789944919463</t>
+        </is>
+      </c>
+      <c r="B1405" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretimde Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1405" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:3">
+      <c r="A1406" s="1" t="inlineStr">
+        <is>
+          <t>9786050022186</t>
+        </is>
+      </c>
+      <c r="B1406" s="1" t="inlineStr">
+        <is>
+          <t>Etkili İletişim</t>
+        </is>
+      </c>
+      <c r="C1406" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:3">
+      <c r="A1407" s="1" t="inlineStr">
+        <is>
+          <t>9786053647874</t>
+        </is>
+      </c>
+      <c r="B1407" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Temelli İlkokuma Ve Yazma Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1407" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:3">
+      <c r="A1408" s="1" t="inlineStr">
+        <is>
+          <t>9789944919555</t>
+        </is>
+      </c>
+      <c r="B1408" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Ve İlk Okuma Yazma Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1408" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:3">
+      <c r="A1409" s="1" t="inlineStr">
+        <is>
+          <t>9786055885618</t>
+        </is>
+      </c>
+      <c r="B1409" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1409" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:3">
+      <c r="A1410" s="1" t="inlineStr">
+        <is>
+          <t>9786055885731</t>
+        </is>
+      </c>
+      <c r="B1410" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretiminde Yeni Yaklaşımlar - 1</t>
+        </is>
+      </c>
+      <c r="C1410" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:3">
+      <c r="A1411" s="1" t="inlineStr">
+        <is>
+          <t>9789756802519</t>
+        </is>
+      </c>
+      <c r="B1411" s="1" t="inlineStr">
+        <is>
+          <t>Ezbersiz Eğitim Yol Haritası</t>
+        </is>
+      </c>
+      <c r="C1411" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:3">
+      <c r="A1412" s="1" t="inlineStr">
+        <is>
+          <t>9789758792238</t>
+        </is>
+      </c>
+      <c r="B1412" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1412" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:3">
+      <c r="A1413" s="1" t="inlineStr">
+        <is>
+          <t>9786053640035</t>
+        </is>
+      </c>
+      <c r="B1413" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretime Hazırlık Ve İlköğretim Programları</t>
+        </is>
+      </c>
+      <c r="C1413" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:3">
+      <c r="A1414" s="1" t="inlineStr">
+        <is>
+          <t>9786052414507</t>
+        </is>
+      </c>
+      <c r="B1414" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İlişkileri Ve İletişim</t>
+        </is>
+      </c>
+      <c r="C1414" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:3">
+      <c r="A1415" s="1" t="inlineStr">
+        <is>
+          <t>9786053642480</t>
+        </is>
+      </c>
+      <c r="B1415" s="1" t="inlineStr">
+        <is>
+          <t>Birleştirilmiş Sınıflarla Öğretim Öğretmen El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1415" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:3">
+      <c r="A1416" s="1" t="inlineStr">
+        <is>
+          <t>9786053643364</t>
+        </is>
+      </c>
+      <c r="B1416" s="1" t="inlineStr">
+        <is>
+          <t>2000 Li Yıllarda Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1416" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:3">
+      <c r="A1417" s="1" t="inlineStr">
+        <is>
+          <t>9786053644583</t>
+        </is>
+      </c>
+      <c r="B1417" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1417" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:3">
+      <c r="A1418" s="1" t="inlineStr">
+        <is>
+          <t>9786053644866</t>
+        </is>
+      </c>
+      <c r="B1418" s="1" t="inlineStr">
+        <is>
+          <t>21. Uluslararası Eğitimde Yaratıcı Drama Semineri - Ritüller Ve Yaratıcı Drama</t>
+        </is>
+      </c>
+      <c r="C1418" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:3">
+      <c r="A1419" s="1" t="inlineStr">
+        <is>
+          <t>9786053646266</t>
+        </is>
+      </c>
+      <c r="B1419" s="1" t="inlineStr">
+        <is>
+          <t>Etkili İletişim</t>
+        </is>
+      </c>
+      <c r="C1419" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:3">
+      <c r="A1420" s="1" t="inlineStr">
+        <is>
+          <t>9786053646501</t>
+        </is>
+      </c>
+      <c r="B1420" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1420" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:3">
+      <c r="A1421" s="1" t="inlineStr">
+        <is>
+          <t>9786053648093</t>
+        </is>
+      </c>
+      <c r="B1421" s="1" t="inlineStr">
+        <is>
+          <t>Sınıfta Öğrenme Ve Öğretme Sürecinin Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1421" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:3">
+      <c r="A1422" s="1" t="inlineStr">
+        <is>
+          <t>9786053648178</t>
+        </is>
+      </c>
+      <c r="B1422" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1422" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:3">
+      <c r="A1423" s="1" t="inlineStr">
+        <is>
+          <t>9786050370171</t>
+        </is>
+      </c>
+      <c r="B1423" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe İlkokuma Yazma Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1423" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1424" spans="1:3">
+      <c r="A1424" s="1" t="inlineStr">
+        <is>
+          <t>9786053180692</t>
+        </is>
+      </c>
+      <c r="B1424" s="1" t="inlineStr">
+        <is>
+          <t>Birleştirilmiş Sınıflarda Öğretim</t>
+        </is>
+      </c>
+      <c r="C1424" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1425" spans="1:3">
+      <c r="A1425" s="1" t="inlineStr">
+        <is>
+          <t>9786053181187</t>
+        </is>
+      </c>
+      <c r="B1425" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Öğretimi Açısından Çocuk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1425" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1426" spans="1:3">
+      <c r="A1426" s="1" t="inlineStr">
+        <is>
+          <t>9786053647348</t>
+        </is>
+      </c>
+      <c r="B1426" s="1" t="inlineStr">
+        <is>
+          <t>Empatiyle Gelişmek Empatiyi Geliştirmek: Çocuk Ve Empati</t>
+        </is>
+      </c>
+      <c r="C1426" s="1">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:3">
+      <c r="A1427" s="1" t="inlineStr">
+        <is>
+          <t>9786053182580</t>
+        </is>
+      </c>
+      <c r="B1427" s="1" t="inlineStr">
+        <is>
+          <t>İlkokuma Ve Yazma Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1427" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="1428" spans="1:3">
+      <c r="A1428" s="1" t="inlineStr">
+        <is>
+          <t>9786053182443</t>
+        </is>
+      </c>
+      <c r="B1428" s="1" t="inlineStr">
+        <is>
+          <t>Sınıfta Etkili Öğretim Ve Yönetim</t>
+        </is>
+      </c>
+      <c r="C1428" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1429" spans="1:3">
+      <c r="A1429" s="1" t="inlineStr">
+        <is>
+          <t>9786053182801</t>
+        </is>
+      </c>
+      <c r="B1429" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Kullanılan Strateji Yöntem Ve Teknikler</t>
+        </is>
+      </c>
+      <c r="C1429" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1430" spans="1:3">
+      <c r="A1430" s="1" t="inlineStr">
+        <is>
+          <t>9786053183471</t>
+        </is>
+      </c>
+      <c r="B1430" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Edebiyatı Ve Kültürü</t>
+        </is>
+      </c>
+      <c r="C1430" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:3">
+      <c r="A1431" s="1" t="inlineStr">
+        <is>
+          <t>9786052418017</t>
+        </is>
+      </c>
+      <c r="B1431" s="1" t="inlineStr">
+        <is>
+          <t>İlkokuma Yazma Programı Ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1431" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1432" spans="1:3">
+      <c r="A1432" s="1" t="inlineStr">
+        <is>
+          <t>9786053185468</t>
+        </is>
+      </c>
+      <c r="B1432" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bilgisi Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1432" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="1433" spans="1:3">
+      <c r="A1433" s="1" t="inlineStr">
+        <is>
+          <t>9786053185536</t>
+        </is>
+      </c>
+      <c r="B1433" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1433" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1434" spans="1:3">
+      <c r="A1434" s="1" t="inlineStr">
+        <is>
+          <t>9786053188155</t>
+        </is>
+      </c>
+      <c r="B1434" s="1" t="inlineStr">
+        <is>
+          <t>Etkili İletişim İçin Gerekçeli Yaşamak</t>
+        </is>
+      </c>
+      <c r="C1434" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1435" spans="1:3">
+      <c r="A1435" s="1" t="inlineStr">
+        <is>
+          <t>9786052410912</t>
+        </is>
+      </c>
+      <c r="B1435" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Örnekleriyle Hayat Bilgisi Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1435" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:3">
+      <c r="A1436" s="1" t="inlineStr">
+        <is>
+          <t>9786052410905</t>
+        </is>
+      </c>
+      <c r="B1436" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1436" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1437" spans="1:3">
+      <c r="A1437" s="1" t="inlineStr">
+        <is>
+          <t>9786053189633</t>
+        </is>
+      </c>
+      <c r="B1437" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Ve Yazma Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1437" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:3">
+      <c r="A1438" s="1" t="inlineStr">
+        <is>
+          <t>9786052412190</t>
+        </is>
+      </c>
+      <c r="B1438" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1438" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1439" spans="1:3">
+      <c r="A1439" s="1" t="inlineStr">
+        <is>
+          <t>9786052418086</t>
+        </is>
+      </c>
+      <c r="B1439" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Edebiyatı Ve Duyarlık Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1439" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1440" spans="1:3">
+      <c r="A1440" s="1" t="inlineStr">
+        <is>
+          <t>9786052417317</t>
+        </is>
+      </c>
+      <c r="B1440" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Matematik Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1440" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:3">
+      <c r="A1441" s="1" t="inlineStr">
+        <is>
+          <t>9786058011410</t>
+        </is>
+      </c>
+      <c r="B1441" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretim Çalışmaları Bütünsel Açıdan Çocuk</t>
+        </is>
+      </c>
+      <c r="C1441" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:3">
+      <c r="A1442" s="1" t="inlineStr">
+        <is>
+          <t>9786257052924</t>
+        </is>
+      </c>
+      <c r="B1442" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Edebiyatı Ve Okuma Kültürü</t>
+        </is>
+      </c>
+      <c r="C1442" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:3">
+      <c r="A1443" s="1" t="inlineStr">
+        <is>
+          <t>9786257228732</t>
+        </is>
+      </c>
+      <c r="B1443" s="1" t="inlineStr">
+        <is>
+          <t>Örnek Kitap Okuma Planlarıyla İlkokulda Etkileşimli Sesli Okuma</t>
+        </is>
+      </c>
+      <c r="C1443" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:3">
+      <c r="A1444" s="1" t="inlineStr">
+        <is>
+          <t>9786257228268</t>
+        </is>
+      </c>
+      <c r="B1444" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Beceri Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1444" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:3">
+      <c r="A1445" s="1" t="inlineStr">
+        <is>
+          <t>9789756802014</t>
+        </is>
+      </c>
+      <c r="B1445" s="1" t="inlineStr">
+        <is>
+          <t>Örnek Grup Rehberliği Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C1445" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:3">
+      <c r="A1446" s="1" t="inlineStr">
+        <is>
+          <t>9786054282838</t>
+        </is>
+      </c>
+      <c r="B1446" s="1" t="inlineStr">
+        <is>
+          <t>Deneysel Olarak Sınanmış Grupla Psikolojik Danışma Ve Rehberlik Programları (I. Cilt)</t>
+        </is>
+      </c>
+      <c r="C1446" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:3">
+      <c r="A1447" s="1" t="inlineStr">
+        <is>
+          <t>9786054282821</t>
+        </is>
+      </c>
+      <c r="B1447" s="1" t="inlineStr">
+        <is>
+          <t>Deneysel Olarak Sınanmış Grupla Psikolojik Danışma Ve Rehberlik Programları (Iı. Cilt)</t>
+        </is>
+      </c>
+      <c r="C1447" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:3">
+      <c r="A1448" s="1" t="inlineStr">
+        <is>
+          <t>9786054282814</t>
+        </is>
+      </c>
+      <c r="B1448" s="1" t="inlineStr">
+        <is>
+          <t>Deneysel Olarak Sınanmış Grupla Psikolojik Danışma Ve Rehberlik Programları (Iıı.cilt)</t>
+        </is>
+      </c>
+      <c r="C1448" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:3">
+      <c r="A1449" s="1" t="inlineStr">
+        <is>
+          <t>9786053186700</t>
+        </is>
+      </c>
+      <c r="B1449" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik Kuramları</t>
+        </is>
+      </c>
+      <c r="C1449" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:3">
+      <c r="A1450" s="1" t="inlineStr">
+        <is>
+          <t>9786053644590</t>
+        </is>
+      </c>
+      <c r="B1450" s="1" t="inlineStr">
+        <is>
+          <t>Küçükler İçin Büyüklere</t>
+        </is>
+      </c>
+      <c r="C1450" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:3">
+      <c r="A1451" s="1" t="inlineStr">
+        <is>
+          <t>9786055885304</t>
+        </is>
+      </c>
+      <c r="B1451" s="1" t="inlineStr">
+        <is>
+          <t>Duyuşsal Özelliklerin Ölçülmesi İçin Araç Oluşturma</t>
+        </is>
+      </c>
+      <c r="C1451" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:3">
+      <c r="A1452" s="1" t="inlineStr">
+        <is>
+          <t>9786055885816</t>
+        </is>
+      </c>
+      <c r="B1452" s="1" t="inlineStr">
+        <is>
+          <t>Ergenlerde Problem Davranışlar</t>
+        </is>
+      </c>
+      <c r="C1452" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:3">
+      <c r="A1453" s="1" t="inlineStr">
+        <is>
+          <t>9786054282227</t>
+        </is>
+      </c>
+      <c r="B1453" s="1" t="inlineStr">
+        <is>
+          <t>Okullarda Akılcı Duygusal Davranış Terapisine Dayalı Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C1453" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:3">
+      <c r="A1454" s="1" t="inlineStr">
+        <is>
+          <t>9786053184638</t>
+        </is>
+      </c>
+      <c r="B1454" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Aç</t>
+        </is>
+      </c>
+      <c r="C1454" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:3">
+      <c r="A1455" s="1" t="inlineStr">
+        <is>
+          <t>9786054282234</t>
+        </is>
+      </c>
+      <c r="B1455" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1455" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:3">
+      <c r="A1456" s="1" t="inlineStr">
+        <is>
+          <t>9786053641742</t>
+        </is>
+      </c>
+      <c r="B1456" s="1" t="inlineStr">
+        <is>
+          <t>Mesleki Rehberlik Ve Kariyer Danışmanlığı: Kuramdan Uygulamaya</t>
+        </is>
+      </c>
+      <c r="C1456" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="1457" spans="1:3">
+      <c r="A1457" s="1" t="inlineStr">
+        <is>
+          <t>9786053641957</t>
+        </is>
+      </c>
+      <c r="B1457" s="1" t="inlineStr">
+        <is>
+          <t>Grupla Psikolojik Danışma</t>
+        </is>
+      </c>
+      <c r="C1457" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1458" spans="1:3">
+      <c r="A1458" s="1" t="inlineStr">
+        <is>
+          <t>9786053642558</t>
+        </is>
+      </c>
+      <c r="B1458" s="1" t="inlineStr">
+        <is>
+          <t>Pdr'de Kaynak Tarama Ve Rapor Yazma</t>
+        </is>
+      </c>
+      <c r="C1458" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1459" spans="1:3">
+      <c r="A1459" s="1" t="inlineStr">
+        <is>
+          <t>9786053647997</t>
+        </is>
+      </c>
+      <c r="B1459" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Sağlığı Koruyucu Rehberlik</t>
+        </is>
+      </c>
+      <c r="C1459" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1460" spans="1:3">
+      <c r="A1460" s="1" t="inlineStr">
+        <is>
+          <t>9786053643371</t>
+        </is>
+      </c>
+      <c r="B1460" s="1" t="inlineStr">
+        <is>
+          <t>Kültürümüzden Okula Grup Rehberliği Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C1460" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1461" spans="1:3">
+      <c r="A1461" s="1" t="inlineStr">
+        <is>
+          <t>9786053644538</t>
+        </is>
+      </c>
+      <c r="B1461" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Yaşam Tadında: Gelişim Dönemleri 3 - Yetişkinlik Ve Yaşlılık</t>
+        </is>
+      </c>
+      <c r="C1461" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1462" spans="1:3">
+      <c r="A1462" s="1" t="inlineStr">
+        <is>
+          <t>9786053644521</t>
+        </is>
+      </c>
+      <c r="B1462" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Yaşam Tadında: Gelişim Dönemleri 2 - Erinlik Ve Ergenlik</t>
+        </is>
+      </c>
+      <c r="C1462" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1463" spans="1:3">
+      <c r="A1463" s="1" t="inlineStr">
+        <is>
+          <t>9786053644514</t>
+        </is>
+      </c>
+      <c r="B1463" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Yaşam Tadında: Gelişim Dönemleri 1 - Çocukluk - Okul</t>
+        </is>
+      </c>
+      <c r="C1463" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1464" spans="1:3">
+      <c r="A1464" s="1" t="inlineStr">
+        <is>
+          <t>9786053644552</t>
+        </is>
+      </c>
+      <c r="B1464" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Yaşam Tadında: Gelişim Dönemleri 4 - Yaşam Döngüsü - Ölüm</t>
+        </is>
+      </c>
+      <c r="C1464" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1465" spans="1:3">
+      <c r="A1465" s="1" t="inlineStr">
+        <is>
+          <t>9786053647423</t>
+        </is>
+      </c>
+      <c r="B1465" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışma Ve Psikoterapide Kuramsal Yöneliminizi Geliştirme</t>
+        </is>
+      </c>
+      <c r="C1465" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="1466" spans="1:3">
+      <c r="A1466" s="1" t="inlineStr">
+        <is>
+          <t>9786053180128</t>
+        </is>
+      </c>
+      <c r="B1466" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışma Ve Rehberlik</t>
+        </is>
+      </c>
+      <c r="C1466" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1467" spans="1:3">
+      <c r="A1467" s="1" t="inlineStr">
+        <is>
+          <t>9786053180678</t>
+        </is>
+      </c>
+      <c r="B1467" s="1" t="inlineStr">
+        <is>
+          <t>Bireyi Tanıma Teknikleri</t>
+        </is>
+      </c>
+      <c r="C1467" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1468" spans="1:3">
+      <c r="A1468" s="1" t="inlineStr">
+        <is>
+          <t>9786053182603</t>
+        </is>
+      </c>
+      <c r="B1468" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Sorunlara Müdahale Ve Kendi Kendine Yardım Kitabı</t>
+        </is>
+      </c>
+      <c r="C1468" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1469" spans="1:3">
+      <c r="A1469" s="1" t="inlineStr">
+        <is>
+          <t>9786053183501</t>
+        </is>
+      </c>
+      <c r="B1469" s="1" t="inlineStr">
+        <is>
+          <t>Deneysel Olarak Sınanmış Grupla Psikolojik Danışma Ve Rehberlik Programları (Lv. Cilt)</t>
+        </is>
+      </c>
+      <c r="C1469" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1470" spans="1:3">
+      <c r="A1470" s="1" t="inlineStr">
+        <is>
+          <t>9786053184614</t>
+        </is>
+      </c>
+      <c r="B1470" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Boyu Kapsamlı Rehberlik Ve Psikolojik Danışma</t>
+        </is>
+      </c>
+      <c r="C1470" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1471" spans="1:3">
+      <c r="A1471" s="1" t="inlineStr">
+        <is>
+          <t>9786053185550</t>
+        </is>
+      </c>
+      <c r="B1471" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Grup Rehberliği Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C1471" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1472" spans="1:3">
+      <c r="A1472" s="1" t="inlineStr">
+        <is>
+          <t>9786053185574</t>
+        </is>
+      </c>
+      <c r="B1472" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesinde Grup Rehberliği Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C1472" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1473" spans="1:3">
+      <c r="A1473" s="1" t="inlineStr">
+        <is>
+          <t>9786053648253</t>
+        </is>
+      </c>
+      <c r="B1473" s="1" t="inlineStr">
+        <is>
+          <t>Problem Çözme Terapisi</t>
+        </is>
+      </c>
+      <c r="C1473" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1474" spans="1:3">
+      <c r="A1474" s="1" t="inlineStr">
+        <is>
+          <t>9786053185604</t>
+        </is>
+      </c>
+      <c r="B1474" s="1" t="inlineStr">
+        <is>
+          <t>Karar Verme Ve Problem Çözme</t>
+        </is>
+      </c>
+      <c r="C1474" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1475" spans="1:3">
+      <c r="A1475" s="1" t="inlineStr">
+        <is>
+          <t>9786053189565</t>
+        </is>
+      </c>
+      <c r="B1475" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Dönemleri Ve Uyum Sorunları</t>
+        </is>
+      </c>
+      <c r="C1475" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="1476" spans="1:3">
+      <c r="A1476" s="1" t="inlineStr">
+        <is>
+          <t>9786053185741</t>
+        </is>
+      </c>
+      <c r="B1476" s="1" t="inlineStr">
+        <is>
+          <t>Kariyer Gelişim Kuramlarının Kariyer Danışmasına Uygulanması</t>
+        </is>
+      </c>
+      <c r="C1476" s="1">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1477" spans="1:3">
+      <c r="A1477" s="1" t="inlineStr">
+        <is>
+          <t>9786052410493</t>
+        </is>
+      </c>
+      <c r="B1477" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışma Ve Rehberlik</t>
+        </is>
+      </c>
+      <c r="C1477" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1478" spans="1:3">
+      <c r="A1478" s="1" t="inlineStr">
+        <is>
+          <t>9786052410356</t>
+        </is>
+      </c>
+      <c r="B1478" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik Kuramları</t>
+        </is>
+      </c>
+      <c r="C1478" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1479" spans="1:3">
+      <c r="A1479" s="1" t="inlineStr">
+        <is>
+          <t>9786052410332</t>
+        </is>
+      </c>
+      <c r="B1479" s="1" t="inlineStr">
+        <is>
+          <t>Normal Aile Süreçleri</t>
+        </is>
+      </c>
+      <c r="C1479" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="1480" spans="1:3">
+      <c r="A1480" s="1" t="inlineStr">
+        <is>
+          <t>9786052410677</t>
+        </is>
+      </c>
+      <c r="B1480" s="1" t="inlineStr">
+        <is>
+          <t>Okulda Pozitif Psikoloji Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1480" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1481" spans="1:3">
+      <c r="A1481" s="1" t="inlineStr">
+        <is>
+          <t>9786052411001</t>
+        </is>
+      </c>
+      <c r="B1481" s="1" t="inlineStr">
+        <is>
+          <t>Bilişsel-Yaşantısal Teori Ve Terapi</t>
+        </is>
+      </c>
+      <c r="C1481" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1482" spans="1:3">
+      <c r="A1482" s="1" t="inlineStr">
+        <is>
+          <t>9786052412787</t>
+        </is>
+      </c>
+      <c r="B1482" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlılığa Hazır Mıyız?</t>
+        </is>
+      </c>
+      <c r="C1482" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1483" spans="1:3">
+      <c r="A1483" s="1" t="inlineStr">
+        <is>
+          <t>9786052415085</t>
+        </is>
+      </c>
+      <c r="B1483" s="1" t="inlineStr">
+        <is>
+          <t>Grup Psikoeğitimi</t>
+        </is>
+      </c>
+      <c r="C1483" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1484" spans="1:3">
+      <c r="A1484" s="1" t="inlineStr">
+        <is>
+          <t>9786052418055</t>
+        </is>
+      </c>
+      <c r="B1484" s="1" t="inlineStr">
+        <is>
+          <t>Travma Psikolojik Danışmanlığı</t>
+        </is>
+      </c>
+      <c r="C1484" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1485" spans="1:3">
+      <c r="A1485" s="1" t="inlineStr">
+        <is>
+          <t>9786052419687</t>
+        </is>
+      </c>
+      <c r="B1485" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Ve Psikolojik Danışma</t>
+        </is>
+      </c>
+      <c r="C1485" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1486" spans="1:3">
+      <c r="A1486" s="1" t="inlineStr">
+        <is>
+          <t>9786052418093</t>
+        </is>
+      </c>
+      <c r="B1486" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Testler</t>
+        </is>
+      </c>
+      <c r="C1486" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:3">
+      <c r="A1487" s="1" t="inlineStr">
+        <is>
+          <t>9786052417942</t>
+        </is>
+      </c>
+      <c r="B1487" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışma Ve Psikoterapi Kuramları</t>
+        </is>
+      </c>
+      <c r="C1487" s="1">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="1488" spans="1:3">
+      <c r="A1488" s="1" t="inlineStr">
+        <is>
+          <t>9786053185734</t>
+        </is>
+      </c>
+      <c r="B1488" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışmanların Bilmesi Gereken 40 Teknik</t>
+        </is>
+      </c>
+      <c r="C1488" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1489" spans="1:3">
+      <c r="A1489" s="1" t="inlineStr">
+        <is>
+          <t>9786058011489</t>
+        </is>
+      </c>
+      <c r="B1489" s="1" t="inlineStr">
+        <is>
+          <t>Trauma Counseling</t>
+        </is>
+      </c>
+      <c r="C1489" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="1490" spans="1:3">
+      <c r="A1490" s="1" t="inlineStr">
+        <is>
+          <t>9786257052009</t>
+        </is>
+      </c>
+      <c r="B1490" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Psikolojik Danışma Ve Rehberliğin Gelişim Süreci</t>
+        </is>
+      </c>
+      <c r="C1490" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1491" spans="1:3">
+      <c r="A1491" s="1" t="inlineStr">
+        <is>
+          <t>9786058006003</t>
+        </is>
+      </c>
+      <c r="B1491" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışmada İstatistik Ve Ibm Spss Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1491" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1492" spans="1:3">
+      <c r="A1492" s="1" t="inlineStr">
+        <is>
+          <t>9786257880183</t>
+        </is>
+      </c>
+      <c r="B1492" s="1" t="inlineStr">
+        <is>
+          <t>Kültüre Duyarlı Psikolojik Danışma</t>
+        </is>
+      </c>
+      <c r="C1492" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1493" spans="1:3">
+      <c r="A1493" s="1" t="inlineStr">
+        <is>
+          <t>9786257052771</t>
+        </is>
+      </c>
+      <c r="B1493" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Geleceğe Bilişsel Davranışçı Terapi</t>
+        </is>
+      </c>
+      <c r="C1493" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1494" spans="1:3">
+      <c r="A1494" s="1" t="inlineStr">
+        <is>
+          <t>9786257880596</t>
+        </is>
+      </c>
+      <c r="B1494" s="1" t="inlineStr">
+        <is>
+          <t>Okullarda Psikolojik Danışma Ve Rehberlik</t>
+        </is>
+      </c>
+      <c r="C1494" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1495" spans="1:3">
+      <c r="A1495" s="1" t="inlineStr">
+        <is>
+          <t>9786257880664</t>
+        </is>
+      </c>
+      <c r="B1495" s="1" t="inlineStr">
+        <is>
+          <t>Salgın Hastalıklar Döneminde Kendini Açma Ve Bağlanma Ve Stilleri</t>
+        </is>
+      </c>
+      <c r="C1495" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1496" spans="1:3">
+      <c r="A1496" s="1" t="inlineStr">
+        <is>
+          <t>9786257228183</t>
+        </is>
+      </c>
+      <c r="B1496" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışmada Yeni Açılımlar Ve Çevrimiçi Psikolojik Danışma Uygulayıcılar İçin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1496" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1497" spans="1:3">
+      <c r="A1497" s="1" t="inlineStr">
+        <is>
+          <t>9786257228022</t>
+        </is>
+      </c>
+      <c r="B1497" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Boyu Kariyer Gelişimi</t>
+        </is>
+      </c>
+      <c r="C1497" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1498" spans="1:3">
+      <c r="A1498" s="1" t="inlineStr">
+        <is>
+          <t>9786257228275</t>
+        </is>
+      </c>
+      <c r="B1498" s="1" t="inlineStr">
+        <is>
+          <t>Tek Çocuk Olmak</t>
+        </is>
+      </c>
+      <c r="C1498" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1499" spans="1:3">
+      <c r="A1499" s="1" t="inlineStr">
+        <is>
+          <t>9786257880923</t>
+        </is>
+      </c>
+      <c r="B1499" s="1" t="inlineStr">
+        <is>
+          <t>Dezavantajlı Gruplarla Kariyer Psikolojik Danışmanlığı</t>
+        </is>
+      </c>
+      <c r="C1499" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1500" spans="1:3">
+      <c r="A1500" s="1" t="inlineStr">
+        <is>
+          <t>9786257228428</t>
+        </is>
+      </c>
+      <c r="B1500" s="1" t="inlineStr">
+        <is>
+          <t>Karakter Güçleri Ve Erdemler</t>
+        </is>
+      </c>
+      <c r="C1500" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1501" spans="1:3">
+      <c r="A1501" s="1" t="inlineStr">
+        <is>
+          <t>9786257228039</t>
+        </is>
+      </c>
+      <c r="B1501" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışmada Kuramsal Anlayış: Bilgi, Tutum, Davranışsal Beceri</t>
+        </is>
+      </c>
+      <c r="C1501" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1502" spans="1:3">
+      <c r="A1502" s="1" t="inlineStr">
+        <is>
+          <t>9786257228251</t>
+        </is>
+      </c>
+      <c r="B1502" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel Küre Envanteri- Kısa Form-Türkçe El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1502" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1503" spans="1:3">
+      <c r="A1503" s="1" t="inlineStr">
+        <is>
+          <t>9786257228459</t>
+        </is>
+      </c>
+      <c r="B1503" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat Eksikliği Ve Hiperaktivite Bozukluğu</t>
+        </is>
+      </c>
+      <c r="C1503" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1504" spans="1:3">
+      <c r="A1504" s="1" t="inlineStr">
+        <is>
+          <t>9786257228404</t>
+        </is>
+      </c>
+      <c r="B1504" s="1" t="inlineStr">
+        <is>
+          <t>Vaka Örnekleriyle Kariyer Rehberliği Ve Kariyer Psikolojik Danışması</t>
+        </is>
+      </c>
+      <c r="C1504" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1505" spans="1:3">
+      <c r="A1505" s="1" t="inlineStr">
+        <is>
+          <t>9786050370492</t>
+        </is>
+      </c>
+      <c r="B1505" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Yeni Bir Yaklaşım: Duyarlılık Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1505" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1506" spans="1:3">
+      <c r="A1506" s="1" t="inlineStr">
+        <is>
+          <t>9786257676090</t>
+        </is>
+      </c>
+      <c r="B1506" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Ve Ergen Gelişimi</t>
+        </is>
+      </c>
+      <c r="C1506" s="1">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="1507" spans="1:3">
+      <c r="A1507" s="1" t="inlineStr">
+        <is>
+          <t>9786257676021</t>
+        </is>
+      </c>
+      <c r="B1507" s="1" t="inlineStr">
+        <is>
+          <t>Travma Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1507" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1508" spans="1:3">
+      <c r="A1508" s="1" t="inlineStr">
+        <is>
+          <t>9786257880114</t>
+        </is>
+      </c>
+      <c r="B1508" s="1" t="inlineStr">
+        <is>
+          <t>Birbirine Tutunmak: Aile Danışmanlığı İçin Deneyimsel Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C1508" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1509" spans="1:3">
+      <c r="A1509" s="1" t="inlineStr">
+        <is>
+          <t>9786053186724</t>
+        </is>
+      </c>
+      <c r="B1509" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Psikolojisi (Gelişim-Öğrenme-Öğretim)</t>
+        </is>
+      </c>
+      <c r="C1509" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="1510" spans="1:3">
+      <c r="A1510" s="1" t="inlineStr">
+        <is>
+          <t>9786054282609</t>
+        </is>
+      </c>
+      <c r="B1510" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1510" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1511" spans="1:3">
+      <c r="A1511" s="1" t="inlineStr">
+        <is>
+          <t>9786053647911</t>
+        </is>
+      </c>
+      <c r="B1511" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1511" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1512" spans="1:3">
+      <c r="A1512" s="1" t="inlineStr">
+        <is>
+          <t>9789756802656</t>
+        </is>
+      </c>
+      <c r="B1512" s="1" t="inlineStr">
+        <is>
+          <t>Okullarda Psikolojik Danışma Ve Rehberlik</t>
+        </is>
+      </c>
+      <c r="C1512" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1513" spans="1:3">
+      <c r="A1513" s="1" t="inlineStr">
+        <is>
+          <t>9789758792498</t>
+        </is>
+      </c>
+      <c r="B1513" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetiminde Örnek Olaylar</t>
+        </is>
+      </c>
+      <c r="C1513" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1514" spans="1:3">
+      <c r="A1514" s="1" t="inlineStr">
+        <is>
+          <t>9789756802069</t>
+        </is>
+      </c>
+      <c r="B1514" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri Öğretme Sanatı</t>
+        </is>
+      </c>
+      <c r="C1514" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1515" spans="1:3">
+      <c r="A1515" s="1" t="inlineStr">
+        <is>
+          <t>9786052418864</t>
+        </is>
+      </c>
+      <c r="B1515" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1515" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1516" spans="1:3">
+      <c r="A1516" s="1" t="inlineStr">
+        <is>
+          <t>9789758792863</t>
+        </is>
+      </c>
+      <c r="B1516" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Teknolojileri Ve Materyal Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1516" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1517" spans="1:3">
+      <c r="A1517" s="1" t="inlineStr">
+        <is>
+          <t>9786052414170</t>
+        </is>
+      </c>
+      <c r="B1517" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C1517" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1518" spans="1:3">
+      <c r="A1518" s="1" t="inlineStr">
+        <is>
+          <t>9786053188070</t>
+        </is>
+      </c>
+      <c r="B1518" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1518" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1519" spans="1:3">
+      <c r="A1519" s="1" t="inlineStr">
+        <is>
+          <t>9789944919722</t>
+        </is>
+      </c>
+      <c r="B1519" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Teknolojileri Ve Materyal Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1519" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1520" spans="1:3">
+      <c r="A1520" s="1" t="inlineStr">
+        <is>
+          <t>9786053189886</t>
+        </is>
+      </c>
+      <c r="B1520" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1520" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="1521" spans="1:3">
+      <c r="A1521" s="1" t="inlineStr">
+        <is>
+          <t>9789944919814</t>
+        </is>
+      </c>
+      <c r="B1521" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C1521" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1522" spans="1:3">
+      <c r="A1522" s="1" t="inlineStr">
+        <is>
+          <t>9789944919807</t>
+        </is>
+      </c>
+      <c r="B1522" s="1" t="inlineStr">
+        <is>
+          <t>Rehberlik</t>
+        </is>
+      </c>
+      <c r="C1522" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1523" spans="1:3">
+      <c r="A1523" s="1" t="inlineStr">
+        <is>
+          <t>9786050022070</t>
+        </is>
+      </c>
+      <c r="B1523" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1523" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1524" spans="1:3">
+      <c r="A1524" s="1" t="inlineStr">
+        <is>
+          <t>9786050022124</t>
+        </is>
+      </c>
+      <c r="B1524" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Ve Öğretmen Adayları İçin Rehberlik</t>
+        </is>
+      </c>
+      <c r="C1524" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="1525" spans="1:3">
+      <c r="A1525" s="1" t="inlineStr">
+        <is>
+          <t>9786053641803</t>
+        </is>
+      </c>
+      <c r="B1525" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1525" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1526" spans="1:3">
+      <c r="A1526" s="1" t="inlineStr">
+        <is>
+          <t>9786052411131</t>
+        </is>
+      </c>
+      <c r="B1526" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1526" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1527" spans="1:3">
+      <c r="A1527" s="1" t="inlineStr">
+        <is>
+          <t>9786055885090</t>
+        </is>
+      </c>
+      <c r="B1527" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Psikolojisi - Gelişim, Öğrenme, Öğretim</t>
+        </is>
+      </c>
+      <c r="C1527" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1528" spans="1:3">
+      <c r="A1528" s="1" t="inlineStr">
+        <is>
+          <t>9786055885083</t>
+        </is>
+      </c>
+      <c r="B1528" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1528" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1529" spans="1:3">
+      <c r="A1529" s="1" t="inlineStr">
+        <is>
+          <t>9786055885588</t>
+        </is>
+      </c>
+      <c r="B1529" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yapıları Ve Yönetimleri Açısından Çeşitli Ülkelere Bakış</t>
+        </is>
+      </c>
+      <c r="C1529" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="1530" spans="1:3">
+      <c r="A1530" s="1" t="inlineStr">
+        <is>
+          <t>9786055885885</t>
+        </is>
+      </c>
+      <c r="B1530" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Dair</t>
+        </is>
+      </c>
+      <c r="C1530" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1531" spans="1:3">
+      <c r="A1531" s="1" t="inlineStr">
+        <is>
+          <t>9786052412626</t>
+        </is>
+      </c>
+      <c r="B1531" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C1531" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1532" spans="1:3">
+      <c r="A1532" s="1" t="inlineStr">
+        <is>
+          <t>9786055885984</t>
+        </is>
+      </c>
+      <c r="B1532" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1532" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1533" spans="1:3">
+      <c r="A1533" s="1" t="inlineStr">
+        <is>
+          <t>9786053640486</t>
+        </is>
+      </c>
+      <c r="B1533" s="1" t="inlineStr">
+        <is>
+          <t>File Lokantası Özel Menü : Eğitimde Temel Kavramlar</t>
+        </is>
+      </c>
+      <c r="C1533" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1534" spans="1:3">
+      <c r="A1534" s="1" t="inlineStr">
+        <is>
+          <t>9786053640851</t>
+        </is>
+      </c>
+      <c r="B1534" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1534" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1535" spans="1:3">
+      <c r="A1535" s="1" t="inlineStr">
+        <is>
+          <t>9786053641810</t>
+        </is>
+      </c>
+      <c r="B1535" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Öğretme Kuram Ve Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1535" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1536" spans="1:3">
+      <c r="A1536" s="1" t="inlineStr">
+        <is>
+          <t>9786053645597</t>
+        </is>
+      </c>
+      <c r="B1536" s="1" t="inlineStr">
+        <is>
+          <t>Bireyle Psikolojik Danışma Alıştırmaları</t>
+        </is>
+      </c>
+      <c r="C1536" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1537" spans="1:3">
+      <c r="A1537" s="1" t="inlineStr">
+        <is>
+          <t>9786053645733</t>
+        </is>
+      </c>
+      <c r="B1537" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1537" s="1">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="1538" spans="1:3">
+      <c r="A1538" s="1" t="inlineStr">
+        <is>
+          <t>9786053646945</t>
+        </is>
+      </c>
+      <c r="B1538" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1538" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1539" spans="1:3">
+      <c r="A1539" s="1" t="inlineStr">
+        <is>
+          <t>9786053646990</t>
+        </is>
+      </c>
+      <c r="B1539" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C1539" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="1540" spans="1:3">
+      <c r="A1540" s="1" t="inlineStr">
+        <is>
+          <t>9786053648086</t>
+        </is>
+      </c>
+      <c r="B1540" s="1" t="inlineStr">
+        <is>
+          <t>Kuram Ve Uygulamada Okul Deneyimi Ve Öğretmenlik Uygulaması</t>
+        </is>
+      </c>
+      <c r="C1540" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1541" spans="1:3">
+      <c r="A1541" s="1" t="inlineStr">
+        <is>
+          <t>9786053648321</t>
+        </is>
+      </c>
+      <c r="B1541" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Programları Ve Öğretim Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1541" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1542" spans="1:3">
+      <c r="A1542" s="1" t="inlineStr">
+        <is>
+          <t>9786053649304</t>
+        </is>
+      </c>
+      <c r="B1542" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dili Ve Edebiyatı Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1542" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1543" spans="1:3">
+      <c r="A1543" s="1" t="inlineStr">
+        <is>
+          <t>9786053649854</t>
+        </is>
+      </c>
+      <c r="B1543" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1543" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1544" spans="1:3">
+      <c r="A1544" s="1" t="inlineStr">
+        <is>
+          <t>9786053648307</t>
+        </is>
+      </c>
+      <c r="B1544" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1544" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="1545" spans="1:3">
+      <c r="A1545" s="1" t="inlineStr">
+        <is>
+          <t>9786053180326</t>
+        </is>
+      </c>
+      <c r="B1545" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Öğretim Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1545" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1546" spans="1:3">
+      <c r="A1546" s="1" t="inlineStr">
+        <is>
+          <t>9786053180685</t>
+        </is>
+      </c>
+      <c r="B1546" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Pozitif Psikoloji Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1546" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1547" spans="1:3">
+      <c r="A1547" s="1" t="inlineStr">
+        <is>
+          <t>9786053649861</t>
+        </is>
+      </c>
+      <c r="B1547" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1547" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1548" spans="1:3">
+      <c r="A1548" s="1" t="inlineStr">
+        <is>
+          <t>9786053182719</t>
+        </is>
+      </c>
+      <c r="B1548" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1548" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1549" spans="1:3">
+      <c r="A1549" s="1" t="inlineStr">
+        <is>
+          <t>9786053183303</t>
+        </is>
+      </c>
+      <c r="B1549" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi Ve Gençlik Sporunda Pedagojik Olaylar</t>
+        </is>
+      </c>
+      <c r="C1549" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1550" spans="1:3">
+      <c r="A1550" s="1" t="inlineStr">
+        <is>
+          <t>9786053183327</t>
+        </is>
+      </c>
+      <c r="B1550" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenlerde Stresi Giderme</t>
+        </is>
+      </c>
+      <c r="C1550" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1551" spans="1:3">
+      <c r="A1551" s="1" t="inlineStr">
+        <is>
+          <t>9786053184447</t>
+        </is>
+      </c>
+      <c r="B1551" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C1551" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1552" spans="1:3">
+      <c r="A1552" s="1" t="inlineStr">
+        <is>
+          <t>9786053184713</t>
+        </is>
+      </c>
+      <c r="B1552" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1552" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1553" spans="1:3">
+      <c r="A1553" s="1" t="inlineStr">
+        <is>
+          <t>9786053185598</t>
+        </is>
+      </c>
+      <c r="B1553" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1553" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1554" spans="1:3">
+      <c r="A1554" s="1" t="inlineStr">
+        <is>
+          <t>9786053185864</t>
+        </is>
+      </c>
+      <c r="B1554" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C1554" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1555" spans="1:3">
+      <c r="A1555" s="1" t="inlineStr">
+        <is>
+          <t>9786052410486</t>
+        </is>
+      </c>
+      <c r="B1555" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1555" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1556" spans="1:3">
+      <c r="A1556" s="1" t="inlineStr">
+        <is>
+          <t>9786052410240</t>
+        </is>
+      </c>
+      <c r="B1556" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1556" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1557" spans="1:3">
+      <c r="A1557" s="1" t="inlineStr">
+        <is>
+          <t>9786052411032</t>
+        </is>
+      </c>
+      <c r="B1557" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1557" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1558" spans="1:3">
+      <c r="A1558" s="1" t="inlineStr">
+        <is>
+          <t>9789944919500</t>
+        </is>
+      </c>
+      <c r="B1558" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1558" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1559" spans="1:3">
+      <c r="A1559" s="1" t="inlineStr">
+        <is>
+          <t>9786052416990</t>
+        </is>
+      </c>
+      <c r="B1559" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke Ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1559" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="1560" spans="1:3">
+      <c r="A1560" s="1" t="inlineStr">
+        <is>
+          <t>9786050370010</t>
+        </is>
+      </c>
+      <c r="B1560" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi Ve Sporda Öğretim Teknolojileri</t>
+        </is>
+      </c>
+      <c r="C1560" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1561" spans="1:3">
+      <c r="A1561" s="1" t="inlineStr">
+        <is>
+          <t>9786052417270</t>
+        </is>
+      </c>
+      <c r="B1561" s="1" t="inlineStr">
+        <is>
+          <t>Türkoloji Öğrencisi İçin Bir Kılavuz Denemesi Türk Dili Ve Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1561" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="1562" spans="1:3">
+      <c r="A1562" s="1" t="inlineStr">
+        <is>
+          <t>9786052418390</t>
+        </is>
+      </c>
+      <c r="B1562" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Drama El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1562" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1563" spans="1:3">
+      <c r="A1563" s="1" t="inlineStr">
+        <is>
+          <t>9786257880497</t>
+        </is>
+      </c>
+      <c r="B1563" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi Egzersiz Bilimi Ve Sporun Temelleri</t>
+        </is>
+      </c>
+      <c r="C1563" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1564" spans="1:3">
+      <c r="A1564" s="1" t="inlineStr">
+        <is>
+          <t>9786257880381</t>
+        </is>
+      </c>
+      <c r="B1564" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Öğrenme Teknolojileri Ve Materyal Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1564" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1565" spans="1:3">
+      <c r="A1565" s="1" t="inlineStr">
+        <is>
+          <t>9786257228190</t>
+        </is>
+      </c>
+      <c r="B1565" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C1565" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1566" spans="1:3">
+      <c r="A1566" s="1" t="inlineStr">
+        <is>
+          <t>9786257228060</t>
+        </is>
+      </c>
+      <c r="B1566" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetiminde Örnek Olaylar Iı</t>
+        </is>
+      </c>
+      <c r="C1566" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1567" spans="1:3">
+      <c r="A1567" s="1" t="inlineStr">
+        <is>
+          <t>9786257228923</t>
+        </is>
+      </c>
+      <c r="B1567" s="1" t="inlineStr">
+        <is>
+          <t>Güvenli Okul</t>
+        </is>
+      </c>
+      <c r="C1567" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1568" spans="1:3">
+      <c r="A1568" s="1" t="inlineStr">
+        <is>
+          <t>9786257228817</t>
+        </is>
+      </c>
+      <c r="B1568" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da Eğitimin Modernleşmesi Bağlamında Ahmed Kemal Paşa</t>
+        </is>
+      </c>
+      <c r="C1568" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1569" spans="1:3">
+      <c r="A1569" s="1" t="inlineStr">
+        <is>
+          <t>9786257228862</t>
+        </is>
+      </c>
+      <c r="B1569" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Meşrûtiyet Devrinde Eğitim Hareketleri (1908-1914)</t>
+        </is>
+      </c>
+      <c r="C1569" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1570" spans="1:3">
+      <c r="A1570" s="1" t="inlineStr">
+        <is>
+          <t>9786257676168</t>
+        </is>
+      </c>
+      <c r="B1570" s="1" t="inlineStr">
+        <is>
+          <t>Tohum Sorun Sorumluluk Ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1570" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1571" spans="1:3">
+      <c r="A1571" s="1" t="inlineStr">
+        <is>
+          <t>9786257676304</t>
+        </is>
+      </c>
+      <c r="B1571" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1571" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1572" spans="1:3">
+      <c r="A1572" s="1" t="inlineStr">
+        <is>
+          <t>9786052414101</t>
+        </is>
+      </c>
+      <c r="B1572" s="1" t="inlineStr">
+        <is>
+          <t>Gelişim Psikolojisi 1</t>
+        </is>
+      </c>
+      <c r="C1572" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1573" spans="1:3">
+      <c r="A1573" s="1" t="inlineStr">
+        <is>
+          <t>9786050022094</t>
+        </is>
+      </c>
+      <c r="B1573" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Ruh Sağlığı</t>
+        </is>
+      </c>
+      <c r="C1573" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1574" spans="1:3">
+      <c r="A1574" s="1" t="inlineStr">
+        <is>
+          <t>9786050022148</t>
+        </is>
+      </c>
+      <c r="B1574" s="1" t="inlineStr">
+        <is>
+          <t>Okul Ve Toplum</t>
+        </is>
+      </c>
+      <c r="C1574" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1575" spans="1:3">
+      <c r="A1575" s="1" t="inlineStr">
+        <is>
+          <t>9789944919562</t>
+        </is>
+      </c>
+      <c r="B1575" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Döneminde Gelişimi Destekleyen Oyunlar</t>
+        </is>
+      </c>
+      <c r="C1575" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1576" spans="1:3">
+      <c r="A1576" s="1" t="inlineStr">
+        <is>
+          <t>9786055885755</t>
+        </is>
+      </c>
+      <c r="B1576" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmeniiiiim</t>
+        </is>
+      </c>
+      <c r="C1576" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1577" spans="1:3">
+      <c r="A1577" s="1" t="inlineStr">
+        <is>
+          <t>9786055885939</t>
+        </is>
+      </c>
+      <c r="B1577" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Okul Uydurdum</t>
+        </is>
+      </c>
+      <c r="C1577" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1578" spans="1:3">
+      <c r="A1578" s="1" t="inlineStr">
+        <is>
+          <t>9786054282210</t>
+        </is>
+      </c>
+      <c r="B1578" s="1" t="inlineStr">
+        <is>
+          <t>Fichte'nin Eğitim Üzerine Düşünceleri Ve Türkiye'deki Yansımaları</t>
+        </is>
+      </c>
+      <c r="C1578" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1579" spans="1:3">
+      <c r="A1579" s="1" t="inlineStr">
+        <is>
+          <t>9786053640790</t>
+        </is>
+      </c>
+      <c r="B1579" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Matematik Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1579" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1580" spans="1:3">
+      <c r="A1580" s="1" t="inlineStr">
+        <is>
+          <t>9786053640936</t>
+        </is>
+      </c>
+      <c r="B1580" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Döneminde Gelişim</t>
+        </is>
+      </c>
+      <c r="C1580" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1581" spans="1:3">
+      <c r="A1581" s="1" t="inlineStr">
+        <is>
+          <t>9786053640813</t>
+        </is>
+      </c>
+      <c r="B1581" s="1" t="inlineStr">
+        <is>
+          <t>Aile Eğitimi Ve Katılımı</t>
+        </is>
+      </c>
+      <c r="C1581" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1582" spans="1:3">
+      <c r="A1582" s="1" t="inlineStr">
+        <is>
+          <t>9786053642718</t>
+        </is>
+      </c>
+      <c r="B1582" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesinde Müzik Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1582" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1583" spans="1:3">
+      <c r="A1583" s="1" t="inlineStr">
+        <is>
+          <t>9786053181378</t>
+        </is>
+      </c>
+      <c r="B1583" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Eğitim Planlarım</t>
+        </is>
+      </c>
+      <c r="C1583" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1584" spans="1:3">
+      <c r="A1584" s="1" t="inlineStr">
+        <is>
+          <t>9786053645832</t>
+        </is>
+      </c>
+      <c r="B1584" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Ve Yazma Eğitimi:tek Başıma Öğrenemem Ki!</t>
+        </is>
+      </c>
+      <c r="C1584" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1585" spans="1:3">
+      <c r="A1585" s="1" t="inlineStr">
+        <is>
+          <t>9786052414279</t>
+        </is>
+      </c>
+      <c r="B1585" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitimine Giriş</t>
+        </is>
+      </c>
+      <c r="C1585" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1586" spans="1:3">
+      <c r="A1586" s="1" t="inlineStr">
+        <is>
+          <t>9786053648574</t>
+        </is>
+      </c>
+      <c r="B1586" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Döneminde Oyun</t>
+        </is>
+      </c>
+      <c r="C1586" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1587" spans="1:3">
+      <c r="A1587" s="1" t="inlineStr">
+        <is>
+          <t>9786053648345</t>
+        </is>
+      </c>
+      <c r="B1587" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın İlk Yıllarında Oyun Oyuna Çok Yönlü Bakış</t>
+        </is>
+      </c>
+      <c r="C1587" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1588" spans="1:3">
+      <c r="A1588" s="1" t="inlineStr">
+        <is>
+          <t>9786053180388</t>
+        </is>
+      </c>
+      <c r="B1588" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesinde Fen Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1588" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1589" spans="1:3">
+      <c r="A1589" s="1" t="inlineStr">
+        <is>
+          <t>9786053181293</t>
+        </is>
+      </c>
+      <c r="B1589" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesinde Kaynaştırma: Öğretmen Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1589" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1590" spans="1:3">
+      <c r="A1590" s="1" t="inlineStr">
+        <is>
+          <t>9786053184539</t>
+        </is>
+      </c>
+      <c r="B1590" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Eğitimi İçin Öğretim Teknolojileri Ve Materyal Geliştirme</t>
+        </is>
+      </c>
+      <c r="C1590" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1591" spans="1:3">
+      <c r="A1591" s="1" t="inlineStr">
+        <is>
+          <t>9786053183860</t>
+        </is>
+      </c>
+      <c r="B1591" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Çağı Çocuklar İçin Maceralı Matematik Moebiusun Çubukları</t>
+        </is>
+      </c>
+      <c r="C1591" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1592" spans="1:3">
+      <c r="A1592" s="1" t="inlineStr">
+        <is>
+          <t>9786053186335</t>
+        </is>
+      </c>
+      <c r="B1592" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitiminde Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1592" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1593" spans="1:3">
+      <c r="A1593" s="1" t="inlineStr">
+        <is>
+          <t>9786257052627</t>
+        </is>
+      </c>
+      <c r="B1593" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Karakter Ve Değer Eğitimi Teoriden Uygulamaya</t>
+        </is>
+      </c>
+      <c r="C1593" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1594" spans="1:3">
+      <c r="A1594" s="1" t="inlineStr">
+        <is>
+          <t>9786053189954</t>
+        </is>
+      </c>
+      <c r="B1594" s="1" t="inlineStr">
+        <is>
+          <t>Haşim Nahit Erbil'in Türkiye'nin Yükselişi Ve Teknik Eğitim Davası</t>
+        </is>
+      </c>
+      <c r="C1594" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1595" spans="1:3">
+      <c r="A1595" s="1" t="inlineStr">
+        <is>
+          <t>9786052410547</t>
+        </is>
+      </c>
+      <c r="B1595" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Döneminde Gelişim</t>
+        </is>
+      </c>
+      <c r="C1595" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1596" spans="1:3">
+      <c r="A1596" s="1" t="inlineStr">
+        <is>
+          <t>9786052415634</t>
+        </is>
+      </c>
+      <c r="B1596" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Öğretmenleri İçin E-Mentörlük Temelli Eğitim (E-Mente: Oöö)</t>
+        </is>
+      </c>
+      <c r="C1596" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1597" spans="1:3">
+      <c r="A1597" s="1" t="inlineStr">
+        <is>
+          <t>9786052419625</t>
+        </is>
+      </c>
+      <c r="B1597" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitimine Giriş</t>
+        </is>
+      </c>
+      <c r="C1597" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1598" spans="1:3">
+      <c r="A1598" s="1" t="inlineStr">
+        <is>
+          <t>9786052419700</t>
+        </is>
+      </c>
+      <c r="B1598" s="1" t="inlineStr">
+        <is>
+          <t>Okul Dışı Öğrenme Ortamları</t>
+        </is>
+      </c>
+      <c r="C1598" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="1599" spans="1:3">
+      <c r="A1599" s="1" t="inlineStr">
+        <is>
+          <t>9786050370096</t>
+        </is>
+      </c>
+      <c r="B1599" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Eğitim Programları</t>
+        </is>
+      </c>
+      <c r="C1599" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1600" spans="1:3">
+      <c r="A1600" s="1" t="inlineStr">
+        <is>
+          <t>9786058008939</t>
+        </is>
+      </c>
+      <c r="B1600" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Eğitimde Rehberlik</t>
+        </is>
+      </c>
+      <c r="C1600" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1601" spans="1:3">
+      <c r="A1601" s="1" t="inlineStr">
+        <is>
+          <t>9786257052931</t>
+        </is>
+      </c>
+      <c r="B1601" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Ülkelerde Erken Çocukluk Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1601" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1602" spans="1:3">
+      <c r="A1602" s="1" t="inlineStr">
+        <is>
+          <t>9786257880619</t>
+        </is>
+      </c>
+      <c r="B1602" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Yaratıcılık Ve Yaratıcı Çocuk Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C1602" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1603" spans="1:3">
+      <c r="A1603" s="1" t="inlineStr">
+        <is>
+          <t>9786257880299</t>
+        </is>
+      </c>
+      <c r="B1603" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Duyu Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1603" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1604" spans="1:3">
+      <c r="A1604" s="1" t="inlineStr">
+        <is>
+          <t>9786257880978</t>
+        </is>
+      </c>
+      <c r="B1604" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Öğrenme Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1604" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1605" spans="1:3">
+      <c r="A1605" s="1" t="inlineStr">
+        <is>
+          <t>9786257228107</t>
+        </is>
+      </c>
+      <c r="B1605" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Ergen Ruh Sağlığı Ve Davranış Bozukluklarında Tanılama Ve Tedavi Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1605" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1606" spans="1:3">
+      <c r="A1606" s="1" t="inlineStr">
+        <is>
+          <t>9786257228282</t>
+        </is>
+      </c>
+      <c r="B1606" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Sosyal Beceri Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1606" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1607" spans="1:3">
+      <c r="A1607" s="1" t="inlineStr">
+        <is>
+          <t>9786257228169</t>
+        </is>
+      </c>
+      <c r="B1607" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Dönemi Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1607" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1608" spans="1:3">
+      <c r="A1608" s="1" t="inlineStr">
+        <is>
+          <t>9786257228336</t>
+        </is>
+      </c>
+      <c r="B1608" s="1" t="inlineStr">
+        <is>
+          <t>Teori Ve Uygulamalarıyla Eğitimde Aile Katılım</t>
+        </is>
+      </c>
+      <c r="C1608" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1609" spans="1:3">
+      <c r="A1609" s="1" t="inlineStr">
+        <is>
+          <t>9786257880077</t>
+        </is>
+      </c>
+      <c r="B1609" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Ritim, Dans Ve Orff Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1609" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1610" spans="1:3">
+      <c r="A1610" s="1" t="inlineStr">
+        <is>
+          <t>9786257228695</t>
+        </is>
+      </c>
+      <c r="B1610" s="1" t="inlineStr">
+        <is>
+          <t>Erken Okuryazarlık Becerilerinin Gelişiminde Teknoloji Kullanımı</t>
+        </is>
+      </c>
+      <c r="C1610" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1611" spans="1:3">
+      <c r="A1611" s="1" t="inlineStr">
+        <is>
+          <t>9786257228299</t>
+        </is>
+      </c>
+      <c r="B1611" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Özel Eğitim Ve Kaynaştırma</t>
+        </is>
+      </c>
+      <c r="C1611" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1612" spans="1:3">
+      <c r="A1612" s="1" t="inlineStr">
+        <is>
+          <t>9786257228671</t>
+        </is>
+      </c>
+      <c r="B1612" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitiminde Dijital Teknoloji Ve Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1612" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1613" spans="1:3">
+      <c r="A1613" s="1" t="inlineStr">
+        <is>
+          <t>9786257228237</t>
+        </is>
+      </c>
+      <c r="B1613" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Döneminde Çevre Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1613" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1614" spans="1:3">
+      <c r="A1614" s="1" t="inlineStr">
+        <is>
+          <t>9786257228435</t>
+        </is>
+      </c>
+      <c r="B1614" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinlerarası Yaklaşımla Çocuk Hakları (Çocuk Hakları Eğitimine Yönelik Uygulama Örnekleriyle)</t>
+        </is>
+      </c>
+      <c r="C1614" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1615" spans="1:3">
+      <c r="A1615" s="1" t="inlineStr">
+        <is>
+          <t>9786257228978</t>
+        </is>
+      </c>
+      <c r="B1615" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Eğitimde Program Temel Bileşenler Ve Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C1615" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1616" spans="1:3">
+      <c r="A1616" s="1" t="inlineStr">
+        <is>
+          <t>9786257676083</t>
+        </is>
+      </c>
+      <c r="B1616" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Oyun Gelişimi Ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1616" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1617" spans="1:3">
+      <c r="A1617" s="1" t="inlineStr">
+        <is>
+          <t>9786257228947</t>
+        </is>
+      </c>
+      <c r="B1617" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamda Yeni Bir Evre: Beliren Yetişkinlik Doğum Öncesi-Bebeklik-Çocukluk-Ergenlik-Beliren Yeti</t>
+        </is>
+      </c>
+      <c r="C1617" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1618" spans="1:3">
+      <c r="A1618" s="1" t="inlineStr">
+        <is>
+          <t>9786257676052</t>
+        </is>
+      </c>
+      <c r="B1618" s="1" t="inlineStr">
+        <is>
+          <t>Temel Eğitim Eserlerinin Eğitime Yansımaları</t>
+        </is>
+      </c>
+      <c r="C1618" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1619" spans="1:3">
+      <c r="A1619" s="1" t="inlineStr">
+        <is>
+          <t>9786257676427</t>
+        </is>
+      </c>
+      <c r="B1619" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Ve Medya</t>
+        </is>
+      </c>
+      <c r="C1619" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1620" spans="1:3">
+      <c r="A1620" s="1" t="inlineStr">
+        <is>
+          <t>9786257676496</t>
+        </is>
+      </c>
+      <c r="B1620" s="1" t="inlineStr">
+        <is>
+          <t>Değerlendirmeden Uygulamaya Tüm Yönleriyle Erken Okuryazarlık</t>
+        </is>
+      </c>
+      <c r="C1620" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1621" spans="1:3">
+      <c r="A1621" s="1" t="inlineStr">
+        <is>
+          <t>9786053641056</t>
+        </is>
+      </c>
+      <c r="B1621" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Ve Çalgı Öğrenimi İçin Strateji Rehberi 1</t>
+        </is>
+      </c>
+      <c r="C1621" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1622" spans="1:3">
+      <c r="A1622" s="1" t="inlineStr">
+        <is>
+          <t>9786053644460</t>
+        </is>
+      </c>
+      <c r="B1622" s="1" t="inlineStr">
+        <is>
+          <t>Özgün Makamsal Etütler</t>
+        </is>
+      </c>
+      <c r="C1622" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1623" spans="1:3">
+      <c r="A1623" s="1" t="inlineStr">
+        <is>
+          <t>9786053649038</t>
+        </is>
+      </c>
+      <c r="B1623" s="1" t="inlineStr">
+        <is>
+          <t>Erzurumlu Ahmet Hulusi Seven - Cd'li</t>
+        </is>
+      </c>
+      <c r="C1623" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1624" spans="1:3">
+      <c r="A1624" s="1" t="inlineStr">
+        <is>
+          <t>9786053183594</t>
+        </is>
+      </c>
+      <c r="B1624" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Eğitiminde Öğretim Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1624" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1625" spans="1:3">
+      <c r="A1625" s="1" t="inlineStr">
+        <is>
+          <t>9786052414163</t>
+        </is>
+      </c>
+      <c r="B1625" s="1" t="inlineStr">
+        <is>
+          <t>Şarkı Söyleyelim</t>
+        </is>
+      </c>
+      <c r="C1625" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1626" spans="1:3">
+      <c r="A1626" s="1" t="inlineStr">
+        <is>
+          <t>9786058011403</t>
+        </is>
+      </c>
+      <c r="B1626" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Gitar İçin Makamsal Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C1626" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1627" spans="1:3">
+      <c r="A1627" s="1" t="inlineStr">
+        <is>
+          <t>9786257228473</t>
+        </is>
+      </c>
+      <c r="B1627" s="1" t="inlineStr">
+        <is>
+          <t>Şan İçin Yedi Bölgeden Piyano Eşlikli Türküler</t>
+        </is>
+      </c>
+      <c r="C1627" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="1628" spans="1:3">
+      <c r="A1628" s="1" t="inlineStr">
+        <is>
+          <t>9786052412138</t>
+        </is>
+      </c>
+      <c r="B1628" s="1" t="inlineStr">
+        <is>
+          <t>Modüler Sistemin Değerlendirilmesi</t>
+        </is>
+      </c>
+      <c r="C1628" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1629" spans="1:3">
+      <c r="A1629" s="1" t="inlineStr">
+        <is>
+          <t>9786053184683</t>
+        </is>
+      </c>
+      <c r="B1629" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Mesleki Teknik Eğitim Tarihi (1886-1986)</t>
+        </is>
+      </c>
+      <c r="C1629" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1630" spans="1:3">
+      <c r="A1630" s="1" t="inlineStr">
+        <is>
+          <t>9786052416129</t>
+        </is>
+      </c>
+      <c r="B1630" s="1" t="inlineStr">
+        <is>
+          <t>Toplam Kalite Yönetiminin Kamu Kesiminde Uygulanabilirliği</t>
+        </is>
+      </c>
+      <c r="C1630" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1631" spans="1:3">
+      <c r="A1631" s="1" t="inlineStr">
+        <is>
+          <t>9786257052344</t>
+        </is>
+      </c>
+      <c r="B1631" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgar Türbinleri Aeorodinamiği</t>
+        </is>
+      </c>
+      <c r="C1631" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1632" spans="1:3">
+      <c r="A1632" s="1" t="inlineStr">
+        <is>
+          <t>9786053646754</t>
+        </is>
+      </c>
+      <c r="B1632" s="1" t="inlineStr">
+        <is>
+          <t>Ortaokulda Matematik Öğretimi (5-8. Sınıflar)</t>
+        </is>
+      </c>
+      <c r="C1632" s="1">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="1633" spans="1:3">
+      <c r="A1633" s="1" t="inlineStr">
+        <is>
+          <t>9789758792948</t>
+        </is>
+      </c>
+      <c r="B1633" s="1" t="inlineStr">
+        <is>
+          <t>Genel Matematik 2</t>
+        </is>
+      </c>
+      <c r="C1633" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1634" spans="1:3">
+      <c r="A1634" s="1" t="inlineStr">
+        <is>
+          <t>9786055885052</t>
+        </is>
+      </c>
+      <c r="B1634" s="1" t="inlineStr">
+        <is>
+          <t>Cebire Giriş</t>
+        </is>
+      </c>
+      <c r="C1634" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1635" spans="1:3">
+      <c r="A1635" s="1" t="inlineStr">
+        <is>
+          <t>9786055885137</t>
+        </is>
+      </c>
+      <c r="B1635" s="1" t="inlineStr">
+        <is>
+          <t>Teori Ve Problemleriyle Analiz - I</t>
+        </is>
+      </c>
+      <c r="C1635" s="1">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="1636" spans="1:3">
+      <c r="A1636" s="1" t="inlineStr">
+        <is>
+          <t>9786053641841</t>
+        </is>
+      </c>
+      <c r="B1636" s="1" t="inlineStr">
+        <is>
+          <t>Yapılandırmacı Öğrenmede Matematik Problemlerini Çözebilme Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1636" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1637" spans="1:3">
+      <c r="A1637" s="1" t="inlineStr">
+        <is>
+          <t>9786053645764</t>
+        </is>
+      </c>
+      <c r="B1637" s="1" t="inlineStr">
+        <is>
+          <t>Geometri Öğretiminde Paint Kullanımı</t>
+        </is>
+      </c>
+      <c r="C1637" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1638" spans="1:3">
+      <c r="A1638" s="1" t="inlineStr">
+        <is>
+          <t>9786053649175</t>
+        </is>
+      </c>
+      <c r="B1638" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Tarihi Ve Felsefesi</t>
+        </is>
+      </c>
+      <c r="C1638" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1639" spans="1:3">
+      <c r="A1639" s="1" t="inlineStr">
+        <is>
+          <t>9786053180302</t>
+        </is>
+      </c>
+      <c r="B1639" s="1" t="inlineStr">
+        <is>
+          <t>Lineer Cebir</t>
+        </is>
+      </c>
+      <c r="C1639" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="1640" spans="1:3">
+      <c r="A1640" s="1" t="inlineStr">
+        <is>
+          <t>9786053182849</t>
+        </is>
+      </c>
+      <c r="B1640" s="1" t="inlineStr">
+        <is>
+          <t>Teknolojik Pedagojik Alan Bilgisi Temelli Olasılık Ve İstatistik Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1640" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1641" spans="1:3">
+      <c r="A1641" s="1" t="inlineStr">
+        <is>
+          <t>9786053183358</t>
+        </is>
+      </c>
+      <c r="B1641" s="1" t="inlineStr">
+        <is>
+          <t>Reform Ve Değişim Bağlamında İlkokul Matematik Öğretim Programları</t>
+        </is>
+      </c>
+      <c r="C1641" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="1642" spans="1:3">
+      <c r="A1642" s="1" t="inlineStr">
+        <is>
+          <t>9786053184515</t>
+        </is>
+      </c>
+      <c r="B1642" s="1" t="inlineStr">
+        <is>
+          <t>Çözümlü Yüksek Matematik Problemleri 2</t>
+        </is>
+      </c>
+      <c r="C1642" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1643" spans="1:3">
+      <c r="A1643" s="1" t="inlineStr">
+        <is>
+          <t>9786053185444</t>
+        </is>
+      </c>
+      <c r="B1643" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Eğitiminde Matematiksel Modelleme</t>
+        </is>
+      </c>
+      <c r="C1643" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1644" spans="1:3">
+      <c r="A1644" s="1" t="inlineStr">
+        <is>
+          <t>9786053188117</t>
+        </is>
+      </c>
+      <c r="B1644" s="1" t="inlineStr">
+        <is>
+          <t>Analitik Geometri</t>
+        </is>
+      </c>
+      <c r="C1644" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1645" spans="1:3">
+      <c r="A1645" s="1" t="inlineStr">
+        <is>
+          <t>9786053188124</t>
+        </is>
+      </c>
+      <c r="B1645" s="1" t="inlineStr">
+        <is>
+          <t>Öklid Uzayında Diferansiyel Geometri</t>
+        </is>
+      </c>
+      <c r="C1645" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1646" spans="1:3">
+      <c r="A1646" s="1" t="inlineStr">
+        <is>
+          <t>9786053187554</t>
+        </is>
+      </c>
+      <c r="B1646" s="1" t="inlineStr">
+        <is>
+          <t>Temel Matematiksel Kavramlar Ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1646" s="1">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="1647" spans="1:3">
+      <c r="A1647" s="1" t="inlineStr">
+        <is>
+          <t>9786052411285</t>
+        </is>
+      </c>
+      <c r="B1647" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Öğretiminde Somut Materyaller Ve Tasarımları</t>
+        </is>
+      </c>
+      <c r="C1647" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1648" spans="1:3">
+      <c r="A1648" s="1" t="inlineStr">
+        <is>
+          <t>9786052410318</t>
+        </is>
+      </c>
+      <c r="B1648" s="1" t="inlineStr">
+        <is>
+          <t>Matematiği Öğretme Bilgisi</t>
+        </is>
+      </c>
+      <c r="C1648" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="1649" spans="1:3">
+      <c r="A1649" s="1" t="inlineStr">
+        <is>
+          <t>9786052414415</t>
+        </is>
+      </c>
+      <c r="B1649" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Temel Matematik</t>
+        </is>
+      </c>
+      <c r="C1649" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1650" spans="1:3">
+      <c r="A1650" s="1" t="inlineStr">
+        <is>
+          <t>9786052415627</t>
+        </is>
+      </c>
+      <c r="B1650" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Öğretmenleri,  Matematik Öğretmenleri Ve Öğretmen Adayları İçin Matematik Öğretim Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1650" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1651" spans="1:3">
+      <c r="A1651" s="1" t="inlineStr">
+        <is>
+          <t>9786052415610</t>
+        </is>
+      </c>
+      <c r="B1651" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretimde Teknoloji Destekli Ölçme Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1651" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1652" spans="1:3">
+      <c r="A1652" s="1" t="inlineStr">
+        <is>
+          <t>9786052416365</t>
+        </is>
+      </c>
+      <c r="B1652" s="1" t="inlineStr">
+        <is>
+          <t>Uygulama Örnekleriyle Cebirsel Düşünme Ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1652" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1653" spans="1:3">
+      <c r="A1653" s="1" t="inlineStr">
+        <is>
+          <t>9786052415764</t>
+        </is>
+      </c>
+      <c r="B1653" s="1" t="inlineStr">
+        <is>
+          <t>Soyut Matematik</t>
+        </is>
+      </c>
+      <c r="C1653" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1654" spans="1:3">
+      <c r="A1654" s="1" t="inlineStr">
+        <is>
+          <t>9786052417997</t>
+        </is>
+      </c>
+      <c r="B1654" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Eğitiminde Modelleme Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C1654" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1655" spans="1:3">
+      <c r="A1655" s="1" t="inlineStr">
+        <is>
+          <t>9786050370485</t>
+        </is>
+      </c>
+      <c r="B1655" s="1" t="inlineStr">
+        <is>
+          <t>Geometrik  - Mekanik Oyunlar</t>
+        </is>
+      </c>
+      <c r="C1655" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1656" spans="1:3">
+      <c r="A1656" s="1" t="inlineStr">
+        <is>
+          <t>9786052418116</t>
+        </is>
+      </c>
+      <c r="B1656" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Etkinlik Örnekleriyle Sayıların Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1656" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1657" spans="1:3">
+      <c r="A1657" s="1" t="inlineStr">
+        <is>
+          <t>9786058008953</t>
+        </is>
+      </c>
+      <c r="B1657" s="1" t="inlineStr">
+        <is>
+          <t>Etkili Ve Yaratıcı Çözümler İçin Problem Çözme Stratejileri 6-12. Sınıflar</t>
+        </is>
+      </c>
+      <c r="C1657" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1658" spans="1:3">
+      <c r="A1658" s="1" t="inlineStr">
+        <is>
+          <t>9786257052412</t>
+        </is>
+      </c>
+      <c r="B1658" s="1" t="inlineStr">
+        <is>
+          <t>Geometri Ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1658" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1659" spans="1:3">
+      <c r="A1659" s="1" t="inlineStr">
+        <is>
+          <t>9786257880237</t>
+        </is>
+      </c>
+      <c r="B1659" s="1" t="inlineStr">
+        <is>
+          <t>Farklılaştırılmış Geometri Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1659" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1660" spans="1:3">
+      <c r="A1660" s="1" t="inlineStr">
+        <is>
+          <t>9786257880367</t>
+        </is>
+      </c>
+      <c r="B1660" s="1" t="inlineStr">
+        <is>
+          <t>Sayılar Ve Geometri</t>
+        </is>
+      </c>
+      <c r="C1660" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1661" spans="1:3">
+      <c r="A1661" s="1" t="inlineStr">
+        <is>
+          <t>9786257052955</t>
+        </is>
+      </c>
+      <c r="B1661" s="1" t="inlineStr">
+        <is>
+          <t>Matematiğin Temelleri</t>
+        </is>
+      </c>
+      <c r="C1661" s="1">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="1662" spans="1:3">
+      <c r="A1662" s="1" t="inlineStr">
+        <is>
+          <t>9786257880725</t>
+        </is>
+      </c>
+      <c r="B1662" s="1" t="inlineStr">
+        <is>
+          <t>Geometri Ve Ölçme Öğretimi: Tanımlar, Kavramlar Ve Etkinlikler</t>
+        </is>
+      </c>
+      <c r="C1662" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1663" spans="1:3">
+      <c r="A1663" s="1" t="inlineStr">
+        <is>
+          <t>9786257228688</t>
+        </is>
+      </c>
+      <c r="B1663" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Derslerinde Sıkça Sorulan 100 Soru: Matematiksel Anlamaya Teşvik Edici Cevaplar, 6-12.Sınıflar</t>
+        </is>
+      </c>
+      <c r="C1663" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1664" spans="1:3">
+      <c r="A1664" s="1" t="inlineStr">
+        <is>
+          <t>9786055885908</t>
+        </is>
+      </c>
+      <c r="B1664" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Kültür Yaratıcılık</t>
+        </is>
+      </c>
+      <c r="C1664" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1665" spans="1:3">
+      <c r="A1665" s="1" t="inlineStr">
+        <is>
+          <t>9786054282432</t>
+        </is>
+      </c>
+      <c r="B1665" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Sanatlar Eğitiminde Özel Öğretim Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1665" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1666" spans="1:3">
+      <c r="A1666" s="1" t="inlineStr">
+        <is>
+          <t>9786053642862</t>
+        </is>
+      </c>
+      <c r="B1666" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesinde Resim Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1666" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1667" spans="1:3">
+      <c r="A1667" s="1" t="inlineStr">
+        <is>
+          <t>9786053644019</t>
+        </is>
+      </c>
+      <c r="B1667" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Sanatlar Eğitiminde Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C1667" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1668" spans="1:3">
+      <c r="A1668" s="1" t="inlineStr">
+        <is>
+          <t>9786053181316</t>
+        </is>
+      </c>
+      <c r="B1668" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Sanatlar Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1668" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1669" spans="1:3">
+      <c r="A1669" s="1" t="inlineStr">
+        <is>
+          <t>9786053183488</t>
+        </is>
+      </c>
+      <c r="B1669" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Tasarım Öge Ve İlkeleri</t>
+        </is>
+      </c>
+      <c r="C1669" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1670" spans="1:3">
+      <c r="A1670" s="1" t="inlineStr">
+        <is>
+          <t>9786053184522</t>
+        </is>
+      </c>
+      <c r="B1670" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Araştırma Yöntemleri Teori, Uygulama Ve Örnek</t>
+        </is>
+      </c>
+      <c r="C1670" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="1671" spans="1:3">
+      <c r="A1671" s="1" t="inlineStr">
+        <is>
+          <t>9786053184607</t>
+        </is>
+      </c>
+      <c r="B1671" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Sanatlar Eğitimi Makaleler</t>
+        </is>
+      </c>
+      <c r="C1671" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1672" spans="1:3">
+      <c r="A1672" s="1" t="inlineStr">
+        <is>
+          <t>9786052416310</t>
+        </is>
+      </c>
+      <c r="B1672" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Sanatlar Öğrenme Ve Öğretim Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1672" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1673" spans="1:3">
+      <c r="A1673" s="1" t="inlineStr">
+        <is>
+          <t>9786257052856</t>
+        </is>
+      </c>
+      <c r="B1673" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Terapisi</t>
+        </is>
+      </c>
+      <c r="C1673" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1674" spans="1:3">
+      <c r="A1674" s="1" t="inlineStr">
+        <is>
+          <t>9786257228879</t>
+        </is>
+      </c>
+      <c r="B1674" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1674" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1675" spans="1:3">
+      <c r="A1675" s="1" t="inlineStr">
+        <is>
+          <t>9786257676410</t>
+        </is>
+      </c>
+      <c r="B1675" s="1" t="inlineStr">
+        <is>
+          <t>A/R/Tografi Uygulama Tabanlı Araştırma Yöntemi</t>
+        </is>
+      </c>
+      <c r="C1675" s="1">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="1676" spans="1:3">
+      <c r="A1676" s="1" t="inlineStr">
+        <is>
+          <t>9786053186496</t>
+        </is>
+      </c>
+      <c r="B1676" s="1" t="inlineStr">
+        <is>
+          <t>Fen Ve Teknoloji Öğretimi (Kuramdan Uygulamaya)</t>
+        </is>
+      </c>
+      <c r="C1676" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="1677" spans="1:3">
+      <c r="A1677" s="1" t="inlineStr">
+        <is>
+          <t>9786052415719</t>
+        </is>
+      </c>
+      <c r="B1677" s="1" t="inlineStr">
+        <is>
+          <t>Kimya 2</t>
+        </is>
+      </c>
+      <c r="C1677" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1678" spans="1:3">
+      <c r="A1678" s="1" t="inlineStr">
+        <is>
+          <t>9789944919647</t>
+        </is>
+      </c>
+      <c r="B1678" s="1" t="inlineStr">
+        <is>
+          <t>Genel Kimya 4 - Organik Kimya</t>
+        </is>
+      </c>
+      <c r="C1678" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1679" spans="1:3">
+      <c r="A1679" s="1" t="inlineStr">
+        <is>
+          <t>9789944919999</t>
+        </is>
+      </c>
+      <c r="B1679" s="1" t="inlineStr">
+        <is>
+          <t>Fen Ve Teknoloji Laboratuvar Uygulamaları 1-2</t>
+        </is>
+      </c>
+      <c r="C1679" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1680" spans="1:3">
+      <c r="A1680" s="1" t="inlineStr">
+        <is>
+          <t>9786055885205</t>
+        </is>
+      </c>
+      <c r="B1680" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1680" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1681" spans="1:3">
+      <c r="A1681" s="1" t="inlineStr">
+        <is>
+          <t>9786055885236</t>
+        </is>
+      </c>
+      <c r="B1681" s="1" t="inlineStr">
+        <is>
+          <t>Fizikte Özel Konular</t>
+        </is>
+      </c>
+      <c r="C1681" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1682" spans="1:3">
+      <c r="A1682" s="1" t="inlineStr">
+        <is>
+          <t>9786055885212</t>
+        </is>
+      </c>
+      <c r="B1682" s="1" t="inlineStr">
+        <is>
+          <t>Genel Biyoloji</t>
+        </is>
+      </c>
+      <c r="C1682" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1683" spans="1:3">
+      <c r="A1683" s="1" t="inlineStr">
+        <is>
+          <t>9786055885595</t>
+        </is>
+      </c>
+      <c r="B1683" s="1" t="inlineStr">
+        <is>
+          <t>Fen Bilimleri Dersi Öğretim Programı (Tanıma , Planlama , Uygulama Ve Teog İle İlişkilendirme) İlkok</t>
+        </is>
+      </c>
+      <c r="C1683" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="1684" spans="1:3">
+      <c r="A1684" s="1" t="inlineStr">
+        <is>
+          <t>9786055885762</t>
+        </is>
+      </c>
+      <c r="B1684" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Doğası Ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1684" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1685" spans="1:3">
+      <c r="A1685" s="1" t="inlineStr">
+        <is>
+          <t>9786053641766</t>
+        </is>
+      </c>
+      <c r="B1685" s="1" t="inlineStr">
+        <is>
+          <t>Fen Öğretiminde Okul Dışı Öğrenme Ortamları</t>
+        </is>
+      </c>
+      <c r="C1685" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1686" spans="1:3">
+      <c r="A1686" s="1" t="inlineStr">
+        <is>
+          <t>9786053641735</t>
+        </is>
+      </c>
+      <c r="B1686" s="1" t="inlineStr">
+        <is>
+          <t>Örneklerle 3 Boyutlu Fen Öğretim Materyalleri Tasarımı Ve Yapımı</t>
+        </is>
+      </c>
+      <c r="C1686" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1687" spans="1:3">
+      <c r="A1687" s="1" t="inlineStr">
+        <is>
+          <t>9786053183570</t>
+        </is>
+      </c>
+      <c r="B1687" s="1" t="inlineStr">
+        <is>
+          <t>Fen Bilimleri Öğretiminde Bilimin Doğası</t>
+        </is>
+      </c>
+      <c r="C1687" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1688" spans="1:3">
+      <c r="A1688" s="1" t="inlineStr">
+        <is>
+          <t>9786053643777</t>
+        </is>
+      </c>
+      <c r="B1688" s="1" t="inlineStr">
+        <is>
+          <t>Analitik Kimyacılar İçin İstatistik Ve Kemometri</t>
+        </is>
+      </c>
+      <c r="C1688" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="1689" spans="1:3">
+      <c r="A1689" s="1" t="inlineStr">
+        <is>
+          <t>9786053643050</t>
+        </is>
+      </c>
+      <c r="B1689" s="1" t="inlineStr">
+        <is>
+          <t>Fen Ve Teknoloji Laboratuvar Uygulamaları 6. Sınıf</t>
+        </is>
+      </c>
+      <c r="C1689" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1690" spans="1:3">
+      <c r="A1690" s="1" t="inlineStr">
+        <is>
+          <t>9786053643074</t>
+        </is>
+      </c>
+      <c r="B1690" s="1" t="inlineStr">
+        <is>
+          <t>Fen Ve Teknoloji Laboratuvar Uygulamaları 7.Sınıf</t>
+        </is>
+      </c>
+      <c r="C1690" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="1691" spans="1:3">
+      <c r="A1691" s="1" t="inlineStr">
+        <is>
+          <t>9786053643067</t>
+        </is>
+      </c>
+      <c r="B1691" s="1" t="inlineStr">
+        <is>
+          <t>Fen Ve Teknoloji Laboratuvar Uygulamaları 8. Sınıf</t>
+        </is>
+      </c>
+      <c r="C1691" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1692" spans="1:3">
+      <c r="A1692" s="1" t="inlineStr">
+        <is>
+          <t>9786053648413</t>
+        </is>
+      </c>
+      <c r="B1692" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Etkinliklerle Fen Eğitiminde Yeni Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1692" s="1">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="1693" spans="1:3">
+      <c r="A1693" s="1" t="inlineStr">
+        <is>
+          <t>9786053180203</t>
+        </is>
+      </c>
+      <c r="B1693" s="1" t="inlineStr">
+        <is>
+          <t>Sosyobilimsel Konular Ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1693" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1694" spans="1:3">
+      <c r="A1694" s="1" t="inlineStr">
+        <is>
+          <t>9786053180746</t>
+        </is>
+      </c>
+      <c r="B1694" s="1" t="inlineStr">
+        <is>
+          <t>Kimya Öğretimi: Öğretmen Eğitimcileri, Öğretmenler Ve Öğretmen Adayları İçin İyi Uygulama Örnekleri</t>
+        </is>
+      </c>
+      <c r="C1694" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="1695" spans="1:3">
+      <c r="A1695" s="1" t="inlineStr">
+        <is>
+          <t>9786053182726</t>
+        </is>
+      </c>
+      <c r="B1695" s="1" t="inlineStr">
+        <is>
+          <t>Fen Öğretimi Laboratuvar Uygulamaları I-Iı</t>
+        </is>
+      </c>
+      <c r="C1695" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1696" spans="1:3">
+      <c r="A1696" s="1" t="inlineStr">
+        <is>
+          <t>9786053183747</t>
+        </is>
+      </c>
+      <c r="B1696" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Süreç Becerileri</t>
+        </is>
+      </c>
+      <c r="C1696" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1697" spans="1:3">
+      <c r="A1697" s="1" t="inlineStr">
+        <is>
+          <t>9786053184584</t>
+        </is>
+      </c>
+      <c r="B1697" s="1" t="inlineStr">
+        <is>
+          <t>Genel Kimya Laboratuvarı I-Iı</t>
+        </is>
+      </c>
+      <c r="C1697" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1698" spans="1:3">
+      <c r="A1698" s="1" t="inlineStr">
+        <is>
+          <t>9786053186779</t>
+        </is>
+      </c>
+      <c r="B1698" s="1" t="inlineStr">
+        <is>
+          <t>Fen Öğretiminde Probleme Dayalı Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1698" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1699" spans="1:3">
+      <c r="A1699" s="1" t="inlineStr">
+        <is>
+          <t>9786053186953</t>
+        </is>
+      </c>
+      <c r="B1699" s="1" t="inlineStr">
+        <is>
+          <t>Genel Kimya Laboratuvar Deneyleri</t>
+        </is>
+      </c>
+      <c r="C1699" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1700" spans="1:3">
+      <c r="A1700" s="1" t="inlineStr">
+        <is>
+          <t>9786053188087</t>
+        </is>
+      </c>
+      <c r="B1700" s="1" t="inlineStr">
+        <is>
+          <t>İlkokul Ve Ortaokul Fen Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C1700" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1701" spans="1:3">
+      <c r="A1701" s="1" t="inlineStr">
+        <is>
+          <t>9786053189879</t>
+        </is>
+      </c>
+      <c r="B1701" s="1" t="inlineStr">
+        <is>
+          <t>Teoriden Pratiğe Fen Bilimleri Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1701" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1702" spans="1:3">
+      <c r="A1702" s="1" t="inlineStr">
+        <is>
+          <t>9786052410660</t>
+        </is>
+      </c>
+      <c r="B1702" s="1" t="inlineStr">
+        <is>
+          <t>Fen Bilimleri Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1702" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1703" spans="1:3">
+      <c r="A1703" s="1" t="inlineStr">
+        <is>
+          <t>9786052414187</t>
+        </is>
+      </c>
+      <c r="B1703" s="1" t="inlineStr">
+        <is>
+          <t>Kimya I</t>
+        </is>
+      </c>
+      <c r="C1703" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1704" spans="1:3">
+      <c r="A1704" s="1" t="inlineStr">
+        <is>
+          <t>9786052410790</t>
+        </is>
+      </c>
+      <c r="B1704" s="1" t="inlineStr">
+        <is>
+          <t>Örnek Ve Uygulama Destekli Fen Öğretiminde Disiplinlerarası Beceri Etkileşimi</t>
+        </is>
+      </c>
+      <c r="C1704" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1705" spans="1:3">
+      <c r="A1705" s="1" t="inlineStr">
+        <is>
+          <t>9786052410202</t>
+        </is>
+      </c>
+      <c r="B1705" s="1" t="inlineStr">
+        <is>
+          <t>Üstün Yetenekliler İçin Fen Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1705" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1706" spans="1:3">
+      <c r="A1706" s="1" t="inlineStr">
+        <is>
+          <t>9786052411377</t>
+        </is>
+      </c>
+      <c r="B1706" s="1" t="inlineStr">
+        <is>
+          <t>Hastanelerde Fen Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1706" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1707" spans="1:3">
+      <c r="A1707" s="1" t="inlineStr">
+        <is>
+          <t>9786052413142</t>
+        </is>
+      </c>
+      <c r="B1707" s="1" t="inlineStr">
+        <is>
+          <t>Fen Bilgisi Öğretiminde Kavram Yanılgıları</t>
+        </is>
+      </c>
+      <c r="C1707" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1708" spans="1:3">
+      <c r="A1708" s="1" t="inlineStr">
+        <is>
+          <t>9786052412589</t>
+        </is>
+      </c>
+      <c r="B1708" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Yaklaşım Ve Yöntemlerle Etkinlik Destekli Fen Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1708" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="1709" spans="1:3">
+      <c r="A1709" s="1" t="inlineStr">
+        <is>
+          <t>9786052413074</t>
+        </is>
+      </c>
+      <c r="B1709" s="1" t="inlineStr">
+        <is>
+          <t>Teorik Bilgiler Işığında Fen Bilimleri Laboratuvar Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1709" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1710" spans="1:3">
+      <c r="A1710" s="1" t="inlineStr">
+        <is>
+          <t>9786052415382</t>
+        </is>
+      </c>
+      <c r="B1710" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Yaklaşımlarla Destekli Fen Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1710" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1711" spans="1:3">
+      <c r="A1711" s="1" t="inlineStr">
+        <is>
+          <t>9786052416211</t>
+        </is>
+      </c>
+      <c r="B1711" s="1" t="inlineStr">
+        <is>
+          <t>Çocukların Temel Fen Kavramları İle İlgili Düşünceleri</t>
+        </is>
+      </c>
+      <c r="C1711" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1712" spans="1:3">
+      <c r="A1712" s="1" t="inlineStr">
+        <is>
+          <t>9786052416426</t>
+        </is>
+      </c>
+      <c r="B1712" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Yaşamda Fen</t>
+        </is>
+      </c>
+      <c r="C1712" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1713" spans="1:3">
+      <c r="A1713" s="1" t="inlineStr">
+        <is>
+          <t>9786052416969</t>
+        </is>
+      </c>
+      <c r="B1713" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Yaşamda Fen (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1713" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1714" spans="1:3">
+      <c r="A1714" s="1" t="inlineStr">
+        <is>
+          <t>9786052416860</t>
+        </is>
+      </c>
+      <c r="B1714" s="1" t="inlineStr">
+        <is>
+          <t>Yer Bilimi</t>
+        </is>
+      </c>
+      <c r="C1714" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1715" spans="1:3">
+      <c r="A1715" s="1" t="inlineStr">
+        <is>
+          <t>9786052418314</t>
+        </is>
+      </c>
+      <c r="B1715" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Ve Araştırma Etiği</t>
+        </is>
+      </c>
+      <c r="C1715" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1716" spans="1:3">
+      <c r="A1716" s="1" t="inlineStr">
+        <is>
+          <t>9786050370041</t>
+        </is>
+      </c>
+      <c r="B1716" s="1" t="inlineStr">
+        <is>
+          <t>Fen Bilimlerinde Yaşam Becerileri Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1716" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1717" spans="1:3">
+      <c r="A1717" s="1" t="inlineStr">
+        <is>
+          <t>9786052418352</t>
+        </is>
+      </c>
+      <c r="B1717" s="1" t="inlineStr">
+        <is>
+          <t>Fen Öğretiminde Yeni Yaklaşımlar - I</t>
+        </is>
+      </c>
+      <c r="C1717" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1718" spans="1:3">
+      <c r="A1718" s="1" t="inlineStr">
+        <is>
+          <t>9786050370164</t>
+        </is>
+      </c>
+      <c r="B1718" s="1" t="inlineStr">
+        <is>
+          <t>Fen Öğretiminde Kavram Yanılgıları Tespiti Ve Giderilmesi</t>
+        </is>
+      </c>
+      <c r="C1718" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1719" spans="1:3">
+      <c r="A1719" s="1" t="inlineStr">
+        <is>
+          <t>9786050370461</t>
+        </is>
+      </c>
+      <c r="B1719" s="1" t="inlineStr">
+        <is>
+          <t>Astronomi</t>
+        </is>
+      </c>
+      <c r="C1719" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1720" spans="1:3">
+      <c r="A1720" s="1" t="inlineStr">
+        <is>
+          <t>9786056991622</t>
+        </is>
+      </c>
+      <c r="B1720" s="1" t="inlineStr">
+        <is>
+          <t>Özel Gereksinimi Olan Öğrencilere Fen Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1720" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1721" spans="1:3">
+      <c r="A1721" s="1" t="inlineStr">
+        <is>
+          <t>9786257880541</t>
+        </is>
+      </c>
+      <c r="B1721" s="1" t="inlineStr">
+        <is>
+          <t>Fen Öğretiminde Teknoloji Eğilimleri</t>
+        </is>
+      </c>
+      <c r="C1721" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="1722" spans="1:3">
+      <c r="A1722" s="1" t="inlineStr">
+        <is>
+          <t>9786257228640</t>
+        </is>
+      </c>
+      <c r="B1722" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Ortaöğretimde Felsefe Grubu Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1722" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1723" spans="1:3">
+      <c r="A1723" s="1" t="inlineStr">
+        <is>
+          <t>9786257676472</t>
+        </is>
+      </c>
+      <c r="B1723" s="1" t="inlineStr">
+        <is>
+          <t>İlkokul İçin Uygulama Örnekleriyle Öğretmenler İçin Çocuklarla Felsefe (P4C) Rehberi</t>
+        </is>
+      </c>
+      <c r="C1723" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1724" spans="1:3">
+      <c r="A1724" s="1" t="inlineStr">
+        <is>
+          <t>9789756802465</t>
+        </is>
+      </c>
+      <c r="B1724" s="1" t="inlineStr">
+        <is>
+          <t>Etkili Okul Ve Okul Geliştirme</t>
+        </is>
+      </c>
+      <c r="C1724" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1725" spans="1:3">
+      <c r="A1725" s="1" t="inlineStr">
+        <is>
+          <t>9789756802267</t>
+        </is>
+      </c>
+      <c r="B1725" s="1" t="inlineStr">
+        <is>
+          <t>Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1725" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1726" spans="1:3">
+      <c r="A1726" s="1" t="inlineStr">
+        <is>
+          <t>9789758792092</t>
+        </is>
+      </c>
+      <c r="B1726" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Ve Öğretimde Etik</t>
+        </is>
+      </c>
+      <c r="C1726" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1727" spans="1:3">
+      <c r="A1727" s="1" t="inlineStr">
+        <is>
+          <t>9789756802878</t>
+        </is>
+      </c>
+      <c r="B1727" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Okullar</t>
+        </is>
+      </c>
+      <c r="C1727" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1728" spans="1:3">
+      <c r="A1728" s="1" t="inlineStr">
+        <is>
+          <t>9789756802700</t>
+        </is>
+      </c>
+      <c r="B1728" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Liderliği</t>
+        </is>
+      </c>
+      <c r="C1728" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1729" spans="1:3">
+      <c r="A1729" s="1" t="inlineStr">
+        <is>
+          <t>9789756802946</t>
+        </is>
+      </c>
+      <c r="B1729" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Mükemmellik Arayışı (Etkili Okullar)</t>
+        </is>
+      </c>
+      <c r="C1729" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1730" spans="1:3">
+      <c r="A1730" s="1" t="inlineStr">
+        <is>
+          <t>9789756802021</t>
+        </is>
+      </c>
+      <c r="B1730" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Yeni Değerler - Eğitimde Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C1730" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1731" spans="1:3">
+      <c r="A1731" s="1" t="inlineStr">
+        <is>
+          <t>9786052417058</t>
+        </is>
+      </c>
+      <c r="B1731" s="1" t="inlineStr">
+        <is>
+          <t>Öğretimde Denetim</t>
+        </is>
+      </c>
+      <c r="C1731" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1732" spans="1:3">
+      <c r="A1732" s="1" t="inlineStr">
+        <is>
+          <t>9789944919609</t>
+        </is>
+      </c>
+      <c r="B1732" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Ve Küryerel Eğitim Planlaması</t>
+        </is>
+      </c>
+      <c r="C1732" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="1733" spans="1:3">
+      <c r="A1733" s="1" t="inlineStr">
+        <is>
+          <t>9786257676670</t>
+        </is>
+      </c>
+      <c r="B1733" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı Eğitim Sistemleri</t>
+        </is>
+      </c>
+      <c r="C1733" s="1">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="1734" spans="1:3">
+      <c r="A1734" s="1" t="inlineStr">
+        <is>
+          <t>9786053180210</t>
+        </is>
+      </c>
+      <c r="B1734" s="1" t="inlineStr">
+        <is>
+          <t>Bir İnsan Olarak Okul Müdürü</t>
+        </is>
+      </c>
+      <c r="C1734" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1735" spans="1:3">
+      <c r="A1735" s="1" t="inlineStr">
+        <is>
+          <t>9789944919951</t>
+        </is>
+      </c>
+      <c r="B1735" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1735" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1736" spans="1:3">
+      <c r="A1736" s="1" t="inlineStr">
+        <is>
+          <t>9786050022087</t>
+        </is>
+      </c>
+      <c r="B1736" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1736" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1737" spans="1:3">
+      <c r="A1737" s="1" t="inlineStr">
+        <is>
+          <t>9786055885113</t>
+        </is>
+      </c>
+      <c r="B1737" s="1" t="inlineStr">
+        <is>
+          <t>Farklılıkları Yönetme</t>
+        </is>
+      </c>
+      <c r="C1737" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1738" spans="1:3">
+      <c r="A1738" s="1" t="inlineStr">
+        <is>
+          <t>9786055885298</t>
+        </is>
+      </c>
+      <c r="B1738" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1738" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1739" spans="1:3">
+      <c r="A1739" s="1" t="inlineStr">
+        <is>
+          <t>9786055885342</t>
+        </is>
+      </c>
+      <c r="B1739" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetiminde Değerler</t>
+        </is>
+      </c>
+      <c r="C1739" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1740" spans="1:3">
+      <c r="A1740" s="1" t="inlineStr">
+        <is>
+          <t>9786053647898</t>
+        </is>
+      </c>
+      <c r="B1740" s="1" t="inlineStr">
+        <is>
+          <t>Yönetici Ve Öğretmenlerde Örgütsel Bağlılık</t>
+        </is>
+      </c>
+      <c r="C1740" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1741" spans="1:3">
+      <c r="A1741" s="1" t="inlineStr">
+        <is>
+          <t>9786054282142</t>
+        </is>
+      </c>
+      <c r="B1741" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Yetiştirme Düzenimiz</t>
+        </is>
+      </c>
+      <c r="C1741" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1742" spans="1:3">
+      <c r="A1742" s="1" t="inlineStr">
+        <is>
+          <t>9786054282678</t>
+        </is>
+      </c>
+      <c r="B1742" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Liderliği</t>
+        </is>
+      </c>
+      <c r="C1742" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1743" spans="1:3">
+      <c r="A1743" s="1" t="inlineStr">
+        <is>
+          <t>9786054282777</t>
+        </is>
+      </c>
+      <c r="B1743" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sevgidir</t>
+        </is>
+      </c>
+      <c r="C1743" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1744" spans="1:3">
+      <c r="A1744" s="1" t="inlineStr">
+        <is>
+          <t>9786054282975</t>
+        </is>
+      </c>
+      <c r="B1744" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Etkili Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1744" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1745" spans="1:3">
+      <c r="A1745" s="1" t="inlineStr">
+        <is>
+          <t>9786053640745</t>
+        </is>
+      </c>
+      <c r="B1745" s="1" t="inlineStr">
+        <is>
+          <t>Açıklamalı Eğitim Yönetimi Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C1745" s="1">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="1746" spans="1:3">
+      <c r="A1746" s="1" t="inlineStr">
+        <is>
+          <t>9786053640776</t>
+        </is>
+      </c>
+      <c r="B1746" s="1" t="inlineStr">
+        <is>
+          <t>Hizmetiçi Eğitim El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1746" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1747" spans="1:3">
+      <c r="A1747" s="1" t="inlineStr">
+        <is>
+          <t>9786053641230</t>
+        </is>
+      </c>
+      <c r="B1747" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcılık: Nörofizyolojik, Felsefi Ve Eğitsel Temeller</t>
+        </is>
+      </c>
+      <c r="C1747" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1748" spans="1:3">
+      <c r="A1748" s="1" t="inlineStr">
+        <is>
+          <t>9786053641872</t>
+        </is>
+      </c>
+      <c r="B1748" s="1" t="inlineStr">
+        <is>
+          <t>Türkiyede Öğretmen Yetiştirme</t>
+        </is>
+      </c>
+      <c r="C1748" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1749" spans="1:3">
+      <c r="A1749" s="1" t="inlineStr">
+        <is>
+          <t>9786053642572</t>
+        </is>
+      </c>
+      <c r="B1749" s="1" t="inlineStr">
+        <is>
+          <t>Uygulama Örnekleri İle Coğrafya Eğitiminde Kavram Ve Zihin Haritaları</t>
+        </is>
+      </c>
+      <c r="C1749" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1750" spans="1:3">
+      <c r="A1750" s="1" t="inlineStr">
+        <is>
+          <t>9786053642961</t>
+        </is>
+      </c>
+      <c r="B1750" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetimi Ve Denetiminde Örnek Olaylar</t>
+        </is>
+      </c>
+      <c r="C1750" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1751" spans="1:3">
+      <c r="A1751" s="1" t="inlineStr">
+        <is>
+          <t>9786053643241</t>
+        </is>
+      </c>
+      <c r="B1751" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1751" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1752" spans="1:3">
+      <c r="A1752" s="1" t="inlineStr">
+        <is>
+          <t>9786053644446</t>
+        </is>
+      </c>
+      <c r="B1752" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik - Androgojik Formasyon Ve Türkiye'de Öğretmen Yetiştirme</t>
+        </is>
+      </c>
+      <c r="C1752" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1753" spans="1:3">
+      <c r="A1753" s="1" t="inlineStr">
+        <is>
+          <t>9786055885809</t>
+        </is>
+      </c>
+      <c r="B1753" s="1" t="inlineStr">
+        <is>
+          <t>Türk Milli Eğitim Sisteminin Sorunları Ve Çözüm Arayışları</t>
+        </is>
+      </c>
+      <c r="C1753" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1754" spans="1:3">
+      <c r="A1754" s="1" t="inlineStr">
+        <is>
+          <t>9786053646525</t>
+        </is>
+      </c>
+      <c r="B1754" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetiminde Kuram Ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C1754" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1755" spans="1:3">
+      <c r="A1755" s="1" t="inlineStr">
+        <is>
+          <t>9786053646594</t>
+        </is>
+      </c>
+      <c r="B1755" s="1" t="inlineStr">
+        <is>
+          <t>Okul Değerlendirme Teori, Araştırma Ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C1755" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1756" spans="1:3">
+      <c r="A1756" s="1" t="inlineStr">
+        <is>
+          <t>9786053647430</t>
+        </is>
+      </c>
+      <c r="B1756" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Öğretimi Kuram Ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C1756" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1757" spans="1:3">
+      <c r="A1757" s="1" t="inlineStr">
+        <is>
+          <t>9786053647478</t>
+        </is>
+      </c>
+      <c r="B1757" s="1" t="inlineStr">
+        <is>
+          <t>Okul Kültürü</t>
+        </is>
+      </c>
+      <c r="C1757" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1758" spans="1:3">
+      <c r="A1758" s="1" t="inlineStr">
+        <is>
+          <t>9786053647706</t>
+        </is>
+      </c>
+      <c r="B1758" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Davranış Terbiyesidir</t>
+        </is>
+      </c>
+      <c r="C1758" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1759" spans="1:3">
+      <c r="A1759" s="1" t="inlineStr">
+        <is>
+          <t>9786053649151</t>
+        </is>
+      </c>
+      <c r="B1759" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetimi Teori, Araştırma Ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C1759" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1760" spans="1:3">
+      <c r="A1760" s="1" t="inlineStr">
+        <is>
+          <t>9786053180227</t>
+        </is>
+      </c>
+      <c r="B1760" s="1" t="inlineStr">
+        <is>
+          <t>Bir Anlam Köprüsü İnşa Etme Aracı Olarak Okullarda Etkili İletişim</t>
+        </is>
+      </c>
+      <c r="C1760" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1761" spans="1:3">
+      <c r="A1761" s="1" t="inlineStr">
+        <is>
+          <t>9786053180258</t>
+        </is>
+      </c>
+      <c r="B1761" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1761" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="1762" spans="1:3">
+      <c r="A1762" s="1" t="inlineStr">
+        <is>
+          <t>9786053184560</t>
+        </is>
+      </c>
+      <c r="B1762" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Denetimi</t>
+        </is>
+      </c>
+      <c r="C1762" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1763" spans="1:3">
+      <c r="A1763" s="1" t="inlineStr">
+        <is>
+          <t>9786053180821</t>
+        </is>
+      </c>
+      <c r="B1763" s="1" t="inlineStr">
+        <is>
+          <t>Bir Öğrenim Çevresi Olarak Okulu Yönetmek</t>
+        </is>
+      </c>
+      <c r="C1763" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1764" spans="1:3">
+      <c r="A1764" s="1" t="inlineStr">
+        <is>
+          <t>9786053181149</t>
+        </is>
+      </c>
+      <c r="B1764" s="1" t="inlineStr">
+        <is>
+          <t>Tutkulu Bir Mücadele Öğretmenlik</t>
+        </is>
+      </c>
+      <c r="C1764" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1765" spans="1:3">
+      <c r="A1765" s="1" t="inlineStr">
+        <is>
+          <t>9786053182085</t>
+        </is>
+      </c>
+      <c r="B1765" s="1" t="inlineStr">
+        <is>
+          <t>Dünden Bugüne Türk Eğitim Sistemi Ve Yapısı</t>
+        </is>
+      </c>
+      <c r="C1765" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1766" spans="1:3">
+      <c r="A1766" s="1" t="inlineStr">
+        <is>
+          <t>9786053182535</t>
+        </is>
+      </c>
+      <c r="B1766" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetiminde Yeni Liderlik Yaklaşımları - Cilt 1</t>
+        </is>
+      </c>
+      <c r="C1766" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1767" spans="1:3">
+      <c r="A1767" s="1" t="inlineStr">
+        <is>
+          <t>9786053184010</t>
+        </is>
+      </c>
+      <c r="B1767" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetiminde Liderlik</t>
+        </is>
+      </c>
+      <c r="C1767" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1768" spans="1:3">
+      <c r="A1768" s="1" t="inlineStr">
+        <is>
+          <t>9786053184300</t>
+        </is>
+      </c>
+      <c r="B1768" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenliğe Dair - Filmler Ve Öğretmenler</t>
+        </is>
+      </c>
+      <c r="C1768" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1769" spans="1:3">
+      <c r="A1769" s="1" t="inlineStr">
+        <is>
+          <t>9786053184331</t>
+        </is>
+      </c>
+      <c r="B1769" s="1" t="inlineStr">
+        <is>
+          <t>Liderlik Kapasitesi</t>
+        </is>
+      </c>
+      <c r="C1769" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1770" spans="1:3">
+      <c r="A1770" s="1" t="inlineStr">
+        <is>
+          <t>9786053184324</t>
+        </is>
+      </c>
+      <c r="B1770" s="1" t="inlineStr">
+        <is>
+          <t>Türkiyede Eğitim Yöneticiliği Ve Maarif Müfettişliği</t>
+        </is>
+      </c>
+      <c r="C1770" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="1771" spans="1:3">
+      <c r="A1771" s="1" t="inlineStr">
+        <is>
+          <t>9786053183990</t>
+        </is>
+      </c>
+      <c r="B1771" s="1" t="inlineStr">
+        <is>
+          <t>Okul Yöneticiliği</t>
+        </is>
+      </c>
+      <c r="C1771" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1772" spans="1:3">
+      <c r="A1772" s="1" t="inlineStr">
+        <is>
+          <t>9786053185079</t>
+        </is>
+      </c>
+      <c r="B1772" s="1" t="inlineStr">
+        <is>
+          <t>Okul-Çevre İlişkileri</t>
+        </is>
+      </c>
+      <c r="C1772" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1773" spans="1:3">
+      <c r="A1773" s="1" t="inlineStr">
+        <is>
+          <t>9786053184737</t>
+        </is>
+      </c>
+      <c r="B1773" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetiminin Mirası</t>
+        </is>
+      </c>
+      <c r="C1773" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1774" spans="1:3">
+      <c r="A1774" s="1" t="inlineStr">
+        <is>
+          <t>9786053185161</t>
+        </is>
+      </c>
+      <c r="B1774" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sürecinde Aile Okul Ve Toplum</t>
+        </is>
+      </c>
+      <c r="C1774" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1775" spans="1:3">
+      <c r="A1775" s="1" t="inlineStr">
+        <is>
+          <t>9786053185130</t>
+        </is>
+      </c>
+      <c r="B1775" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1775" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1776" spans="1:3">
+      <c r="A1776" s="1" t="inlineStr">
+        <is>
+          <t>9786053185505</t>
+        </is>
+      </c>
+      <c r="B1776" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Eğitim Yönetimi Yazıları</t>
+        </is>
+      </c>
+      <c r="C1776" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1777" spans="1:3">
+      <c r="A1777" s="1" t="inlineStr">
+        <is>
+          <t>9786053186311</t>
+        </is>
+      </c>
+      <c r="B1777" s="1" t="inlineStr">
+        <is>
+          <t>Modern Eğitim Sistemlerinin Doğuşu Ve Gelişimi (Cilt 1)</t>
+        </is>
+      </c>
+      <c r="C1777" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="1778" spans="1:3">
+      <c r="A1778" s="1" t="inlineStr">
+        <is>
+          <t>9786053187363</t>
+        </is>
+      </c>
+      <c r="B1778" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenlerde Kayıtsızlık Ve Güçlendirme</t>
+        </is>
+      </c>
+      <c r="C1778" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1779" spans="1:3">
+      <c r="A1779" s="1" t="inlineStr">
+        <is>
+          <t>9786053187448</t>
+        </is>
+      </c>
+      <c r="B1779" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Denetim Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1779" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1780" spans="1:3">
+      <c r="A1780" s="1" t="inlineStr">
+        <is>
+          <t>9786053186946</t>
+        </is>
+      </c>
+      <c r="B1780" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Planlaması</t>
+        </is>
+      </c>
+      <c r="C1780" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1781" spans="1:3">
+      <c r="A1781" s="1" t="inlineStr">
+        <is>
+          <t>9786053187271</t>
+        </is>
+      </c>
+      <c r="B1781" s="1" t="inlineStr">
+        <is>
+          <t>Örgüt Kültürü Örgütsel Tanı Ve Değişim</t>
+        </is>
+      </c>
+      <c r="C1781" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1782" spans="1:3">
+      <c r="A1782" s="1" t="inlineStr">
+        <is>
+          <t>9786053187998</t>
+        </is>
+      </c>
+      <c r="B1782" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesinde Kaynaştırma Aile Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1782" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1783" spans="1:3">
+      <c r="A1783" s="1" t="inlineStr">
+        <is>
+          <t>9786053189817</t>
+        </is>
+      </c>
+      <c r="B1783" s="1" t="inlineStr">
+        <is>
+          <t>Teoriden Uygulamaya Örgütsel İklim</t>
+        </is>
+      </c>
+      <c r="C1783" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1784" spans="1:3">
+      <c r="A1784" s="1" t="inlineStr">
+        <is>
+          <t>9786052410516</t>
+        </is>
+      </c>
+      <c r="B1784" s="1" t="inlineStr">
+        <is>
+          <t>Son Değişikliklerle Türk Eğitim Sistemi Ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1784" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1785" spans="1:3">
+      <c r="A1785" s="1" t="inlineStr">
+        <is>
+          <t>9786052410264</t>
+        </is>
+      </c>
+      <c r="B1785" s="1" t="inlineStr">
+        <is>
+          <t>21.Yüzyılın Eğitim Anlayışıyla Mesleki Ve Teknik Eğitimin Esasları</t>
+        </is>
+      </c>
+      <c r="C1785" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1786" spans="1:3">
+      <c r="A1786" s="1" t="inlineStr">
+        <is>
+          <t>9786052411407</t>
+        </is>
+      </c>
+      <c r="B1786" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı Ve Uluslararası Eğitim</t>
+        </is>
+      </c>
+      <c r="C1786" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1787" spans="1:3">
+      <c r="A1787" s="1" t="inlineStr">
+        <is>
+          <t>9786052411636</t>
+        </is>
+      </c>
+      <c r="B1787" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1787" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1788" spans="1:3">
+      <c r="A1788" s="1" t="inlineStr">
+        <is>
+          <t>9786052411513</t>
+        </is>
+      </c>
+      <c r="B1788" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Liderliği Ve Yönetimi Kuramları</t>
+        </is>
+      </c>
+      <c r="C1788" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1789" spans="1:3">
+      <c r="A1789" s="1" t="inlineStr">
+        <is>
+          <t>9786052412091</t>
+        </is>
+      </c>
+      <c r="B1789" s="1" t="inlineStr">
+        <is>
+          <t>Etik Liderlik</t>
+        </is>
+      </c>
+      <c r="C1789" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1790" spans="1:3">
+      <c r="A1790" s="1" t="inlineStr">
+        <is>
+          <t>9786052412343</t>
+        </is>
+      </c>
+      <c r="B1790" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bilgisi, Sosyal Bilgiler Ve Fen Bilgisi Derslerinin Temeli Toplu Öğretim Sistemi</t>
+        </is>
+      </c>
+      <c r="C1790" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1791" spans="1:3">
+      <c r="A1791" s="1" t="inlineStr">
+        <is>
+          <t>9786052414040</t>
+        </is>
+      </c>
+      <c r="B1791" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1791" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1792" spans="1:3">
+      <c r="A1792" s="1" t="inlineStr">
+        <is>
+          <t>9786052414330</t>
+        </is>
+      </c>
+      <c r="B1792" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1792" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1793" spans="1:3">
+      <c r="A1793" s="1" t="inlineStr">
+        <is>
+          <t>9786052414699</t>
+        </is>
+      </c>
+      <c r="B1793" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ve Endüstride 21. Yüzyıl Becerileri</t>
+        </is>
+      </c>
+      <c r="C1793" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1794" spans="1:3">
+      <c r="A1794" s="1" t="inlineStr">
+        <is>
+          <t>9786052414705</t>
+        </is>
+      </c>
+      <c r="B1794" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Örgütlerinde Kültürel Liderlik Ve Meslek Ahlakı</t>
+        </is>
+      </c>
+      <c r="C1794" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1795" spans="1:3">
+      <c r="A1795" s="1" t="inlineStr">
+        <is>
+          <t>9786052414873</t>
+        </is>
+      </c>
+      <c r="B1795" s="1" t="inlineStr">
+        <is>
+          <t>Okulda Akıl Tutulması</t>
+        </is>
+      </c>
+      <c r="C1795" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1796" spans="1:3">
+      <c r="A1796" s="1" t="inlineStr">
+        <is>
+          <t>9786052414736</t>
+        </is>
+      </c>
+      <c r="B1796" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitimine Giriş</t>
+        </is>
+      </c>
+      <c r="C1796" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1797" spans="1:3">
+      <c r="A1797" s="1" t="inlineStr">
+        <is>
+          <t>9786052414934</t>
+        </is>
+      </c>
+      <c r="B1797" s="1" t="inlineStr">
+        <is>
+          <t>1928-1929 Eğitim-Öğretim Yılı Amasya İli Merzifon Ve Gümüşhacıköy Eğitim Bölgesi Genel Teftiş Raporu</t>
+        </is>
+      </c>
+      <c r="C1797" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1798" spans="1:3">
+      <c r="A1798" s="1" t="inlineStr">
+        <is>
+          <t>9786052415009</t>
+        </is>
+      </c>
+      <c r="B1798" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimin Pın Kodu</t>
+        </is>
+      </c>
+      <c r="C1798" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1799" spans="1:3">
+      <c r="A1799" s="1" t="inlineStr">
+        <is>
+          <t>9786052414903</t>
+        </is>
+      </c>
+      <c r="B1799" s="1" t="inlineStr">
+        <is>
+          <t>Türkçenin Yabancı Dil Olarak Öğretiminde Ana Dil Ve Dil Ailesi Etkisi</t>
+        </is>
+      </c>
+      <c r="C1799" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1800" spans="1:3">
+      <c r="A1800" s="1" t="inlineStr">
+        <is>
+          <t>9786052414859</t>
+        </is>
+      </c>
+      <c r="B1800" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C1800" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1801" spans="1:3">
+      <c r="A1801" s="1" t="inlineStr">
+        <is>
+          <t>9786052414958</t>
+        </is>
+      </c>
+      <c r="B1801" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Eğitim Bilimleri Öğretimi Başlangıçtan 1965'E Kadar</t>
+        </is>
+      </c>
+      <c r="C1801" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1802" spans="1:3">
+      <c r="A1802" s="1" t="inlineStr">
+        <is>
+          <t>9786052414828</t>
+        </is>
+      </c>
+      <c r="B1802" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Düşüncesinin Tarihsel Temelleri</t>
+        </is>
+      </c>
+      <c r="C1802" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1803" spans="1:3">
+      <c r="A1803" s="1" t="inlineStr">
+        <is>
+          <t>9786052415214</t>
+        </is>
+      </c>
+      <c r="B1803" s="1" t="inlineStr">
+        <is>
+          <t>22. Yüzyılda Eğitim</t>
+        </is>
+      </c>
+      <c r="C1803" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1804" spans="1:3">
+      <c r="A1804" s="1" t="inlineStr">
+        <is>
+          <t>9786052415092</t>
+        </is>
+      </c>
+      <c r="B1804" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Programlama Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1804" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1805" spans="1:3">
+      <c r="A1805" s="1" t="inlineStr">
+        <is>
+          <t>9786052415351</t>
+        </is>
+      </c>
+      <c r="B1805" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Yazma Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1805" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1806" spans="1:3">
+      <c r="A1806" s="1" t="inlineStr">
+        <is>
+          <t>9786052415337</t>
+        </is>
+      </c>
+      <c r="B1806" s="1" t="inlineStr">
+        <is>
+          <t>Kelime Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1806" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1807" spans="1:3">
+      <c r="A1807" s="1" t="inlineStr">
+        <is>
+          <t>9786052415160</t>
+        </is>
+      </c>
+      <c r="B1807" s="1" t="inlineStr">
+        <is>
+          <t>Dil Ve Edebiyat Eğitiminin Temel Kavramları</t>
+        </is>
+      </c>
+      <c r="C1807" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1808" spans="1:3">
+      <c r="A1808" s="1" t="inlineStr">
+        <is>
+          <t>9786052415641</t>
+        </is>
+      </c>
+      <c r="B1808" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Felsefesi</t>
+        </is>
+      </c>
+      <c r="C1808" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1809" spans="1:3">
+      <c r="A1809" s="1" t="inlineStr">
+        <is>
+          <t>9786052415412</t>
+        </is>
+      </c>
+      <c r="B1809" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Nezaket</t>
+        </is>
+      </c>
+      <c r="C1809" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1810" spans="1:3">
+      <c r="A1810" s="1" t="inlineStr">
+        <is>
+          <t>9786052415498</t>
+        </is>
+      </c>
+      <c r="B1810" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1810" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1811" spans="1:3">
+      <c r="A1811" s="1" t="inlineStr">
+        <is>
+          <t>9786052415504</t>
+        </is>
+      </c>
+      <c r="B1811" s="1" t="inlineStr">
+        <is>
+          <t>Okuduğunu Anlama Becerilerini Geliştirme</t>
+        </is>
+      </c>
+      <c r="C1811" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1812" spans="1:3">
+      <c r="A1812" s="1" t="inlineStr">
+        <is>
+          <t>9786052411568</t>
+        </is>
+      </c>
+      <c r="B1812" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Felsefesi</t>
+        </is>
+      </c>
+      <c r="C1812" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1813" spans="1:3">
+      <c r="A1813" s="1" t="inlineStr">
+        <is>
+          <t>9786052415306</t>
+        </is>
+      </c>
+      <c r="B1813" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1813" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="1814" spans="1:3">
+      <c r="A1814" s="1" t="inlineStr">
+        <is>
+          <t>9786052415665</t>
+        </is>
+      </c>
+      <c r="B1814" s="1" t="inlineStr">
+        <is>
+          <t>Dil Eğitiminin Temel Kavramları</t>
+        </is>
+      </c>
+      <c r="C1814" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1815" spans="1:3">
+      <c r="A1815" s="1" t="inlineStr">
+        <is>
+          <t>9786052415481</t>
+        </is>
+      </c>
+      <c r="B1815" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Hesap Verebilirlik</t>
+        </is>
+      </c>
+      <c r="C1815" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1816" spans="1:3">
+      <c r="A1816" s="1" t="inlineStr">
+        <is>
+          <t>9786052416020</t>
+        </is>
+      </c>
+      <c r="B1816" s="1" t="inlineStr">
+        <is>
+          <t>Modern Eğitim Sistemlerinin Doğuşu Ve Gelişimi Cilt Iı</t>
+        </is>
+      </c>
+      <c r="C1816" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1817" spans="1:3">
+      <c r="A1817" s="1" t="inlineStr">
+        <is>
+          <t>9786052416068</t>
+        </is>
+      </c>
+      <c r="B1817" s="1" t="inlineStr">
+        <is>
+          <t>İlkokuma Yazma Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1817" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1818" spans="1:3">
+      <c r="A1818" s="1" t="inlineStr">
+        <is>
+          <t>9786052415870</t>
+        </is>
+      </c>
+      <c r="B1818" s="1" t="inlineStr">
+        <is>
+          <t>Yardım Sanatını Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1818" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1819" spans="1:3">
+      <c r="A1819" s="1" t="inlineStr">
+        <is>
+          <t>9786052416181</t>
+        </is>
+      </c>
+      <c r="B1819" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Eylem Araştırması Ve Örnek Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1819" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1820" spans="1:3">
+      <c r="A1820" s="1" t="inlineStr">
+        <is>
+          <t>9786052416280</t>
+        </is>
+      </c>
+      <c r="B1820" s="1" t="inlineStr">
+        <is>
+          <t>Kuramsal Temeller Ve Güncel Tartışmalar Işığında 21.Yüzyılda Vatandaşlık Ve Vatandaşlık Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1820" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="1821" spans="1:3">
+      <c r="A1821" s="1" t="inlineStr">
+        <is>
+          <t>9786052416259</t>
+        </is>
+      </c>
+      <c r="B1821" s="1" t="inlineStr">
+        <is>
+          <t>Kılavuz Kaptan Öğretmen</t>
+        </is>
+      </c>
+      <c r="C1821" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1822" spans="1:3">
+      <c r="A1822" s="1" t="inlineStr">
+        <is>
+          <t>9786052416112</t>
+        </is>
+      </c>
+      <c r="B1822" s="1" t="inlineStr">
+        <is>
+          <t>Yönetimin Pin Kodu</t>
+        </is>
+      </c>
+      <c r="C1822" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1823" spans="1:3">
+      <c r="A1823" s="1" t="inlineStr">
+        <is>
+          <t>9786052416440</t>
+        </is>
+      </c>
+      <c r="B1823" s="1" t="inlineStr">
+        <is>
+          <t>Yazdıkça Yazıyorum</t>
+        </is>
+      </c>
+      <c r="C1823" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1824" spans="1:3">
+      <c r="A1824" s="1" t="inlineStr">
+        <is>
+          <t>9786052416051</t>
+        </is>
+      </c>
+      <c r="B1824" s="1" t="inlineStr">
+        <is>
+          <t>Nitel Araştırmacılar İçin Kodlama El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1824" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1825" spans="1:3">
+      <c r="A1825" s="1" t="inlineStr">
+        <is>
+          <t>9786052411537</t>
+        </is>
+      </c>
+      <c r="B1825" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Ağ Teorisi Ve Eğitimde Değişim</t>
+        </is>
+      </c>
+      <c r="C1825" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1826" spans="1:3">
+      <c r="A1826" s="1" t="inlineStr">
+        <is>
+          <t>9786052416921</t>
+        </is>
+      </c>
+      <c r="B1826" s="1" t="inlineStr">
+        <is>
+          <t>Girişimcilik Pedagojisine Giriş</t>
+        </is>
+      </c>
+      <c r="C1826" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1827" spans="1:3">
+      <c r="A1827" s="1" t="inlineStr">
+        <is>
+          <t>9786052416976</t>
+        </is>
+      </c>
+      <c r="B1827" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendine Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1827" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1828" spans="1:3">
+      <c r="A1828" s="1" t="inlineStr">
+        <is>
+          <t>9786052417010</t>
+        </is>
+      </c>
+      <c r="B1828" s="1" t="inlineStr">
+        <is>
+          <t>Yazdıkça Yazıyorum Iı</t>
+        </is>
+      </c>
+      <c r="C1828" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1829" spans="1:3">
+      <c r="A1829" s="1" t="inlineStr">
+        <is>
+          <t>9786052414927</t>
+        </is>
+      </c>
+      <c r="B1829" s="1" t="inlineStr">
+        <is>
+          <t>Mülki İdare Amirlerinin Liderlik Davranışlarının Eğitim Üzerindeki Etkisi</t>
+        </is>
+      </c>
+      <c r="C1829" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1830" spans="1:3">
+      <c r="A1830" s="1" t="inlineStr">
+        <is>
+          <t>9786052417867</t>
+        </is>
+      </c>
+      <c r="B1830" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Araştırma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1830" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1831" spans="1:3">
+      <c r="A1831" s="1" t="inlineStr">
+        <is>
+          <t>9786052417263</t>
+        </is>
+      </c>
+      <c r="B1831" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Adam Büyük Av</t>
+        </is>
+      </c>
+      <c r="C1831" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1832" spans="1:3">
+      <c r="A1832" s="1" t="inlineStr">
+        <is>
+          <t>9786052417966</t>
+        </is>
+      </c>
+      <c r="B1832" s="1" t="inlineStr">
+        <is>
+          <t>Okullarda Yılmazlığı Güçlendirme El Kitabı Tüm Okul Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C1832" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1833" spans="1:3">
+      <c r="A1833" s="1" t="inlineStr">
+        <is>
+          <t>9786052418123</t>
+        </is>
+      </c>
+      <c r="B1833" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Düşünme Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1833" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1834" spans="1:3">
+      <c r="A1834" s="1" t="inlineStr">
+        <is>
+          <t>9786052418178</t>
+        </is>
+      </c>
+      <c r="B1834" s="1" t="inlineStr">
+        <is>
+          <t>Millî Eğitim Bakanlarının Eğitim Faaliyetleri (1960-1971)</t>
+        </is>
+      </c>
+      <c r="C1834" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1835" spans="1:3">
+      <c r="A1835" s="1" t="inlineStr">
+        <is>
+          <t>9786052419861</t>
+        </is>
+      </c>
+      <c r="B1835" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Politika  Planlama Ekonomi</t>
+        </is>
+      </c>
+      <c r="C1835" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1836" spans="1:3">
+      <c r="A1836" s="1" t="inlineStr">
+        <is>
+          <t>9786052418161</t>
+        </is>
+      </c>
+      <c r="B1836" s="1" t="inlineStr">
+        <is>
+          <t>Millî Eğitim Bakanlarının Eğitim Faaliyetleri</t>
+        </is>
+      </c>
+      <c r="C1836" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1837" spans="1:3">
+      <c r="A1837" s="1" t="inlineStr">
+        <is>
+          <t>9786052419847</t>
+        </is>
+      </c>
+      <c r="B1837" s="1" t="inlineStr">
+        <is>
+          <t>Mülteci Çocuklara Yönelik Eğitim Müdahaleleri</t>
+        </is>
+      </c>
+      <c r="C1837" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1838" spans="1:3">
+      <c r="A1838" s="1" t="inlineStr">
+        <is>
+          <t>9786058008946</t>
+        </is>
+      </c>
+      <c r="B1838" s="1" t="inlineStr">
+        <is>
+          <t>Baştan Beri Yanlış</t>
+        </is>
+      </c>
+      <c r="C1838" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1839" spans="1:3">
+      <c r="A1839" s="1" t="inlineStr">
+        <is>
+          <t>9786056991639</t>
+        </is>
+      </c>
+      <c r="B1839" s="1" t="inlineStr">
+        <is>
+          <t>Vatandaşlık Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1839" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1840" spans="1:3">
+      <c r="A1840" s="1" t="inlineStr">
+        <is>
+          <t>9786257052436</t>
+        </is>
+      </c>
+      <c r="B1840" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ahlak Ve Etik</t>
+        </is>
+      </c>
+      <c r="C1840" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1841" spans="1:3">
+      <c r="A1841" s="1" t="inlineStr">
+        <is>
+          <t>9786257052351</t>
+        </is>
+      </c>
+      <c r="B1841" s="1" t="inlineStr">
+        <is>
+          <t>Social Paradigms İn Guiding Management, Social Development And Social Research</t>
+        </is>
+      </c>
+      <c r="C1841" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1842" spans="1:3">
+      <c r="A1842" s="1" t="inlineStr">
+        <is>
+          <t>9786257880268</t>
+        </is>
+      </c>
+      <c r="B1842" s="1" t="inlineStr">
+        <is>
+          <t>Rekreasyon Ve Yerel Yönetimler</t>
+        </is>
+      </c>
+      <c r="C1842" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1843" spans="1:3">
+      <c r="A1843" s="1" t="inlineStr">
+        <is>
+          <t>9786257880398</t>
+        </is>
+      </c>
+      <c r="B1843" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Eğitim Yöneticisi Yetiştirme Politikaları</t>
+        </is>
+      </c>
+      <c r="C1843" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1844" spans="1:3">
+      <c r="A1844" s="1" t="inlineStr">
+        <is>
+          <t>9786257880442</t>
+        </is>
+      </c>
+      <c r="B1844" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Eğitime Katılımı  Tarih Ve Modernlik</t>
+        </is>
+      </c>
+      <c r="C1844" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1845" spans="1:3">
+      <c r="A1845" s="1" t="inlineStr">
+        <is>
+          <t>9786257880718</t>
+        </is>
+      </c>
+      <c r="B1845" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimin Kimlik Arayışı</t>
+        </is>
+      </c>
+      <c r="C1845" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1846" spans="1:3">
+      <c r="A1846" s="1" t="inlineStr">
+        <is>
+          <t>9786257880251</t>
+        </is>
+      </c>
+      <c r="B1846" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Ve Felsefe Terimleri</t>
+        </is>
+      </c>
+      <c r="C1846" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1847" spans="1:3">
+      <c r="A1847" s="1" t="inlineStr">
+        <is>
+          <t>9786257880572</t>
+        </is>
+      </c>
+      <c r="B1847" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Çocuk Üniversiteleri</t>
+        </is>
+      </c>
+      <c r="C1847" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1848" spans="1:3">
+      <c r="A1848" s="1" t="inlineStr">
+        <is>
+          <t>9786257880701</t>
+        </is>
+      </c>
+      <c r="B1848" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ahlak Ve Etik</t>
+        </is>
+      </c>
+      <c r="C1848" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1849" spans="1:3">
+      <c r="A1849" s="1" t="inlineStr">
+        <is>
+          <t>9786257880763</t>
+        </is>
+      </c>
+      <c r="B1849" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Hayat Bilgisi Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1849" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1850" spans="1:3">
+      <c r="A1850" s="1" t="inlineStr">
+        <is>
+          <t>9786257052252</t>
+        </is>
+      </c>
+      <c r="B1850" s="1" t="inlineStr">
+        <is>
+          <t>Liderlik</t>
+        </is>
+      </c>
+      <c r="C1850" s="1">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="1851" spans="1:3">
+      <c r="A1851" s="1" t="inlineStr">
+        <is>
+          <t>9786257880428</t>
+        </is>
+      </c>
+      <c r="B1851" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimin Temeli Temel Kavramlar</t>
+        </is>
+      </c>
+      <c r="C1851" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1852" spans="1:3">
+      <c r="A1852" s="1" t="inlineStr">
+        <is>
+          <t>9786257880879</t>
+        </is>
+      </c>
+      <c r="B1852" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Alternatif Eğitim Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1852" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1853" spans="1:3">
+      <c r="A1853" s="1" t="inlineStr">
+        <is>
+          <t>9786257880343</t>
+        </is>
+      </c>
+      <c r="B1853" s="1" t="inlineStr">
+        <is>
+          <t>Fark Yaratan Başarılı Okul Müdürleri</t>
+        </is>
+      </c>
+      <c r="C1853" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1854" spans="1:3">
+      <c r="A1854" s="1" t="inlineStr">
+        <is>
+          <t>9786257228046</t>
+        </is>
+      </c>
+      <c r="B1854" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Ekonomisi Ve Planlaması</t>
+        </is>
+      </c>
+      <c r="C1854" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="1855" spans="1:3">
+      <c r="A1855" s="1" t="inlineStr">
+        <is>
+          <t>9786257676199</t>
+        </is>
+      </c>
+      <c r="B1855" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1855" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1856" spans="1:3">
+      <c r="A1856" s="1" t="inlineStr">
+        <is>
+          <t>9786257880640</t>
+        </is>
+      </c>
+      <c r="B1856" s="1" t="inlineStr">
+        <is>
+          <t>Dünden Bugüne Türk Eğitim Sisteminde Denetim</t>
+        </is>
+      </c>
+      <c r="C1856" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1857" spans="1:3">
+      <c r="A1857" s="1" t="inlineStr">
+        <is>
+          <t>9786257228367</t>
+        </is>
+      </c>
+      <c r="B1857" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Bütçe Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1857" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1858" spans="1:3">
+      <c r="A1858" s="1" t="inlineStr">
+        <is>
+          <t>9786257880756</t>
+        </is>
+      </c>
+      <c r="B1858" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Söylenti Ve Dedikodu Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1858" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1859" spans="1:3">
+      <c r="A1859" s="1" t="inlineStr">
+        <is>
+          <t>9786257228602</t>
+        </is>
+      </c>
+      <c r="B1859" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetimi Kuram Ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C1859" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1860" spans="1:3">
+      <c r="A1860" s="1" t="inlineStr">
+        <is>
+          <t>9786257228909</t>
+        </is>
+      </c>
+      <c r="B1860" s="1" t="inlineStr">
+        <is>
+          <t>İl Milli Eğitim Müdürlükleri İçin Denetim Modeli</t>
+        </is>
+      </c>
+      <c r="C1860" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1861" spans="1:3">
+      <c r="A1861" s="1" t="inlineStr">
+        <is>
+          <t>9786257676212</t>
+        </is>
+      </c>
+      <c r="B1861" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı Eğitim Tematik Bir Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C1861" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="1862" spans="1:3">
+      <c r="A1862" s="1" t="inlineStr">
+        <is>
+          <t>9786257676625</t>
+        </is>
+      </c>
+      <c r="B1862" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kültüründe Kayırmacılık: Teori Araştırma Ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C1862" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1863" spans="1:3">
+      <c r="A1863" s="1" t="inlineStr">
+        <is>
+          <t>9786257676632</t>
+        </is>
+      </c>
+      <c r="B1863" s="1" t="inlineStr">
+        <is>
+          <t>Covid-19 Salgınının Türk Eğitim Sistemine Yansımaları</t>
+        </is>
+      </c>
+      <c r="C1863" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1864" spans="1:3">
+      <c r="A1864" s="1" t="inlineStr">
+        <is>
+          <t>9786257676649</t>
+        </is>
+      </c>
+      <c r="B1864" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi Ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1864" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1865" spans="1:3">
+      <c r="A1865" s="1" t="inlineStr">
+        <is>
+          <t>9789756802731</t>
+        </is>
+      </c>
+      <c r="B1865" s="1" t="inlineStr">
+        <is>
+          <t>Okulda Çoklu Zeka Kuramı</t>
+        </is>
+      </c>
+      <c r="C1865" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1866" spans="1:3">
+      <c r="A1866" s="1" t="inlineStr">
+        <is>
+          <t>9786053180265</t>
+        </is>
+      </c>
+      <c r="B1866" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Program Geliştirme</t>
+        </is>
+      </c>
+      <c r="C1866" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1867" spans="1:3">
+      <c r="A1867" s="1" t="inlineStr">
+        <is>
+          <t>9789758792429</t>
+        </is>
+      </c>
+      <c r="B1867" s="1" t="inlineStr">
+        <is>
+          <t>Esnek Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1867" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1868" spans="1:3">
+      <c r="A1868" s="1" t="inlineStr">
+        <is>
+          <t>9786257052481</t>
+        </is>
+      </c>
+      <c r="B1868" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Yeni Yönelimler</t>
+        </is>
+      </c>
+      <c r="C1868" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1869" spans="1:3">
+      <c r="A1869" s="1" t="inlineStr">
+        <is>
+          <t>9789758792726</t>
+        </is>
+      </c>
+      <c r="B1869" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Çoklu Zeka Kuram Ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C1869" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1870" spans="1:3">
+      <c r="A1870" s="1" t="inlineStr">
+        <is>
+          <t>9786052418185</t>
+        </is>
+      </c>
+      <c r="B1870" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C1870" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1871" spans="1:3">
+      <c r="A1871" s="1" t="inlineStr">
+        <is>
+          <t>9786050022131</t>
+        </is>
+      </c>
+      <c r="B1871" s="1" t="inlineStr">
+        <is>
+          <t>Lisans Programlarının Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C1871" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1872" spans="1:3">
+      <c r="A1872" s="1" t="inlineStr">
+        <is>
+          <t>9786054282081</t>
+        </is>
+      </c>
+      <c r="B1872" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Felsefesi</t>
+        </is>
+      </c>
+      <c r="C1872" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1873" spans="1:3">
+      <c r="A1873" s="1" t="inlineStr">
+        <is>
+          <t>9786054282173</t>
+        </is>
+      </c>
+      <c r="B1873" s="1" t="inlineStr">
+        <is>
+          <t>Lisansüstü Öğretim Sistemleri</t>
+        </is>
+      </c>
+      <c r="C1873" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1874" spans="1:3">
+      <c r="A1874" s="1" t="inlineStr">
+        <is>
+          <t>9786054282180</t>
+        </is>
+      </c>
+      <c r="B1874" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa, Asya Ve Amerikada Lisansüstü Öğretim Reformu Ve Bilim İnsanları İle Mühendislerin Uluslararası Hareketliliği : Nsf (National Science Foundation) Çalıştayı Bildirileri</t>
+        </is>
+      </c>
+      <c r="C1874" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1875" spans="1:3">
+      <c r="A1875" s="1" t="inlineStr">
+        <is>
+          <t>9786054282876</t>
+        </is>
+      </c>
+      <c r="B1875" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Programları Ve Öğretim</t>
+        </is>
+      </c>
+      <c r="C1875" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1876" spans="1:3">
+      <c r="A1876" s="1" t="inlineStr">
+        <is>
+          <t>9786054282869</t>
+        </is>
+      </c>
+      <c r="B1876" s="1" t="inlineStr">
+        <is>
+          <t>Test Hazırlama Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C1876" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1877" spans="1:3">
+      <c r="A1877" s="1" t="inlineStr">
+        <is>
+          <t>9786053641728</t>
+        </is>
+      </c>
+      <c r="B1877" s="1" t="inlineStr">
+        <is>
+          <t>İş Yaşamı Temelli Öğrenim</t>
+        </is>
+      </c>
+      <c r="C1877" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1878" spans="1:3">
+      <c r="A1878" s="1" t="inlineStr">
+        <is>
+          <t>9786053642534</t>
+        </is>
+      </c>
+      <c r="B1878" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Nitelikleri Ve Okulda Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1878" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1879" spans="1:3">
+      <c r="A1879" s="1" t="inlineStr">
+        <is>
+          <t>9786053644217</t>
+        </is>
+      </c>
+      <c r="B1879" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretime Hazırlık Ve İlköğretim Programları</t>
+        </is>
+      </c>
+      <c r="C1879" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1880" spans="1:3">
+      <c r="A1880" s="1" t="inlineStr">
+        <is>
+          <t>9786052412664</t>
+        </is>
+      </c>
+      <c r="B1880" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C1880" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1881" spans="1:3">
+      <c r="A1881" s="1" t="inlineStr">
+        <is>
+          <t>9786053646402</t>
+        </is>
+      </c>
+      <c r="B1881" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme-Öğretme Yaklaşımları Ve Uygulama Örnekleri</t>
+        </is>
+      </c>
+      <c r="C1881" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1882" spans="1:3">
+      <c r="A1882" s="1" t="inlineStr">
+        <is>
+          <t>9786053646310</t>
+        </is>
+      </c>
+      <c r="B1882" s="1" t="inlineStr">
+        <is>
+          <t>İşbirlikli Öğrenme Modeli Ve Uygulanması</t>
+        </is>
+      </c>
+      <c r="C1882" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1883" spans="1:3">
+      <c r="A1883" s="1" t="inlineStr">
+        <is>
+          <t>9786053647041</t>
+        </is>
+      </c>
+      <c r="B1883" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Drama Bibliyografyası</t>
+        </is>
+      </c>
+      <c r="C1883" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1884" spans="1:3">
+      <c r="A1884" s="1" t="inlineStr">
+        <is>
+          <t>9786053647393</t>
+        </is>
+      </c>
+      <c r="B1884" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Eğitim Seçkisi</t>
+        </is>
+      </c>
+      <c r="C1884" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1885" spans="1:3">
+      <c r="A1885" s="1" t="inlineStr">
+        <is>
+          <t>9786053647843</t>
+        </is>
+      </c>
+      <c r="B1885" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Programlarının Ve Öğretimin Temel İlkeleri</t>
+        </is>
+      </c>
+      <c r="C1885" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1886" spans="1:3">
+      <c r="A1886" s="1" t="inlineStr">
+        <is>
+          <t>9786053649991</t>
+        </is>
+      </c>
+      <c r="B1886" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Drama Ve Oyunculuk Etkinliği Olarak Hikâye Anlatımı</t>
+        </is>
+      </c>
+      <c r="C1886" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1887" spans="1:3">
+      <c r="A1887" s="1" t="inlineStr">
+        <is>
+          <t>9786052411063</t>
+        </is>
+      </c>
+      <c r="B1887" s="1" t="inlineStr">
+        <is>
+          <t>Program Geliştirme</t>
+        </is>
+      </c>
+      <c r="C1887" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1888" spans="1:3">
+      <c r="A1888" s="1" t="inlineStr">
+        <is>
+          <t>9786053183310</t>
+        </is>
+      </c>
+      <c r="B1888" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Programlarında Güncel Sorunlar</t>
+        </is>
+      </c>
+      <c r="C1888" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1889" spans="1:3">
+      <c r="A1889" s="1" t="inlineStr">
+        <is>
+          <t>9786053180876</t>
+        </is>
+      </c>
+      <c r="B1889" s="1" t="inlineStr">
+        <is>
+          <t>17. İstanbul Uluslararası Eğitimde Yaratıcı Drama Kongresi Yaratıcı Drama Sosyal Bilinçlenme Ve Hakl</t>
+        </is>
+      </c>
+      <c r="C1889" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1890" spans="1:3">
+      <c r="A1890" s="1" t="inlineStr">
+        <is>
+          <t>9786053180845</t>
+        </is>
+      </c>
+      <c r="B1890" s="1" t="inlineStr">
+        <is>
+          <t>22. Trabzon Uluslararası Eğitimde Yaratıcı Drama Semineri</t>
+        </is>
+      </c>
+      <c r="C1890" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1891" spans="1:3">
+      <c r="A1891" s="1" t="inlineStr">
+        <is>
+          <t>9786053184072</t>
+        </is>
+      </c>
+      <c r="B1891" s="1" t="inlineStr">
+        <is>
+          <t>24.Uluslararası Eğitimde Yaratıcı Drama Kongresi</t>
+        </is>
+      </c>
+      <c r="C1891" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1892" spans="1:3">
+      <c r="A1892" s="1" t="inlineStr">
+        <is>
+          <t>9786053184409</t>
+        </is>
+      </c>
+      <c r="B1892" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Mesleki Ve Teknik Eğitimin Mevcut Durumu</t>
+        </is>
+      </c>
+      <c r="C1892" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1893" spans="1:3">
+      <c r="A1893" s="1" t="inlineStr">
+        <is>
+          <t>9786053184591</t>
+        </is>
+      </c>
+      <c r="B1893" s="1" t="inlineStr">
+        <is>
+          <t>25. Uluslararası Eğitimde Yaratıcı Drama Kongresi - Dans Ve Yaratıcı Dramada Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1893" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1894" spans="1:3">
+      <c r="A1894" s="1" t="inlineStr">
+        <is>
+          <t>9786053185154</t>
+        </is>
+      </c>
+      <c r="B1894" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Etik</t>
+        </is>
+      </c>
+      <c r="C1894" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1895" spans="1:3">
+      <c r="A1895" s="1" t="inlineStr">
+        <is>
+          <t>9786053185710</t>
+        </is>
+      </c>
+      <c r="B1895" s="1" t="inlineStr">
+        <is>
+          <t>İşbirlikli Öğrenme El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1895" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1896" spans="1:3">
+      <c r="A1896" s="1" t="inlineStr">
+        <is>
+          <t>9786053187004</t>
+        </is>
+      </c>
+      <c r="B1896" s="1" t="inlineStr">
+        <is>
+          <t>Koşut Eğitim Programı</t>
+        </is>
+      </c>
+      <c r="C1896" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1897" spans="1:3">
+      <c r="A1897" s="1" t="inlineStr">
+        <is>
+          <t>9786053188148</t>
+        </is>
+      </c>
+      <c r="B1897" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye' De Hazırlık Okullarında Yaşanan Sorunlara Bir Çözüm Önerisi: Anadolu Üniversitesi Örneği</t>
+        </is>
+      </c>
+      <c r="C1897" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1898" spans="1:3">
+      <c r="A1898" s="1" t="inlineStr">
+        <is>
+          <t>9786053185185</t>
+        </is>
+      </c>
+      <c r="B1898" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Program Geliştirme</t>
+        </is>
+      </c>
+      <c r="C1898" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1899" spans="1:3">
+      <c r="A1899" s="1" t="inlineStr">
+        <is>
+          <t>9786053189572</t>
+        </is>
+      </c>
+      <c r="B1899" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Programı</t>
+        </is>
+      </c>
+      <c r="C1899" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1900" spans="1:3">
+      <c r="A1900" s="1" t="inlineStr">
+        <is>
+          <t>9786052410509</t>
+        </is>
+      </c>
+      <c r="B1900" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Program Geliştirme Ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1900" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1901" spans="1:3">
+      <c r="A1901" s="1" t="inlineStr">
+        <is>
+          <t>9786052410592</t>
+        </is>
+      </c>
+      <c r="B1901" s="1" t="inlineStr">
+        <is>
+          <t>Obed Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1901" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1902" spans="1:3">
+      <c r="A1902" s="1" t="inlineStr">
+        <is>
+          <t>9786052410806</t>
+        </is>
+      </c>
+      <c r="B1902" s="1" t="inlineStr">
+        <is>
+          <t>Metafor Ve Eğitimde Metaforik Çalışmalar İçin Bir Uygulama Rehberi</t>
+        </is>
+      </c>
+      <c r="C1902" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1903" spans="1:3">
+      <c r="A1903" s="1" t="inlineStr">
+        <is>
+          <t>9786052411339</t>
+        </is>
+      </c>
+      <c r="B1903" s="1" t="inlineStr">
+        <is>
+          <t>Beceri Gelişiminde Çoklu Zekâ Ve Bütünleştirilmiş Program Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C1903" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1904" spans="1:3">
+      <c r="A1904" s="1" t="inlineStr">
+        <is>
+          <t>9786052412404</t>
+        </is>
+      </c>
+      <c r="B1904" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Program Değerlendirme Sınıflamalar-Modeller</t>
+        </is>
+      </c>
+      <c r="C1904" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1905" spans="1:3">
+      <c r="A1905" s="1" t="inlineStr">
+        <is>
+          <t>9786052414064</t>
+        </is>
+      </c>
+      <c r="B1905" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C1905" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1906" spans="1:3">
+      <c r="A1906" s="1" t="inlineStr">
+        <is>
+          <t>9786052414347</t>
+        </is>
+      </c>
+      <c r="B1906" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C1906" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1907" spans="1:3">
+      <c r="A1907" s="1" t="inlineStr">
+        <is>
+          <t>9786053644873</t>
+        </is>
+      </c>
+      <c r="B1907" s="1" t="inlineStr">
+        <is>
+          <t>Bir Öğretim Sanatı: Sosyokültürel Diyalektik Yöntem</t>
+        </is>
+      </c>
+      <c r="C1907" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1908" spans="1:3">
+      <c r="A1908" s="1" t="inlineStr">
+        <is>
+          <t>9786052416372</t>
+        </is>
+      </c>
+      <c r="B1908" s="1" t="inlineStr">
+        <is>
+          <t>Müzede Eğitim</t>
+        </is>
+      </c>
+      <c r="C1908" s="1">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="1909" spans="1:3">
+      <c r="A1909" s="1" t="inlineStr">
+        <is>
+          <t>9786052416563</t>
+        </is>
+      </c>
+      <c r="B1909" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C1909" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1910" spans="1:3">
+      <c r="A1910" s="1" t="inlineStr">
+        <is>
+          <t>9786052414569</t>
+        </is>
+      </c>
+      <c r="B1910" s="1" t="inlineStr">
+        <is>
+          <t>Program Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C1910" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="1911" spans="1:3">
+      <c r="A1911" s="1" t="inlineStr">
+        <is>
+          <t>9786052417072</t>
+        </is>
+      </c>
+      <c r="B1911" s="1" t="inlineStr">
+        <is>
+          <t>Kimlik Belirleyen Derslerde Kanıt Temelli Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1911" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1912" spans="1:3">
+      <c r="A1912" s="1" t="inlineStr">
+        <is>
+          <t>9786052419854</t>
+        </is>
+      </c>
+      <c r="B1912" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Program Dışı Etkinlikler</t>
+        </is>
+      </c>
+      <c r="C1912" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1913" spans="1:3">
+      <c r="A1913" s="1" t="inlineStr">
+        <is>
+          <t>9786052419991</t>
+        </is>
+      </c>
+      <c r="B1913" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C1913" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1914" spans="1:3">
+      <c r="A1914" s="1" t="inlineStr">
+        <is>
+          <t>9786050370058</t>
+        </is>
+      </c>
+      <c r="B1914" s="1" t="inlineStr">
+        <is>
+          <t>Ders Kitabı İncelemesi</t>
+        </is>
+      </c>
+      <c r="C1914" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1915" spans="1:3">
+      <c r="A1915" s="1" t="inlineStr">
+        <is>
+          <t>9786052417973</t>
+        </is>
+      </c>
+      <c r="B1915" s="1" t="inlineStr">
+        <is>
+          <t>Süreçsel Dramada Planlama</t>
+        </is>
+      </c>
+      <c r="C1915" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1916" spans="1:3">
+      <c r="A1916" s="1" t="inlineStr">
+        <is>
+          <t>9786050370447</t>
+        </is>
+      </c>
+      <c r="B1916" s="1" t="inlineStr">
+        <is>
+          <t>Drama Yoluyla Okul Gelişimi</t>
+        </is>
+      </c>
+      <c r="C1916" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1917" spans="1:3">
+      <c r="A1917" s="1" t="inlineStr">
+        <is>
+          <t>9786052416464</t>
+        </is>
+      </c>
+      <c r="B1917" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Ve Özerklik</t>
+        </is>
+      </c>
+      <c r="C1917" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1918" spans="1:3">
+      <c r="A1918" s="1" t="inlineStr">
+        <is>
+          <t>9786052418000</t>
+        </is>
+      </c>
+      <c r="B1918" s="1" t="inlineStr">
+        <is>
+          <t>Dramaya Başlamak 4-11</t>
+        </is>
+      </c>
+      <c r="C1918" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1919" spans="1:3">
+      <c r="A1919" s="1" t="inlineStr">
+        <is>
+          <t>9786050370584</t>
+        </is>
+      </c>
+      <c r="B1919" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yapıları Ve Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1919" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1920" spans="1:3">
+      <c r="A1920" s="1" t="inlineStr">
+        <is>
+          <t>9786052416914</t>
+        </is>
+      </c>
+      <c r="B1920" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Becerileri Okuryazarlığı</t>
+        </is>
+      </c>
+      <c r="C1920" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1921" spans="1:3">
+      <c r="A1921" s="1" t="inlineStr">
+        <is>
+          <t>9786257052184</t>
+        </is>
+      </c>
+      <c r="B1921" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitiminde Drama</t>
+        </is>
+      </c>
+      <c r="C1921" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1922" spans="1:3">
+      <c r="A1922" s="1" t="inlineStr">
+        <is>
+          <t>9786257052313</t>
+        </is>
+      </c>
+      <c r="B1922" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Teknolojileri</t>
+        </is>
+      </c>
+      <c r="C1922" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1923" spans="1:3">
+      <c r="A1923" s="1" t="inlineStr">
+        <is>
+          <t>9786050370065</t>
+        </is>
+      </c>
+      <c r="B1923" s="1" t="inlineStr">
+        <is>
+          <t>Farklılaştırılmış Öğretim Stratejileri</t>
+        </is>
+      </c>
+      <c r="C1923" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1924" spans="1:3">
+      <c r="A1924" s="1" t="inlineStr">
+        <is>
+          <t>9786058006089</t>
+        </is>
+      </c>
+      <c r="B1924" s="1" t="inlineStr">
+        <is>
+          <t>Genogramlar</t>
+        </is>
+      </c>
+      <c r="C1924" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1925" spans="1:3">
+      <c r="A1925" s="1" t="inlineStr">
+        <is>
+          <t>9786257052146</t>
+        </is>
+      </c>
+      <c r="B1925" s="1" t="inlineStr">
+        <is>
+          <t>5.Ankara Uluslararası Eğitimde Yaratıcı Drama Semineri - Drama Ve Öğretim Bilgisi</t>
+        </is>
+      </c>
+      <c r="C1925" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1926" spans="1:3">
+      <c r="A1926" s="1" t="inlineStr">
+        <is>
+          <t>9786257052818</t>
+        </is>
+      </c>
+      <c r="B1926" s="1" t="inlineStr">
+        <is>
+          <t>Crossing Our Pettus Bridge</t>
+        </is>
+      </c>
+      <c r="C1926" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1927" spans="1:3">
+      <c r="A1927" s="1" t="inlineStr">
+        <is>
+          <t>9786257052863</t>
+        </is>
+      </c>
+      <c r="B1927" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Ve Dünya'da Vatandaşlık Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1927" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1928" spans="1:3">
+      <c r="A1928" s="1" t="inlineStr">
+        <is>
+          <t>9786257052665</t>
+        </is>
+      </c>
+      <c r="B1928" s="1" t="inlineStr">
+        <is>
+          <t>Tahminleme Yöntem Ve Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C1928" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1929" spans="1:3">
+      <c r="A1929" s="1" t="inlineStr">
+        <is>
+          <t>9786257880053</t>
+        </is>
+      </c>
+      <c r="B1929" s="1" t="inlineStr">
+        <is>
+          <t>Tematik Güvenlik Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C1929" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1930" spans="1:3">
+      <c r="A1930" s="1" t="inlineStr">
+        <is>
+          <t>9786257880404</t>
+        </is>
+      </c>
+      <c r="B1930" s="1" t="inlineStr">
+        <is>
+          <t>Başımıza İcat Çıkaran Çocuklar Ve Gençler</t>
+        </is>
+      </c>
+      <c r="C1930" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1931" spans="1:3">
+      <c r="A1931" s="1" t="inlineStr">
+        <is>
+          <t>9786257052733</t>
+        </is>
+      </c>
+      <c r="B1931" s="1" t="inlineStr">
+        <is>
+          <t>Esnek Soruşturma Temelli Öğretim (Estö)</t>
+        </is>
+      </c>
+      <c r="C1931" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1932" spans="1:3">
+      <c r="A1932" s="1" t="inlineStr">
+        <is>
+          <t>9786257880510</t>
+        </is>
+      </c>
+      <c r="B1932" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Antropolojisi</t>
+        </is>
+      </c>
+      <c r="C1932" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1933" spans="1:3">
+      <c r="A1933" s="1" t="inlineStr">
+        <is>
+          <t>9786257052603</t>
+        </is>
+      </c>
+      <c r="B1933" s="1" t="inlineStr">
+        <is>
+          <t>R Uygulamalı Yeniden Örnekleme Teknikleri</t>
+        </is>
+      </c>
+      <c r="C1933" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1934" spans="1:3">
+      <c r="A1934" s="1" t="inlineStr">
+        <is>
+          <t>9786257880770</t>
+        </is>
+      </c>
+      <c r="B1934" s="1" t="inlineStr">
+        <is>
+          <t>Okuduğunu Anlama Stratejileri</t>
+        </is>
+      </c>
+      <c r="C1934" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1935" spans="1:3">
+      <c r="A1935" s="1" t="inlineStr">
+        <is>
+          <t>9786257880794</t>
+        </is>
+      </c>
+      <c r="B1935" s="1" t="inlineStr">
+        <is>
+          <t>Okul Kültürünün Sosyal İnşası: Bir Eğitim Antropolojisi Araştırması</t>
+        </is>
+      </c>
+      <c r="C1935" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1936" spans="1:3">
+      <c r="A1936" s="1" t="inlineStr">
+        <is>
+          <t>9786257880527</t>
+        </is>
+      </c>
+      <c r="B1936" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Eğitimde Program Dışı Etkinlikler</t>
+        </is>
+      </c>
+      <c r="C1936" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1937" spans="1:3">
+      <c r="A1937" s="1" t="inlineStr">
+        <is>
+          <t>9786257880855</t>
+        </is>
+      </c>
+      <c r="B1937" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Okul Dışı Öğrenme Ortamları</t>
+        </is>
+      </c>
+      <c r="C1937" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1938" spans="1:3">
+      <c r="A1938" s="1" t="inlineStr">
+        <is>
+          <t>9786257880626</t>
+        </is>
+      </c>
+      <c r="B1938" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1938" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1939" spans="1:3">
+      <c r="A1939" s="1" t="inlineStr">
+        <is>
+          <t>9786056991684</t>
+        </is>
+      </c>
+      <c r="B1939" s="1" t="inlineStr">
+        <is>
+          <t>Yüz Boyama Öğretimi Uygulamalı Bir Çalışma</t>
+        </is>
+      </c>
+      <c r="C1939" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1940" spans="1:3">
+      <c r="A1940" s="1" t="inlineStr">
+        <is>
+          <t>9786257228572</t>
+        </is>
+      </c>
+      <c r="B1940" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Çocuk Kitapları Ve Yaratıcı Drama</t>
+        </is>
+      </c>
+      <c r="C1940" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1941" spans="1:3">
+      <c r="A1941" s="1" t="inlineStr">
+        <is>
+          <t>9786257228718</t>
+        </is>
+      </c>
+      <c r="B1941" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Boyu Öğrenme: Teoriler, Araştırmalar Ve Eğilimler</t>
+        </is>
+      </c>
+      <c r="C1941" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1942" spans="1:3">
+      <c r="A1942" s="1" t="inlineStr">
+        <is>
+          <t>9786257228121</t>
+        </is>
+      </c>
+      <c r="B1942" s="1" t="inlineStr">
+        <is>
+          <t>Etkili Öğretim Stratejileri</t>
+        </is>
+      </c>
+      <c r="C1942" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="1943" spans="1:3">
+      <c r="A1943" s="1" t="inlineStr">
+        <is>
+          <t>9786257228343</t>
+        </is>
+      </c>
+      <c r="B1943" s="1" t="inlineStr">
+        <is>
+          <t>Öğretimde Yaklaşımlar Ve Eğitime Yansımaları</t>
+        </is>
+      </c>
+      <c r="C1943" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1944" spans="1:3">
+      <c r="A1944" s="1" t="inlineStr">
+        <is>
+          <t>9786257228596</t>
+        </is>
+      </c>
+      <c r="B1944" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Türkiye'de Sahil Güvenlik</t>
+        </is>
+      </c>
+      <c r="C1944" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1945" spans="1:3">
+      <c r="A1945" s="1" t="inlineStr">
+        <is>
+          <t>9786257676243</t>
+        </is>
+      </c>
+      <c r="B1945" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Çağdaş Gelişmeler</t>
+        </is>
+      </c>
+      <c r="C1945" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1946" spans="1:3">
+      <c r="A1946" s="1" t="inlineStr">
+        <is>
+          <t>9786257228077</t>
+        </is>
+      </c>
+      <c r="B1946" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Örnekleriyle Güncel Öğrenme-Öğretme Yaklaşımları-Iv</t>
+        </is>
+      </c>
+      <c r="C1946" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1947" spans="1:3">
+      <c r="A1947" s="1" t="inlineStr">
+        <is>
+          <t>9786257228824</t>
+        </is>
+      </c>
+      <c r="B1947" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Eğitim Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1947" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1948" spans="1:3">
+      <c r="A1948" s="1" t="inlineStr">
+        <is>
+          <t>9786257676359</t>
+        </is>
+      </c>
+      <c r="B1948" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenmede Evrensel Tasarım Kapsayıcı Eğitimi Sağlamada Kuramsal Ve Uygulamalı Bir Çerçeve</t>
+        </is>
+      </c>
+      <c r="C1948" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1949" spans="1:3">
+      <c r="A1949" s="1" t="inlineStr">
+        <is>
+          <t>9786052419052</t>
+        </is>
+      </c>
+      <c r="B1949" s="1" t="inlineStr">
+        <is>
+          <t>Drama Sınıfı: Eylem, Yansıtma, Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C1949" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1950" spans="1:3">
+      <c r="A1950" s="1" t="inlineStr">
+        <is>
+          <t>9786257676113</t>
+        </is>
+      </c>
+      <c r="B1950" s="1" t="inlineStr">
+        <is>
+          <t>27. Uluslararası Eğitimde Yaratıcı Drama Kongresi</t>
+        </is>
+      </c>
+      <c r="C1950" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1951" spans="1:3">
+      <c r="A1951" s="1" t="inlineStr">
+        <is>
+          <t>9786257676069</t>
+        </is>
+      </c>
+      <c r="B1951" s="1" t="inlineStr">
+        <is>
+          <t>Turizm Eğitiminde Yaratıcı Drama</t>
+        </is>
+      </c>
+      <c r="C1951" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1952" spans="1:3">
+      <c r="A1952" s="1" t="inlineStr">
+        <is>
+          <t>9786257676236</t>
+        </is>
+      </c>
+      <c r="B1952" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Küreden Mektubunuz Var Bir Süreçsel Drama Denemesi</t>
+        </is>
+      </c>
+      <c r="C1952" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1953" spans="1:3">
+      <c r="A1953" s="1" t="inlineStr">
+        <is>
+          <t>9786257676267</t>
+        </is>
+      </c>
+      <c r="B1953" s="1" t="inlineStr">
+        <is>
+          <t>6. Uluslararası Eğitimde Yaratıcı Drama Semineri</t>
+        </is>
+      </c>
+      <c r="C1953" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1954" spans="1:3">
+      <c r="A1954" s="1" t="inlineStr">
+        <is>
+          <t>9786257676540</t>
+        </is>
+      </c>
+      <c r="B1954" s="1" t="inlineStr">
+        <is>
+          <t>7. Uluslararası Eğitimde Yaratıcı Drama Semineri</t>
+        </is>
+      </c>
+      <c r="C1954" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1955" spans="1:3">
+      <c r="A1955" s="1" t="inlineStr">
+        <is>
+          <t>9789756802571</t>
+        </is>
+      </c>
+      <c r="B1955" s="1" t="inlineStr">
+        <is>
+          <t>Din Eğitimi Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C1955" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1956" spans="1:3">
+      <c r="A1956" s="1" t="inlineStr">
+        <is>
+          <t>9789758792696</t>
+        </is>
+      </c>
+      <c r="B1956" s="1" t="inlineStr">
+        <is>
+          <t>Din Kültürü Ve Ahlak Bilgisi Öğretiminde Kavram Haritaları (6., 7. Ve 8.Sınıflar)</t>
+        </is>
+      </c>
+      <c r="C1956" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1957" spans="1:3">
+      <c r="A1957" s="1" t="inlineStr">
+        <is>
+          <t>9786053183730</t>
+        </is>
+      </c>
+      <c r="B1957" s="1" t="inlineStr">
+        <is>
+          <t>Din Öğretiminde Mesleki Gelişimin Anahtarı Yansıtıcı Düşünme</t>
+        </is>
+      </c>
+      <c r="C1957" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1958" spans="1:3">
+      <c r="A1958" s="1" t="inlineStr">
+        <is>
+          <t>9786257880886</t>
+        </is>
+      </c>
+      <c r="B1958" s="1" t="inlineStr">
+        <is>
+          <t>Teaching Islam Within A Diverse Society (Taaruf)</t>
+        </is>
+      </c>
+      <c r="C1958" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1959" spans="1:3">
+      <c r="A1959" s="1" t="inlineStr">
+        <is>
+          <t>9786052416075</t>
+        </is>
+      </c>
+      <c r="B1959" s="1" t="inlineStr">
+        <is>
+          <t>Karakter Ve Değer Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1959" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1960" spans="1:3">
+      <c r="A1960" s="1" t="inlineStr">
+        <is>
+          <t>9786052416150</t>
+        </is>
+      </c>
+      <c r="B1960" s="1" t="inlineStr">
+        <is>
+          <t>Karakter Ve Değer Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1960" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1961" spans="1:3">
+      <c r="A1961" s="1" t="inlineStr">
+        <is>
+          <t>9786052419939</t>
+        </is>
+      </c>
+      <c r="B1961" s="1" t="inlineStr">
+        <is>
+          <t>Karakter Ve Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1961" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1962" spans="1:3">
+      <c r="A1962" s="1" t="inlineStr">
+        <is>
+          <t>9786050370003</t>
+        </is>
+      </c>
+      <c r="B1962" s="1" t="inlineStr">
+        <is>
+          <t>Karakter Ve Değer Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1962" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1963" spans="1:3">
+      <c r="A1963" s="1" t="inlineStr">
+        <is>
+          <t>9786050370133</t>
+        </is>
+      </c>
+      <c r="B1963" s="1" t="inlineStr">
+        <is>
+          <t>Karakter Ve Değer Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1963" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1964" spans="1:3">
+      <c r="A1964" s="1" t="inlineStr">
+        <is>
+          <t>9786257676007</t>
+        </is>
+      </c>
+      <c r="B1964" s="1" t="inlineStr">
+        <is>
+          <t>Değer Eğitimi: Kavram, İlke Ve Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1964" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1965" spans="1:3">
+      <c r="A1965" s="1" t="inlineStr">
+        <is>
+          <t>9786257676311</t>
+        </is>
+      </c>
+      <c r="B1965" s="1" t="inlineStr">
+        <is>
+          <t>Toplum Ve Kültür Bağlamında Karakter Ve Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1965" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1966" spans="1:3">
+      <c r="A1966" s="1" t="inlineStr">
+        <is>
+          <t>9786257880008</t>
+        </is>
+      </c>
+      <c r="B1966" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Öğretimi Iı</t>
+        </is>
+      </c>
+      <c r="C1966" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1967" spans="1:3">
+      <c r="A1967" s="1" t="inlineStr">
+        <is>
+          <t>9786257228220</t>
+        </is>
+      </c>
+      <c r="B1967" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kültür Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C1967" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1968" spans="1:3">
+      <c r="A1968" s="1" t="inlineStr">
+        <is>
+          <t>9786257228398</t>
+        </is>
+      </c>
+      <c r="B1968" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Coğrafya Birliği Nin Perspektifinden Coğrafya Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1968" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1969" spans="1:3">
+      <c r="A1969" s="1" t="inlineStr">
+        <is>
+          <t>9786257228961</t>
+        </is>
+      </c>
+      <c r="B1969" s="1" t="inlineStr">
+        <is>
+          <t>Risk Jeopolitiği: Doğa, Toplum, Yönetim</t>
+        </is>
+      </c>
+      <c r="C1969" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1970" spans="1:3">
+      <c r="A1970" s="1" t="inlineStr">
+        <is>
+          <t>9786257228503</t>
+        </is>
+      </c>
+      <c r="B1970" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Düşünme Becerilerinin Ölçülmesi</t>
+        </is>
+      </c>
+      <c r="C1970" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1971" spans="1:3">
+      <c r="A1971" s="1" t="inlineStr">
+        <is>
+          <t>9786257676656</t>
+        </is>
+      </c>
+      <c r="B1971" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde R İle Meta-Analiz Ve Meta-Analitik</t>
+        </is>
+      </c>
+      <c r="C1971" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1972" spans="1:3">
+      <c r="A1972" s="1" t="inlineStr">
+        <is>
+          <t>9789944919760</t>
+        </is>
+      </c>
+      <c r="B1972" s="1" t="inlineStr">
+        <is>
+          <t>Okul Teknolojisi Planlaması Ve Koordinasyonu</t>
+        </is>
+      </c>
+      <c r="C1972" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1973" spans="1:3">
+      <c r="A1973" s="1" t="inlineStr">
+        <is>
+          <t>9786055885977</t>
+        </is>
+      </c>
+      <c r="B1973" s="1" t="inlineStr">
+        <is>
+          <t>Teknolojik Proje Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1973" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1974" spans="1:3">
+      <c r="A1974" s="1" t="inlineStr">
+        <is>
+          <t>9786054282197</t>
+        </is>
+      </c>
+      <c r="B1974" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Ve Öğretim Teknolojileri Eğitimi Bölümleri İçin Özel Öğretim Yöntemleri I-Iı</t>
+        </is>
+      </c>
+      <c r="C1974" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="1975" spans="1:3">
+      <c r="A1975" s="1" t="inlineStr">
+        <is>
+          <t>9786053640639</t>
+        </is>
+      </c>
+      <c r="B1975" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Ve Öğretim Teknolojileri Eğitimi Özel Öğretim Yöntemleri I-Iı</t>
+        </is>
+      </c>
+      <c r="C1975" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1976" spans="1:3">
+      <c r="A1976" s="1" t="inlineStr">
+        <is>
+          <t>9786053641902</t>
+        </is>
+      </c>
+      <c r="B1976" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Ortam Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1976" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1977" spans="1:3">
+      <c r="A1977" s="1" t="inlineStr">
+        <is>
+          <t>9786053642312</t>
+        </is>
+      </c>
+      <c r="B1977" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Öğretiminde Öğretim Teknolojileri Ve Materyal Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1977" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1978" spans="1:3">
+      <c r="A1978" s="1" t="inlineStr">
+        <is>
+          <t>9786053643579</t>
+        </is>
+      </c>
+      <c r="B1978" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Okuryazarlığı I - Iı</t>
+        </is>
+      </c>
+      <c r="C1978" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1979" spans="1:3">
+      <c r="A1979" s="1" t="inlineStr">
+        <is>
+          <t>9786053644576</t>
+        </is>
+      </c>
+      <c r="B1979" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Teknolojilerinin Temelleri</t>
+        </is>
+      </c>
+      <c r="C1979" s="1">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="1980" spans="1:3">
+      <c r="A1980" s="1" t="inlineStr">
+        <is>
+          <t>9786053645894</t>
+        </is>
+      </c>
+      <c r="B1980" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Teknolojileri Ve Materyal Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1980" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1981" spans="1:3">
+      <c r="A1981" s="1" t="inlineStr">
+        <is>
+          <t>9786053647232</t>
+        </is>
+      </c>
+      <c r="B1981" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimciler İçin Bilişim Teknolojileri</t>
+        </is>
+      </c>
+      <c r="C1981" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="1982" spans="1:3">
+      <c r="A1982" s="1" t="inlineStr">
+        <is>
+          <t>9786053182825</t>
+        </is>
+      </c>
+      <c r="B1982" s="1" t="inlineStr">
+        <is>
+          <t>Moodle 2 İle E-Öğrenme Ders Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1982" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1983" spans="1:3">
+      <c r="A1983" s="1" t="inlineStr">
+        <is>
+          <t>9786053184416</t>
+        </is>
+      </c>
+      <c r="B1983" s="1" t="inlineStr">
+        <is>
+          <t>Bilişim Teknolojileri Sosyal Yapı Ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C1983" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1984" spans="1:3">
+      <c r="A1984" s="1" t="inlineStr">
+        <is>
+          <t>9786052411117</t>
+        </is>
+      </c>
+      <c r="B1984" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi İşlemsel Düşünmeden Programlamaya</t>
+        </is>
+      </c>
+      <c r="C1984" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1985" spans="1:3">
+      <c r="A1985" s="1" t="inlineStr">
+        <is>
+          <t>9786052412381</t>
+        </is>
+      </c>
+      <c r="B1985" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Teknoloji Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1985" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="1986" spans="1:3">
+      <c r="A1986" s="1" t="inlineStr">
+        <is>
+          <t>9786052412411</t>
+        </is>
+      </c>
+      <c r="B1986" s="1" t="inlineStr">
+        <is>
+          <t>Açık Ve Uzaktan Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1986" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="1987" spans="1:3">
+      <c r="A1987" s="1" t="inlineStr">
+        <is>
+          <t>9786052416525</t>
+        </is>
+      </c>
+      <c r="B1987" s="1" t="inlineStr">
+        <is>
+          <t>R Programlama Dili İle Temel İstatistikler Ve Raporlama</t>
+        </is>
+      </c>
+      <c r="C1987" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1988" spans="1:3">
+      <c r="A1988" s="1" t="inlineStr">
+        <is>
+          <t>9786052418659</t>
+        </is>
+      </c>
+      <c r="B1988" s="1" t="inlineStr">
+        <is>
+          <t>Problemli Teknoloji Kullanımı</t>
+        </is>
+      </c>
+      <c r="C1988" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1989" spans="1:3">
+      <c r="A1989" s="1" t="inlineStr">
+        <is>
+          <t>9786052411773</t>
+        </is>
+      </c>
+      <c r="B1989" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitim Ve Eğitim Teknolojisi: Kuramdan Uygulamaya</t>
+        </is>
+      </c>
+      <c r="C1989" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1990" spans="1:3">
+      <c r="A1990" s="1" t="inlineStr">
+        <is>
+          <t>9786052417140</t>
+        </is>
+      </c>
+      <c r="B1990" s="1" t="inlineStr">
+        <is>
+          <t>R İle Veri Analizi Ve Psikometri Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1990" s="1">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="1991" spans="1:3">
+      <c r="A1991" s="1" t="inlineStr">
+        <is>
+          <t>9786257052245</t>
+        </is>
+      </c>
+      <c r="B1991" s="1" t="inlineStr">
+        <is>
+          <t>Çevrimiçi Öğrenme Farklı Bakış Açıları</t>
+        </is>
+      </c>
+      <c r="C1991" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1992" spans="1:3">
+      <c r="A1992" s="1" t="inlineStr">
+        <is>
+          <t>9786257052047</t>
+        </is>
+      </c>
+      <c r="B1992" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Teknolojideki Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1992" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="1993" spans="1:3">
+      <c r="A1993" s="1" t="inlineStr">
+        <is>
+          <t>9786257052702</t>
+        </is>
+      </c>
+      <c r="B1993" s="1" t="inlineStr">
+        <is>
+          <t>E-Öğrenmede Videolar Uygulamalar Ve Güncel Eğilimler</t>
+        </is>
+      </c>
+      <c r="C1993" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1994" spans="1:3">
+      <c r="A1994" s="1" t="inlineStr">
+        <is>
+          <t>9786257052092</t>
+        </is>
+      </c>
+      <c r="B1994" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretimde Dijital Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C1994" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1995" spans="1:3">
+      <c r="A1995" s="1" t="inlineStr">
+        <is>
+          <t>9786257052016</t>
+        </is>
+      </c>
+      <c r="B1995" s="1" t="inlineStr">
+        <is>
+          <t>Açık Ve Uzaktan Öğrenmenin Teknoloji Boyutu</t>
+        </is>
+      </c>
+      <c r="C1995" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1996" spans="1:3">
+      <c r="A1996" s="1" t="inlineStr">
+        <is>
+          <t>9786257880190</t>
+        </is>
+      </c>
+      <c r="B1996" s="1" t="inlineStr">
+        <is>
+          <t>R Programlama Dili Ve Jamovi İle Meta Analiz Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1996" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1997" spans="1:3">
+      <c r="A1997" s="1" t="inlineStr">
+        <is>
+          <t>9786257052948</t>
+        </is>
+      </c>
+      <c r="B1997" s="1" t="inlineStr">
+        <is>
+          <t>Mobil İletişim Teknolojilerinin Yapısı Ve Kullanılan Şifreleme Algoritmaları</t>
+        </is>
+      </c>
+      <c r="C1997" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1998" spans="1:3">
+      <c r="A1998" s="1" t="inlineStr">
+        <is>
+          <t>9786257880459</t>
+        </is>
+      </c>
+      <c r="B1998" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlayanlar İçin Bilgisayar Ortamında Bireye Uyarlanmış Test Yöntemi</t>
+        </is>
+      </c>
+      <c r="C1998" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1999" spans="1:3">
+      <c r="A1999" s="1" t="inlineStr">
+        <is>
+          <t>9786257052900</t>
+        </is>
+      </c>
+      <c r="B1999" s="1" t="inlineStr">
+        <is>
+          <t>Açık Ve Uzaktan Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1999" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="2000" spans="1:3">
+      <c r="A2000" s="1" t="inlineStr">
+        <is>
+          <t>9786257228084</t>
+        </is>
+      </c>
+      <c r="B2000" s="1" t="inlineStr">
+        <is>
+          <t>Problemli İnternet Kullanımını Azaltma Programı: Pikap</t>
+        </is>
+      </c>
+      <c r="C2000" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2001" spans="1:3">
+      <c r="A2001" s="1" t="inlineStr">
+        <is>
+          <t>9786257228626</t>
+        </is>
+      </c>
+      <c r="B2001" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Teknolojisi Okumaları 2020</t>
+        </is>
+      </c>
+      <c r="C2001" s="1">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="2002" spans="1:3">
+      <c r="A2002" s="1" t="inlineStr">
+        <is>
+          <t>9786257228633</t>
+        </is>
+      </c>
+      <c r="B2002" s="1" t="inlineStr">
+        <is>
+          <t>Açık Ve Uzaktan Öğrenmede Radyonun Yeri</t>
+        </is>
+      </c>
+      <c r="C2002" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2003" spans="1:3">
+      <c r="A2003" s="1" t="inlineStr">
+        <is>
+          <t>9786257676175</t>
+        </is>
+      </c>
+      <c r="B2003" s="1" t="inlineStr">
+        <is>
+          <t>Evde Eğitim Ve Öğretim İçin Teknoloji Kullanımı</t>
+        </is>
+      </c>
+      <c r="C2003" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2004" spans="1:3">
+      <c r="A2004" s="1" t="inlineStr">
+        <is>
+          <t>9786257676182</t>
+        </is>
+      </c>
+      <c r="B2004" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Zeki Ve Esnek  Teknolojiler</t>
+        </is>
+      </c>
+      <c r="C2004" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2005" spans="1:3">
+      <c r="A2005" s="1" t="inlineStr">
+        <is>
+          <t>9786052415450</t>
+        </is>
+      </c>
+      <c r="B2005" s="1" t="inlineStr">
+        <is>
+          <t>Hareket Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2005" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2006" spans="1:3">
+      <c r="A2006" s="1" t="inlineStr">
+        <is>
+          <t>9786052415290</t>
+        </is>
+      </c>
+      <c r="B2006" s="1" t="inlineStr">
+        <is>
+          <t>Eylem Araştırması: Beden Eğitiminde Araştıran Öğretmen</t>
+        </is>
+      </c>
+      <c r="C2006" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2007" spans="1:3">
+      <c r="A2007" s="1" t="inlineStr">
+        <is>
+          <t>9786053640905</t>
+        </is>
+      </c>
+      <c r="B2007" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimli Zihin</t>
+        </is>
+      </c>
+      <c r="C2007" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2008" spans="1:3">
+      <c r="A2008" s="1" t="inlineStr">
+        <is>
+          <t>9786053640974</t>
+        </is>
+      </c>
+      <c r="B2008" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretimde Kaynaştırma</t>
+        </is>
+      </c>
+      <c r="C2008" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="2009" spans="1:3">
+      <c r="A2009" s="1" t="inlineStr">
+        <is>
+          <t>9786053641100</t>
+        </is>
+      </c>
+      <c r="B2009" s="1" t="inlineStr">
+        <is>
+          <t>Günümüzde Eğitim John Dewey</t>
+        </is>
+      </c>
+      <c r="C2009" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2010" spans="1:3">
+      <c r="A2010" s="1" t="inlineStr">
+        <is>
+          <t>9786053641223</t>
+        </is>
+      </c>
+      <c r="B2010" s="1" t="inlineStr">
+        <is>
+          <t>Okul Törenleri - Ritüel Yeri Olarak Okul</t>
+        </is>
+      </c>
+      <c r="C2010" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2011" spans="1:3">
+      <c r="A2011" s="1" t="inlineStr">
+        <is>
+          <t>9786053641391</t>
+        </is>
+      </c>
+      <c r="B2011" s="1" t="inlineStr">
+        <is>
+          <t>Demokratik Eğitim - John Dewey'in Eğitim Felsefesi Üzerine</t>
+        </is>
+      </c>
+      <c r="C2011" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="2012" spans="1:3">
+      <c r="A2012" s="1" t="inlineStr">
+        <is>
+          <t>9786053642497</t>
+        </is>
+      </c>
+      <c r="B2012" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Mentorluk Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2012" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2013" spans="1:3">
+      <c r="A2013" s="1" t="inlineStr">
+        <is>
+          <t>9786053642978</t>
+        </is>
+      </c>
+      <c r="B2013" s="1" t="inlineStr">
+        <is>
+          <t>Bir Eğitimci Olarak Leo N. Tolstoy Ve Yasnaya Polyana Okulundaki Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2013" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2014" spans="1:3">
+      <c r="A2014" s="1" t="inlineStr">
+        <is>
+          <t>9786053643999</t>
+        </is>
+      </c>
+      <c r="B2014" s="1" t="inlineStr">
+        <is>
+          <t>Genellenebilirlik Kuramı</t>
+        </is>
+      </c>
+      <c r="C2014" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2015" spans="1:3">
+      <c r="A2015" s="1" t="inlineStr">
+        <is>
+          <t>9786053643227</t>
+        </is>
+      </c>
+      <c r="B2015" s="1" t="inlineStr">
+        <is>
+          <t>Örgüt Ve Yönetimde İnisiyatif Alma</t>
+        </is>
+      </c>
+      <c r="C2015" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2016" spans="1:3">
+      <c r="A2016" s="1" t="inlineStr">
+        <is>
+          <t>9786053643081</t>
+        </is>
+      </c>
+      <c r="B2016" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C2016" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2017" spans="1:3">
+      <c r="A2017" s="1" t="inlineStr">
+        <is>
+          <t>9786053643760</t>
+        </is>
+      </c>
+      <c r="B2017" s="1" t="inlineStr">
+        <is>
+          <t>Türkiyede Öğretmenlerin Toplumsal Değişimindeki Etkileri</t>
+        </is>
+      </c>
+      <c r="C2017" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="2018" spans="1:3">
+      <c r="A2018" s="1" t="inlineStr">
+        <is>
+          <t>9786053645825</t>
+        </is>
+      </c>
+      <c r="B2018" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Örgütsel Yenileşme</t>
+        </is>
+      </c>
+      <c r="C2018" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2019" spans="1:3">
+      <c r="A2019" s="1" t="inlineStr">
+        <is>
+          <t>9786053645856</t>
+        </is>
+      </c>
+      <c r="B2019" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de İlköğretimin Tarihsel Gelişimi (1970-2010)</t>
+        </is>
+      </c>
+      <c r="C2019" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2020" spans="1:3">
+      <c r="A2020" s="1" t="inlineStr">
+        <is>
+          <t>9786053647560</t>
+        </is>
+      </c>
+      <c r="B2020" s="1" t="inlineStr">
+        <is>
+          <t>Kısır Döngü Nasıl Kırılabilir?</t>
+        </is>
+      </c>
+      <c r="C2020" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2021" spans="1:3">
+      <c r="A2021" s="1" t="inlineStr">
+        <is>
+          <t>9786053648444</t>
+        </is>
+      </c>
+      <c r="B2021" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimlerinde Uygulamalı Meta-Analiz</t>
+        </is>
+      </c>
+      <c r="C2021" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2022" spans="1:3">
+      <c r="A2022" s="1" t="inlineStr">
+        <is>
+          <t>9786053647966</t>
+        </is>
+      </c>
+      <c r="B2022" s="1" t="inlineStr">
+        <is>
+          <t>Öz-Düzenlemeli Öğrenme</t>
+        </is>
+      </c>
+      <c r="C2022" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2023" spans="1:3">
+      <c r="A2023" s="1" t="inlineStr">
+        <is>
+          <t>9786053180357</t>
+        </is>
+      </c>
+      <c r="B2023" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Politikası</t>
+        </is>
+      </c>
+      <c r="C2023" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="2024" spans="1:3">
+      <c r="A2024" s="1" t="inlineStr">
+        <is>
+          <t>9786053183839</t>
+        </is>
+      </c>
+      <c r="B2024" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Türkiye Hâkimiyet Sahası</t>
+        </is>
+      </c>
+      <c r="C2024" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="2025" spans="1:3">
+      <c r="A2025" s="1" t="inlineStr">
+        <is>
+          <t>9786053183884</t>
+        </is>
+      </c>
+      <c r="B2025" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Hâkimiyet</t>
+        </is>
+      </c>
+      <c r="C2025" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="2026" spans="1:3">
+      <c r="A2026" s="1" t="inlineStr">
+        <is>
+          <t>9786053184287</t>
+        </is>
+      </c>
+      <c r="B2026" s="1" t="inlineStr">
+        <is>
+          <t>Natüralist Eğitim</t>
+        </is>
+      </c>
+      <c r="C2026" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2027" spans="1:3">
+      <c r="A2027" s="1" t="inlineStr">
+        <is>
+          <t>9786053185642</t>
+        </is>
+      </c>
+      <c r="B2027" s="1" t="inlineStr">
+        <is>
+          <t>Aktif Öğretim</t>
+        </is>
+      </c>
+      <c r="C2027" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2028" spans="1:3">
+      <c r="A2028" s="1" t="inlineStr">
+        <is>
+          <t>9786053185635</t>
+        </is>
+      </c>
+      <c r="B2028" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşen Eğitim Politikası</t>
+        </is>
+      </c>
+      <c r="C2028" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2029" spans="1:3">
+      <c r="A2029" s="1" t="inlineStr">
+        <is>
+          <t>9786052410158</t>
+        </is>
+      </c>
+      <c r="B2029" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerindeki Eğitim Fakültesi</t>
+        </is>
+      </c>
+      <c r="C2029" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2030" spans="1:3">
+      <c r="A2030" s="1" t="inlineStr">
+        <is>
+          <t>9786052411360</t>
+        </is>
+      </c>
+      <c r="B2030" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Eğitim Ve Yönetim Bağlamında Çağdaş Toplum</t>
+        </is>
+      </c>
+      <c r="C2030" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2031" spans="1:3">
+      <c r="A2031" s="1" t="inlineStr">
+        <is>
+          <t>9786052411490</t>
+        </is>
+      </c>
+      <c r="B2031" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Eğitim Tarihi Çerçevesinde Çocuk Sanatının Tarihi</t>
+        </is>
+      </c>
+      <c r="C2031" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2032" spans="1:3">
+      <c r="A2032" s="1" t="inlineStr">
+        <is>
+          <t>9786052412206</t>
+        </is>
+      </c>
+      <c r="B2032" s="1" t="inlineStr">
+        <is>
+          <t>Kütüphanede Bir Gün</t>
+        </is>
+      </c>
+      <c r="C2032" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2033" spans="1:3">
+      <c r="A2033" s="1" t="inlineStr">
+        <is>
+          <t>9786052412619</t>
+        </is>
+      </c>
+      <c r="B2033" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimin Türkçesi</t>
+        </is>
+      </c>
+      <c r="C2033" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2034" spans="1:3">
+      <c r="A2034" s="1" t="inlineStr">
+        <is>
+          <t>9786052412794</t>
+        </is>
+      </c>
+      <c r="B2034" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Ve Eğitim Yönetimi Kuramları</t>
+        </is>
+      </c>
+      <c r="C2034" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="2035" spans="1:3">
+      <c r="A2035" s="1" t="inlineStr">
+        <is>
+          <t>9786052413098</t>
+        </is>
+      </c>
+      <c r="B2035" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C2035" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2036" spans="1:3">
+      <c r="A2036" s="1" t="inlineStr">
+        <is>
+          <t>9786052414323</t>
+        </is>
+      </c>
+      <c r="B2036" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Felsefesi</t>
+        </is>
+      </c>
+      <c r="C2036" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2037" spans="1:3">
+      <c r="A2037" s="1" t="inlineStr">
+        <is>
+          <t>9786052414866</t>
+        </is>
+      </c>
+      <c r="B2037" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimin Hizmetinde Elli Yıl (1967-2017)</t>
+        </is>
+      </c>
+      <c r="C2037" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="2038" spans="1:3">
+      <c r="A2038" s="1" t="inlineStr">
+        <is>
+          <t>9786052416174</t>
+        </is>
+      </c>
+      <c r="B2038" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Ve Analitik Düşünme</t>
+        </is>
+      </c>
+      <c r="C2038" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="2039" spans="1:3">
+      <c r="A2039" s="1" t="inlineStr">
+        <is>
+          <t>9786052416433</t>
+        </is>
+      </c>
+      <c r="B2039" s="1" t="inlineStr">
+        <is>
+          <t>1933 Yılı Dil Anketi</t>
+        </is>
+      </c>
+      <c r="C2039" s="1">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="2040" spans="1:3">
+      <c r="A2040" s="1" t="inlineStr">
+        <is>
+          <t>9786052417218</t>
+        </is>
+      </c>
+      <c r="B2040" s="1" t="inlineStr">
+        <is>
+          <t>Gelişmekte Olan Ülkelerde Eğitim Politikaları</t>
+        </is>
+      </c>
+      <c r="C2040" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2041" spans="1:3">
+      <c r="A2041" s="1" t="inlineStr">
+        <is>
+          <t>9786257052382</t>
+        </is>
+      </c>
+      <c r="B2041" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Vizyoner Liderlik</t>
+        </is>
+      </c>
+      <c r="C2041" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="2042" spans="1:3">
+      <c r="A2042" s="1" t="inlineStr">
+        <is>
+          <t>9786053185048</t>
+        </is>
+      </c>
+      <c r="B2042" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Felsefesi Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C2042" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="2043" spans="1:3">
+      <c r="A2043" s="1" t="inlineStr">
+        <is>
+          <t>9786052418338</t>
+        </is>
+      </c>
+      <c r="B2043" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinler Arası Çalışmalardan Disiplinler Ötesi Çalışmalara Köprü Sofem</t>
+        </is>
+      </c>
+      <c r="C2043" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2044" spans="1:3">
+      <c r="A2044" s="1" t="inlineStr">
+        <is>
+          <t>9786052419601</t>
+        </is>
+      </c>
+      <c r="B2044" s="1" t="inlineStr">
+        <is>
+          <t>Görsel İletişim Ve İmge</t>
+        </is>
+      </c>
+      <c r="C2044" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="2045" spans="1:3">
+      <c r="A2045" s="1" t="inlineStr">
+        <is>
+          <t>9786052419922</t>
+        </is>
+      </c>
+      <c r="B2045" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Politika Analizi</t>
+        </is>
+      </c>
+      <c r="C2045" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="2046" spans="1:3">
+      <c r="A2046" s="1" t="inlineStr">
+        <is>
+          <t>9786052419892</t>
+        </is>
+      </c>
+      <c r="B2046" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Okuryazarlık</t>
+        </is>
+      </c>
+      <c r="C2046" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2047" spans="1:3">
+      <c r="A2047" s="1" t="inlineStr">
+        <is>
+          <t>9786050370508</t>
+        </is>
+      </c>
+      <c r="B2047" s="1" t="inlineStr">
+        <is>
+          <t>Konuşma Ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2047" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="2048" spans="1:3">
+      <c r="A2048" s="1" t="inlineStr">
+        <is>
+          <t>9786257052177</t>
+        </is>
+      </c>
+      <c r="B2048" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim 4.0 Eğitimin Geleceği Tartışmalarının  Neresindeyiz?</t>
+        </is>
+      </c>
+      <c r="C2048" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2049" spans="1:3">
+      <c r="A2049" s="1" t="inlineStr">
+        <is>
+          <t>9786050370539</t>
+        </is>
+      </c>
+      <c r="B2049" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Programı Kuramları</t>
+        </is>
+      </c>
+      <c r="C2049" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2050" spans="1:3">
+      <c r="A2050" s="1" t="inlineStr">
+        <is>
+          <t>9786257052450</t>
+        </is>
+      </c>
+      <c r="B2050" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Eğitim Politikaları (1923-1980) I. Cilt</t>
+        </is>
+      </c>
+      <c r="C2050" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2051" spans="1:3">
+      <c r="A2051" s="1" t="inlineStr">
+        <is>
+          <t>9786257052801</t>
+        </is>
+      </c>
+      <c r="B2051" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimleri Alanında Elektronik Mentorluk</t>
+        </is>
+      </c>
+      <c r="C2051" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2052" spans="1:3">
+      <c r="A2052" s="1" t="inlineStr">
+        <is>
+          <t>9786257880480</t>
+        </is>
+      </c>
+      <c r="B2052" s="1" t="inlineStr">
+        <is>
+          <t>Türk Milletine Ve Bilime Adanmış Bir Ömür Prof. Dr. Akif Akkuş</t>
+        </is>
+      </c>
+      <c r="C2052" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2053" spans="1:3">
+      <c r="A2053" s="1" t="inlineStr">
+        <is>
+          <t>9786257880350</t>
+        </is>
+      </c>
+      <c r="B2053" s="1" t="inlineStr">
+        <is>
+          <t>Sendromların Eğitim Ve Yönetime Yansımaları</t>
+        </is>
+      </c>
+      <c r="C2053" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2054" spans="1:3">
+      <c r="A2054" s="1" t="inlineStr">
+        <is>
+          <t>9786058011441</t>
+        </is>
+      </c>
+      <c r="B2054" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Puanlayıcılar Arası Güvenirlik Rehberi</t>
+        </is>
+      </c>
+      <c r="C2054" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="2055" spans="1:3">
+      <c r="A2055" s="1" t="inlineStr">
+        <is>
+          <t>9786257228145</t>
+        </is>
+      </c>
+      <c r="B2055" s="1" t="inlineStr">
+        <is>
+          <t>Bahrü'l-Garâyib Farsça-Türkçe Manzum Sözlük</t>
+        </is>
+      </c>
+      <c r="C2055" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2056" spans="1:3">
+      <c r="A2056" s="1" t="inlineStr">
+        <is>
+          <t>9786257228152</t>
+        </is>
+      </c>
+      <c r="B2056" s="1" t="inlineStr">
+        <is>
+          <t>Nisârü'l-Mülk Farsça-Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C2056" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2057" spans="1:3">
+      <c r="A2057" s="1" t="inlineStr">
+        <is>
+          <t>9786058558076</t>
+        </is>
+      </c>
+      <c r="B2057" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretim Okullarında Yönetim Ve Denetim Uygulamaları Rehberi</t>
+        </is>
+      </c>
+      <c r="C2057" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="2058" spans="1:3">
+      <c r="A2058" s="1" t="inlineStr">
+        <is>
+          <t>9786257052160</t>
+        </is>
+      </c>
+      <c r="B2058" s="1" t="inlineStr">
+        <is>
+          <t>Yol Ayrımındaki Gençlik</t>
+        </is>
+      </c>
+      <c r="C2058" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2059" spans="1:3">
+      <c r="A2059" s="1" t="inlineStr">
+        <is>
+          <t>9786053640400</t>
+        </is>
+      </c>
+      <c r="B2059" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Veri Madenciliği - Sektörel Analizler</t>
+        </is>
+      </c>
+      <c r="C2059" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2060" spans="1:3">
+      <c r="A2060" s="1" t="inlineStr">
+        <is>
+          <t>9786053644095</t>
+        </is>
+      </c>
+      <c r="B2060" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Karayolu Ulaşımı Ve Geçitler</t>
+        </is>
+      </c>
+      <c r="C2060" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2061" spans="1:3">
+      <c r="A2061" s="1" t="inlineStr">
+        <is>
+          <t>9786052411049</t>
+        </is>
+      </c>
+      <c r="B2061" s="1" t="inlineStr">
+        <is>
+          <t>Havayolu Taşımacılığı Ve Rekabet Stratejileri</t>
+        </is>
+      </c>
+      <c r="C2061" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2062" spans="1:3">
+      <c r="A2062" s="1" t="inlineStr">
+        <is>
+          <t>9786050370317</t>
+        </is>
+      </c>
+      <c r="B2062" s="1" t="inlineStr">
+        <is>
+          <t>Havayolu Pazarlamasına Giriş</t>
+        </is>
+      </c>
+      <c r="C2062" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2063" spans="1:3">
+      <c r="A2063" s="1" t="inlineStr">
+        <is>
+          <t>9786052415733</t>
+        </is>
+      </c>
+      <c r="B2063" s="1" t="inlineStr">
+        <is>
+          <t>Kompleks Ağlar Ve İktisat</t>
+        </is>
+      </c>
+      <c r="C2063" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2064" spans="1:3">
+      <c r="A2064" s="1" t="inlineStr">
+        <is>
+          <t>9786257228831</t>
+        </is>
+      </c>
+      <c r="B2064" s="1" t="inlineStr">
+        <is>
+          <t>Girişimci Pazarlama</t>
+        </is>
+      </c>
+      <c r="C2064" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2065" spans="1:3">
+      <c r="A2065" s="1" t="inlineStr">
+        <is>
+          <t>9786055885458</t>
+        </is>
+      </c>
+      <c r="B2065" s="1" t="inlineStr">
+        <is>
+          <t>Mobbing: İşyerinde Yıldırma Eğitim Örneği</t>
+        </is>
+      </c>
+      <c r="C2065" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2066" spans="1:3">
+      <c r="A2066" s="1" t="inlineStr">
+        <is>
+          <t>9786055885465</t>
+        </is>
+      </c>
+      <c r="B2066" s="1" t="inlineStr">
+        <is>
+          <t>Mobbing: İşyerinde Yıldırma Nedenleri Ve Başa Çıkma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2066" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2067" spans="1:3">
+      <c r="A2067" s="1" t="inlineStr">
+        <is>
+          <t>9786257880022</t>
+        </is>
+      </c>
+      <c r="B2067" s="1" t="inlineStr">
+        <is>
+          <t>Gücün Coğrafi Bağlamı</t>
+        </is>
+      </c>
+      <c r="C2067" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2068" spans="1:3">
+      <c r="A2068" s="1" t="inlineStr">
+        <is>
+          <t>9786053646808</t>
+        </is>
+      </c>
+      <c r="B2068" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmek : Çizgi Romanla Bir Yolculuk</t>
+        </is>
+      </c>
+      <c r="C2068" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2069" spans="1:3">
+      <c r="A2069" s="1" t="inlineStr">
+        <is>
+          <t>9789758792474</t>
+        </is>
+      </c>
+      <c r="B2069" s="1" t="inlineStr">
+        <is>
+          <t>Eski Türk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C2069" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="2070" spans="1:3">
+      <c r="A2070" s="1" t="inlineStr">
+        <is>
+          <t>9786053640295</t>
+        </is>
+      </c>
+      <c r="B2070" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Bilgi Ve Kuramları</t>
+        </is>
+      </c>
+      <c r="C2070" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2071" spans="1:3">
+      <c r="A2071" s="1" t="inlineStr">
+        <is>
+          <t>9786053648062</t>
+        </is>
+      </c>
+      <c r="B2071" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Ve Disiplinlerarası Etkileşim</t>
+        </is>
+      </c>
+      <c r="C2071" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2072" spans="1:3">
+      <c r="A2072" s="1" t="inlineStr">
+        <is>
+          <t>9786053185529</t>
+        </is>
+      </c>
+      <c r="B2072" s="1" t="inlineStr">
+        <is>
+          <t>Aruz Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2072" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="2073" spans="1:3">
+      <c r="A2073" s="1" t="inlineStr">
+        <is>
+          <t>9789758792870</t>
+        </is>
+      </c>
+      <c r="B2073" s="1" t="inlineStr">
+        <is>
+          <t>Yazılı Ve Sözlü Anlatım</t>
+        </is>
+      </c>
+      <c r="C2073" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2074" spans="1:3">
+      <c r="A2074" s="1" t="inlineStr">
+        <is>
+          <t>9786055885625</t>
+        </is>
+      </c>
+      <c r="B2074" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Türkçesi Üzerine Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C2074" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2075" spans="1:3">
+      <c r="A2075" s="1" t="inlineStr">
+        <is>
+          <t>9786053640820</t>
+        </is>
+      </c>
+      <c r="B2075" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Yazılı Ve Sözlü Anlatım</t>
+        </is>
+      </c>
+      <c r="C2075" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2076" spans="1:3">
+      <c r="A2076" s="1" t="inlineStr">
+        <is>
+          <t>9786053646709</t>
+        </is>
+      </c>
+      <c r="B2076" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Konuşabilirim? - Sözün Ve Sesin İncelikleri</t>
+        </is>
+      </c>
+      <c r="C2076" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2077" spans="1:3">
+      <c r="A2077" s="1" t="inlineStr">
+        <is>
+          <t>9786053642589</t>
+        </is>
+      </c>
+      <c r="B2077" s="1" t="inlineStr">
+        <is>
+          <t>Yazılı Anlatım El Kitabı</t>
+        </is>
+      </c>
+      <c r="C2077" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2078" spans="1:3">
+      <c r="A2078" s="1" t="inlineStr">
+        <is>
+          <t>9786053184621</t>
+        </is>
+      </c>
+      <c r="B2078" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Türkçesi Yazım Bilgisi</t>
+        </is>
+      </c>
+      <c r="C2078" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="2079" spans="1:3">
+      <c r="A2079" s="1" t="inlineStr">
+        <is>
+          <t>9786053641513</t>
+        </is>
+      </c>
+      <c r="B2079" s="1" t="inlineStr">
+        <is>
+          <t>Kaçkarlar'dan Berlin'e</t>
+        </is>
+      </c>
+      <c r="C2079" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="2080" spans="1:3">
+      <c r="A2080" s="1" t="inlineStr">
+        <is>
+          <t>9786053647591</t>
+        </is>
+      </c>
+      <c r="B2080" s="1" t="inlineStr">
+        <is>
+          <t>Ferhad İle Şirin</t>
+        </is>
+      </c>
+      <c r="C2080" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2081" spans="1:3">
+      <c r="A2081" s="1" t="inlineStr">
+        <is>
+          <t>9786053649052</t>
+        </is>
+      </c>
+      <c r="B2081" s="1" t="inlineStr">
+        <is>
+          <t>Plakanın Günlüğü</t>
+        </is>
+      </c>
+      <c r="C2081" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2082" spans="1:3">
+      <c r="A2082" s="1" t="inlineStr">
+        <is>
+          <t>9786053184270</t>
+        </is>
+      </c>
+      <c r="B2082" s="1" t="inlineStr">
+        <is>
+          <t>Şahmaran</t>
+        </is>
+      </c>
+      <c r="C2082" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="2083" spans="1:3">
+      <c r="A2083" s="1" t="inlineStr">
+        <is>
+          <t>9786053185888</t>
+        </is>
+      </c>
+      <c r="B2083" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk</t>
+        </is>
+      </c>
+      <c r="C2083" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2084" spans="1:3">
+      <c r="A2084" s="1" t="inlineStr">
+        <is>
+          <t>9786052410813</t>
+        </is>
+      </c>
+      <c r="B2084" s="1" t="inlineStr">
+        <is>
+          <t>Hikâyenin Öyküsü</t>
+        </is>
+      </c>
+      <c r="C2084" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2085" spans="1:3">
+      <c r="A2085" s="1" t="inlineStr">
+        <is>
+          <t>9786052411292</t>
+        </is>
+      </c>
+      <c r="B2085" s="1" t="inlineStr">
+        <is>
+          <t>Metindilbilim Ve Örnek Metin Çözümlemeleri</t>
+        </is>
+      </c>
+      <c r="C2085" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2086" spans="1:3">
+      <c r="A2086" s="1" t="inlineStr">
+        <is>
+          <t>9786052414774</t>
+        </is>
+      </c>
+      <c r="B2086" s="1" t="inlineStr">
+        <is>
+          <t>Bolkar Dağları Seyir Defteri</t>
+        </is>
+      </c>
+      <c r="C2086" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2087" spans="1:3">
+      <c r="A2087" s="1" t="inlineStr">
+        <is>
+          <t>9786052416419</t>
+        </is>
+      </c>
+      <c r="B2087" s="1" t="inlineStr">
+        <is>
+          <t>Leyla'nın Dünyası</t>
+        </is>
+      </c>
+      <c r="C2087" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2088" spans="1:3">
+      <c r="A2088" s="1" t="inlineStr">
+        <is>
+          <t>9786050370362</t>
+        </is>
+      </c>
+      <c r="B2088" s="1" t="inlineStr">
+        <is>
+          <t>Seyyahların İzinde Türkistan</t>
+        </is>
+      </c>
+      <c r="C2088" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2089" spans="1:3">
+      <c r="A2089" s="1" t="inlineStr">
+        <is>
+          <t>9786257880312</t>
+        </is>
+      </c>
+      <c r="B2089" s="1" t="inlineStr">
+        <is>
+          <t>O Kuşu Ben Gördüm</t>
+        </is>
+      </c>
+      <c r="C2089" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2090" spans="1:3">
+      <c r="A2090" s="1" t="inlineStr">
+        <is>
+          <t>9786257052474</t>
+        </is>
+      </c>
+      <c r="B2090" s="1" t="inlineStr">
+        <is>
+          <t>Hikâyeleriyle Şiir Çözümlemeleri</t>
+        </is>
+      </c>
+      <c r="C2090" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2091" spans="1:3">
+      <c r="A2091" s="1" t="inlineStr">
+        <is>
+          <t>9786053641988</t>
+        </is>
+      </c>
+      <c r="B2091" s="1" t="inlineStr">
+        <is>
+          <t>18. Yüzyıl İngiliz Empirist Filozoflarında Dil Ve Anlam Sorunları</t>
+        </is>
+      </c>
+      <c r="C2091" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2092" spans="1:3">
+      <c r="A2092" s="1" t="inlineStr">
+        <is>
           <t>9786053184119</t>
         </is>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B2092" s="1" t="inlineStr">
         <is>
           <t>Sorularla Dilbilgisi Yazımı Ve Öğretimindeki Tartışmalar Dilbilgisi Yazımı Ve Öğretimi</t>
         </is>
       </c>
-      <c r="C28" s="1">
+      <c r="C2092" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2093" spans="1:3">
+      <c r="A2093" s="1" t="inlineStr">
+        <is>
+          <t>9786053184850</t>
+        </is>
+      </c>
+      <c r="B2093" s="1" t="inlineStr">
+        <is>
+          <t>Dilbilim Nedir?</t>
+        </is>
+      </c>
+      <c r="C2093" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2094" spans="1:3">
+      <c r="A2094" s="1" t="inlineStr">
+        <is>
+          <t>9786053186113</t>
+        </is>
+      </c>
+      <c r="B2094" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Dillerinden Örneklerle Dilbilimsel Tipoloji</t>
+        </is>
+      </c>
+      <c r="C2094" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2095" spans="1:3">
+      <c r="A2095" s="1" t="inlineStr">
+        <is>
+          <t>9786053188100</t>
+        </is>
+      </c>
+      <c r="B2095" s="1" t="inlineStr">
+        <is>
+          <t>Sözden Yazıya Dile Gelen Metin</t>
+        </is>
+      </c>
+      <c r="C2095" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2096" spans="1:3">
+      <c r="A2096" s="1" t="inlineStr">
+        <is>
+          <t>9786052410141</t>
+        </is>
+      </c>
+      <c r="B2096" s="1" t="inlineStr">
+        <is>
+          <t>Dilbilgisi Ve Dilbilim Yazıları</t>
+        </is>
+      </c>
+      <c r="C2096" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="2097" spans="1:3">
+      <c r="A2097" s="1" t="inlineStr">
+        <is>
+          <t>9786257676687</t>
+        </is>
+      </c>
+      <c r="B2097" s="1" t="inlineStr">
+        <is>
+          <t>Dilde Zaman, Görünüş Ve Kip/Kiplik</t>
+        </is>
+      </c>
+      <c r="C2097" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2098" spans="1:3">
+      <c r="A2098" s="1" t="inlineStr">
+        <is>
+          <t>9786053642435</t>
+        </is>
+      </c>
+      <c r="B2098" s="1" t="inlineStr">
+        <is>
+          <t>Hafif Ağır Denenceler</t>
+        </is>
+      </c>
+      <c r="C2098" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2099" spans="1:3">
+      <c r="A2099" s="1" t="inlineStr">
+        <is>
+          <t>9786053645573</t>
+        </is>
+      </c>
+      <c r="B2099" s="1" t="inlineStr">
+        <is>
+          <t>Keçi Güzellemesi</t>
+        </is>
+      </c>
+      <c r="C2099" s="1">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="2100" spans="1:3">
+      <c r="A2100" s="1" t="inlineStr">
+        <is>
+          <t>9786053645276</t>
+        </is>
+      </c>
+      <c r="B2100" s="1" t="inlineStr">
+        <is>
+          <t>Emile Durkheim; Üçüncü Fransa Cumhuriyeti'nde Öğretmenlerin Eğitimcisi Ve Eğitim Görüşleri</t>
+        </is>
+      </c>
+      <c r="C2100" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2101" spans="1:3">
+      <c r="A2101" s="1" t="inlineStr">
+        <is>
+          <t>9786053647270</t>
+        </is>
+      </c>
+      <c r="B2101" s="1" t="inlineStr">
+        <is>
+          <t>Arifiye Köy Enstitülü Annemle Damla Söyleşiler</t>
+        </is>
+      </c>
+      <c r="C2101" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2102" spans="1:3">
+      <c r="A2102" s="1" t="inlineStr">
+        <is>
+          <t>9786053181200</t>
+        </is>
+      </c>
+      <c r="B2102" s="1" t="inlineStr">
+        <is>
+          <t>Bazı Maviler Daha Derindir</t>
+        </is>
+      </c>
+      <c r="C2102" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="2103" spans="1:3">
+      <c r="A2103" s="1" t="inlineStr">
+        <is>
+          <t>9786053182504</t>
+        </is>
+      </c>
+      <c r="B2103" s="1" t="inlineStr">
+        <is>
+          <t>Hint Ve Şiirin Sesi Rabindranath Tagore'nin Eğitim Görüşleri Ve Şantiniketan Okulu'ndaki Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2103" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2104" spans="1:3">
+      <c r="A2104" s="1" t="inlineStr">
+        <is>
+          <t>9786053184218</t>
+        </is>
+      </c>
+      <c r="B2104" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Haneli Bir Köyden New York'a</t>
+        </is>
+      </c>
+      <c r="C2104" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2105" spans="1:3">
+      <c r="A2105" s="1" t="inlineStr">
+        <is>
+          <t>9786053184157</t>
+        </is>
+      </c>
+      <c r="B2105" s="1" t="inlineStr">
+        <is>
+          <t>Derin Kuyuların İnce Serin Suları Aytaç Açıkalın Kitabı</t>
+        </is>
+      </c>
+      <c r="C2105" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2106" spans="1:3">
+      <c r="A2106" s="1" t="inlineStr">
+        <is>
+          <t>9786053186960</t>
+        </is>
+      </c>
+      <c r="B2106" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gitaristin Gözünden Ziya Aydıntan</t>
+        </is>
+      </c>
+      <c r="C2106" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2107" spans="1:3">
+      <c r="A2107" s="1" t="inlineStr">
+        <is>
+          <t>9786053187868</t>
+        </is>
+      </c>
+      <c r="B2107" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Yabancı Olmak</t>
+        </is>
+      </c>
+      <c r="C2107" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2108" spans="1:3">
+      <c r="A2108" s="1" t="inlineStr">
+        <is>
+          <t>9786052411605</t>
+        </is>
+      </c>
+      <c r="B2108" s="1" t="inlineStr">
+        <is>
+          <t>Selim Ka'dan Selim Kaan'a</t>
+        </is>
+      </c>
+      <c r="C2108" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2109" spans="1:3">
+      <c r="A2109" s="1" t="inlineStr">
+        <is>
+          <t>9786052412428</t>
+        </is>
+      </c>
+      <c r="B2109" s="1" t="inlineStr">
+        <is>
+          <t>Kervankıran</t>
+        </is>
+      </c>
+      <c r="C2109" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2110" spans="1:3">
+      <c r="A2110" s="1" t="inlineStr">
+        <is>
+          <t>9786052412534</t>
+        </is>
+      </c>
+      <c r="B2110" s="1" t="inlineStr">
+        <is>
+          <t>Sibirya Sahası Türk Destanlarında Yeraltı Dünyası</t>
+        </is>
+      </c>
+      <c r="C2110" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2111" spans="1:3">
+      <c r="A2111" s="1" t="inlineStr">
+        <is>
+          <t>9786052414224</t>
+        </is>
+      </c>
+      <c r="B2111" s="1" t="inlineStr">
+        <is>
+          <t>Servet-İ Fünûn Romanında Trajik Durum</t>
+        </is>
+      </c>
+      <c r="C2111" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2112" spans="1:3">
+      <c r="A2112" s="1" t="inlineStr">
+        <is>
+          <t>9786052416556</t>
+        </is>
+      </c>
+      <c r="B2112" s="1" t="inlineStr">
+        <is>
+          <t>Keskinli Bahri İlhan Yaşamı &amp; Eserleri</t>
+        </is>
+      </c>
+      <c r="C2112" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2113" spans="1:3">
+      <c r="A2113" s="1" t="inlineStr">
+        <is>
+          <t>9786052416327</t>
+        </is>
+      </c>
+      <c r="B2113" s="1" t="inlineStr">
+        <is>
+          <t>Önsöz</t>
+        </is>
+      </c>
+      <c r="C2113" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2114" spans="1:3">
+      <c r="A2114" s="1" t="inlineStr">
+        <is>
+          <t>9789944919135</t>
+        </is>
+      </c>
+      <c r="B2114" s="1" t="inlineStr">
+        <is>
+          <t>Ausgewahlte Literaturwissenchftliche Begriffe Und Arbeitsthemen Für Studierende Des Faches Deutsch A</t>
+        </is>
+      </c>
+      <c r="C2114" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2115" spans="1:3">
+      <c r="A2115" s="1" t="inlineStr">
+        <is>
+          <t>9786050370553</t>
+        </is>
+      </c>
+      <c r="B2115" s="1" t="inlineStr">
+        <is>
+          <t>Fiziksel Aktivite Ve Teknoloji</t>
+        </is>
+      </c>
+      <c r="C2115" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2116" spans="1:3">
+      <c r="A2116" s="1" t="inlineStr">
+        <is>
+          <t>9786056991677</t>
+        </is>
+      </c>
+      <c r="B2116" s="1" t="inlineStr">
+        <is>
+          <t>Temel Histoloji</t>
+        </is>
+      </c>
+      <c r="C2116" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2117" spans="1:3">
+      <c r="A2117" s="1" t="inlineStr">
+        <is>
+          <t>9786053188094</t>
+        </is>
+      </c>
+      <c r="B2117" s="1" t="inlineStr">
+        <is>
+          <t>3 Boyutlu Sanal Dünyaların Eğitimde Kullanımı</t>
+        </is>
+      </c>
+      <c r="C2117" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2118" spans="1:3">
+      <c r="A2118" s="1" t="inlineStr">
+        <is>
+          <t>9786050370072</t>
+        </is>
+      </c>
+      <c r="B2118" s="1" t="inlineStr">
+        <is>
+          <t>Sanayi 4.0 Teknolojik Alanları Ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2118" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="2119" spans="1:3">
+      <c r="A2119" s="1" t="inlineStr">
+        <is>
+          <t>9786056991653</t>
+        </is>
+      </c>
+      <c r="B2119" s="1" t="inlineStr">
+        <is>
+          <t>Raylı Sistemlerde Enerji Verimliliği Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2119" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2120" spans="1:3">
+      <c r="A2120" s="1" t="inlineStr">
+        <is>
+          <t>9786058006041</t>
+        </is>
+      </c>
+      <c r="B2120" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Yeterlik: Dijital Çağda Dönüşüm Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C2120" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2121" spans="1:3">
+      <c r="A2121" s="1" t="inlineStr">
+        <is>
+          <t>9786052410561</t>
+        </is>
+      </c>
+      <c r="B2121" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Stem Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2121" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="2122" spans="1:3">
+      <c r="A2122" s="1" t="inlineStr">
+        <is>
+          <t>9786052411766</t>
+        </is>
+      </c>
+      <c r="B2122" s="1" t="inlineStr">
+        <is>
+          <t>Deneyler Misin?</t>
+        </is>
+      </c>
+      <c r="C2122" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2123" spans="1:3">
+      <c r="A2123" s="1" t="inlineStr">
+        <is>
+          <t>9786055885021</t>
+        </is>
+      </c>
+      <c r="B2123" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Tarihi</t>
+        </is>
+      </c>
+      <c r="C2123" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2124" spans="1:3">
+      <c r="A2124" s="1" t="inlineStr">
+        <is>
+          <t>9786053183198</t>
+        </is>
+      </c>
+      <c r="B2124" s="1" t="inlineStr">
+        <is>
+          <t>Kıtalar Ve Ülkeler Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C2124" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="2125" spans="1:3">
+      <c r="A2125" s="1" t="inlineStr">
+        <is>
+          <t>9786053185093</t>
+        </is>
+      </c>
+      <c r="B2125" s="1" t="inlineStr">
+        <is>
+          <t>Kafkasya Ve Kafkas Ülkeleri Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C2125" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2126" spans="1:3">
+      <c r="A2126" s="1" t="inlineStr">
+        <is>
+          <t>9786053646235</t>
+        </is>
+      </c>
+      <c r="B2126" s="1" t="inlineStr">
+        <is>
+          <t>Doğal Kaynaklar</t>
+        </is>
+      </c>
+      <c r="C2126" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="2127" spans="1:3">
+      <c r="A2127" s="1" t="inlineStr">
+        <is>
+          <t>9786053646778</t>
+        </is>
+      </c>
+      <c r="B2127" s="1" t="inlineStr">
+        <is>
+          <t>Trabzon Limanı Ve Hinterlandı</t>
+        </is>
+      </c>
+      <c r="C2127" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2128" spans="1:3">
+      <c r="A2128" s="1" t="inlineStr">
+        <is>
+          <t>9786052417225</t>
+        </is>
+      </c>
+      <c r="B2128" s="1" t="inlineStr">
+        <is>
+          <t>Yapısal Jeomorfoloji</t>
+        </is>
+      </c>
+      <c r="C2128" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="2129" spans="1:3">
+      <c r="A2129" s="1" t="inlineStr">
+        <is>
+          <t>9786053646686</t>
+        </is>
+      </c>
+      <c r="B2129" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Beşeri Ve Ekonomik Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C2129" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2130" spans="1:3">
+      <c r="A2130" s="1" t="inlineStr">
+        <is>
+          <t>9786053648420</t>
+        </is>
+      </c>
+      <c r="B2130" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Coğrafyası Ve Jeopolitiği</t>
+        </is>
+      </c>
+      <c r="C2130" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="2131" spans="1:3">
+      <c r="A2131" s="1" t="inlineStr">
+        <is>
+          <t>9786053646211</t>
+        </is>
+      </c>
+      <c r="B2131" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Turizm Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C2131" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="2132" spans="1:3">
+      <c r="A2132" s="1" t="inlineStr">
+        <is>
+          <t>9786053186977</t>
+        </is>
+      </c>
+      <c r="B2132" s="1" t="inlineStr">
+        <is>
+          <t>Türkiyenin Beşeri Ve Ekonomik Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C2132" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2133" spans="1:3">
+      <c r="A2133" s="1" t="inlineStr">
+        <is>
+          <t>9786053187707</t>
+        </is>
+      </c>
+      <c r="B2133" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Jeopolitiği Değişimler Ve Öncelikler</t>
+        </is>
+      </c>
+      <c r="C2133" s="1">
         <v>330</v>
+      </c>
+    </row>
+    <row r="2134" spans="1:3">
+      <c r="A2134" s="1" t="inlineStr">
+        <is>
+          <t>9786257228411</t>
+        </is>
+      </c>
+      <c r="B2134" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Coğrafyası Araştırmaları - Prof. Dr. Mesut Elibüyük'e Armağan</t>
+        </is>
+      </c>
+      <c r="C2134" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="2135" spans="1:3">
+      <c r="A2135" s="1" t="inlineStr">
+        <is>
+          <t>9786052415146</t>
+        </is>
+      </c>
+      <c r="B2135" s="1" t="inlineStr">
+        <is>
+          <t>Zile İlçesinin Beşeri Ve Ekonomik Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C2135" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="2136" spans="1:3">
+      <c r="A2136" s="1" t="inlineStr">
+        <is>
+          <t>9786257052214</t>
+        </is>
+      </c>
+      <c r="B2136" s="1" t="inlineStr">
+        <is>
+          <t>Tarımsal Arazi Kullanımı Ve Planlamasında Çiftçi Kayıt Sistemi (Çks) Verilerinin Kullanımı Geyve Örn</t>
+        </is>
+      </c>
+      <c r="C2136" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2137" spans="1:3">
+      <c r="A2137" s="1" t="inlineStr">
+        <is>
+          <t>9786053640004</t>
+        </is>
+      </c>
+      <c r="B2137" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Coğrafya</t>
+        </is>
+      </c>
+      <c r="C2137" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="2138" spans="1:3">
+      <c r="A2138" s="1" t="inlineStr">
+        <is>
+          <t>9786053647508</t>
+        </is>
+      </c>
+      <c r="B2138" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Coğrafya Açısından Nahçıvan Özerk Cumhuriyeti</t>
+        </is>
+      </c>
+      <c r="C2138" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2139" spans="1:3">
+      <c r="A2139" s="1" t="inlineStr">
+        <is>
+          <t>9789944919265</t>
+        </is>
+      </c>
+      <c r="B2139" s="1" t="inlineStr">
+        <is>
+          <t>Genel Coğrafya</t>
+        </is>
+      </c>
+      <c r="C2139" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="2140" spans="1:3">
+      <c r="A2140" s="1" t="inlineStr">
+        <is>
+          <t>9786053646662</t>
+        </is>
+      </c>
+      <c r="B2140" s="1" t="inlineStr">
+        <is>
+          <t>Jeopolitik Açıdan Sınırlar</t>
+        </is>
+      </c>
+      <c r="C2140" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2141" spans="1:3">
+      <c r="A2141" s="1" t="inlineStr">
+        <is>
+          <t>9786053641193</t>
+        </is>
+      </c>
+      <c r="B2141" s="1" t="inlineStr">
+        <is>
+          <t>Genel Beşeri Ve Ekonomik Coğrafya</t>
+        </is>
+      </c>
+      <c r="C2141" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="2142" spans="1:3">
+      <c r="A2142" s="1" t="inlineStr">
+        <is>
+          <t>9786053641209</t>
+        </is>
+      </c>
+      <c r="B2142" s="1" t="inlineStr">
+        <is>
+          <t>Genel Ve Fiziki Coğrafya</t>
+        </is>
+      </c>
+      <c r="C2142" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="2143" spans="1:3">
+      <c r="A2143" s="1" t="inlineStr">
+        <is>
+          <t>9786053180173</t>
+        </is>
+      </c>
+      <c r="B2143" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Günümüz Ve Gelecekte Nüfus Gerçeği</t>
+        </is>
+      </c>
+      <c r="C2143" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2144" spans="1:3">
+      <c r="A2144" s="1" t="inlineStr">
+        <is>
+          <t>9786053644491</t>
+        </is>
+      </c>
+      <c r="B2144" s="1" t="inlineStr">
+        <is>
+          <t>Genel Fiziki Coğrafya</t>
+        </is>
+      </c>
+      <c r="C2144" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2145" spans="1:3">
+      <c r="A2145" s="1" t="inlineStr">
+        <is>
+          <t>9786053647317</t>
+        </is>
+      </c>
+      <c r="B2145" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Eğitiminde Araştırma</t>
+        </is>
+      </c>
+      <c r="C2145" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2146" spans="1:3">
+      <c r="A2146" s="1" t="inlineStr">
+        <is>
+          <t>9786053647713</t>
+        </is>
+      </c>
+      <c r="B2146" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Beşeri Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C2146" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="2147" spans="1:3">
+      <c r="A2147" s="1" t="inlineStr">
+        <is>
+          <t>9786053648901</t>
+        </is>
+      </c>
+      <c r="B2147" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2147" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="2148" spans="1:3">
+      <c r="A2148" s="1" t="inlineStr">
+        <is>
+          <t>9786053649830</t>
+        </is>
+      </c>
+      <c r="B2148" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Öğretim Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2148" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="2149" spans="1:3">
+      <c r="A2149" s="1" t="inlineStr">
+        <is>
+          <t>9786053180395</t>
+        </is>
+      </c>
+      <c r="B2149" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Eğitimi Ve Arazi Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C2149" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2150" spans="1:3">
+      <c r="A2150" s="1" t="inlineStr">
+        <is>
+          <t>9786053180630</t>
+        </is>
+      </c>
+      <c r="B2150" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Eğitiminde Özel Öğretim Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2150" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="2151" spans="1:3">
+      <c r="A2151" s="1" t="inlineStr">
+        <is>
+          <t>9786053180647</t>
+        </is>
+      </c>
+      <c r="B2151" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Fiziki Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C2151" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="2152" spans="1:3">
+      <c r="A2152" s="1" t="inlineStr">
+        <is>
+          <t>9786053182337</t>
+        </is>
+      </c>
+      <c r="B2152" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kültüründe Coğrafya - I</t>
+        </is>
+      </c>
+      <c r="C2152" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2153" spans="1:3">
+      <c r="A2153" s="1" t="inlineStr">
+        <is>
+          <t>9786053182887</t>
+        </is>
+      </c>
+      <c r="B2153" s="1" t="inlineStr">
+        <is>
+          <t>Kent Çalışmaları Iı</t>
+        </is>
+      </c>
+      <c r="C2153" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2154" spans="1:3">
+      <c r="A2154" s="1" t="inlineStr">
+        <is>
+          <t>9786053184027</t>
+        </is>
+      </c>
+      <c r="B2154" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya'da Değer Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2154" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2155" spans="1:3">
+      <c r="A2155" s="1" t="inlineStr">
+        <is>
+          <t>9786053185451</t>
+        </is>
+      </c>
+      <c r="B2155" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlar Ve Balkan Ülkeleri Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C2155" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="2156" spans="1:3">
+      <c r="A2156" s="1" t="inlineStr">
+        <is>
+          <t>9786053185178</t>
+        </is>
+      </c>
+      <c r="B2156" s="1" t="inlineStr">
+        <is>
+          <t>Dünden Bugüne Sebil Yörükleri</t>
+        </is>
+      </c>
+      <c r="C2156" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="2157" spans="1:3">
+      <c r="A2157" s="1" t="inlineStr">
+        <is>
+          <t>9786053185918</t>
+        </is>
+      </c>
+      <c r="B2157" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kültüründe Coğrafya Iı</t>
+        </is>
+      </c>
+      <c r="C2157" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2158" spans="1:3">
+      <c r="A2158" s="1" t="inlineStr">
+        <is>
+          <t>9786053185499</t>
+        </is>
+      </c>
+      <c r="B2158" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Bilim Alanları Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C2158" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="2159" spans="1:3">
+      <c r="A2159" s="1" t="inlineStr">
+        <is>
+          <t>9786053187486</t>
+        </is>
+      </c>
+      <c r="B2159" s="1" t="inlineStr">
+        <is>
+          <t>Beşeri Coğrafyada Araştırma Yöntemleri Ve Teknikler</t>
+        </is>
+      </c>
+      <c r="C2159" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2160" spans="1:3">
+      <c r="A2160" s="1" t="inlineStr">
+        <is>
+          <t>9786053187493</t>
+        </is>
+      </c>
+      <c r="B2160" s="1" t="inlineStr">
+        <is>
+          <t>Fiziki Coğrafyada Araştırma Yöntemleri Ve Teknikler</t>
+        </is>
+      </c>
+      <c r="C2160" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2161" spans="1:3">
+      <c r="A2161" s="1" t="inlineStr">
+        <is>
+          <t>9786053188131</t>
+        </is>
+      </c>
+      <c r="B2161" s="1" t="inlineStr">
+        <is>
+          <t>Yapılandırmacı Yaklaşıma Bir Örnek Osmanlı Dönemi Coğrafya Ve Coğrafya Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2161" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2162" spans="1:3">
+      <c r="A2162" s="1" t="inlineStr">
+        <is>
+          <t>9786053188384</t>
+        </is>
+      </c>
+      <c r="B2162" s="1" t="inlineStr">
+        <is>
+          <t>Enerji Kaynakları</t>
+        </is>
+      </c>
+      <c r="C2162" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="2163" spans="1:3">
+      <c r="A2163" s="1" t="inlineStr">
+        <is>
+          <t>9786053188421</t>
+        </is>
+      </c>
+      <c r="B2163" s="1" t="inlineStr">
+        <is>
+          <t>Jeopolitik</t>
+        </is>
+      </c>
+      <c r="C2163" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2164" spans="1:3">
+      <c r="A2164" s="1" t="inlineStr">
+        <is>
+          <t>9786052410189</t>
+        </is>
+      </c>
+      <c r="B2164" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Öğretim Teknolojileri Ve Materyal Tasarımı</t>
+        </is>
+      </c>
+      <c r="C2164" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2165" spans="1:3">
+      <c r="A2165" s="1" t="inlineStr">
+        <is>
+          <t>9786052410653</t>
+        </is>
+      </c>
+      <c r="B2165" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu'nun Jeopolitiği</t>
+        </is>
+      </c>
+      <c r="C2165" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="2166" spans="1:3">
+      <c r="A2166" s="1" t="inlineStr">
+        <is>
+          <t>9786052411599</t>
+        </is>
+      </c>
+      <c r="B2166" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Ve Kültür (Mekân-Kültür-Tarih-Coğrafi İşaret)</t>
+        </is>
+      </c>
+      <c r="C2166" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2167" spans="1:3">
+      <c r="A2167" s="1" t="inlineStr">
+        <is>
+          <t>9786052412107</t>
+        </is>
+      </c>
+      <c r="B2167" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Coğrafya</t>
+        </is>
+      </c>
+      <c r="C2167" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="2168" spans="1:3">
+      <c r="A2168" s="1" t="inlineStr">
+        <is>
+          <t>9786052412251</t>
+        </is>
+      </c>
+      <c r="B2168" s="1" t="inlineStr">
+        <is>
+          <t>Doğal Ve Beşeri Çevre Özellikleri Bakımından Kağızman İlçe Merkezi</t>
+        </is>
+      </c>
+      <c r="C2168" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2169" spans="1:3">
+      <c r="A2169" s="1" t="inlineStr">
+        <is>
+          <t>9786257228565</t>
+        </is>
+      </c>
+      <c r="B2169" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya'ya Giriş</t>
+        </is>
+      </c>
+      <c r="C2169" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="2170" spans="1:3">
+      <c r="A2170" s="1" t="inlineStr">
+        <is>
+          <t>9786052418321</t>
+        </is>
+      </c>
+      <c r="B2170" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Öğretimi - I</t>
+        </is>
+      </c>
+      <c r="C2170" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="2171" spans="1:3">
+      <c r="A2171" s="1" t="inlineStr">
+        <is>
+          <t>9786052419878</t>
+        </is>
+      </c>
+      <c r="B2171" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Araştırmalarında Coğrafi Bilgi Sistemleri Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2171" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="2172" spans="1:3">
+      <c r="A2172" s="1" t="inlineStr">
+        <is>
+          <t>9786257052337</t>
+        </is>
+      </c>
+      <c r="B2172" s="1" t="inlineStr">
+        <is>
+          <t>İptidai Mekteplerde Coğrafya Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2172" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="2173" spans="1:3">
+      <c r="A2173" s="1" t="inlineStr">
+        <is>
+          <t>9786257228442</t>
+        </is>
+      </c>
+      <c r="B2173" s="1" t="inlineStr">
+        <is>
+          <t>Dikey Şehirleşmenin Coğrafi Analizi Adana Çukurova</t>
+        </is>
+      </c>
+      <c r="C2173" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2174" spans="1:3">
+      <c r="A2174" s="1" t="inlineStr">
+        <is>
+          <t>9786257676489</t>
+        </is>
+      </c>
+      <c r="B2174" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Araştırmalarında Coğrafi Bilgi Sistemleri Uygulamaları Iı</t>
+        </is>
+      </c>
+      <c r="C2174" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="2175" spans="1:3">
+      <c r="A2175" s="1" t="inlineStr">
+        <is>
+          <t>9786257880688</t>
+        </is>
+      </c>
+      <c r="B2175" s="1" t="inlineStr">
+        <is>
+          <t>Halk Mimarisi Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C2175" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2176" spans="1:3">
+      <c r="A2176" s="1" t="inlineStr">
+        <is>
+          <t>9786052410622</t>
+        </is>
+      </c>
+      <c r="B2176" s="1" t="inlineStr">
+        <is>
+          <t>Curriculum Design And Evaluation İn Elt</t>
+        </is>
+      </c>
+      <c r="C2176" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2177" spans="1:3">
+      <c r="A2177" s="1" t="inlineStr">
+        <is>
+          <t>9786052415252</t>
+        </is>
+      </c>
+      <c r="B2177" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Felsefesine Giriş</t>
+        </is>
+      </c>
+      <c r="C2177" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2178" spans="1:3">
+      <c r="A2178" s="1" t="inlineStr">
+        <is>
+          <t>9786052416570</t>
+        </is>
+      </c>
+      <c r="B2178" s="1" t="inlineStr">
+        <is>
+          <t>Büyükanne Büyükbaba Okulu</t>
+        </is>
+      </c>
+      <c r="C2178" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2179" spans="1:3">
+      <c r="A2179" s="1" t="inlineStr">
+        <is>
+          <t>9786052416334</t>
+        </is>
+      </c>
+      <c r="B2179" s="1" t="inlineStr">
+        <is>
+          <t>Critical Thinking: Theory And Practice</t>
+        </is>
+      </c>
+      <c r="C2179" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2180" spans="1:3">
+      <c r="A2180" s="1" t="inlineStr">
+        <is>
+          <t>9786052416587</t>
+        </is>
+      </c>
+      <c r="B2180" s="1" t="inlineStr">
+        <is>
+          <t>Ülkemizdeki Sanat Eğitimine Etkileri Bağlamında Avrupa Sanat Akademilerinin Kısa Bir Tarihi</t>
+        </is>
+      </c>
+      <c r="C2180" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2181" spans="1:3">
+      <c r="A2181" s="1" t="inlineStr">
+        <is>
+          <t>9786052418253</t>
+        </is>
+      </c>
+      <c r="B2181" s="1" t="inlineStr">
+        <is>
+          <t>Meddah Ve Gösterisi</t>
+        </is>
+      </c>
+      <c r="C2181" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2182" spans="1:3">
+      <c r="A2182" s="1" t="inlineStr">
+        <is>
+          <t>9786050370409</t>
+        </is>
+      </c>
+      <c r="B2182" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Mikro Öğretim</t>
+        </is>
+      </c>
+      <c r="C2182" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2183" spans="1:3">
+      <c r="A2183" s="1" t="inlineStr">
+        <is>
+          <t>9786050370348</t>
+        </is>
+      </c>
+      <c r="B2183" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Kitap Teknolojisi</t>
+        </is>
+      </c>
+      <c r="C2183" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2184" spans="1:3">
+      <c r="A2184" s="1" t="inlineStr">
+        <is>
+          <t>9786050370478</t>
+        </is>
+      </c>
+      <c r="B2184" s="1" t="inlineStr">
+        <is>
+          <t>Veriye Dayalı Yönetim</t>
+        </is>
+      </c>
+      <c r="C2184" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2185" spans="1:3">
+      <c r="A2185" s="1" t="inlineStr">
+        <is>
+          <t>9786050370201</t>
+        </is>
+      </c>
+      <c r="B2185" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C2185" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2186" spans="1:3">
+      <c r="A2186" s="1" t="inlineStr">
+        <is>
+          <t>9786050370256</t>
+        </is>
+      </c>
+      <c r="B2186" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2186" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2187" spans="1:3">
+      <c r="A2187" s="1" t="inlineStr">
+        <is>
+          <t>9786050370331</t>
+        </is>
+      </c>
+      <c r="B2187" s="1" t="inlineStr">
+        <is>
+          <t>Eğitsel Oyunlar İle Matematik Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2187" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2188" spans="1:3">
+      <c r="A2188" s="1" t="inlineStr">
+        <is>
+          <t>9786050370515</t>
+        </is>
+      </c>
+      <c r="B2188" s="1" t="inlineStr">
+        <is>
+          <t>Technological Reflections İn Social Studies Education</t>
+        </is>
+      </c>
+      <c r="C2188" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2189" spans="1:3">
+      <c r="A2189" s="1" t="inlineStr">
+        <is>
+          <t>9786058011465</t>
+        </is>
+      </c>
+      <c r="B2189" s="1" t="inlineStr">
+        <is>
+          <t>Ar-Ge Ve Tasarım Merkezlerinde Muhasebe Ve Vergi Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2189" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2190" spans="1:3">
+      <c r="A2190" s="1" t="inlineStr">
+        <is>
+          <t>9786054282555</t>
+        </is>
+      </c>
+      <c r="B2190" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar I-Iı</t>
+        </is>
+      </c>
+      <c r="C2190" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2191" spans="1:3">
+      <c r="A2191" s="1" t="inlineStr">
+        <is>
+          <t>9786053185673</t>
+        </is>
+      </c>
+      <c r="B2191" s="1" t="inlineStr">
+        <is>
+          <t>Madde Tepki Kuramının Temelleri</t>
+        </is>
+      </c>
+      <c r="C2191" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2192" spans="1:3">
+      <c r="A2192" s="1" t="inlineStr">
+        <is>
+          <t>9786052410707</t>
+        </is>
+      </c>
+      <c r="B2192" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayara Giriş</t>
+        </is>
+      </c>
+      <c r="C2192" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2193" spans="1:3">
+      <c r="A2193" s="1" t="inlineStr">
+        <is>
+          <t>9786257880275</t>
+        </is>
+      </c>
+      <c r="B2193" s="1" t="inlineStr">
+        <is>
+          <t>Algoritma Ve Programlama</t>
+        </is>
+      </c>
+      <c r="C2193" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2194" spans="1:3">
+      <c r="A2194" s="1" t="inlineStr">
+        <is>
+          <t>9786055885335</t>
+        </is>
+      </c>
+      <c r="B2194" s="1" t="inlineStr">
+        <is>
+          <t>İnternet Programcılığı</t>
+        </is>
+      </c>
+      <c r="C2194" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2195" spans="1:3">
+      <c r="A2195" s="1" t="inlineStr">
+        <is>
+          <t>9786052414361</t>
+        </is>
+      </c>
+      <c r="B2195" s="1" t="inlineStr">
+        <is>
+          <t>İnternet Ve Ağ Toplumu</t>
+        </is>
+      </c>
+      <c r="C2195" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2196" spans="1:3">
+      <c r="A2196" s="1" t="inlineStr">
+        <is>
+          <t>9786050370027</t>
+        </is>
+      </c>
+      <c r="B2196" s="1" t="inlineStr">
+        <is>
+          <t>Ölçme Değerlendirmede Web 2.0</t>
+        </is>
+      </c>
+      <c r="C2196" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2197" spans="1:3">
+      <c r="A2197" s="1" t="inlineStr">
+        <is>
+          <t>9786256652316</t>
+        </is>
+      </c>
+      <c r="B2197" s="1" t="inlineStr">
+        <is>
+          <t>2024 Hukuk Mesleklerine Giriş Sınavı Avukatlık Noterlik Hakimlik Ve Savcılık Vergi Hukuku Konu Anlat</t>
+        </is>
+      </c>
+      <c r="C2197" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="2198" spans="1:3">
+      <c r="A2198" s="1" t="inlineStr">
+        <is>
+          <t>9785555555555</t>
+        </is>
+      </c>
+      <c r="B2198" s="1" t="inlineStr">
+        <is>
+          <t>İsmail Aydoğan Seti</t>
+        </is>
+      </c>
+      <c r="C2198" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2199" spans="1:3">
+      <c r="A2199" s="1" t="inlineStr">
+        <is>
+          <t>9786258516159</t>
+        </is>
+      </c>
+      <c r="B2199" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Ve Teknolojideki Son Gelişmeler</t>
+        </is>
+      </c>
+      <c r="C2199" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="2200" spans="1:3">
+      <c r="A2200" s="1" t="inlineStr">
+        <is>
+          <t>9786258516166</t>
+        </is>
+      </c>
+      <c r="B2200" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Paradigma Değişimi Ve Yapay Zekâ Stratejiler Ve Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C2200" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="2201" spans="1:3">
+      <c r="A2201" s="1" t="inlineStr">
+        <is>
+          <t>9786258516258</t>
+        </is>
+      </c>
+      <c r="B2201" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimlerinde Kuramsal Ve Uygulamalı Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C2201" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="2202" spans="1:3">
+      <c r="A2202" s="1" t="inlineStr">
+        <is>
+          <t>9786258516401</t>
+        </is>
+      </c>
+      <c r="B2202" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Sanatlar Eğitiminde Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2202" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2203" spans="1:3">
+      <c r="A2203" s="1" t="inlineStr">
+        <is>
+          <t>9786258516326</t>
+        </is>
+      </c>
+      <c r="B2203" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Deneysel Araştırmalar Teori Ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C2203" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="2204" spans="1:3">
+      <c r="A2204" s="1" t="inlineStr">
+        <is>
+          <t>9786255704948</t>
+        </is>
+      </c>
+      <c r="B2204" s="1" t="inlineStr">
+        <is>
+          <t>Değer Ve Beceri Odaklı Belirli Gün Ve Haftalar Etkinlikleri - I Öğretmen Ve Öğretmen Adayı El Kitabı</t>
+        </is>
+      </c>
+      <c r="C2204" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="2205" spans="1:3">
+      <c r="A2205" s="1" t="inlineStr">
+        <is>
+          <t>9786258516173</t>
+        </is>
+      </c>
+      <c r="B2205" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Sürecinde Psikolojik Sağlamlık Okul Yöneticileri Ve Eğitimin Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2205" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2206" spans="1:3">
+      <c r="A2206" s="1" t="inlineStr">
+        <is>
+          <t>9786258516203</t>
+        </is>
+      </c>
+      <c r="B2206" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimlerinde Disiplinler Arası Araştırmalar I</t>
+        </is>
+      </c>
+      <c r="C2206" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2207" spans="1:3">
+      <c r="A2207" s="1" t="inlineStr">
+        <is>
+          <t>9786258516340</t>
+        </is>
+      </c>
+      <c r="B2207" s="1" t="inlineStr">
+        <is>
+          <t>Kamusal Eğitim</t>
+        </is>
+      </c>
+      <c r="C2207" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="2208" spans="1:3">
+      <c r="A2208" s="1" t="inlineStr">
+        <is>
+          <t>9786258516210</t>
+        </is>
+      </c>
+      <c r="B2208" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Dijital Etkileşimli Öğrenme Ortamları</t>
+        </is>
+      </c>
+      <c r="C2208" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2209" spans="1:3">
+      <c r="A2209" s="1" t="inlineStr">
+        <is>
+          <t>9786258516005</t>
+        </is>
+      </c>
+      <c r="B2209" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Yükseköğretimin Panoraması</t>
+        </is>
+      </c>
+      <c r="C2209" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="2210" spans="1:3">
+      <c r="A2210" s="1" t="inlineStr">
+        <is>
+          <t>9786258516272</t>
+        </is>
+      </c>
+      <c r="B2210" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Eğitim Denetimi</t>
+        </is>
+      </c>
+      <c r="C2210" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2211" spans="1:3">
+      <c r="A2211" s="1" t="inlineStr">
+        <is>
+          <t>9786258516104</t>
+        </is>
+      </c>
+      <c r="B2211" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Eğitim Ve Türkiye Cilt Iv</t>
+        </is>
+      </c>
+      <c r="C2211" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2212" spans="1:3">
+      <c r="A2212" s="1" t="inlineStr">
+        <is>
+          <t>9786258516098</t>
+        </is>
+      </c>
+      <c r="B2212" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Eğitim Ve Türkiye Cilt Iıı</t>
+        </is>
+      </c>
+      <c r="C2212" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="2213" spans="1:3">
+      <c r="A2213" s="1" t="inlineStr">
+        <is>
+          <t>9786258516074</t>
+        </is>
+      </c>
+      <c r="B2213" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Eğitim Ve Türkiye Cilt I</t>
+        </is>
+      </c>
+      <c r="C2213" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2214" spans="1:3">
+      <c r="A2214" s="1" t="inlineStr">
+        <is>
+          <t>9786258516043</t>
+        </is>
+      </c>
+      <c r="B2214" s="1" t="inlineStr">
+        <is>
+          <t>Sıradan İnsanın Ve Yaşamın Öyküsü Olarak Mikro Tarihi Öğrenmek Ve Öğretmek</t>
+        </is>
+      </c>
+      <c r="C2214" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="2215" spans="1:3">
+      <c r="A2215" s="1" t="inlineStr">
+        <is>
+          <t>9786258516319</t>
+        </is>
+      </c>
+      <c r="B2215" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı Tarih Eğitimi Türkiye Ve Azerbaycan'da I. Dünya Savaşı'nın Ele Alınışının Ortak Tarih Anlayışı Bağlamında Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C2215" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2216" spans="1:3">
+      <c r="A2216" s="1" t="inlineStr">
+        <is>
+          <t>9786255704115</t>
+        </is>
+      </c>
+      <c r="B2216" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Fen Bilimleri Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2216" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2217" spans="1:3">
+      <c r="A2217" s="1" t="inlineStr">
+        <is>
+          <t>9786255964892</t>
+        </is>
+      </c>
+      <c r="B2217" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Tarih Öğretmenliği Tamamı Çözümü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2217" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2218" spans="1:3">
+      <c r="A2218" s="1" t="inlineStr">
+        <is>
+          <t>9786255964885</t>
+        </is>
+      </c>
+      <c r="B2218" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Psikolojik Danışma Ve Rehberlik Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2218" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2219" spans="1:3">
+      <c r="A2219" s="1" t="inlineStr">
+        <is>
+          <t>9786255704474</t>
+        </is>
+      </c>
+      <c r="B2219" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Kimya Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2219" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2220" spans="1:3">
+      <c r="A2220" s="1" t="inlineStr">
+        <is>
+          <t>9786255704245</t>
+        </is>
+      </c>
+      <c r="B2220" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt İlköğretim Matematik Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2220" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2221" spans="1:3">
+      <c r="A2221" s="1" t="inlineStr">
+        <is>
+          <t>9786256140394</t>
+        </is>
+      </c>
+      <c r="B2221" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Sınıf Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2221" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2222" spans="1:3">
+      <c r="A2222" s="1" t="inlineStr">
+        <is>
+          <t>9786255964793</t>
+        </is>
+      </c>
+      <c r="B2222" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Okul Öncesi Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2222" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2223" spans="1:3">
+      <c r="A2223" s="1" t="inlineStr">
+        <is>
+          <t>9786255704399</t>
+        </is>
+      </c>
+      <c r="B2223" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Türkçe Öğretmenliği Tamamı Çözümü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2223" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2224" spans="1:3">
+      <c r="A2224" s="1" t="inlineStr">
+        <is>
+          <t>9786258516289</t>
+        </is>
+      </c>
+      <c r="B2224" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Adli Tıp Kurumu Görevde Yükselme Ve Ünvan Değişikliği Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası Ortak Konular</t>
+        </is>
+      </c>
+      <c r="C2224" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="2225" spans="1:3">
+      <c r="A2225" s="1" t="inlineStr">
+        <is>
+          <t>9786258516227</t>
+        </is>
+      </c>
+      <c r="B2225" s="1" t="inlineStr">
+        <is>
+          <t>Modern Eğitim Sistemlerinin Doğuşu Ve Gelişimi Cilt Iv</t>
+        </is>
+      </c>
+      <c r="C2225" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="2226" spans="1:3">
+      <c r="A2226" s="1" t="inlineStr">
+        <is>
+          <t>9786255704825</t>
+        </is>
+      </c>
+      <c r="B2226" s="1" t="inlineStr">
+        <is>
+          <t>Sorgulamanın Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C2226" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2227" spans="1:3">
+      <c r="A2227" s="1" t="inlineStr">
+        <is>
+          <t>9786255704801</t>
+        </is>
+      </c>
+      <c r="B2227" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Zekanın Yeni Yüzü Yapay Zekâ</t>
+        </is>
+      </c>
+      <c r="C2227" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2228" spans="1:3">
+      <c r="A2228" s="1" t="inlineStr">
+        <is>
+          <t>9786255704436</t>
+        </is>
+      </c>
+      <c r="B2228" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Fizik Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2228" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2229" spans="1:3">
+      <c r="A2229" s="1" t="inlineStr">
+        <is>
+          <t>9786255704030</t>
+        </is>
+      </c>
+      <c r="B2229" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Coğrafya Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2229" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2230" spans="1:3">
+      <c r="A2230" s="1" t="inlineStr">
+        <is>
+          <t>9786256140349</t>
+        </is>
+      </c>
+      <c r="B2230" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Din Kültürü Ve Ahlak Bilgisi Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2230" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2231" spans="1:3">
+      <c r="A2231" s="1" t="inlineStr">
+        <is>
+          <t>9786255704290</t>
+        </is>
+      </c>
+      <c r="B2231" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Türk Dili Ve Edebiyatı Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2231" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2232" spans="1:3">
+      <c r="A2232" s="1" t="inlineStr">
+        <is>
+          <t>9786258516067</t>
+        </is>
+      </c>
+      <c r="B2232" s="1" t="inlineStr">
+        <is>
+          <t>Bir Mesleki Gelişim Modeli Olarak Okuryazarlık Koçluğu Ve Erken Okuryazarlık Becerileri</t>
+        </is>
+      </c>
+      <c r="C2232" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2233" spans="1:3">
+      <c r="A2233" s="1" t="inlineStr">
+        <is>
+          <t>9786258516265</t>
+        </is>
+      </c>
+      <c r="B2233" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Edebiyatının İzinde: Akademik Bir Yol Haritası</t>
+        </is>
+      </c>
+      <c r="C2233" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2234" spans="1:3">
+      <c r="A2234" s="1" t="inlineStr">
+        <is>
+          <t>9786258516111</t>
+        </is>
+      </c>
+      <c r="B2234" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2234" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="2235" spans="1:3">
+      <c r="A2235" s="1" t="inlineStr">
+        <is>
+          <t>9786255704177</t>
+        </is>
+      </c>
+      <c r="B2235" s="1" t="inlineStr">
+        <is>
+          <t>Süpervizyonda Özel Konular</t>
+        </is>
+      </c>
+      <c r="C2235" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2236" spans="1:3">
+      <c r="A2236" s="1" t="inlineStr">
+        <is>
+          <t>9786255704986</t>
+        </is>
+      </c>
+      <c r="B2236" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Beceri Temelli Eğitim</t>
+        </is>
+      </c>
+      <c r="C2236" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="2237" spans="1:3">
+      <c r="A2237" s="1" t="inlineStr">
+        <is>
+          <t>9786255704962</t>
+        </is>
+      </c>
+      <c r="B2237" s="1" t="inlineStr">
+        <is>
+          <t>Okullarda Beslenme Ve Gıda Güvenliği</t>
+        </is>
+      </c>
+      <c r="C2237" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2238" spans="1:3">
+      <c r="A2238" s="1" t="inlineStr">
+        <is>
+          <t>9786255704122</t>
+        </is>
+      </c>
+      <c r="B2238" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Sınıf Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C2238" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2239" spans="1:3">
+      <c r="A2239" s="1" t="inlineStr">
+        <is>
+          <t>9786255704467</t>
+        </is>
+      </c>
+      <c r="B2239" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Kimya Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C2239" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2240" spans="1:3">
+      <c r="A2240" s="1" t="inlineStr">
+        <is>
+          <t>9786255704023</t>
+        </is>
+      </c>
+      <c r="B2240" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Coğrafya Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C2240" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="2241" spans="1:3">
+      <c r="A2241" s="1" t="inlineStr">
+        <is>
+          <t>9786255964786</t>
+        </is>
+      </c>
+      <c r="B2241" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Okul Öncesi Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C2241" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2242" spans="1:3">
+      <c r="A2242" s="1" t="inlineStr">
+        <is>
+          <t>9786256140356</t>
+        </is>
+      </c>
+      <c r="B2242" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Sınıf Öğretmenliği Alan Bilgisi - Alan Eğitimi Konu Anlatımlı Set (5 Kitap)</t>
+        </is>
+      </c>
+      <c r="C2242" s="1">
+        <v>1925</v>
+      </c>
+    </row>
+    <row r="2243" spans="1:3">
+      <c r="A2243" s="1" t="inlineStr">
+        <is>
+          <t>9786256140387</t>
+        </is>
+      </c>
+      <c r="B2243" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Sınıf Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2243" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="2244" spans="1:3">
+      <c r="A2244" s="1" t="inlineStr">
+        <is>
+          <t>9786255704221</t>
+        </is>
+      </c>
+      <c r="B2244" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt İlköğretim Matematik Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C2244" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2245" spans="1:3">
+      <c r="A2245" s="1" t="inlineStr">
+        <is>
+          <t>9786255704016</t>
+        </is>
+      </c>
+      <c r="B2245" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Coğrafya Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2245" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2246" spans="1:3">
+      <c r="A2246" s="1" t="inlineStr">
+        <is>
+          <t>9786255704092</t>
+        </is>
+      </c>
+      <c r="B2246" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Fen Bilimleri Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2246" s="1">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="2247" spans="1:3">
+      <c r="A2247" s="1" t="inlineStr">
+        <is>
+          <t>9786255704085</t>
+        </is>
+      </c>
+      <c r="B2247" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Fen Bilimleri Öğretmenliği Konu Anlatımlı Modüler Set (4 Kitap)</t>
+        </is>
+      </c>
+      <c r="C2247" s="1">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="2248" spans="1:3">
+      <c r="A2248" s="1" t="inlineStr">
+        <is>
+          <t>9786255964816</t>
+        </is>
+      </c>
+      <c r="B2248" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Öabt Psikolojik Danışma Ve Rehberlik Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2248" s="1">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="2249" spans="1:3">
+      <c r="A2249" s="1" t="inlineStr">
+        <is>
+          <t>9780202503820</t>
+        </is>
+      </c>
+      <c r="B2249" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Eğitimin Temelleri Türk Milli Eğitim Sistemi Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C2249" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="2250" spans="1:3">
+      <c r="A2250" s="1" t="inlineStr">
+        <is>
+          <t>9780202503813</t>
+        </is>
+      </c>
+      <c r="B2250" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Mevzuat Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C2250" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="2251" spans="1:3">
+      <c r="A2251" s="1" t="inlineStr">
+        <is>
+          <t>9780202503806</t>
+        </is>
+      </c>
+      <c r="B2251" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Türkiye Coğrafyası Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C2251" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="2252" spans="1:3">
+      <c r="A2252" s="1" t="inlineStr">
+        <is>
+          <t>9780202503790</t>
+        </is>
+      </c>
+      <c r="B2252" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Tarih Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C2252" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2253" spans="1:3">
+      <c r="A2253" s="1" t="inlineStr">
+        <is>
+          <t>9780202503783</t>
+        </is>
+      </c>
+      <c r="B2253" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Sayısal Yetenek Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C2253" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2254" spans="1:3">
+      <c r="A2254" s="1" t="inlineStr">
+        <is>
+          <t>9780202503776</t>
+        </is>
+      </c>
+      <c r="B2254" s="1" t="inlineStr">
+        <is>
+          <t>2026 Meb Ags Sözel Yetenek Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C2254" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2255" spans="1:3">
+      <c r="A2255" s="1" t="inlineStr">
+        <is>
+          <t>9786256829206</t>
+        </is>
+      </c>
+      <c r="B2255" s="1" t="inlineStr">
+        <is>
+          <t>Açımlayıcı Ve Doğrulayıcı Faktör Analizi İle Yapısal Eşitlik Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2255" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="2256" spans="1:3">
+      <c r="A2256" s="1" t="inlineStr">
+        <is>
+          <t>9786255964946</t>
+        </is>
+      </c>
+      <c r="B2256" s="1" t="inlineStr">
+        <is>
+          <t>Algoritma Uygulamaları Maarif Modeli Ortaokul Matematik Dersi Problemlerine Yönelik Sözde Kod Ve Akış Şemaları</t>
+        </is>
+      </c>
+      <c r="C2256" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="2257" spans="1:3">
+      <c r="A2257" s="1" t="inlineStr">
+        <is>
+          <t>9786255964694</t>
+        </is>
+      </c>
+      <c r="B2257" s="1" t="inlineStr">
+        <is>
+          <t>Evolüsyon Denklemlerin Çözümlerinin Azalması</t>
+        </is>
+      </c>
+      <c r="C2257" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2258" spans="1:3">
+      <c r="A2258" s="1" t="inlineStr">
+        <is>
+          <t>9786255964649</t>
+        </is>
+      </c>
+      <c r="B2258" s="1" t="inlineStr">
+        <is>
+          <t>2026 Kpss Tüm Adaylar İçin Tarih 30 Deneme Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C2258" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2259" spans="1:3">
+      <c r="A2259" s="1" t="inlineStr">
+        <is>
+          <t>9786255964441</t>
+        </is>
+      </c>
+      <c r="B2259" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Kitaplarıyla 21. Yüzyıl Becerileri: Uygulama Örnekleri</t>
+        </is>
+      </c>
+      <c r="C2259" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2260" spans="1:3">
+      <c r="A2260" s="1" t="inlineStr">
+        <is>
+          <t>9786256829817</t>
+        </is>
+      </c>
+      <c r="B2260" s="1" t="inlineStr">
+        <is>
+          <t>Lgs Fen Bilimleri Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C2260" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2261" spans="1:3">
+      <c r="A2261" s="1" t="inlineStr">
+        <is>
+          <t>9786256128712</t>
+        </is>
+      </c>
+      <c r="B2261" s="1" t="inlineStr">
+        <is>
+          <t>Müzelerde Yaratıcı Drama İle Öğrenme Kültürel Miras Örnekleri</t>
+        </is>
+      </c>
+      <c r="C2261" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2262" spans="1:3">
+      <c r="A2262" s="1" t="inlineStr">
+        <is>
+          <t>9786256140493</t>
+        </is>
+      </c>
+      <c r="B2262" s="1" t="inlineStr">
+        <is>
+          <t>Modern Eğitim Sistemlerinin Doğuşu Ve Gelişimi Cilt-Iıı (Çin)</t>
+        </is>
+      </c>
+      <c r="C2262" s="1">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="2263" spans="1:3">
+      <c r="A2263" s="1" t="inlineStr">
+        <is>
+          <t>9786258516944</t>
+        </is>
+      </c>
+      <c r="B2263" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretimde Dekanlar</t>
+        </is>
+      </c>
+      <c r="C2263" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="2264" spans="1:3">
+      <c r="A2264" s="1" t="inlineStr">
+        <is>
+          <t>9786258516883</t>
+        </is>
+      </c>
+      <c r="B2264" s="1" t="inlineStr">
+        <is>
+          <t>Çocukta Öyküleştirme Yöntemi En Doğal Öğrenme</t>
+        </is>
+      </c>
+      <c r="C2264" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2265" spans="1:3">
+      <c r="A2265" s="1" t="inlineStr">
+        <is>
+          <t>9786258516890</t>
+        </is>
+      </c>
+      <c r="B2265" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Belediye Ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri Personeli (3.Grup) Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2265" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="2266" spans="1:3">
+      <c r="A2266" s="1" t="inlineStr">
+        <is>
+          <t>9786256764613</t>
+        </is>
+      </c>
+      <c r="B2266" s="1" t="inlineStr">
+        <is>
+          <t>2026 Gys Belediye Ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri Personeli (2.Grup) Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2266" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="2267" spans="1:3">
+      <c r="A2267" s="1" t="inlineStr">
+        <is>
+          <t>9786256140974</t>
+        </is>
+      </c>
+      <c r="B2267" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Teknolojileri Okumaları 2024</t>
+        </is>
+      </c>
+      <c r="C2267" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="2268" spans="1:3">
+      <c r="A2268" s="1" t="inlineStr">
+        <is>
+          <t>9786258516395</t>
+        </is>
+      </c>
+      <c r="B2268" s="1" t="inlineStr">
+        <is>
+          <t>Kastamonu'da Öğretmen Yetiştiren Kurumlar</t>
+        </is>
+      </c>
+      <c r="C2268" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2269" spans="1:3">
+      <c r="A2269" s="1" t="inlineStr">
+        <is>
+          <t>9786258516128</t>
+        </is>
+      </c>
+      <c r="B2269" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Dünyada Türkiye'nin Jeopolotiği</t>
+        </is>
+      </c>
+      <c r="C2269" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="2270" spans="1:3">
+      <c r="A2270" s="1" t="inlineStr">
+        <is>
+          <t>9786258516951</t>
+        </is>
+      </c>
+      <c r="B2270" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Ve Kültür Yönetimi Eğitimi Teori Uygulama Ve Yeni Yönelimler</t>
+        </is>
+      </c>
+      <c r="C2270" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="2271" spans="1:3">
+      <c r="A2271" s="1" t="inlineStr">
+        <is>
+          <t>9786255704665</t>
+        </is>
+      </c>
+      <c r="B2271" s="1" t="inlineStr">
+        <is>
+          <t>Pandemiye Kadar 2000'Lerde Tipo Grafik Tasarımın Yıldızları</t>
+        </is>
+      </c>
+      <c r="C2271" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2272" spans="1:3">
+      <c r="A2272" s="1" t="inlineStr">
+        <is>
+          <t>9786256652651</t>
+        </is>
+      </c>
+      <c r="B2272" s="1" t="inlineStr">
+        <is>
+          <t>2024 İktisadi Ve İdari Bilimler Fakültesi Mezunları İçin İdari Yargı Hakimliği Ön Sınavı Ceza Hukuku</t>
+        </is>
+      </c>
+      <c r="C2272" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="2273" spans="1:3">
+      <c r="A2273" s="1" t="inlineStr">
+        <is>
+          <t>9786258516678</t>
+        </is>
+      </c>
+      <c r="B2273" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı Eğitim Yükseköğretimde İnsan Kaynakları</t>
+        </is>
+      </c>
+      <c r="C2273" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="2274" spans="1:3">
+      <c r="A2274" s="1" t="inlineStr">
+        <is>
+          <t>9786258516906</t>
+        </is>
+      </c>
+      <c r="B2274" s="1" t="inlineStr">
+        <is>
+          <t>Seyret Filmi- Öğren Dersi Filmlerle Eğitim-Öğretim</t>
+        </is>
+      </c>
+      <c r="C2274" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2275" spans="1:3">
+      <c r="A2275" s="1" t="inlineStr">
+        <is>
+          <t>9786258516937</t>
+        </is>
+      </c>
+      <c r="B2275" s="1" t="inlineStr">
+        <is>
+          <t>Hallyu Güney Kore Eğitimi Ve Öğrenme Mükemmelliği Bir Ulusun Akademik Başarısına Etnografik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C2275" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2276" spans="1:3">
+      <c r="A2276" s="1" t="inlineStr">
+        <is>
+          <t>9786258516715</t>
+        </is>
+      </c>
+      <c r="B2276" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimi Yeniden Düşünmek Eğitimle İlgilenen Herkes İçin Eğitime Dair Çok Şey</t>
+        </is>
+      </c>
+      <c r="C2276" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2277" spans="1:3">
+      <c r="A2277" s="1" t="inlineStr">
+        <is>
+          <t>9780202501130</t>
+        </is>
+      </c>
+      <c r="B2277" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Ags Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C2277" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2278" spans="1:3">
+      <c r="A2278" s="1" t="inlineStr">
+        <is>
+          <t>9786258516364</t>
+        </is>
+      </c>
+      <c r="B2278" s="1" t="inlineStr">
+        <is>
+          <t>2026 Hukuk Mesleklerine Giriş Sınavı HMGS Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C2278" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="2279" spans="1:3">
+      <c r="A2279" s="1" t="inlineStr">
+        <is>
+          <t>9786258516968</t>
+        </is>
+      </c>
+      <c r="B2279" s="1" t="inlineStr">
+        <is>
+          <t>Cinsiyet Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C2279" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2280" spans="1:3">
+      <c r="A2280" s="1" t="inlineStr">
+        <is>
+          <t>9786256140912</t>
+        </is>
+      </c>
+      <c r="B2280" s="1" t="inlineStr">
+        <is>
+          <t>Uyumlu Bir Rastlaşma: Çocuğun Dünyası Kelimenin Gücü</t>
+        </is>
+      </c>
+      <c r="C2280" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2281" spans="1:3">
+      <c r="A2281" s="1" t="inlineStr">
+        <is>
+          <t>9786255964670</t>
+        </is>
+      </c>
+      <c r="B2281" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim ve Kültür Yazıları</t>
+        </is>
+      </c>
+      <c r="C2281" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="2282" spans="1:3">
+      <c r="A2282" s="1" t="inlineStr">
+        <is>
+          <t>4444444444104</t>
+        </is>
+      </c>
+      <c r="B2282" s="1" t="inlineStr">
+        <is>
+          <t>İlkokuma ve Yazma Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2282" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="2283" spans="1:3">
+      <c r="A2283" s="1" t="inlineStr">
+        <is>
+          <t>4444444444101</t>
+        </is>
+      </c>
+      <c r="B2283" s="1" t="inlineStr">
+        <is>
+          <t>2000’li Yıllarda Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2283" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2284" spans="1:3">
+      <c r="A2284" s="1" t="inlineStr">
+        <is>
+          <t>4444444444100</t>
+        </is>
+      </c>
+      <c r="B2284" s="1" t="inlineStr">
+        <is>
+          <t>Zihin, Ahlak ve Beden Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2284" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="2285" spans="1:3">
+      <c r="A2285" s="1" t="inlineStr">
+        <is>
+          <t>4444444444099</t>
+        </is>
+      </c>
+      <c r="B2285" s="1" t="inlineStr">
+        <is>
+          <t>Modern Eğitim Sistemlerinin Doğuşu ve Gelişimi Cilt 2</t>
+        </is>
+      </c>
+      <c r="C2285" s="1">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="2286" spans="1:3">
+      <c r="A2286" s="1" t="inlineStr">
+        <is>
+          <t>4444444444098</t>
+        </is>
+      </c>
+      <c r="B2286" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2286" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2287" spans="1:3">
+      <c r="A2287" s="1" t="inlineStr">
+        <is>
+          <t>4444444444097</t>
+        </is>
+      </c>
+      <c r="B2287" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2287" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2288" spans="1:3">
+      <c r="A2288" s="1" t="inlineStr">
+        <is>
+          <t>4444444444095</t>
+        </is>
+      </c>
+      <c r="B2288" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Eğitiminde Ölçme ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C2288" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="2289" spans="1:3">
+      <c r="A2289" s="1" t="inlineStr">
+        <is>
+          <t>4444444444094</t>
+        </is>
+      </c>
+      <c r="B2289" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Konuşabilirim?</t>
+        </is>
+      </c>
+      <c r="C2289" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2290" spans="1:3">
+      <c r="A2290" s="1" t="inlineStr">
+        <is>
+          <t>4444444444093</t>
+        </is>
+      </c>
+      <c r="B2290" s="1" t="inlineStr">
+        <is>
+          <t>Enerji Kaynakları</t>
+        </is>
+      </c>
+      <c r="C2290" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2291" spans="1:3">
+      <c r="A2291" s="1" t="inlineStr">
+        <is>
+          <t>9786256135642</t>
+        </is>
+      </c>
+      <c r="B2291" s="1" t="inlineStr">
+        <is>
+          <t>Müzisyenin İyilik Hali Rehberi</t>
+        </is>
+      </c>
+      <c r="C2291" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="2292" spans="1:3">
+      <c r="A2292" s="1" t="inlineStr">
+        <is>
+          <t>9786256140042</t>
+        </is>
+      </c>
+      <c r="B2292" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle 21. Yüzyıl Becerileri</t>
+        </is>
+      </c>
+      <c r="C2292" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2293" spans="1:3">
+      <c r="A2293" s="1" t="inlineStr">
+        <is>
+          <t>9786256140646</t>
+        </is>
+      </c>
+      <c r="B2293" s="1" t="inlineStr">
+        <is>
+          <t>Informatics and Technology Transfer: Bridging Innovation and Implementation</t>
+        </is>
+      </c>
+      <c r="C2293" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2294" spans="1:3">
+      <c r="A2294" s="1" t="inlineStr">
+        <is>
+          <t>9786255964953</t>
+        </is>
+      </c>
+      <c r="B2294" s="1" t="inlineStr">
+        <is>
+          <t>2025 GYS Aile ve Sosyal Hizmetler Bakanlığı Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası Kuruluş Müdürü Kuruluş Müdür Yardımcısı Şube Müdürü</t>
+        </is>
+      </c>
+      <c r="C2294" s="1">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="2295" spans="1:3">
+      <c r="A2295" s="1" t="inlineStr">
+        <is>
+          <t>9786255964960</t>
+        </is>
+      </c>
+      <c r="B2295" s="1" t="inlineStr">
+        <is>
+          <t>2025 GYS Aile ve Sosyal Hizmetler Bakanlığı Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası Şeflik Memurluk Şoför Bilgisayar İşletmeni Veri Hazırlama Kontrol İşletmeni</t>
+        </is>
+      </c>
+      <c r="C2295" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="2296" spans="1:3">
+      <c r="A2296" s="1" t="inlineStr">
+        <is>
+          <t>9786255964199</t>
+        </is>
+      </c>
+      <c r="B2296" s="1" t="inlineStr">
+        <is>
+          <t>2025 GYS Tarım ve Orman Bakanlığı Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası - ŞEFLİK</t>
+        </is>
+      </c>
+      <c r="C2296" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="2297" spans="1:3">
+      <c r="A2297" s="1" t="inlineStr">
+        <is>
+          <t>9786255964366</t>
+        </is>
+      </c>
+      <c r="B2297" s="1" t="inlineStr">
+        <is>
+          <t>2025 GYS Orman Genel Müdürlüğü Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2297" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="2298" spans="1:3">
+      <c r="A2298" s="1" t="inlineStr">
+        <is>
+          <t>9786256829886</t>
+        </is>
+      </c>
+      <c r="B2298" s="1" t="inlineStr">
+        <is>
+          <t>2025 Belediye ve Bağlı Kuruluşları ile Mahalli İdare Birlikleri Personeli (4.Grup) Ünvan Değişikliği Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2298" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="2299" spans="1:3">
+      <c r="A2299" s="1" t="inlineStr">
+        <is>
+          <t>9786256135055</t>
+        </is>
+      </c>
+      <c r="B2299" s="1" t="inlineStr">
+        <is>
+          <t>2025 DGS Tamamı Çözümlü 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C2299" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2300" spans="1:3">
+      <c r="A2300" s="1" t="inlineStr">
+        <is>
+          <t>9786256135062</t>
+        </is>
+      </c>
+      <c r="B2300" s="1" t="inlineStr">
+        <is>
+          <t>DGS Çek Kopart Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C2300" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="2301" spans="1:3">
+      <c r="A2301" s="1" t="inlineStr">
+        <is>
+          <t>9786256135123</t>
+        </is>
+      </c>
+      <c r="B2301" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleri ile TAP (Test Analysis Program) Test ve Madde Analizi</t>
+        </is>
+      </c>
+      <c r="C2301" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2302" spans="1:3">
+      <c r="A2302" s="1" t="inlineStr">
+        <is>
+          <t>9786256140509</t>
+        </is>
+      </c>
+      <c r="B2302" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgiler Öğretiminde Web 2.0 Etkinlikleri ve İnteraktif Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C2302" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2303" spans="1:3">
+      <c r="A2303" s="1" t="inlineStr">
+        <is>
+          <t>9786256287686</t>
+        </is>
+      </c>
+      <c r="B2303" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda Yeni Nesil Görsel İletişim Tasarımı ve Paradigmalar</t>
+        </is>
+      </c>
+      <c r="C2303" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2304" spans="1:3">
+      <c r="A2304" s="1" t="inlineStr">
+        <is>
+          <t>9786256287440</t>
+        </is>
+      </c>
+      <c r="B2304" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Programları Bağlamında Üniversite</t>
+        </is>
+      </c>
+      <c r="C2304" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2305" spans="1:3">
+      <c r="A2305" s="1" t="inlineStr">
+        <is>
+          <t>9786256287402</t>
+        </is>
+      </c>
+      <c r="B2305" s="1" t="inlineStr">
+        <is>
+          <t>Kölelik ve Sömürge Sonrası Ülkelerin Sosyal Bilgiler ve Tarih Programları</t>
+        </is>
+      </c>
+      <c r="C2305" s="1">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="2306" spans="1:3">
+      <c r="A2306" s="1" t="inlineStr">
+        <is>
+          <t>9786257740562</t>
+        </is>
+      </c>
+      <c r="B2306" s="1" t="inlineStr">
+        <is>
+          <t>Köşe Taşları</t>
+        </is>
+      </c>
+      <c r="C2306" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2307" spans="1:3">
+      <c r="A2307" s="1" t="inlineStr">
+        <is>
+          <t>9786256140202</t>
+        </is>
+      </c>
+      <c r="B2307" s="1" t="inlineStr">
+        <is>
+          <t>2025 KPSS Genel Yetenek Genel Kültür Coğrafya Tamamı Çözümlü 30 Deneme</t>
+        </is>
+      </c>
+      <c r="C2307" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2308" spans="1:3">
+      <c r="A2308" s="1" t="inlineStr">
+        <is>
+          <t>9786256140219</t>
+        </is>
+      </c>
+      <c r="B2308" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Genel Yetenek Genel Kültür Vatandaşlık Tamamı Çözümlü 30 Deneme</t>
+        </is>
+      </c>
+      <c r="C2308" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="2309" spans="1:3">
+      <c r="A2309" s="1" t="inlineStr">
+        <is>
+          <t>9786256140189</t>
+        </is>
+      </c>
+      <c r="B2309" s="1" t="inlineStr">
+        <is>
+          <t>2025 KPSS Genel Yetenek Genel Kültür Matematik-Geometri Tamamı Çözümlü 30 Deneme</t>
+        </is>
+      </c>
+      <c r="C2309" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2310" spans="1:3">
+      <c r="A2310" s="1" t="inlineStr">
+        <is>
+          <t>9786256357464</t>
+        </is>
+      </c>
+      <c r="B2310" s="1" t="inlineStr">
+        <is>
+          <t>AYT Tarih Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C2310" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2311" spans="1:3">
+      <c r="A2311" s="1" t="inlineStr">
+        <is>
+          <t>9786256357457</t>
+        </is>
+      </c>
+      <c r="B2311" s="1" t="inlineStr">
+        <is>
+          <t>TYT Tarih Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C2311" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2312" spans="1:3">
+      <c r="A2312" s="1" t="inlineStr">
+        <is>
+          <t>9786256357433</t>
+        </is>
+      </c>
+      <c r="B2312" s="1" t="inlineStr">
+        <is>
+          <t>TYT Matematik Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C2312" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="2313" spans="1:3">
+      <c r="A2313" s="1" t="inlineStr">
+        <is>
+          <t>9786256357426</t>
+        </is>
+      </c>
+      <c r="B2313" s="1" t="inlineStr">
+        <is>
+          <t>TYT-AYT Geometri Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C2313" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2314" spans="1:3">
+      <c r="A2314" s="1" t="inlineStr">
+        <is>
+          <t>9786256357396</t>
+        </is>
+      </c>
+      <c r="B2314" s="1" t="inlineStr">
+        <is>
+          <t>TYT Türkçe Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C2314" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2315" spans="1:3">
+      <c r="A2315" s="1" t="inlineStr">
+        <is>
+          <t>9786256357341</t>
+        </is>
+      </c>
+      <c r="B2315" s="1" t="inlineStr">
+        <is>
+          <t>TYT Biyoloji Yaprak Test</t>
+        </is>
+      </c>
+      <c r="C2315" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2316" spans="1:3">
+      <c r="A2316" s="1" t="inlineStr">
+        <is>
+          <t>9786256135017</t>
+        </is>
+      </c>
+      <c r="B2316" s="1" t="inlineStr">
+        <is>
+          <t>ALES Matematik Sayısal Mantık Tamamı Video Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2316" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2317" spans="1:3">
+      <c r="A2317" s="1" t="inlineStr">
+        <is>
+          <t>9786256287358</t>
+        </is>
+      </c>
+      <c r="B2317" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Alternatif Eğitim Uygulamaları ve Köy Okullarında Öğretmenlik</t>
+        </is>
+      </c>
+      <c r="C2317" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2318" spans="1:3">
+      <c r="A2318" s="1" t="inlineStr">
+        <is>
+          <t>9786256764941</t>
+        </is>
+      </c>
+      <c r="B2318" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Edebiyatı Eğitiminde Kuram ve Teori</t>
+        </is>
+      </c>
+      <c r="C2318" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2319" spans="1:3">
+      <c r="A2319" s="1" t="inlineStr">
+        <is>
+          <t>9786256652118</t>
+        </is>
+      </c>
+      <c r="B2319" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitiminde Yaratıcı Drama 3.4.5.6.7.8. Sınıf Ders Planı Örnekleri</t>
+        </is>
+      </c>
+      <c r="C2319" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2320" spans="1:3">
+      <c r="A2320" s="1" t="inlineStr">
+        <is>
+          <t>9786256764767</t>
+        </is>
+      </c>
+      <c r="B2320" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Tarih Atölyeleri</t>
+        </is>
+      </c>
+      <c r="C2320" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2321" spans="1:3">
+      <c r="A2321" s="1" t="inlineStr">
+        <is>
+          <t>9786256810907</t>
+        </is>
+      </c>
+      <c r="B2321" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Ülkelerinden Örneklerle Karşılaştırmalı Eğitim ve Öğretmen Yetiştirme Sistemlerine Bakış II</t>
+        </is>
+      </c>
+      <c r="C2321" s="1">
+        <v>8215</v>
+      </c>
+    </row>
+    <row r="2322" spans="1:3">
+      <c r="A2322" s="1" t="inlineStr">
+        <is>
+          <t>9786256810884</t>
+        </is>
+      </c>
+      <c r="B2322" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Ülkelerinden Örneklerle Karşılaştırmalı Eğitim ve Öğretmen Yetiştirme Sistemlerine Bakış I</t>
+        </is>
+      </c>
+      <c r="C2322" s="1">
+        <v>7525</v>
+      </c>
+    </row>
+    <row r="2323" spans="1:3">
+      <c r="A2323" s="1" t="inlineStr">
+        <is>
+          <t>9786256652439</t>
+        </is>
+      </c>
+      <c r="B2323" s="1" t="inlineStr">
+        <is>
+          <t>KPSS ÖABT Türkçe Tamamı Çözümlü Türkiye Geneli 1-2-3 (3'lü Deneme Seti)</t>
+        </is>
+      </c>
+      <c r="C2323" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2324" spans="1:3">
+      <c r="A2324" s="1" t="inlineStr">
+        <is>
+          <t>9786256764446</t>
+        </is>
+      </c>
+      <c r="B2324" s="1" t="inlineStr">
+        <is>
+          <t>KPSS ÖABT Türkçe Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2324" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="2325" spans="1:3">
+      <c r="A2325" s="1" t="inlineStr">
+        <is>
+          <t>9786256652767</t>
+        </is>
+      </c>
+      <c r="B2325" s="1" t="inlineStr">
+        <is>
+          <t>LGS 8. Sınıf Matematik Sarmal 12 Deneme</t>
+        </is>
+      </c>
+      <c r="C2325" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2326" spans="1:3">
+      <c r="A2326" s="1" t="inlineStr">
+        <is>
+          <t>9786256652774</t>
+        </is>
+      </c>
+      <c r="B2326" s="1" t="inlineStr">
+        <is>
+          <t>LGS 8. Sınıf T.C. İnkilap Tarihi ve Atatürkçülük Sarmal 16 Deneme</t>
+        </is>
+      </c>
+      <c r="C2326" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2327" spans="1:3">
+      <c r="A2327" s="1" t="inlineStr">
+        <is>
+          <t>9786256652750</t>
+        </is>
+      </c>
+      <c r="B2327" s="1" t="inlineStr">
+        <is>
+          <t>LGS 8. Sınıf Fen Bilimleri Sarmal 12 Deneme</t>
+        </is>
+      </c>
+      <c r="C2327" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2328" spans="1:3">
+      <c r="A2328" s="1" t="inlineStr">
+        <is>
+          <t>9786256764439</t>
+        </is>
+      </c>
+      <c r="B2328" s="1" t="inlineStr">
+        <is>
+          <t>KPSS ÖABT Tarih Öğretmenliği Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2328" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="2329" spans="1:3">
+      <c r="A2329" s="1" t="inlineStr">
+        <is>
+          <t>9786256810310</t>
+        </is>
+      </c>
+      <c r="B2329" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilırmak Deltasında Doğal Ortam-İnsan İlişkileri</t>
+        </is>
+      </c>
+      <c r="C2329" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="2330" spans="1:3">
+      <c r="A2330" s="1" t="inlineStr">
+        <is>
+          <t>9786256810891</t>
+        </is>
+      </c>
+      <c r="B2330" s="1" t="inlineStr">
+        <is>
+          <t>Okul Yönetimi Kuram ve Uygulama Örnekleri</t>
+        </is>
+      </c>
+      <c r="C2330" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2331" spans="1:3">
+      <c r="A2331" s="1" t="inlineStr">
+        <is>
+          <t>9786256829053</t>
+        </is>
+      </c>
+      <c r="B2331" s="1" t="inlineStr">
+        <is>
+          <t>KPSS ÖABT Sosyal Bilgiler Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C2331" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2332" spans="1:3">
+      <c r="A2332" s="1" t="inlineStr">
+        <is>
+          <t>9786256829077</t>
+        </is>
+      </c>
+      <c r="B2332" s="1" t="inlineStr">
+        <is>
+          <t>KPSS ÖABT Tarih Öğretmenliği Tamamı Çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C2332" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2333" spans="1:3">
+      <c r="A2333" s="1" t="inlineStr">
+        <is>
+          <t>9786258325348</t>
+        </is>
+      </c>
+      <c r="B2333" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Okul Dışı Öğrenme Ortamları</t>
+        </is>
+      </c>
+      <c r="C2333" s="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="2334" spans="1:3">
+      <c r="A2334" s="1" t="inlineStr">
+        <is>
+          <t>9786256357112</t>
+        </is>
+      </c>
+      <c r="B2334" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Gelişmeler Odağında Fen Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2334" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="2335" spans="1:3">
+      <c r="A2335" s="1" t="inlineStr">
+        <is>
+          <t>9786256810617</t>
+        </is>
+      </c>
+      <c r="B2335" s="1" t="inlineStr">
+        <is>
+          <t>İnşa ve Meşruiyet</t>
+        </is>
+      </c>
+      <c r="C2335" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2336" spans="1:3">
+      <c r="A2336" s="1" t="inlineStr">
+        <is>
+          <t>9786256810723</t>
+        </is>
+      </c>
+      <c r="B2336" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Teknoloji ile Matematik Öğrenme Rehberi</t>
+        </is>
+      </c>
+      <c r="C2336" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="2337" spans="1:3">
+      <c r="A2337" s="1" t="inlineStr">
+        <is>
+          <t>9786256357105</t>
+        </is>
+      </c>
+      <c r="B2337" s="1" t="inlineStr">
+        <is>
+          <t>Descartes ve Felsefesi</t>
+        </is>
+      </c>
+      <c r="C2337" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="2338" spans="1:3">
+      <c r="A2338" s="1" t="inlineStr">
+        <is>
+          <t>9786256357495</t>
+        </is>
+      </c>
+      <c r="B2338" s="1" t="inlineStr">
+        <is>
+          <t>Davranışsal Eğitim Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C2338" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2339" spans="1:3">
+      <c r="A2339" s="1" t="inlineStr">
+        <is>
+          <t>9780202206769</t>
+        </is>
+      </c>
+      <c r="B2339" s="1" t="inlineStr">
+        <is>
+          <t>TYT Matematik Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C2339" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2340" spans="1:3">
+      <c r="A2340" s="1" t="inlineStr">
+        <is>
+          <t>9786256810488</t>
+        </is>
+      </c>
+      <c r="B2340" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Economicus Makro İktisat ve Para-Banka-Kredi Cilt 2 Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2340" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="2341" spans="1:3">
+      <c r="A2341" s="1" t="inlineStr">
+        <is>
+          <t>9786256810556</t>
+        </is>
+      </c>
+      <c r="B2341" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Hukuk Soru Bankası-Kamu Hukuku</t>
+        </is>
+      </c>
+      <c r="C2341" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2342" spans="1:3">
+      <c r="A2342" s="1" t="inlineStr">
+        <is>
+          <t>9786256810525</t>
+        </is>
+      </c>
+      <c r="B2342" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Hukuk Soru Bankası-Özel Hukuk</t>
+        </is>
+      </c>
+      <c r="C2342" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="2343" spans="1:3">
+      <c r="A2343" s="1" t="inlineStr">
+        <is>
+          <t>9786256764057</t>
+        </is>
+      </c>
+      <c r="B2343" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu 5000 Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2343" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="2344" spans="1:3">
+      <c r="A2344" s="1" t="inlineStr">
+        <is>
+          <t>9786258325072</t>
+        </is>
+      </c>
+      <c r="B2344" s="1" t="inlineStr">
+        <is>
+          <t>İlkokuma ve Yazma Öğretimi (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2344" s="1">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="2345" spans="1:3">
+      <c r="A2345" s="1" t="inlineStr">
+        <is>
+          <t>9786256810471</t>
+        </is>
+      </c>
+      <c r="B2345" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Optimus Maliye Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C2345" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="2346" spans="1:3">
+      <c r="A2346" s="1" t="inlineStr">
+        <is>
+          <t>9786256810563</t>
+        </is>
+      </c>
+      <c r="B2346" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu İdare Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2346" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2347" spans="1:3">
+      <c r="A2347" s="1" t="inlineStr">
+        <is>
+          <t>9786256810464</t>
+        </is>
+      </c>
+      <c r="B2347" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Economicus Makro İktisat ve Para-Banka-Kredi Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C2347" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2348" spans="1:3">
+      <c r="A2348" s="1" t="inlineStr">
+        <is>
+          <t>9786256810600</t>
+        </is>
+      </c>
+      <c r="B2348" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Anayasa Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2348" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2349" spans="1:3">
+      <c r="A2349" s="1" t="inlineStr">
+        <is>
+          <t>9786256810433</t>
+        </is>
+      </c>
+      <c r="B2349" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Economicus Türkiye Ekonomisi, Uluslararası İktisat, Büyüme ve Kalkınma, İktisadi Doktri</t>
+        </is>
+      </c>
+      <c r="C2349" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2350" spans="1:3">
+      <c r="A2350" s="1" t="inlineStr">
+        <is>
+          <t>9786256810501</t>
+        </is>
+      </c>
+      <c r="B2350" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Muhasebe Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2350" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="2351" spans="1:3">
+      <c r="A2351" s="1" t="inlineStr">
+        <is>
+          <t>9780202200224</t>
+        </is>
+      </c>
+      <c r="B2351" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Hukuk Soru Bankası-Kamu Hukuku</t>
+        </is>
+      </c>
+      <c r="C2351" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2352" spans="1:3">
+      <c r="A2352" s="1" t="inlineStr">
+        <is>
+          <t>9780202200071</t>
+        </is>
+      </c>
+      <c r="B2352" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Economicus Makro İktisat ve Para-Banka-Kredi Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C2352" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2353" spans="1:3">
+      <c r="A2353" s="1" t="inlineStr">
+        <is>
+          <t>9780202200125</t>
+        </is>
+      </c>
+      <c r="B2353" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Muhasebe Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2353" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="2354" spans="1:3">
+      <c r="A2354" s="1" t="inlineStr">
+        <is>
+          <t>9780202200149</t>
+        </is>
+      </c>
+      <c r="B2354" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Anayasa Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2354" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2355" spans="1:3">
+      <c r="A2355" s="1" t="inlineStr">
+        <is>
+          <t>9786256810457</t>
+        </is>
+      </c>
+      <c r="B2355" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Mikro İktisat Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2355" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2356" spans="1:3">
+      <c r="A2356" s="1" t="inlineStr">
+        <is>
+          <t>9786256810532</t>
+        </is>
+      </c>
+      <c r="B2356" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Muhasebe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2356" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2357" spans="1:3">
+      <c r="A2357" s="1" t="inlineStr">
+        <is>
+          <t>9786256810495</t>
+        </is>
+      </c>
+      <c r="B2357" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Optimus Maliye Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2357" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2358" spans="1:3">
+      <c r="A2358" s="1" t="inlineStr">
+        <is>
+          <t>9786256810099</t>
+        </is>
+      </c>
+      <c r="B2358" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Eğitim Bilimleri Çıkmış Sorular Son 5 Sınav</t>
+        </is>
+      </c>
+      <c r="C2358" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2359" spans="1:3">
+      <c r="A2359" s="1" t="inlineStr">
+        <is>
+          <t>9786256890824</t>
+        </is>
+      </c>
+      <c r="B2359" s="1" t="inlineStr">
+        <is>
+          <t>KPSS ÖABT İlköğretim Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2359" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2360" spans="1:3">
+      <c r="A2360" s="1" t="inlineStr">
+        <is>
+          <t>9786256829350</t>
+        </is>
+      </c>
+      <c r="B2360" s="1" t="inlineStr">
+        <is>
+          <t>KPSS ÖABT İngilizce Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2360" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2361" spans="1:3">
+      <c r="A2361" s="1" t="inlineStr">
+        <is>
+          <t>9786256829398</t>
+        </is>
+      </c>
+      <c r="B2361" s="1" t="inlineStr">
+        <is>
+          <t>KPSS ÖABT Beden Eğitimi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2361" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2362" spans="1:3">
+      <c r="A2362" s="1" t="inlineStr">
+        <is>
+          <t>9786256890367</t>
+        </is>
+      </c>
+      <c r="B2362" s="1" t="inlineStr">
+        <is>
+          <t>2024 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü Soru Bankası Seti - 5 Kitap</t>
+        </is>
+      </c>
+      <c r="C2362" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="2363" spans="1:3">
+      <c r="A2363" s="1" t="inlineStr">
+        <is>
+          <t>9786256890312</t>
+        </is>
+      </c>
+      <c r="B2363" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Proje Hazırlamanın Temelleri</t>
+        </is>
+      </c>
+      <c r="C2363" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2364" spans="1:3">
+      <c r="A2364" s="1" t="inlineStr">
+        <is>
+          <t>9786256890466</t>
+        </is>
+      </c>
+      <c r="B2364" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Economicus İktisat Soru Bankası Cilt-1 Mikro İktisat</t>
+        </is>
+      </c>
+      <c r="C2364" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="2365" spans="1:3">
+      <c r="A2365" s="1" t="inlineStr">
+        <is>
+          <t>9786256890091</t>
+        </is>
+      </c>
+      <c r="B2365" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Dijital Obezite</t>
+        </is>
+      </c>
+      <c r="C2365" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="2366" spans="1:3">
+      <c r="A2366" s="1" t="inlineStr">
+        <is>
+          <t>9786256890299</t>
+        </is>
+      </c>
+      <c r="B2366" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 2024 KPSS Lise Ön Lisans Ezberbozan Soru Bankası Pegem Akademi Yayınları</t>
+        </is>
+      </c>
+      <c r="C2366" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2367" spans="1:3">
+      <c r="A2367" s="1" t="inlineStr">
+        <is>
+          <t>9786258044935</t>
+        </is>
+      </c>
+      <c r="B2367" s="1" t="inlineStr">
+        <is>
+          <t>Afetlerle Yaşamayı Öğrenmek</t>
+        </is>
+      </c>
+      <c r="C2367" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2368" spans="1:3">
+      <c r="A2368" s="1" t="inlineStr">
+        <is>
+          <t>9786256357143</t>
+        </is>
+      </c>
+      <c r="B2368" s="1" t="inlineStr">
+        <is>
+          <t>Antropojenik Jeomorfoloji</t>
+        </is>
+      </c>
+      <c r="C2368" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="2369" spans="1:3">
+      <c r="A2369" s="1" t="inlineStr">
+        <is>
+          <t>9786256357983</t>
+        </is>
+      </c>
+      <c r="B2369" s="1" t="inlineStr">
+        <is>
+          <t>Ezberbozan KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü 3 Deneme</t>
+        </is>
+      </c>
+      <c r="C2369" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2370" spans="1:3">
+      <c r="A2370" s="1" t="inlineStr">
+        <is>
+          <t>9786257582322</t>
+        </is>
+      </c>
+      <c r="B2370" s="1" t="inlineStr">
+        <is>
+          <t>Q Metodu Araştırması Yapmak</t>
+        </is>
+      </c>
+      <c r="C2370" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2371" spans="1:3">
+      <c r="A2371" s="1" t="inlineStr">
+        <is>
+          <t>9786258325843</t>
+        </is>
+      </c>
+      <c r="B2371" s="1" t="inlineStr">
+        <is>
+          <t>Research and Practice in Teaching Second Language Skills to Young Learners</t>
+        </is>
+      </c>
+      <c r="C2371" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2372" spans="1:3">
+      <c r="A2372" s="1" t="inlineStr">
+        <is>
+          <t>9786258325676</t>
+        </is>
+      </c>
+      <c r="B2372" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Boyu Öğrenme (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2372" s="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="2373" spans="1:3">
+      <c r="A2373" s="1" t="inlineStr">
+        <is>
+          <t>9786258325096</t>
+        </is>
+      </c>
+      <c r="B2373" s="1" t="inlineStr">
+        <is>
+          <t>Travma Psikolojisi (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2373" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2374" spans="1:3">
+      <c r="A2374" s="1" t="inlineStr">
+        <is>
+          <t>9780202213811</t>
+        </is>
+      </c>
+      <c r="B2374" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Kim Korkar Eğitim Bilimleri Ders Notları</t>
+        </is>
+      </c>
+      <c r="C2374" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2375" spans="1:3">
+      <c r="A2375" s="1" t="inlineStr">
+        <is>
+          <t>9786258044508</t>
+        </is>
+      </c>
+      <c r="B2375" s="1" t="inlineStr">
+        <is>
+          <t>Bir Oyun Alanı Olarak Kodlama</t>
+        </is>
+      </c>
+      <c r="C2375" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2376" spans="1:3">
+      <c r="A2376" s="1" t="inlineStr">
+        <is>
+          <t>9786258325690</t>
+        </is>
+      </c>
+      <c r="B2376" s="1" t="inlineStr">
+        <is>
+          <t>Vatandaşlık Bilgisi ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2376" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="2377" spans="1:3">
+      <c r="A2377" s="1" t="inlineStr">
+        <is>
+          <t>9780202201610</t>
+        </is>
+      </c>
+      <c r="B2377" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 2023 ÖABT İngilizce Öğretmenliği 7 Deneme Çözümlü Pegem Akademi Yayınları</t>
+        </is>
+      </c>
+      <c r="C2377" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2378" spans="1:3">
+      <c r="A2378" s="1" t="inlineStr">
+        <is>
+          <t>9780202201290</t>
+        </is>
+      </c>
+      <c r="B2378" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 2023 ÖABT Türkçe Öğretmenliği 7 Deneme Çözümlü Pegem Akademi Yayınları</t>
+        </is>
+      </c>
+      <c r="C2378" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2379" spans="1:3">
+      <c r="A2379" s="1" t="inlineStr">
+        <is>
+          <t>9780202200156</t>
+        </is>
+      </c>
+      <c r="B2379" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Libertus Borçlar Hukuku Konu Anlatımı Video Destekli Pegem Akademi Yayınları</t>
+        </is>
+      </c>
+      <c r="C2379" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="2380" spans="1:3">
+      <c r="A2380" s="1" t="inlineStr">
+        <is>
+          <t>9780202201337</t>
+        </is>
+      </c>
+      <c r="B2380" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 2023 ÖABT İlköğretim Matematik 7 Deneme Çözümlü Pegem Akademi Yayınları</t>
+        </is>
+      </c>
+      <c r="C2380" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2381" spans="1:3">
+      <c r="A2381" s="1" t="inlineStr">
+        <is>
+          <t>9780202201474</t>
+        </is>
+      </c>
+      <c r="B2381" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 2023 ÖABT Tarih 7 Deneme Çözümlü Pegem Akademi Yayınları</t>
+        </is>
+      </c>
+      <c r="C2381" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="2382" spans="1:3">
+      <c r="A2382" s="1" t="inlineStr">
+        <is>
+          <t>9780202211930</t>
+        </is>
+      </c>
+      <c r="B2382" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 2023 KPSS Eğitim Bilimleri 7 Deneme Çözümlü Pegem Akademi Yayınları</t>
+        </is>
+      </c>
+      <c r="C2382" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2383" spans="1:3">
+      <c r="A2383" s="1" t="inlineStr">
+        <is>
+          <t>9780202211923</t>
+        </is>
+      </c>
+      <c r="B2383" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 2023 KPSS Genel Yetenek Genel Kültür 7 Deneme Çözümlü Pegem Akademi Yayınları</t>
+        </is>
+      </c>
+      <c r="C2383" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2384" spans="1:3">
+      <c r="A2384" s="1" t="inlineStr">
+        <is>
+          <t>9786258325683</t>
+        </is>
+      </c>
+      <c r="B2384" s="1" t="inlineStr">
+        <is>
+          <t>Kurmacanın Sınırları Çözümlemeler</t>
+        </is>
+      </c>
+      <c r="C2384" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2385" spans="1:3">
+      <c r="A2385" s="1" t="inlineStr">
+        <is>
+          <t>9780202201023</t>
+        </is>
+      </c>
+      <c r="B2385" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 2023 KPSS Genel Yetenek Genel Kültür 10 Deneme Çözümlü Pegem Akademi Yayınları</t>
+        </is>
+      </c>
+      <c r="C2385" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2386" spans="1:3">
+      <c r="A2386" s="1" t="inlineStr">
+        <is>
+          <t>9780202200217</t>
+        </is>
+      </c>
+      <c r="B2386" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Hukuk Soru Bankası - Özel Hukuk</t>
+        </is>
+      </c>
+      <c r="C2386" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="2387" spans="1:3">
+      <c r="A2387" s="1" t="inlineStr">
+        <is>
+          <t>9780202200132</t>
+        </is>
+      </c>
+      <c r="B2387" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Muhasebe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2387" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2388" spans="1:3">
+      <c r="A2388" s="1" t="inlineStr">
+        <is>
+          <t>9780202208862</t>
+        </is>
+      </c>
+      <c r="B2388" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Economicus İktisat Makro İktisat ve Para Banka Kredi Soru Bankası Cilt-2 Pegem Akademi Yayınları</t>
+        </is>
+      </c>
+      <c r="C2388" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="2389" spans="1:3">
+      <c r="A2389" s="1" t="inlineStr">
+        <is>
+          <t>9786258325614</t>
+        </is>
+      </c>
+      <c r="B2389" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2389" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="2390" spans="1:3">
+      <c r="A2390" s="1" t="inlineStr">
+        <is>
+          <t>9780202201283</t>
+        </is>
+      </c>
+      <c r="B2390" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu 5000 Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2390" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="2391" spans="1:3">
+      <c r="A2391" s="1" t="inlineStr">
+        <is>
+          <t>9780202200118</t>
+        </is>
+      </c>
+      <c r="B2391" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Optimus Maliye Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2391" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2392" spans="1:3">
+      <c r="A2392" s="1" t="inlineStr">
+        <is>
+          <t>9780202209036</t>
+        </is>
+      </c>
+      <c r="B2392" s="1" t="inlineStr">
+        <is>
+          <t>KPSS ALES DGS Ezberbozan Paragraf 20 Deneme</t>
+        </is>
+      </c>
+      <c r="C2392" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="2393" spans="1:3">
+      <c r="A2393" s="1" t="inlineStr">
+        <is>
+          <t>9780202206738</t>
+        </is>
+      </c>
+      <c r="B2393" s="1" t="inlineStr">
+        <is>
+          <t>TYT Türkçe Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C2393" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2394" spans="1:3">
+      <c r="A2394" s="1" t="inlineStr">
+        <is>
+          <t>9780202200170</t>
+        </is>
+      </c>
+      <c r="B2394" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu İcra İflas Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2394" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2395" spans="1:3">
+      <c r="A2395" s="1" t="inlineStr">
+        <is>
+          <t>9780202200095</t>
+        </is>
+      </c>
+      <c r="B2395" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Economicus Türkiye Ekonomisi, Uluslararası İktisat, Büyüme ve Kalkınma, İktisadi Doktri</t>
+        </is>
+      </c>
+      <c r="C2395" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2396" spans="1:3">
+      <c r="A2396" s="1" t="inlineStr">
+        <is>
+          <t>9780202200088</t>
+        </is>
+      </c>
+      <c r="B2396" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Mikro İktisat Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2396" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2397" spans="1:3">
+      <c r="A2397" s="1" t="inlineStr">
+        <is>
+          <t>9780202200101</t>
+        </is>
+      </c>
+      <c r="B2397" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Optimus Maliye Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C2397" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="2398" spans="1:3">
+      <c r="A2398" s="1" t="inlineStr">
+        <is>
+          <t>9780202200194</t>
+        </is>
+      </c>
+      <c r="B2398" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu İdare Hukuku Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2398" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2399" spans="1:3">
+      <c r="A2399" s="1" t="inlineStr">
+        <is>
+          <t>9786258325607</t>
+        </is>
+      </c>
+      <c r="B2399" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Öğretiminde Etkinlik Tasarımı ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2399" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2400" spans="1:3">
+      <c r="A2400" s="1" t="inlineStr">
+        <is>
+          <t>9786258325010</t>
+        </is>
+      </c>
+      <c r="B2400" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik Kuramları (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2400" s="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="2401" spans="1:3">
+      <c r="A2401" s="1" t="inlineStr">
+        <is>
+          <t>9786258325577</t>
+        </is>
+      </c>
+      <c r="B2401" s="1" t="inlineStr">
+        <is>
+          <t>Montessori Pedagojide Kozmik Eğitim</t>
+        </is>
+      </c>
+      <c r="C2401" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="2402" spans="1:3">
+      <c r="A2402" s="1" t="inlineStr">
+        <is>
+          <t>9786258325133</t>
+        </is>
+      </c>
+      <c r="B2402" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Terapisi (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2402" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2403" spans="1:3">
+      <c r="A2403" s="1" t="inlineStr">
+        <is>
+          <t>9786258325089</t>
+        </is>
+      </c>
+      <c r="B2403" s="1" t="inlineStr">
+        <is>
+          <t>Her Ses Harf İçin Özel Uygulamalı - İlk Okuma ve Yazma Öğretimi El Kitabı (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2403" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2404" spans="1:3">
+      <c r="A2404" s="1" t="inlineStr">
+        <is>
+          <t>9786258325249</t>
+        </is>
+      </c>
+      <c r="B2404" s="1" t="inlineStr">
+        <is>
+          <t>Dil Bilgisi Üzerine Açıklamalar (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2404" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2405" spans="1:3">
+      <c r="A2405" s="1" t="inlineStr">
+        <is>
+          <t>9786258325263</t>
+        </is>
+      </c>
+      <c r="B2405" s="1" t="inlineStr">
+        <is>
+          <t>Kültür ve Psikolojik Danışma (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2405" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="2406" spans="1:3">
+      <c r="A2406" s="1" t="inlineStr">
+        <is>
+          <t>9786258325256</t>
+        </is>
+      </c>
+      <c r="B2406" s="1" t="inlineStr">
+        <is>
+          <t>Özel Gereksinimli Bireyler İçin Uyarlanmış Beden Eğitimi ve Spor (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2406" s="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="2407" spans="1:3">
+      <c r="A2407" s="1" t="inlineStr">
+        <is>
+          <t>9786258325515</t>
+        </is>
+      </c>
+      <c r="B2407" s="1" t="inlineStr">
+        <is>
+          <t>Soru Örnekleriyle Eğitimde Program Değerlendirme Modelleri (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2407" s="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="2408" spans="1:3">
+      <c r="A2408" s="1" t="inlineStr">
+        <is>
+          <t>9786258325669</t>
+        </is>
+      </c>
+      <c r="B2408" s="1" t="inlineStr">
+        <is>
+          <t>Felsefeye Giriş (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2408" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="2409" spans="1:3">
+      <c r="A2409" s="1" t="inlineStr">
+        <is>
+          <t>9786258044942</t>
+        </is>
+      </c>
+      <c r="B2409" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyıl Becerilerinin Eğitime Yansımaları (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2409" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2410" spans="1:3">
+      <c r="A2410" s="1" t="inlineStr">
+        <is>
+          <t>9786258044973</t>
+        </is>
+      </c>
+      <c r="B2410" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Yabancı Dil Öğretimi (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2410" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2411" spans="1:3">
+      <c r="A2411" s="1" t="inlineStr">
+        <is>
+          <t>9780202186160</t>
+        </is>
+      </c>
+      <c r="B2411" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Tarih Meşalesi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2411" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2412" spans="1:3">
+      <c r="A2412" s="1" t="inlineStr">
+        <is>
+          <t>9780202149448</t>
+        </is>
+      </c>
+      <c r="B2412" s="1" t="inlineStr">
+        <is>
+          <t>ALES Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2412" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="2413" spans="1:3">
+      <c r="A2413" s="1" t="inlineStr">
+        <is>
+          <t>9786053641032</t>
+        </is>
+      </c>
+      <c r="B2413" s="1" t="inlineStr">
+        <is>
+          <t>Mesleki Müzik Eğitiminde Müzik Teorisi Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2413" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="2414" spans="1:3">
+      <c r="A2414" s="1" t="inlineStr">
+        <is>
+          <t>9789756802502</t>
+        </is>
+      </c>
+      <c r="B2414" s="1" t="inlineStr">
+        <is>
+          <t>Vatandaşlık Demokrasi ve İnsan Hakları</t>
+        </is>
+      </c>
+      <c r="C2414" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="2415" spans="1:3">
+      <c r="A2415" s="1" t="inlineStr">
+        <is>
+          <t>9786258044799</t>
+        </is>
+      </c>
+      <c r="B2415" s="1" t="inlineStr">
+        <is>
+          <t>Henryk Wieniawski - Keman İçin Yazılmış L’ecole Moderne Etüt Kaprisleri</t>
+        </is>
+      </c>
+      <c r="C2415" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2416" spans="1:3">
+      <c r="A2416" s="1" t="inlineStr">
+        <is>
+          <t>9786258044676</t>
+        </is>
+      </c>
+      <c r="B2416" s="1" t="inlineStr">
+        <is>
+          <t>İrade Eğitimi Teori Araştırma Strateji ve Teknikler</t>
+        </is>
+      </c>
+      <c r="C2416" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="2417" spans="1:3">
+      <c r="A2417" s="1" t="inlineStr">
+        <is>
+          <t>9786258044522</t>
+        </is>
+      </c>
+      <c r="B2417" s="1" t="inlineStr">
+        <is>
+          <t>İyilik Hali Yıldızı Modeli ile İyilik Halimizi Artırmak</t>
+        </is>
+      </c>
+      <c r="C2417" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="2418" spans="1:3">
+      <c r="A2418" s="1" t="inlineStr">
+        <is>
+          <t>9786257582667</t>
+        </is>
+      </c>
+      <c r="B2418" s="1" t="inlineStr">
+        <is>
+          <t>Okul Sosyal Hizmeti</t>
+        </is>
+      </c>
+      <c r="C2418" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2419" spans="1:3">
+      <c r="A2419" s="1" t="inlineStr">
+        <is>
+          <t>9786258044485</t>
+        </is>
+      </c>
+      <c r="B2419" s="1" t="inlineStr">
+        <is>
+          <t>Soruların Sınıftaki Gücü</t>
+        </is>
+      </c>
+      <c r="C2419" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2420" spans="1:3">
+      <c r="A2420" s="1" t="inlineStr">
+        <is>
+          <t>9786052419656</t>
+        </is>
+      </c>
+      <c r="B2420" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Görsel Sanatlar: Makaleler</t>
+        </is>
+      </c>
+      <c r="C2420" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="2421" spans="1:3">
+      <c r="A2421" s="1" t="inlineStr">
+        <is>
+          <t>9786258044836</t>
+        </is>
+      </c>
+      <c r="B2421" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarla Tarih Çalışmak</t>
+        </is>
+      </c>
+      <c r="C2421" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2422" spans="1:3">
+      <c r="A2422" s="1" t="inlineStr">
+        <is>
+          <t>9786258044607</t>
+        </is>
+      </c>
+      <c r="B2422" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlar ile Anadolu Arasında Bir Köprü</t>
+        </is>
+      </c>
+      <c r="C2422" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2423" spans="1:3">
+      <c r="A2423" s="1" t="inlineStr">
+        <is>
+          <t>9786054282128</t>
+        </is>
+      </c>
+      <c r="B2423" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Dönemde Akran İlişkileri</t>
+        </is>
+      </c>
+      <c r="C2423" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2424" spans="1:3">
+      <c r="A2424" s="1" t="inlineStr">
+        <is>
+          <t>9786257676724</t>
+        </is>
+      </c>
+      <c r="B2424" s="1" t="inlineStr">
+        <is>
+          <t>AYT Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C2424" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2425" spans="1:3">
+      <c r="A2425" s="1" t="inlineStr">
+        <is>
+          <t>9786053648055</t>
+        </is>
+      </c>
+      <c r="B2425" s="1" t="inlineStr">
+        <is>
+          <t>Bankacılık Sınavlarına Hazırlık</t>
+        </is>
+      </c>
+      <c r="C2425" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="2426" spans="1:3">
+      <c r="A2426" s="1" t="inlineStr">
+        <is>
+          <t>9786054966141</t>
+        </is>
+      </c>
+      <c r="B2426" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Sınavlarına Hazırlık TYT-AYT Bi’ Dünya Paragraf Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2426" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="2427" spans="1:3">
+      <c r="A2427" s="1" t="inlineStr">
+        <is>
+          <t>9786054966226</t>
+        </is>
+      </c>
+      <c r="B2427" s="1" t="inlineStr">
+        <is>
+          <t>TYT 2021 Tamamı Çözümlü Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2427" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2428" spans="1:3">
+      <c r="A2428" s="1" t="inlineStr">
+        <is>
+          <t>9780202000510</t>
+        </is>
+      </c>
+      <c r="B2428" s="1" t="inlineStr">
+        <is>
+          <t>ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2428" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2429" spans="1:3">
+      <c r="A2429" s="1" t="inlineStr">
+        <is>
+          <t>9783330000087</t>
+        </is>
+      </c>
+      <c r="B2429" s="1" t="inlineStr">
+        <is>
+          <t>YÖKDİL Sosyal Bilimler Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C2429" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2430" spans="1:3">
+      <c r="A2430" s="1" t="inlineStr">
+        <is>
+          <t>9786257582872</t>
+        </is>
+      </c>
+      <c r="B2430" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Öğretim Öğretmen El Kitabı</t>
+        </is>
+      </c>
+      <c r="C2430" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="2431" spans="1:3">
+      <c r="A2431" s="1" t="inlineStr">
+        <is>
+          <t>9789944919340</t>
+        </is>
+      </c>
+      <c r="B2431" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C2431" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2432" spans="1:3">
+      <c r="A2432" s="1" t="inlineStr">
+        <is>
+          <t>9780202000992</t>
+        </is>
+      </c>
+      <c r="B2432" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Genel Yetenek Genel Kültür Efsane 5000 Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2432" s="1">
+        <v>99.5</v>
+      </c>
+    </row>
+    <row r="2433" spans="1:3">
+      <c r="A2433" s="1" t="inlineStr">
+        <is>
+          <t>9780202005423</t>
+        </is>
+      </c>
+      <c r="B2433" s="1" t="inlineStr">
+        <is>
+          <t>TYT Türkiye Geneli Deneme Sınavı 1</t>
+        </is>
+      </c>
+      <c r="C2433" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2434" spans="1:3">
+      <c r="A2434" s="1" t="inlineStr">
+        <is>
+          <t>9786258044386</t>
+        </is>
+      </c>
+      <c r="B2434" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlılık Psikolojisi Bütüncül Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C2434" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2435" spans="1:3">
+      <c r="A2435" s="1" t="inlineStr">
+        <is>
+          <t>9786257880671</t>
+        </is>
+      </c>
+      <c r="B2435" s="1" t="inlineStr">
+        <is>
+          <t>Viyola ve Piyano İçin Türkü Albümü - I</t>
+        </is>
+      </c>
+      <c r="C2435" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="2436" spans="1:3">
+      <c r="A2436" s="1" t="inlineStr">
+        <is>
+          <t>9780202170497</t>
+        </is>
+      </c>
+      <c r="B2436" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Sınavlarına Hazırlık TYT Tamamı Çözümlü Fizik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2436" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="2437" spans="1:3">
+      <c r="A2437" s="1" t="inlineStr">
+        <is>
+          <t>9786257582506</t>
+        </is>
+      </c>
+      <c r="B2437" s="1" t="inlineStr">
+        <is>
+          <t>Tasarımcı Öğretmenler Tasarlıyor</t>
+        </is>
+      </c>
+      <c r="C2437" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2438" spans="1:3">
+      <c r="A2438" s="1" t="inlineStr">
+        <is>
+          <t>9786257582209</t>
+        </is>
+      </c>
+      <c r="B2438" s="1" t="inlineStr">
+        <is>
+          <t>Siber Ansiklopedi</t>
+        </is>
+      </c>
+      <c r="C2438" s="1">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="2439" spans="1:3">
+      <c r="A2439" s="1" t="inlineStr">
+        <is>
+          <t>9780202170787</t>
+        </is>
+      </c>
+      <c r="B2439" s="1" t="inlineStr">
+        <is>
+          <t>TYT Kimya Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C2439" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2440" spans="1:3">
+      <c r="A2440" s="1" t="inlineStr">
+        <is>
+          <t>9786258044072</t>
+        </is>
+      </c>
+      <c r="B2440" s="1" t="inlineStr">
+        <is>
+          <t>Türk Müziği ve Popüler Müzik Eserlerinden Orkestra</t>
+        </is>
+      </c>
+      <c r="C2440" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2441" spans="1:3">
+      <c r="A2441" s="1" t="inlineStr">
+        <is>
+          <t>9786257880909</t>
+        </is>
+      </c>
+      <c r="B2441" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Teknolojileri</t>
+        </is>
+      </c>
+      <c r="C2441" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2442" spans="1:3">
+      <c r="A2442" s="1" t="inlineStr">
+        <is>
+          <t>9786257880824</t>
+        </is>
+      </c>
+      <c r="B2442" s="1" t="inlineStr">
+        <is>
+          <t>Otizm Spektrum Bozukluğu: İletişim ve Dil</t>
+        </is>
+      </c>
+      <c r="C2442" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="2443" spans="1:3">
+      <c r="A2443" s="1" t="inlineStr">
+        <is>
+          <t>9786058008991</t>
+        </is>
+      </c>
+      <c r="B2443" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Taşrasında Memur Olmak</t>
+        </is>
+      </c>
+      <c r="C2443" s="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="2444" spans="1:3">
+      <c r="A2444" s="1" t="inlineStr">
+        <is>
+          <t>9780202192482</t>
+        </is>
+      </c>
+      <c r="B2444" s="1" t="inlineStr">
+        <is>
+          <t>TYT Coğrafya Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C2444" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2445" spans="1:3">
+      <c r="A2445" s="1" t="inlineStr">
+        <is>
+          <t>9780202192697</t>
+        </is>
+      </c>
+      <c r="B2445" s="1" t="inlineStr">
+        <is>
+          <t>Sahil Güvenlik Komutanlığı Görevde Yükselme Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2445" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="2446" spans="1:3">
+      <c r="A2446" s="1" t="inlineStr">
+        <is>
+          <t>9786257582360</t>
+        </is>
+      </c>
+      <c r="B2446" s="1" t="inlineStr">
+        <is>
+          <t>Merhamet Odaklı Terapi</t>
+        </is>
+      </c>
+      <c r="C2446" s="1">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="2447" spans="1:3">
+      <c r="A2447" s="1" t="inlineStr">
+        <is>
+          <t>9786257880084</t>
+        </is>
+      </c>
+      <c r="B2447" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Eğitiminde Etkinlikler ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2447" s="1">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="2448" spans="1:3">
+      <c r="A2448" s="1" t="inlineStr">
+        <is>
+          <t>9786258044379</t>
+        </is>
+      </c>
+      <c r="B2448" s="1" t="inlineStr">
+        <is>
+          <t>Matematiğin Duyuşsal Özellikleri</t>
+        </is>
+      </c>
+      <c r="C2448" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2449" spans="1:3">
+      <c r="A2449" s="1" t="inlineStr">
+        <is>
+          <t>9786052417980</t>
+        </is>
+      </c>
+      <c r="B2449" s="1" t="inlineStr">
+        <is>
+          <t>Kodlardan Robotlara</t>
+        </is>
+      </c>
+      <c r="C2449" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="2450" spans="1:3">
+      <c r="A2450" s="1" t="inlineStr">
+        <is>
+          <t>9786257676618</t>
+        </is>
+      </c>
+      <c r="B2450" s="1" t="inlineStr">
+        <is>
+          <t>Kimyacılar İçin İstatistik ve Kemometri</t>
+        </is>
+      </c>
+      <c r="C2450" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2451" spans="1:3">
+      <c r="A2451" s="1" t="inlineStr">
+        <is>
+          <t>9786257228053</t>
+        </is>
+      </c>
+      <c r="B2451" s="1" t="inlineStr">
+        <is>
+          <t>İşitme Kayıplı Çocuklar İçin Aile Eğitimi: 0-3 Yaş</t>
+        </is>
+      </c>
+      <c r="C2451" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2452" spans="1:3">
+      <c r="A2452" s="1" t="inlineStr">
+        <is>
+          <t>9786257582759</t>
+        </is>
+      </c>
+      <c r="B2452" s="1" t="inlineStr">
+        <is>
+          <t>İslam Filozoflarının Ahlak ve Eğitim Anlayışı (Farabi, İbn Sina, Kınalızade Ali Efendi)</t>
+        </is>
+      </c>
+      <c r="C2452" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2453" spans="1:3">
+      <c r="A2453" s="1" t="inlineStr">
+        <is>
+          <t>9786257052870</t>
+        </is>
+      </c>
+      <c r="B2453" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları ve Demokrasi Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2453" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2454" spans="1:3">
+      <c r="A2454" s="1" t="inlineStr">
+        <is>
+          <t>9786257880657</t>
+        </is>
+      </c>
+      <c r="B2454" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Drama ile Değerler Eğitimi Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2454" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="2455" spans="1:3">
+      <c r="A2455" s="1" t="inlineStr">
+        <is>
+          <t>9786257880862</t>
+        </is>
+      </c>
+      <c r="B2455" s="1" t="inlineStr">
+        <is>
+          <t>Harmanlanmış Öğrenme</t>
+        </is>
+      </c>
+      <c r="C2455" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2456" spans="1:3">
+      <c r="A2456" s="1" t="inlineStr">
+        <is>
+          <t>9786258044171</t>
+        </is>
+      </c>
+      <c r="B2456" s="1" t="inlineStr">
+        <is>
+          <t>Genel Beşeri ve Ekonomik Coğrafya</t>
+        </is>
+      </c>
+      <c r="C2456" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2457" spans="1:3">
+      <c r="A2457" s="1" t="inlineStr">
+        <is>
+          <t>9786257880411</t>
+        </is>
+      </c>
+      <c r="B2457" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Öğrenme Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C2457" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2458" spans="1:3">
+      <c r="A2458" s="1" t="inlineStr">
+        <is>
+          <t>9786257052986</t>
+        </is>
+      </c>
+      <c r="B2458" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Yapay Zeka Kuramdan Uygulamaya</t>
+        </is>
+      </c>
+      <c r="C2458" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2459" spans="1:3">
+      <c r="A2459" s="1" t="inlineStr">
+        <is>
+          <t>9786257880091</t>
+        </is>
+      </c>
+      <c r="B2459" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim ve Program Üzerine Düşünceler Yönelimler</t>
+        </is>
+      </c>
+      <c r="C2459" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2460" spans="1:3">
+      <c r="A2460" s="1" t="inlineStr">
+        <is>
+          <t>9786257228206</t>
+        </is>
+      </c>
+      <c r="B2460" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C2460" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2461" spans="1:3">
+      <c r="A2461" s="1" t="inlineStr">
+        <is>
+          <t>9786257228558</t>
+        </is>
+      </c>
+      <c r="B2461" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Perspektifinden Planlama, Ekonomi ve Politika</t>
+        </is>
+      </c>
+      <c r="C2461" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2462" spans="1:3">
+      <c r="A2462" s="1" t="inlineStr">
+        <is>
+          <t>9786257228664</t>
+        </is>
+      </c>
+      <c r="B2462" s="1" t="inlineStr">
+        <is>
+          <t>Diskalkuli Matematik Öğrenme Güçlüğü Tanımı, Özellikleri, Yaygınlığı, Nedenleri ve Tanılaması</t>
+        </is>
+      </c>
+      <c r="C2462" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2463" spans="1:3">
+      <c r="A2463" s="1" t="inlineStr">
+        <is>
+          <t>9786053182559</t>
+        </is>
+      </c>
+      <c r="B2463" s="1" t="inlineStr">
+        <is>
+          <t>Dil Öğrenme Stratejileri (E-Kitap)</t>
+        </is>
+      </c>
+      <c r="C2463" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2464" spans="1:3">
+      <c r="A2464" s="1" t="inlineStr">
+        <is>
+          <t>9786257582902</t>
+        </is>
+      </c>
+      <c r="B2464" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Dil Bilgisi</t>
+        </is>
+      </c>
+      <c r="C2464" s="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="2465" spans="1:3">
+      <c r="A2465" s="1" t="inlineStr">
+        <is>
+          <t>9786257880695</t>
+        </is>
+      </c>
+      <c r="B2465" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Dönemi İlkokul Programları</t>
+        </is>
+      </c>
+      <c r="C2465" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="2466" spans="1:3">
+      <c r="A2466" s="1" t="inlineStr">
+        <is>
+          <t>9786257880466</t>
+        </is>
+      </c>
+      <c r="B2466" s="1" t="inlineStr">
+        <is>
+          <t>Bir Piyanistin Gezegen Rehberi (Piyano İçin Özgün Eserler)</t>
+        </is>
+      </c>
+      <c r="C2466" s="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="2467" spans="1:3">
+      <c r="A2467" s="1" t="inlineStr">
+        <is>
+          <t>9786257582629</t>
+        </is>
+      </c>
+      <c r="B2467" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Araştırma Becerileri ve Araştırmada Güncel Desenler Makale İncelemeleri ve Örnek Makale Çalışmalarıyla</t>
+        </is>
+      </c>
+      <c r="C2467" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="2468" spans="1:3">
+      <c r="A2468" s="1" t="inlineStr">
+        <is>
+          <t>9786258044140</t>
+        </is>
+      </c>
+      <c r="B2468" s="1" t="inlineStr">
+        <is>
+          <t>Bağlama Öğretiminde Alternatif Arayışlar</t>
+        </is>
+      </c>
+      <c r="C2468" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2469" spans="1:3">
+      <c r="A2469" s="1" t="inlineStr">
+        <is>
+          <t>9786257582681</t>
+        </is>
+      </c>
+      <c r="B2469" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Ve Zeka Oyunları İle Beceri Öğretimi Etkinlikleri - I (E-Kitap)</t>
+        </is>
+      </c>
+      <c r="C2469" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="2470" spans="1:3">
+      <c r="A2470" s="1" t="inlineStr">
+        <is>
+          <t>9786257582919</t>
+        </is>
+      </c>
+      <c r="B2470" s="1" t="inlineStr">
+        <is>
+          <t>15. Uluslararası Eğitimde Yaratıcı Drama Semineri (12.11.2009 - 15.11.2009) “Yaşamda Drama - Dramada Yaşam”</t>
+        </is>
+      </c>
+      <c r="C2470" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2471" spans="1:3">
+      <c r="A2471" s="1" t="inlineStr">
+        <is>
+          <t>9786257582926</t>
+        </is>
+      </c>
+      <c r="B2471" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Programı Okuryazarlığı</t>
+        </is>
+      </c>
+      <c r="C2471" s="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="2472" spans="1:3">
+      <c r="A2472" s="1" t="inlineStr">
+        <is>
+          <t>9786257582766</t>
+        </is>
+      </c>
+      <c r="B2472" s="1" t="inlineStr">
+        <is>
+          <t>Pedagojik Anlayışın Uzaktan Eğitime Uyarlanması</t>
+        </is>
+      </c>
+      <c r="C2472" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2473" spans="1:3">
+      <c r="A2473" s="1" t="inlineStr">
+        <is>
+          <t>9780202192864</t>
+        </is>
+      </c>
+      <c r="B2473" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Genel Yetenek Genel Kültür Lise Ve Ön lisans Ezberbozan Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2473" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2474" spans="1:3">
+      <c r="A2474" s="1" t="inlineStr">
+        <is>
+          <t>9786257582469</t>
+        </is>
+      </c>
+      <c r="B2474" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Becerileri Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2474" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="2475" spans="1:3">
+      <c r="A2475" s="1" t="inlineStr">
+        <is>
+          <t>9780202192611</t>
+        </is>
+      </c>
+      <c r="B2475" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Güvenlik Kurumu Görevde Yükselme ve Unvan Değişikliği Sınavları Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2475" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2476" spans="1:3">
+      <c r="A2476" s="1" t="inlineStr">
+        <is>
+          <t>9786257582476</t>
+        </is>
+      </c>
+      <c r="B2476" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Ergenlerde Travma Kayıp ve Yas Danışmanlığı Kuram ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2476" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="2477" spans="1:3">
+      <c r="A2477" s="1" t="inlineStr">
+        <is>
+          <t>9786052414439</t>
+        </is>
+      </c>
+      <c r="B2477" s="1" t="inlineStr">
+        <is>
+          <t>Efsane 2000 Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2477" s="1">
+        <v>49.99</v>
+      </c>
+    </row>
+    <row r="2478" spans="1:3">
+      <c r="A2478" s="1" t="inlineStr">
+        <is>
+          <t>9786054282098</t>
+        </is>
+      </c>
+      <c r="B2478" s="1" t="inlineStr">
+        <is>
+          <t>E-Öğrenme</t>
+        </is>
+      </c>
+      <c r="C2478" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="2479" spans="1:3">
+      <c r="A2479" s="1" t="inlineStr">
+        <is>
+          <t>9786053188650</t>
+        </is>
+      </c>
+      <c r="B2479" s="1" t="inlineStr">
+        <is>
+          <t>Türk Resim Sanatında Gerçeküstücü Ressamlar</t>
+        </is>
+      </c>
+      <c r="C2479" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2480" spans="1:3">
+      <c r="A2480" s="1" t="inlineStr">
+        <is>
+          <t>9786052415238</t>
+        </is>
+      </c>
+      <c r="B2480" s="1" t="inlineStr">
+        <is>
+          <t>Türk Halk Müziği Dizileriyle Solfej Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2480" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2481" spans="1:3">
+      <c r="A2481" s="1" t="inlineStr">
+        <is>
+          <t>9786055885779</t>
+        </is>
+      </c>
+      <c r="B2481" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Yönetiminde Öncü Kadınlar 1</t>
+        </is>
+      </c>
+      <c r="C2481" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2482" spans="1:3">
+      <c r="A2482" s="1" t="inlineStr">
+        <is>
+          <t>9786053180838</t>
+        </is>
+      </c>
+      <c r="B2482" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Beyaz Fotoğraflarla Karadeniz Ereğli</t>
+        </is>
+      </c>
+      <c r="C2482" s="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="2483" spans="1:3">
+      <c r="A2483" s="1" t="inlineStr">
+        <is>
+          <t>9786052414132</t>
+        </is>
+      </c>
+      <c r="B2483" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojiye Giriş</t>
+        </is>
+      </c>
+      <c r="C2483" s="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="2484" spans="1:3">
+      <c r="A2484" s="1" t="inlineStr">
+        <is>
+          <t>9786053644033</t>
+        </is>
+      </c>
+      <c r="B2484" s="1" t="inlineStr">
+        <is>
+          <t>Pencere</t>
+        </is>
+      </c>
+      <c r="C2484" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2485" spans="1:3">
+      <c r="A2485" s="1" t="inlineStr">
+        <is>
+          <t>9786052415054</t>
+        </is>
+      </c>
+      <c r="B2485" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetiminde Araştırma</t>
+        </is>
+      </c>
+      <c r="C2485" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="2486" spans="1:3">
+      <c r="A2486" s="1" t="inlineStr">
+        <is>
+          <t>9786052415191</t>
+        </is>
+      </c>
+      <c r="B2486" s="1" t="inlineStr">
+        <is>
+          <t>Şan İçin Piyano Eşlikli Türküler</t>
+        </is>
+      </c>
+      <c r="C2486" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2487" spans="1:3">
+      <c r="A2487" s="1" t="inlineStr">
+        <is>
+          <t>9786052414477</t>
+        </is>
+      </c>
+      <c r="B2487" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Felsefesi</t>
+        </is>
+      </c>
+      <c r="C2487" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2488" spans="1:3">
+      <c r="A2488" s="1" t="inlineStr">
+        <is>
+          <t>9786052414811</t>
+        </is>
+      </c>
+      <c r="B2488" s="1" t="inlineStr">
+        <is>
+          <t>Biz Sizinle Büyüdük</t>
+        </is>
+      </c>
+      <c r="C2488" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="2489" spans="1:3">
+      <c r="A2489" s="1" t="inlineStr">
+        <is>
+          <t>9786052417249</t>
+        </is>
+      </c>
+      <c r="B2489" s="1" t="inlineStr">
+        <is>
+          <t>Vizyoner Liderlik</t>
+        </is>
+      </c>
+      <c r="C2489" s="1">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="2490" spans="1:3">
+      <c r="A2490" s="1" t="inlineStr">
+        <is>
+          <t>9786052418291</t>
+        </is>
+      </c>
+      <c r="B2490" s="1" t="inlineStr">
+        <is>
+          <t>Fizik 3</t>
+        </is>
+      </c>
+      <c r="C2490" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2491" spans="1:3">
+      <c r="A2491" s="1" t="inlineStr">
+        <is>
+          <t>9786052416303</t>
+        </is>
+      </c>
+      <c r="B2491" s="1" t="inlineStr">
+        <is>
+          <t>Medya Okuryazarlığı ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2491" s="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="2492" spans="1:3">
+      <c r="A2492" s="1" t="inlineStr">
+        <is>
+          <t>9786052412244</t>
+        </is>
+      </c>
+      <c r="B2492" s="1" t="inlineStr">
+        <is>
+          <t>Havacılıkta Emniyet Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2492" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2493" spans="1:3">
+      <c r="A2493" s="1" t="inlineStr">
+        <is>
+          <t>9786052412145</t>
+        </is>
+      </c>
+      <c r="B2493" s="1" t="inlineStr">
+        <is>
+          <t>Hikaye Kitaplarında Anlama</t>
+        </is>
+      </c>
+      <c r="C2493" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="2494" spans="1:3">
+      <c r="A2494" s="1" t="inlineStr">
+        <is>
+          <t>9786052412237</t>
+        </is>
+      </c>
+      <c r="B2494" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Sözlü Edebiyat Ürünleri</t>
+        </is>
+      </c>
+      <c r="C2494" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2495" spans="1:3">
+      <c r="A2495" s="1" t="inlineStr">
+        <is>
+          <t>9786052411612</t>
+        </is>
+      </c>
+      <c r="B2495" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Fobi</t>
+        </is>
+      </c>
+      <c r="C2495" s="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="2496" spans="1:3">
+      <c r="A2496" s="1" t="inlineStr">
+        <is>
+          <t>9786052412473</t>
+        </is>
+      </c>
+      <c r="B2496" s="1" t="inlineStr">
+        <is>
+          <t>2018 KPSS En Güncel Bilgiler</t>
+        </is>
+      </c>
+      <c r="C2496" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2497" spans="1:3">
+      <c r="A2497" s="1" t="inlineStr">
+        <is>
+          <t>9786053186687</t>
+        </is>
+      </c>
+      <c r="B2497" s="1" t="inlineStr">
+        <is>
+          <t>Ezberbozan Serisi KPSS Eğitim Bilimleri Rehberlik ve Özel Eğitim Ders Notları</t>
+        </is>
+      </c>
+      <c r="C2497" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2498" spans="1:3">
+      <c r="A2498" s="1" t="inlineStr">
+        <is>
+          <t>9786053183709</t>
+        </is>
+      </c>
+      <c r="B2498" s="1" t="inlineStr">
+        <is>
+          <t>LYS Matematik-2 Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2498" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="2499" spans="1:3">
+      <c r="A2499" s="1" t="inlineStr">
+        <is>
+          <t>9786053183204</t>
+        </is>
+      </c>
+      <c r="B2499" s="1" t="inlineStr">
+        <is>
+          <t>Temel YDS Kelimeleri ve Çıkmış Kelime Soruları Çalışma Kitabı Vocab Camp for YDS</t>
+        </is>
+      </c>
+      <c r="C2499" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2500" spans="1:3">
+      <c r="A2500" s="1" t="inlineStr">
+        <is>
+          <t>9786052412916</t>
+        </is>
+      </c>
+      <c r="B2500" s="1" t="inlineStr">
+        <is>
+          <t>Libertus Hukuk Çek Kopart Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2500" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2501" spans="1:3">
+      <c r="A2501" s="1" t="inlineStr">
+        <is>
+          <t>9786052412961</t>
+        </is>
+      </c>
+      <c r="B2501" s="1" t="inlineStr">
+        <is>
+          <t>Libertus Hukuk Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2501" s="1">
+        <v>67.5</v>
+      </c>
+    </row>
+    <row r="2502" spans="1:3">
+      <c r="A2502" s="1" t="inlineStr">
+        <is>
+          <t>9786052418765</t>
+        </is>
+      </c>
+      <c r="B2502" s="1" t="inlineStr">
+        <is>
+          <t>Libertus Anayasa Hukuku Video Destekli Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C2502" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2503" spans="1:3">
+      <c r="A2503" s="1" t="inlineStr">
+        <is>
+          <t>9786052412893</t>
+        </is>
+      </c>
+      <c r="B2503" s="1" t="inlineStr">
+        <is>
+          <t>KPSS A Grubu Economicus İktisat Kopart Çöz Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2503" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2504" spans="1:3">
+      <c r="A2504" s="1" t="inlineStr">
+        <is>
+          <t>9786052417485</t>
+        </is>
+      </c>
+      <c r="B2504" s="1" t="inlineStr">
+        <is>
+          <t>Economicus Makro İktisat Ve Para-Banka-Kredi Tamamı Çözümlü Soru Bankası Cilt 2</t>
+        </is>
+      </c>
+      <c r="C2504" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="2505" spans="1:3">
+      <c r="A2505" s="1" t="inlineStr">
+        <is>
+          <t>9786052411384</t>
+        </is>
+      </c>
+      <c r="B2505" s="1" t="inlineStr">
+        <is>
+          <t>Gelecek Neslin Gözüyle 1915 Ermeni Olayları</t>
+        </is>
+      </c>
+      <c r="C2505" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2506" spans="1:3">
+      <c r="A2506" s="1" t="inlineStr">
+        <is>
+          <t>9786053188162</t>
+        </is>
+      </c>
+      <c r="B2506" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Özel Öğretim Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2506" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="2507" spans="1:3">
+      <c r="A2507" s="1" t="inlineStr">
+        <is>
+          <t>9786053187547</t>
+        </is>
+      </c>
+      <c r="B2507" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2507" s="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="2508" spans="1:3">
+      <c r="A2508" s="1" t="inlineStr">
+        <is>
+          <t>9786052412527</t>
+        </is>
+      </c>
+      <c r="B2508" s="1" t="inlineStr">
+        <is>
+          <t>PTT Personel Alımı Sınavı Genel Yetenek Genel Kültür Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C2508" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2509" spans="1:3">
+      <c r="A2509" s="1" t="inlineStr">
+        <is>
+          <t>9786052412510</t>
+        </is>
+      </c>
+      <c r="B2509" s="1" t="inlineStr">
+        <is>
+          <t>PTT Personel Alımı Sınavı Genel Yetenek Genel Kültür Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2509" s="1">
+        <v>52.5</v>
+      </c>
+    </row>
+    <row r="2510" spans="1:3">
+      <c r="A2510" s="1" t="inlineStr">
+        <is>
+          <t>9786053188254</t>
+        </is>
+      </c>
+      <c r="B2510" s="1" t="inlineStr">
+        <is>
+          <t>LYS - 2 Fizik - Kimya - Biyoloji Tamamı Çözümlü 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C2510" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2511" spans="1:3">
+      <c r="A2511" s="1" t="inlineStr">
+        <is>
+          <t>9786053188247</t>
+        </is>
+      </c>
+      <c r="B2511" s="1" t="inlineStr">
+        <is>
+          <t>LYS - 1 Matematik Tamamı Çözümlü 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C2511" s="1">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="2512" spans="1:3">
+      <c r="A2512" s="1" t="inlineStr">
+        <is>
+          <t>9786053647331</t>
+        </is>
+      </c>
+      <c r="B2512" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Ezberbozan Ölçme ve Değerlendirme Ders Notları</t>
+        </is>
+      </c>
+      <c r="C2512" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2513" spans="1:3">
+      <c r="A2513" s="1" t="inlineStr">
+        <is>
+          <t>9786053180784</t>
+        </is>
+      </c>
+      <c r="B2513" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Ezberbozan Eğitim Bilimleri Gelişim Psikolojisi Ders Notları</t>
+        </is>
+      </c>
+      <c r="C2513" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2514" spans="1:3">
+      <c r="A2514" s="1" t="inlineStr">
+        <is>
+          <t>9786053184263</t>
+        </is>
+      </c>
+      <c r="B2514" s="1" t="inlineStr">
+        <is>
+          <t>KPSS AÖGS Eğitim Bilimleri Öğretim İlke ve Yöntemleri, Sınıf Yönetimi, Program Geliştirme, Öğretim Teknolojileri ve Materyal Tasarımı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2514" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2515" spans="1:3">
+      <c r="A2515" s="1" t="inlineStr">
+        <is>
+          <t>9786052410035</t>
+        </is>
+      </c>
+      <c r="B2515" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Kim Korkar Anayasa'dan</t>
+        </is>
+      </c>
+      <c r="C2515" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2516" spans="1:3">
+      <c r="A2516" s="1" t="inlineStr">
+        <is>
+          <t>9786052410615</t>
+        </is>
+      </c>
+      <c r="B2516" s="1" t="inlineStr">
+        <is>
+          <t>Kim Korkar Tarih'ten</t>
+        </is>
+      </c>
+      <c r="C2516" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2517" spans="1:3">
+      <c r="A2517" s="1" t="inlineStr">
+        <is>
+          <t>9786053180579</t>
+        </is>
+      </c>
+      <c r="B2517" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Ezberbozan Vatandaşlık Ders Notları</t>
+        </is>
+      </c>
+      <c r="C2517" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2518" spans="1:3">
+      <c r="A2518" s="1" t="inlineStr">
+        <is>
+          <t>9786053649793</t>
+        </is>
+      </c>
+      <c r="B2518" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Ezberbozan Coğrafya Ders Notları</t>
+        </is>
+      </c>
+      <c r="C2518" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2519" spans="1:3">
+      <c r="A2519" s="1" t="inlineStr">
+        <is>
+          <t>9786053648154</t>
+        </is>
+      </c>
+      <c r="B2519" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Web Teknolojilerinin Kullanımı</t>
+        </is>
+      </c>
+      <c r="C2519" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2520" spans="1:3">
+      <c r="A2520" s="1" t="inlineStr">
+        <is>
+          <t>9789756802274</t>
+        </is>
+      </c>
+      <c r="B2520" s="1" t="inlineStr">
+        <is>
+          <t>Okul Kültürü ve Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2520" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="2521" spans="1:3">
+      <c r="A2521" s="1" t="inlineStr">
+        <is>
+          <t>9786053644750</t>
+        </is>
+      </c>
+      <c r="B2521" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Değişen Yaklaşımlar ve Yükseköğretimde Coğrafya Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2521" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="2522" spans="1:3">
+      <c r="A2522" s="1" t="inlineStr">
+        <is>
+          <t>9786053645740</t>
+        </is>
+      </c>
+      <c r="B2522" s="1" t="inlineStr">
+        <is>
+          <t>Konu Alanı Ders Kitabı İncelemesi Kılavuzu Sosyal Bilgiler</t>
+        </is>
+      </c>
+      <c r="C2522" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="2523" spans="1:3">
+      <c r="A2523" s="1" t="inlineStr">
+        <is>
+          <t>9786053645863</t>
+        </is>
+      </c>
+      <c r="B2523" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Ana Dili Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2523" s="1">
+        <v>30.56</v>
+      </c>
+    </row>
+    <row r="2524" spans="1:3">
+      <c r="A2524" s="1" t="inlineStr">
+        <is>
+          <t>9786053645702</t>
+        </is>
+      </c>
+      <c r="B2524" s="1" t="inlineStr">
+        <is>
+          <t>Tanımları ve Tarihsel Gelişimleriyle Matematiksel Kavramlar</t>
+        </is>
+      </c>
+      <c r="C2524" s="1">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="2525" spans="1:3">
+      <c r="A2525" s="1" t="inlineStr">
+        <is>
+          <t>9786053645177</t>
+        </is>
+      </c>
+      <c r="B2525" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilgilerin Doğası</t>
+        </is>
+      </c>
+      <c r="C2525" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="2526" spans="1:3">
+      <c r="A2526" s="1" t="inlineStr">
+        <is>
+          <t>9786050370270</t>
+        </is>
+      </c>
+      <c r="B2526" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Eğitimi ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2526" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="2527" spans="1:3">
+      <c r="A2527" s="1" t="inlineStr">
+        <is>
+          <t>9786053646150</t>
+        </is>
+      </c>
+      <c r="B2527" s="1" t="inlineStr">
+        <is>
+          <t>Düşünen Sınıflar İçin Din Kültürü ve Ahlak Bilgisi Öğretimi İlkokul 4. Sınıf</t>
+        </is>
+      </c>
+      <c r="C2527" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="2528" spans="1:3">
+      <c r="A2528" s="1" t="inlineStr">
+        <is>
+          <t>9786053645115</t>
+        </is>
+      </c>
+      <c r="B2528" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı İnsan İlişkileri ve Etkili İletişim</t>
+        </is>
+      </c>
+      <c r="C2528" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2529" spans="1:3">
+      <c r="A2529" s="1" t="inlineStr">
+        <is>
+          <t>9789756802717</t>
+        </is>
+      </c>
+      <c r="B2529" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Değişim Yöntemi</t>
+        </is>
+      </c>
+      <c r="C2529" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2530" spans="1:3">
+      <c r="A2530" s="1" t="inlineStr">
+        <is>
+          <t>9786053647195</t>
+        </is>
+      </c>
+      <c r="B2530" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim ve Öğretim Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2530" s="1">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="2531" spans="1:3">
+      <c r="A2531" s="1" t="inlineStr">
+        <is>
+          <t>9786053646891</t>
+        </is>
+      </c>
+      <c r="B2531" s="1" t="inlineStr">
+        <is>
+          <t>Genel Dilbilime Giriş</t>
+        </is>
+      </c>
+      <c r="C2531" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="2532" spans="1:3">
+      <c r="A2532" s="1" t="inlineStr">
+        <is>
+          <t>9786053646785</t>
+        </is>
+      </c>
+      <c r="B2532" s="1" t="inlineStr">
+        <is>
+          <t>Özel Gereksinimli Okul Öncesi Çocukların Öğretiminde Temel Yapı Taşları</t>
+        </is>
+      </c>
+      <c r="C2532" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="2533" spans="1:3">
+      <c r="A2533" s="1" t="inlineStr">
+        <is>
+          <t>9786053180333</t>
+        </is>
+      </c>
+      <c r="B2533" s="1" t="inlineStr">
+        <is>
+          <t>ÖABT 2015 Tarih Tamamı Çözümlü 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C2533" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2534" spans="1:3">
+      <c r="A2534" s="1" t="inlineStr">
+        <is>
+          <t>9786053648956</t>
+        </is>
+      </c>
+      <c r="B2534" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Sıklıktaki Adlar : Zaman SözcükBiçimi Üzerine Derlem Temelli Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C2534" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2535" spans="1:3">
+      <c r="A2535" s="1" t="inlineStr">
+        <is>
+          <t>9786053646129</t>
+        </is>
+      </c>
+      <c r="B2535" s="1" t="inlineStr">
+        <is>
+          <t>Modern Yöntem ve Tekniklerle Coğrafya Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2535" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="2536" spans="1:3">
+      <c r="A2536" s="1" t="inlineStr">
+        <is>
+          <t>9786053645580</t>
+        </is>
+      </c>
+      <c r="B2536" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 2014 KPSS Anayasa Hukuku</t>
+        </is>
+      </c>
+      <c r="C2536" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="2537" spans="1:3">
+      <c r="A2537" s="1" t="inlineStr">
+        <is>
+          <t>9786052411186</t>
+        </is>
+      </c>
+      <c r="B2537" s="1" t="inlineStr">
+        <is>
+          <t>Vocab Camp for YDS</t>
+        </is>
+      </c>
+      <c r="C2537" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2538" spans="1:3">
+      <c r="A2538" s="1" t="inlineStr">
+        <is>
+          <t>9786052415368</t>
+        </is>
+      </c>
+      <c r="B2538" s="1" t="inlineStr">
+        <is>
+          <t>Bi' Dünya Paragraf Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2538" s="1">
+        <v>43.5</v>
+      </c>
+    </row>
+    <row r="2539" spans="1:3">
+      <c r="A2539" s="1" t="inlineStr">
+        <is>
+          <t>9786052414316</t>
+        </is>
+      </c>
+      <c r="B2539" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Yetersizliği Olan Bireyler ve Eğitimleri</t>
+        </is>
+      </c>
+      <c r="C2539" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2540" spans="1:3">
+      <c r="A2540" s="1" t="inlineStr">
+        <is>
+          <t>9786052412176</t>
+        </is>
+      </c>
+      <c r="B2540" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Saman ve Papağan</t>
+        </is>
+      </c>
+      <c r="C2540" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2541" spans="1:3">
+      <c r="A2541" s="1" t="inlineStr">
+        <is>
+          <t>9786052415757</t>
+        </is>
+      </c>
+      <c r="B2541" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretim Mevzuat Rehberi</t>
+        </is>
+      </c>
+      <c r="C2541" s="1">
+        <v>2865</v>
+      </c>
+    </row>
+    <row r="2542" spans="1:3">
+      <c r="A2542" s="1" t="inlineStr">
+        <is>
+          <t>9789758792382</t>
+        </is>
+      </c>
+      <c r="B2542" s="1" t="inlineStr">
+        <is>
+          <t>Passport to English</t>
+        </is>
+      </c>
+      <c r="C2542" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="2543" spans="1:3">
+      <c r="A2543" s="1" t="inlineStr">
+        <is>
+          <t>9786052410127</t>
+        </is>
+      </c>
+      <c r="B2543" s="1" t="inlineStr">
+        <is>
+          <t>Kadın ve Aile Hayatı</t>
+        </is>
+      </c>
+      <c r="C2543" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2544" spans="1:3">
+      <c r="A2544" s="1" t="inlineStr">
+        <is>
+          <t>9786053187783</t>
+        </is>
+      </c>
+      <c r="B2544" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Yaşamda Çocuk</t>
+        </is>
+      </c>
+      <c r="C2544" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="2545" spans="1:3">
+      <c r="A2545" s="1" t="inlineStr">
+        <is>
+          <t>9786052412114</t>
+        </is>
+      </c>
+      <c r="B2545" s="1" t="inlineStr">
+        <is>
+          <t>Ortaokullar İçin Güncel Yeni Türkçe Sözlük</t>
+        </is>
+      </c>
+      <c r="C2545" s="1">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="2546" spans="1:3">
+      <c r="A2546" s="1" t="inlineStr">
+        <is>
+          <t>9786052410608</t>
+        </is>
+      </c>
+      <c r="B2546" s="1" t="inlineStr">
+        <is>
+          <t>Onarıcı Disiplin Modeli</t>
+        </is>
+      </c>
+      <c r="C2546" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="2547" spans="1:3">
+      <c r="A2547" s="1" t="inlineStr">
+        <is>
+          <t>9786053184744</t>
+        </is>
+      </c>
+      <c r="B2547" s="1" t="inlineStr">
+        <is>
+          <t>3-6. Sınıflar İçin Matematikte Problem Çözme</t>
+        </is>
+      </c>
+      <c r="C2547" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2548" spans="1:3">
+      <c r="A2548" s="1" t="inlineStr">
+        <is>
+          <t>9786052412152</t>
+        </is>
+      </c>
+      <c r="B2548" s="1" t="inlineStr">
+        <is>
+          <t>Kutadgu Bilig'de Sosyo-Pedagojik ve Siyasal Söylem</t>
+        </is>
+      </c>
+      <c r="C2548" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="2549" spans="1:3">
+      <c r="A2549" s="1" t="inlineStr">
+        <is>
+          <t>9786053186304</t>
+        </is>
+      </c>
+      <c r="B2549" s="1" t="inlineStr">
+        <is>
+          <t>Kuramsal Estetik</t>
+        </is>
+      </c>
+      <c r="C2549" s="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="2550" spans="1:3">
+      <c r="A2550" s="1" t="inlineStr">
+        <is>
+          <t>9786052414217</t>
+        </is>
+      </c>
+      <c r="B2550" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C2550" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2551" spans="1:3">
+      <c r="A2551" s="1" t="inlineStr">
+        <is>
+          <t>9786052412060</t>
+        </is>
+      </c>
+      <c r="B2551" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Değiştiren Çocuklar</t>
+        </is>
+      </c>
+      <c r="C2551" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="2552" spans="1:3">
+      <c r="A2552" s="1" t="inlineStr">
+        <is>
+          <t>9786053187073</t>
+        </is>
+      </c>
+      <c r="B2552" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Dönemde Karakter ve Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2552" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2553" spans="1:3">
+      <c r="A2553" s="1" t="inlineStr">
+        <is>
+          <t>9786053185055</t>
+        </is>
+      </c>
+      <c r="B2553" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Gerçeğimiz</t>
+        </is>
+      </c>
+      <c r="C2553" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2554" spans="1:3">
+      <c r="A2554" s="1" t="inlineStr">
+        <is>
+          <t>9786053184065</t>
+        </is>
+      </c>
+      <c r="B2554" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Drama İle Farklılıklar ve Farkındalıklar</t>
+        </is>
+      </c>
+      <c r="C2554" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2555" spans="1:3">
+      <c r="A2555" s="1" t="inlineStr">
+        <is>
+          <t>9786053184133</t>
+        </is>
+      </c>
+      <c r="B2555" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Teorisi</t>
+        </is>
+      </c>
+      <c r="C2555" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2556" spans="1:3">
+      <c r="A2556" s="1" t="inlineStr">
+        <is>
+          <t>9786053183808</t>
+        </is>
+      </c>
+      <c r="B2556" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Eğitiminde Teoriler</t>
+        </is>
+      </c>
+      <c r="C2556" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="2557" spans="1:3">
+      <c r="A2557" s="1" t="inlineStr">
+        <is>
+          <t>9786052414835</t>
+        </is>
+      </c>
+      <c r="B2557" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Eğitimi Kuramları ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2557" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2558" spans="1:3">
+      <c r="A2558" s="1" t="inlineStr">
+        <is>
+          <t>9786052414521</t>
+        </is>
+      </c>
+      <c r="B2558" s="1" t="inlineStr">
+        <is>
+          <t>Kaygılı Beyin ve Bilişsel Performans</t>
+        </is>
+      </c>
+      <c r="C2558" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2559" spans="1:3">
+      <c r="A2559" s="1" t="inlineStr">
+        <is>
+          <t>9786053189961</t>
+        </is>
+      </c>
+      <c r="B2559" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesinde Fen Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2559" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="2560" spans="1:3">
+      <c r="A2560" s="1" t="inlineStr">
+        <is>
+          <t>9786053184355</t>
+        </is>
+      </c>
+      <c r="B2560" s="1" t="inlineStr">
+        <is>
+          <t>Fakat Hikaye</t>
+        </is>
+      </c>
+      <c r="C2560" s="1">
+        <v>17.13</v>
+      </c>
+    </row>
+    <row r="2561" spans="1:3">
+      <c r="A2561" s="1" t="inlineStr">
+        <is>
+          <t>9786053647539</t>
+        </is>
+      </c>
+      <c r="B2561" s="1" t="inlineStr">
+        <is>
+          <t>Charter Okulları</t>
+        </is>
+      </c>
+      <c r="C2561" s="1">
+        <v>17.13</v>
+      </c>
+    </row>
+    <row r="2562" spans="1:3">
+      <c r="A2562" s="1" t="inlineStr">
+        <is>
+          <t>9786053184379</t>
+        </is>
+      </c>
+      <c r="B2562" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Zaman İçinde Roman Roman İçinde</t>
+        </is>
+      </c>
+      <c r="C2562" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="2563" spans="1:3">
+      <c r="A2563" s="1" t="inlineStr">
+        <is>
+          <t>9786053181064</t>
+        </is>
+      </c>
+      <c r="B2563" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlılık ve Emeklilik</t>
+        </is>
+      </c>
+      <c r="C2563" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2564" spans="1:3">
+      <c r="A2564" s="1" t="inlineStr">
+        <is>
+          <t>9786053184102</t>
+        </is>
+      </c>
+      <c r="B2564" s="1" t="inlineStr">
+        <is>
+          <t>Okul-Çevre İlişkileri</t>
+        </is>
+      </c>
+      <c r="C2564" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2565" spans="1:3">
+      <c r="A2565" s="1" t="inlineStr">
+        <is>
+          <t>9786053183518</t>
+        </is>
+      </c>
+      <c r="B2565" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Liderliği</t>
+        </is>
+      </c>
+      <c r="C2565" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="2566" spans="1:3">
+      <c r="A2566" s="1" t="inlineStr">
+        <is>
+          <t>9786053647263</t>
+        </is>
+      </c>
+      <c r="B2566" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenlik Halleri</t>
+        </is>
+      </c>
+      <c r="C2566" s="1">
+        <v>43.98</v>
+      </c>
+    </row>
+    <row r="2567" spans="1:3">
+      <c r="A2567" s="1" t="inlineStr">
+        <is>
+          <t>9786053180906</t>
+        </is>
+      </c>
+      <c r="B2567" s="1" t="inlineStr">
+        <is>
+          <t>Sömürge Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2567" s="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="2568" spans="1:3">
+      <c r="A2568" s="1" t="inlineStr">
+        <is>
+          <t>9786053182672</t>
+        </is>
+      </c>
+      <c r="B2568" s="1" t="inlineStr">
+        <is>
+          <t>Mahpeyker Kösem Sultan</t>
+        </is>
+      </c>
+      <c r="C2568" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="2569" spans="1:3">
+      <c r="A2569" s="1" t="inlineStr">
+        <is>
+          <t>9786052412329</t>
+        </is>
+      </c>
+      <c r="B2569" s="1" t="inlineStr">
+        <is>
+          <t>Aile, Okul, İşyeri, Spor, Cezaevleri ve Yaşamın Diğer Alanlarında Öfke Kontrolü</t>
+        </is>
+      </c>
+      <c r="C2569" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2570" spans="1:3">
+      <c r="A2570" s="1" t="inlineStr">
+        <is>
+          <t>9786052412169</t>
+        </is>
+      </c>
+      <c r="B2570" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Yeni Yazıyla Okuma Yazma</t>
+        </is>
+      </c>
+      <c r="C2570" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2571" spans="1:3">
+      <c r="A2571" s="1" t="inlineStr">
+        <is>
+          <t>9786052412213</t>
+        </is>
+      </c>
+      <c r="B2571" s="1" t="inlineStr">
+        <is>
+          <t>Hatay İli Yerleşme Coğrafyası 1</t>
+        </is>
+      </c>
+      <c r="C2571" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2572" spans="1:3">
+      <c r="A2572" s="1" t="inlineStr">
+        <is>
+          <t>9786052411681</t>
+        </is>
+      </c>
+      <c r="B2572" s="1" t="inlineStr">
+        <is>
+          <t>Votre Cahier d’Exercices</t>
+        </is>
+      </c>
+      <c r="C2572" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2573" spans="1:3">
+      <c r="A2573" s="1" t="inlineStr">
+        <is>
+          <t>9786052411650</t>
+        </is>
+      </c>
+      <c r="B2573" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Açıklamalı Türkçe Dilbilgisi Alıştırmaları (A1 Düzeyi)</t>
+        </is>
+      </c>
+      <c r="C2573" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2574" spans="1:3">
+      <c r="A2574" s="1" t="inlineStr">
+        <is>
+          <t>9786053188360</t>
+        </is>
+      </c>
+      <c r="B2574" s="1" t="inlineStr">
+        <is>
+          <t>Implicatures And Inferences In Communication</t>
+        </is>
+      </c>
+      <c r="C2574" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2575" spans="1:3">
+      <c r="A2575" s="1" t="inlineStr">
+        <is>
+          <t>9786052411667</t>
+        </is>
+      </c>
+      <c r="B2575" s="1" t="inlineStr">
+        <is>
+          <t>Formalist Dilbilgisi Kuramları</t>
+        </is>
+      </c>
+      <c r="C2575" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2576" spans="1:3">
+      <c r="A2576" s="1" t="inlineStr">
+        <is>
+          <t>9786053187769</t>
+        </is>
+      </c>
+      <c r="B2576" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimat’tan Cumhuriyet’e Öğretmen Yetiştiren Kurumlarda Eğitim Yönetimi ve Denetimi</t>
+        </is>
+      </c>
+      <c r="C2576" s="1">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="2577" spans="1:3">
+      <c r="A2577" s="1" t="inlineStr">
+        <is>
+          <t>9786052411544</t>
+        </is>
+      </c>
+      <c r="B2577" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Sınavlarına Hazırlık Bi’Dünya Paragraf Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2577" s="1">
+        <v>43.5</v>
+      </c>
+    </row>
+    <row r="2578" spans="1:3">
+      <c r="A2578" s="1" t="inlineStr">
+        <is>
+          <t>9786053187653</t>
+        </is>
+      </c>
+      <c r="B2578" s="1" t="inlineStr">
+        <is>
+          <t>Milli Eğitim Bakanlığı Personelinin Görevde Yükselme Sınavlarına Hazırlık El Kitabı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2578" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="2579" spans="1:3">
+      <c r="A2579" s="1" t="inlineStr">
+        <is>
+          <t>9786053189534</t>
+        </is>
+      </c>
+      <c r="B2579" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Eğitimde Program Geliştirme ve Öğretim İlke ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2579" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="2580" spans="1:3">
+      <c r="A2580" s="1" t="inlineStr">
+        <is>
+          <t>9786052411056</t>
+        </is>
+      </c>
+      <c r="B2580" s="1" t="inlineStr">
+        <is>
+          <t>Yazılı Anlatım 1-2</t>
+        </is>
+      </c>
+      <c r="C2580" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2581" spans="1:3">
+      <c r="A2581" s="1" t="inlineStr">
+        <is>
+          <t>9786053646365</t>
+        </is>
+      </c>
+      <c r="B2581" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Labview 2</t>
+        </is>
+      </c>
+      <c r="C2581" s="1">
+        <v>30.09</v>
+      </c>
+    </row>
+    <row r="2582" spans="1:3">
+      <c r="A2582" s="1" t="inlineStr">
+        <is>
+          <t>9786053188032</t>
+        </is>
+      </c>
+      <c r="B2582" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışma ve Rehberlikte Program Geliştirme</t>
+        </is>
+      </c>
+      <c r="C2582" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="2583" spans="1:3">
+      <c r="A2583" s="1" t="inlineStr">
+        <is>
+          <t>9786052410233</t>
+        </is>
+      </c>
+      <c r="B2583" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C2583" s="1">
+        <v>31.48</v>
+      </c>
+    </row>
+    <row r="2584" spans="1:3">
+      <c r="A2584" s="1" t="inlineStr">
+        <is>
+          <t>9786052410134</t>
+        </is>
+      </c>
+      <c r="B2584" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenime</t>
+        </is>
+      </c>
+      <c r="C2584" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2585" spans="1:3">
+      <c r="A2585" s="1" t="inlineStr">
+        <is>
+          <t>9786053188278</t>
+        </is>
+      </c>
+      <c r="B2585" s="1" t="inlineStr">
+        <is>
+          <t>LYS - 4 Tarih - Coğrafya 2 - Felsefe Tamamı Çözümlü 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C2585" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2586" spans="1:3">
+      <c r="A2586" s="1" t="inlineStr">
+        <is>
+          <t>9786053188261</t>
+        </is>
+      </c>
+      <c r="B2586" s="1" t="inlineStr">
+        <is>
+          <t>LYS - 3 Türk Dili ve Edebiyatı - Coğrafya 1 Tamamı Çözümlü 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C2586" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2587" spans="1:3">
+      <c r="A2587" s="1" t="inlineStr">
+        <is>
+          <t>9786053187400</t>
+        </is>
+      </c>
+      <c r="B2587" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Danışma</t>
+        </is>
+      </c>
+      <c r="C2587" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2588" spans="1:3">
+      <c r="A2588" s="1" t="inlineStr">
+        <is>
+          <t>9786054282470</t>
+        </is>
+      </c>
+      <c r="B2588" s="1" t="inlineStr">
+        <is>
+          <t>Profesyonel Öğretmenliğe Doğru</t>
+        </is>
+      </c>
+      <c r="C2588" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="2589" spans="1:3">
+      <c r="A2589" s="1" t="inlineStr">
+        <is>
+          <t>9786053644774</t>
+        </is>
+      </c>
+      <c r="B2589" s="1" t="inlineStr">
+        <is>
+          <t>Piyano Öğretiminde Pedagojik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C2589" s="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="2590" spans="1:3">
+      <c r="A2590" s="1" t="inlineStr">
+        <is>
+          <t>9786054282449</t>
+        </is>
+      </c>
+      <c r="B2590" s="1" t="inlineStr">
+        <is>
+          <t>Passport to English</t>
+        </is>
+      </c>
+      <c r="C2590" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="2591" spans="1:3">
+      <c r="A2591" s="1" t="inlineStr">
+        <is>
+          <t>9786053644606</t>
+        </is>
+      </c>
+      <c r="B2591" s="1" t="inlineStr">
+        <is>
+          <t>Özgün Makamsal Parçalar</t>
+        </is>
+      </c>
+      <c r="C2591" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="2592" spans="1:3">
+      <c r="A2592" s="1" t="inlineStr">
+        <is>
+          <t>9786055885472</t>
+        </is>
+      </c>
+      <c r="B2592" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı (Beyaz Kapak)</t>
+        </is>
+      </c>
+      <c r="C2592" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2593" spans="1:3">
+      <c r="A2593" s="1" t="inlineStr">
+        <is>
+          <t>9789944919104</t>
+        </is>
+      </c>
+      <c r="B2593" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+        </is>
+      </c>
+      <c r="C2593" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2594" spans="1:3">
+      <c r="A2594" s="1" t="inlineStr">
+        <is>
+          <t>9786053640073</t>
+        </is>
+      </c>
+      <c r="B2594" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+        </is>
+      </c>
+      <c r="C2594" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2595" spans="1:3">
+      <c r="A2595" s="1" t="inlineStr">
+        <is>
+          <t>9786053642473</t>
+        </is>
+      </c>
+      <c r="B2595" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Programları Temelinde Yer Bilimleri ve Astronomi</t>
+        </is>
+      </c>
+      <c r="C2595" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2596" spans="1:3">
+      <c r="A2596" s="1" t="inlineStr">
+        <is>
+          <t>9786053185482</t>
+        </is>
+      </c>
+      <c r="B2596" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2596" s="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="2597" spans="1:3">
+      <c r="A2597" s="1" t="inlineStr">
+        <is>
+          <t>9786053641148</t>
+        </is>
+      </c>
+      <c r="B2597" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2597" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="2598" spans="1:3">
+      <c r="A2598" s="1" t="inlineStr">
+        <is>
+          <t>9789756802137</t>
+        </is>
+      </c>
+      <c r="B2598" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme ve Öğretme</t>
+        </is>
+      </c>
+      <c r="C2598" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2599" spans="1:3">
+      <c r="A2599" s="1" t="inlineStr">
+        <is>
+          <t>9786053642770</t>
+        </is>
+      </c>
+      <c r="B2599" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme ve Öğretme</t>
+        </is>
+      </c>
+      <c r="C2599" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="2600" spans="1:3">
+      <c r="A2600" s="1" t="inlineStr">
+        <is>
+          <t>9786053640844</t>
+        </is>
+      </c>
+      <c r="B2600" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Öğretim ve Değerlendirme ile İlgili Bir Sınıflama</t>
+        </is>
+      </c>
+      <c r="C2600" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="2601" spans="1:3">
+      <c r="A2601" s="1" t="inlineStr">
+        <is>
+          <t>9786053641094</t>
+        </is>
+      </c>
+      <c r="B2601" s="1" t="inlineStr">
+        <is>
+          <t>Otantik Öğrenme</t>
+        </is>
+      </c>
+      <c r="C2601" s="1">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="2602" spans="1:3">
+      <c r="A2602" s="1" t="inlineStr">
+        <is>
+          <t>9786053644811</t>
+        </is>
+      </c>
+      <c r="B2602" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’nın Son Savaşları Nedeniyle Açılan Meclis Soruşturmaları</t>
+        </is>
+      </c>
+      <c r="C2602" s="1">
+        <v>31.94</v>
+      </c>
+    </row>
+    <row r="2603" spans="1:3">
+      <c r="A2603" s="1" t="inlineStr">
+        <is>
+          <t>9786053642794</t>
+        </is>
+      </c>
+      <c r="B2603" s="1" t="inlineStr">
+        <is>
+          <t>Okullarda Psikolojik Danışma ve Rehberlik Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2603" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="2604" spans="1:3">
+      <c r="A2604" s="1" t="inlineStr">
+        <is>
+          <t>9789756802441</t>
+        </is>
+      </c>
+      <c r="B2604" s="1" t="inlineStr">
+        <is>
+          <t>Okullarda Beden Eğitimi  ve Oyun Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2604" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="2605" spans="1:3">
+      <c r="A2605" s="1" t="inlineStr">
+        <is>
+          <t>9786055885540</t>
+        </is>
+      </c>
+      <c r="B2605" s="1" t="inlineStr">
+        <is>
+          <t>Okuldaki Çocuklarımız</t>
+        </is>
+      </c>
+      <c r="C2605" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="2606" spans="1:3">
+      <c r="A2606" s="1" t="inlineStr">
+        <is>
+          <t>9786053642541</t>
+        </is>
+      </c>
+      <c r="B2606" s="1" t="inlineStr">
+        <is>
+          <t>Okulda Öğrenme ve Öğretme</t>
+        </is>
+      </c>
+      <c r="C2606" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="2607" spans="1:3">
+      <c r="A2607" s="1" t="inlineStr">
+        <is>
+          <t>9786053641360</t>
+        </is>
+      </c>
+      <c r="B2607" s="1" t="inlineStr">
+        <is>
+          <t>Okul Psikolojik Danışma ve Rehberlik Programlarının Hazırlanması</t>
+        </is>
+      </c>
+      <c r="C2607" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="2608" spans="1:3">
+      <c r="A2608" s="1" t="inlineStr">
+        <is>
+          <t>9786053642855</t>
+        </is>
+      </c>
+      <c r="B2608" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesinde Değerler Eğitimi ve Etkinlik Örnekleri</t>
+        </is>
+      </c>
+      <c r="C2608" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="2609" spans="1:3">
+      <c r="A2609" s="1" t="inlineStr">
+        <is>
+          <t>9786053648819</t>
+        </is>
+      </c>
+      <c r="B2609" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C2609" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="2610" spans="1:3">
+      <c r="A2610" s="1" t="inlineStr">
+        <is>
+          <t>9786054282135</t>
+        </is>
+      </c>
+      <c r="B2610" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Dönemde Sosyal Beceriler</t>
+        </is>
+      </c>
+      <c r="C2610" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="2611" spans="1:3">
+      <c r="A2611" s="1" t="inlineStr">
+        <is>
+          <t>9786053640806</t>
+        </is>
+      </c>
+      <c r="B2611" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Dönemde Fen Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2611" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="2612" spans="1:3">
+      <c r="A2612" s="1" t="inlineStr">
+        <is>
+          <t>9786053184430</t>
+        </is>
+      </c>
+      <c r="B2612" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Dönemde Akran İlişkileri</t>
+        </is>
+      </c>
+      <c r="C2612" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2613" spans="1:3">
+      <c r="A2613" s="1" t="inlineStr">
+        <is>
+          <t>9786053640592</t>
+        </is>
+      </c>
+      <c r="B2613" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Dönem Çocukları için Çevre Eğitimi Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C2613" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2614" spans="1:3">
+      <c r="A2614" s="1" t="inlineStr">
+        <is>
+          <t>9786053640028</t>
+        </is>
+      </c>
+      <c r="B2614" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Yazabilirim? - Yazılı Anlatım</t>
+        </is>
+      </c>
+      <c r="C2614" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2615" spans="1:3">
+      <c r="A2615" s="1" t="inlineStr">
+        <is>
+          <t>9786055885724</t>
+        </is>
+      </c>
+      <c r="B2615" s="1" t="inlineStr">
+        <is>
+          <t>Modern Fiziğe Giriş</t>
+        </is>
+      </c>
+      <c r="C2615" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2616" spans="1:3">
+      <c r="A2616" s="1" t="inlineStr">
+        <is>
+          <t>9786055885311</t>
+        </is>
+      </c>
+      <c r="B2616" s="1" t="inlineStr">
+        <is>
+          <t>Matematiksel Kavram Yanılgıları ve Çözüm Önerileri</t>
+        </is>
+      </c>
+      <c r="C2616" s="1">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="2617" spans="1:3">
+      <c r="A2617" s="1" t="inlineStr">
+        <is>
+          <t>9786053643418</t>
+        </is>
+      </c>
+      <c r="B2617" s="1" t="inlineStr">
+        <is>
+          <t>Masalın Sesi</t>
+        </is>
+      </c>
+      <c r="C2617" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2618" spans="1:3">
+      <c r="A2618" s="1" t="inlineStr">
+        <is>
+          <t>9786053641520</t>
+        </is>
+      </c>
+      <c r="B2618" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme Avrupa Birliği ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C2618" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="2619" spans="1:3">
+      <c r="A2619" s="1" t="inlineStr">
+        <is>
+          <t>9789944919401</t>
+        </is>
+      </c>
+      <c r="B2619" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2619" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="2620" spans="1:3">
+      <c r="A2620" s="1" t="inlineStr">
+        <is>
+          <t>9786053642817</t>
+        </is>
+      </c>
+      <c r="B2620" s="1" t="inlineStr">
+        <is>
+          <t>Konuşma Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2620" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="2621" spans="1:3">
+      <c r="A2621" s="1" t="inlineStr">
+        <is>
+          <t>9789756802908</t>
+        </is>
+      </c>
+      <c r="B2621" s="1" t="inlineStr">
+        <is>
+          <t>Konu Alanı Ders Kitabı İncelemesi (Kırmızı Kapak)</t>
+        </is>
+      </c>
+      <c r="C2621" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="2622" spans="1:3">
+      <c r="A2622" s="1" t="inlineStr">
+        <is>
+          <t>9786054282104</t>
+        </is>
+      </c>
+      <c r="B2622" s="1" t="inlineStr">
+        <is>
+          <t>Kimyada Özel Konular</t>
+        </is>
+      </c>
+      <c r="C2622" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2623" spans="1:3">
+      <c r="A2623" s="1" t="inlineStr">
+        <is>
+          <t>9786053641179</t>
+        </is>
+      </c>
+      <c r="B2623" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Sabotaj</t>
+        </is>
+      </c>
+      <c r="C2623" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2624" spans="1:3">
+      <c r="A2624" s="1" t="inlineStr">
+        <is>
+          <t>9786053643029</t>
+        </is>
+      </c>
+      <c r="B2624" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı Eğitim Yansımaları</t>
+        </is>
+      </c>
+      <c r="C2624" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2625" spans="1:3">
+      <c r="A2625" s="1" t="inlineStr">
+        <is>
+          <t>9786053185949</t>
+        </is>
+      </c>
+      <c r="B2625" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluktan Ulus Devlete Türk İnkılap Tarihi</t>
+        </is>
+      </c>
+      <c r="C2625" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2626" spans="1:3">
+      <c r="A2626" s="1" t="inlineStr">
+        <is>
+          <t>9786054282111</t>
+        </is>
+      </c>
+      <c r="B2626" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretimde Karşılaşılan Matematiksel Zorluklar ve Çözüm Önerileri</t>
+        </is>
+      </c>
+      <c r="C2626" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2627" spans="1:3">
+      <c r="A2627" s="1" t="inlineStr">
+        <is>
+          <t>9786053641285</t>
+        </is>
+      </c>
+      <c r="B2627" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretimde Drama: Kuram ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C2627" s="1">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="2628" spans="1:3">
+      <c r="A2628" s="1" t="inlineStr">
+        <is>
+          <t>9789944919128</t>
+        </is>
+      </c>
+      <c r="B2628" s="1" t="inlineStr">
+        <is>
+          <t>İsviçre (Basel) Okul Sistemi</t>
+        </is>
+      </c>
+      <c r="C2628" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2629" spans="1:3">
+      <c r="A2629" s="1" t="inlineStr">
+        <is>
+          <t>9786055885007</t>
+        </is>
+      </c>
+      <c r="B2629" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Destekli Geometri</t>
+        </is>
+      </c>
+      <c r="C2629" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="2630" spans="1:3">
+      <c r="A2630" s="1" t="inlineStr">
+        <is>
+          <t>9786053646921</t>
+        </is>
+      </c>
+      <c r="B2630" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Eğitim Çıkmazı</t>
+        </is>
+      </c>
+      <c r="C2630" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="2631" spans="1:3">
+      <c r="A2631" s="1" t="inlineStr">
+        <is>
+          <t>9786053646860</t>
+        </is>
+      </c>
+      <c r="B2631" s="1" t="inlineStr">
+        <is>
+          <t>Gabriel Marcel Üstüne</t>
+        </is>
+      </c>
+      <c r="C2631" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2632" spans="1:3">
+      <c r="A2632" s="1" t="inlineStr">
+        <is>
+          <t>9786053646877</t>
+        </is>
+      </c>
+      <c r="B2632" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Eğitimde Bilimsel Araştırma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2632" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="2633" spans="1:3">
+      <c r="A2633" s="1" t="inlineStr">
+        <is>
+          <t>9786053646570</t>
+        </is>
+      </c>
+      <c r="B2633" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Yönetim Programına Göre Kuramdan Uygulamaya Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2633" s="1">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="2634" spans="1:3">
+      <c r="A2634" s="1" t="inlineStr">
+        <is>
+          <t>9786055885526</t>
+        </is>
+      </c>
+      <c r="B2634" s="1" t="inlineStr">
+        <is>
+          <t>Nadas Kadınları</t>
+        </is>
+      </c>
+      <c r="C2634" s="1">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="2635" spans="1:3">
+      <c r="A2635" s="1" t="inlineStr">
+        <is>
+          <t>9786053647034</t>
+        </is>
+      </c>
+      <c r="B2635" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Güvenlik Kurumu Görevde Yükselme - Sınavlara Hazırlık Soru Bankası 2014</t>
+        </is>
+      </c>
+      <c r="C2635" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="2636" spans="1:3">
+      <c r="A2636" s="1" t="inlineStr">
+        <is>
+          <t>9786054282036</t>
+        </is>
+      </c>
+      <c r="B2636" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bilgisi Öğretimi ve Öğretmen El Kitabı</t>
+        </is>
+      </c>
+      <c r="C2636" s="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="2637" spans="1:3">
+      <c r="A2637" s="1" t="inlineStr">
+        <is>
+          <t>9786054282685</t>
+        </is>
+      </c>
+      <c r="B2637" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma ve Yazma Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2637" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2638" spans="1:3">
+      <c r="A2638" s="1" t="inlineStr">
+        <is>
+          <t>9786053644989</t>
+        </is>
+      </c>
+      <c r="B2638" s="1" t="inlineStr">
+        <is>
+          <t>İğneli Sayfa - Cebir Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2638" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2639" spans="1:3">
+      <c r="A2639" s="1" t="inlineStr">
+        <is>
+          <t>9786053641759</t>
+        </is>
+      </c>
+      <c r="B2639" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2639" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2640" spans="1:3">
+      <c r="A2640" s="1" t="inlineStr">
+        <is>
+          <t>9786053643012</t>
+        </is>
+      </c>
+      <c r="B2640" s="1" t="inlineStr">
+        <is>
+          <t>Herkes için Labview</t>
+        </is>
+      </c>
+      <c r="C2640" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2641" spans="1:3">
+      <c r="A2641" s="1" t="inlineStr">
+        <is>
+          <t>9786053643234</t>
+        </is>
+      </c>
+      <c r="B2641" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2641" s="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="2642" spans="1:3">
+      <c r="A2642" s="1" t="inlineStr">
+        <is>
+          <t>9786053641681</t>
+        </is>
+      </c>
+      <c r="B2642" s="1" t="inlineStr">
+        <is>
+          <t>Güç Oyunları - Gücün Öteki Yüzü</t>
+        </is>
+      </c>
+      <c r="C2642" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="2643" spans="1:3">
+      <c r="A2643" s="1" t="inlineStr">
+        <is>
+          <t>9786055885045</t>
+        </is>
+      </c>
+      <c r="B2643" s="1" t="inlineStr">
+        <is>
+          <t>Grupla Psikolojik Danışmanın Öğeleri</t>
+        </is>
+      </c>
+      <c r="C2643" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2644" spans="1:3">
+      <c r="A2644" s="1" t="inlineStr">
+        <is>
+          <t>9786053640622</t>
+        </is>
+      </c>
+      <c r="B2644" s="1" t="inlineStr">
+        <is>
+          <t>Genel Matematik 1</t>
+        </is>
+      </c>
+      <c r="C2644" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="2645" spans="1:3">
+      <c r="A2645" s="1" t="inlineStr">
+        <is>
+          <t>9789944919777</t>
+        </is>
+      </c>
+      <c r="B2645" s="1" t="inlineStr">
+        <is>
+          <t>Genel Kimya Laboratuvarı 1 - 2</t>
+        </is>
+      </c>
+      <c r="C2645" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2646" spans="1:3">
+      <c r="A2646" s="1" t="inlineStr">
+        <is>
+          <t>9789944919640</t>
+        </is>
+      </c>
+      <c r="B2646" s="1" t="inlineStr">
+        <is>
+          <t>Genel Kimya 4</t>
+        </is>
+      </c>
+      <c r="C2646" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2647" spans="1:3">
+      <c r="A2647" s="1" t="inlineStr">
+        <is>
+          <t>9786050022001</t>
+        </is>
+      </c>
+      <c r="B2647" s="1" t="inlineStr">
+        <is>
+          <t>Genel Kimya 3</t>
+        </is>
+      </c>
+      <c r="C2647" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2648" spans="1:3">
+      <c r="A2648" s="1" t="inlineStr">
+        <is>
+          <t>9789944919098</t>
+        </is>
+      </c>
+      <c r="B2648" s="1" t="inlineStr">
+        <is>
+          <t>Genel Kimya</t>
+        </is>
+      </c>
+      <c r="C2648" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="2649" spans="1:3">
+      <c r="A2649" s="1" t="inlineStr">
+        <is>
+          <t>9786053640103</t>
+        </is>
+      </c>
+      <c r="B2649" s="1" t="inlineStr">
+        <is>
+          <t>Genel Fizik-2</t>
+        </is>
+      </c>
+      <c r="C2649" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="2650" spans="1:3">
+      <c r="A2650" s="1" t="inlineStr">
+        <is>
+          <t>9786053640417</t>
+        </is>
+      </c>
+      <c r="B2650" s="1" t="inlineStr">
+        <is>
+          <t>Gelecek İçin Eğitim</t>
+        </is>
+      </c>
+      <c r="C2650" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2651" spans="1:3">
+      <c r="A2651" s="1" t="inlineStr">
+        <is>
+          <t>9786055885199</t>
+        </is>
+      </c>
+      <c r="B2651" s="1" t="inlineStr">
+        <is>
+          <t>Fen ve Teknoloji Öğretiminde Yeni Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C2651" s="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="2652" spans="1:3">
+      <c r="A2652" s="1" t="inlineStr">
+        <is>
+          <t>9789944919438</t>
+        </is>
+      </c>
+      <c r="B2652" s="1" t="inlineStr">
+        <is>
+          <t>Genel Fizik ve Teknolojinin Bilimsel İlkeleri</t>
+        </is>
+      </c>
+      <c r="C2652" s="1">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="2653" spans="1:3">
+      <c r="A2653" s="1" t="inlineStr">
+        <is>
+          <t>9786053644804</t>
+        </is>
+      </c>
+      <c r="B2653" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Ülkelerde Coğrafya Eğitimi ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2653" s="1">
+        <v>24.07</v>
+      </c>
+    </row>
+    <row r="2654" spans="1:3">
+      <c r="A2654" s="1" t="inlineStr">
+        <is>
+          <t>9786053641636</t>
+        </is>
+      </c>
+      <c r="B2654" s="1" t="inlineStr">
+        <is>
+          <t>Eşlerin Boşanma Nedenleri ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2654" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2655" spans="1:3">
+      <c r="A2655" s="1" t="inlineStr">
+        <is>
+          <t>9786053640394</t>
+        </is>
+      </c>
+      <c r="B2655" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Döneminde Yaratıcılık ve Geliştirilmesi</t>
+        </is>
+      </c>
+      <c r="C2655" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2656" spans="1:3">
+      <c r="A2656" s="1" t="inlineStr">
+        <is>
+          <t>9786053640431</t>
+        </is>
+      </c>
+      <c r="B2656" s="1" t="inlineStr">
+        <is>
+          <t>Ergenlerin Cinsel Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2656" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2657" spans="1:3">
+      <c r="A2657" s="1" t="inlineStr">
+        <is>
+          <t>9789758792719</t>
+        </is>
+      </c>
+      <c r="B2657" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Becerileri - Ergenler İçin Grupla Psikolojik Danışma Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2657" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2658" spans="1:3">
+      <c r="A2658" s="1" t="inlineStr">
+        <is>
+          <t>9756054282098</t>
+        </is>
+      </c>
+      <c r="B2658" s="1" t="inlineStr">
+        <is>
+          <t>E-Öğrenme</t>
+        </is>
+      </c>
+      <c r="C2658" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="2659" spans="1:3">
+      <c r="A2659" s="1" t="inlineStr">
+        <is>
+          <t>9786056802564</t>
+        </is>
+      </c>
+      <c r="B2659" s="1" t="inlineStr">
+        <is>
+          <t>En Son Değişikliklerle İlköğretim Programları</t>
+        </is>
+      </c>
+      <c r="C2659" s="1">
+        <v>30.56</v>
+      </c>
+    </row>
+    <row r="2660" spans="1:3">
+      <c r="A2660" s="1" t="inlineStr">
+        <is>
+          <t>9789756802304</t>
+        </is>
+      </c>
+      <c r="B2660" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimsel Liderlik</t>
+        </is>
+      </c>
+      <c r="C2660" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="2661" spans="1:3">
+      <c r="A2661" s="1" t="inlineStr">
+        <is>
+          <t>9786053642701</t>
+        </is>
+      </c>
+      <c r="B2661" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimin Büyük Şafağında Kuman Kumandan Ali Rıza Ayar Öğretmen</t>
+        </is>
+      </c>
+      <c r="C2661" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2662" spans="1:3">
+      <c r="A2662" s="1" t="inlineStr">
+        <is>
+          <t>9786053644675</t>
+        </is>
+      </c>
+      <c r="B2662" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Yaratıcı Drama</t>
+        </is>
+      </c>
+      <c r="C2662" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="2663" spans="1:3">
+      <c r="A2663" s="1" t="inlineStr">
+        <is>
+          <t>9786053641343</t>
+        </is>
+      </c>
+      <c r="B2663" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Teknoloji Entegrasyonu</t>
+        </is>
+      </c>
+      <c r="C2663" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="2664" spans="1:3">
+      <c r="A2664" s="1" t="inlineStr">
+        <is>
+          <t>9786053642336</t>
+        </is>
+      </c>
+      <c r="B2664" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Program Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C2664" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2665" spans="1:3">
+      <c r="A2665" s="1" t="inlineStr">
+        <is>
+          <t>9786050370393</t>
+        </is>
+      </c>
+      <c r="B2665" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Yönetiminde Teori ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C2665" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2666" spans="1:3">
+      <c r="A2666" s="1" t="inlineStr">
+        <is>
+          <t>9786055885656</t>
+        </is>
+      </c>
+      <c r="B2666" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Süreci</t>
+        </is>
+      </c>
+      <c r="C2666" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="2667" spans="1:3">
+      <c r="A2667" s="1" t="inlineStr">
+        <is>
+          <t>9789756802380</t>
+        </is>
+      </c>
+      <c r="B2667" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sözlüğü Dictionary of Education Türkçe-İngilizce / İngilizce-Türkçe</t>
+        </is>
+      </c>
+      <c r="C2667" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2668" spans="1:3">
+      <c r="A2668" s="1" t="inlineStr">
+        <is>
+          <t>9786257052153</t>
+        </is>
+      </c>
+      <c r="B2668" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C2668" s="1">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="2669" spans="1:3">
+      <c r="A2669" s="1" t="inlineStr">
+        <is>
+          <t>9786053643258</t>
+        </is>
+      </c>
+      <c r="B2669" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Ekonomisi ve Planlaması</t>
+        </is>
+      </c>
+      <c r="C2669" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2670" spans="1:3">
+      <c r="A2670" s="1" t="inlineStr">
+        <is>
+          <t>9786052414248</t>
+        </is>
+      </c>
+      <c r="B2670" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş</t>
+        </is>
+      </c>
+      <c r="C2670" s="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="2671" spans="1:3">
+      <c r="A2671" s="1" t="inlineStr">
+        <is>
+          <t>9786054282517</t>
+        </is>
+      </c>
+      <c r="B2671" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C2671" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="2672" spans="1:3">
+      <c r="A2672" s="1" t="inlineStr">
+        <is>
+          <t>9786053186427</t>
+        </is>
+      </c>
+      <c r="B2672" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C2672" s="1">
+        <v>34.72</v>
+      </c>
+    </row>
+    <row r="2673" spans="1:3">
+      <c r="A2673" s="1" t="inlineStr">
+        <is>
+          <t>9786053186366</t>
+        </is>
+      </c>
+      <c r="B2673" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C2673" s="1">
+        <v>34.72</v>
+      </c>
+    </row>
+    <row r="2674" spans="1:3">
+      <c r="A2674" s="1" t="inlineStr">
+        <is>
+          <t>9786055885946</t>
+        </is>
+      </c>
+      <c r="B2674" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C2674" s="1">
+        <v>31.48</v>
+      </c>
+    </row>
+    <row r="2675" spans="1:3">
+      <c r="A2675" s="1" t="inlineStr">
+        <is>
+          <t>9786053641995</t>
+        </is>
+      </c>
+      <c r="B2675" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C2675" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2676" spans="1:3">
+      <c r="A2676" s="1" t="inlineStr">
+        <is>
+          <t>9786053641797</t>
+        </is>
+      </c>
+      <c r="B2676" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C2676" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2677" spans="1:3">
+      <c r="A2677" s="1" t="inlineStr">
+        <is>
+          <t>9789758792997</t>
+        </is>
+      </c>
+      <c r="B2677" s="1" t="inlineStr">
+        <is>
+          <t>Duygu Yönetimi Ergenler İçin Bilişsel - Davranışsal Beceri Oluşturma Programı</t>
+        </is>
+      </c>
+      <c r="C2677" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2678" spans="1:3">
+      <c r="A2678" s="1" t="inlineStr">
+        <is>
+          <t>9786053642725</t>
+        </is>
+      </c>
+      <c r="B2678" s="1" t="inlineStr">
+        <is>
+          <t>Diksiyon ve Konuşma Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2678" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2679" spans="1:3">
+      <c r="A2679" s="1" t="inlineStr">
+        <is>
+          <t>9786053641667</t>
+        </is>
+      </c>
+      <c r="B2679" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Memurları Kanunu</t>
+        </is>
+      </c>
+      <c r="C2679" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="2680" spans="1:3">
+      <c r="A2680" s="1" t="inlineStr">
+        <is>
+          <t>9786052410080</t>
+        </is>
+      </c>
+      <c r="B2680" s="1" t="inlineStr">
+        <is>
+          <t>YÖKDİL Fen Bilimleri Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C2680" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2681" spans="1:3">
+      <c r="A2681" s="1" t="inlineStr">
+        <is>
+          <t>9786053188056</t>
+        </is>
+      </c>
+      <c r="B2681" s="1" t="inlineStr">
+        <is>
+          <t>Oswald Spengler’de Tarih ve Kültür Felsefesi</t>
+        </is>
+      </c>
+      <c r="C2681" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2682" spans="1:3">
+      <c r="A2682" s="1" t="inlineStr">
+        <is>
+          <t>9786053187561</t>
+        </is>
+      </c>
+      <c r="B2682" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya ve Tarih Perspektifinden Somut Kültürel Miras ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C2682" s="1">
+        <v>50.93</v>
+      </c>
+    </row>
+    <row r="2683" spans="1:3">
+      <c r="A2683" s="1" t="inlineStr">
+        <is>
+          <t>9786053184096</t>
+        </is>
+      </c>
+      <c r="B2683" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Dil Becerileri</t>
+        </is>
+      </c>
+      <c r="C2683" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2684" spans="1:3">
+      <c r="A2684" s="1" t="inlineStr">
+        <is>
+          <t>9786053648130</t>
+        </is>
+      </c>
+      <c r="B2684" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya'ya Giriş</t>
+        </is>
+      </c>
+      <c r="C2684" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="2685" spans="1:3">
+      <c r="A2685" s="1" t="inlineStr">
+        <is>
+          <t>9786053183969</t>
+        </is>
+      </c>
+      <c r="B2685" s="1" t="inlineStr">
+        <is>
+          <t>Diasporayı Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C2685" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2686" spans="1:3">
+      <c r="A2686" s="1" t="inlineStr">
+        <is>
+          <t>9786053183334</t>
+        </is>
+      </c>
+      <c r="B2686" s="1" t="inlineStr">
+        <is>
+          <t>Dezavantajlı Gruplar ve Sosyal Bilgiler</t>
+        </is>
+      </c>
+      <c r="C2686" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="2687" spans="1:3">
+      <c r="A2687" s="1" t="inlineStr">
+        <is>
+          <t>9786053181088</t>
+        </is>
+      </c>
+      <c r="B2687" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Yükseköğretim</t>
+        </is>
+      </c>
+      <c r="C2687" s="1">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="2688" spans="1:3">
+      <c r="A2688" s="1" t="inlineStr">
+        <is>
+          <t>9786053184874</t>
+        </is>
+      </c>
+      <c r="B2688" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler İçin İstatistik</t>
+        </is>
+      </c>
+      <c r="C2688" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="2689" spans="1:3">
+      <c r="A2689" s="1" t="inlineStr">
+        <is>
+          <t>9786053183716</t>
+        </is>
+      </c>
+      <c r="B2689" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana'nın Eğitim Görüşleri</t>
+        </is>
+      </c>
+      <c r="C2689" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2690" spans="1:3">
+      <c r="A2690" s="1" t="inlineStr">
+        <is>
+          <t>9786053645870</t>
+        </is>
+      </c>
+      <c r="B2690" s="1" t="inlineStr">
+        <is>
+          <t>Literature and Language Teaching</t>
+        </is>
+      </c>
+      <c r="C2690" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="2691" spans="1:3">
+      <c r="A2691" s="1" t="inlineStr">
+        <is>
+          <t>9786053182900</t>
+        </is>
+      </c>
+      <c r="B2691" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Coğrafya Penceresinden Sorunlar Yumağı Kuzey Kafkasya</t>
+        </is>
+      </c>
+      <c r="C2691" s="1">
+        <v>31.48</v>
+      </c>
+    </row>
+    <row r="2692" spans="1:3">
+      <c r="A2692" s="1" t="inlineStr">
+        <is>
+          <t>9786053184690</t>
+        </is>
+      </c>
+      <c r="B2692" s="1" t="inlineStr">
+        <is>
+          <t>Vaka Kavramsallaştırma</t>
+        </is>
+      </c>
+      <c r="C2692" s="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="2693" spans="1:3">
+      <c r="A2693" s="1" t="inlineStr">
+        <is>
+          <t>9786053184232</t>
+        </is>
+      </c>
+      <c r="B2693" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme-Öğretme Kuramları ve Uygulamadaki Yansımaları</t>
+        </is>
+      </c>
+      <c r="C2693" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2694" spans="1:3">
+      <c r="A2694" s="1" t="inlineStr">
+        <is>
+          <t>9786053182405</t>
+        </is>
+      </c>
+      <c r="B2694" s="1" t="inlineStr">
+        <is>
+          <t>Ağlasun İlçesinin Alternatif Turizm Kaynakları</t>
+        </is>
+      </c>
+      <c r="C2694" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="2695" spans="1:3">
+      <c r="A2695" s="1" t="inlineStr">
+        <is>
+          <t>9786053183242</t>
+        </is>
+      </c>
+      <c r="B2695" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Estetiği Üzerine</t>
+        </is>
+      </c>
+      <c r="C2695" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="2696" spans="1:3">
+      <c r="A2696" s="1" t="inlineStr">
+        <is>
+          <t>9786053189541</t>
+        </is>
+      </c>
+      <c r="B2696" s="1" t="inlineStr">
+        <is>
+          <t>Araştırmaya Dayalı Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2696" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="2697" spans="1:3">
+      <c r="A2697" s="1" t="inlineStr">
+        <is>
+          <t>9786053184980</t>
+        </is>
+      </c>
+      <c r="B2697" s="1" t="inlineStr">
+        <is>
+          <t>Economıcus Mikro İktisat</t>
+        </is>
+      </c>
+      <c r="C2697" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="2698" spans="1:3">
+      <c r="A2698" s="1" t="inlineStr">
+        <is>
+          <t>9786053187684</t>
+        </is>
+      </c>
+      <c r="B2698" s="1" t="inlineStr">
+        <is>
+          <t>Fen Bilimleri Eğitimi Alanındaki Öğretme ve Öğrenme Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C2698" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2699" spans="1:3">
+      <c r="A2699" s="1" t="inlineStr">
+        <is>
+          <t>9786053181620</t>
+        </is>
+      </c>
+      <c r="B2699" s="1" t="inlineStr">
+        <is>
+          <t>Optimus Maliye Soru Bankası Tamamı Çözümlü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2699" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2700" spans="1:3">
+      <c r="A2700" s="1" t="inlineStr">
+        <is>
+          <t>9786053181132</t>
+        </is>
+      </c>
+      <c r="B2700" s="1" t="inlineStr">
+        <is>
+          <t>Kartografya</t>
+        </is>
+      </c>
+      <c r="C2700" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2701" spans="1:3">
+      <c r="A2701" s="1" t="inlineStr">
+        <is>
+          <t>9786053180722</t>
+        </is>
+      </c>
+      <c r="B2701" s="1" t="inlineStr">
+        <is>
+          <t>İş Sağlığı ve Güvenliği Uzmanlığı Sınavlarına Hazırlık El Kitabı 2015</t>
+        </is>
+      </c>
+      <c r="C2701" s="1">
+        <v>42.5</v>
+      </c>
+    </row>
+    <row r="2702" spans="1:3">
+      <c r="A2702" s="1" t="inlineStr">
+        <is>
+          <t>9786052411100</t>
+        </is>
+      </c>
+      <c r="B2702" s="1" t="inlineStr">
+        <is>
+          <t>Türk Halk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C2702" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="2703" spans="1:3">
+      <c r="A2703" s="1" t="inlineStr">
+        <is>
+          <t>3990000050224</t>
+        </is>
+      </c>
+      <c r="B2703" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Ruh Sağlığı</t>
+        </is>
+      </c>
+      <c r="C2703" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2704" spans="1:3">
+      <c r="A2704" s="1" t="inlineStr">
+        <is>
+          <t>9786053188889</t>
+        </is>
+      </c>
+      <c r="B2704" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Yaşam Bilinci Olarak Değer</t>
+        </is>
+      </c>
+      <c r="C2704" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2705" spans="1:3">
+      <c r="A2705" s="1" t="inlineStr">
+        <is>
+          <t>9786053188827</t>
+        </is>
+      </c>
+      <c r="B2705" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Konulu Filmler</t>
+        </is>
+      </c>
+      <c r="C2705" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="2706" spans="1:3">
+      <c r="A2706" s="1" t="inlineStr">
+        <is>
+          <t>9786053649465</t>
+        </is>
+      </c>
+      <c r="B2706" s="1" t="inlineStr">
+        <is>
+          <t>Nitel Araştırma ve Değerlendirme Yöntemleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2706" s="1">
+        <v>40.74</v>
+      </c>
+    </row>
+    <row r="2707" spans="1:3">
+      <c r="A2707" s="1" t="inlineStr">
+        <is>
+          <t>9786053184393</t>
+        </is>
+      </c>
+      <c r="B2707" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Coğrafya Özellikleri Bakımından Erenkilit Dağı ve Çevresi</t>
+        </is>
+      </c>
+      <c r="C2707" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="2708" spans="1:3">
+      <c r="A2708" s="1" t="inlineStr">
+        <is>
+          <t>9786053184317</t>
+        </is>
+      </c>
+      <c r="B2708" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Matematiksel İstatistik</t>
+        </is>
+      </c>
+      <c r="C2708" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2709" spans="1:3">
+      <c r="A2709" s="1" t="inlineStr">
+        <is>
+          <t>9786053182702</t>
+        </is>
+      </c>
+      <c r="B2709" s="1" t="inlineStr">
+        <is>
+          <t>Üstün Zekalılarda Sosyal Bilgiler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2709" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2710" spans="1:3">
+      <c r="A2710" s="1" t="inlineStr">
+        <is>
+          <t>9786053646952</t>
+        </is>
+      </c>
+      <c r="B2710" s="1" t="inlineStr">
+        <is>
+          <t>Temel Dil Bilgisi Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C2710" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2711" spans="1:3">
+      <c r="A2711" s="1" t="inlineStr">
+        <is>
+          <t>9786053182696</t>
+        </is>
+      </c>
+      <c r="B2711" s="1" t="inlineStr">
+        <is>
+          <t>Tarih İçin Metodoloji</t>
+        </is>
+      </c>
+      <c r="C2711" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2712" spans="1:3">
+      <c r="A2712" s="1" t="inlineStr">
+        <is>
+          <t>9786053182382</t>
+        </is>
+      </c>
+      <c r="B2712" s="1" t="inlineStr">
+        <is>
+          <t>Sorgulamaya Dayalı Öğrenme İçin Gündelik Malzemelerle Hipotez Deneyleri</t>
+        </is>
+      </c>
+      <c r="C2712" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="2713" spans="1:3">
+      <c r="A2713" s="1" t="inlineStr">
+        <is>
+          <t>9786053182597</t>
+        </is>
+      </c>
+      <c r="B2713" s="1" t="inlineStr">
+        <is>
+          <t>Rehber Benim</t>
+        </is>
+      </c>
+      <c r="C2713" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2714" spans="1:3">
+      <c r="A2714" s="1" t="inlineStr">
+        <is>
+          <t>9786053182566</t>
+        </is>
+      </c>
+      <c r="B2714" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Programında ve Uygulamada Farklılaştırma Farklılaştırılmış Öğretim İçin Strateji ve Modeller</t>
+        </is>
+      </c>
+      <c r="C2714" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="2715" spans="1:3">
+      <c r="A2715" s="1" t="inlineStr">
+        <is>
+          <t>9786053182481</t>
+        </is>
+      </c>
+      <c r="B2715" s="1" t="inlineStr">
+        <is>
+          <t>Dil Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2715" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="2716" spans="1:3">
+      <c r="A2716" s="1" t="inlineStr">
+        <is>
+          <t>9786053186502</t>
+        </is>
+      </c>
+      <c r="B2716" s="1" t="inlineStr">
+        <is>
+          <t>Kim Korkar Panik Ataktan!</t>
+        </is>
+      </c>
+      <c r="C2716" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2717" spans="1:3">
+      <c r="A2717" s="1" t="inlineStr">
+        <is>
+          <t>9786053185611</t>
+        </is>
+      </c>
+      <c r="B2717" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Nesil Öğrenme Kültürü</t>
+        </is>
+      </c>
+      <c r="C2717" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2718" spans="1:3">
+      <c r="A2718" s="1" t="inlineStr">
+        <is>
+          <t>9786053186908</t>
+        </is>
+      </c>
+      <c r="B2718" s="1" t="inlineStr">
+        <is>
+          <t>Anadili Arapça Olanlara Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2718" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2719" spans="1:3">
+      <c r="A2719" s="1" t="inlineStr">
+        <is>
+          <t>9786053183945</t>
+        </is>
+      </c>
+      <c r="B2719" s="1" t="inlineStr">
+        <is>
+          <t>Okullarda Kuşaklararası Öğrenme</t>
+        </is>
+      </c>
+      <c r="C2719" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2720" spans="1:3">
+      <c r="A2720" s="1" t="inlineStr">
+        <is>
+          <t>9786053184362</t>
+        </is>
+      </c>
+      <c r="B2720" s="1" t="inlineStr">
+        <is>
+          <t>İlkokullarda Matematik Öğretimi (1.-4. Sınıf)</t>
+        </is>
+      </c>
+      <c r="C2720" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2721" spans="1:3">
+      <c r="A2721" s="1" t="inlineStr">
+        <is>
+          <t>9786053643425</t>
+        </is>
+      </c>
+      <c r="B2721" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Matematik Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2721" s="1">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="2722" spans="1:3">
+      <c r="A2722" s="1" t="inlineStr">
+        <is>
+          <t>9786053186939</t>
+        </is>
+      </c>
+      <c r="B2722" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Türk Müziği Piyano Eserlerine Yönelik Hazırlayıcı Etüt Yazma Yöntemi</t>
+        </is>
+      </c>
+      <c r="C2722" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2723" spans="1:3">
+      <c r="A2723" s="1" t="inlineStr">
+        <is>
+          <t>9786053186922</t>
+        </is>
+      </c>
+      <c r="B2723" s="1" t="inlineStr">
+        <is>
+          <t>Geliyorum Nakşinanda</t>
+        </is>
+      </c>
+      <c r="C2723" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2724" spans="1:3">
+      <c r="A2724" s="1" t="inlineStr">
+        <is>
+          <t>9786053186984</t>
+        </is>
+      </c>
+      <c r="B2724" s="1" t="inlineStr">
+        <is>
+          <t>Matematiksel Sıradışı Problem Çözme Stratejileri ve Örnekleri</t>
+        </is>
+      </c>
+      <c r="C2724" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2725" spans="1:3">
+      <c r="A2725" s="1" t="inlineStr">
+        <is>
+          <t>9786053184294</t>
+        </is>
+      </c>
+      <c r="B2725" s="1" t="inlineStr">
+        <is>
+          <t>Bartın Şehrinin Kültürel Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C2725" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2726" spans="1:3">
+      <c r="A2726" s="1" t="inlineStr">
+        <is>
+          <t>9786053649311</t>
+        </is>
+      </c>
+      <c r="B2726" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Psikolojisi - Öğrencinin Ders Defteri</t>
+        </is>
+      </c>
+      <c r="C2726" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2727" spans="1:3">
+      <c r="A2727" s="1" t="inlineStr">
+        <is>
+          <t>9786053184829</t>
+        </is>
+      </c>
+      <c r="B2727" s="1" t="inlineStr">
+        <is>
+          <t>Gitarla Anadolu Halk Ezgileri</t>
+        </is>
+      </c>
+      <c r="C2727" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2728" spans="1:3">
+      <c r="A2728" s="1" t="inlineStr">
+        <is>
+          <t>9786053641605</t>
+        </is>
+      </c>
+      <c r="B2728" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'nın Son Manevralarından Suriye ve Garbi Arabistan Tehciri</t>
+        </is>
+      </c>
+      <c r="C2728" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="2729" spans="1:3">
+      <c r="A2729" s="1" t="inlineStr">
+        <is>
+          <t>9786053180081</t>
+        </is>
+      </c>
+      <c r="B2729" s="1" t="inlineStr">
+        <is>
+          <t>İlk Çağ : Tarih ve Uygarlığı</t>
+        </is>
+      </c>
+      <c r="C2729" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="2730" spans="1:3">
+      <c r="A2730" s="1" t="inlineStr">
+        <is>
+          <t>9786053649847</t>
+        </is>
+      </c>
+      <c r="B2730" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Politikası</t>
+        </is>
+      </c>
+      <c r="C2730" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2731" spans="1:3">
+      <c r="A2731" s="1" t="inlineStr">
+        <is>
+          <t>9786053180067</t>
+        </is>
+      </c>
+      <c r="B2731" s="1" t="inlineStr">
+        <is>
+          <t>İlk ve Ortaöğretimde Gelişimsel Rehberlik</t>
+        </is>
+      </c>
+      <c r="C2731" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2732" spans="1:3">
+      <c r="A2732" s="1" t="inlineStr">
+        <is>
+          <t>9786053187035</t>
+        </is>
+      </c>
+      <c r="B2732" s="1" t="inlineStr">
+        <is>
+          <t>Ales Çek Kopar Yaprak Test 2017</t>
+        </is>
+      </c>
+      <c r="C2732" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2733" spans="1:3">
+      <c r="A2733" s="1" t="inlineStr">
+        <is>
+          <t>9786053185581</t>
+        </is>
+      </c>
+      <c r="B2733" s="1" t="inlineStr">
+        <is>
+          <t>Ortaokulda Grup Rehberliği Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C2733" s="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="2734" spans="1:3">
+      <c r="A2734" s="1" t="inlineStr">
+        <is>
+          <t>9786053185567</t>
+        </is>
+      </c>
+      <c r="B2734" s="1" t="inlineStr">
+        <is>
+          <t>Lisede Grup Rehberliği Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C2734" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2735" spans="1:3">
+      <c r="A2735" s="1" t="inlineStr">
+        <is>
+          <t>9786053184812</t>
+        </is>
+      </c>
+      <c r="B2735" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Türkçe Dersleri</t>
+        </is>
+      </c>
+      <c r="C2735" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2736" spans="1:3">
+      <c r="A2736" s="1" t="inlineStr">
+        <is>
+          <t>9786053184553</t>
+        </is>
+      </c>
+      <c r="B2736" s="1" t="inlineStr">
+        <is>
+          <t>Bilim İstasyonu</t>
+        </is>
+      </c>
+      <c r="C2736" s="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="2737" spans="1:3">
+      <c r="A2737" s="1" t="inlineStr">
+        <is>
+          <t>9786053184546</t>
+        </is>
+      </c>
+      <c r="B2737" s="1" t="inlineStr">
+        <is>
+          <t>Bilim İstasyonu</t>
+        </is>
+      </c>
+      <c r="C2737" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="2738" spans="1:3">
+      <c r="A2738" s="1" t="inlineStr">
+        <is>
+          <t>9786053647492</t>
+        </is>
+      </c>
+      <c r="B2738" s="1" t="inlineStr">
+        <is>
+          <t>Çift Terapilerinde Yapılandırılmış İlk Görüşmeler</t>
+        </is>
+      </c>
+      <c r="C2738" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2739" spans="1:3">
+      <c r="A2739" s="1" t="inlineStr">
+        <is>
+          <t>9786053646976</t>
+        </is>
+      </c>
+      <c r="B2739" s="1" t="inlineStr">
+        <is>
+          <t>Eleştiri Sanatı ve Teknikleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2739" s="1">
+        <v>67.5</v>
+      </c>
+    </row>
+    <row r="2740" spans="1:3">
+      <c r="A2740" s="1" t="inlineStr">
+        <is>
+          <t>9786053645122</t>
+        </is>
+      </c>
+      <c r="B2740" s="1" t="inlineStr">
+        <is>
+          <t>Viyolonsel için Türk Müziği Dizileri</t>
+        </is>
+      </c>
+      <c r="C2740" s="1">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="2741" spans="1:3">
+      <c r="A2741" s="1" t="inlineStr">
+        <is>
+          <t>9786053644842</t>
+        </is>
+      </c>
+      <c r="B2741" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları Demokrasi ve Vatandaşlık Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2741" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2742" spans="1:3">
+      <c r="A2742" s="1" t="inlineStr">
+        <is>
+          <t>9786053644798</t>
+        </is>
+      </c>
+      <c r="B2742" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C2742" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2743" spans="1:3">
+      <c r="A2743" s="1" t="inlineStr">
+        <is>
+          <t>9786053182436</t>
+        </is>
+      </c>
+      <c r="B2743" s="1" t="inlineStr">
+        <is>
+          <t>İş Yaşamına Hazırlık</t>
+        </is>
+      </c>
+      <c r="C2743" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2744" spans="1:3">
+      <c r="A2744" s="1" t="inlineStr">
+        <is>
+          <t>9786053181415</t>
+        </is>
+      </c>
+      <c r="B2744" s="1" t="inlineStr">
+        <is>
+          <t>Nitel Veri Analizi</t>
+        </is>
+      </c>
+      <c r="C2744" s="1">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="2745" spans="1:3">
+      <c r="A2745" s="1" t="inlineStr">
+        <is>
+          <t>9786053646068</t>
+        </is>
+      </c>
+      <c r="B2745" s="1" t="inlineStr">
+        <is>
+          <t>16. Yüzyılda Halep’te Gündelik Hayat ve Fiyatlar</t>
+        </is>
+      </c>
+      <c r="C2745" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="2746" spans="1:3">
+      <c r="A2746" s="1" t="inlineStr">
+        <is>
+          <t>9786053646693</t>
+        </is>
+      </c>
+      <c r="B2746" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C2746" s="1">
+        <v>34.72</v>
+      </c>
+    </row>
+    <row r="2747" spans="1:3">
+      <c r="A2747" s="1" t="inlineStr">
+        <is>
+          <t>9786053646600</t>
+        </is>
+      </c>
+      <c r="B2747" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Dönemde Çocukları Değerlendirme ve Tanıma Teknikleri</t>
+        </is>
+      </c>
+      <c r="C2747" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="2748" spans="1:3">
+      <c r="A2748" s="1" t="inlineStr">
+        <is>
+          <t>9786053183846</t>
+        </is>
+      </c>
+      <c r="B2748" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Bilişim Teknolojileri 1-2</t>
+        </is>
+      </c>
+      <c r="C2748" s="1">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="2749" spans="1:3">
+      <c r="A2749" s="1" t="inlineStr">
+        <is>
+          <t>9786053185215</t>
+        </is>
+      </c>
+      <c r="B2749" s="1" t="inlineStr">
+        <is>
+          <t>Economicus İktisat Kopart Çöz Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2749" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="2750" spans="1:3">
+      <c r="A2750" s="1" t="inlineStr">
+        <is>
+          <t>9786053649946</t>
+        </is>
+      </c>
+      <c r="B2750" s="1" t="inlineStr">
+        <is>
+          <t>Resim - İş Eğitiminde Grafik</t>
+        </is>
+      </c>
+      <c r="C2750" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2751" spans="1:3">
+      <c r="A2751" s="1" t="inlineStr">
+        <is>
+          <t>9786053649144</t>
+        </is>
+      </c>
+      <c r="B2751" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Coğrafya Penceresinden Güney Kafkasya’nın Zorunlu Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C2751" s="1">
+        <v>42.59</v>
+      </c>
+    </row>
+    <row r="2752" spans="1:3">
+      <c r="A2752" s="1" t="inlineStr">
+        <is>
+          <t>9786053647720</t>
+        </is>
+      </c>
+      <c r="B2752" s="1" t="inlineStr">
+        <is>
+          <t>Grup Danışmanlığı Stratejiler ve Beceriler</t>
+        </is>
+      </c>
+      <c r="C2752" s="1">
+        <v>34.26</v>
+      </c>
+    </row>
+    <row r="2753" spans="1:3">
+      <c r="A2753" s="1" t="inlineStr">
+        <is>
+          <t>9786053643272</t>
+        </is>
+      </c>
+      <c r="B2753" s="1" t="inlineStr">
+        <is>
+          <t>Zihinsel Engellilerde Öğretmenlik Uygulaması</t>
+        </is>
+      </c>
+      <c r="C2753" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2754" spans="1:3">
+      <c r="A2754" s="1" t="inlineStr">
+        <is>
+          <t>9789756802427</t>
+        </is>
+      </c>
+      <c r="B2754" s="1" t="inlineStr">
+        <is>
+          <t>Yönetsel Mesleki ve Örgütsel Etik</t>
+        </is>
+      </c>
+      <c r="C2754" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2755" spans="1:3">
+      <c r="A2755" s="1" t="inlineStr">
+        <is>
+          <t>9786053641278</t>
+        </is>
+      </c>
+      <c r="B2755" s="1" t="inlineStr">
+        <is>
+          <t>Yazma Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2755" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2756" spans="1:3">
+      <c r="A2756" s="1" t="inlineStr">
+        <is>
+          <t>9786053641568</t>
+        </is>
+      </c>
+      <c r="B2756" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Yazma için Yaratıcı Drama</t>
+        </is>
+      </c>
+      <c r="C2756" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2757" spans="1:3">
+      <c r="A2757" s="1" t="inlineStr">
+        <is>
+          <t>9786053644729</t>
+        </is>
+      </c>
+      <c r="B2757" s="1" t="inlineStr">
+        <is>
+          <t>Yabancılara Türkçe Öğretimi İçin Ölçme ve Değerlendirme Soruları</t>
+        </is>
+      </c>
+      <c r="C2757" s="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="2758" spans="1:3">
+      <c r="A2758" s="1" t="inlineStr">
+        <is>
+          <t>9786053642800</t>
+        </is>
+      </c>
+      <c r="B2758" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi ( YDTÖ )</t>
+        </is>
+      </c>
+      <c r="C2758" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2759" spans="1:3">
+      <c r="A2759" s="1" t="inlineStr">
+        <is>
+          <t>9786053642749</t>
+        </is>
+      </c>
+      <c r="B2759" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Eğitimde Sanal Değişimler</t>
+        </is>
+      </c>
+      <c r="C2759" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="2760" spans="1:3">
+      <c r="A2760" s="1" t="inlineStr">
+        <is>
+          <t>9789758792825</t>
+        </is>
+      </c>
+      <c r="B2760" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Eğitim</t>
+        </is>
+      </c>
+      <c r="C2760" s="1">
+        <v>62.5</v>
+      </c>
+    </row>
+    <row r="2761" spans="1:3">
+      <c r="A2761" s="1" t="inlineStr">
+        <is>
+          <t>9789944919234</t>
+        </is>
+      </c>
+      <c r="B2761" s="1" t="inlineStr">
+        <is>
+          <t>Uygarlık Tarihi</t>
+        </is>
+      </c>
+      <c r="C2761" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="2762" spans="1:3">
+      <c r="A2762" s="1" t="inlineStr">
+        <is>
+          <t>9786053644996</t>
+        </is>
+      </c>
+      <c r="B2762" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Eğitim Bilimci Olmak: Bir Kimlik Araştırması</t>
+        </is>
+      </c>
+      <c r="C2762" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="2763" spans="1:3">
+      <c r="A2763" s="1" t="inlineStr">
+        <is>
+          <t>9786053641926</t>
+        </is>
+      </c>
+      <c r="B2763" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ekonomik Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C2763" s="1">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="2764" spans="1:3">
+      <c r="A2764" s="1" t="inlineStr">
+        <is>
+          <t>9786053643128</t>
+        </is>
+      </c>
+      <c r="B2764" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Öğretiminde Öğretim Teknolojileri ve Materyal Tasarımı</t>
+        </is>
+      </c>
+      <c r="C2764" s="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="2765" spans="1:3">
+      <c r="A2765" s="1" t="inlineStr">
+        <is>
+          <t>9789756802076</t>
+        </is>
+      </c>
+      <c r="B2765" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe ve Sınıf Öğretmenleri İçin Türkçe Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2765" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2766" spans="1:3">
+      <c r="A2766" s="1" t="inlineStr">
+        <is>
+          <t>9786054282012</t>
+        </is>
+      </c>
+      <c r="B2766" s="1" t="inlineStr">
+        <is>
+          <t>Veri Madenciliği ve Bilgi Keşfi</t>
+        </is>
+      </c>
+      <c r="C2766" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="2767" spans="1:3">
+      <c r="A2767" s="1" t="inlineStr">
+        <is>
+          <t>9786053642268</t>
+        </is>
+      </c>
+      <c r="B2767" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Eğitimi Açısından Dil Bilgisi Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2767" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2768" spans="1:3">
+      <c r="A2768" s="1" t="inlineStr">
+        <is>
+          <t>9786050022179</t>
+        </is>
+      </c>
+      <c r="B2768" s="1" t="inlineStr">
+        <is>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2768" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="2769" spans="1:3">
+      <c r="A2769" s="1" t="inlineStr">
+        <is>
+          <t>9786053641186</t>
+        </is>
+      </c>
+      <c r="B2769" s="1" t="inlineStr">
+        <is>
+          <t>Turizm ve Çevre</t>
+        </is>
+      </c>
+      <c r="C2769" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2770" spans="1:3">
+      <c r="A2770" s="1" t="inlineStr">
+        <is>
+          <t>9786054282166</t>
+        </is>
+      </c>
+      <c r="B2770" s="1" t="inlineStr">
+        <is>
+          <t>Topluma Hizmet Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2770" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2771" spans="1:3">
+      <c r="A2771" s="1" t="inlineStr">
+        <is>
+          <t>9786054282159</t>
+        </is>
+      </c>
+      <c r="B2771" s="1" t="inlineStr">
+        <is>
+          <t>Topluma Hizmet Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2771" s="1">
+        <v>17.13</v>
+      </c>
+    </row>
+    <row r="2772" spans="1:3">
+      <c r="A2772" s="1" t="inlineStr">
+        <is>
+          <t>9789944919326</t>
+        </is>
+      </c>
+      <c r="B2772" s="1" t="inlineStr">
+        <is>
+          <t>Temel Matematik 1 - 2</t>
+        </is>
+      </c>
+      <c r="C2772" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2773" spans="1:3">
+      <c r="A2773" s="1" t="inlineStr">
+        <is>
+          <t>9786053644613</t>
+        </is>
+      </c>
+      <c r="B2773" s="1" t="inlineStr">
+        <is>
+          <t>Viyolonsel İçin Sol El Teknik Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C2773" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="2774" spans="1:3">
+      <c r="A2774" s="1" t="inlineStr">
+        <is>
+          <t>9789756802809</t>
+        </is>
+      </c>
+      <c r="B2774" s="1" t="inlineStr">
+        <is>
+          <t>Sosyoloji Kavramlar ve Sorunlar</t>
+        </is>
+      </c>
+      <c r="C2774" s="1">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="2775" spans="1:3">
+      <c r="A2775" s="1" t="inlineStr">
+        <is>
+          <t>9786050022261</t>
+        </is>
+      </c>
+      <c r="B2775" s="1" t="inlineStr">
+        <is>
+          <t>Sınıfa Dayalı Yönetim</t>
+        </is>
+      </c>
+      <c r="C2775" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2776" spans="1:3">
+      <c r="A2776" s="1" t="inlineStr">
+        <is>
+          <t>9786050022162</t>
+        </is>
+      </c>
+      <c r="B2776" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetiminde Kuram ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C2776" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="2777" spans="1:3">
+      <c r="A2777" s="1" t="inlineStr">
+        <is>
+          <t>9789756802649</t>
+        </is>
+      </c>
+      <c r="B2777" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2777" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2778" spans="1:3">
+      <c r="A2778" s="1" t="inlineStr">
+        <is>
+          <t>9789756802496</t>
+        </is>
+      </c>
+      <c r="B2778" s="1" t="inlineStr">
+        <is>
+          <t>Sanatta Eğitim</t>
+        </is>
+      </c>
+      <c r="C2778" s="1">
+        <v>34.72</v>
+      </c>
+    </row>
+    <row r="2779" spans="1:3">
+      <c r="A2779" s="1" t="inlineStr">
+        <is>
+          <t>9786055885991</t>
+        </is>
+      </c>
+      <c r="B2779" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi ( Leyla Küçükahmet)</t>
+        </is>
+      </c>
+      <c r="C2779" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2780" spans="1:3">
+      <c r="A2780" s="1" t="inlineStr">
+        <is>
+          <t>9786053186519</t>
+        </is>
+      </c>
+      <c r="B2780" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık ve Trafik</t>
+        </is>
+      </c>
+      <c r="C2780" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2781" spans="1:3">
+      <c r="A2781" s="1" t="inlineStr">
+        <is>
+          <t>3990000050999</t>
+        </is>
+      </c>
+      <c r="B2781" s="1" t="inlineStr">
+        <is>
+          <t>Ruhsal Açıdan Sağlıklı Aile Sağlıklı Çocuk</t>
+        </is>
+      </c>
+      <c r="C2781" s="1">
+        <v>31.48</v>
+      </c>
+    </row>
+    <row r="2782" spans="1:3">
+      <c r="A2782" s="1" t="inlineStr">
+        <is>
+          <t>9786055885274</t>
+        </is>
+      </c>
+      <c r="B2782" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik, Sosyal ve Bedensel Açıdan Yaşlılık</t>
+        </is>
+      </c>
+      <c r="C2782" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2783" spans="1:3">
+      <c r="A2783" s="1" t="inlineStr">
+        <is>
+          <t>9786053184171</t>
+        </is>
+      </c>
+      <c r="B2783" s="1" t="inlineStr">
+        <is>
+          <t>KPSS İkisi Bir Arada Tarih - Vatandaşlık Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2783" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="2784" spans="1:3">
+      <c r="A2784" s="1" t="inlineStr">
+        <is>
+          <t>9786053642886</t>
+        </is>
+      </c>
+      <c r="B2784" s="1" t="inlineStr">
+        <is>
+          <t>Pegem 2014 KPSS Lise ve Önlisans Mezunları İçin Tamamı Çözümlü 2004 - 2012 10 Fasikül Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C2784" s="1">
+        <v>18.43</v>
+      </c>
+    </row>
+    <row r="2785" spans="1:3">
+      <c r="A2785" s="1" t="inlineStr">
+        <is>
+          <t>9780202170602</t>
+        </is>
+      </c>
+      <c r="B2785" s="1" t="inlineStr">
+        <is>
+          <t>AYT Tamamı Çözümlü Fizik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2785" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="2786" spans="1:3">
+      <c r="A2786" s="1" t="inlineStr">
+        <is>
+          <t>9780202170596</t>
+        </is>
+      </c>
+      <c r="B2786" s="1" t="inlineStr">
+        <is>
+          <t>TYT-AYT Tamamı Çözümlü Geometri (Çokgen-Dörtgen-Çember) Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2786" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2787" spans="1:3">
+      <c r="A2787" s="1" t="inlineStr">
+        <is>
+          <t>9780202001807</t>
+        </is>
+      </c>
+      <c r="B2787" s="1" t="inlineStr">
+        <is>
+          <t>TYT Türkiye Geneli Deneme Sınavı 3</t>
+        </is>
+      </c>
+      <c r="C2787" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2788" spans="1:3">
+      <c r="A2788" s="1" t="inlineStr">
+        <is>
+          <t>9784444441728</t>
+        </is>
+      </c>
+      <c r="B2788" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Genel Yetenek Genel Kültür Türkiye Geneli (1.2.3) 3'lü Deneme Seti</t>
+        </is>
+      </c>
+      <c r="C2788" s="1">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="2789" spans="1:3">
+      <c r="A2789" s="1" t="inlineStr">
+        <is>
+          <t>9784444441711</t>
+        </is>
+      </c>
+      <c r="B2789" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Genel Yetenek Genel Kültür Ön Lisans Türkiye Geneli (1.2.3) 3'lü Deneme Seti</t>
+        </is>
+      </c>
+      <c r="C2789" s="1">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="2790" spans="1:3">
+      <c r="A2790" s="1" t="inlineStr">
+        <is>
+          <t>9786052414231</t>
+        </is>
+      </c>
+      <c r="B2790" s="1" t="inlineStr">
+        <is>
+          <t>YDS Tamamı Çözümlü 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C2790" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2791" spans="1:3">
+      <c r="A2791" s="1" t="inlineStr">
+        <is>
+          <t>9789944919425</t>
+        </is>
+      </c>
+      <c r="B2791" s="1" t="inlineStr">
+        <is>
+          <t>Genel Kimya 1</t>
+        </is>
+      </c>
+      <c r="C2791" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2792" spans="1:3">
+      <c r="A2792" s="1" t="inlineStr">
+        <is>
+          <t>9789944919494</t>
+        </is>
+      </c>
+      <c r="B2792" s="1" t="inlineStr">
+        <is>
+          <t>Genel Kimya 2</t>
+        </is>
+      </c>
+      <c r="C2792" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2793" spans="1:3">
+      <c r="A2793" s="1" t="inlineStr">
+        <is>
+          <t>9786054966103</t>
+        </is>
+      </c>
+      <c r="B2793" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Sınavlarına Hazırlık TYT-AYT Tamamı Çözümlü Dil Bilgisi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2793" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2794" spans="1:3">
+      <c r="A2794" s="1" t="inlineStr">
+        <is>
+          <t>9780202189192</t>
+        </is>
+      </c>
+      <c r="B2794" s="1" t="inlineStr">
+        <is>
+          <t>GYS 2021 İçişleri Bakanlığı Görevde Yükselme ve Unvan Değişikliği Sınavı Şube Müdürlüğü Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2794" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="2795" spans="1:3">
+      <c r="A2795" s="1" t="inlineStr">
+        <is>
+          <t>9780202170909</t>
+        </is>
+      </c>
+      <c r="B2795" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik ve Spor Bakanlığı Görevde Yükselme Sınavı-Veri Hazırlama ve Kontrol İşletmeni - Yurt Yönetim Memuru Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2795" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2796" spans="1:3">
+      <c r="A2796" s="1" t="inlineStr">
+        <is>
+          <t>9783330006881</t>
+        </is>
+      </c>
+      <c r="B2796" s="1" t="inlineStr">
+        <is>
+          <t>YDS - YÖKDİL Grammar Book</t>
+        </is>
+      </c>
+      <c r="C2796" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2797" spans="1:3">
+      <c r="A2797" s="1" t="inlineStr">
+        <is>
+          <t>9786054966264</t>
+        </is>
+      </c>
+      <c r="B2797" s="1" t="inlineStr">
+        <is>
+          <t>AYT 2021 Tamamı Çözümlü Fizik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2797" s="1">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="2798" spans="1:3">
+      <c r="A2798" s="1" t="inlineStr">
+        <is>
+          <t>9780202170619</t>
+        </is>
+      </c>
+      <c r="B2798" s="1" t="inlineStr">
+        <is>
+          <t>AYT Tamamı Çözümlü Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2798" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="2799" spans="1:3">
+      <c r="A2799" s="1" t="inlineStr">
+        <is>
+          <t>9786054966240</t>
+        </is>
+      </c>
+      <c r="B2799" s="1" t="inlineStr">
+        <is>
+          <t>AYT 2021 Tamamı Çözümlü Matematik Soru Bankası Yeni Nesil (Trigonometri-Logaritma-Diziler-Eşitsizlikler)</t>
+        </is>
+      </c>
+      <c r="C2799" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2800" spans="1:3">
+      <c r="A2800" s="1" t="inlineStr">
+        <is>
+          <t>9780202000503</t>
+        </is>
+      </c>
+      <c r="B2800" s="1" t="inlineStr">
+        <is>
+          <t>KPSS-2021 ÖABT Okul Öncesi Öğretmenliği Alan Bilgisi - Alan Eğitimi Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C2800" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="2801" spans="1:3">
+      <c r="A2801" s="1" t="inlineStr">
+        <is>
+          <t>9786257880992</t>
+        </is>
+      </c>
+      <c r="B2801" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Teknoloji Aracılı Düşünme Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2801" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="2802" spans="1:3">
+      <c r="A2802" s="1" t="inlineStr">
+        <is>
+          <t>9786257676342</t>
+        </is>
+      </c>
+      <c r="B2802" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Etkili Teknoloji Kullanımı</t>
+        </is>
+      </c>
+      <c r="C2802" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2803" spans="1:3">
+      <c r="A2803" s="1" t="inlineStr">
+        <is>
+          <t>9786257676434</t>
+        </is>
+      </c>
+      <c r="B2803" s="1" t="inlineStr">
+        <is>
+          <t>Göç ve Etkileri</t>
+        </is>
+      </c>
+      <c r="C2803" s="1">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="2804" spans="1:3">
+      <c r="A2804" s="1" t="inlineStr">
+        <is>
+          <t>9780202188959</t>
+        </is>
+      </c>
+      <c r="B2804" s="1" t="inlineStr">
+        <is>
+          <t>LGS Fen Bilimleri Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C2804" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="2805" spans="1:3">
+      <c r="A2805" s="1" t="inlineStr">
+        <is>
+          <t>9786257676571</t>
+        </is>
+      </c>
+      <c r="B2805" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devleti'nde Sosyal Hayat</t>
+        </is>
+      </c>
+      <c r="C2805" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2806" spans="1:3">
+      <c r="A2806" s="1" t="inlineStr">
+        <is>
+          <t>9780202170732</t>
+        </is>
+      </c>
+      <c r="B2806" s="1" t="inlineStr">
+        <is>
+          <t>TYT Matematik Ders İşleme Föyü</t>
+        </is>
+      </c>
+      <c r="C2806" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="2807" spans="1:3">
+      <c r="A2807" s="1" t="inlineStr">
+        <is>
+          <t>9780202001159</t>
+        </is>
+      </c>
+      <c r="B2807" s="1" t="inlineStr">
+        <is>
+          <t>KPSS 2021 Eğitim Bilimleri Program Geliştirme, Sınıf Yönetimi, Öğretim Teknolojileri ve Materyal Tasarımı Tamamı Çözümlü 20 Deneme</t>
+        </is>
+      </c>
+      <c r="C2807" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2808" spans="1:3">
+      <c r="A2808" s="1" t="inlineStr">
+        <is>
+          <t>9780202001135</t>
+        </is>
+      </c>
+      <c r="B2808" s="1" t="inlineStr">
+        <is>
+          <t>KPSS 2021 Eğitim Bilimleri Öğrenme Psikolojisi Tamamı Çözümlü Tamamı Çözümlü 20 Deneme</t>
+        </is>
+      </c>
+      <c r="C2808" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2809" spans="1:3">
+      <c r="A2809" s="1" t="inlineStr">
+        <is>
+          <t>9780202001128</t>
+        </is>
+      </c>
+      <c r="B2809" s="1" t="inlineStr">
+        <is>
+          <t>KPSS 2021 Eğitim Bilimleri Gelişim Psikolojisi Tamamı Çözümlü 20 Deneme</t>
+        </is>
+      </c>
+      <c r="C2809" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2810" spans="1:3">
+      <c r="A2810" s="1" t="inlineStr">
+        <is>
+          <t>3990000093393</t>
+        </is>
+      </c>
+      <c r="B2810" s="1" t="inlineStr">
+        <is>
+          <t>2020 KPSS Genel Yetenek Genel Kültür Video Destekli Konu Anlatımlı - Coğrafya</t>
+        </is>
+      </c>
+      <c r="C2810" s="1">
+        <v>47.5</v>
+      </c>
+    </row>
+    <row r="2811" spans="1:3">
+      <c r="A2811" s="1" t="inlineStr">
+        <is>
+          <t>9786257676830</t>
+        </is>
+      </c>
+      <c r="B2811" s="1" t="inlineStr">
+        <is>
+          <t>11. Uluslararası Eğitimde Yaratıcı Drama Semineri 28 Mart - 1 Nisan 2007</t>
+        </is>
+      </c>
+      <c r="C2811" s="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="2812" spans="1:3">
+      <c r="A2812" s="1" t="inlineStr">
+        <is>
+          <t>9786257676441</t>
+        </is>
+      </c>
+      <c r="B2812" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyıl Okullarını Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C2812" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2813" spans="1:3">
+      <c r="A2813" s="1" t="inlineStr">
+        <is>
+          <t>9786257676281</t>
+        </is>
+      </c>
+      <c r="B2813" s="1" t="inlineStr">
+        <is>
+          <t>20. Yüzyılda Türkiye-Türk Dünyası İlişkileri</t>
+        </is>
+      </c>
+      <c r="C2813" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="2814" spans="1:3">
+      <c r="A2814" s="1" t="inlineStr">
+        <is>
+          <t>9786257676038</t>
+        </is>
+      </c>
+      <c r="B2814" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Fen Eğitiminde Karikatür ve Kavram Karikatürleri</t>
+        </is>
+      </c>
+      <c r="C2814" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2815" spans="1:3">
+      <c r="A2815" s="1" t="inlineStr">
+        <is>
+          <t>9786056991646</t>
+        </is>
+      </c>
+      <c r="B2815" s="1" t="inlineStr">
+        <is>
+          <t>Dil Sanatlarının Temelleri</t>
+        </is>
+      </c>
+      <c r="C2815" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2816" spans="1:3">
+      <c r="A2816" s="1" t="inlineStr">
+        <is>
+          <t>9786257582070</t>
+        </is>
+      </c>
+      <c r="B2816" s="1" t="inlineStr">
+        <is>
+          <t>10. Uluslararası Eğitimde Yaratıcı Drama Semineri (2005) “Kültürler Arası Etkileşimde Yaratıcı Drama”</t>
+        </is>
+      </c>
+      <c r="C2816" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2817" spans="1:3">
+      <c r="A2817" s="1" t="inlineStr">
+        <is>
+          <t>9786257052634</t>
+        </is>
+      </c>
+      <c r="B2817" s="1" t="inlineStr">
+        <is>
+          <t>Öfkenin Tutsağı Olma</t>
+        </is>
+      </c>
+      <c r="C2817" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2818" spans="1:3">
+      <c r="A2818" s="1" t="inlineStr">
+        <is>
+          <t>9786257052320</t>
+        </is>
+      </c>
+      <c r="B2818" s="1" t="inlineStr">
+        <is>
+          <t>Edim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C2818" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2819" spans="1:3">
+      <c r="A2819" s="1" t="inlineStr">
+        <is>
+          <t>9786052419588</t>
+        </is>
+      </c>
+      <c r="B2819" s="1" t="inlineStr">
+        <is>
+          <t>KPSS 2020 ÖABT Beden Eğitimi Öğretmenliği Tamamı çözümlü 7 Deneme</t>
+        </is>
+      </c>
+      <c r="C2819" s="1">
+        <v>27.5</v>
+      </c>
+    </row>
+    <row r="2820" spans="1:3">
+      <c r="A2820" s="1" t="inlineStr">
+        <is>
+          <t>9786052418406</t>
+        </is>
+      </c>
+      <c r="B2820" s="1" t="inlineStr">
+        <is>
+          <t>Doktora Eğitiminde Araştırma Üretkenliği</t>
+        </is>
+      </c>
+      <c r="C2820" s="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="2821" spans="1:3">
+      <c r="A2821" s="1" t="inlineStr">
+        <is>
+          <t>9786050370232</t>
+        </is>
+      </c>
+      <c r="B2821" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Program Geliştirme</t>
+        </is>
+      </c>
+      <c r="C2821" s="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="2822" spans="1:3">
+      <c r="A2822" s="1" t="inlineStr">
+        <is>
+          <t>9786050370249</t>
+        </is>
+      </c>
+      <c r="B2822" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Göçmen Kapsayıcılığı</t>
+        </is>
+      </c>
+      <c r="C2822" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2823" spans="1:3">
+      <c r="A2823" s="1" t="inlineStr">
+        <is>
+          <t>9786052416488</t>
+        </is>
+      </c>
+      <c r="B2823" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlılık Sosyolojisi Kurumsal Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C2823" s="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="2824" spans="1:3">
+      <c r="A2824" s="1" t="inlineStr">
+        <is>
+          <t>9786257676762</t>
+        </is>
+      </c>
+      <c r="B2824" s="1" t="inlineStr">
+        <is>
+          <t>16. Uluslararası Eğitimde Yaratıcı Drama Semineri - Bertolt Brecht ve Öğretici Oyunlar</t>
+        </is>
+      </c>
+      <c r="C2824" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2825" spans="1:3">
+      <c r="A2825" s="1" t="inlineStr">
+        <is>
+          <t>9780202190693</t>
+        </is>
+      </c>
+      <c r="B2825" s="1" t="inlineStr">
+        <is>
+          <t>İçişleri Bakanlığı Görevde Yükselme Sınavı Şef Unvanı - Veri Hazırlama Ve Kontrol İşletmeni Sınavı Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2825" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="2826" spans="1:3">
+      <c r="A2826" s="1" t="inlineStr">
+        <is>
+          <t>9786257582025</t>
+        </is>
+      </c>
+      <c r="B2826" s="1" t="inlineStr">
+        <is>
+          <t>Düşünme Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2826" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2827" spans="1:3">
+      <c r="A2827" s="1" t="inlineStr">
+        <is>
+          <t>9786257582049</t>
+        </is>
+      </c>
+      <c r="B2827" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Robot Programlama</t>
+        </is>
+      </c>
+      <c r="C2827" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2828" spans="1:3">
+      <c r="A2828" s="1" t="inlineStr">
+        <is>
+          <t>9786257676793</t>
+        </is>
+      </c>
+      <c r="B2828" s="1" t="inlineStr">
+        <is>
+          <t>Hegemonyayı Haritalamak</t>
+        </is>
+      </c>
+      <c r="C2828" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2829" spans="1:3">
+      <c r="A2829" s="1" t="inlineStr">
+        <is>
+          <t>9786257582131</t>
+        </is>
+      </c>
+      <c r="B2829" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Cinsiyet ve Şiddet</t>
+        </is>
+      </c>
+      <c r="C2829" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2830" spans="1:3">
+      <c r="A2830" s="1" t="inlineStr">
+        <is>
+          <t>9780202170374</t>
+        </is>
+      </c>
+      <c r="B2830" s="1" t="inlineStr">
+        <is>
+          <t>Kara Kuvvetleri Komutanlığı Görevde Yükselme ve Unvan Değişikliği Sınavlarına Hazırlık Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C2830" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2831" spans="1:3">
+      <c r="A2831" s="1" t="inlineStr">
+        <is>
+          <t>9786052418192</t>
+        </is>
+      </c>
+      <c r="B2831" s="1" t="inlineStr">
+        <is>
+          <t>2020 Video Destekli DGS Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2831" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2832" spans="1:3">
+      <c r="A2832" s="1" t="inlineStr">
+        <is>
+          <t>9786052416792</t>
+        </is>
+      </c>
+      <c r="B2832" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Genel Yetenek Genel Kültür Türkiye Geneli Deneme (1.2.3) 3'lü Deneme Seti</t>
+        </is>
+      </c>
+      <c r="C2832" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2833" spans="1:3">
+      <c r="A2833" s="1" t="inlineStr">
+        <is>
+          <t>3990000043916</t>
+        </is>
+      </c>
+      <c r="B2833" s="1" t="inlineStr">
+        <is>
+          <t>2020 KPSS Eğitim Bilimleri Tamamı Çözümlü Modüler Soru Bankası - Ölçme ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C2833" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="2834" spans="1:3">
+      <c r="A2834" s="1" t="inlineStr">
+        <is>
+          <t>9786054282241</t>
+        </is>
+      </c>
+      <c r="B2834" s="1" t="inlineStr">
+        <is>
+          <t>Değişme Sürecinde Devlet ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C2834" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="2835" spans="1:3">
+      <c r="A2835" s="1" t="inlineStr">
+        <is>
+          <t>9786053640929</t>
+        </is>
+      </c>
+      <c r="B2835" s="1" t="inlineStr">
+        <is>
+          <t>Okul Danışmanları İçin Çözüm Odaklı Kısa Süreli Psikolojik Danışma</t>
+        </is>
+      </c>
+      <c r="C2835" s="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="2836" spans="1:3">
+      <c r="A2836" s="1" t="inlineStr">
+        <is>
+          <t>9786053641698</t>
+        </is>
+      </c>
+      <c r="B2836" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Adanmış Hayatlar</t>
+        </is>
+      </c>
+      <c r="C2836" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="2837" spans="1:3">
+      <c r="A2837" s="1" t="inlineStr">
+        <is>
+          <t>9789944919630</t>
+        </is>
+      </c>
+      <c r="B2837" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Edebiyatı Eğitim Fakülteleri İçin</t>
+        </is>
+      </c>
+      <c r="C2837" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2838" spans="1:3">
+      <c r="A2838" s="1" t="inlineStr">
+        <is>
+          <t>9789944919036</t>
+        </is>
+      </c>
+      <c r="B2838" s="1" t="inlineStr">
+        <is>
+          <t>Cümle ve Metin Bilgisi</t>
+        </is>
+      </c>
+      <c r="C2838" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2839" spans="1:3">
+      <c r="A2839" s="1" t="inlineStr">
+        <is>
+          <t>9786053641124</t>
+        </is>
+      </c>
+      <c r="B2839" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Eğitiminde Kavram ve Değişimler</t>
+        </is>
+      </c>
+      <c r="C2839" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="2840" spans="1:3">
+      <c r="A2840" s="1" t="inlineStr">
+        <is>
+          <t>9789756802632</t>
+        </is>
+      </c>
+      <c r="B2840" s="1" t="inlineStr">
+        <is>
+          <t>Birleştirilmiş Sınıflarda Öğretim</t>
+        </is>
+      </c>
+      <c r="C2840" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="2841" spans="1:3">
+      <c r="A2841" s="1" t="inlineStr">
+        <is>
+          <t>9786053641483</t>
+        </is>
+      </c>
+      <c r="B2841" s="1" t="inlineStr">
+        <is>
+          <t>Bilişim Teknolojileri</t>
+        </is>
+      </c>
+      <c r="C2841" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2842" spans="1:3">
+      <c r="A2842" s="1" t="inlineStr">
+        <is>
+          <t>9786053643920</t>
+        </is>
+      </c>
+      <c r="B2842" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Doğası ve Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2842" s="1">
+        <v>18.5</v>
+      </c>
+    </row>
+    <row r="2843" spans="1:3">
+      <c r="A2843" s="1" t="inlineStr">
+        <is>
+          <t>9786053644026</t>
+        </is>
+      </c>
+      <c r="B2843" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Eğitiminde Yapılandırıcı Paradigma</t>
+        </is>
+      </c>
+      <c r="C2843" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="2844" spans="1:3">
+      <c r="A2844" s="1" t="inlineStr">
+        <is>
+          <t>9786054282807</t>
+        </is>
+      </c>
+      <c r="B2844" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Eğitim Sistemleri</t>
+        </is>
+      </c>
+      <c r="C2844" s="1">
+        <v>26.39</v>
+      </c>
+    </row>
+    <row r="2845" spans="1:3">
+      <c r="A2845" s="1" t="inlineStr">
+        <is>
+          <t>9789758792573</t>
+        </is>
+      </c>
+      <c r="B2845" s="1" t="inlineStr">
+        <is>
+          <t>Atom Fiziği</t>
+        </is>
+      </c>
+      <c r="C2845" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="2846" spans="1:3">
+      <c r="A2846" s="1" t="inlineStr">
+        <is>
+          <t>9786053644767</t>
+        </is>
+      </c>
+      <c r="B2846" s="1" t="inlineStr">
+        <is>
+          <t>Araştırma ve Aksiyon ile Liderlik</t>
+        </is>
+      </c>
+      <c r="C2846" s="1">
+        <v>17.13</v>
+      </c>
+    </row>
+    <row r="2847" spans="1:3">
+      <c r="A2847" s="1" t="inlineStr">
+        <is>
+          <t>9789756802687</t>
+        </is>
+      </c>
+      <c r="B2847" s="1" t="inlineStr">
+        <is>
+          <t>Anne ve Çocuk Beslenmesi</t>
+        </is>
+      </c>
+      <c r="C2847" s="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="2848" spans="1:3">
+      <c r="A2848" s="1" t="inlineStr">
+        <is>
+          <t>9786053642008</t>
+        </is>
+      </c>
+      <c r="B2848" s="1" t="inlineStr">
+        <is>
+          <t>Anne ve Çocuk Beslenmesi</t>
+        </is>
+      </c>
+      <c r="C2848" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2849" spans="1:3">
+      <c r="A2849" s="1" t="inlineStr">
+        <is>
+          <t>9786055885649</t>
+        </is>
+      </c>
+      <c r="B2849" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Eğitim ve Türk Eğitim Sistemi</t>
+        </is>
+      </c>
+      <c r="C2849" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2850" spans="1:3">
+      <c r="A2850" s="1" t="inlineStr">
+        <is>
+          <t>9786257228930</t>
+        </is>
+      </c>
+      <c r="B2850" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle İlkokulda Fen Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2850" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2851" spans="1:3">
+      <c r="A2851" s="1" t="inlineStr">
+        <is>
+          <t>9786052417881</t>
+        </is>
+      </c>
+      <c r="B2851" s="1" t="inlineStr">
+        <is>
+          <t>ALES Çek Kopar Yaprak Test Matematik - Türkçe</t>
+        </is>
+      </c>
+      <c r="C2851" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2852" spans="1:3">
+      <c r="A2852" s="1" t="inlineStr">
+        <is>
+          <t>9786257052641</t>
+        </is>
+      </c>
+      <c r="B2852" s="1" t="inlineStr">
+        <is>
+          <t>Anadili Edinimi</t>
+        </is>
+      </c>
+      <c r="C2852" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="2853" spans="1:3">
+      <c r="A2853" s="1" t="inlineStr">
+        <is>
+          <t>9786257676816</t>
+        </is>
+      </c>
+      <c r="B2853" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Araştırma Yöntemleri: Temel Kavramlar, İlkeler ve Süreçler</t>
+        </is>
+      </c>
+      <c r="C2853" s="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="2854" spans="1:3">
+      <c r="A2854" s="1" t="inlineStr">
+        <is>
+          <t>3990000087419</t>
+        </is>
+      </c>
+      <c r="B2854" s="1" t="inlineStr">
+        <is>
+          <t>Kuram ve Uygulamada Eğitim Yönetimi Dergisi 2020 Yılı Aboneliği Sayı: 4</t>
+        </is>
+      </c>
+      <c r="C2854" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2855" spans="1:3">
+      <c r="A2855" s="1" t="inlineStr">
+        <is>
+          <t>9784444441896</t>
+        </is>
+      </c>
+      <c r="B2855" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Eğitim Bilimleri Türkiye Geneli Deneme (4.5.6) 3'lü Deneme Seti</t>
+        </is>
+      </c>
+      <c r="C2855" s="1">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="2856" spans="1:3">
+      <c r="A2856" s="1" t="inlineStr">
+        <is>
+          <t>9784444441889</t>
+        </is>
+      </c>
+      <c r="B2856" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Genel Yetenek Genel Kültür Ön Lisans Türkiye Geneli Deneme (4.5.6) 3'lü Deneme Seti</t>
+        </is>
+      </c>
+      <c r="C2856" s="1">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="2857" spans="1:3">
+      <c r="A2857" s="1" t="inlineStr">
+        <is>
+          <t>9784444441902</t>
+        </is>
+      </c>
+      <c r="B2857" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Genel Yetenek Genel Kültür Türkiye Geneli Deneme (4.5.6) 3'lü Deneme Seti</t>
+        </is>
+      </c>
+      <c r="C2857" s="1">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="2858" spans="1:3">
+      <c r="A2858" s="1" t="inlineStr">
+        <is>
+          <t>9786052416037</t>
+        </is>
+      </c>
+      <c r="B2858" s="1" t="inlineStr">
+        <is>
+          <t>YÖKDİL Sosyal Bilimler Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C2858" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2859" spans="1:3">
+      <c r="A2859" s="1" t="inlineStr">
+        <is>
+          <t>9786052416600</t>
+        </is>
+      </c>
+      <c r="B2859" s="1" t="inlineStr">
+        <is>
+          <t>DGS Çıkmış Sorulara Eş Değer Tamamı Çözümlü 5 Sınav</t>
+        </is>
+      </c>
+      <c r="C2859" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2860" spans="1:3">
+      <c r="A2860" s="1" t="inlineStr">
+        <is>
+          <t>9786052417478</t>
+        </is>
+      </c>
+      <c r="B2860" s="1" t="inlineStr">
+        <is>
+          <t>Economicus İktisat Tamamı Çözümlü Soru Bankası Cilt 1</t>
+        </is>
+      </c>
+      <c r="C2860" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="2861" spans="1:3">
+      <c r="A2861" s="1" t="inlineStr">
+        <is>
+          <t>9786052419632</t>
+        </is>
+      </c>
+      <c r="B2861" s="1" t="inlineStr">
+        <is>
+          <t>Keşfet Dokun Değiş</t>
+        </is>
+      </c>
+      <c r="C2861" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2862" spans="1:3">
+      <c r="A2862" s="1" t="inlineStr">
+        <is>
+          <t>9786052418345</t>
+        </is>
+      </c>
+      <c r="B2862" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya Kapsayıcı Eğitim</t>
+        </is>
+      </c>
+      <c r="C2862" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2863" spans="1:3">
+      <c r="A2863" s="1" t="inlineStr">
+        <is>
+          <t>9786257880039</t>
+        </is>
+      </c>
+      <c r="B2863" s="1" t="inlineStr">
+        <is>
+          <t>Sezon Finali GYGK Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C2863" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2864" spans="1:3">
+      <c r="A2864" s="1" t="inlineStr">
+        <is>
+          <t>9786052416204</t>
+        </is>
+      </c>
+      <c r="B2864" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ahlak ve Etik</t>
+        </is>
+      </c>
+      <c r="C2864" s="1">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="2865" spans="1:3">
+      <c r="A2865" s="1" t="inlineStr">
+        <is>
+          <t>9786257052689</t>
+        </is>
+      </c>
+      <c r="B2865" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitiminde Zenginleştirilmiş Materyal Üretiminde Yenilikçi Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C2865" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2866" spans="1:3">
+      <c r="A2866" s="1" t="inlineStr">
+        <is>
+          <t>9786257052429</t>
+        </is>
+      </c>
+      <c r="B2866" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel ve Eleştirel Sorgulama Olarak Görsel Sanatlar Öğretimi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2866" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2867" spans="1:3">
+      <c r="A2867" s="1" t="inlineStr">
+        <is>
+          <t>9786257052894</t>
+        </is>
+      </c>
+      <c r="B2867" s="1" t="inlineStr">
+        <is>
+          <t>Okul Sosyal Hizmeti ve Onarıcı Adalet</t>
+        </is>
+      </c>
+      <c r="C2867" s="1">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="2868" spans="1:3">
+      <c r="A2868" s="1" t="inlineStr">
+        <is>
+          <t>9786257052672</t>
+        </is>
+      </c>
+      <c r="B2868" s="1" t="inlineStr">
+        <is>
+          <t>Duygu Sosyalleştirme Kuramdan Araştırmaya</t>
+        </is>
+      </c>
+      <c r="C2868" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2869" spans="1:3">
+      <c r="A2869" s="1" t="inlineStr">
+        <is>
+          <t>9786052416457</t>
+        </is>
+      </c>
+      <c r="B2869" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenmenin Yeni Paradigması Coğrafya ve Tarih Temelli Konuların Disiplinlerarası Yaklaşımla Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2869" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2870" spans="1:3">
+      <c r="A2870" s="1" t="inlineStr">
+        <is>
+          <t>3996052417464</t>
+        </is>
+      </c>
+      <c r="B2870" s="1" t="inlineStr">
+        <is>
+          <t>KPSS 2020 Öğrenme Psikolojisi Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2870" s="1">
+        <v>43.33</v>
+      </c>
+    </row>
+    <row r="2871" spans="1:3">
+      <c r="A2871" s="1" t="inlineStr">
+        <is>
+          <t>3996052417463</t>
+        </is>
+      </c>
+      <c r="B2871" s="1" t="inlineStr">
+        <is>
+          <t>KPSS 2020 Eğitim Bilimleri Öğretim İlke ve Yöntemleri Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2871" s="1">
+        <v>43.33</v>
+      </c>
+    </row>
+    <row r="2872" spans="1:3">
+      <c r="A2872" s="1" t="inlineStr">
+        <is>
+          <t>3996052417462</t>
+        </is>
+      </c>
+      <c r="B2872" s="1" t="inlineStr">
+        <is>
+          <t>KPSS 2020 Eğitim Bilimleri Gelişim Psikolojisi Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2872" s="1">
+        <v>43.33</v>
+      </c>
+    </row>
+    <row r="2873" spans="1:3">
+      <c r="A2873" s="1" t="inlineStr">
+        <is>
+          <t>3996052417461</t>
+        </is>
+      </c>
+      <c r="B2873" s="1" t="inlineStr">
+        <is>
+          <t>KPSS 2020 Eğitim Bilimleri Rehberlik ve Özel Eğitim Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C2873" s="1">
+        <v>43.33</v>
+      </c>
+    </row>
+    <row r="2874" spans="1:3">
+      <c r="A2874" s="1" t="inlineStr">
+        <is>
+          <t>9786052412657</t>
+        </is>
+      </c>
+      <c r="B2874" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Elemanlarının Sınıf Yönetimi Davranışları</t>
+        </is>
+      </c>
+      <c r="C2874" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2875" spans="1:3">
+      <c r="A2875" s="1" t="inlineStr">
+        <is>
+          <t>9786052410691</t>
+        </is>
+      </c>
+      <c r="B2875" s="1" t="inlineStr">
+        <is>
+          <t>Genel Kimya 1</t>
+        </is>
+      </c>
+      <c r="C2875" s="1">
+        <v>31.48</v>
+      </c>
+    </row>
+    <row r="2876" spans="1:3">
+      <c r="A2876" s="1" t="inlineStr">
+        <is>
+          <t>9786052416952</t>
+        </is>
+      </c>
+      <c r="B2876" s="1" t="inlineStr">
+        <is>
+          <t>Adım Adım Arabuluculuk</t>
+        </is>
+      </c>
+      <c r="C2876" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2877" spans="1:3">
+      <c r="A2877" s="1" t="inlineStr">
+        <is>
+          <t>9786052416235</t>
+        </is>
+      </c>
+      <c r="B2877" s="1" t="inlineStr">
+        <is>
+          <t>A-Ki-Us: Yakup</t>
+        </is>
+      </c>
+      <c r="C2877" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2878" spans="1:3">
+      <c r="A2878" s="1" t="inlineStr">
+        <is>
+          <t>9786052415696</t>
+        </is>
+      </c>
+      <c r="B2878" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Coğrafya Özellikleri ve Turistik Potansiyeli Açısından Geleneksel Artvin Evleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2878" s="1">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="2879" spans="1:3">
+      <c r="A2879" s="1" t="inlineStr">
+        <is>
+          <t>9789944919821</t>
+        </is>
+      </c>
+      <c r="B2879" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2879" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2880" spans="1:3">
+      <c r="A2880" s="1" t="inlineStr">
+        <is>
+          <t>9786052417287</t>
+        </is>
+      </c>
+      <c r="B2880" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları ve Demokrasi Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2880" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2881" spans="1:3">
+      <c r="A2881" s="1" t="inlineStr">
+        <is>
+          <t>9786052417171</t>
+        </is>
+      </c>
+      <c r="B2881" s="1" t="inlineStr">
+        <is>
+          <t>Filmin Çizgisi Çizgi Film ve Çocukların Beğenisi</t>
+        </is>
+      </c>
+      <c r="C2881" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2882" spans="1:3">
+      <c r="A2882" s="1" t="inlineStr">
+        <is>
+          <t>9786257052023</t>
+        </is>
+      </c>
+      <c r="B2882" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Olarak Türkçe Öğretiminde İşlevsel Dil Bilgisi</t>
+        </is>
+      </c>
+      <c r="C2882" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="2883" spans="1:3">
+      <c r="A2883" s="1" t="inlineStr">
+        <is>
+          <t>9786058008908</t>
+        </is>
+      </c>
+      <c r="B2883" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitiminde Duygusal Zeka</t>
+        </is>
+      </c>
+      <c r="C2883" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2884" spans="1:3">
+      <c r="A2884" s="1" t="inlineStr">
+        <is>
+          <t>9786052417089</t>
+        </is>
+      </c>
+      <c r="B2884" s="1" t="inlineStr">
+        <is>
+          <t>Açık ve Uzaktan Türkçe Öğrenme Sistemleri İçin Ölçütler</t>
+        </is>
+      </c>
+      <c r="C2884" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2885" spans="1:3">
+      <c r="A2885" s="1" t="inlineStr">
+        <is>
+          <t>9786053181453</t>
+        </is>
+      </c>
+      <c r="B2885" s="1" t="inlineStr">
+        <is>
+          <t>Petaloid Monocotyledonous Flora Of Bolu Province Including Annotations On Critical Petaloid Geophytes Of Turkey</t>
+        </is>
+      </c>
+      <c r="C2885" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2886" spans="1:3">
+      <c r="A2886" s="1" t="inlineStr">
+        <is>
+          <t>9786053640646</t>
+        </is>
+      </c>
+      <c r="B2886" s="1" t="inlineStr">
+        <is>
+          <t>Kişilerarası İlişkiler ve Etkili İletişim</t>
+        </is>
+      </c>
+      <c r="C2886" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="2887" spans="1:3">
+      <c r="A2887" s="1" t="inlineStr">
+        <is>
+          <t>9786053648581</t>
+        </is>
+      </c>
+      <c r="B2887" s="1" t="inlineStr">
+        <is>
+          <t>Örnek Uygulamalarla Okul Öncesi Dönemde Fen Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2887" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="2888" spans="1:3">
+      <c r="A2888" s="1" t="inlineStr">
+        <is>
+          <t>9786050370263</t>
+        </is>
+      </c>
+      <c r="B2888" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamboyu Öğrenme Bağlamında Yabancı Dil Öğrenme Stratejileri</t>
+        </is>
+      </c>
+      <c r="C2888" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="2889" spans="1:3">
+      <c r="A2889" s="1" t="inlineStr">
+        <is>
+          <t>9786052418307</t>
+        </is>
+      </c>
+      <c r="B2889" s="1" t="inlineStr">
+        <is>
+          <t>Fizik 3: Problem Çözümleri</t>
+        </is>
+      </c>
+      <c r="C2889" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2890" spans="1:3">
+      <c r="A2890" s="1" t="inlineStr">
+        <is>
+          <t>9786052418079</t>
+        </is>
+      </c>
+      <c r="B2890" s="1" t="inlineStr">
+        <is>
+          <t>Beslenme ve Sağlık</t>
+        </is>
+      </c>
+      <c r="C2890" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="2891" spans="1:3">
+      <c r="A2891" s="1" t="inlineStr">
+        <is>
+          <t>9786052418031</t>
+        </is>
+      </c>
+      <c r="B2891" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Türkçesinde Bilgi Kiplikleri</t>
+        </is>
+      </c>
+      <c r="C2891" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="2892" spans="1:3">
+      <c r="A2892" s="1" t="inlineStr">
+        <is>
+          <t>9786052418413</t>
+        </is>
+      </c>
+      <c r="B2892" s="1" t="inlineStr">
+        <is>
+          <t>Ayaş İlçesinde Arazi Örtüsü ve Arazi Kullanımı</t>
+        </is>
+      </c>
+      <c r="C2892" s="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="2893" spans="1:3">
+      <c r="A2893" s="1" t="inlineStr">
+        <is>
+          <t>9786052414422</t>
+        </is>
+      </c>
+      <c r="B2893" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Bilim Alanlarına Giriş</t>
+        </is>
+      </c>
+      <c r="C2893" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2894" spans="1:3">
+      <c r="A2894" s="1" t="inlineStr">
+        <is>
+          <t>9789756802960</t>
+        </is>
+      </c>
+      <c r="B2894" s="1" t="inlineStr">
+        <is>
+          <t>Yansıtıcı Düşünme</t>
+        </is>
+      </c>
+      <c r="C2894" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2895" spans="1:3">
+      <c r="A2895" s="1" t="inlineStr">
+        <is>
+          <t>9786052412183</t>
+        </is>
+      </c>
+      <c r="B2895" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Dönemi Eğitimine Yön Veren Yerli ve Yabancı Uzman Raporları (1911-1927)</t>
+        </is>
+      </c>
+      <c r="C2895" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="2896" spans="1:3">
+      <c r="A2896" s="1" t="inlineStr">
+        <is>
+          <t>9786052414576</t>
+        </is>
+      </c>
+      <c r="B2896" s="1" t="inlineStr">
+        <is>
+          <t>Hatay İli Yerleşme Coğrafyası 2</t>
+        </is>
+      </c>
+      <c r="C2896" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="2897" spans="1:3">
+      <c r="A2897" s="1" t="inlineStr">
+        <is>
+          <t>9786052414712</t>
+        </is>
+      </c>
+      <c r="B2897" s="1" t="inlineStr">
+        <is>
+          <t>Matematiksel Modelemeye Disiplinler Arası Bakış; Bir Stem Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C2897" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="2898" spans="1:3">
+      <c r="A2898" s="1" t="inlineStr">
+        <is>
+          <t>9786052413104</t>
+        </is>
+      </c>
+      <c r="B2898" s="1" t="inlineStr">
+        <is>
+          <t>Teoriden Uygulamaya Pedagojik Alan Bilgisi</t>
+        </is>
+      </c>
+      <c r="C2898" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2899" spans="1:3">
+      <c r="A2899" s="1" t="inlineStr">
+        <is>
+          <t>9786052416013</t>
+        </is>
+      </c>
+      <c r="B2899" s="1" t="inlineStr">
+        <is>
+          <t>Contemporary Issues in ELT</t>
+        </is>
+      </c>
+      <c r="C2899" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2900" spans="1:3">
+      <c r="A2900" s="1" t="inlineStr">
+        <is>
+          <t>9786052412435</t>
+        </is>
+      </c>
+      <c r="B2900" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’da Bir Gönül İnsanı Davut Şahan</t>
+        </is>
+      </c>
+      <c r="C2900" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2901" spans="1:3">
+      <c r="A2901" s="1" t="inlineStr">
+        <is>
+          <t>9786052416402</t>
+        </is>
+      </c>
+      <c r="B2901" s="1" t="inlineStr">
+        <is>
+          <t>Viyolonsel İçin Piyano Eşlikli Türküler</t>
+        </is>
+      </c>
+      <c r="C2901" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="2902" spans="1:3">
+      <c r="A2902" s="1" t="inlineStr">
+        <is>
+          <t>9786052417034</t>
+        </is>
+      </c>
+      <c r="B2902" s="1" t="inlineStr">
+        <is>
+          <t>A-Ki-Us: Herkuzimal</t>
+        </is>
+      </c>
+      <c r="C2902" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2903" spans="1:3">
+      <c r="A2903" s="1" t="inlineStr">
+        <is>
+          <t>9786052410523</t>
+        </is>
+      </c>
+      <c r="B2903" s="1" t="inlineStr">
+        <is>
+          <t>İki Sesli Dikte ve Solfej Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C2903" s="1">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="2904" spans="1:3">
+      <c r="A2904" s="1" t="inlineStr">
+        <is>
+          <t>9786053187851</t>
+        </is>
+      </c>
+      <c r="B2904" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Teknoloji Kullanımı</t>
+        </is>
+      </c>
+      <c r="C2904" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2905" spans="1:3">
+      <c r="A2905" s="1" t="inlineStr">
+        <is>
+          <t>9786050370614</t>
+        </is>
+      </c>
+      <c r="B2905" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Teknolojileri Okumaları 2019</t>
+        </is>
+      </c>
+      <c r="C2905" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="2906" spans="1:3">
+      <c r="A2906" s="1" t="inlineStr">
+        <is>
+          <t>9786053185543</t>
+        </is>
+      </c>
+      <c r="B2906" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma ve Yazma Öğretimi El Kitabı</t>
+        </is>
+      </c>
+      <c r="C2906" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="2907" spans="1:3">
+      <c r="A2907" s="1" t="inlineStr">
+        <is>
+          <t>9786052410882</t>
+        </is>
+      </c>
+      <c r="B2907" s="1" t="inlineStr">
+        <is>
+          <t>Fen Eğitiminde Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C2907" s="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="2908" spans="1:3">
+      <c r="A2908" s="1" t="inlineStr">
+        <is>
+          <t>9786053186298</t>
+        </is>
+      </c>
+      <c r="B2908" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Paradigma Kayması ve Medya</t>
+        </is>
+      </c>
+      <c r="C2908" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="2909" spans="1:3">
+      <c r="A2909" s="1" t="inlineStr">
+        <is>
+          <t>9786052415825</t>
+        </is>
+      </c>
+      <c r="B2909" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Ölçme ve Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C2909" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="2910" spans="1:3">
+      <c r="A2910" s="1" t="inlineStr">
+        <is>
+          <t>9786052414767</t>
+        </is>
+      </c>
+      <c r="B2910" s="1" t="inlineStr">
+        <is>
+          <t>Beşeri ve Ekonomik Coğrafya</t>
+        </is>
+      </c>
+      <c r="C2910" s="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="2911" spans="1:3">
+      <c r="A2911" s="1" t="inlineStr">
+        <is>
+          <t>9786052415016</t>
+        </is>
+      </c>
+      <c r="B2911" s="1" t="inlineStr">
+        <is>
+          <t>Kiplik ve Kip</t>
+        </is>
+      </c>
+      <c r="C2911" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2912" spans="1:3">
+      <c r="A2912" s="1" t="inlineStr">
+        <is>
+          <t>9786052414897</t>
+        </is>
+      </c>
+      <c r="B2912" s="1" t="inlineStr">
+        <is>
+          <t>Açıklamalı Graf Teori Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C2912" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2913" spans="1:3">
+      <c r="A2913" s="1" t="inlineStr">
+        <is>
+          <t>9786052411582</t>
+        </is>
+      </c>
+      <c r="B2913" s="1" t="inlineStr">
+        <is>
+          <t>Psikofizikte Ölçekleme Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2913" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2914" spans="1:3">
+      <c r="A2914" s="1" t="inlineStr">
+        <is>
+          <t>9786052416297</t>
+        </is>
+      </c>
+      <c r="B2914" s="1" t="inlineStr">
+        <is>
+          <t>Ses Eğitimi İçin Piyano Eşlikli Şarkılar</t>
+        </is>
+      </c>
+      <c r="C2914" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2915" spans="1:3">
+      <c r="A2915" s="1" t="inlineStr">
+        <is>
+          <t>9786053188179</t>
+        </is>
+      </c>
+      <c r="B2915" s="1" t="inlineStr">
+        <is>
+          <t>Genel Matematiksel Kavramlar</t>
+        </is>
+      </c>
+      <c r="C2915" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="2916" spans="1:3">
+      <c r="A2916" s="1" t="inlineStr">
+        <is>
+          <t>9786052414194</t>
+        </is>
+      </c>
+      <c r="B2916" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Örgütlerinde Stratejik Planlama</t>
+        </is>
+      </c>
+      <c r="C2916" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2917" spans="1:3">
+      <c r="A2917" s="1" t="inlineStr">
+        <is>
+          <t>9786053185871</t>
+        </is>
+      </c>
+      <c r="B2917" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C2917" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2918" spans="1:3">
+      <c r="A2918" s="1" t="inlineStr">
+        <is>
+          <t>9786053184188</t>
+        </is>
+      </c>
+      <c r="B2918" s="1" t="inlineStr">
+        <is>
+          <t>Ortaokul 5-8 Düşünen Sınıflarda Din Kültürü ve Ahlak Bilgisi Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2918" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="2919" spans="1:3">
+      <c r="A2919" s="1" t="inlineStr">
+        <is>
+          <t>9786053181194</t>
+        </is>
+      </c>
+      <c r="B2919" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Girişimcilik Kazandırmada Sosyal Bilgilerin Rolü: Bir Araştırma Örneği</t>
+        </is>
+      </c>
+      <c r="C2919" s="1">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="2920" spans="1:3">
+      <c r="A2920" s="1" t="inlineStr">
+        <is>
+          <t>9786052414880</t>
+        </is>
+      </c>
+      <c r="B2920" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Ergenler İçin Psikolojik Sağlamlık Geliştirme Programı</t>
+        </is>
+      </c>
+      <c r="C2920" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2921" spans="1:3">
+      <c r="A2921" s="1" t="inlineStr">
+        <is>
+          <t>9786052415320</t>
+        </is>
+      </c>
+      <c r="B2921" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Araştırma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2921" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="2922" spans="1:3">
+      <c r="A2922" s="1" t="inlineStr">
+        <is>
+          <t>9786256357815</t>
+        </is>
+      </c>
+      <c r="B2922" s="1" t="inlineStr">
+        <is>
+          <t>Dil Öğretiminde İşlevsel Dil Bilgisi</t>
+        </is>
+      </c>
+      <c r="C2922" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2923" spans="1:3">
+      <c r="A2923" s="1" t="inlineStr">
+        <is>
+          <t>9786257052993</t>
+        </is>
+      </c>
+      <c r="B2923" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Ve Bilime İlişkin Seçkiler</t>
+        </is>
+      </c>
+      <c r="C2923" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="2924" spans="1:3">
+      <c r="A2924" s="1" t="inlineStr">
+        <is>
+          <t>9786256140882</t>
+        </is>
+      </c>
+      <c r="B2924" s="1" t="inlineStr">
+        <is>
+          <t>Öğretimde Yapay Zeka</t>
+        </is>
+      </c>
+      <c r="C2924" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="2925" spans="1:3">
+      <c r="A2925" s="1" t="inlineStr">
+        <is>
+          <t>9786258044034</t>
+        </is>
+      </c>
+      <c r="B2925" s="1" t="inlineStr">
+        <is>
+          <t>4.Uluslararası Eğitimde Drama Semineri 23-26 Nisan 1991 Eğitimde Drama'ya Yakınlaşmak</t>
+        </is>
+      </c>
+      <c r="C2925" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="2926" spans="1:3">
+      <c r="A2926" s="1" t="inlineStr">
+        <is>
+          <t>9786257582254</t>
+        </is>
+      </c>
+      <c r="B2926" s="1" t="inlineStr">
+        <is>
+          <t>İlkokulda Drama Uygulama Örnekleri</t>
+        </is>
+      </c>
+      <c r="C2926" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="2927" spans="1:3">
+      <c r="A2927" s="1" t="inlineStr">
+        <is>
+          <t>9786257880138</t>
+        </is>
+      </c>
+      <c r="B2927" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce Öğretiminde Dijital Dönem</t>
+        </is>
+      </c>
+      <c r="C2927" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2928" spans="1:3">
+      <c r="A2928" s="1" t="inlineStr">
+        <is>
+          <t>9780202503202</t>
+        </is>
+      </c>
+      <c r="B2928" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Türkçe Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2928" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2929" spans="1:3">
+      <c r="A2929" s="1" t="inlineStr">
+        <is>
+          <t>9780202503080</t>
+        </is>
+      </c>
+      <c r="B2929" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Türk Dili Ve Edebiyatı Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2929" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2930" spans="1:3">
+      <c r="A2930" s="1" t="inlineStr">
+        <is>
+          <t>9780202502939</t>
+        </is>
+      </c>
+      <c r="B2930" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Tarih Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2930" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2931" spans="1:3">
+      <c r="A2931" s="1" t="inlineStr">
+        <is>
+          <t>9780202502816</t>
+        </is>
+      </c>
+      <c r="B2931" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Sosyal Bilgiler Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2931" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2932" spans="1:3">
+      <c r="A2932" s="1" t="inlineStr">
+        <is>
+          <t>9780202502694</t>
+        </is>
+      </c>
+      <c r="B2932" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Sınıf Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2932" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2933" spans="1:3">
+      <c r="A2933" s="1" t="inlineStr">
+        <is>
+          <t>9780202502571</t>
+        </is>
+      </c>
+      <c r="B2933" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Psikolojik Danışma Ve Rehberlik Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2933" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2934" spans="1:3">
+      <c r="A2934" s="1" t="inlineStr">
+        <is>
+          <t>9780202502458</t>
+        </is>
+      </c>
+      <c r="B2934" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Okul Öncesi Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2934" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2935" spans="1:3">
+      <c r="A2935" s="1" t="inlineStr">
+        <is>
+          <t>9780202502090</t>
+        </is>
+      </c>
+      <c r="B2935" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Lise Matematik Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2935" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2936" spans="1:3">
+      <c r="A2936" s="1" t="inlineStr">
+        <is>
+          <t>9780202502212</t>
+        </is>
+      </c>
+      <c r="B2936" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Kimya Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2936" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2937" spans="1:3">
+      <c r="A2937" s="1" t="inlineStr">
+        <is>
+          <t>9780202501970</t>
+        </is>
+      </c>
+      <c r="B2937" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt İlköğretim Matematik Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2937" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2938" spans="1:3">
+      <c r="A2938" s="1" t="inlineStr">
+        <is>
+          <t>9780202501857</t>
+        </is>
+      </c>
+      <c r="B2938" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Fizik Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2938" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2939" spans="1:3">
+      <c r="A2939" s="1" t="inlineStr">
+        <is>
+          <t>9780202501734</t>
+        </is>
+      </c>
+      <c r="B2939" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Fen Bilimleri Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2939" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2940" spans="1:3">
+      <c r="A2940" s="1" t="inlineStr">
+        <is>
+          <t>9780202501611</t>
+        </is>
+      </c>
+      <c r="B2940" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Din Kültürü Ve Ahlak Bilgisi Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2940" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2941" spans="1:3">
+      <c r="A2941" s="1" t="inlineStr">
+        <is>
+          <t>9780202501499</t>
+        </is>
+      </c>
+      <c r="B2941" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Coğrafya Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2941" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2942" spans="1:3">
+      <c r="A2942" s="1" t="inlineStr">
+        <is>
+          <t>9780202501376</t>
+        </is>
+      </c>
+      <c r="B2942" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Biyoloji Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2942" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2943" spans="1:3">
+      <c r="A2943" s="1" t="inlineStr">
+        <is>
+          <t>9780202503325</t>
+        </is>
+      </c>
+      <c r="B2943" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Öabt Beden Eğitimi Öğretmenliği Denemesınavı</t>
+        </is>
+      </c>
+      <c r="C2943" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2944" spans="1:3">
+      <c r="A2944" s="1" t="inlineStr">
+        <is>
+          <t>9780202501253</t>
+        </is>
+      </c>
+      <c r="B2944" s="1" t="inlineStr">
+        <is>
+          <t>2026 Tg-2 Kpss A Grubu Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C2944" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2945" spans="1:3">
+      <c r="A2945" s="1" t="inlineStr">
+        <is>
+          <t>9786053640738</t>
+        </is>
+      </c>
+      <c r="B2945" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Ders Kitabı Çözümlemeleri</t>
+        </is>
+      </c>
+      <c r="C2945" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2946" spans="1:3">
+      <c r="A2946" s="1" t="inlineStr">
+        <is>
+          <t>9786257676458</t>
+        </is>
+      </c>
+      <c r="B2946" s="1" t="inlineStr">
+        <is>
+          <t>Yabancılara Türkçe Öğretiminin Güncel Sorunları</t>
+        </is>
+      </c>
+      <c r="C2946" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2947" spans="1:3">
+      <c r="A2947" s="1" t="inlineStr">
+        <is>
+          <t>9786257052788</t>
+        </is>
+      </c>
+      <c r="B2947" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Geleceğe Bilişsel Davranışçı Terapi Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2947" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2948" spans="1:3">
+      <c r="A2948" s="1" t="inlineStr">
+        <is>
+          <t>9786053645139</t>
+        </is>
+      </c>
+      <c r="B2948" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Kültürü</t>
+        </is>
+      </c>
+      <c r="C2948" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="2949" spans="1:3">
+      <c r="A2949" s="1" t="inlineStr">
+        <is>
+          <t>9786258044706</t>
+        </is>
+      </c>
+      <c r="B2949" s="1" t="inlineStr">
+        <is>
+          <t>Nesiller Arası Farklılaşma Ve Din Eğitimi</t>
+        </is>
+      </c>
+      <c r="C2949" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2950" spans="1:3">
+      <c r="A2950" s="1" t="inlineStr">
+        <is>
+          <t>9786258325867</t>
+        </is>
+      </c>
+      <c r="B2950" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Giriş - (Ekonomik Boy)</t>
+        </is>
+      </c>
+      <c r="C2950" s="1">
+        <v>430</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>