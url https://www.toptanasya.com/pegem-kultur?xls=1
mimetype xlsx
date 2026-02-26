--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,700 +85,850 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257740883</t>
+          <t>9786257740715</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İyi Öğretmendim Ama Nereye Kayboldum</t>
+          <t>Eğitimde Dijital Obezite</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257740821</t>
+          <t>9786257740760</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Niceliğin Egemenliği Ve Çağın Alametleri</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>340</v>
+        <v>710</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257740838</t>
+          <t>9786257740746</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Üç Hikaye</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>170</v>
+        <v>785</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257740784</t>
+          <t>9786257740692</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257740371</t>
+          <t>9786257740623</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Minik Panda Ve Güvenli Paylaşım</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257740692</t>
+          <t>9786257740890</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Mucur'un Tarihi Kurtuluş Savaşı Dönemi Ve Cumhuriyet Tarihine İlişkin Baha Oker'in Anılarından Gerçek Hikayeler Ve Şiirlerim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257740197</t>
+          <t>9786257740791</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>285</v>
+        <v>195</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257740357</t>
+          <t>9786257740807</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İnsan Başkası İle İnsan Olur</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257740340</t>
+          <t>9786257740395</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Özür Ve Af</t>
+          <t>Hayata Dokunan Bilim Matematiğin Derin Anlamı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>170</v>
+        <v>525</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257740616</t>
+          <t>9786257740388</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uyanış: Işığa Giden Yol</t>
+          <t>Çaresizsiniz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>105</v>
+        <v>365</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257740388</t>
+          <t>9786257740364</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çaresizsiniz</t>
+          <t>Düşüncelerdeki Deneyler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257740364</t>
+          <t>9786257740333</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerdeki Deneyler</t>
+          <t>Unde Scıs Bilgi Psikolojisi Denemesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>210</v>
+        <v>285</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257740333</t>
+          <t>9786257740326</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Unde Scıs Bilgi Psikolojisi Denemesi</t>
+          <t>Herkes İçin Kısa Kolay Eğitim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257740326</t>
+          <t>9786257740289</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kısa Kolay Eğitim</t>
+          <t>İyi Oluş Yolculuğu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>210</v>
+        <v>385</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257740289</t>
+          <t>9786257740272</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İyi Oluş Yolculuğu</t>
+          <t>Yahyalı Ve Aladağlarda Yörükler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>295</v>
+        <v>410</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257740272</t>
+          <t>9786257740296</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yahyalı Ve Aladağlarda Yörükler</t>
+          <t>Çapraz Bakış</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>315</v>
+        <v>275</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257740296</t>
+          <t>9786256890954</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Bakış</t>
+          <t>Little Panda And Safe Sharing</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256890954</t>
+          <t>9786257740258</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Little Panda And Safe Sharing</t>
+          <t>Eğitimde Algı Operasyonları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>130</v>
+        <v>635</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257740258</t>
+          <t>9786257740241</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Algı Operasyonları</t>
+          <t>Basit Etkinliklerle Daha Fazla Doğa Mümkün</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>490</v>
+        <v>365</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257740241</t>
+          <t>9786257740227</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Basit Etkinliklerle Daha Fazla Doğa Mümkün</t>
+          <t>Melek Sanmıştım Şeytanı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257740227</t>
+          <t>9786257740210</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Melek Sanmıştım Şeytanı</t>
+          <t>Öğretmenim Beni Sorumlulukla Ödüllendir</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>365</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257740210</t>
+          <t>9786257740203</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Beni Sorumlulukla Ödüllendir</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257740203</t>
+          <t>9786257740180</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257740180</t>
+          <t>9786257740173</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Yaşamı Güzelleştirme Bilgeliği</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>210</v>
+        <v>455</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257740173</t>
+          <t>9786257740159</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Güzelleştirme Bilgeliği</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257740159</t>
+          <t>9786257740166</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257740166</t>
+          <t>9786257740128</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>315</v>
+        <v>410</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257740128</t>
+          <t>9786257740142</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>315</v>
+        <v>275</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257740142</t>
+          <t>9786257740111</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257740111</t>
+          <t>9786257740135</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Diksiyon</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>210</v>
+        <v>365</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257740135</t>
+          <t>9786257740012</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Diksiyon</t>
+          <t>Öğretmen Öğretmenden Beslenir</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257740012</t>
+          <t>9786257740104</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Öğretmenden Beslenir</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257740104</t>
+          <t>9786257740081</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>105</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257740081</t>
+          <t>9786257740098</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Hastalığını Sev</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>545</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786257740067</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Ben En Çok Babamın Siyah Saçlarını Özledim</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>280</v>
+        <v>365</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786257740050</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Ya Sen</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786257740074</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Hayatın Matematiği</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>315</v>
+        <v>410</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786257740005</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786257880954</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Nutuk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>455</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786257740029</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Çocuğun Kişilik Gelişiminde Anne Baba Rolü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786257740043</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Mutlu Çocuklar Çağının Sonu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786257740036</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Umut</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>315</v>
+        <v>410</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786257052825</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Büyük Eğitimciler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>420</v>
+        <v>545</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
+          <t>9786257740906</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Ütopyaları Ve Umut</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786257740883</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>İyi Öğretmendim Ama Nereye Kayboldum</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786257740821</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Niceliğin Egemenliği Ve Çağın Alametleri</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786257740838</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Üç Hikaye</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786257740784</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786257740739</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Pembe İncili Kaftan</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786257740777</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Suç Ve Ceza</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
           <t>9786257740708</t>
         </is>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Kum Ve Köpük</t>
         </is>
       </c>
-      <c r="C45" s="1">
-        <v>150</v>
+      <c r="C52" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786257740357</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Başkası İle İnsan Olur</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786257740340</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Özür Ve Af</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786257740616</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Uyanış: Işığa Giden Yol</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>