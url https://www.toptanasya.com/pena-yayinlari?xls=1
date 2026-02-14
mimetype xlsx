--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -124,366 +124,366 @@
         <is>
           <t>9786059126717</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Ay Gördüm Allah Amentü Billah</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057976277</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Sobe! Tekboynuz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>850</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057976291</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Yansımalar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786057976178</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>İnan Bana</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>700</v>
+        <v>790</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786059441261</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Pinokyo (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>950</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786059441445</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Kırmızı Kutu - Minik Dostlarımız Serisi 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786059126724</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Küçük Masum Kalp</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786059441759</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Annem ve Babam - Minik Dostlarımız Serisi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786059126618</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Her Şey</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>550</v>
+        <v>680</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786059126168</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Küçük Cesur Kalp</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786055057541</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Küçük Kitabım : Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057976284</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Taş Bebek Fabrikası</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786055057015</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Her Güne Bir Nietzsche</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>560</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057976192</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Acı Tatlı Hayat Hikayem</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>500</v>
+        <v>680</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786059441339</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Bizim Şarkılarımız</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>700</v>
+        <v>790</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786057976307</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Cennette Karşılaşacağınız Bir Sonraki Kişi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>330</v>
+        <v>555</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786057976239</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Cennette Karşılaşacağınız Beş Kişi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>330</v>
+        <v>560</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786059441278</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Pamuk Prenses ve Yedi Cüceler (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>950</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786059441414</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Bahçedeki Sınıfımız - Minik Dostlarımız Serisi 2</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786059441421</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Eller Yukarı - Minik Dostlarımız Serisi 3</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786059441490</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Akıllı Bilgisayar - Minik Dostlarımız Serisi 1</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786059441766</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Sarı Kalp ve Kırmızı Güneş - Minik Dostlarımız Serisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786059441780</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Müzede Bir Gün - Minik Dostlarımız Serisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786059441797</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Arkadaşım Uyku - Minik Dostlarımız Serisi</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>269.81</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>