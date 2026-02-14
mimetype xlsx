--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,5020 +85,5395 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256099586</t>
+          <t>9786256099821</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Babaanne ve Torunları</t>
+          <t>Dört Sihirli Kardeş</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>196</v>
+        <v>259</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256099531</t>
+          <t>9786256099708</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Rigel</t>
+          <t>Sarkom</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>259</v>
+        <v>249</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256285958</t>
+          <t>9786256099746</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Babama Veda</t>
+          <t>Sahil’in Kutup Yıldızı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>196</v>
+        <v>259</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256099524</t>
+          <t>9786256099753</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Hayallerim</t>
+          <t>Deniz’le Bir Yaz Günü Macerası</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>259</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256099579</t>
+          <t>9786256099791</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sağa Çektim Bekliyorum</t>
+          <t>Yapay Vefa</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256099494</t>
+          <t>9786256099784</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Totoro'nun Büyüsü 1 - Kayaların Efendisinin Yükselişi</t>
+          <t>Filtrum</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>496</v>
+        <v>229</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256099562</t>
+          <t>9786256099777</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Labirent 2 – Zihnin Ötesinde</t>
+          <t>Aslına Dönüş Yolculuğu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256099555</t>
+          <t>9786256099807</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Labirent 1 – Zihnin Kıyısında</t>
+          <t>Zerdüşt Çocuğun Ölümü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256099548</t>
+          <t>9786256099722</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Derinlerde - Altın Balık</t>
+          <t>Göçkünyolcu - Doğu Anadolu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>189</v>
+        <v>349</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256099500</t>
+          <t>9786256099715</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Totoro'nun Büyüsü 2 - Kutsal Ağacın Gardiyanı</t>
+          <t>Dostluğun Gücü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>639</v>
+        <v>199</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256099517</t>
+          <t>9786256099692</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kahve Baykuş Hastanede Kalıyor</t>
+          <t>Halamın Süs Fenerleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>259</v>
+        <v>199</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256099470</t>
+          <t>9786255738134</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Alem Teyzenin Çantası</t>
+          <t>Şehr-İ Esaret</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>196</v>
+        <v>299</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256099487</t>
+          <t>9786255738073</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yolların Koruyucusu – Karanlığın Laneti</t>
+          <t>Uğruna Şiirler Yazdığım Kadın</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>298</v>
+        <v>199</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758474448</t>
+          <t>9786256099654</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Fısıltıları</t>
+          <t>Hayatım Satış</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256099456</t>
+          <t>9786256099661</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Kral’ın Laneti - Toprak</t>
+          <t>Ege’nin Sihirli Battaniyesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>329</v>
+        <v>259</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758474431</t>
+          <t>9786256099685</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Şehri - Yüzleşme</t>
+          <t>Cehennem Geçidi: Sekoya Ağacı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>219</v>
+        <v>259</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256099463</t>
+          <t>9786256099647</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mor Güvercin ve Maceraları</t>
+          <t>Nina ve Dönüşüm Kutusu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>189</v>
+        <v>259</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256099449</t>
+          <t>9786256099432</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Ötesindeki Tutku</t>
+          <t>Konak 1988</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>194</v>
+        <v>229</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256099425</t>
+          <t>9786256099678</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Güneşi</t>
+          <t>Tecrit</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>159</v>
+        <v>279</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256099418</t>
+          <t>9786256099593</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çıkmazı</t>
+          <t>İçimizdeki Boşluklar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>159</v>
+        <v>319</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758474257</t>
+          <t>9786256099623</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Benim Spiritüel Rehberim - Çakralar</t>
+          <t>Cücünnü ve Ecünnü’nün Maceraları</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>196</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256099401</t>
+          <t>9786256099609</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Herregard – Ateş’in Kızı</t>
+          <t>Bana Yogi De: Herkes İçin Yoga Felsefesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>569</v>
+        <v>229</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758474394</t>
+          <t>9786256099630</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Denilen Şey</t>
+          <t>Sanal Vicdan - Dolunay</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>259</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256099371</t>
+          <t>9786259641782</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şiirimsi Şiirlerim - 3</t>
+          <t>Ateşten Dünya – Ejderler Çetesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>169</v>
+        <v>359</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256099258</t>
+          <t>9786256099616</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Sevgili Günlük: Güneşi Özledim</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>359</v>
+        <v>259</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256099364</t>
+          <t>9786256099586</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Serzeniş</t>
+          <t>Babaanne ve Torunları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>149</v>
+        <v>196</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256099241</t>
+          <t>9786256099531</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sarmal Eğrisi</t>
+          <t>Rigel</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>296</v>
+        <v>259</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256099340</t>
+          <t>9786256285958</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gönlümün Dili</t>
+          <t>Babama Veda</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>149</v>
+        <v>196</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256099326</t>
+          <t>9786256099524</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Duyuşlar</t>
+          <t>Ah Şu Hayallerim</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>169</v>
+        <v>259</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256099333</t>
+          <t>9786256099579</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dalga</t>
+          <t>Sağa Çektim Bekliyorum</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256099319</t>
+          <t>9786256099494</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bay Fermuar</t>
+          <t>Totoro'nun Büyüsü 1 - Kayaların Efendisinin Yükselişi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>179</v>
+        <v>496</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256099395</t>
+          <t>9786256099562</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tohum</t>
+          <t>İçimizdeki Labirent 2 – Zihnin Ötesinde</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256099357</t>
+          <t>9786256099555</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozu</t>
+          <t>İçimizdeki Labirent 1 – Zihnin Kıyısında</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>179</v>
+        <v>196</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256099180</t>
+          <t>9786256099548</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Derinlerde - Altın Balık</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256099302</t>
+          <t>9786256099500</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Uğur Böceği</t>
+          <t>Totoro'nun Büyüsü 2 - Kutsal Ağacın Gardiyanı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>259</v>
+        <v>639</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256099272</t>
+          <t>9786256099517</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Virüsü</t>
+          <t>Kahve Baykuş Hastanede Kalıyor</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>429</v>
+        <v>259</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256099289</t>
+          <t>9786256099470</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hezeyan Fabrikası</t>
+          <t>Alem Teyzenin Çantası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>369</v>
+        <v>196</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256099296</t>
+          <t>9786256099487</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Düş Gezginleri</t>
+          <t>Yolların Koruyucusu – Karanlığın Laneti</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>259</v>
+        <v>298</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256099388</t>
+          <t>9789758474448</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dişlerin Dansı</t>
+          <t>Gece Yarısı Fısıltıları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>259</v>
+        <v>169</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758474424</t>
+          <t>9786256099456</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dalgadaki Köpük</t>
+          <t>Sürgün Kral’ın Laneti - Toprak</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>439</v>
+        <v>329</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758474226</t>
+          <t>9789758474431</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Corvus</t>
+          <t>Yeraltı Şehri - Yüzleşme</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256099265</t>
+          <t>9786256099463</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bu Kente Orman Denir</t>
+          <t>Mor Güvercin ve Maceraları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>429</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758474417</t>
+          <t>9786256099449</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Arafta Aşk</t>
+          <t>Gerçeğin Ötesindeki Tutku</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>369</v>
+        <v>194</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256099210</t>
+          <t>9786256099425</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Selim Haklarının Peşinde</t>
+          <t>Karanlığın Güneşi</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256099203</t>
+          <t>9786256099418</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İçinde Ben Olmayan</t>
+          <t>Evliya Çıkmazı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>349</v>
+        <v>159</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257699761</t>
+          <t>9789758474257</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Işığın Tacı</t>
+          <t>Benim Spiritüel Rehberim - Çakralar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>344</v>
+        <v>196</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257699433</t>
+          <t>9786256099401</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ada ile Roberto İtalya’yı Geziyor</t>
+          <t>Herregard – Ateş’in Kızı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>259</v>
+        <v>569</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257699259</t>
+          <t>9789758474394</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Merhaba</t>
+          <t>Arkadaş Denilen Şey</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057726346</t>
+          <t>9786256099371</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Balık Moli - Gizli Kapı</t>
+          <t>Şiirimsi Şiirlerim - 3</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>259</v>
+        <v>169</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057726469</t>
+          <t>9786256099258</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Balık Moli - Karanlıktaki Arkadaşlar</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>259</v>
+        <v>359</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057726803</t>
+          <t>9786256099364</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Köyü</t>
+          <t>Serzeniş</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>259</v>
+        <v>149</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256099227</t>
+          <t>9786256099241</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlu Bir Gün</t>
+          <t>Sarmal Eğrisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>259</v>
+        <v>296</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256099234</t>
+          <t>9786256099340</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Şeker Şövalyeleri’nin Dileği</t>
+          <t>Gönlümün Dili</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>259</v>
+        <v>149</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789758474271</t>
+          <t>9786256099326</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Arama Rehberi</t>
+          <t>Duyuşlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>259</v>
+        <v>169</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257699105</t>
+          <t>9786256099333</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ve Hacivat İle Boncukgöz</t>
+          <t>Karanlık Dalga</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>259</v>
+        <v>299</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256099173</t>
+          <t>9786256099319</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Umut Değirmeni</t>
+          <t>Bay Fermuar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256933316</t>
+          <t>9786256099395</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Olmanın Mahcubiyeti Üzerine</t>
+          <t>Tohum</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>169</v>
+        <v>249</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256099166</t>
+          <t>9786256099357</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kanolanın Umudu</t>
+          <t>Yıldız Tozu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>216</v>
+        <v>179</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256099128</t>
+          <t>9786256099180</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İkimiz Bir Fidanın</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>404</v>
+        <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256099159</t>
+          <t>9786256099302</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Armağan</t>
+          <t>Mozaik Uğur Böceği</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>272</v>
+        <v>259</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256099142</t>
+          <t>9786256099272</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tüplü Televizyon Kırılınca</t>
+          <t>Kıyamet Virüsü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>149</v>
+        <v>429</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256099135</t>
+          <t>9786256099289</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Dokunmak</t>
+          <t>Hezeyan Fabrikası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>439</v>
+        <v>369</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256099111</t>
+          <t>9786256099296</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yuva Denilen Şey</t>
+          <t>Düş Gezginleri</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>259</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256099104</t>
+          <t>9786256099388</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Olasılıkların İçinde</t>
+          <t>Dişlerin Dansı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>304</v>
+        <v>259</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256099098</t>
+          <t>9789758474424</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Narsist Bir Influencer</t>
+          <t>Dalgadaki Köpük</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>304</v>
+        <v>439</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256099081</t>
+          <t>9789758474226</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Corvus</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>216</v>
+        <v>249</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256099036</t>
+          <t>9786256099265</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Tanrıça Olmak</t>
+          <t>Bu Kente Orman Denir</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>216</v>
+        <v>429</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256099074</t>
+          <t>9789758474417</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcımların Dansı</t>
+          <t>Arafta Aşk</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>284</v>
+        <v>369</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256099043</t>
+          <t>9786256099210</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozu 2</t>
+          <t>Selim Haklarının Peşinde</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>404</v>
+        <v>196</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256099050</t>
+          <t>9786256099203</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yasak Meyve</t>
+          <t>İçinde Ben Olmayan</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>534</v>
+        <v>349</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256099067</t>
+          <t>9786257699761</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Işığın Tacı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>202</v>
+        <v>344</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256099029</t>
+          <t>9786257699433</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Takımyıldızı</t>
+          <t>Ada ile Roberto İtalya’yı Geziyor</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>169</v>
+        <v>259</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256099005</t>
+          <t>9786257699259</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sinci ve Vovo Galaktik Bir Dedektiflik Hikayesi</t>
+          <t>Merhaba</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>159</v>
+        <v>259</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789758474998</t>
+          <t>9786057726346</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan</t>
+          <t>Meraklı Balık Moli - Gizli Kapı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>284</v>
+        <v>259</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256099012</t>
+          <t>9786057726469</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozu 1</t>
+          <t>Meraklı Balık Moli - Karanlıktaki Arkadaşlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>344</v>
+        <v>259</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758474059</t>
+          <t>9786057726803</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Erişemeyenler</t>
+          <t>Mutluluk Köyü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>189</v>
+        <v>259</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789758474981</t>
+          <t>9786256099227</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yarı Gerçek Yarı Roman</t>
+          <t>Yağmurlu Bir Gün</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>169</v>
+        <v>259</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789758474967</t>
+          <t>9786256099234</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İşim Konuşmak</t>
+          <t>Şeker Şövalyeleri’nin Dileği</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>189</v>
+        <v>259</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789758474950</t>
+          <t>9789758474271</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İkinci Katil</t>
+          <t>Dinozor Arama Rehberi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>284</v>
+        <v>259</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789758474905</t>
+          <t>9786257699105</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Beşinci Mevsimim</t>
+          <t>Karagöz ve Hacivat İle Boncukgöz</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>344</v>
+        <v>259</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789758474929</t>
+          <t>9786256099173</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Saye-i Nar-ı Cüda</t>
+          <t>Umut Değirmeni</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789758474936</t>
+          <t>9786256933316</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ambriel - The Angel Diaries 3</t>
+          <t>Olmanın Mahcubiyeti Üzerine</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>304</v>
+        <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789758474899</t>
+          <t>9786256099166</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sperodea 3 Taş Mezarın Ebedi Sakinleri</t>
+          <t>Kanolanın Umudu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>284</v>
+        <v>216</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789758474868</t>
+          <t>9786256099128</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Roza Dorea ve Sedna’nın İntikam Ateşi</t>
+          <t>İkimiz Bir Fidanın</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>360</v>
+        <v>404</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789758474912</t>
+          <t>9786256099159</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kırık Tel</t>
+          <t>Armağan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>376</v>
+        <v>272</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789758474875</t>
+          <t>9786256099142</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Artakalan Sözlerden Bı̇rı̇kenler</t>
+          <t>Tüplü Televizyon Kırılınca</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789758474844</t>
+          <t>9786256099135</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kafa Parlatan Hikayeler 2</t>
+          <t>Ölüme Dokunmak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>169</v>
+        <v>439</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789758474851</t>
+          <t>9786256099111</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Rastlantı 1. Kitap</t>
+          <t>Yuva Denilen Şey</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>226</v>
+        <v>259</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789758474882</t>
+          <t>9786256099104</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hainin Mührü</t>
+          <t>Sonsuz Olasılıkların İçinde</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>360</v>
+        <v>304</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789758474820</t>
+          <t>9786256099098</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mübersem</t>
+          <t>Narsist Bir Influencer</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>189</v>
+        <v>304</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789758474776</t>
+          <t>9786256099081</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Roza Dorea ve Toh Kuşu Efsanesi</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>274</v>
+        <v>216</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789758474837</t>
+          <t>9786256099036</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Duru 68</t>
+          <t>Her Gün Tanrıça Olmak</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>159</v>
+        <v>216</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789758474745</t>
+          <t>9786256099074</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Kalp III</t>
+          <t>Kıvılcımların Dansı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>242</v>
+        <v>284</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789758474790</t>
+          <t>9786256099043</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Gözlü Cadı</t>
+          <t>Yıldız Tozu 2</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>159</v>
+        <v>404</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789758474806</t>
+          <t>9786256099050</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Pofuduk Rakun</t>
+          <t>Yasak Meyve</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>259</v>
+        <v>534</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789758474813</t>
+          <t>9786256099067</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzeli Uyandırma</t>
+          <t>Yürümek</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>264</v>
+        <v>202</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789758474769</t>
+          <t>9786256099029</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kan Ahdi</t>
+          <t>Denizkızı Takımyıldızı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>474</v>
+        <v>169</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789758474707</t>
+          <t>9786256099005</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Gün Batımı</t>
+          <t>Sinci ve Vovo Galaktik Bir Dedektiflik Hikayesi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>474</v>
+        <v>159</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789758474738</t>
+          <t>9789758474998</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Kalp II</t>
+          <t>Yarım Kalan</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>242</v>
+        <v>284</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789758474752</t>
+          <t>9786256099012</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bunu Konuşmuyorduk</t>
+          <t>Yıldız Tozu 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>212</v>
+        <v>344</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789758474653</t>
+          <t>9789758474059</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gölge Savaşçı - Çaylak</t>
+          <t>Erişemeyenler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>544</v>
+        <v>189</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789758474721</t>
+          <t>9789758474981</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Düzen</t>
+          <t>Yarı Gerçek Yarı Roman</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789758474684</t>
+          <t>9789758474967</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mimar</t>
+          <t>İşim Konuşmak</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>274</v>
+        <v>189</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789758474714</t>
+          <t>9789758474950</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kaos Projesi</t>
+          <t>İkinci Katil</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>304</v>
+        <v>284</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789758474691</t>
+          <t>9789758474905</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bükre - Kanatsız Ejderha</t>
+          <t>Hoş Geldin Beşinci Mevsimim</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>299</v>
+        <v>344</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789758474677</t>
+          <t>9789758474929</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Binbir Çeşit Hali</t>
+          <t>Saye-i Nar-ı Cüda</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789758474660</t>
+          <t>9789758474936</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İçgüdü</t>
+          <t>Ambriel - The Angel Diaries 3</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>179</v>
+        <v>304</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789758474615</t>
+          <t>9789758474899</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>St Mary's Günlükleri 2: Yankılar Senfonisi</t>
+          <t>Sperodea 3 Taş Mezarın Ebedi Sakinleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>264</v>
+        <v>284</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789758474646</t>
+          <t>9789758474868</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Usulca</t>
+          <t>Roza Dorea ve Sedna’nın İntikam Ateşi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>169</v>
+        <v>360</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789758474318</t>
+          <t>9789758474912</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tuzdan Evler</t>
+          <t>Kırık Tel</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>284</v>
+        <v>376</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789758474462</t>
+          <t>9789758474875</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Türk Dedektif 2</t>
+          <t>Artakalan Sözlerden Bı̇rı̇kenler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>274</v>
+        <v>169</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789758474592</t>
+          <t>9789758474844</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Perdeleri İnmesin Kedi Gözünün</t>
+          <t>Kafa Parlatan Hikayeler 2</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789758474561</t>
+          <t>9789758474851</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Smyrna’dan Konstantiniyye’ye İşgal Pasları</t>
+          <t>Rastlantı 1. Kitap</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>189</v>
+        <v>226</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789758474578</t>
+          <t>9789758474882</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kasr-ı Dil-Küşa</t>
+          <t>Hainin Mührü</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>179</v>
+        <v>360</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256933668</t>
+          <t>9789758474820</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kar Topu</t>
+          <t>Mübersem</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>192</v>
+        <v>189</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789758474585</t>
+          <t>9789758474776</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Frau Troffea</t>
+          <t>Roza Dorea ve Toh Kuşu Efsanesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>159</v>
+        <v>274</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789758474608</t>
+          <t>9789758474837</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Antik Ritüeller</t>
+          <t>Duru 68</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>179</v>
+        <v>159</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789758474189</t>
+          <t>9789758474745</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kali</t>
+          <t>Lanetli Kalp III</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>242</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789758474639</t>
+          <t>9789758474790</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Fil Fino</t>
+          <t>Zümrüt Gözlü Cadı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>259</v>
+        <v>159</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789758474622</t>
+          <t>9789758474806</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Fa’nın Gözünden Bak</t>
+          <t>Pofuduk Rakun</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>259</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789758474554</t>
+          <t>9789758474813</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kayboluş</t>
+          <t>Uyuyan Güzeli Uyandırma</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>294</v>
+        <v>264</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789758474516</t>
+          <t>9789758474769</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dişital Ada</t>
+          <t>Kan Ahdi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>274</v>
+        <v>474</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789758474479</t>
+          <t>9789758474707</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Simre’nin Gizemi</t>
+          <t>Gün Batımı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>189</v>
+        <v>474</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789758474486</t>
+          <t>9789758474738</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sek(iz)/Doku(z)</t>
+          <t>Lanetli Kalp II</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>202</v>
+        <v>242</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789758474509</t>
+          <t>9789758474752</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Fenomen</t>
+          <t>Bunu Konuşmuyorduk</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>169</v>
+        <v>212</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789758474493</t>
+          <t>9789758474653</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Binbir Günün Masalı</t>
+          <t>Gölge Savaşçı - Çaylak</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>242</v>
+        <v>544</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789758474455</t>
+          <t>9789758474721</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kemal’in Askeri</t>
+          <t>Düzen</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>242</v>
+        <v>169</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789758474110</t>
+          <t>9789758474684</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Lavin'in Dünyası - Küçük Mavi Çiçek ve Toprak Anne</t>
+          <t>Mimar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>259</v>
+        <v>274</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789758474127</t>
+          <t>9789758474714</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Televizyon</t>
+          <t>Kaos Projesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>259</v>
+        <v>304</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789758474103</t>
+          <t>9789758474691</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Sıfır</t>
+          <t>Bükre - Kanatsız Ejderha</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>274</v>
+        <v>299</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789758474400</t>
+          <t>9789758474677</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yaratan Benim</t>
+          <t>İnsanın Binbir Çeşit Hali</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789758474387</t>
+          <t>9789758474660</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İnan Olsun</t>
+          <t>İçgüdü</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256933323</t>
+          <t>9789758474615</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Evlat</t>
+          <t>St Mary's Günlükleri 2: Yankılar Senfonisi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>242</v>
+        <v>264</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789758474363</t>
+          <t>9789758474646</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Zarı Kalbinde Olmayanlar</t>
+          <t>Usulca</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789758474370</t>
+          <t>9789758474318</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hope</t>
+          <t>Tuzdan Evler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>232</v>
+        <v>284</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789758474332</t>
+          <t>9789758474462</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Otto - Garba ile Sonsuz Yolculuk</t>
+          <t>Türk Dedektif 2</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>284</v>
+        <v>274</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789758474356</t>
+          <t>9789758474592</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Labaraskuvi</t>
+          <t>Tüylü Perdeleri İnmesin Kedi Gözünün</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>360</v>
+        <v>169</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789758474349</t>
+          <t>9789758474561</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Fırtık Kız (Yaramaz Kız)</t>
+          <t>Smyrna’dan Konstantiniyye’ye İşgal Pasları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>259</v>
+        <v>189</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789758474325</t>
+          <t>9789758474578</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Kalp - Bilinmeyen Diyarlar</t>
+          <t>Kasr-ı Dil-Küşa</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>284</v>
+        <v>179</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789758474288</t>
+          <t>9786256933668</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kundakçıların Şehri</t>
+          <t>Kar Topu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>404</v>
+        <v>192</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758474295</t>
+          <t>9789758474585</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Zifir-i Nur</t>
+          <t>Frau Troffea</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>252</v>
+        <v>159</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789758474301</t>
+          <t>9789758474608</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mikrofon Kafa</t>
+          <t>Antik Ritüeller</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789758474233</t>
+          <t>9789758474189</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Türk Dedektif Çetin İkmen Polisiyesi - 1</t>
+          <t>Kali</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>324</v>
+        <v>242</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789758474240</t>
+          <t>9789758474639</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>St Mary's Günlükleri 1: Biri Biter Diğeri Başlar</t>
+          <t>Fil Fino</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>284</v>
+        <v>259</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789758474264</t>
+          <t>9789758474622</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Her Yaşantı Bir Roman</t>
+          <t>Fa’nın Gözünden Bak</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>232</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789758474219</t>
+          <t>9789758474554</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bekle İstanbul</t>
+          <t>Kayboluş</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>284</v>
+        <v>294</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789758474165</t>
+          <t>9789758474516</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>The God Complex</t>
+          <t>Dişital Ada</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>242</v>
+        <v>274</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257458900</t>
+          <t>9789758474479</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Rehan Raman ve Sırlı Yüzük</t>
+          <t>Simre’nin Gizemi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>264</v>
+        <v>189</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789758474172</t>
+          <t>9789758474486</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kali</t>
+          <t>Sek(iz)/Doku(z)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>232</v>
+        <v>202</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789758474202</t>
+          <t>9789758474509</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Üç Kent Üç Sır</t>
+          <t>Fenomen</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789758474073</t>
+          <t>9789758474493</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Özvatan Efsanesi</t>
+          <t>Binbir Günün Masalı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>159</v>
+        <v>242</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789758474196</t>
+          <t>9789758474455</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Et Duvar Ter Sıva</t>
+          <t>Kemal’in Askeri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>232</v>
+        <v>242</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257458986</t>
+          <t>9789758474110</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Hikaye Anlat</t>
+          <t>Lavin'in Dünyası - Küçük Mavi Çiçek ve Toprak Anne</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>304</v>
+        <v>259</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789758474080</t>
+          <t>9789758474127</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Son Kahve</t>
+          <t>Ah Şu Televizyon</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>159</v>
+        <v>259</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789758474141</t>
+          <t>9789758474103</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Rems Taşı - Tapaa Dağı</t>
+          <t>Mutlak Sıfır</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>274</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789758474158</t>
+          <t>9789758474400</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Erimel</t>
+          <t>Yaratan Benim</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>230</v>
+        <v>149</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789758474042</t>
+          <t>9789758474387</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bodrum’a Akşamüstü Gelmek</t>
+          <t>İnan Olsun</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789758474011</t>
+          <t>9786256933323</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bir Kanada Romanı</t>
+          <t>Evlat</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>376</v>
+        <v>242</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789758474134</t>
+          <t>9789758474363</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Eğer Taşıyabilirsen</t>
+          <t>Zarı Kalbinde Olmayanlar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>226</v>
+        <v>169</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789758474035</t>
+          <t>9789758474370</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Hope</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>222</v>
+        <v>232</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789758474097</t>
+          <t>9789758474332</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Resmo 1922</t>
+          <t>Otto - Garba ile Sonsuz Yolculuk</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>252</v>
+        <v>284</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789758474004</t>
+          <t>9789758474356</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Yoldayım</t>
+          <t>Labaraskuvi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>179</v>
+        <v>360</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257699921</t>
+          <t>9789758474349</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Upside Down</t>
+          <t>Fırtık Kız (Yaramaz Kız)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>159</v>
+        <v>259</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789758474028</t>
+          <t>9789758474325</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bakire Tablolar</t>
+          <t>Lanetli Kalp - Bilinmeyen Diyarlar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>304</v>
+        <v>284</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257699990</t>
+          <t>9789758474288</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kadınlar</t>
+          <t>Kundakçıların Şehri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>149</v>
+        <v>404</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257699983</t>
+          <t>9789758474295</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Unutulan</t>
+          <t>Zifir-i Nur</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>344</v>
+        <v>252</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257699976</t>
+          <t>9789758474301</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Herkesten Erken Uyanan Çocuk</t>
+          <t>Mikrofon Kafa</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>259</v>
+        <v>149</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257458597</t>
+          <t>9789758474233</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Şey Değil Her Bir Şeysin</t>
+          <t>Türk Dedektif Çetin İkmen Polisiyesi - 1</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>196</v>
+        <v>324</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257699945</t>
+          <t>9789758474240</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Küllerinden Yeniden Doğmaya Hazır Mısın ?</t>
+          <t>St Mary's Günlükleri 1: Biri Biter Diğeri Başlar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>169</v>
+        <v>284</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257699969</t>
+          <t>9789758474264</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kronmatron X</t>
+          <t>Her Yaşantı Bir Roman</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>376</v>
+        <v>232</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257699907</t>
+          <t>9789758474219</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yansıma</t>
+          <t>Bekle İstanbul</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>159</v>
+        <v>284</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257699914</t>
+          <t>9789758474165</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Madencinin Ortanca Kızı</t>
+          <t>The God Complex</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>230</v>
+        <v>242</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257699938</t>
+          <t>9786257458900</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Kompleksi</t>
+          <t>Rehan Raman ve Sırlı Yüzük</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>284</v>
+        <v>264</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257699884</t>
+          <t>9789758474172</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Siyah Deri Ceket</t>
+          <t>Kali</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>284</v>
+        <v>232</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257699952</t>
+          <t>9789758474202</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğumunda</t>
+          <t>Üç Kent Üç Sır</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>274</v>
+        <v>189</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257699891</t>
+          <t>9789758474073</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Assua</t>
+          <t>Özvatan Efsanesi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>274</v>
+        <v>159</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257699877</t>
+          <t>9789758474196</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Pusulanın İzi</t>
+          <t>Et Duvar Ter Sıva</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257699792</t>
+          <t>9786257458986</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yazdılar?</t>
+          <t>Bana Bir Hikaye Anlat</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>209</v>
+        <v>304</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257699853</t>
+          <t>9789758474080</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Avcısı</t>
+          <t>Son Kahve</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>324</v>
+        <v>159</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257699860</t>
+          <t>9789758474141</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ceres</t>
+          <t>Rems Taşı - Tapaa Dağı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>324</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257699846</t>
+          <t>9789758474158</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hüsran</t>
+          <t>Erimel</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>424</v>
+        <v>230</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257699815</t>
+          <t>9789758474042</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hüsran</t>
+          <t>Bodrum’a Akşamüstü Gelmek</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>212</v>
+        <v>169</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257699730</t>
+          <t>9789758474011</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Her Söz Bir Tohum</t>
+          <t>Bir Kanada Romanı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>149</v>
+        <v>376</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257699839</t>
+          <t>9789758474134</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Teorisi</t>
+          <t>Eğer Taşıyabilirsen</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>242</v>
+        <v>226</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257699808</t>
+          <t>9789758474035</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Oyuncakçı'nın Peşinde</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>169</v>
+        <v>222</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257458443</t>
+          <t>9789758474097</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Makberimden</t>
+          <t>Resmo 1922</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>159</v>
+        <v>252</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257699297</t>
+          <t>9789758474004</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Kalbe Yolculuk</t>
+          <t>Şimdi Yoldayım</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>129</v>
+        <v>179</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257699822</t>
+          <t>9786257699921</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bebek</t>
+          <t>Upside Down</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>534</v>
+        <v>159</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257699785</t>
+          <t>9789758474028</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Şaman</t>
+          <t>Bakire Tablolar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>376</v>
+        <v>304</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257699778</t>
+          <t>9786257699990</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ol'madan Öl'me!</t>
+          <t>Sessiz Kadınlar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>222</v>
+        <v>149</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257699754</t>
+          <t>9786257699983</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Dil</t>
+          <t>Unutulan</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>274</v>
+        <v>344</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257699747</t>
+          <t>9786257699976</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Alanguva</t>
+          <t>Herkesten Erken Uyanan Çocuk</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>230</v>
+        <v>259</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257699723</t>
+          <t>9786257458597</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Konuşmaktan Korkmuyorum</t>
+          <t>Sen Bir Şey Değil Her Bir Şeysin</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>189</v>
+        <v>196</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257699693</t>
+          <t>9786257699945</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Laodikya Esintisi</t>
+          <t>Küllerinden Yeniden Doğmaya Hazır Mısın ?</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257699662</t>
+          <t>9786257699969</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Yükü</t>
+          <t>Kronmatron X</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>360</v>
+        <v>376</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257699679</t>
+          <t>9786257699907</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Stella Terra</t>
+          <t>Yansıma</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>274</v>
+        <v>159</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257699686</t>
+          <t>9786257699914</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir Dünya Vereceğim</t>
+          <t>Madencinin Ortanca Kızı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>324</v>
+        <v>230</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257699709</t>
+          <t>9786257699938</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Cumhuriyeti</t>
+          <t>Tanrı Kompleksi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>59</v>
+        <v>284</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257699655</t>
+          <t>9786257699884</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Mistik Konağın Koruyucuları</t>
+          <t>Siyah Deri Ceket</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>252</v>
+        <v>284</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257699648</t>
+          <t>9786257699952</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Laya - 3</t>
+          <t>Gün Doğumunda</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>274</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257699570</t>
+          <t>9786257699891</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Farelerin Günlüğü</t>
+          <t>Assua</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>89</v>
+        <v>274</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257699624</t>
+          <t>9786257699877</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Yıldızları ve Barış Güvercinleri</t>
+          <t>Pusulanın İzi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>259</v>
+        <v>230</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257699631</t>
+          <t>9786257699792</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Rüyaları “Dağınık Bonbon”</t>
+          <t>Nasıl Yazdılar?</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>259</v>
+        <v>209</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257699532</t>
+          <t>9786257699853</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Olimpos’a Dönüş - Yalan Düşler ve Gerçekler</t>
+          <t>Karanlığın Avcısı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>404</v>
+        <v>324</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257699556</t>
+          <t>9786257699860</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Gözyaşları</t>
+          <t>Ceres</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257699525</t>
+          <t>9786257699846</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Olimpos'a Dönüş</t>
+          <t>Hüsran</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>264</v>
+        <v>424</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257699617</t>
+          <t>9786257699815</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Labirent: İhanet Sarmalı</t>
+          <t>Hüsran</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>252</v>
+        <v>212</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257699563</t>
+          <t>9786257699730</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Mucize</t>
+          <t>Her Söz Bir Tohum</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>259</v>
+        <v>149</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257699419</t>
+          <t>9786257699839</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dedektifler İz Peşinde</t>
+          <t>Aşkın Teorisi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>259</v>
+        <v>242</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257699600</t>
+          <t>9786257699808</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Bir İşin Sırrı</t>
+          <t>Kayıp Oyuncakçı'nın Peşinde</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257699501</t>
+          <t>9786257458443</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Toprak Annem</t>
+          <t>Makberimden</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>222</v>
+        <v>159</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257699549</t>
+          <t>9786257699297</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Tepetaklak</t>
+          <t>Masallarla Kalbe Yolculuk</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>324</v>
+        <v>129</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257699518</t>
+          <t>9786257699822</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Kral’ın Laneti - Ateş</t>
+          <t>Bebek</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>274</v>
+        <v>534</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257699495</t>
+          <t>9786257699785</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sperodea - Sırlar ve Kabuslar</t>
+          <t>Şaman</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>324</v>
+        <v>376</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257699426</t>
+          <t>9786257699778</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İste ve Zirvede Ol</t>
+          <t>Ol'madan Öl'me!</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>232</v>
+        <v>222</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257699457</t>
+          <t>9786257699754</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Politikacının Anıları</t>
+          <t>Yaralı Dil</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>344</v>
+        <v>274</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257699488</t>
+          <t>9786257699747</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Lamekan</t>
+          <t>Alanguva</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>149</v>
+        <v>230</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257699402</t>
+          <t>9786257699723</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kendinle Yüzleşme</t>
+          <t>Konuşmaktan Korkmuyorum</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257699464</t>
+          <t>9786257699693</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kafa Parlatan Hikayeler</t>
+          <t>Laodikya Esintisi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257699440</t>
+          <t>9786257699662</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Norm</t>
+          <t>Geçmişin Yükü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>242</v>
+        <v>360</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257699372</t>
+          <t>9786257699679</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Raphael - Cennetin Prensi ve Güneşin Koruyucusu</t>
+          <t>Stella Terra</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>344</v>
+        <v>274</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257699389</t>
+          <t>9786257699686</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Coya</t>
+          <t>Sana Bir Dünya Vereceğim</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>222</v>
+        <v>324</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257699396</t>
+          <t>9786257699709</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Basiretli Tacir</t>
+          <t>Baykuş Cumhuriyeti</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>159</v>
+        <v>59</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257699358</t>
+          <t>9786257699655</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Raskolnikov Sendromu</t>
+          <t>Mistik Konağın Koruyucuları</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>294</v>
+        <v>252</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257699334</t>
+          <t>9786257699648</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Aradığınız Meleğe Şu Anda Ulaşılamıyor</t>
+          <t>Laya - 3</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>264</v>
+        <v>274</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257699341</t>
+          <t>9786257699570</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Laya 2</t>
+          <t>Farelerin Günlüğü</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>116</v>
+        <v>89</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257699365</t>
+          <t>9786257699624</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Mümkün</t>
+          <t>Sevgi Yıldızları ve Barış Güvercinleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>149</v>
+        <v>259</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257699327</t>
+          <t>9786257699631</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Uçurum</t>
+          <t>Deniz’in Rüyaları “Dağınık Bonbon”</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>252</v>
+        <v>259</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257699303</t>
+          <t>9786257699532</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Olimpos’a Dönüş - Yalan Düşler ve Gerçekler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>169</v>
+        <v>404</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257699310</t>
+          <t>9786257699556</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Bağ Bozumu</t>
+          <t>Sarayın Gözyaşları</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>304</v>
+        <v>324</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257699228</t>
+          <t>9786257699525</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Mucize</t>
+          <t>Olimpos'a Dönüş</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>205</v>
+        <v>264</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257699280</t>
+          <t>9786257699617</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Feveda</t>
+          <t>Labirent: İhanet Sarmalı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>169</v>
+        <v>252</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257699273</t>
+          <t>9786257699563</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kadına Aşk Yakışır</t>
+          <t>Mucize</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>169</v>
+        <v>259</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257699266</t>
+          <t>9786257699419</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Dişim Gıdıklanıyor</t>
+          <t>Dedektifler İz Peşinde</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>259</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257699167</t>
+          <t>9786257699600</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Dünyası</t>
+          <t>Başarılı Bir İşin Sırrı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257699242</t>
+          <t>9786257699501</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Asmina 1. Kitap</t>
+          <t>Toprak Annem</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>226</v>
+        <v>222</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257699198</t>
+          <t>9786257699549</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Canhıraş</t>
+          <t>Tepetaklak</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>59</v>
+        <v>324</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257699211</t>
+          <t>9786257699518</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sperodea</t>
+          <t>Sürgün Kral’ın Laneti - Ateş</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>196</v>
+        <v>274</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257699150</t>
+          <t>9786257699495</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Köpek Mandi</t>
+          <t>Sperodea - Sırlar ve Kabuslar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>259</v>
+        <v>324</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257699181</t>
+          <t>9786257699426</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hakikat'i Arayanlar</t>
+          <t>İste ve Zirvede Ol</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>179</v>
+        <v>232</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257699204</t>
+          <t>9786257699457</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Kıyamet - Okyanusun Kalbi / Kıyamet Serisi: Veda</t>
+          <t>Bir Kadın Politikacının Anıları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>139</v>
+        <v>344</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257699174</t>
+          <t>9786257699488</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İçeriden Biri</t>
+          <t>Lamekan</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257699136</t>
+          <t>9786257699402</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Zaman İçinde Bir Yerde</t>
+          <t>Kendinle Yüzleşme</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257699099</t>
+          <t>9786257699464</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Mihenk Taşı</t>
+          <t>Kafa Parlatan Hikayeler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>79</v>
+        <v>159</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257699082</t>
+          <t>9786257699440</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kadın Olmak Zor Zanaat</t>
+          <t>Norm</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>69</v>
+        <v>242</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257699075</t>
+          <t>9786257699372</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Bakımdan Mektuplar</t>
+          <t>Raphael - Cennetin Prensi ve Güneşin Koruyucusu</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>226</v>
+        <v>344</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257699044</t>
+          <t>9786257699389</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hee-Long Efsanesi: Şafak Güneşi</t>
+          <t>Coya</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>106</v>
+        <v>222</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257699051</t>
+          <t>9786257699396</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Beyhude</t>
+          <t>Basiretli Tacir</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>179</v>
+        <v>159</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257699068</t>
+          <t>9786257699358</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Üç Gram Erdem Beş Gram Ahlak</t>
+          <t>Raskolnikov Sendromu</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>69</v>
+        <v>294</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257699037</t>
+          <t>9786257699334</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Gölgesinde</t>
+          <t>Aradığınız Meleğe Şu Anda Ulaşılamıyor</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>116</v>
+        <v>264</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257699020</t>
+          <t>9786257699341</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Psişik Aşkın Tınıları</t>
+          <t>Laya 2</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257699013</t>
+          <t>9786257699365</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sanki İki Meyhane Bitirmiştiler</t>
+          <t>Her Şey Mümkün</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>69</v>
+        <v>149</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257699006</t>
+          <t>9786257699327</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yoyo İle Fifi - Canım Arkadaşım</t>
+          <t>Uçurum</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>259</v>
+        <v>252</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057726995</t>
+          <t>9786257699303</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Oyun - Uyan</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057010155</t>
+          <t>9786257699310</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Uzak Dünyanın Ucunda</t>
+          <t>Bağ Bozumu</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>89</v>
+        <v>304</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057726971</t>
+          <t>9786257699228</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Post Modern Pandemi</t>
+          <t>Mucize</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>69</v>
+        <v>205</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057726780</t>
+          <t>9786257699280</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Vefa</t>
+          <t>Feveda</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>96</v>
+        <v>169</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057726957</t>
+          <t>9786257699273</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen</t>
+          <t>Kadına Aşk Yakışır</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>69</v>
+        <v>169</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057726834</t>
+          <t>9786257699266</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Algea ve Bruce'un Varoluş Dayanışması</t>
+          <t>Dişim Gıdıklanıyor</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>59</v>
+        <v>259</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057726926</t>
+          <t>9786257699167</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Karamel Doğayı Koruyor</t>
+          <t>İnsan ve Dünyası</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>259</v>
+        <v>169</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057726933</t>
+          <t>9786257699242</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Cancan'ın Mavi Arabası</t>
+          <t>Asmina 1. Kitap</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>259</v>
+        <v>226</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254437533</t>
+          <t>9786257699198</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sadece Sevdim</t>
+          <t>Canhıraş</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>139</v>
+        <v>59</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254437519</t>
+          <t>9786257699211</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ehvenişer</t>
+          <t>Sperodea</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>129</v>
+        <v>196</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057726896</t>
+          <t>9786257699150</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Vesaryalı</t>
+          <t>Uzaylı Köpek Mandi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>304</v>
+        <v>259</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057726841</t>
+          <t>9786257699181</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İlkyaz - Hikaye İçinde Hikayeler</t>
+          <t>Hakikat'i Arayanlar</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>59</v>
+        <v>179</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057726889</t>
+          <t>9786257699204</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Öykü Molası</t>
+          <t>Aşk-ı Kıyamet - Okyanusun Kalbi / Kıyamet Serisi: Veda</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>59</v>
+        <v>139</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057726902</t>
+          <t>9786257699174</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Mavi Göz</t>
+          <t>İçeriden Biri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>89</v>
+        <v>169</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057726865</t>
+          <t>9786257699136</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Aynalar</t>
+          <t>Zaman İçinde Bir Yerde</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057726872</t>
+          <t>9786257699099</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Namus Namına Tutuklusun!</t>
+          <t>Mihenk Taşı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>116</v>
+        <v>79</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057726810</t>
+          <t>9786257699082</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Kıyamet Kurşuni Renkler Kıyamet Serisi</t>
+          <t>Kadın Olmak Zor Zanaat</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>269</v>
+        <v>69</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057726858</t>
+          <t>9786257699075</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Balık ve İrem</t>
+          <t>Yoğun Bakımdan Mektuplar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>259</v>
+        <v>226</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057726605</t>
+          <t>9786257699044</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İlkel Tını</t>
+          <t>Hee-Long Efsanesi: Şafak Güneşi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>59</v>
+        <v>106</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057726827</t>
+          <t>9786257699051</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Hüzünde Bir Çocuk</t>
+          <t>Beyhude</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057726704</t>
+          <t>9786257699068</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Manna</t>
+          <t>Üç Gram Erdem Beş Gram Ahlak</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>189</v>
+        <v>69</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057726766</t>
+          <t>9786257699037</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yansıma - Artakalan Serisi</t>
+          <t>Geçmişin Gölgesinde</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>59</v>
+        <v>116</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057726735</t>
+          <t>9786257699020</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Zehra ve Kayra Kristal Çocuklar</t>
+          <t>Psişik Aşkın Tınıları</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>149</v>
+        <v>119</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057726742</t>
+          <t>9786257699013</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Zehra ve Kayra Tatilde</t>
+          <t>Sanki İki Meyhane Bitirmiştiler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>149</v>
+        <v>69</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786050618747</t>
+          <t>9786257699006</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Derin Gölge</t>
+          <t>Yoyo İle Fifi - Canım Arkadaşım</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>89</v>
+        <v>259</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057726575</t>
+          <t>9786057726995</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İp</t>
+          <t>Oyun - Uyan</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>129</v>
+        <v>169</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057726728</t>
+          <t>9786057010155</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Aşıkıyan</t>
+          <t>Uzak Dünyanın Ucunda</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>89</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>3990057726636</t>
+          <t>9786057726971</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık</t>
+          <t>Post Modern Pandemi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>59</v>
+        <v>69</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057726681</t>
+          <t>9786057726780</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Muamma</t>
+          <t>Vefa</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>79</v>
+        <v>96</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057726698</t>
+          <t>9786057726957</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İyilik Perisi Aşa</t>
+          <t>Fesleğen</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>59</v>
+        <v>69</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057726667</t>
+          <t>9786057726834</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kuklam</t>
+          <t>Algea ve Bruce'un Varoluş Dayanışması</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057726650</t>
+          <t>9786057726926</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Fare</t>
+          <t>Karamel Doğayı Koruyor</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>59</v>
+        <v>259</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057726582</t>
+          <t>9786057726933</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Gerçekliğin Ölümlü Kurabiyesi</t>
+          <t>Cancan'ın Mavi Arabası</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>106</v>
+        <v>259</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057726674</t>
+          <t>9786254437533</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sol Sinyal</t>
+          <t>Sadece Sevdim</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>179</v>
+        <v>139</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057726506</t>
+          <t>9786254437519</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet</t>
+          <t>Ehvenişer</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>179</v>
+        <v>129</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057726612</t>
+          <t>9786057726896</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İki Ayrı Tutku</t>
+          <t>Vesaryalı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>89</v>
+        <v>304</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057726513</t>
+          <t>9786057726841</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Gökten Sarkan Öyküler</t>
+          <t>İlkyaz - Hikaye İçinde Hikayeler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>69</v>
+        <v>59</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057726490</t>
+          <t>9786057726889</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yok Oluş</t>
+          <t>Öykü Molası</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>149</v>
+        <v>59</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057726599</t>
+          <t>9786057726902</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Alakanlar Medeniyeti</t>
+          <t>Mavi Göz</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>59</v>
+        <v>89</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057726520</t>
+          <t>9786057726865</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Doğan Bir Işıktım Karanlıkta</t>
+          <t>Aynalar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>89</v>
+        <v>139</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057726537</t>
+          <t>9786057726872</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Değişken Kainat Teorisi</t>
+          <t>Namus Namına Tutuklusun!</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>59</v>
+        <v>116</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057726452</t>
+          <t>9786057726810</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Mistik Konağın Koruyucuları</t>
+          <t>Aşk-ı Kıyamet Kurşuni Renkler Kıyamet Serisi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>169</v>
+        <v>269</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057726483</t>
+          <t>9786057726858</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Rüya Sanatçısı</t>
+          <t>Konuşan Balık ve İrem</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>96</v>
+        <v>259</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057726445</t>
+          <t>9786057726605</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Schrödinger’in Papağanı</t>
+          <t>İlkel Tını</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>79</v>
+        <v>59</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057726476</t>
+          <t>9786057726827</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Yüzyıl</t>
+          <t>Hüzünde Bir Çocuk</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>259</v>
+        <v>149</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057726544</t>
+          <t>9786057726704</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Babamın Masalı</t>
+          <t>Manna</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>59</v>
+        <v>189</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057726339</t>
+          <t>9786057726766</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Tekten Tüme Hepten Güme!</t>
+          <t>Yansıma - Artakalan Serisi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>189</v>
+        <v>59</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057726353</t>
+          <t>9786057726735</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Farkındanalık</t>
+          <t>Zehra ve Kayra Kristal Çocuklar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057726414</t>
+          <t>9786057726742</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Tanrıyla Konuşmalar</t>
+          <t>Zehra ve Kayra Tatilde</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>59</v>
+        <v>149</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057726360</t>
+          <t>9786050618747</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Mıknatıs</t>
+          <t>Derin Gölge</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>226</v>
+        <v>89</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057726384</t>
+          <t>9786057726575</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kibar Küfürler</t>
+          <t>İp</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>59</v>
+        <v>129</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057726421</t>
+          <t>9786057726728</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Güllerle Konuşan Adam</t>
+          <t>Aşıkıyan</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>59</v>
+        <v>89</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057726407</t>
+          <t>3990057726636</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Hayaller</t>
+          <t>Arkadaşlık</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>79</v>
+        <v>59</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786058025417</t>
+          <t>9786057726681</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sahi Aşk Bu Mu?</t>
+          <t>Muamma</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>59</v>
+        <v>79</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057726285</t>
+          <t>9786057726698</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Noksan</t>
+          <t>İyilik Perisi Aşa</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>79</v>
+        <v>59</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057726254</t>
+          <t>9786057726667</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Vesta Serisi 1 - Kırık Kilitler</t>
+          <t>Çılgın Kuklam</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>189</v>
+        <v>59</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057726247</t>
+          <t>9786057726650</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal'ın Kızı Senem Cilt: 2</t>
+          <t>Cebimdeki Fare</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>196</v>
+        <v>59</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057726230</t>
+          <t>9786057726582</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal'ın Kızı Senem Cilt: 1</t>
+          <t>Gerçekliğin Ölümlü Kurabiyesi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>196</v>
+        <v>106</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057726292</t>
+          <t>9786057726674</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Lethe Nehri</t>
+          <t>Sol Sinyal</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>59</v>
+        <v>179</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057726162</t>
+          <t>9786057726506</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Çalıntı Kelimelerim Sahibinden</t>
+          <t>Medeniyet</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>89</v>
+        <v>179</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057726179</t>
+          <t>9786057726612</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bir Deniz'in Anatomisi</t>
+          <t>İki Ayrı Tutku</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>89</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057726186</t>
+          <t>9786057726513</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bak Kardeşim</t>
+          <t>Gökten Sarkan Öyküler</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057726216</t>
+          <t>9786057726490</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Tek Mekanlık Filmler</t>
+          <t>Yok Oluş</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>424</v>
+        <v>149</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057726155</t>
+          <t>9786057726599</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Sen</t>
+          <t>Alakanlar Medeniyeti</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>96</v>
+        <v>59</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057726117</t>
+          <t>9786057726520</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kadim Yolculuk</t>
+          <t>Doğan Bir Işıktım Karanlıkta</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>149</v>
+        <v>89</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057726070</t>
+          <t>9786057726537</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ezgi Çöplüğü</t>
+          <t>Değişken Kainat Teorisi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>79</v>
+        <v>59</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786056955396</t>
+          <t>9786057726452</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kanatlarınla Kon Ruhuma</t>
+          <t>Mistik Konağın Koruyucuları</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>59</v>
+        <v>169</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057726063</t>
+          <t>9786057726483</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Kız Kardeşi</t>
+          <t>Rüya Sanatçısı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>59</v>
+        <v>96</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786056955389</t>
+          <t>9786057726445</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çağın Hikayeleri</t>
+          <t>Schrödinger’in Papağanı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>89</v>
+        <v>79</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057726100</t>
+          <t>9786057726476</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kötü Başlangıçlar</t>
+          <t>Unutulmuş Yüzyıl</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>59</v>
+        <v>259</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057726018</t>
+          <t>9786057726544</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kendini Sev</t>
+          <t>Babamın Masalı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>159</v>
+        <v>59</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057726001</t>
+          <t>9786057726339</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kirli Beyaz Mucize</t>
+          <t>Tekten Tüme Hepten Güme!</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>116</v>
+        <v>189</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786056955365</t>
+          <t>9786057726353</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Cadde</t>
+          <t>Farkındanalık</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>59</v>
+        <v>179</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057726025</t>
+          <t>9786057726414</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yaratmak</t>
+          <t>Tanrıyla Konuşmalar</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>96</v>
+        <v>59</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786056955358</t>
+          <t>9786057726360</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Senden Uzakta</t>
+          <t>Mıknatıs</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>89</v>
+        <v>226</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786056955334</t>
+          <t>9786057726384</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Değerlere Suikast</t>
+          <t>Kibar Küfürler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>129</v>
+        <v>59</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786056955303</t>
+          <t>9786057726421</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Yaşlıdır Bu Ülkenin İnsanları</t>
+          <t>Güllerle Konuşan Adam</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786056955327</t>
+          <t>9786057726407</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Aklın Kıyısında Ruhun Gemisi</t>
+          <t>Profesyonel Hayaller</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>106</v>
+        <v>79</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
+          <t>9786058025417</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Sahi Aşk Bu Mu?</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786057726285</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Noksan</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786057726254</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Vesta Serisi 1 - Kırık Kilitler</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786057726247</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Pir Sultan Abdal'ın Kızı Senem Cilt: 2</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786057726230</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Pir Sultan Abdal'ın Kızı Senem Cilt: 1</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786057726292</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Lethe Nehri</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786057726162</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Çalıntı Kelimelerim Sahibinden</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786057726179</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Bir Deniz'in Anatomisi</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786057726186</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Bak Kardeşim</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786057726216</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Tek Mekanlık Filmler</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786057726155</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Bana Bir Sen</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786057726117</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Yolculuk</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786057726070</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Ezgi Çöplüğü</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786056955396</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Kanatlarınla Kon Ruhuma</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786057726063</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Kız Kardeşi</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786056955389</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Çağın Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786057726100</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Kötü Başlangıçlar</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786057726018</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Sev</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786057726001</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Kirli Beyaz Mucize</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786056955365</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Yedinci Cadde</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786057726025</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Yaratmak</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786056955358</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Senden Uzakta</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786056955334</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Değerlere Suikast</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786056955303</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlıdır Bu Ülkenin İnsanları</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786056955327</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Aklın Kıyısında Ruhun Gemisi</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
           <t>9786056955310</t>
         </is>
       </c>
-      <c r="B333" s="1" t="inlineStr">
+      <c r="B358" s="1" t="inlineStr">
         <is>
           <t>Alaçatı Aşk'ın Adresi</t>
         </is>
       </c>
-      <c r="C333" s="1">
+      <c r="C358" s="1">
         <v>59</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>