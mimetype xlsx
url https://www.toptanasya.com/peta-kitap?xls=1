--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,2425 +85,2440 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256197398</t>
+          <t>9786256197527</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Anderson Talisca</t>
+          <t>Mago’nun Ormanı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>299</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256197442</t>
+          <t>9786256197398</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Orkun Kökçü</t>
+          <t>Anderson Talisca</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256197138</t>
+          <t>9786256197442</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı Dedektif Oluyor</t>
+          <t>Orkun Kökçü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>129</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256197435</t>
+          <t>9786256197138</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı Ejderhalar Diyarında</t>
+          <t>Ejderha Bakıcısı Dedektif Oluyor</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256197336</t>
+          <t>9786256197435</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısının Sürprizi</t>
+          <t>Ejderha Bakıcısı Ejderhalar Diyarında</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256197428</t>
+          <t>9786256197336</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı Şeker Avında</t>
+          <t>Ejderha Bakıcısının Sürprizi</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256197411</t>
+          <t>9786256197428</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı Kurtarma Operasyonunda</t>
+          <t>Ejderha Bakıcısı Şeker Avında</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256551268</t>
+          <t>9786256197411</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>STEM Bilim Ansiklopedisi Set</t>
+          <t>Ejderha Bakıcısı Kurtarma Operasyonunda</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>2800</v>
+        <v>129</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256197404</t>
+          <t>9786256551268</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Leroy Sane</t>
+          <t>STEM Bilim Ansiklopedisi Set</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256197046</t>
+          <t>9786256197404</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dedektifleri Seti</t>
+          <t>Leroy Sane</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9782257232265</t>
+          <t>9786256197046</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bebek Sağlığı ve Gelişimi (3 Kitap)</t>
+          <t>Matematik Dedektifleri Seti</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>599</v>
+        <v>750</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256197374</t>
+          <t>9782257232265</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>The Picture of Dorian Gray</t>
+          <t>Bebek Sağlığı ve Gelişimi (3 Kitap)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>245</v>
+        <v>599</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256197367</t>
+          <t>9786256197374</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>The Picture of Dorian Gray</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>199</v>
+        <v>245</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256197343</t>
+          <t>9786256197367</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256197350</t>
+          <t>9786256197343</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>The Strange Case of Dr. Jekyll and Mr. Hyde</t>
+          <t>The Time Machine</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256197381</t>
+          <t>9786256197350</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>The War of the Worlds</t>
+          <t>The Strange Case of Dr. Jekyll and Mr. Hyde</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>259</v>
+        <v>139</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256197084</t>
+          <t>9786256197381</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kerem Aktürkoğlu</t>
+          <t>The War of the Worlds</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>259</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256197152</t>
+          <t>9786256197084</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kevin de Bruyne</t>
+          <t>Kerem Aktürkoğlu</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256197169</t>
+          <t>9786256197152</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kylian Mbappe</t>
+          <t>Kevin de Bruyne</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256197299</t>
+          <t>9786256197169</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Cristiano Ronaldo</t>
+          <t>Kylian Mbappe</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256197213</t>
+          <t>9786256197299</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Edin Dzeko</t>
+          <t>Cristiano Ronaldo</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256197206</t>
+          <t>9786256197213</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Erling Haaland</t>
+          <t>Edin Dzeko</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256197275</t>
+          <t>9786256197206</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Fernando Muslera</t>
+          <t>Erling Haaland</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256197145</t>
+          <t>9786256197275</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Jude Bellingham</t>
+          <t>Fernando Muslera</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256197091</t>
+          <t>9786256197145</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mohamed Salah</t>
+          <t>Jude Bellingham</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256197282</t>
+          <t>9786256197091</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Neymar</t>
+          <t>Mohamed Salah</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256197305</t>
+          <t>9786256197282</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Rafa Silva</t>
+          <t>Neymar</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256197251</t>
+          <t>9786256197305</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Robert Lewandowski</t>
+          <t>Rafa Silva</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256197329</t>
+          <t>9786256197251</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Lamine Yamal</t>
+          <t>Robert Lewandowski</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256197268</t>
+          <t>9786256197329</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Lionel Messi</t>
+          <t>Lamine Yamal</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256197220</t>
+          <t>9786256197268</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mauro Icardi</t>
+          <t>Lionel Messi</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256197077</t>
+          <t>9786256197220</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Arda Güler</t>
+          <t>Mauro Icardi</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256197121</t>
+          <t>9786256197077</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zlatan Ibrahimovic</t>
+          <t>Arda Güler</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256197244</t>
+          <t>9786256197121</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ciro Immobile</t>
+          <t>Zlatan Ibrahimovic</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256197312</t>
+          <t>9786256197244</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Rodri</t>
+          <t>Ciro Immobile</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256197107</t>
+          <t>9786256197312</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Victor Osimhen</t>
+          <t>Rodri</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256197114</t>
+          <t>9786256197107</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Vinicius Junior</t>
+          <t>Victor Osimhen</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256197237</t>
+          <t>9786256197114</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yunus Akgün</t>
+          <t>Vinicius Junior</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256197053</t>
+          <t>9786256197237</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İlkin Aydın</t>
+          <t>Yunus Akgün</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256197060</t>
+          <t>9786256197053</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Farkındalıkla Bilişsel Davranışçı Terapi</t>
+          <t>İlkin Aydın</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>299</v>
+        <v>135</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256197039</t>
+          <t>9786256197060</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Vebanın İşaretleri</t>
+          <t>Bilinçli Farkındalıkla Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>324</v>
+        <v>299</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257232944</t>
+          <t>9786256197039</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Blackthorn Anahtarları</t>
+          <t>Vebanın İşaretleri</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256197015</t>
+          <t>9786257232944</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Kayısı</t>
+          <t>Blackthorn Anahtarları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>324</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257232159</t>
+          <t>9786256197015</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dedektifleri 3: Yılbaşı Soygunu Vakası</t>
+          <t>Utangaç Kayısı</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256197022</t>
+          <t>9786257232159</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dedektifleri 5: Unutulmuş Maden Vakası</t>
+          <t>Matematik Dedektifleri 3: Yılbaşı Soygunu Vakası</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256197008</t>
+          <t>9786256197022</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dedektifleri 4: Taşlı Kasaba’nın Hız Treni Vakası</t>
+          <t>Matematik Dedektifleri 5: Unutulmuş Maden Vakası</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257232173</t>
+          <t>9786256197008</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dedektifleri 1: Ejderha Elması Vakası</t>
+          <t>Matematik Dedektifleri 4: Taşlı Kasaba’nın Hız Treni Vakası</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257232869</t>
+          <t>9786257232173</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dedektifleri 2: Gizemli Bay Jekyll Vakası</t>
+          <t>Matematik Dedektifleri 1: Ejderha Elması Vakası</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257232999</t>
+          <t>9786257232869</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öğretmenlik</t>
+          <t>Matematik Dedektifleri 2: Gizemli Bay Jekyll Vakası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>299</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257232951</t>
+          <t>9786257232999</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ağız Tadıyla Annelik Babalık</t>
+          <t>Pedagojik Öğretmenlik</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257232982</t>
+          <t>9786257232951</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Okul Çocuğuna Kolay Ebeveynlik</t>
+          <t>Ağız Tadıyla Annelik Babalık</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257232975</t>
+          <t>9786257232982</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Eş ve Aile Terapisi</t>
+          <t>Okul Çocuğuna Kolay Ebeveynlik</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257232968</t>
+          <t>9786257232975</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Babalık Yarına Bırakılamaz</t>
+          <t>Kendi Kendine Eş ve Aile Terapisi</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257232890</t>
+          <t>9786257232968</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Eda Erdem</t>
+          <t>Babalık Yarına Bırakılamaz</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>135</v>
+        <v>299</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257232906</t>
+          <t>9786257232890</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gizem Örge</t>
+          <t>Eda Erdem</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257232913</t>
+          <t>9786257232906</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hande Baladın</t>
+          <t>Gizem Örge</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257232937</t>
+          <t>9786257232913</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zehra Güneş</t>
+          <t>Hande Baladın</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257232920</t>
+          <t>9786257232937</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Melissa Vargas</t>
+          <t>Zehra Güneş</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257232883</t>
+          <t>9786257232920</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ebrar Karakurt</t>
+          <t>Melissa Vargas</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9785057330089</t>
+          <t>9786257232883</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti - 10 Kitap (8 Yaş ve Üzeri)</t>
+          <t>Ebrar Karakurt</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>749</v>
+        <v>135</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257232852</t>
+          <t>9785057330089</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Heart of Darkness</t>
+          <t>Çocuk Klasikleri Seti - 10 Kitap (8 Yaş ve Üzeri)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>125</v>
+        <v>749</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257232838</t>
+          <t>9786257232852</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>The Great Gatsby</t>
+          <t>Heart of Darkness</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257232876</t>
+          <t>9786257232838</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>The Call of The Wild</t>
+          <t>The Great Gatsby</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257232821</t>
+          <t>9786257232876</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>The Adventures of Pinocchio</t>
+          <t>The Call of The Wild</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257232845</t>
+          <t>9786257232821</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>The Turn of The Screw</t>
+          <t>The Adventures of Pinocchio</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9785057330072</t>
+          <t>9786257232845</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti - 6 Kitap (8 Yaş ve Üzeri)</t>
+          <t>The Turn of The Screw</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>449</v>
+        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257232784</t>
+          <t>9785057330072</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dubliners</t>
+          <t>Çocuk Klasikleri Seti - 6 Kitap (8 Yaş ve Üzeri)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>449</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257232814</t>
+          <t>9786257232784</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>A Journey to the Centre of the Earth</t>
+          <t>Dubliners</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257232791</t>
+          <t>9786257232814</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>The Extraordinary Adventures of Arsene Lupin</t>
+          <t>A Journey to the Centre of the Earth</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257232777</t>
+          <t>9786257232791</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>The Extraordinary Adventures of Arsene Lupin</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257232807</t>
+          <t>9786257232777</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Around The World in Eighty Days</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257232104</t>
+          <t>9786257232807</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Doya Doya Boya</t>
+          <t>Around The World in Eighty Days</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>129</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257232760</t>
+          <t>9786257232104</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken</t>
+          <t>Doya Doya Boya</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>99</v>
+        <v>129</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9785057330119</t>
+          <t>9786257232760</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Klasikler Seti 1</t>
+          <t>İnsanlığımı Yitirirken</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1000</v>
+        <v>99</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786357232578</t>
+          <t>9785057330119</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı Seti</t>
+          <t>İngilizce Klasikler Seti 1</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>390</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257232753</t>
+          <t>9786357232578</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısının Adası</t>
+          <t>Ejderha Bakıcısı Seti</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>79</v>
+        <v>390</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257232746</t>
+          <t>9786257232753</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısının Partisi</t>
+          <t>Ejderha Bakıcısının Adası</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>79</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257232708</t>
+          <t>9786257232746</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>The Secret Garden</t>
+          <t>Ejderha Bakıcısının Partisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>299</v>
+        <v>79</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257232722</t>
+          <t>9786257232708</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>The Railway Children</t>
+          <t>The Secret Garden</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>245</v>
+        <v>299</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257232739</t>
+          <t>9786257232722</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>White Fang</t>
+          <t>The Railway Children</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257232678</t>
+          <t>9786257232739</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Adventures of Huckleberry Finn</t>
+          <t>White Fang</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257232661</t>
+          <t>9786257232678</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Black Beauty</t>
+          <t>Adventures of Huckleberry Finn</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257232647</t>
+          <t>9786257232661</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>The Coral Island</t>
+          <t>Black Beauty</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>299</v>
+        <v>245</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257232654</t>
+          <t>9786257232647</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>The Coral Island</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>245</v>
+        <v>299</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257232715</t>
+          <t>9786257232654</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>The Jungle Book</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257232685</t>
+          <t>9786257232715</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>The Jungle Book</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>245</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257232692</t>
+          <t>9786257232685</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257232609</t>
+          <t>9786257232692</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Alice's Adventures in Wonderland</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>99</v>
+        <v>245</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257232630</t>
+          <t>9786257232609</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Little Women</t>
+          <t>Alice's Adventures in Wonderland</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>450</v>
+        <v>99</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257232616</t>
+          <t>9786257232630</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Anne of Green Gables</t>
+          <t>Little Women</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257232593</t>
+          <t>9786257232616</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Treasure Island</t>
+          <t>Anne of Green Gables</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257232623</t>
+          <t>9786257232593</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>The Wonderful Wizard of Oz</t>
+          <t>Treasure Island</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257232562</t>
+          <t>9786257232623</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısının Şatosu</t>
+          <t>The Wonderful Wizard of Oz</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>79</v>
+        <v>145</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257232586</t>
+          <t>9786257232562</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı Uçuyor</t>
+          <t>Ejderha Bakıcısının Şatosu</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>79</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257232579</t>
+          <t>9786257232586</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı</t>
+          <t>Ejderha Bakıcısı Uçuyor</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>79</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786357242539</t>
+          <t>9786257232579</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Glendy Vanderah 2 Kitap Set</t>
+          <t>Ejderha Bakıcısı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>749</v>
+        <v>79</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257232555</t>
+          <t>9786357242539</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Glendy Vanderah 2 Kitap Set</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>145</v>
+        <v>749</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257232548</t>
+          <t>9786257232555</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yaprakların Arasındaki Işık</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>399</v>
+        <v>145</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9886257232309</t>
+          <t>9786257232548</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dükkanı Seti</t>
+          <t>Yaprakların Arasındaki Işık</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>469</v>
+        <v>399</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057264824</t>
+          <t>9886257232309</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Güneş Dede ile Deniz’in Zayıflama Süreci</t>
+          <t>Rüya Dükkanı Seti</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>149</v>
+        <v>469</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257232265</t>
+          <t>9786057264824</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>3 Günde Tuvalet Eğitimi</t>
+          <t>Güneş Dede ile Deniz’in Zayıflama Süreci</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257232531</t>
+          <t>9786257232265</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>3 Günde Tuvalet Eğitimi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>129</v>
+        <v>145</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9796157232241</t>
+          <t>9786257232531</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri 16 Kitap Set (8 Yaş Ve Üzeri)</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>1199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257232449</t>
+          <t>9796157232241</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Çocuk Klasikleri 16 Kitap Set (8 Yaş Ve Üzeri)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>129</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257232456</t>
+          <t>9786257232449</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Arı Maya</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257232494</t>
+          <t>9786257232456</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Monte Cristo Kontu</t>
+          <t>Arı Maya</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257232487</t>
+          <t>9786257232494</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Monte Cristo Kontu</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257232470</t>
+          <t>9786257232487</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257232500</t>
+          <t>9786257232470</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Lord Jim</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257232463</t>
+          <t>9786257232500</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Lord Jim</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257232524</t>
+          <t>9786257232463</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Bay Hyde</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257232517</t>
+          <t>9786257232524</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Dr. Jekyll ve Bay Hyde</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257232418</t>
+          <t>9786257232517</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler için Atatürk Seti - 4 Kitap</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>449</v>
+        <v>129</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257232432</t>
+          <t>9786257232418</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kendini Severse</t>
+          <t>Çocuklar ve Gençler için Atatürk Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>324</v>
+        <v>449</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257232425</t>
+          <t>9786257232432</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dükkanı 2</t>
+          <t>Kadın Kendini Severse</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>299</v>
+        <v>324</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257232395</t>
+          <t>9786257232425</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Katlamalı Büyüme Stratejisi</t>
+          <t>Rüya Dükkanı 2</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>50</v>
+        <v>299</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257232401</t>
+          <t>9786257232395</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Saati</t>
+          <t>Katlamalı Büyüme Stratejisi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>245</v>
+        <v>50</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257232388</t>
+          <t>9786257232401</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Neve</t>
+          <t>Bağdat Saati</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257232371</t>
+          <t>9786257232388</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Armağanı Milli Bayramlarımız</t>
+          <t>Neve</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>129</v>
+        <v>245</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257232364</t>
+          <t>9786257232371</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Devrimleri ve İlkeleri</t>
+          <t>Atatürk’ün Armağanı Milli Bayramlarımız</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257232340</t>
+          <t>9786257232364</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Atatürk Devrimleri ve İlkeleri</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257232357</t>
+          <t>9786257232340</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Doğumundan Ölümüne Atatürk</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257232333</t>
+          <t>9786257232357</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Liderlik : Efsaneler ve Gerçekler</t>
+          <t>Doğumundan Ölümüne Atatürk</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>324</v>
+        <v>129</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257232326</t>
+          <t>9786257232333</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kadınlar</t>
+          <t>Liderlik : Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257232319</t>
+          <t>9786257232326</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yoluna Muz Kabuğu Koyanlar ile Baş Etme Rehberi</t>
+          <t>Sessiz Kadınlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>245</v>
+        <v>324</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257232302</t>
+          <t>9786257232319</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dükkanı 1</t>
+          <t>Yoluna Muz Kabuğu Koyanlar ile Baş Etme Rehberi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>299</v>
+        <v>245</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257232296</t>
+          <t>9786257232302</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Önce Kar</t>
+          <t>Rüya Dükkanı 1</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>324</v>
+        <v>299</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257232258</t>
+          <t>9786257232296</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Genç Asiler : Dünyayı Değiştiren 25 Genç</t>
+          <t>Önce Kar</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257232289</t>
+          <t>9786257232258</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik</t>
+          <t>Genç Asiler : Dünyayı Değiştiren 25 Genç</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>245</v>
+        <v>324</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9782257232267</t>
+          <t>9786257232289</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bebek Sağlığı ve Gelişimi Seti - 3 Kitap Takım</t>
+          <t>Ergenlik</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>599</v>
+        <v>245</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257232272</t>
+          <t>9782257232267</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Uyku Sorunlarına Kolay Çözümler</t>
+          <t>Bebek Sağlığı ve Gelişimi Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>324</v>
+        <v>599</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257232166</t>
+          <t>9786257232272</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bebek Öncülüğünde Beslenme</t>
+          <t>Uyku Sorunlarına Kolay Çözümler</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257232241</t>
+          <t>9786257232166</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>The Little Prince</t>
+          <t>Bebek Öncülüğünde Beslenme</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>129</v>
+        <v>324</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257232180</t>
+          <t>9786257232241</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>The Little Prince</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257232197</t>
+          <t>9786257232180</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mercan Adası</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257232203</t>
+          <t>9786257232197</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Mercan Adası</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257232210</t>
+          <t>9786257232203</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257232227</t>
+          <t>9786257232210</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Grimm Masalları</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257232234</t>
+          <t>9786257232227</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257232098</t>
+          <t>9786257232234</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynliğin Yol Haritası</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257232081</t>
+          <t>9786257232098</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kızsal Meseleler</t>
+          <t>Ebeveynliğin Yol Haritası</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>245</v>
+        <v>299</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257232067</t>
+          <t>9786257232081</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Badem</t>
+          <t>Kızsal Meseleler</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257232074</t>
+          <t>9786257232067</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çise: Bir Su Damlasının Hayat Döngüsü</t>
+          <t>Badem</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>129</v>
+        <v>245</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257232050</t>
+          <t>9786257232074</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Çocuk</t>
+          <t>Çise: Bir Su Damlasının Hayat Döngüsü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257232043</t>
+          <t>9786257232050</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Dijital Dünya Rehberi</t>
+          <t>Pozitif Çocuk</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>245</v>
+        <v>299</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257232012</t>
+          <t>9786257232043</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Drakula, Ejderhalar ve Dinozorlar - Dinozor Dedektifleri</t>
+          <t>Gençler İçin Dijital Dünya Rehberi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>129</v>
+        <v>245</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050602098</t>
+          <t>9786257232012</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Jurassic Sahili - Dinozor Dedektifleri</t>
+          <t>Drakula, Ejderhalar ve Dinozorlar - Dinozor Dedektifleri</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257232029</t>
+          <t>9786050602098</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Horus’un Gözü - Dinozor Dedektifleri</t>
+          <t>Jurassic Sahili - Dinozor Dedektifleri</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257232005</t>
+          <t>9786257232029</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Yılanı - Dinozor Dedektifleri</t>
+          <t>Horus’un Gözü - Dinozor Dedektifleri</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050602081</t>
+          <t>9786257232005</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Anne Huzurlu Çocuk</t>
+          <t>Gökkuşağı Yılanı - Dinozor Dedektifleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257232036</t>
+          <t>9786050602081</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dedektifleri Seti (7 Kitap Takım)</t>
+          <t>Bilinçli Anne Huzurlu Çocuk</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>799</v>
+        <v>299</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050602074</t>
+          <t>9786257232036</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Muzo - Bir Ağacın Hikayesi</t>
+          <t>Dinozor Dedektifleri Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>129</v>
+        <v>799</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050602050</t>
+          <t>9786050602074</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Yıldızlarla Buluştuğu Yer</t>
+          <t>Muzo - Bir Ağacın Hikayesi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>399</v>
+        <v>129</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050602067</t>
+          <t>9786050602050</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Dilini Anlamak</t>
+          <t>Ormanın Yıldızlarla Buluştuğu Yer</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050602036</t>
+          <t>9786050602067</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dedektifleri - Donmuş Çöl</t>
+          <t>Çocuk Dilini Anlamak</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>129</v>
+        <v>299</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050602043</t>
+          <t>9786050602036</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İş Bulma Sanatı</t>
+          <t>Dinozor Dedektifleri - Donmuş Çöl</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>145</v>
+        <v>129</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050602012</t>
+          <t>9786050602043</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dedektifleri - Amazon Yağmur Ormanları’nda</t>
+          <t>İş Bulma Sanatı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>129</v>
+        <v>145</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050602029</t>
+          <t>9786050602012</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dedektifleri - Söylentiler</t>
+          <t>Dinozor Dedektifleri - Amazon Yağmur Ormanları’nda</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
+          <t>9786050602029</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Dinozor Dedektifleri - Söylentiler</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
           <t>9786050602005</t>
         </is>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Gençler İçin Stresle Baş Etme Rehberi</t>
         </is>
       </c>
-      <c r="C160" s="1">
+      <c r="C161" s="1">
         <v>245</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>