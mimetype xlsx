--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,2440 +85,2605 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256197527</t>
+          <t>9786256197503</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mago’nun Ormanı</t>
+          <t>Ünlü Dahiler: Nikola Tesla</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>299</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256197398</t>
+          <t>9786256197459</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Anderson Talisca</t>
+          <t>Ünlü Dahiler: Albert Einstein</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256197442</t>
+          <t>9786256197480</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Orkun Kökçü</t>
+          <t>Ünlü Dahiler: Louis Pasteur</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256197138</t>
+          <t>9786256197473</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı Dedektif Oluyor</t>
+          <t>Ünlü Dahiler: Isaac Newton</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>129</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256197435</t>
+          <t>9786256197497</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı Ejderhalar Diyarında</t>
+          <t>Ünlü Dahiler: Marie Curie</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>129</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256197336</t>
+          <t>9786256197466</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısının Sürprizi</t>
+          <t>Ünlü Dahiler: Elon Musk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>129</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256197428</t>
+          <t>9786256197510</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı Şeker Avında</t>
+          <t>Ünlü Dahiler: Stephen Hawking</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>129</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256197411</t>
+          <t>9786156197177</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı Kurtarma Operasyonunda</t>
+          <t>Dale Carnegie Üçlü Set</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>129</v>
+        <v>999</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256551268</t>
+          <t>9786256197176</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>STEM Bilim Ansiklopedisi Set</t>
+          <t>Öz Güven Geliştirme ve Topluluk Önünde Konuşarak İnsanları Etkileme Sanatı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>2800</v>
+        <v>299</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256197404</t>
+          <t>9786256197190</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Leroy Sane</t>
+          <t>Kaygıdan Arınma ve Hayatı Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>399</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256197046</t>
+          <t>9786256197183</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dedektifleri Seti</t>
+          <t>Arkadaş Kazanma ve İnsanları Etkileme Sanatı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>750</v>
+        <v>319</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9782257232265</t>
+          <t>9786256197527</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bebek Sağlığı ve Gelişimi (3 Kitap)</t>
+          <t>Mago’nun Ormanı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>599</v>
+        <v>299</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256197374</t>
+          <t>9786256197398</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>The Picture of Dorian Gray</t>
+          <t>Anderson Talisca</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>245</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256197367</t>
+          <t>9786256197442</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Orkun Kökçü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>199</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256197343</t>
+          <t>9786256197138</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>Ejderha Bakıcısı Dedektif Oluyor</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>139</v>
+        <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256197350</t>
+          <t>9786256197435</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>The Strange Case of Dr. Jekyll and Mr. Hyde</t>
+          <t>Ejderha Bakıcısı Ejderhalar Diyarında</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>139</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256197381</t>
+          <t>9786256197336</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>The War of the Worlds</t>
+          <t>Ejderha Bakıcısının Sürprizi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>259</v>
+        <v>129</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256197084</t>
+          <t>9786256197428</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kerem Aktürkoğlu</t>
+          <t>Ejderha Bakıcısı Şeker Avında</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>129</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256197152</t>
+          <t>9786256197411</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kevin de Bruyne</t>
+          <t>Ejderha Bakıcısı Kurtarma Operasyonunda</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>129</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256197169</t>
+          <t>9786256551268</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kylian Mbappe</t>
+          <t>STEM Bilim Ansiklopedisi Set</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256197299</t>
+          <t>9786256197404</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Cristiano Ronaldo</t>
+          <t>Leroy Sane</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256197213</t>
+          <t>9786256197046</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Edin Dzeko</t>
+          <t>Matematik Dedektifleri Seti</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256197206</t>
+          <t>9782257232265</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Erling Haaland</t>
+          <t>Bebek Sağlığı ve Gelişimi (3 Kitap)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>599</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256197275</t>
+          <t>9786256197374</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fernando Muslera</t>
+          <t>The Picture of Dorian Gray</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256197145</t>
+          <t>9786256197367</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Jude Bellingham</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>199</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256197091</t>
+          <t>9786256197343</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mohamed Salah</t>
+          <t>The Time Machine</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>139</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256197282</t>
+          <t>9786256197350</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Neymar</t>
+          <t>The Strange Case of Dr. Jekyll and Mr. Hyde</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>139</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256197305</t>
+          <t>9786256197381</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Rafa Silva</t>
+          <t>The War of the Worlds</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>259</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256197251</t>
+          <t>9786256197084</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Robert Lewandowski</t>
+          <t>Kerem Aktürkoğlu</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256197329</t>
+          <t>9786256197152</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Lamine Yamal</t>
+          <t>Kevin de Bruyne</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256197268</t>
+          <t>9786256197169</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Lionel Messi</t>
+          <t>Kylian Mbappe</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256197220</t>
+          <t>9786256197299</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mauro Icardi</t>
+          <t>Cristiano Ronaldo</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256197077</t>
+          <t>9786256197213</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Arda Güler</t>
+          <t>Edin Dzeko</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256197121</t>
+          <t>9786256197206</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Zlatan Ibrahimovic</t>
+          <t>Erling Haaland</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256197244</t>
+          <t>9786256197275</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ciro Immobile</t>
+          <t>Fernando Muslera</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256197312</t>
+          <t>9786256197145</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Rodri</t>
+          <t>Jude Bellingham</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256197107</t>
+          <t>9786256197091</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Victor Osimhen</t>
+          <t>Mohamed Salah</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256197114</t>
+          <t>9786256197282</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Vinicius Junior</t>
+          <t>Neymar</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256197237</t>
+          <t>9786256197305</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yunus Akgün</t>
+          <t>Rafa Silva</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256197053</t>
+          <t>9786256197251</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İlkin Aydın</t>
+          <t>Robert Lewandowski</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256197060</t>
+          <t>9786256197329</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Farkındalıkla Bilişsel Davranışçı Terapi</t>
+          <t>Lamine Yamal</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>299</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256197039</t>
+          <t>9786256197268</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Vebanın İşaretleri</t>
+          <t>Lionel Messi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>324</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257232944</t>
+          <t>9786256197220</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Blackthorn Anahtarları</t>
+          <t>Mauro Icardi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>324</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256197015</t>
+          <t>9786256197077</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Kayısı</t>
+          <t>Arda Güler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257232159</t>
+          <t>9786256197121</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dedektifleri 3: Yılbaşı Soygunu Vakası</t>
+          <t>Zlatan Ibrahimovic</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256197022</t>
+          <t>9786256197244</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dedektifleri 5: Unutulmuş Maden Vakası</t>
+          <t>Ciro Immobile</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256197008</t>
+          <t>9786256197312</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dedektifleri 4: Taşlı Kasaba’nın Hız Treni Vakası</t>
+          <t>Rodri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257232173</t>
+          <t>9786256197107</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dedektifleri 1: Ejderha Elması Vakası</t>
+          <t>Victor Osimhen</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257232869</t>
+          <t>9786256197114</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dedektifleri 2: Gizemli Bay Jekyll Vakası</t>
+          <t>Vinicius Junior</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257232999</t>
+          <t>9786256197237</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Öğretmenlik</t>
+          <t>Yunus Akgün</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>299</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257232951</t>
+          <t>9786256197053</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ağız Tadıyla Annelik Babalık</t>
+          <t>İlkin Aydın</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>299</v>
+        <v>135</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257232982</t>
+          <t>9786256197060</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Okul Çocuğuna Kolay Ebeveynlik</t>
+          <t>Bilinçli Farkındalıkla Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257232975</t>
+          <t>9786256197039</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Eş ve Aile Terapisi</t>
+          <t>Vebanın İşaretleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>299</v>
+        <v>324</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257232968</t>
+          <t>9786257232944</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Babalık Yarına Bırakılamaz</t>
+          <t>Blackthorn Anahtarları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>299</v>
+        <v>324</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257232890</t>
+          <t>9786256197015</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Eda Erdem</t>
+          <t>Utangaç Kayısı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257232906</t>
+          <t>9786257232159</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gizem Örge</t>
+          <t>Matematik Dedektifleri 3: Yılbaşı Soygunu Vakası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257232913</t>
+          <t>9786256197022</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hande Baladın</t>
+          <t>Matematik Dedektifleri 5: Unutulmuş Maden Vakası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257232937</t>
+          <t>9786256197008</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Zehra Güneş</t>
+          <t>Matematik Dedektifleri 4: Taşlı Kasaba’nın Hız Treni Vakası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257232920</t>
+          <t>9786257232173</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Melissa Vargas</t>
+          <t>Matematik Dedektifleri 1: Ejderha Elması Vakası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257232883</t>
+          <t>9786257232869</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ebrar Karakurt</t>
+          <t>Matematik Dedektifleri 2: Gizemli Bay Jekyll Vakası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9785057330089</t>
+          <t>9786257232999</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti - 10 Kitap (8 Yaş ve Üzeri)</t>
+          <t>Pedagojik Öğretmenlik</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>749</v>
+        <v>299</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257232852</t>
+          <t>9786257232951</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Heart of Darkness</t>
+          <t>Ağız Tadıyla Annelik Babalık</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>125</v>
+        <v>299</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257232838</t>
+          <t>9786257232982</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>The Great Gatsby</t>
+          <t>Okul Çocuğuna Kolay Ebeveynlik</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>145</v>
+        <v>299</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257232876</t>
+          <t>9786257232975</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>The Call of The Wild</t>
+          <t>Kendi Kendine Eş ve Aile Terapisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>125</v>
+        <v>299</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257232821</t>
+          <t>9786257232968</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>The Adventures of Pinocchio</t>
+          <t>Babalık Yarına Bırakılamaz</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>145</v>
+        <v>299</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257232845</t>
+          <t>9786257232890</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>The Turn of The Screw</t>
+          <t>Eda Erdem</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9785057330072</t>
+          <t>9786257232906</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti - 6 Kitap (8 Yaş ve Üzeri)</t>
+          <t>Gizem Örge</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>449</v>
+        <v>135</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257232784</t>
+          <t>9786257232913</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dubliners</t>
+          <t>Hande Baladın</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257232814</t>
+          <t>9786257232937</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>A Journey to the Centre of the Earth</t>
+          <t>Zehra Güneş</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257232791</t>
+          <t>9786257232920</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>The Extraordinary Adventures of Arsene Lupin</t>
+          <t>Melissa Vargas</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257232777</t>
+          <t>9786257232883</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Ebrar Karakurt</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257232807</t>
+          <t>9785057330089</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Around The World in Eighty Days</t>
+          <t>Çocuk Klasikleri Seti - 10 Kitap (8 Yaş ve Üzeri)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>749</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257232104</t>
+          <t>9786257232852</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Doya Doya Boya</t>
+          <t>Heart of Darkness</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>129</v>
+        <v>125</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257232760</t>
+          <t>9786257232838</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken</t>
+          <t>The Great Gatsby</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>99</v>
+        <v>145</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9785057330119</t>
+          <t>9786257232876</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Klasikler Seti 1</t>
+          <t>The Call of The Wild</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1000</v>
+        <v>125</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786357232578</t>
+          <t>9786257232821</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı Seti</t>
+          <t>The Adventures of Pinocchio</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>390</v>
+        <v>145</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257232753</t>
+          <t>9786257232845</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısının Adası</t>
+          <t>The Turn of The Screw</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>79</v>
+        <v>135</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257232746</t>
+          <t>9785057330072</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısının Partisi</t>
+          <t>Çocuk Klasikleri Seti - 6 Kitap (8 Yaş ve Üzeri)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>79</v>
+        <v>449</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257232708</t>
+          <t>9786257232784</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>The Secret Garden</t>
+          <t>Dubliners</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>299</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257232722</t>
+          <t>9786257232814</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>The Railway Children</t>
+          <t>A Journey to the Centre of the Earth</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257232739</t>
+          <t>9786257232791</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>White Fang</t>
+          <t>The Extraordinary Adventures of Arsene Lupin</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257232678</t>
+          <t>9786257232777</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Adventures of Huckleberry Finn</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257232661</t>
+          <t>9786257232807</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Black Beauty</t>
+          <t>Around The World in Eighty Days</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257232647</t>
+          <t>9786257232104</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>The Coral Island</t>
+          <t>Doya Doya Boya</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257232654</t>
+          <t>9786257232760</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>İnsanlığımı Yitirirken</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>245</v>
+        <v>99</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257232715</t>
+          <t>9785057330119</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>The Jungle Book</t>
+          <t>İngilizce Klasikler Seti 1</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>245</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257232685</t>
+          <t>9786357232578</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Ejderha Bakıcısı Seti</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257232692</t>
+          <t>9786257232753</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Ejderha Bakıcısının Adası</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>245</v>
+        <v>79</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257232609</t>
+          <t>9786257232746</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Alice's Adventures in Wonderland</t>
+          <t>Ejderha Bakıcısının Partisi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>99</v>
+        <v>79</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257232630</t>
+          <t>9786257232708</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Little Women</t>
+          <t>The Secret Garden</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>450</v>
+        <v>299</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257232616</t>
+          <t>9786257232722</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Anne of Green Gables</t>
+          <t>The Railway Children</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>245</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257232593</t>
+          <t>9786257232739</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Treasure Island</t>
+          <t>White Fang</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257232623</t>
+          <t>9786257232678</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>The Wonderful Wizard of Oz</t>
+          <t>Adventures of Huckleberry Finn</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257232562</t>
+          <t>9786257232661</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısının Şatosu</t>
+          <t>Black Beauty</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>79</v>
+        <v>245</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257232586</t>
+          <t>9786257232647</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı Uçuyor</t>
+          <t>The Coral Island</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>79</v>
+        <v>299</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257232579</t>
+          <t>9786257232654</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bakıcısı</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>79</v>
+        <v>245</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786357242539</t>
+          <t>9786257232715</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Glendy Vanderah 2 Kitap Set</t>
+          <t>The Jungle Book</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>749</v>
+        <v>245</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257232555</t>
+          <t>9786257232685</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257232548</t>
+          <t>9786257232692</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yaprakların Arasındaki Işık</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>399</v>
+        <v>245</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9886257232309</t>
+          <t>9786257232609</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dükkanı Seti</t>
+          <t>Alice's Adventures in Wonderland</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>469</v>
+        <v>99</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057264824</t>
+          <t>9786257232630</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Güneş Dede ile Deniz’in Zayıflama Süreci</t>
+          <t>Little Women</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>149</v>
+        <v>450</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257232265</t>
+          <t>9786257232616</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>3 Günde Tuvalet Eğitimi</t>
+          <t>Anne of Green Gables</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257232531</t>
+          <t>9786257232593</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Treasure Island</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>129</v>
+        <v>245</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9796157232241</t>
+          <t>9786257232623</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri 16 Kitap Set (8 Yaş Ve Üzeri)</t>
+          <t>The Wonderful Wizard of Oz</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1199</v>
+        <v>145</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257232449</t>
+          <t>9786257232562</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Ejderha Bakıcısının Şatosu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>129</v>
+        <v>79</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257232456</t>
+          <t>9786257232586</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Arı Maya</t>
+          <t>Ejderha Bakıcısı Uçuyor</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>129</v>
+        <v>79</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257232494</t>
+          <t>9786257232579</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Monte Cristo Kontu</t>
+          <t>Ejderha Bakıcısı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>129</v>
+        <v>79</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257232487</t>
+          <t>9786357242539</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Glendy Vanderah 2 Kitap Set</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>129</v>
+        <v>749</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257232470</t>
+          <t>9786257232555</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>129</v>
+        <v>145</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257232500</t>
+          <t>9786257232548</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Lord Jim</t>
+          <t>Yaprakların Arasındaki Işık</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>129</v>
+        <v>399</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257232463</t>
+          <t>9886257232309</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Rüya Dükkanı Seti</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>129</v>
+        <v>469</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257232524</t>
+          <t>9786057264824</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Bay Hyde</t>
+          <t>Güneş Dede ile Deniz’in Zayıflama Süreci</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257232517</t>
+          <t>9786257232265</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>3 Günde Tuvalet Eğitimi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>129</v>
+        <v>145</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257232418</t>
+          <t>9786257232531</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler için Atatürk Seti - 4 Kitap</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>449</v>
+        <v>129</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257232432</t>
+          <t>9796157232241</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kendini Severse</t>
+          <t>Çocuk Klasikleri 16 Kitap Set (8 Yaş Ve Üzeri)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>324</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257232425</t>
+          <t>9786257232449</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dükkanı 2</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257232395</t>
+          <t>9786257232456</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Katlamalı Büyüme Stratejisi</t>
+          <t>Arı Maya</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>50</v>
+        <v>129</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257232401</t>
+          <t>9786257232494</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Saati</t>
+          <t>Monte Cristo Kontu</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>245</v>
+        <v>129</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257232388</t>
+          <t>9786257232487</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Neve</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>245</v>
+        <v>129</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257232371</t>
+          <t>9786257232470</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Armağanı Milli Bayramlarımız</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257232364</t>
+          <t>9786257232500</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Devrimleri ve İlkeleri</t>
+          <t>Lord Jim</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257232340</t>
+          <t>9786257232463</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257232357</t>
+          <t>9786257232524</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Doğumundan Ölümüne Atatürk</t>
+          <t>Dr. Jekyll ve Bay Hyde</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257232333</t>
+          <t>9786257232517</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Liderlik : Efsaneler ve Gerçekler</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>324</v>
+        <v>129</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257232326</t>
+          <t>9786257232418</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kadınlar</t>
+          <t>Çocuklar ve Gençler için Atatürk Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>324</v>
+        <v>449</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257232319</t>
+          <t>9786257232432</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yoluna Muz Kabuğu Koyanlar ile Baş Etme Rehberi</t>
+          <t>Kadın Kendini Severse</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>245</v>
+        <v>324</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257232302</t>
+          <t>9786257232425</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Rüya Dükkanı 1</t>
+          <t>Rüya Dükkanı 2</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257232296</t>
+          <t>9786257232395</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Önce Kar</t>
+          <t>Katlamalı Büyüme Stratejisi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>324</v>
+        <v>50</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257232258</t>
+          <t>9786257232401</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Genç Asiler : Dünyayı Değiştiren 25 Genç</t>
+          <t>Bağdat Saati</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>324</v>
+        <v>245</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257232289</t>
+          <t>9786257232388</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik</t>
+          <t>Neve</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9782257232267</t>
+          <t>9786257232371</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bebek Sağlığı ve Gelişimi Seti - 3 Kitap Takım</t>
+          <t>Atatürk’ün Armağanı Milli Bayramlarımız</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>599</v>
+        <v>129</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257232272</t>
+          <t>9786257232364</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Uyku Sorunlarına Kolay Çözümler</t>
+          <t>Atatürk Devrimleri ve İlkeleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>324</v>
+        <v>129</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257232166</t>
+          <t>9786257232340</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bebek Öncülüğünde Beslenme</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>324</v>
+        <v>129</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257232241</t>
+          <t>9786257232357</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>The Little Prince</t>
+          <t>Doğumundan Ölümüne Atatürk</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257232180</t>
+          <t>9786257232333</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Liderlik : Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>129</v>
+        <v>324</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257232197</t>
+          <t>9786257232326</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mercan Adası</t>
+          <t>Sessiz Kadınlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>129</v>
+        <v>324</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257232203</t>
+          <t>9786257232319</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Yoluna Muz Kabuğu Koyanlar ile Baş Etme Rehberi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>129</v>
+        <v>245</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257232210</t>
+          <t>9786257232302</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları</t>
+          <t>Rüya Dükkanı 1</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>129</v>
+        <v>299</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257232227</t>
+          <t>9786257232296</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Önce Kar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>129</v>
+        <v>324</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257232234</t>
+          <t>9786257232258</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Genç Asiler : Dünyayı Değiştiren 25 Genç</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>129</v>
+        <v>324</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257232098</t>
+          <t>9786257232289</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynliğin Yol Haritası</t>
+          <t>Ergenlik</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>299</v>
+        <v>245</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257232081</t>
+          <t>9782257232267</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kızsal Meseleler</t>
+          <t>Bebek Sağlığı ve Gelişimi Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>245</v>
+        <v>599</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257232067</t>
+          <t>9786257232272</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Badem</t>
+          <t>Uyku Sorunlarına Kolay Çözümler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>245</v>
+        <v>324</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257232074</t>
+          <t>9786257232166</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çise: Bir Su Damlasının Hayat Döngüsü</t>
+          <t>Bebek Öncülüğünde Beslenme</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>129</v>
+        <v>324</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257232050</t>
+          <t>9786257232241</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Çocuk</t>
+          <t>The Little Prince</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257232043</t>
+          <t>9786257232180</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Dijital Dünya Rehberi</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>245</v>
+        <v>129</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257232012</t>
+          <t>9786257232197</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Drakula, Ejderhalar ve Dinozorlar - Dinozor Dedektifleri</t>
+          <t>Mercan Adası</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050602098</t>
+          <t>9786257232203</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Jurassic Sahili - Dinozor Dedektifleri</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257232029</t>
+          <t>9786257232210</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Horus’un Gözü - Dinozor Dedektifleri</t>
+          <t>Grimm Masalları</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257232005</t>
+          <t>9786257232227</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Yılanı - Dinozor Dedektifleri</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050602081</t>
+          <t>9786257232234</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Anne Huzurlu Çocuk</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257232036</t>
+          <t>9786257232098</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dedektifleri Seti (7 Kitap Takım)</t>
+          <t>Ebeveynliğin Yol Haritası</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>799</v>
+        <v>299</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050602074</t>
+          <t>9786257232081</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Muzo - Bir Ağacın Hikayesi</t>
+          <t>Kızsal Meseleler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>129</v>
+        <v>245</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050602050</t>
+          <t>9786257232067</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Yıldızlarla Buluştuğu Yer</t>
+          <t>Badem</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>399</v>
+        <v>245</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050602067</t>
+          <t>9786257232074</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Dilini Anlamak</t>
+          <t>Çise: Bir Su Damlasının Hayat Döngüsü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050602036</t>
+          <t>9786257232050</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dedektifleri - Donmuş Çöl</t>
+          <t>Pozitif Çocuk</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>129</v>
+        <v>299</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050602043</t>
+          <t>9786257232043</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İş Bulma Sanatı</t>
+          <t>Gençler İçin Dijital Dünya Rehberi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050602012</t>
+          <t>9786257232012</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dedektifleri - Amazon Yağmur Ormanları’nda</t>
+          <t>Drakula, Ejderhalar ve Dinozorlar - Dinozor Dedektifleri</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050602029</t>
+          <t>9786050602098</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dedektifleri - Söylentiler</t>
+          <t>Jurassic Sahili - Dinozor Dedektifleri</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
+          <t>9786257232029</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Horus’un Gözü - Dinozor Dedektifleri</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786257232005</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Gökkuşağı Yılanı - Dinozor Dedektifleri</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786050602081</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Bilinçli Anne Huzurlu Çocuk</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786257232036</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Dinozor Dedektifleri Seti (7 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786050602074</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Muzo - Bir Ağacın Hikayesi</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786050602050</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Ormanın Yıldızlarla Buluştuğu Yer</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786050602067</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Dilini Anlamak</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786050602036</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Dinozor Dedektifleri - Donmuş Çöl</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786050602043</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>İş Bulma Sanatı</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786050602012</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Dinozor Dedektifleri - Amazon Yağmur Ormanları’nda</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786050602029</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Dinozor Dedektifleri - Söylentiler</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
           <t>9786050602005</t>
         </is>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Gençler İçin Stresle Baş Etme Rehberi</t>
         </is>
       </c>
-      <c r="C161" s="1">
+      <c r="C172" s="1">
         <v>245</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>