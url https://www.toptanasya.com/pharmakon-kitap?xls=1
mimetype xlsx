--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -169,346 +169,346 @@
         <is>
           <t>9786058657670</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Medya Kültür Siyaset</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786056643262</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Popüler Kültürü Anlamak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786056643293</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Platon Okumaya Giriş - Descartes Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786058657656</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Phaidon - Ruh Üzerine</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786056643286</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Yasalar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786056643248</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Film Atölyesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786058461413</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Post-Yapısalcılık ve Postmodernizm</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786056643224</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Niçin Felsefe Yaparız?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786056643231</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>İntihar Üzerine Notlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786056643217</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Uluslararası Biyopolitika</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786058461451</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Herkes için Kolay ve Pratik Ayrımcılık, Ötekileştirme, Dışlama Rehberi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786058657687</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Heidegger ve Poetik Düşünme</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786058657618</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Poetika - Şiir Sanatı Üzerine</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786058657601</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Kısaca Felsefe</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786058657663</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>İletişim Çalışmalarına Giriş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786058657649</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Korku ve Titreme</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786058657625</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Aşk Lüks ve Kapitalizm</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786058657694</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Söz Kalıntıları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786058461475</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Felsefenin Öğeleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786056643200</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Felsefece Düşünmenin Yolları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786058657632</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Teknik ve Dönüş - Özdeşlik ve Ayrım</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786058461406</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Profesör Caritat’ın Şaşırtıcı Aydınlanması</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>