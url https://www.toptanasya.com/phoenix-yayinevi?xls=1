--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,6145 +85,6220 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057789709</t>
+          <t>9786057789754</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ortaokula Merhaba</t>
+          <t>Dünya'da Delilik Osmanlı'da Divanelik</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057789693</t>
+          <t>9786057789808</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Translation Ergonomics</t>
+          <t>Mikro-Faşizm</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057789624</t>
+          <t>9786057789747</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gölgeler Atlası</t>
+          <t>Ayaz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057789686</t>
+          <t>9786057789730</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Zeynalar ve Ninalar</t>
+          <t>Şimdi ve Burada Kurulan Anarşi, Prefigüratif Politika Direniş ve Tahayyül Üzerine</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057789549</t>
+          <t>9786057789723</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüsünde Pirüpak İzler</t>
+          <t>Sartre ve Adorno Öznelliğin Diyalektiği</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057789617</t>
+          <t>9786057789709</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bilim İş Başında</t>
+          <t>Ortaokula Merhaba</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054657865</t>
+          <t>9786057789693</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Modern Siyasal Düşüncenin Temelleri Birinci Cilt: Rönesans</t>
+          <t>Translation Ergonomics</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055738099</t>
+          <t>9786057789624</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sinemasında Akımlar</t>
+          <t>Saklı Gölgeler Atlası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>203</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055738822</t>
+          <t>9786057789686</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi</t>
+          <t>Kültürel Zeynalar ve Ninalar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>390</v>
+        <v>410</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055738433</t>
+          <t>9786057789549</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Değişen İzmir’i Anlamak</t>
+          <t>Köy Enstitüsünde Pirüpak İzler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789944931229</t>
+          <t>9786057789617</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>ABD Hegemonyası ve Uluslararası Hukukun Temelleri</t>
+          <t>Bilim İş Başında</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059801355</t>
+          <t>9786054657865</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Kavramları ve Siyaset Kuramları</t>
+          <t>Modern Siyasal Düşüncenin Temelleri Birinci Cilt: Rönesans</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059801164</t>
+          <t>9786055738099</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ancient Civilizations and Ruins of Turkey (Ciltli)</t>
+          <t>Dünya Sinemasında Akımlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>850</v>
+        <v>203</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055738303</t>
+          <t>9786055738822</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitleri</t>
+          <t>Demokrasi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000025487</t>
+          <t>9786055738433</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sosyoloji (2 Cilt Takım) (Ciltli)</t>
+          <t>Değişen İzmir’i Anlamak</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>2200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055738907</t>
+          <t>9789944931229</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Toplumsal Tarihi</t>
+          <t>ABD Hegemonyası ve Uluslararası Hukukun Temelleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>410</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055738235</t>
+          <t>9786059801355</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet ve Sömürgecilik Karşıtlığının Poetikası</t>
+          <t>Siyaset Kavramları ve Siyaset Kuramları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055738594</t>
+          <t>9786059801164</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mısır Mitleri</t>
+          <t>Ancient Civilizations and Ruins of Turkey (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756565599</t>
+          <t>9786055738303</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arkeoloji Sözlüğü</t>
+          <t>Yunan Mitleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>495</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756565551</t>
+          <t>3990000025487</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Karamanlı Ortodoks Türkler</t>
+          <t>Türkiye'de Sosyoloji (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>410</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057789044</t>
+          <t>9786055738907</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ahlat'ın Hayaleti</t>
+          <t>Ölümün Toplumsal Tarihi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>245</v>
+        <v>410</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756565414</t>
+          <t>9786055738235</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Selgeçidi Unutulmuş Diyarlar Danışmanlar ve Krallar 2. Kitap</t>
+          <t>Nazım Hikmet ve Sömürgecilik Karşıtlığının Poetikası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057789679</t>
+          <t>9786055738594</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Takip</t>
+          <t>Mısır Mitleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057789662</t>
+          <t>9789756565599</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Ay</t>
+          <t>Klasik Arkeoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>495</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057789655</t>
+          <t>9789756565551</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürü Yalan</t>
+          <t>Karamanlı Ortodoks Türkler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057789631</t>
+          <t>9786057789044</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Kurt</t>
+          <t>Ahlat'ın Hayaleti</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057789648</t>
+          <t>9789756565414</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Ay</t>
+          <t>Selgeçidi Unutulmuş Diyarlar Danışmanlar ve Krallar 2. Kitap</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057789600</t>
+          <t>9786057789679</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aşçılar Yolu</t>
+          <t>Vahşi Takip</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>650</v>
+        <v>215</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000016092</t>
+          <t>9786057789662</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Koca Ayı İlkbaharı Arıyor</t>
+          <t>Yükselen Ay</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057789587</t>
+          <t>9786057789655</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Bir Sosyolojiye Doğru</t>
+          <t>Bir Sürü Yalan</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059801942</t>
+          <t>9786057789631</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bilim Teknoloji ve Toplum</t>
+          <t>Kraliçe Kurt</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054657636</t>
+          <t>9786057789648</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tatara</t>
+          <t>En Karanlık Ay</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054657711</t>
+          <t>9786057789600</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Ses, Süre, Hız, Yoğunluk</t>
+          <t>Aşçılar Yolu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057789556</t>
+          <t>3990000016092</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide Temel Kavramlar</t>
+          <t>Koca Ayı İlkbaharı Arıyor</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>370</v>
+        <v>165</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756565162</t>
+          <t>9786057789587</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlülüğü Yeniden Düşünmek</t>
+          <t>Eleştirel Bir Sosyolojiye Doğru</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>235</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055738532</t>
+          <t>9786059801942</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Döneminde Devletçilik-Liberalizm Tartışmaları</t>
+          <t>Bilim Teknoloji ve Toplum</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059801423</t>
+          <t>9786054657636</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çin Mitleri</t>
+          <t>Tatara</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054657582</t>
+          <t>9786054657711</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Din ve Maneviyat Psikolojisi - Yeni Yaklaşımlar ve Uygulama Alanları</t>
+          <t>Müzikte Ses, Süre, Hız, Yoğunluk</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>540</v>
+        <v>225</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057789150</t>
+          <t>9786057789556</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Geldi</t>
+          <t>Sosyolojide Temel Kavramlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054657193</t>
+          <t>9789756565162</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezerler</t>
+          <t>Çokkültürlülüğü Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>485</v>
+        <v>450</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055738440</t>
+          <t>9786055738532</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Thomas Mann’ın Edebiyat Dünyası</t>
+          <t>Atatürk Döneminde Devletçilik-Liberalizm Tartışmaları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944931533</t>
+          <t>9786059801423</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Sığmayanlar</t>
+          <t>Çin Mitleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055738020</t>
+          <t>9786054657582</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyelerinin Yargılanışı</t>
+          <t>Din ve Maneviyat Psikolojisi - Yeni Yaklaşımlar ve Uygulama Alanları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>565</v>
+        <v>540</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055738549</t>
+          <t>9786057789150</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Davranışı Açıklamak</t>
+          <t>Gelecek Geldi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>545</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055738464</t>
+          <t>9786054657193</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Tutsak Çiçek</t>
+          <t>Uyurgezerler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>485</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9799944931204</t>
+          <t>9786055738440</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Modern Filistin Tarihi</t>
+          <t>Thomas Mann’ın Edebiyat Dünyası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944931595</t>
+          <t>9789944931533</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dönüşümler</t>
+          <t>Tarihe Sığmayanlar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>650</v>
+        <v>440</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055738976</t>
+          <t>9786055738020</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gotlar</t>
+          <t>Tapınak Şövalyelerinin Yargılanışı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>455</v>
+        <v>565</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054657209</t>
+          <t>9786055738549</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ekoeleştiri Çevre ve Edebiyat</t>
+          <t>Sosyal Davranışı Açıklamak</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>450</v>
+        <v>545</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756565391</t>
+          <t>9786055738464</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Adam Öldürülür</t>
+          <t>Sevgiye Tutsak Çiçek</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944931380</t>
+          <t>9799944931204</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sosyoloji Ciltsiz (2 Cilt Takım)</t>
+          <t>Modern Filistin Tarihi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>1100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944931526</t>
+          <t>9789944931595</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Cumhuriyete Yörükler ve Türkmenler</t>
+          <t>Küresel Dönüşümler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055738655</t>
+          <t>9786055738976</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Feminizm Postmodernizm ve Hukuk</t>
+          <t>Gotlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>455</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059801799</t>
+          <t>9786054657209</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dinsel Tahammülsüzlük</t>
+          <t>Ekoeleştiri Çevre ve Edebiyat</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059801669</t>
+          <t>9789756565391</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Serüveni (3 Kitap Takım)</t>
+          <t>Nasıl Adam Öldürülür</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>2750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057789594</t>
+          <t>9789944931380</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Shaping the Government The Legacy of TUSIAD on Turkısh Public Policy</t>
+          <t>Türkiye'de Sosyoloji Ciltsiz (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>360</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054657599</t>
+          <t>9789944931526</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve Gazetecilik</t>
+          <t>Osmanlıdan Cumhuriyete Yörükler ve Türkmenler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>355</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059801935</t>
+          <t>9786055738655</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kara Para Aklama ile Terörizmin Finansmanıyla Mücadele ve İlgili Düzenlemeler Gelişen Ekonomilerde Hukuk</t>
+          <t>Feminizm Postmodernizm ve Hukuk</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756565704</t>
+          <t>9786059801799</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Seri Katiller Ansiklopedisi</t>
+          <t>Yeni Dinsel Tahammülsüzlük</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057789570</t>
+          <t>9786059801669</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şairin Suçu Ne?</t>
+          <t>İslam'ın Serüveni (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057789525</t>
+          <t>9786057789594</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Türk Maden Sanatında Kitabeli Pirinç Şamdanlar - Ankara Vakıf Eserleri Müzesi Koleksiyonu</t>
+          <t>Shaping the Government The Legacy of TUSIAD on Turkısh Public Policy</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057789488</t>
+          <t>9786054657599</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayatta Ben de Varım</t>
+          <t>Yeni Medya ve Gazetecilik</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>295</v>
+        <v>355</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057789495</t>
+          <t>9786059801935</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Viyola İçin Saz Eserleri Albümü</t>
+          <t>Kara Para Aklama ile Terörizmin Finansmanıyla Mücadele ve İlgili Düzenlemeler Gelişen Ekonomilerde Hukuk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>245</v>
+        <v>900</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057789242</t>
+          <t>9789756565704</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojinin Yeniden-İnşası</t>
+          <t>A’dan Z’ye Seri Katiller Ansiklopedisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054657964</t>
+          <t>9786057789570</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kent, Sınıf, İktidar</t>
+          <t>Şairin Suçu Ne?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059801928</t>
+          <t>9786057789525</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Göçmenler</t>
+          <t>Türk Maden Sanatında Kitabeli Pirinç Şamdanlar - Ankara Vakıf Eserleri Müzesi Koleksiyonu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>380</v>
+        <v>225</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059801638</t>
+          <t>9786057789488</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Kafa</t>
+          <t>Bu Hayatta Ben de Varım</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789756565001</t>
+          <t>9786057789495</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Üzerine</t>
+          <t>Viyola İçin Saz Eserleri Albümü</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054657247</t>
+          <t>9786057789242</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aztek ve Maya Mitleri</t>
+          <t>Arkeolojinin Yeniden-İnşası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055738938</t>
+          <t>9786054657964</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>1920’den Günümüze Türkiye’de Toplumsal Yapı ve Değişim</t>
+          <t>Kent, Sınıf, İktidar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>800</v>
+        <v>330</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059801270</t>
+          <t>9786059801928</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İran Mitleri</t>
+          <t>Göç ve Göçmenler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054657902</t>
+          <t>9786059801638</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Uygarlıkları (Ciltli)</t>
+          <t>Sosyolojik Kafa</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057789136</t>
+          <t>9789756565001</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gaspçı</t>
+          <t>Demokrasi Üzerine</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944931144</t>
+          <t>9786054657247</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Siyaseten Katl</t>
+          <t>Aztek ve Maya Mitleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756565056</t>
+          <t>9786055738938</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Aracılığıyla Düşünme</t>
+          <t>1920’den Günümüze Türkiye’de Toplumsal Yapı ve Değişim</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>480</v>
+        <v>800</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057789112</t>
+          <t>9786059801270</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Anlam Arayışı</t>
+          <t>İran Mitleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057789563</t>
+          <t>9786054657902</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Eşim, Ben ve Ölüm</t>
+          <t>Anadolu Uygarlıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>550</v>
+        <v>800</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057789426</t>
+          <t>9786057789136</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Marx - Gerçekliğin ve Geleceğin Felsefesi</t>
+          <t>Gaspçı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057789457</t>
+          <t>9789944931144</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche'nin Politik Kuşkuculuğu</t>
+          <t>Osmanlı Devleti’nde Siyaseten Katl</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>480</v>
+        <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057789372</t>
+          <t>9789756565056</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Süvari</t>
+          <t>Felsefe Aracılığıyla Düşünme</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057789365</t>
+          <t>9786057789112</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Laboratuvar Hayatı - Bilimsel Olguların İnşası</t>
+          <t>İnsanın Anlam Arayışı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057789310</t>
+          <t>9786057789563</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Briç Etkili Sistem: 2/1</t>
+          <t>Eşim, Ben ve Ölüm</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>520</v>
+        <v>550</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059801508</t>
+          <t>9786057789426</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Adalet Teorisi</t>
+          <t>Hegel ve Marx - Gerçekliğin ve Geleceğin Felsefesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054657858</t>
+          <t>9786057789457</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Siyasetin Temelleri</t>
+          <t>Nietzsche'nin Politik Kuşkuculuğu</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059801744</t>
+          <t>9786057789372</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayat Sosyolojisi</t>
+          <t>Süvari</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059801034</t>
+          <t>9786057789365</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politika Teorisi</t>
+          <t>Laboratuvar Hayatı - Bilimsel Olguların İnşası</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054657315</t>
+          <t>9786057789310</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Kadın Yazarlar Sözlüğü</t>
+          <t>Briç Etkili Sistem: 2/1</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>510</v>
+        <v>520</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055738808</t>
+          <t>9786059801508</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Briçte Yer Oyunu  - Dekleranın Oyunu</t>
+          <t>Bir Adalet Teorisi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055738624</t>
+          <t>9786054657858</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Briç</t>
+          <t>Karşılaştırmalı Siyasetin Temelleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055738112</t>
+          <t>9786059801744</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bizans Döneminde Anadolu</t>
+          <t>Gündelik Hayat Sosyolojisi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059801003</t>
+          <t>9786059801034</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hatti ve Hitit Uygarlıkları (Ciltli)</t>
+          <t>Uluslararası Politika Teorisi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054657919</t>
+          <t>9786054657315</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Kültür Tarihi (Ciltli)</t>
+          <t>Edebiyatımızda Kadın Yazarlar Sözlüğü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>800</v>
+        <v>510</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057789181</t>
+          <t>9786055738808</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sinemasında Aidiyetsizliğin Mekanı: Kayıplar ve Ölüler Kenti İstanbul</t>
+          <t>Briçte Yer Oyunu  - Dekleranın Oyunu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057789129</t>
+          <t>9786055738624</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Mekan Bağlamında Mengen Aşçılık Geleneği</t>
+          <t>Briç</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055738426</t>
+          <t>9786055738112</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sol Örgütler (Ciltli)</t>
+          <t>Bizans Döneminde Anadolu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055738600</t>
+          <t>9786059801003</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi</t>
+          <t>Hatti ve Hitit Uygarlıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>900</v>
+        <v>800</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054657094</t>
+          <t>9786054657919</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Roma Mitleri</t>
+          <t>Anadolu Kültür Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055738778</t>
+          <t>9786057789181</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Mitleri</t>
+          <t>Türkiye Sinemasında Aidiyetsizliğin Mekanı: Kayıplar ve Ölüler Kenti İstanbul</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054657346</t>
+          <t>9786057789129</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Jacques Lacan</t>
+          <t>Kent ve Mekan Bağlamında Mengen Aşçılık Geleneği</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054657322</t>
+          <t>9786055738426</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İzmir Yahudi Cemaati Kadın Kimliği</t>
+          <t>Türkiye'de Sol Örgütler (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055738105</t>
+          <t>9786055738600</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitleri</t>
+          <t>Siyaset Sosyolojisi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>900</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055738297</t>
+          <t>9786054657094</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İnka Mitleri</t>
+          <t>Roma Mitleri</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055738754</t>
+          <t>9786055738778</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Etrüsk Mitleri</t>
+          <t>Mezopotamya Mitleri</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756565353</t>
+          <t>9786054657346</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin Karanlık Yüzü</t>
+          <t>Jacques Lacan</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>480</v>
+        <v>245</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057789143</t>
+          <t>9786054657322</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İnternet Galaksisi</t>
+          <t>İzmir Yahudi Cemaati Kadın Kimliği</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057789020</t>
+          <t>9786055738105</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda 20 Opera</t>
+          <t>İskandinav Mitleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059801911</t>
+          <t>9786055738297</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Erkeklikler</t>
+          <t>İnka Mitleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054657254</t>
+          <t>9786055738754</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yemek Sosyolojisi</t>
+          <t>Etrüsk Mitleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057789419</t>
+          <t>9789756565353</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Seks İşçileri - Tahakküm Stratejileri - Direniş Taktikleri</t>
+          <t>Erkeğin Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057789402</t>
+          <t>9786057789143</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Korint Seramiği - M.Ö.750 - 550</t>
+          <t>İnternet Galaksisi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057789440</t>
+          <t>9786057789020</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Görsel Sosyoloji</t>
+          <t>20. Yüzyılda 20 Opera</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057789464</t>
+          <t>9786059801911</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Pazarlama - Kolombiya'da Kontrgerilla ve Kapitalizm</t>
+          <t>Erkeklikler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>700</v>
+        <v>425</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057789433</t>
+          <t>9786054657254</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Şelale - Korsan Aşk</t>
+          <t>Yemek Sosyolojisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>185</v>
+        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057789389</t>
+          <t>9786057789419</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İki Kalp Üç Kitap</t>
+          <t>Seks İşçileri - Tahakküm Stratejileri - Direniş Taktikleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057789327</t>
+          <t>9786057789402</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Şema Koçluğu Giriş ve Uygulama: Esaslar, Yöntemler, Örnek Vakalar</t>
+          <t>Korint Seramiği - M.Ö.750 - 550</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>380</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057789303</t>
+          <t>9786057789440</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gassal</t>
+          <t>Görsel Sosyoloji</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057789297</t>
+          <t>9786057789464</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dental Pazarlama</t>
+          <t>Gerilla Pazarlama - Kolombiya'da Kontrgerilla ve Kapitalizm</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>275</v>
+        <v>700</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057789280</t>
+          <t>9786057789433</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Varoluş İsyanı</t>
+          <t>Şelale - Korsan Aşk</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>410</v>
+        <v>185</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057789273</t>
+          <t>9786057789389</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kan İçen Toprakların Ağıtı</t>
+          <t>İki Kalp Üç Kitap</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057789259</t>
+          <t>9786057789327</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Politik Tahayyülü</t>
+          <t>Şema Koçluğu Giriş ve Uygulama: Esaslar, Yöntemler, Örnek Vakalar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057789266</t>
+          <t>9786057789303</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Anneliğin Yeniden Üretimi</t>
+          <t>Gassal</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>435</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057789235</t>
+          <t>9786057789297</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kırgız ve Kırgızistan Tarihine İlişkin Seçme Eserler</t>
+          <t>Dental Pazarlama</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>960</v>
+        <v>275</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057789228</t>
+          <t>9786057789280</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Devlet Teorisi - Kapitalist Devleti Yerine Oturtmak</t>
+          <t>Varoluş İsyanı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>600</v>
+        <v>410</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057789211</t>
+          <t>9786057789273</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kerim ya da Zalim</t>
+          <t>Kan İçen Toprakların Ağıtı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>410</v>
+        <v>475</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057789198</t>
+          <t>9786057789259</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Ucubeleri</t>
+          <t>Nietzsche’nin Politik Tahayyülü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057789204</t>
+          <t>9786057789266</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Varoluş, Kitleler, Gerçekler</t>
+          <t>Anneliğin Yeniden Üretimi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>410</v>
+        <v>435</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057789174</t>
+          <t>9786057789235</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Doğuşunda Muhammed ve İnananlar</t>
+          <t>Kırgız ve Kırgızistan Tarihine İlişkin Seçme Eserler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>360</v>
+        <v>960</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057789167</t>
+          <t>9786057789228</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin Tanığı</t>
+          <t>Devlet Teorisi - Kapitalist Devleti Yerine Oturtmak</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057789037</t>
+          <t>9786057789211</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kurumların Sosyal Gerçekliği</t>
+          <t>Kerim ya da Zalim</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>225</v>
+        <v>410</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057789105</t>
+          <t>9786057789198</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Nur-i Cemal</t>
+          <t>Edebiyatın Ucubeleri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057789099</t>
+          <t>9786057789204</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Paranın Türküsü</t>
+          <t>Varoluş, Kitleler, Gerçekler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>325</v>
+        <v>410</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057789082</t>
+          <t>9786057789174</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bir Fare Vesikası</t>
+          <t>İslam’ın Doğuşunda Muhammed ve İnananlar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>295</v>
+        <v>360</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057789075</t>
+          <t>9786057789167</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Köprü</t>
+          <t>Bir Dönemin Tanığı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057789068</t>
+          <t>9786057789037</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Kurumların Sosyal Gerçekliği</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057789051</t>
+          <t>9786057789105</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Pierre Bourdieu'nün Mirası</t>
+          <t>Nur-i Cemal</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057789013</t>
+          <t>9786057789099</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Biyonoetika'nın Doğuşu</t>
+          <t>Paranın Türküsü</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059801980</t>
+          <t>9786057789082</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Feminist Politika Teorisi</t>
+          <t>Bir Fare Vesikası</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057789006</t>
+          <t>9786057789075</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Yayı</t>
+          <t>Köprü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>510</v>
+        <v>165</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059801997</t>
+          <t>9786057789068</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Muhammed’den Önce ve Sonra</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059801973</t>
+          <t>9786057789051</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Polis Düşmanı</t>
+          <t>Pierre Bourdieu'nün Mirası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>360</v>
+        <v>470</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054657643</t>
+          <t>9786057789013</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sekans Sinema Yazıları Seçkisi 9</t>
+          <t>Biyonoetika'nın Doğuşu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057877000</t>
+          <t>9786059801980</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fransız Felsefesi</t>
+          <t>Feminist Politika Teorisi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>390</v>
+        <v>475</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059801904</t>
+          <t>9786057789006</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yerliciliğin Retoriği</t>
+          <t>Ahlakın Yayı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>230</v>
+        <v>510</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059801898</t>
+          <t>9786059801997</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Perdeye Yansıyan Kavga Yılmaz Güney’den Alper’e Politik Sinema</t>
+          <t>Muhammed’den Önce ve Sonra</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>245</v>
+        <v>390</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059801874</t>
+          <t>9786059801973</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye Hakikatsiz Siyaset Soylu Yalan</t>
+          <t>Polis Düşmanı</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059801881</t>
+          <t>9786054657643</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Emile Durkheim’ı Yeniden Okumak</t>
+          <t>Sekans Sinema Yazıları Seçkisi 9</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059801867</t>
+          <t>9786057877000</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Taşrasında Zengin Sınıf</t>
+          <t>Çağdaş Fransız Felsefesi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059801850</t>
+          <t>9786059801904</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Şirkette Hırsız Var!</t>
+          <t>Yerliciliğin Retoriği</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059801843</t>
+          <t>9786059801898</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Orta Yol</t>
+          <t>Perdeye Yansıyan Kavga Yılmaz Güney’den Alper’e Politik Sinema</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>410</v>
+        <v>245</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059801836</t>
+          <t>9786059801874</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kadın: Nefis mi Nefes mi?</t>
+          <t>Yeni Türkiye Hakikatsiz Siyaset Soylu Yalan</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059801829</t>
+          <t>9786059801881</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler ve Kalemler</t>
+          <t>Emile Durkheim’ı Yeniden Okumak</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059801812</t>
+          <t>9786059801867</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Postnişin Mücadelesi</t>
+          <t>Osmanlı Taşrasında Zengin Sınıf</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059801782</t>
+          <t>9786059801850</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bir Hukukçunun Yaşadıkları Yaptıkları Yapamadıkları</t>
+          <t>Şirkette Hırsız Var!</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059801775</t>
+          <t>9786059801843</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmayı Aşmak</t>
+          <t>Orta Yol</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>240</v>
+        <v>410</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059801768</t>
+          <t>9786059801836</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sivil Direniş Neden İşe Yarar?</t>
+          <t>Kadın: Nefis mi Nefes mi?</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>435</v>
+        <v>390</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059801720</t>
+          <t>9786059801829</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Çocuk</t>
+          <t>Kelimeler ve Kalemler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059801751</t>
+          <t>9786059801812</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sırtında Sepeti</t>
+          <t>Postnişin Mücadelesi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059801706</t>
+          <t>9786059801782</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Toplumu Açıklamak</t>
+          <t>Bir Hukukçunun Yaşadıkları Yaptıkları Yapamadıkları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059801713</t>
+          <t>9786059801775</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Briç - Etkili Yer Oyunu</t>
+          <t>Yaşlanmayı Aşmak</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>425</v>
+        <v>240</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059801645</t>
+          <t>9786059801768</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Max Weber'in Karşılaştırmalı -  Tarihsel Sosyoloji</t>
+          <t>Sivil Direniş Neden İşe Yarar?</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>410</v>
+        <v>435</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059801621</t>
+          <t>9786059801720</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yakalı Yaşam Tarzları</t>
+          <t>Oyun ve Çocuk</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059801607</t>
+          <t>9786059801751</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dövmeli Bedenler</t>
+          <t>Sırtında Sepeti</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059801614</t>
+          <t>9786059801706</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Tutunanlar</t>
+          <t>Toplumu Açıklamak</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>440</v>
+        <v>390</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059801591</t>
+          <t>9786059801713</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Paradoks Kaçış</t>
+          <t>Briç - Etkili Yer Oyunu</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059801577</t>
+          <t>9786059801645</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Selam Yollarına</t>
+          <t>Max Weber'in Karşılaştırmalı -  Tarihsel Sosyoloji</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059801560</t>
+          <t>9786059801621</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Max Weber</t>
+          <t>Beyaz Yakalı Yaşam Tarzları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059801539</t>
+          <t>9786059801607</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Spiritüaliteyi Keşfetmek</t>
+          <t>Dövmeli Bedenler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059801553</t>
+          <t>9786059801614</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 4 Sayı: 11 - Mart 2017</t>
+          <t>Tutunanlar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>385</v>
+        <v>440</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059801522</t>
+          <t>9786059801591</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bir Huzur Armağanı</t>
+          <t>Paradoks Kaçış</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059801461</t>
+          <t>9786059801577</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Fihi Ma - Fih İçindekiler İçindedir</t>
+          <t>Selam Yollarına</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>570</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059801515</t>
+          <t>9786059801560</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Rasyonalitenin Sınırları</t>
+          <t>Max Weber</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059801485</t>
+          <t>9786059801539</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Son</t>
+          <t>Spiritüaliteyi Keşfetmek</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059801492</t>
+          <t>9786059801553</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sözüm New York’tan İçeri</t>
+          <t>Kampfplatz Cilt: 4 Sayı: 11 - Mart 2017</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>385</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059801447</t>
+          <t>9786059801522</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Giderayak</t>
+          <t>Bir Huzur Armağanı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059801430</t>
+          <t>9786059801461</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Cebeci</t>
+          <t>Fihi Ma - Fih İçindekiler İçindedir</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>275</v>
+        <v>570</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059801454</t>
+          <t>9786059801515</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Rastlantının Kamburu</t>
+          <t>Rasyonalitenin Sınırları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>385</v>
+        <v>225</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059801416</t>
+          <t>9786059801485</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Buruk Şenlik</t>
+          <t>İlk ve Son</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059801409</t>
+          <t>9786059801492</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Modernlik Kehanetleri</t>
+          <t>Sözüm New York’tan İçeri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059801317</t>
+          <t>9786059801447</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Politik Aklın Eleştirisi: Foucault'nun Modern Yönetimsellik Çözümlemesi</t>
+          <t>Giderayak</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>510</v>
+        <v>240</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059801393</t>
+          <t>9786059801430</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kongo Savaşları</t>
+          <t>Cebeci</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059801379</t>
+          <t>9786059801454</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Senden Gitmeme Çeyrek Var</t>
+          <t>Rastlantının Kamburu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>385</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059801386</t>
+          <t>9786059801416</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bilim Savaşları</t>
+          <t>Buruk Şenlik</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059801362</t>
+          <t>9786059801409</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Modern Siyasal Düşüncenin Temelleri</t>
+          <t>Modernlik Kehanetleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>560</v>
+        <v>300</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059801348</t>
+          <t>9786059801317</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kent Fragmanları</t>
+          <t>Politik Aklın Eleştirisi: Foucault'nun Modern Yönetimsellik Çözümlemesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>350</v>
+        <v>510</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059801331</t>
+          <t>9786059801393</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Soldan Geriye Ne Kaldı?</t>
+          <t>Kongo Savaşları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059801300</t>
+          <t>9786059801379</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Adığey'de Devletleşme Süreçleri ve Ulusal Sorun</t>
+          <t>Senden Gitmeme Çeyrek Var</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059801324</t>
+          <t>9786059801386</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Esenlik Arayışı</t>
+          <t>Bilim Savaşları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>175</v>
+        <v>550</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059801287</t>
+          <t>9786059801362</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İçten Dışa</t>
+          <t>Modern Siyasal Düşüncenin Temelleri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>3990000059632</t>
+          <t>9786059801348</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 4 Sayı: 10 - Mart 2016</t>
+          <t>Kent Fragmanları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>385</v>
+        <v>350</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055738785</t>
+          <t>9786059801331</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Oluk</t>
+          <t>Soldan Geriye Ne Kaldı?</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>225</v>
+        <v>600</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054657353</t>
+          <t>9786059801300</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Sayı: 2</t>
+          <t>Adığey'de Devletleşme Süreçleri ve Ulusal Sorun</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>385</v>
+        <v>290</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054657131</t>
+          <t>9786059801324</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Sayı: 1</t>
+          <t>Esenlik Arayışı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>385</v>
+        <v>175</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055738389</t>
+          <t>9786059801287</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kalaylı Pusu</t>
+          <t>İçten Dışa</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789944931304</t>
+          <t>3990000059632</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Poetika</t>
+          <t>Kampfplatz Cilt: 4 Sayı: 10 - Mart 2016</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>200</v>
+        <v>385</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789756565964</t>
+          <t>9786055738785</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Pas</t>
+          <t>Oluk</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>310</v>
+        <v>225</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059801140</t>
+          <t>9786054657353</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İklim Değişikliği Siyaseti</t>
+          <t>Kampfplatz Sayı: 2</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>650</v>
+        <v>385</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059801157</t>
+          <t>9786054657131</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrasi Kuramı</t>
+          <t>Kampfplatz Sayı: 1</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>470</v>
+        <v>385</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059801133</t>
+          <t>9786055738389</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>What Went Wrong in Turkey?</t>
+          <t>Kalaylı Pusu</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>245</v>
+        <v>75</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059801027</t>
+          <t>9789944931304</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Bitişim</t>
+          <t>Poetika</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059801171</t>
+          <t>9789756565964</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Közlü Yürekler (Öyküler)</t>
+          <t>Pas</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059801119</t>
+          <t>9786059801140</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Paradoks</t>
+          <t>Türkiye'de İklim Değişikliği Siyaseti</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059801126</t>
+          <t>9786059801157</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Canayakın Şiirler</t>
+          <t>Sosyal Demokrasi Kuramı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>165</v>
+        <v>470</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059801188</t>
+          <t>9786059801133</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Düşün Hisset İyileş (CD'li)</t>
+          <t>What Went Wrong in Turkey?</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059801096</t>
+          <t>9786059801027</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Sökmek</t>
+          <t>Kişisel Bitişim</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059801089</t>
+          <t>9786059801171</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazarlardan Edebiyat Eleştirileri</t>
+          <t>Közlü Yürekler (Öyküler)</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059801058</t>
+          <t>9786059801119</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Büyüme ve Bölüşüm</t>
+          <t>Paradoks</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>455</v>
+        <v>230</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059801102</t>
+          <t>9786059801126</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 3 Sayı: 9 - Temmuz 2015</t>
+          <t>Canayakın Şiirler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>385</v>
+        <v>165</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059801010</t>
+          <t>9786059801188</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Artık Tam Zamanı</t>
+          <t>Düşün Hisset İyileş (CD'li)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059801065</t>
+          <t>9786059801096</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel Sosyoloji</t>
+          <t>Tarihi Sökmek</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059801041</t>
+          <t>9786059801089</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hegemonya ve Politik Toplum</t>
+          <t>Yaratıcı Yazarlardan Edebiyat Eleştirileri</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054657971</t>
+          <t>9786059801058</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bir Gözyaşı Bir Gülümseme</t>
+          <t>Büyüme ve Bölüşüm</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>455</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054657940</t>
+          <t>9786059801102</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 3 Sayı: 8 - Şubat 2015</t>
+          <t>Kampfplatz Cilt: 3 Sayı: 9 - Temmuz 2015</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054657933</t>
+          <t>9786059801010</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kişer Pari Mama</t>
+          <t>Artık Tam Zamanı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054657926</t>
+          <t>9786059801065</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Meditasyon</t>
+          <t>İlişkisel Sosyoloji</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055738396</t>
+          <t>9786059801041</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Okumak</t>
+          <t>Hegemonya ve Politik Toplum</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789944931632</t>
+          <t>9786054657971</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gece Bufalosu</t>
+          <t>Bir Gözyaşı Bir Gülümseme</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>300</v>
+        <v>455</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054657872</t>
+          <t>9786054657940</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürcülük</t>
+          <t>Kampfplatz Cilt: 3 Sayı: 8 - Şubat 2015</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>360</v>
+        <v>385</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054657896</t>
+          <t>9786054657933</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Slavoj Zizek</t>
+          <t>Kişer Pari Mama</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>410</v>
+        <v>225</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054657889</t>
+          <t>9786054657926</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 3 Sayı: 7 - Ekim 2014</t>
+          <t>Meditasyon</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>385</v>
+        <v>240</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054657551</t>
+          <t>9786055738396</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Giorgio Agamben</t>
+          <t>Geçmişi Okumak</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059801232</t>
+          <t>9789944931632</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Benim Yolum Xabze</t>
+          <t>Gece Bufalosu</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054657841</t>
+          <t>9786054657872</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Müzik Yapımı</t>
+          <t>Çokkültürcülük</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054657834</t>
+          <t>9786054657896</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Müziğin Karşılaştırılması</t>
+          <t>Slavoj Zizek</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054657797</t>
+          <t>9786054657889</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Soykırım Yıllarında Çocuklar ve Oyun</t>
+          <t>Kampfplatz Cilt: 3 Sayı: 7 - Ekim 2014</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>310</v>
+        <v>385</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054657810</t>
+          <t>9786054657551</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sekans Sinema Yazıları Seçkisi - 10</t>
+          <t>Giorgio Agamben</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789756565735</t>
+          <t>9786059801232</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Farkın Yapısökümü</t>
+          <t>Benim Yolum Xabze</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789944931694</t>
+          <t>9786054657841</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kirpi ile Ateşböcekleri</t>
+          <t>Müzik Yapımı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789944931625</t>
+          <t>9786054657834</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’nda Çocuklar</t>
+          <t>Dil ve Müziğin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054657483</t>
+          <t>9786054657797</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kriz ve Türkiye</t>
+          <t>Soykırım Yıllarında Çocuklar ve Oyun</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>540</v>
+        <v>310</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054657773</t>
+          <t>9786054657810</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Ütopya</t>
+          <t>Sekans Sinema Yazıları Seçkisi - 10</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054657780</t>
+          <t>9789756565735</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Küresel Ekonomi Politik</t>
+          <t>Kültürel Farkın Yapısökümü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054657803</t>
+          <t>9789944931694</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Küçük Kirpi ile Ateşböcekleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054657568</t>
+          <t>9789944931625</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Van Üçlemesi</t>
+          <t>Kurtuluş Savaşı’nda Çocuklar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>385</v>
+        <v>240</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054657667</t>
+          <t>9786054657483</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hayırların Mühendisi</t>
+          <t>Kriz ve Türkiye</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>360</v>
+        <v>540</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054657674</t>
+          <t>9786054657773</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Valizli Kadın</t>
+          <t>Ezeli Ütopya</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059801218</t>
+          <t>9786054657780</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Radikal İslam'ın Söylemi</t>
+          <t>Emperyalizm ve Küresel Ekonomi Politik</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>325</v>
+        <v>440</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059801195</t>
+          <t>9786054657803</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Öteki Muhafazakarlık</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059801201</t>
+          <t>9786054657568</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Çöküşten Sonra İlerici Siyaset</t>
+          <t>Van Üçlemesi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>410</v>
+        <v>385</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054657759</t>
+          <t>9786054657667</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 2 Sayı: 6 - Haziran 2014</t>
+          <t>Hayırların Mühendisi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>385</v>
+        <v>360</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054657735</t>
+          <t>9786054657674</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Dansları ve Halk Dansları Üzerine Genel Değerlendirmeler</t>
+          <t>Kızıl Valizli Kadın</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>570</v>
+        <v>240</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054657766</t>
+          <t>9786059801218</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Sosyolojisi</t>
+          <t>Radikal İslam'ın Söylemi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>475</v>
+        <v>325</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054657704</t>
+          <t>9786059801195</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 2 Sayı: 5 - Şubat 2014</t>
+          <t>Öteki Muhafazakarlık</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>385</v>
+        <v>410</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054657544</t>
+          <t>9786059801201</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Hint Mitleri</t>
+          <t>Çöküşten Sonra İlerici Siyaset</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055738747</t>
+          <t>9786054657759</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Tekel Eylemine Kenar Notları</t>
+          <t>Kampfplatz Cilt: 2 Sayı: 6 - Haziran 2014</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>360</v>
+        <v>385</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789756565957</t>
+          <t>9786054657735</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Şiir Irmakları</t>
+          <t>Anadolu Halk Dansları ve Halk Dansları Üzerine Genel Değerlendirmeler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>310</v>
+        <v>570</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789944931885</t>
+          <t>9786054657766</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Suyumuz Tükenmesin</t>
+          <t>Ölüm Sosyolojisi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>165</v>
+        <v>475</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055738006</t>
+          <t>9786054657704</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sokak Siyaseti</t>
+          <t>Kampfplatz Cilt: 2 Sayı: 5 - Şubat 2014</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>360</v>
+        <v>385</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054657360</t>
+          <t>9786054657544</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrasında Karadeniz</t>
+          <t>Hint Mitleri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054657070</t>
+          <t>9786055738747</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Öncelliği</t>
+          <t>Tekel Eylemine Kenar Notları</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>408</v>
+        <v>360</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055738488</t>
+          <t>9789756565957</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İslam, Eşitlik ve Sosyal Adalet</t>
+          <t>Şiir Irmakları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054657698</t>
+          <t>9789944931885</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Cumhuriyete Bir Cemiyet Kadını: Nakiye Elgün</t>
+          <t>Suyumuz Tükenmesin</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>310</v>
+        <v>165</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054657681</t>
+          <t>9786055738006</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Yine Tatil</t>
+          <t>Sokak Siyaseti</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054657612</t>
+          <t>9786054657360</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 2 Sayı: 4 - Eylül 2013</t>
+          <t>Soğuk Savaş Sonrasında Karadeniz</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>385</v>
+        <v>310</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054657605</t>
+          <t>9786054657070</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Gündelik Hayat</t>
+          <t>Siyasetin Öncelliği</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>360</v>
+        <v>408</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054657629</t>
+          <t>9786055738488</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Solun Trajedisi</t>
+          <t>İslam, Eşitlik ve Sosyal Adalet</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059801249</t>
+          <t>9786054657698</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Damgalanan Mekanda Yaşam: Bir Kentin 'Öteki'si Olmak</t>
+          <t>Osmanlıdan Cumhuriyete Bir Cemiyet Kadını: Nakiye Elgün</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055738693</t>
+          <t>9786054657681</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Karanfiller Ölürken</t>
+          <t>Eyvah Yine Tatil</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059801256</t>
+          <t>9786054657612</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Değişen Karadeniz'i Anlamak</t>
+          <t>Kampfplatz Cilt: 2 Sayı: 4 - Eylül 2013</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>510</v>
+        <v>385</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059801225</t>
+          <t>9786054657605</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Sosyolojisi</t>
+          <t>Kültür ve Gündelik Hayat</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059801072</t>
+          <t>9786054657629</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Lazca Deyimler ve Atasözleri Sözlüğü</t>
+          <t>Türkiye'de Solun Trajedisi</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054657148</t>
+          <t>9786059801249</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Metromarksizm</t>
+          <t>Damgalanan Mekanda Yaşam: Bir Kentin 'Öteki'si Olmak</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>410</v>
+        <v>360</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055738334</t>
+          <t>9786055738693</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Memleket Şairi Nabi Üçüncüoğlu</t>
+          <t>Karanfiller Ölürken</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789756565407</t>
+          <t>9786059801256</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Düşleri</t>
+          <t>Değişen Karadeniz'i Anlamak</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>275</v>
+        <v>510</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054657445</t>
+          <t>9786059801225</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Makro ve Yakın Plan Fotoğrafçılığı</t>
+          <t>Televizyon Sosyolojisi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789944931786</t>
+          <t>9786059801072</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun İki Yüzü: Hastalık ve Sağlık</t>
+          <t>Lazca Deyimler ve Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055782177</t>
+          <t>9786054657148</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Macaristan ve Türkiye’nin AB’ye Uyum Süreci</t>
+          <t>Metromarksizm</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054657049</t>
+          <t>9786055738334</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika’da Radikal Sosyal Demokrasi Deneyimleri</t>
+          <t>Memleket Şairi Nabi Üçüncüoğlu</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>410</v>
+        <v>275</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054657216</t>
+          <t>9789756565407</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneci Sincap</t>
+          <t>Meleklerin Düşleri</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>155</v>
+        <v>275</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789944931601</t>
+          <t>9786054657445</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Dünyada Avrupa Birliği</t>
+          <t>Makro ve Yakın Plan Fotoğrafçılığı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>570</v>
+        <v>400</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054657025</t>
+          <t>9789944931786</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Küresel Güney’de Sosyal Demokrasi</t>
+          <t>Madalyonun İki Yüzü: Hastalık ve Sağlık</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>485</v>
+        <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054657278</t>
+          <t>9786055782177</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Koydan Çıkarken</t>
+          <t>Macaristan ve Türkiye’nin AB’ye Uyum Süreci</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>3990000003627</t>
+          <t>9786054657049</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kirli Mikrop ile Zararlı Mikrop</t>
+          <t>Latin Amerika’da Radikal Sosyal Demokrasi Deneyimleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>160</v>
+        <v>410</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789944931724</t>
+          <t>9786054657216</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Beyazgül</t>
+          <t>Kütüphaneci Sincap</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054657438</t>
+          <t>9789944931601</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Fırıldak</t>
+          <t>Küreselleşen Dünyada Avrupa Birliği</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>240</v>
+        <v>570</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055738204</t>
+          <t>9786054657025</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Deniz</t>
+          <t>Küresel Güney’de Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>485</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055738150</t>
+          <t>9786054657278</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kırık Dökük Adamlar</t>
+          <t>Koydan Çıkarken</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055738563</t>
+          <t>3990000003627</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçeği</t>
+          <t>Kirli Mikrop ile Zararlı Mikrop</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944931649</t>
+          <t>9789944931724</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Koç</t>
+          <t>Kızılderili Beyazgül</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789944931960</t>
+          <t>9786054657438</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Karanlıklar Hakimi</t>
+          <t>Kırmızı Fırıldak</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789756565261</t>
+          <t>9786055738204</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Ev</t>
+          <t>Kırmızı Deniz</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789944931243</t>
+          <t>9786055738150</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kara İstanbul</t>
+          <t>Kırık Dökük Adamlar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054657018</t>
+          <t>9786055738563</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Sosyal Demokrasi</t>
+          <t>Kır Çiçeği</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>410</v>
+        <v>190</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055738587</t>
+          <t>9789944931649</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist İdeoloji</t>
+          <t>Kınalı Koç</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9799944931099</t>
+          <t>9789944931960</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kapital’in Ötesi Marx ve İşçi Sınıfının Politik İktisadı</t>
+          <t>Karanlıklar Hakimi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789944931564</t>
+          <t>9789756565261</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kapı Gibi ÖSS Soruları</t>
+          <t>Karanlık Ev</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789944931731</t>
+          <t>9789944931243</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kapadokyalı Çamur Ustası</t>
+          <t>Kara İstanbul</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789944931861</t>
+          <t>9786054657018</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kanguru Trafikte</t>
+          <t>Kapitalizm ve Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>165</v>
+        <v>410</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054657452</t>
+          <t>9786055738587</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Sayı: 3</t>
+          <t>Kapitalist İdeoloji</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>385</v>
+        <v>300</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944931335</t>
+          <t>9799944931099</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Rousseau ve Uluslararası İlişkiler</t>
+          <t>Kapital’in Ötesi Marx ve İşçi Sınıfının Politik İktisadı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944931670</t>
+          <t>9789944931564</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci Tavşan</t>
+          <t>Kapı Gibi ÖSS Soruları</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789756565131</t>
+          <t>9789944931731</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İşte O Adam</t>
+          <t>Kapadokyalı Çamur Ustası</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054657087</t>
+          <t>9789944931861</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Öyküleri</t>
+          <t>Kanguru Trafikte</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789756565155</t>
+          <t>9786054657452</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yolu</t>
+          <t>Kampfplatz Sayı: 3</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>325</v>
+        <v>385</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055738419</t>
+          <t>9789944931335</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Psikiyatri</t>
+          <t>Rousseau ve Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789756565278</t>
+          <t>9789944931670</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Basını ve Atatürk’ün Türkiyesi</t>
+          <t>İtfaiyeci Tavşan</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>310</v>
+        <v>155</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789756565834</t>
+          <t>9789756565131</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>İllegal Aşk</t>
+          <t>İşte O Adam</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055738891</t>
+          <t>9786054657087</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İktisada Dokunmak</t>
+          <t>İstanbul Öyküleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054657056</t>
+          <t>9789756565155</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İktidarda Sosyal Demokrasi</t>
+          <t>İnsanın Yolu</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>485</v>
+        <v>325</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789756565186</t>
+          <t>9786055738419</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İfade, Medya ve Etik</t>
+          <t>İnsan ve Psikiyatri</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944931953</t>
+          <t>9789756565278</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Islak Bölgeler</t>
+          <t>İngiliz Basını ve Atatürk’ün Türkiyesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944931946</t>
+          <t>9789756565834</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Hunlar</t>
+          <t>İllegal Aşk</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>390</v>
+        <v>165</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9799944931037</t>
+          <t>9786055738891</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Hitleri Öldüren Adam</t>
+          <t>İktisada Dokunmak</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789756565070</t>
+          <t>9786054657056</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Dünyamızdan Daha İlginç Değil 365 Bilimsel Gerçek, Keşif ve Buluş</t>
+          <t>İktidarda Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>310</v>
+        <v>485</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944931502</t>
+          <t>9789756565186</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hegel’in Uluslararası İlişkiler Kuramı: Dünya Tini, Devlet ve Savaş</t>
+          <t>İfade, Medya ve Etik</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786055738228</t>
+          <t>9789944931953</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Hataylı İki Aşık Kamil Sarıateş ve Osman Telli</t>
+          <t>Islak Bölgeler</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944931809</t>
+          <t>9789944931946</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Giyotin Takımı</t>
+          <t>Hunlar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789756565209</t>
+          <t>9799944931037</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Garnethill</t>
+          <t>Hitleri Öldüren Adam</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>470</v>
+        <v>165</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786055738211</t>
+          <t>9789756565070</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Firavun’dan Mata Hari’ye Entrikacılar ve Casuslar</t>
+          <t>Hiçbir Şey Dünyamızdan Daha İlginç Değil 365 Bilimsel Gerçek, Keşif ve Buluş</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789756565988</t>
+          <t>9789944931502</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Film Çeviriyorum Abi</t>
+          <t>Hegel’in Uluslararası İlişkiler Kuramı: Dünya Tini, Devlet ve Savaş</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786055738914</t>
+          <t>9786055738228</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Feminizm</t>
+          <t>Hataylı İki Aşık Kamil Sarıateş ve Osman Telli</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9799944931082</t>
+          <t>9789944931809</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Excalibur - Savaş Lordu Yıllıkları: 3</t>
+          <t>Giyotin Takımı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>408</v>
+        <v>230</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789944931496</t>
+          <t>9789756565209</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Eşek, Öküz ve İnek Kaset Dolduruyor</t>
+          <t>Garnethill</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>155</v>
+        <v>470</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789944931922</t>
+          <t>9786055738211</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Tatlı Dili</t>
+          <t>Firavun’dan Mata Hari’ye Entrikacılar ve Casuslar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>165</v>
+        <v>310</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786055738815</t>
+          <t>9789756565988</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Emperyalist Çağda Modernleşme</t>
+          <t>Film Çeviriyorum Abi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>360</v>
+        <v>245</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789756565803</t>
+          <t>9786055738914</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Elminster’ın Cezbedilişi</t>
+          <t>Feminizm</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789756565759</t>
+          <t>9799944931082</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Elminster Myth Drannor’da</t>
+          <t>Excalibur - Savaş Lordu Yıllıkları: 3</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>400</v>
+        <v>408</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944931281</t>
+          <t>9789944931496</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Elit Sosyolojisi</t>
+          <t>Eşek, Öküz ve İnek Kaset Dolduruyor</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>245</v>
+        <v>155</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789756565728</t>
+          <t>9789944931922</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Eğer’den Meğer’e Ütopya Karşısında Türk Romanı</t>
+          <t>Eşeğin Tatlı Dili</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789756565483</t>
+          <t>9786055738815</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler - 2</t>
+          <t>Emperyalist Çağda Modernleşme</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786055738242</t>
+          <t>9789756565803</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları 2000-2010</t>
+          <t>Elminster’ın Cezbedilişi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789756565643</t>
+          <t>9789756565759</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Diyardaki Bela</t>
+          <t>Elminster Myth Drannor’da</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>525</v>
+        <v>400</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944931236</t>
+          <t>9789944931281</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hümayun</t>
+          <t>Elit Sosyolojisi</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789944931441</t>
+          <t>9789756565728</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Dinler Kavga Aracı mıdır?</t>
+          <t>Eğer’den Meğer’e Ütopya Karşısında Türk Romanı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786055738259</t>
+          <t>9789756565483</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Martı</t>
+          <t>Efsaneler - 2</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789756565612</t>
+          <t>9786055738242</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Değişim Sürecinde Bir Osmanlı Kenti: Kudüs (1890-1914)</t>
+          <t>Edebiyat Yazıları 2000-2010</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789756565674</t>
+          <t>9789756565643</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünyada Rusya ve Ukrayna</t>
+          <t>Diyardaki Bela</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>470</v>
+        <v>525</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789756565926</t>
+          <t>9789944931236</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Çingene Çadırında Bahar - Buluta Çizilen Resim</t>
+          <t>Divan-ı Hümayun</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>165</v>
+        <v>245</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944931939</t>
+          <t>9789944931441</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Çırak</t>
+          <t>Dinler Kavga Aracı mıdır?</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789944931403</t>
+          <t>9786055738259</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Çevrenin İmparatorluğu Rusya ve Dünya Sistemi</t>
+          <t>Dilsiz Martı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>485</v>
+        <v>310</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789944931274</t>
+          <t>9789756565612</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’de Ne Oldu?</t>
+          <t>Değişim Sürecinde Bir Osmanlı Kenti: Kudüs (1890-1914)</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789944931588</t>
+          <t>9789756565674</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Üniversite mi Medrese mi?</t>
+          <t>Değişen Dünyada Rusya ve Ukrayna</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>275</v>
+        <v>470</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789944931311</t>
+          <t>9789756565926</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türkiye Tarihi</t>
+          <t>Çingene Çadırında Bahar - Buluta Çizilen Resim</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789944931175</t>
+          <t>9789944931939</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İtalyan Edebiyatından Fantastik Öyküler</t>
+          <t>Çırak</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786055738365</t>
+          <t>9789944931403</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Öncü Sanayicisi İzzet Baysal</t>
+          <t>Çevrenin İmparatorluğu Rusya ve Dünya Sistemi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>240</v>
+        <v>485</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055738181</t>
+          <t>9789944931274</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Cennetin İblisleri</t>
+          <t>Çanakkale’de Ne Oldu?</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789756565179</t>
+          <t>9789944931588</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Büyücüavcısı Unutulmuş Diyarlar Danışmanlar ve Krallar 1. Kitap</t>
+          <t>Çağdaş Üniversite mi Medrese mi?</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055738921</t>
+          <t>9789944931311</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Burası Ankara</t>
+          <t>Çağdaş Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054657186</t>
+          <t>9789944931175</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Bolivya Anayasası: Hukuk, Demokrasi, Özerklik</t>
+          <t>Çağdaş İtalyan Edebiyatından Fantastik Öyküler</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789944931366</t>
+          <t>9786055738365</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Boğazlar Meselesi ve Çanakkale Deniz Savaşı’nda Türk Zaferi</t>
+          <t>Cumhuriyetin Öncü Sanayicisi İzzet Baysal</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944931427</t>
+          <t>9786055738181</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Birinci Meclisin İçki Yasağı Men-i Müskirat Kanunu</t>
+          <t>Cennetin İblisleri</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786055738068</t>
+          <t>9789756565179</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Bir Acayip Öfke</t>
+          <t>Büyücüavcısı Unutulmuş Diyarlar Danışmanlar ve Krallar 1. Kitap</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789944931120</t>
+          <t>9786055738921</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Batı Avrupa’da Milliyetçiliğin Gelişimi</t>
+          <t>Burası Ankara</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786055738952</t>
+          <t>9786054657186</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bab-ı Zaman</t>
+          <t>Bolivya Anayasası: Hukuk, Demokrasi, Özerklik</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054657063</t>
+          <t>9789944931366</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Solun Geleceği</t>
+          <t>Boğazlar Meselesi ve Çanakkale Deniz Savaşı’nda Türk Zaferi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786055738471</t>
+          <t>9789944931427</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’ne Üyelik Sürecinin Örgütlenmesi</t>
+          <t>Birinci Meclisin İçki Yasağı Men-i Müskirat Kanunu</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054657155</t>
+          <t>9786055738068</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Attila İlhan’ın Siyasal Düşüncesi</t>
+          <t>Bir Acayip Öfke</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>385</v>
+        <v>295</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944931854</t>
+          <t>9789944931120</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Atilla’nın Kılıcı</t>
+          <t>Batı Avrupa’da Milliyetçiliğin Gelişimi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789944931021</t>
+          <t>9786055738952</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Halk Deyimleri Işığında Türk İnsanı</t>
+          <t>Bab-ı Zaman</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789756565889</t>
+          <t>9786054657063</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Ankara ve Lozan Arasında</t>
+          <t>Avrupa’da Solun Geleceği</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789756565339</t>
+          <t>9786055738471</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Kısa Öyküleri</t>
+          <t>Avrupa Birliği’ne Üyelik Sürecinin Örgütlenmesi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055738075</t>
+          <t>9786054657155</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>AKP Kitabı</t>
+          <t>Attila İlhan’ın Siyasal Düşüncesi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>700</v>
+        <v>385</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789756565476</t>
+          <t>9789944931854</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>120 Filmde Seyrialem</t>
+          <t>Atilla’nın Kılıcı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>385</v>
+        <v>165</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054657377</t>
+          <t>9789944931021</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Penceresinden</t>
+          <t>Atasözleri ve Halk Deyimleri Işığında Türk İnsanı</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>3990000029704</t>
+          <t>9789756565889</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Yuvasından Kaçan Kedi</t>
+          <t>Ankara ve Lozan Arasında</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>165</v>
+        <v>500</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055738877</t>
+          <t>9789756565339</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşlığın Kıyısında Aleviler</t>
+          <t>Amerikan Kısa Öyküleri</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789944931014</t>
+          <t>9786055738075</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Yunan Bağımsızlık Savaşı’nda Sakız Adası</t>
+          <t>AKP Kitabı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>310</v>
+        <v>700</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786055738310</t>
+          <t>9789756565476</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Yönetmenlerin İzinde Macar Sineması</t>
+          <t>120 Filmde Seyrialem</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>240</v>
+        <v>385</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789944931762</t>
+          <t>9786054657377</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Yonca Perisi</t>
+          <t>Yüreğimin Penceresinden</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>155</v>
+        <v>240</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789944931359</t>
+          <t>3990000029704</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Yok Oluşum</t>
+          <t>Yuvasından Kaçan Kedi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055738501</t>
+          <t>9786055738877</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sol Yeni Sağ</t>
+          <t>Yurttaşlığın Kıyısında Aleviler</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>485</v>
+        <v>440</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055738327</t>
+          <t>9789944931014</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yeni Küresel Ekonomik Düzensizlik</t>
+          <t>Yunan Bağımsızlık Savaşı’nda Sakız Adası</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054657339</t>
+          <t>9786055738310</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeninde Rusya - Çin İlişkileri</t>
+          <t>Yönetmenlerin İzinde Macar Sineması</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786055738884</t>
+          <t>9789944931762</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Efsane Xabze</t>
+          <t>Yonca Perisi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>390</v>
+        <v>155</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055738013</t>
+          <t>9789944931359</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Yalana Övgü</t>
+          <t>Yok Oluşum</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>305</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789756325124</t>
+          <t>9786055738501</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kurtuluş Savaşı Dönemi İngiltere ve Türkiye  (1919-1922)</t>
+          <t>Yeni Sol Yeni Sağ</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>310</v>
+        <v>485</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055738648</t>
+          <t>9786055738327</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sağ Örgütler</t>
+          <t>Yeni Küresel Ekonomik Düzensizlik</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055738945</t>
+          <t>9786054657339</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kayıtdışı Ekonomi, Yolsuzluk Siyasetin Finansmanı</t>
+          <t>Yeni Dünya Düzeninde Rusya - Çin İlişkileri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>275</v>
+        <v>310</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055738860</t>
+          <t>9786055738884</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Öğrenci Hareketlerinden Mekansal Bir Kesit Kantindeki Politik Ekonomi</t>
+          <t>Yaşayan Efsane Xabze</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>410</v>
+        <v>390</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055738044</t>
+          <t>9786055738013</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - AB İlişkileri Nereye Gidiyor?</t>
+          <t>Yalana Övgü</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>390</v>
+        <v>305</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054657407</t>
+          <t>9789756325124</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinema Tarihinden Fragmanlar (1896-1945)</t>
+          <t>Ulusal Kurtuluş Savaşı Dönemi İngiltere ve Türkiye  (1919-1922)</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789944931342</t>
+          <t>9786055738648</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanının Oluşumu</t>
+          <t>Türkiye’de Sağ Örgütler</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789944931892</t>
+          <t>9786055738945</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Tutumlu Kırkayak Fanti</t>
+          <t>Türkiye’de Kayıtdışı Ekonomi, Yolsuzluk Siyasetin Finansmanı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789944931847</t>
+          <t>9786055738860</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Truva Hazineleri</t>
+          <t>Türkiye Öğrenci Hareketlerinden Mekansal Bir Kesit Kantindeki Politik Ekonomi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055738402</t>
+          <t>9786055738044</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Hain Çerkesler</t>
+          <t>Türkiye - AB İlişkileri Nereye Gidiyor?</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055738983</t>
+          <t>9786054657407</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Tarih: Ne ve Neden</t>
+          <t>Türk Sinema Tarihinden Fragmanlar (1896-1945)</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9799944931044</t>
+          <t>9789944931342</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Söylemler ve Temsiller Fransızlar Türkleri Nasıl Anımsıyor ya da Fransız İmgeleminde Türkiye</t>
+          <t>Türk Romanının Oluşumu</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>385</v>
+        <v>600</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055738709</t>
+          <t>9789944931892</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilikten Küreselleşmeye Siyasetin Pragmatik Temelleri</t>
+          <t>Tutumlu Kırkayak Fanti</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944931779</t>
+          <t>9789944931847</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayat ve Çatışma</t>
+          <t>Truva Hazineleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055738631</t>
+          <t>9786055738402</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrasi İdeolojisi</t>
+          <t>Tarihteki Hain Çerkesler</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054657032</t>
+          <t>9786055738983</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrasi Dönemi</t>
+          <t>Tarih: Ne ve Neden</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>440</v>
+        <v>310</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789756565919</t>
+          <t>9799944931044</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Siyasal ve Bellek Platon’da Anımsama Platon’u Anımsama</t>
+          <t>Söylemler ve Temsiller Fransızlar Türkleri Nasıl Anımsıyor ya da Fransız İmgeleminde Türkiye</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>310</v>
+        <v>385</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789756565568</t>
+          <t>9786055738709</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Sioux Halkının Son Günleri</t>
+          <t>Sömürgecilikten Küreselleşmeye Siyasetin Pragmatik Temelleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786055738198</t>
+          <t>9789944931779</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Tatil</t>
+          <t>Sosyal Hayat ve Çatışma</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055738556</t>
+          <t>9786055738631</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sırtımdaki Semer</t>
+          <t>Sosyal Demokrasi İdeolojisi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786055738358</t>
+          <t>9786054657032</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik Makinesi</t>
+          <t>Sosyal Demokrasi Dönemi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789944931977</t>
+          <t>9789756565919</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Serçe Kral</t>
+          <t>Siyasal ve Bellek Platon’da Anımsama Platon’u Anımsama</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>155</v>
+        <v>310</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054657469</t>
+          <t>9789756565568</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Sekans Sinema Yazıları Seçkisi - 8</t>
+          <t>Sioux Halkının Son Günleri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055738051</t>
+          <t>9786055738198</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Savaşı Anlamak</t>
+          <t>Sihirli Tatil</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054657384</t>
+          <t>9786055738556</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Salkım Saçak Keldağ</t>
+          <t>Sırtımdaki Semer</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789756565223</t>
+          <t>9786055738358</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Sobe</t>
+          <t>Sessizlik Makinesi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944931823</t>
+          <t>9789944931977</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Efendisi</t>
+          <t>Serçe Kral</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>155</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786055738372</t>
+          <t>9786054657469</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Rus Mitleri</t>
+          <t>Sekans Sinema Yazıları Seçkisi - 8</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786054657476</t>
+          <t>9786055738051</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Rahman</t>
+          <t>Savaşı Anlamak</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>240</v>
+        <v>385</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055738143</t>
+          <t>9786054657384</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ömrün Çetelesi Tutulmaz</t>
+          <t>Salkım Saçak Keldağ</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789944931663</t>
+          <t>9789756565223</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Tatlı Kokusu</t>
+          <t>Sağım Solum Sobe</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789944931700</t>
+          <t>9789944931823</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklar Tiyatrosu</t>
+          <t>Rüzgarın Efendisi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789944931656</t>
+          <t>9786055738372</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Otuzbeş Yıllık Göç ve Bürokrasi Tanıklıklarım</t>
+          <t>Rus Mitleri</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789944931250</t>
+          <t>9786054657476</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukukunda Zulüm Kavramı</t>
+          <t>Rahman</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9799944931075</t>
+          <t>9786055738143</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Orta Sınıfın İsyanı</t>
+          <t>Ömrün Çetelesi Tutulmaz</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>310</v>
+        <v>165</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789944931717</t>
+          <t>9789944931663</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Ağıtı</t>
+          <t>Ölümün Tatlı Kokusu</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>155</v>
+        <v>240</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789944931984</t>
+          <t>9789944931700</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Şenlik</t>
+          <t>Oyuncaklar Tiyatrosu</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789944931991</t>
+          <t>9789944931656</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Orman Radyosu</t>
+          <t>Otuzbeş Yıllık Göç ve Bürokrasi Tanıklıklarım</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>155</v>
+        <v>360</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054657261</t>
+          <t>9789944931250</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Neye Yarar Hatıralar?</t>
+          <t>Osmanlı Hukukunda Zulüm Kavramı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789756565971</t>
+          <t>9799944931075</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Mor Tesadüfler</t>
+          <t>Orta Sınıfın İsyanı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789756565285</t>
+          <t>9789944931717</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Modern İnsanın Yabancılaşması Marx’a ve Tönnies’ye Dayalı Bir Yorum</t>
+          <t>Ormanın Ağıtı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>240</v>
+        <v>155</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789944931182</t>
+          <t>9789944931984</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Modern İbrani Edebiyatı Tarihi</t>
+          <t>Ormanda Şenlik</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>360</v>
+        <v>155</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
+          <t>9789944931991</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Orman Radyosu</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786054657261</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Neye Yarar Hatıralar?</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9789756565971</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Mor Tesadüfler</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9789756565285</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Modern İnsanın Yabancılaşması Marx’a ve Tönnies’ye Dayalı Bir Yorum</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9789944931182</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Modern İbrani Edebiyatı Tarihi</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
           <t>9786055738037</t>
         </is>
       </c>
-      <c r="B408" s="1" t="inlineStr">
+      <c r="B413" s="1" t="inlineStr">
         <is>
           <t>Misafir İşçilikten Etnik Azınlığa Belçika ’daki Türkler</t>
         </is>
       </c>
-      <c r="C408" s="1">
+      <c r="C413" s="1">
         <v>325</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>