--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,6220 +85,6310 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057789754</t>
+          <t>9786057789785</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dünya'da Delilik Osmanlı'da Divanelik</t>
+          <t>Kurt Adamlarla Aşkın Kuralları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057789808</t>
+          <t>9786057789778</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mikro-Faşizm</t>
+          <t>Bir Vampirle Aşk Oyunu Nasıl Oynanır?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057789747</t>
+          <t>9786057789761</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ayaz</t>
+          <t>Modern Kızın Sihir Rehberi</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057789730</t>
+          <t>9786057789716</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şimdi ve Burada Kurulan Anarşi, Prefigüratif Politika Direniş ve Tahayyül Üzerine</t>
+          <t>Hatlar Karıştı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057789723</t>
+          <t>9786057789792</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sartre ve Adorno Öznelliğin Diyalektiği</t>
+          <t>Arafta Bir Kız</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057789709</t>
+          <t>9786057789815</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ortaokula Merhaba</t>
+          <t>Modern Felsefe</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057789693</t>
+          <t>9786057789754</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Translation Ergonomics</t>
+          <t>Dünya'da Delilik Osmanlı'da Divanelik</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057789624</t>
+          <t>9786057789808</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gölgeler Atlası</t>
+          <t>Mikro-Faşizm</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057789686</t>
+          <t>9786057789747</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Zeynalar ve Ninalar</t>
+          <t>Ayaz</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057789549</t>
+          <t>9786057789730</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüsünde Pirüpak İzler</t>
+          <t>Şimdi ve Burada Kurulan Anarşi, Prefigüratif Politika Direniş ve Tahayyül Üzerine</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057789617</t>
+          <t>9786057789723</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bilim İş Başında</t>
+          <t>Sartre ve Adorno Öznelliğin Diyalektiği</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054657865</t>
+          <t>9786057789709</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Modern Siyasal Düşüncenin Temelleri Birinci Cilt: Rönesans</t>
+          <t>Ortaokula Merhaba</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055738099</t>
+          <t>9786057789693</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sinemasında Akımlar</t>
+          <t>Translation Ergonomics</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>203</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055738822</t>
+          <t>9786057789624</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi</t>
+          <t>Saklı Gölgeler Atlası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055738433</t>
+          <t>9786057789686</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Değişen İzmir’i Anlamak</t>
+          <t>Kültürel Zeynalar ve Ninalar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789944931229</t>
+          <t>9786057789549</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>ABD Hegemonyası ve Uluslararası Hukukun Temelleri</t>
+          <t>Köy Enstitüsünde Pirüpak İzler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>500</v>
+        <v>225</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059801355</t>
+          <t>9786057789617</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Kavramları ve Siyaset Kuramları</t>
+          <t>Bilim İş Başında</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059801164</t>
+          <t>9786054657865</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ancient Civilizations and Ruins of Turkey (Ciltli)</t>
+          <t>Modern Siyasal Düşüncenin Temelleri Birinci Cilt: Rönesans</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>850</v>
+        <v>525</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055738303</t>
+          <t>9786055738099</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitleri</t>
+          <t>Dünya Sinemasında Akımlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>3990000025487</t>
+          <t>9786055738822</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sosyoloji (2 Cilt Takım) (Ciltli)</t>
+          <t>Demokrasi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>2200</v>
+        <v>485</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055738907</t>
+          <t>9786055738433</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Toplumsal Tarihi</t>
+          <t>Değişen İzmir’i Anlamak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>410</v>
+        <v>750</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055738235</t>
+          <t>9789944931229</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet ve Sömürgecilik Karşıtlığının Poetikası</t>
+          <t>ABD Hegemonyası ve Uluslararası Hukukun Temelleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>625</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055738594</t>
+          <t>9786059801355</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mısır Mitleri</t>
+          <t>Siyaset Kavramları ve Siyaset Kuramları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756565599</t>
+          <t>9786059801164</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arkeoloji Sözlüğü</t>
+          <t>Ancient Civilizations and Ruins of Turkey (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>495</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789756565551</t>
+          <t>9786055738303</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Karamanlı Ortodoks Türkler</t>
+          <t>Yunan Mitleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057789044</t>
+          <t>3990000025487</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ahlat'ın Hayaleti</t>
+          <t>Türkiye'de Sosyoloji (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>245</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756565414</t>
+          <t>9786055738907</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Selgeçidi Unutulmuş Diyarlar Danışmanlar ve Krallar 2. Kitap</t>
+          <t>Ölümün Toplumsal Tarihi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>75</v>
+        <v>510</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057789679</t>
+          <t>9786055738235</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Takip</t>
+          <t>Nazım Hikmet ve Sömürgecilik Karşıtlığının Poetikası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057789662</t>
+          <t>9786055738594</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Ay</t>
+          <t>Mısır Mitleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057789655</t>
+          <t>9789756565599</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürü Yalan</t>
+          <t>Klasik Arkeoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>620</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057789631</t>
+          <t>9789756565551</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Kurt</t>
+          <t>Karamanlı Ortodoks Türkler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>510</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057789648</t>
+          <t>9786057789044</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Ay</t>
+          <t>Ahlat'ın Hayaleti</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057789600</t>
+          <t>9789756565414</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Aşçılar Yolu</t>
+          <t>Selgeçidi Unutulmuş Diyarlar Danışmanlar ve Krallar 2. Kitap</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>650</v>
+        <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000016092</t>
+          <t>9786057789679</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Koca Ayı İlkbaharı Arıyor</t>
+          <t>Vahşi Takip</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057789587</t>
+          <t>9786057789662</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Bir Sosyolojiye Doğru</t>
+          <t>Yükselen Ay</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059801942</t>
+          <t>9786057789655</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bilim Teknoloji ve Toplum</t>
+          <t>Bir Sürü Yalan</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054657636</t>
+          <t>9786057789631</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tatara</t>
+          <t>Kraliçe Kurt</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054657711</t>
+          <t>9786057789648</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Ses, Süre, Hız, Yoğunluk</t>
+          <t>En Karanlık Ay</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057789556</t>
+          <t>9786057789600</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide Temel Kavramlar</t>
+          <t>Aşçılar Yolu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>370</v>
+        <v>800</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756565162</t>
+          <t>3990000016092</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlülüğü Yeniden Düşünmek</t>
+          <t>Koca Ayı İlkbaharı Arıyor</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055738532</t>
+          <t>9786057789587</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Döneminde Devletçilik-Liberalizm Tartışmaları</t>
+          <t>Eleştirel Bir Sosyolojiye Doğru</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059801423</t>
+          <t>9786059801942</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çin Mitleri</t>
+          <t>Bilim Teknoloji ve Toplum</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054657582</t>
+          <t>9786054657636</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Din ve Maneviyat Psikolojisi - Yeni Yaklaşımlar ve Uygulama Alanları</t>
+          <t>Tatara</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>540</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057789150</t>
+          <t>9786054657711</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Geldi</t>
+          <t>Müzikte Ses, Süre, Hız, Yoğunluk</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054657193</t>
+          <t>9786057789556</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezerler</t>
+          <t>Sosyolojide Temel Kavramlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>485</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055738440</t>
+          <t>9789756565162</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Thomas Mann’ın Edebiyat Dünyası</t>
+          <t>Çokkültürlülüğü Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>560</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944931533</t>
+          <t>9786055738532</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Sığmayanlar</t>
+          <t>Atatürk Döneminde Devletçilik-Liberalizm Tartışmaları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055738020</t>
+          <t>9786059801423</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyelerinin Yargılanışı</t>
+          <t>Çin Mitleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>565</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055738549</t>
+          <t>9786054657582</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Davranışı Açıklamak</t>
+          <t>Din ve Maneviyat Psikolojisi - Yeni Yaklaşımlar ve Uygulama Alanları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>545</v>
+        <v>675</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055738464</t>
+          <t>9786057789150</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Tutsak Çiçek</t>
+          <t>Gelecek Geldi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9799944931204</t>
+          <t>9786054657193</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Modern Filistin Tarihi</t>
+          <t>Uyurgezerler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>480</v>
+        <v>610</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944931595</t>
+          <t>9786055738440</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dönüşümler</t>
+          <t>Thomas Mann’ın Edebiyat Dünyası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055738976</t>
+          <t>9789944931533</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gotlar</t>
+          <t>Tarihe Sığmayanlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>455</v>
+        <v>550</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054657209</t>
+          <t>9786055738020</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ekoeleştiri Çevre ve Edebiyat</t>
+          <t>Tapınak Şövalyelerinin Yargılanışı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>710</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756565391</t>
+          <t>9786055738549</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Adam Öldürülür</t>
+          <t>Sosyal Davranışı Açıklamak</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>680</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944931380</t>
+          <t>9786055738464</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sosyoloji Ciltsiz (2 Cilt Takım)</t>
+          <t>Sevgiye Tutsak Çiçek</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944931526</t>
+          <t>9799944931204</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Cumhuriyete Yörükler ve Türkmenler</t>
+          <t>Modern Filistin Tarihi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055738655</t>
+          <t>9789944931595</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Feminizm Postmodernizm ve Hukuk</t>
+          <t>Küresel Dönüşümler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>810</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059801799</t>
+          <t>9786055738976</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dinsel Tahammülsüzlük</t>
+          <t>Gotlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>325</v>
+        <v>570</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059801669</t>
+          <t>9786054657209</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Serüveni (3 Kitap Takım)</t>
+          <t>Ekoeleştiri Çevre ve Edebiyat</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>2750</v>
+        <v>560</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057789594</t>
+          <t>9789756565391</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Shaping the Government The Legacy of TUSIAD on Turkısh Public Policy</t>
+          <t>Nasıl Adam Öldürülür</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054657599</t>
+          <t>9789944931380</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve Gazetecilik</t>
+          <t>Türkiye'de Sosyoloji Ciltsiz (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>355</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059801935</t>
+          <t>9789944931526</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kara Para Aklama ile Terörizmin Finansmanıyla Mücadele ve İlgili Düzenlemeler Gelişen Ekonomilerde Hukuk</t>
+          <t>Osmanlıdan Cumhuriyete Yörükler ve Türkmenler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789756565704</t>
+          <t>9786055738655</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Seri Katiller Ansiklopedisi</t>
+          <t>Feminizm Postmodernizm ve Hukuk</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>390</v>
+        <v>375</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057789570</t>
+          <t>9786059801799</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şairin Suçu Ne?</t>
+          <t>Yeni Dinsel Tahammülsüzlük</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057789525</t>
+          <t>9786059801669</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türk Maden Sanatında Kitabeli Pirinç Şamdanlar - Ankara Vakıf Eserleri Müzesi Koleksiyonu</t>
+          <t>İslam'ın Serüveni (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>225</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057789488</t>
+          <t>9786057789594</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayatta Ben de Varım</t>
+          <t>Shaping the Government The Legacy of TUSIAD on Turkısh Public Policy</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057789495</t>
+          <t>9786054657599</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Viyola İçin Saz Eserleri Albümü</t>
+          <t>Yeni Medya ve Gazetecilik</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057789242</t>
+          <t>9786059801935</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojinin Yeniden-İnşası</t>
+          <t>Kara Para Aklama ile Terörizmin Finansmanıyla Mücadele ve İlgili Düzenlemeler Gelişen Ekonomilerde Hukuk</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054657964</t>
+          <t>9789756565704</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kent, Sınıf, İktidar</t>
+          <t>A’dan Z’ye Seri Katiller Ansiklopedisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>330</v>
+        <v>475</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059801928</t>
+          <t>9786057789570</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Göçmenler</t>
+          <t>Şairin Suçu Ne?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>380</v>
+        <v>225</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059801638</t>
+          <t>9786057789525</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Kafa</t>
+          <t>Türk Maden Sanatında Kitabeli Pirinç Şamdanlar - Ankara Vakıf Eserleri Müzesi Koleksiyonu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789756565001</t>
+          <t>9786057789488</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Üzerine</t>
+          <t>Bu Hayatta Ben de Varım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054657247</t>
+          <t>9786057789495</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Aztek ve Maya Mitleri</t>
+          <t>Viyola İçin Saz Eserleri Albümü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055738938</t>
+          <t>9786057789242</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>1920’den Günümüze Türkiye’de Toplumsal Yapı ve Değişim</t>
+          <t>Arkeolojinin Yeniden-İnşası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059801270</t>
+          <t>9786054657964</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İran Mitleri</t>
+          <t>Kent, Sınıf, İktidar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054657902</t>
+          <t>9786059801928</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Uygarlıkları (Ciltli)</t>
+          <t>Göç ve Göçmenler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>800</v>
+        <v>475</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057789136</t>
+          <t>9786059801638</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gaspçı</t>
+          <t>Sosyolojik Kafa</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944931144</t>
+          <t>9789756565001</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Siyaseten Katl</t>
+          <t>Demokrasi Üzerine</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756565056</t>
+          <t>9786054657247</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Aracılığıyla Düşünme</t>
+          <t>Aztek ve Maya Mitleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057789112</t>
+          <t>9786055738938</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Anlam Arayışı</t>
+          <t>1920’den Günümüze Türkiye’de Toplumsal Yapı ve Değişim</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>210</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057789563</t>
+          <t>9786059801270</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Eşim, Ben ve Ölüm</t>
+          <t>İran Mitleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057789426</t>
+          <t>9786054657902</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Marx - Gerçekliğin ve Geleceğin Felsefesi</t>
+          <t>Anadolu Uygarlıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057789457</t>
+          <t>9786057789136</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche'nin Politik Kuşkuculuğu</t>
+          <t>Gaspçı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057789372</t>
+          <t>9789944931144</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Süvari</t>
+          <t>Osmanlı Devleti’nde Siyaseten Katl</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057789365</t>
+          <t>9789756565056</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Laboratuvar Hayatı - Bilimsel Olguların İnşası</t>
+          <t>Felsefe Aracılığıyla Düşünme</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057789310</t>
+          <t>9786057789112</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Briç Etkili Sistem: 2/1</t>
+          <t>İnsanın Anlam Arayışı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>520</v>
+        <v>245</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059801508</t>
+          <t>9786057789563</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Adalet Teorisi</t>
+          <t>Eşim, Ben ve Ölüm</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054657858</t>
+          <t>9786057789426</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Siyasetin Temelleri</t>
+          <t>Hegel ve Marx - Gerçekliğin ve Geleceğin Felsefesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059801744</t>
+          <t>9786057789457</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayat Sosyolojisi</t>
+          <t>Nietzsche'nin Politik Kuşkuculuğu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059801034</t>
+          <t>9786057789372</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politika Teorisi</t>
+          <t>Süvari</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054657315</t>
+          <t>9786057789365</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Kadın Yazarlar Sözlüğü</t>
+          <t>Laboratuvar Hayatı - Bilimsel Olguların İnşası</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>510</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055738808</t>
+          <t>9786057789310</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Briçte Yer Oyunu  - Dekleranın Oyunu</t>
+          <t>Briç Etkili Sistem: 2/1</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055738624</t>
+          <t>9786059801508</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Briç</t>
+          <t>Bir Adalet Teorisi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055738112</t>
+          <t>9786054657858</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bizans Döneminde Anadolu</t>
+          <t>Karşılaştırmalı Siyasetin Temelleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059801003</t>
+          <t>9786059801744</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hatti ve Hitit Uygarlıkları (Ciltli)</t>
+          <t>Gündelik Hayat Sosyolojisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054657919</t>
+          <t>9786059801034</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Kültür Tarihi (Ciltli)</t>
+          <t>Uluslararası Politika Teorisi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>800</v>
+        <v>435</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057789181</t>
+          <t>9786054657315</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sinemasında Aidiyetsizliğin Mekanı: Kayıplar ve Ölüler Kenti İstanbul</t>
+          <t>Edebiyatımızda Kadın Yazarlar Sözlüğü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057789129</t>
+          <t>9786055738808</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Mekan Bağlamında Mengen Aşçılık Geleneği</t>
+          <t>Briçte Yer Oyunu  - Dekleranın Oyunu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055738426</t>
+          <t>9786055738624</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sol Örgütler (Ciltli)</t>
+          <t>Briç</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055738600</t>
+          <t>9786055738112</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi</t>
+          <t>Bizans Döneminde Anadolu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>900</v>
+        <v>475</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054657094</t>
+          <t>9786059801003</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Roma Mitleri</t>
+          <t>Hatti ve Hitit Uygarlıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055738778</t>
+          <t>9786054657919</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Mitleri</t>
+          <t>Anadolu Kültür Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054657346</t>
+          <t>9786057789181</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Jacques Lacan</t>
+          <t>Türkiye Sinemasında Aidiyetsizliğin Mekanı: Kayıplar ve Ölüler Kenti İstanbul</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054657322</t>
+          <t>9786057789129</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İzmir Yahudi Cemaati Kadın Kimliği</t>
+          <t>Kent ve Mekan Bağlamında Mengen Aşçılık Geleneği</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055738105</t>
+          <t>9786055738426</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitleri</t>
+          <t>Türkiye'de Sol Örgütler (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055738297</t>
+          <t>9786055738600</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İnka Mitleri</t>
+          <t>Siyaset Sosyolojisi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055738754</t>
+          <t>9786054657094</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Etrüsk Mitleri</t>
+          <t>Roma Mitleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756565353</t>
+          <t>9786055738778</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin Karanlık Yüzü</t>
+          <t>Mezopotamya Mitleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057789143</t>
+          <t>9786054657346</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İnternet Galaksisi</t>
+          <t>Jacques Lacan</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057789020</t>
+          <t>9786054657322</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda 20 Opera</t>
+          <t>İzmir Yahudi Cemaati Kadın Kimliği</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059801911</t>
+          <t>9786055738105</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Erkeklikler</t>
+          <t>İskandinav Mitleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054657254</t>
+          <t>9786055738297</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yemek Sosyolojisi</t>
+          <t>İnka Mitleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057789419</t>
+          <t>9786055738754</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Seks İşçileri - Tahakküm Stratejileri - Direniş Taktikleri</t>
+          <t>Etrüsk Mitleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057789402</t>
+          <t>9789756565353</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Korint Seramiği - M.Ö.750 - 550</t>
+          <t>Erkeğin Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>1250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057789440</t>
+          <t>9786057789143</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Görsel Sosyoloji</t>
+          <t>İnternet Galaksisi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057789464</t>
+          <t>9786057789020</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Pazarlama - Kolombiya'da Kontrgerilla ve Kapitalizm</t>
+          <t>20. Yüzyılda 20 Opera</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057789433</t>
+          <t>9786059801911</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Şelale - Korsan Aşk</t>
+          <t>Erkeklikler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>185</v>
+        <v>530</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057789389</t>
+          <t>9786054657254</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İki Kalp Üç Kitap</t>
+          <t>Yemek Sosyolojisi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057789327</t>
+          <t>9786057789419</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şema Koçluğu Giriş ve Uygulama: Esaslar, Yöntemler, Örnek Vakalar</t>
+          <t>Seks İşçileri - Tahakküm Stratejileri - Direniş Taktikleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057789303</t>
+          <t>9786057789402</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gassal</t>
+          <t>Korint Seramiği - M.Ö.750 - 550</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057789297</t>
+          <t>9786057789440</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dental Pazarlama</t>
+          <t>Görsel Sosyoloji</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057789280</t>
+          <t>9786057789464</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Varoluş İsyanı</t>
+          <t>Gerilla Pazarlama - Kolombiya'da Kontrgerilla ve Kapitalizm</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>410</v>
+        <v>875</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057789273</t>
+          <t>9786057789433</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kan İçen Toprakların Ağıtı</t>
+          <t>Şelale - Korsan Aşk</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>475</v>
+        <v>185</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057789259</t>
+          <t>9786057789389</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Politik Tahayyülü</t>
+          <t>İki Kalp Üç Kitap</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057789266</t>
+          <t>9786057789327</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Anneliğin Yeniden Üretimi</t>
+          <t>Şema Koçluğu Giriş ve Uygulama: Esaslar, Yöntemler, Örnek Vakalar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>435</v>
+        <v>475</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057789235</t>
+          <t>9786057789303</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kırgız ve Kırgızistan Tarihine İlişkin Seçme Eserler</t>
+          <t>Gassal</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>960</v>
+        <v>375</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057789228</t>
+          <t>9786057789297</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Devlet Teorisi - Kapitalist Devleti Yerine Oturtmak</t>
+          <t>Dental Pazarlama</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057789211</t>
+          <t>9786057789280</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kerim ya da Zalim</t>
+          <t>Varoluş İsyanı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>410</v>
+        <v>500</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057789198</t>
+          <t>9786057789273</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Ucubeleri</t>
+          <t>Kan İçen Toprakların Ağıtı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>275</v>
+        <v>600</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057789204</t>
+          <t>9786057789259</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Varoluş, Kitleler, Gerçekler</t>
+          <t>Nietzsche’nin Politik Tahayyülü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>410</v>
+        <v>400</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057789174</t>
+          <t>9786057789266</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Doğuşunda Muhammed ve İnananlar</t>
+          <t>Anneliğin Yeniden Üretimi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>360</v>
+        <v>540</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057789167</t>
+          <t>9786057789235</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin Tanığı</t>
+          <t>Kırgız ve Kırgızistan Tarihine İlişkin Seçme Eserler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>320</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057789037</t>
+          <t>9786057789228</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kurumların Sosyal Gerçekliği</t>
+          <t>Devlet Teorisi - Kapitalist Devleti Yerine Oturtmak</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057789105</t>
+          <t>9786057789211</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Nur-i Cemal</t>
+          <t>Kerim ya da Zalim</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057789099</t>
+          <t>9786057789198</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Paranın Türküsü</t>
+          <t>Edebiyatın Ucubeleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057789082</t>
+          <t>9786057789204</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Fare Vesikası</t>
+          <t>Varoluş, Kitleler, Gerçekler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>295</v>
+        <v>500</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057789075</t>
+          <t>9786057789174</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Köprü</t>
+          <t>İslam’ın Doğuşunda Muhammed ve İnananlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>165</v>
+        <v>450</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057789068</t>
+          <t>9786057789167</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Bir Dönemin Tanığı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057789051</t>
+          <t>9786057789037</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Pierre Bourdieu'nün Mirası</t>
+          <t>Kurumların Sosyal Gerçekliği</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057789013</t>
+          <t>9786057789105</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Biyonoetika'nın Doğuşu</t>
+          <t>Nur-i Cemal</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059801980</t>
+          <t>9786057789099</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Feminist Politika Teorisi</t>
+          <t>Paranın Türküsü</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057789006</t>
+          <t>9786057789082</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Yayı</t>
+          <t>Bir Fare Vesikası</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>510</v>
+        <v>350</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059801997</t>
+          <t>9786057789075</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Muhammed’den Önce ve Sonra</t>
+          <t>Köprü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059801973</t>
+          <t>9786057789068</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Polis Düşmanı</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054657643</t>
+          <t>9786057789051</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sekans Sinema Yazıları Seçkisi 9</t>
+          <t>Pierre Bourdieu'nün Mirası</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057877000</t>
+          <t>9786057789013</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fransız Felsefesi</t>
+          <t>Biyonoetika'nın Doğuşu</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059801904</t>
+          <t>9786059801980</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yerliciliğin Retoriği</t>
+          <t>Feminist Politika Teorisi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059801898</t>
+          <t>9786057789006</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Perdeye Yansıyan Kavga Yılmaz Güney’den Alper’e Politik Sinema</t>
+          <t>Ahlakın Yayı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>245</v>
+        <v>650</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059801874</t>
+          <t>9786059801997</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye Hakikatsiz Siyaset Soylu Yalan</t>
+          <t>Muhammed’den Önce ve Sonra</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059801881</t>
+          <t>9786059801973</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Emile Durkheim’ı Yeniden Okumak</t>
+          <t>Polis Düşmanı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059801867</t>
+          <t>9786054657643</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Taşrasında Zengin Sınıf</t>
+          <t>Sekans Sinema Yazıları Seçkisi 9</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059801850</t>
+          <t>9786057877000</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Şirkette Hırsız Var!</t>
+          <t>Çağdaş Fransız Felsefesi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>240</v>
+        <v>485</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059801843</t>
+          <t>9786059801904</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Orta Yol</t>
+          <t>Yerliciliğin Retoriği</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059801836</t>
+          <t>9786059801898</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kadın: Nefis mi Nefes mi?</t>
+          <t>Perdeye Yansıyan Kavga Yılmaz Güney’den Alper’e Politik Sinema</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059801829</t>
+          <t>9786059801874</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler ve Kalemler</t>
+          <t>Yeni Türkiye Hakikatsiz Siyaset Soylu Yalan</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>265</v>
+        <v>450</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059801812</t>
+          <t>9786059801881</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Postnişin Mücadelesi</t>
+          <t>Emile Durkheim’ı Yeniden Okumak</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059801782</t>
+          <t>9786059801867</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bir Hukukçunun Yaşadıkları Yaptıkları Yapamadıkları</t>
+          <t>Osmanlı Taşrasında Zengin Sınıf</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059801775</t>
+          <t>9786059801850</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmayı Aşmak</t>
+          <t>Şirkette Hırsız Var!</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059801768</t>
+          <t>9786059801843</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sivil Direniş Neden İşe Yarar?</t>
+          <t>Orta Yol</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>435</v>
+        <v>500</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059801720</t>
+          <t>9786059801836</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Çocuk</t>
+          <t>Kadın: Nefis mi Nefes mi?</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059801751</t>
+          <t>9786059801829</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sırtında Sepeti</t>
+          <t>Kelimeler ve Kalemler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059801706</t>
+          <t>9786059801812</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Toplumu Açıklamak</t>
+          <t>Postnişin Mücadelesi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059801713</t>
+          <t>9786059801782</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Briç - Etkili Yer Oyunu</t>
+          <t>Bir Hukukçunun Yaşadıkları Yaptıkları Yapamadıkları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059801645</t>
+          <t>9786059801775</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Max Weber'in Karşılaştırmalı -  Tarihsel Sosyoloji</t>
+          <t>Yaşlanmayı Aşmak</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059801621</t>
+          <t>9786059801768</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yakalı Yaşam Tarzları</t>
+          <t>Sivil Direniş Neden İşe Yarar?</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059801607</t>
+          <t>9786059801720</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dövmeli Bedenler</t>
+          <t>Oyun ve Çocuk</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059801614</t>
+          <t>9786059801751</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tutunanlar</t>
+          <t>Sırtında Sepeti</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059801591</t>
+          <t>9786059801706</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Paradoks Kaçış</t>
+          <t>Toplumu Açıklamak</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059801577</t>
+          <t>9786059801713</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Selam Yollarına</t>
+          <t>Briç - Etkili Yer Oyunu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059801560</t>
+          <t>9786059801645</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Max Weber</t>
+          <t>Max Weber'in Karşılaştırmalı -  Tarihsel Sosyoloji</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059801539</t>
+          <t>9786059801621</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Spiritüaliteyi Keşfetmek</t>
+          <t>Beyaz Yakalı Yaşam Tarzları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059801553</t>
+          <t>9786059801607</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 4 Sayı: 11 - Mart 2017</t>
+          <t>Dövmeli Bedenler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>385</v>
+        <v>450</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059801522</t>
+          <t>9786059801614</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bir Huzur Armağanı</t>
+          <t>Tutunanlar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>165</v>
+        <v>550</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059801461</t>
+          <t>9786059801591</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Fihi Ma - Fih İçindekiler İçindedir</t>
+          <t>Paradoks Kaçış</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>570</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059801515</t>
+          <t>9786059801577</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Rasyonalitenin Sınırları</t>
+          <t>Selam Yollarına</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059801485</t>
+          <t>9786059801560</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Son</t>
+          <t>Max Weber</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059801492</t>
+          <t>9786059801539</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sözüm New York’tan İçeri</t>
+          <t>Spiritüaliteyi Keşfetmek</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059801447</t>
+          <t>9786059801553</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Giderayak</t>
+          <t>Kampfplatz Cilt: 4 Sayı: 11 - Mart 2017</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059801430</t>
+          <t>9786059801522</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Cebeci</t>
+          <t>Bir Huzur Armağanı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059801454</t>
+          <t>9786059801461</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Rastlantının Kamburu</t>
+          <t>Fihi Ma - Fih İçindekiler İçindedir</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>385</v>
+        <v>700</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059801416</t>
+          <t>9786059801515</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Buruk Şenlik</t>
+          <t>Rasyonalitenin Sınırları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059801409</t>
+          <t>9786059801485</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Modernlik Kehanetleri</t>
+          <t>İlk ve Son</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059801317</t>
+          <t>9786059801492</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Politik Aklın Eleştirisi: Foucault'nun Modern Yönetimsellik Çözümlemesi</t>
+          <t>Sözüm New York’tan İçeri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>510</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059801393</t>
+          <t>9786059801447</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kongo Savaşları</t>
+          <t>Giderayak</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059801379</t>
+          <t>9786059801430</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Senden Gitmeme Çeyrek Var</t>
+          <t>Cebeci</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059801386</t>
+          <t>9786059801454</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bilim Savaşları</t>
+          <t>Rastlantının Kamburu</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>550</v>
+        <v>480</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059801362</t>
+          <t>9786059801416</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Modern Siyasal Düşüncenin Temelleri</t>
+          <t>Buruk Şenlik</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>560</v>
+        <v>450</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059801348</t>
+          <t>9786059801409</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kent Fragmanları</t>
+          <t>Modernlik Kehanetleri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059801331</t>
+          <t>9786059801317</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Soldan Geriye Ne Kaldı?</t>
+          <t>Politik Aklın Eleştirisi: Foucault'nun Modern Yönetimsellik Çözümlemesi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>600</v>
+        <v>635</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059801300</t>
+          <t>9786059801393</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Adığey'de Devletleşme Süreçleri ve Ulusal Sorun</t>
+          <t>Kongo Savaşları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059801324</t>
+          <t>9786059801379</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Esenlik Arayışı</t>
+          <t>Senden Gitmeme Çeyrek Var</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059801287</t>
+          <t>9786059801386</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İçten Dışa</t>
+          <t>Bilim Savaşları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>3990000059632</t>
+          <t>9786059801362</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 4 Sayı: 10 - Mart 2016</t>
+          <t>Modern Siyasal Düşüncenin Temelleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>385</v>
+        <v>700</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055738785</t>
+          <t>9786059801348</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Oluk</t>
+          <t>Kent Fragmanları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054657353</t>
+          <t>9786059801331</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Sayı: 2</t>
+          <t>Soldan Geriye Ne Kaldı?</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>385</v>
+        <v>750</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054657131</t>
+          <t>9786059801300</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Sayı: 1</t>
+          <t>Adığey'de Devletleşme Süreçleri ve Ulusal Sorun</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>385</v>
+        <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055738389</t>
+          <t>9786059801324</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kalaylı Pusu</t>
+          <t>Esenlik Arayışı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944931304</t>
+          <t>9786059801287</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Poetika</t>
+          <t>İçten Dışa</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789756565964</t>
+          <t>3990000059632</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Pas</t>
+          <t>Kampfplatz Cilt: 4 Sayı: 10 - Mart 2016</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059801140</t>
+          <t>9786055738785</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İklim Değişikliği Siyaseti</t>
+          <t>Oluk</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059801157</t>
+          <t>9786054657353</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrasi Kuramı</t>
+          <t>Kampfplatz Sayı: 2</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>470</v>
+        <v>480</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059801133</t>
+          <t>9786054657131</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>What Went Wrong in Turkey?</t>
+          <t>Kampfplatz Sayı: 1</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>245</v>
+        <v>480</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059801027</t>
+          <t>9786055738389</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Bitişim</t>
+          <t>Kalaylı Pusu</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059801171</t>
+          <t>9789944931304</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Közlü Yürekler (Öyküler)</t>
+          <t>Poetika</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059801119</t>
+          <t>9789756565964</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Paradoks</t>
+          <t>Pas</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059801126</t>
+          <t>9786059801140</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Canayakın Şiirler</t>
+          <t>Türkiye'de İklim Değişikliği Siyaseti</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>165</v>
+        <v>800</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059801188</t>
+          <t>9786059801157</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Düşün Hisset İyileş (CD'li)</t>
+          <t>Sosyal Demokrasi Kuramı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059801096</t>
+          <t>9786059801133</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Sökmek</t>
+          <t>What Went Wrong in Turkey?</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059801089</t>
+          <t>9786059801027</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazarlardan Edebiyat Eleştirileri</t>
+          <t>Kişisel Bitişim</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059801058</t>
+          <t>9786059801171</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Büyüme ve Bölüşüm</t>
+          <t>Közlü Yürekler (Öyküler)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>455</v>
+        <v>250</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059801102</t>
+          <t>9786059801119</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 3 Sayı: 9 - Temmuz 2015</t>
+          <t>Paradoks</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>385</v>
+        <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059801010</t>
+          <t>9786059801126</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Artık Tam Zamanı</t>
+          <t>Canayakın Şiirler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059801065</t>
+          <t>9786059801188</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel Sosyoloji</t>
+          <t>Düşün Hisset İyileş (CD'li)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059801041</t>
+          <t>9786059801096</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hegemonya ve Politik Toplum</t>
+          <t>Tarihi Sökmek</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054657971</t>
+          <t>9786059801089</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bir Gözyaşı Bir Gülümseme</t>
+          <t>Yaratıcı Yazarlardan Edebiyat Eleştirileri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>455</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054657940</t>
+          <t>9786059801058</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 3 Sayı: 8 - Şubat 2015</t>
+          <t>Büyüme ve Bölüşüm</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>385</v>
+        <v>570</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054657933</t>
+          <t>9786059801102</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kişer Pari Mama</t>
+          <t>Kampfplatz Cilt: 3 Sayı: 9 - Temmuz 2015</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>225</v>
+        <v>480</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054657926</t>
+          <t>9786059801010</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Meditasyon</t>
+          <t>Artık Tam Zamanı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055738396</t>
+          <t>9786059801065</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Okumak</t>
+          <t>İlişkisel Sosyoloji</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944931632</t>
+          <t>9786059801041</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Gece Bufalosu</t>
+          <t>Hegemonya ve Politik Toplum</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054657872</t>
+          <t>9786054657971</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürcülük</t>
+          <t>Bir Gözyaşı Bir Gülümseme</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054657896</t>
+          <t>9786054657940</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Slavoj Zizek</t>
+          <t>Kampfplatz Cilt: 3 Sayı: 8 - Şubat 2015</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>410</v>
+        <v>480</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054657889</t>
+          <t>9786054657933</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 3 Sayı: 7 - Ekim 2014</t>
+          <t>Kişer Pari Mama</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>385</v>
+        <v>280</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054657551</t>
+          <t>9786054657926</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Giorgio Agamben</t>
+          <t>Meditasyon</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059801232</t>
+          <t>9786055738396</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Benim Yolum Xabze</t>
+          <t>Geçmişi Okumak</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054657841</t>
+          <t>9789944931632</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Müzik Yapımı</t>
+          <t>Gece Bufalosu</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054657834</t>
+          <t>9786054657872</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Müziğin Karşılaştırılması</t>
+          <t>Çokkültürcülük</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054657797</t>
+          <t>9786054657896</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Soykırım Yıllarında Çocuklar ve Oyun</t>
+          <t>Slavoj Zizek</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054657810</t>
+          <t>9786054657889</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sekans Sinema Yazıları Seçkisi - 10</t>
+          <t>Kampfplatz Cilt: 3 Sayı: 7 - Ekim 2014</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789756565735</t>
+          <t>9786054657551</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Farkın Yapısökümü</t>
+          <t>Giorgio Agamben</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944931694</t>
+          <t>9786059801232</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kirpi ile Ateşböcekleri</t>
+          <t>Benim Yolum Xabze</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944931625</t>
+          <t>9786054657841</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’nda Çocuklar</t>
+          <t>Müzik Yapımı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054657483</t>
+          <t>9786054657834</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kriz ve Türkiye</t>
+          <t>Dil ve Müziğin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>540</v>
+        <v>250</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054657773</t>
+          <t>9786054657797</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Ütopya</t>
+          <t>Soykırım Yıllarında Çocuklar ve Oyun</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054657780</t>
+          <t>9786054657810</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Küresel Ekonomi Politik</t>
+          <t>Sekans Sinema Yazıları Seçkisi - 10</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054657803</t>
+          <t>9789756565735</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Kültürel Farkın Yapısökümü</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054657568</t>
+          <t>9789944931694</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Van Üçlemesi</t>
+          <t>Küçük Kirpi ile Ateşböcekleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054657667</t>
+          <t>9789944931625</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hayırların Mühendisi</t>
+          <t>Kurtuluş Savaşı’nda Çocuklar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054657674</t>
+          <t>9786054657483</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Valizli Kadın</t>
+          <t>Kriz ve Türkiye</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>240</v>
+        <v>675</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059801218</t>
+          <t>9786054657773</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Radikal İslam'ın Söylemi</t>
+          <t>Ezeli Ütopya</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059801195</t>
+          <t>9786054657780</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Öteki Muhafazakarlık</t>
+          <t>Emperyalizm ve Küresel Ekonomi Politik</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>410</v>
+        <v>550</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059801201</t>
+          <t>9786054657803</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Çöküşten Sonra İlerici Siyaset</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054657759</t>
+          <t>9786054657568</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 2 Sayı: 6 - Haziran 2014</t>
+          <t>Van Üçlemesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>385</v>
+        <v>480</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054657735</t>
+          <t>9786054657667</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Dansları ve Halk Dansları Üzerine Genel Değerlendirmeler</t>
+          <t>Hayırların Mühendisi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>570</v>
+        <v>450</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054657766</t>
+          <t>9786054657674</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Sosyolojisi</t>
+          <t>Kızıl Valizli Kadın</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>475</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054657704</t>
+          <t>9786059801218</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 2 Sayı: 5 - Şubat 2014</t>
+          <t>Radikal İslam'ın Söylemi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>385</v>
+        <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054657544</t>
+          <t>9786059801195</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hint Mitleri</t>
+          <t>Öteki Muhafazakarlık</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055738747</t>
+          <t>9786059801201</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Tekel Eylemine Kenar Notları</t>
+          <t>Çöküşten Sonra İlerici Siyaset</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789756565957</t>
+          <t>9786054657759</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Şiir Irmakları</t>
+          <t>Kampfplatz Cilt: 2 Sayı: 6 - Haziran 2014</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944931885</t>
+          <t>9786054657735</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Suyumuz Tükenmesin</t>
+          <t>Anadolu Halk Dansları ve Halk Dansları Üzerine Genel Değerlendirmeler</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>165</v>
+        <v>700</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786055738006</t>
+          <t>9786054657766</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sokak Siyaseti</t>
+          <t>Ölüm Sosyolojisi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054657360</t>
+          <t>9786054657704</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrasında Karadeniz</t>
+          <t>Kampfplatz Cilt: 2 Sayı: 5 - Şubat 2014</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054657070</t>
+          <t>9786054657544</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Öncelliği</t>
+          <t>Hint Mitleri</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>408</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786055738488</t>
+          <t>9786055738747</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İslam, Eşitlik ve Sosyal Adalet</t>
+          <t>Tekel Eylemine Kenar Notları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054657698</t>
+          <t>9789756565957</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Cumhuriyete Bir Cemiyet Kadını: Nakiye Elgün</t>
+          <t>Şiir Irmakları</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054657681</t>
+          <t>9789944931885</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Yine Tatil</t>
+          <t>Suyumuz Tükenmesin</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054657612</t>
+          <t>9786055738006</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Cilt: 2 Sayı: 4 - Eylül 2013</t>
+          <t>Sokak Siyaseti</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>385</v>
+        <v>450</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054657605</t>
+          <t>9786054657360</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Gündelik Hayat</t>
+          <t>Soğuk Savaş Sonrasında Karadeniz</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054657629</t>
+          <t>9786054657070</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Solun Trajedisi</t>
+          <t>Siyasetin Öncelliği</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059801249</t>
+          <t>9786055738488</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Damgalanan Mekanda Yaşam: Bir Kentin 'Öteki'si Olmak</t>
+          <t>İslam, Eşitlik ve Sosyal Adalet</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055738693</t>
+          <t>9786054657698</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Karanfiller Ölürken</t>
+          <t>Osmanlıdan Cumhuriyete Bir Cemiyet Kadını: Nakiye Elgün</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059801256</t>
+          <t>9786054657681</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Değişen Karadeniz'i Anlamak</t>
+          <t>Eyvah Yine Tatil</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>510</v>
+        <v>225</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059801225</t>
+          <t>9786054657612</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Sosyolojisi</t>
+          <t>Kampfplatz Cilt: 2 Sayı: 4 - Eylül 2013</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059801072</t>
+          <t>9786054657605</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Lazca Deyimler ve Atasözleri Sözlüğü</t>
+          <t>Kültür ve Gündelik Hayat</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054657148</t>
+          <t>9786054657629</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Metromarksizm</t>
+          <t>Türkiye'de Solun Trajedisi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786055738334</t>
+          <t>9786059801249</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Memleket Şairi Nabi Üçüncüoğlu</t>
+          <t>Damgalanan Mekanda Yaşam: Bir Kentin 'Öteki'si Olmak</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789756565407</t>
+          <t>9786055738693</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Düşleri</t>
+          <t>Karanfiller Ölürken</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054657445</t>
+          <t>9786059801256</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Makro ve Yakın Plan Fotoğrafçılığı</t>
+          <t>Değişen Karadeniz'i Anlamak</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789944931786</t>
+          <t>9786059801225</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun İki Yüzü: Hastalık ve Sağlık</t>
+          <t>Televizyon Sosyolojisi</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786055782177</t>
+          <t>9786059801072</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Macaristan ve Türkiye’nin AB’ye Uyum Süreci</t>
+          <t>Lazca Deyimler ve Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054657049</t>
+          <t>9786054657148</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika’da Radikal Sosyal Demokrasi Deneyimleri</t>
+          <t>Metromarksizm</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>410</v>
+        <v>500</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054657216</t>
+          <t>9786055738334</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneci Sincap</t>
+          <t>Memleket Şairi Nabi Üçüncüoğlu</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>155</v>
+        <v>350</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789944931601</t>
+          <t>9789756565407</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Dünyada Avrupa Birliği</t>
+          <t>Meleklerin Düşleri</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>570</v>
+        <v>350</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054657025</t>
+          <t>9786054657445</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Küresel Güney’de Sosyal Demokrasi</t>
+          <t>Makro ve Yakın Plan Fotoğrafçılığı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>485</v>
+        <v>500</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054657278</t>
+          <t>9789944931786</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Koydan Çıkarken</t>
+          <t>Madalyonun İki Yüzü: Hastalık ve Sağlık</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>3990000003627</t>
+          <t>9786055782177</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kirli Mikrop ile Zararlı Mikrop</t>
+          <t>Macaristan ve Türkiye’nin AB’ye Uyum Süreci</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944931724</t>
+          <t>9786054657049</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Beyazgül</t>
+          <t>Latin Amerika’da Radikal Sosyal Demokrasi Deneyimleri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054657438</t>
+          <t>9786054657216</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Fırıldak</t>
+          <t>Kütüphaneci Sincap</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055738204</t>
+          <t>9789944931601</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Deniz</t>
+          <t>Küreselleşen Dünyada Avrupa Birliği</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055738150</t>
+          <t>9786054657025</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kırık Dökük Adamlar</t>
+          <t>Küresel Güney’de Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055738563</t>
+          <t>9786054657278</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçeği</t>
+          <t>Koydan Çıkarken</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789944931649</t>
+          <t>3990000003627</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Koç</t>
+          <t>Kirli Mikrop ile Zararlı Mikrop</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789944931960</t>
+          <t>9789944931724</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Karanlıklar Hakimi</t>
+          <t>Kızılderili Beyazgül</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789756565261</t>
+          <t>9786054657438</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Ev</t>
+          <t>Kırmızı Fırıldak</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789944931243</t>
+          <t>9786055738204</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kara İstanbul</t>
+          <t>Kırmızı Deniz</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054657018</t>
+          <t>9786055738150</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Sosyal Demokrasi</t>
+          <t>Kırık Dökük Adamlar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055738587</t>
+          <t>9786055738563</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist İdeoloji</t>
+          <t>Kır Çiçeği</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9799944931099</t>
+          <t>9789944931649</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kapital’in Ötesi Marx ve İşçi Sınıfının Politik İktisadı</t>
+          <t>Kınalı Koç</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944931564</t>
+          <t>9789944931960</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kapı Gibi ÖSS Soruları</t>
+          <t>Karanlıklar Hakimi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789944931731</t>
+          <t>9789756565261</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kapadokyalı Çamur Ustası</t>
+          <t>Karanlık Ev</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>165</v>
+        <v>600</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789944931861</t>
+          <t>9789944931243</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kanguru Trafikte</t>
+          <t>Kara İstanbul</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>165</v>
+        <v>375</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054657452</t>
+          <t>9786054657018</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kampfplatz Sayı: 3</t>
+          <t>Kapitalizm ve Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>385</v>
+        <v>500</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789944931335</t>
+          <t>9786055738587</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Rousseau ve Uluslararası İlişkiler</t>
+          <t>Kapitalist İdeoloji</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944931670</t>
+          <t>9799944931099</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci Tavşan</t>
+          <t>Kapital’in Ötesi Marx ve İşçi Sınıfının Politik İktisadı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>155</v>
+        <v>450</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789756565131</t>
+          <t>9789944931564</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>İşte O Adam</t>
+          <t>Kapı Gibi ÖSS Soruları</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786054657087</t>
+          <t>9789944931731</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Öyküleri</t>
+          <t>Kapadokyalı Çamur Ustası</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789756565155</t>
+          <t>9789944931861</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yolu</t>
+          <t>Kanguru Trafikte</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786055738419</t>
+          <t>9786054657452</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Psikiyatri</t>
+          <t>Kampfplatz Sayı: 3</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789756565278</t>
+          <t>9789944931335</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Basını ve Atatürk’ün Türkiyesi</t>
+          <t>Rousseau ve Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789756565834</t>
+          <t>9789944931670</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İllegal Aşk</t>
+          <t>İtfaiyeci Tavşan</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786055738891</t>
+          <t>9789756565131</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İktisada Dokunmak</t>
+          <t>İşte O Adam</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054657056</t>
+          <t>9786054657087</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İktidarda Sosyal Demokrasi</t>
+          <t>İstanbul Öyküleri</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>485</v>
+        <v>250</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789756565186</t>
+          <t>9789756565155</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İfade, Medya ve Etik</t>
+          <t>İnsanın Yolu</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789944931953</t>
+          <t>9786055738419</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Islak Bölgeler</t>
+          <t>İnsan ve Psikiyatri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944931946</t>
+          <t>9789756565278</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Hunlar</t>
+          <t>İngiliz Basını ve Atatürk’ün Türkiyesi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9799944931037</t>
+          <t>9789756565834</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Hitleri Öldüren Adam</t>
+          <t>İllegal Aşk</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789756565070</t>
+          <t>9786055738891</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Dünyamızdan Daha İlginç Değil 365 Bilimsel Gerçek, Keşif ve Buluş</t>
+          <t>İktisada Dokunmak</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789944931502</t>
+          <t>9786054657056</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Hegel’in Uluslararası İlişkiler Kuramı: Dünya Tini, Devlet ve Savaş</t>
+          <t>İktidarda Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786055738228</t>
+          <t>9789756565186</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Hataylı İki Aşık Kamil Sarıateş ve Osman Telli</t>
+          <t>İfade, Medya ve Etik</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789944931809</t>
+          <t>9789944931953</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Giyotin Takımı</t>
+          <t>Islak Bölgeler</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789756565209</t>
+          <t>9789944931946</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Garnethill</t>
+          <t>Hunlar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>470</v>
+        <v>500</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786055738211</t>
+          <t>9799944931037</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Firavun’dan Mata Hari’ye Entrikacılar ve Casuslar</t>
+          <t>Hitleri Öldüren Adam</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789756565988</t>
+          <t>9789756565070</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Film Çeviriyorum Abi</t>
+          <t>Hiçbir Şey Dünyamızdan Daha İlginç Değil 365 Bilimsel Gerçek, Keşif ve Buluş</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>245</v>
+        <v>390</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786055738914</t>
+          <t>9789944931502</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Feminizm</t>
+          <t>Hegel’in Uluslararası İlişkiler Kuramı: Dünya Tini, Devlet ve Savaş</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9799944931082</t>
+          <t>9786055738228</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Excalibur - Savaş Lordu Yıllıkları: 3</t>
+          <t>Hataylı İki Aşık Kamil Sarıateş ve Osman Telli</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>408</v>
+        <v>400</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944931496</t>
+          <t>9789944931809</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Eşek, Öküz ve İnek Kaset Dolduruyor</t>
+          <t>Giyotin Takımı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>155</v>
+        <v>385</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789944931922</t>
+          <t>9789756565209</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Tatlı Dili</t>
+          <t>Garnethill</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>165</v>
+        <v>600</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786055738815</t>
+          <t>9786055738211</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Emperyalist Çağda Modernleşme</t>
+          <t>Firavun’dan Mata Hari’ye Entrikacılar ve Casuslar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789756565803</t>
+          <t>9789756565988</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Elminster’ın Cezbedilişi</t>
+          <t>Film Çeviriyorum Abi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789756565759</t>
+          <t>9786055738914</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Elminster Myth Drannor’da</t>
+          <t>Feminizm</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944931281</t>
+          <t>9799944931082</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Elit Sosyolojisi</t>
+          <t>Excalibur - Savaş Lordu Yıllıkları: 3</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>245</v>
+        <v>500</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789756565728</t>
+          <t>9789944931496</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Eğer’den Meğer’e Ütopya Karşısında Türk Romanı</t>
+          <t>Eşek, Öküz ve İnek Kaset Dolduruyor</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789756565483</t>
+          <t>9789944931922</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler - 2</t>
+          <t>Eşeğin Tatlı Dili</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786055738242</t>
+          <t>9786055738815</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları 2000-2010</t>
+          <t>Emperyalist Çağda Modernleşme</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789756565643</t>
+          <t>9789756565803</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Diyardaki Bela</t>
+          <t>Elminster’ın Cezbedilişi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>525</v>
+        <v>550</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944931236</t>
+          <t>9789756565759</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hümayun</t>
+          <t>Elminster Myth Drannor’da</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>245</v>
+        <v>500</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944931441</t>
+          <t>9789944931281</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Dinler Kavga Aracı mıdır?</t>
+          <t>Elit Sosyolojisi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786055738259</t>
+          <t>9789756565728</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Martı</t>
+          <t>Eğer’den Meğer’e Ütopya Karşısında Türk Romanı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789756565612</t>
+          <t>9789756565483</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Değişim Sürecinde Bir Osmanlı Kenti: Kudüs (1890-1914)</t>
+          <t>Efsaneler - 2</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789756565674</t>
+          <t>9786055738242</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünyada Rusya ve Ukrayna</t>
+          <t>Edebiyat Yazıları 2000-2010</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>470</v>
+        <v>450</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789756565926</t>
+          <t>9789756565643</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Çingene Çadırında Bahar - Buluta Çizilen Resim</t>
+          <t>Diyardaki Bela</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>165</v>
+        <v>650</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789944931939</t>
+          <t>9789944931236</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Çırak</t>
+          <t>Divan-ı Hümayun</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789944931403</t>
+          <t>9789944931441</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Çevrenin İmparatorluğu Rusya ve Dünya Sistemi</t>
+          <t>Dinler Kavga Aracı mıdır?</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>485</v>
+        <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789944931274</t>
+          <t>9786055738259</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’de Ne Oldu?</t>
+          <t>Dilsiz Martı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789944931588</t>
+          <t>9789756565612</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Üniversite mi Medrese mi?</t>
+          <t>Değişim Sürecinde Bir Osmanlı Kenti: Kudüs (1890-1914)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789944931311</t>
+          <t>9789756565674</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türkiye Tarihi</t>
+          <t>Değişen Dünyada Rusya ve Ukrayna</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>210</v>
+        <v>585</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944931175</t>
+          <t>9789756565926</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İtalyan Edebiyatından Fantastik Öyküler</t>
+          <t>Çingene Çadırında Bahar - Buluta Çizilen Resim</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786055738365</t>
+          <t>9789944931939</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Öncü Sanayicisi İzzet Baysal</t>
+          <t>Çırak</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786055738181</t>
+          <t>9789944931403</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Cennetin İblisleri</t>
+          <t>Çevrenin İmparatorluğu Rusya ve Dünya Sistemi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789756565179</t>
+          <t>9789944931274</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Büyücüavcısı Unutulmuş Diyarlar Danışmanlar ve Krallar 1. Kitap</t>
+          <t>Çanakkale’de Ne Oldu?</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055738921</t>
+          <t>9789944931588</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Burası Ankara</t>
+          <t>Çağdaş Üniversite mi Medrese mi?</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054657186</t>
+          <t>9789944931311</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bolivya Anayasası: Hukuk, Demokrasi, Özerklik</t>
+          <t>Çağdaş Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789944931366</t>
+          <t>9789944931175</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Boğazlar Meselesi ve Çanakkale Deniz Savaşı’nda Türk Zaferi</t>
+          <t>Çağdaş İtalyan Edebiyatından Fantastik Öyküler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789944931427</t>
+          <t>9786055738365</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Birinci Meclisin İçki Yasağı Men-i Müskirat Kanunu</t>
+          <t>Cumhuriyetin Öncü Sanayicisi İzzet Baysal</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786055738068</t>
+          <t>9786055738181</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Bir Acayip Öfke</t>
+          <t>Cennetin İblisleri</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944931120</t>
+          <t>9789756565179</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Batı Avrupa’da Milliyetçiliğin Gelişimi</t>
+          <t>Büyücüavcısı Unutulmuş Diyarlar Danışmanlar ve Krallar 1. Kitap</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>295</v>
+        <v>500</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786055738952</t>
+          <t>9786055738921</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Bab-ı Zaman</t>
+          <t>Burası Ankara</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054657063</t>
+          <t>9786054657186</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Solun Geleceği</t>
+          <t>Bolivya Anayasası: Hukuk, Demokrasi, Özerklik</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786055738471</t>
+          <t>9789944931366</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’ne Üyelik Sürecinin Örgütlenmesi</t>
+          <t>Boğazlar Meselesi ve Çanakkale Deniz Savaşı’nda Türk Zaferi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054657155</t>
+          <t>9789944931427</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Attila İlhan’ın Siyasal Düşüncesi</t>
+          <t>Birinci Meclisin İçki Yasağı Men-i Müskirat Kanunu</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>385</v>
+        <v>280</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789944931854</t>
+          <t>9786055738068</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Atilla’nın Kılıcı</t>
+          <t>Bir Acayip Öfke</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>165</v>
+        <v>370</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789944931021</t>
+          <t>9789944931120</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Halk Deyimleri Işığında Türk İnsanı</t>
+          <t>Batı Avrupa’da Milliyetçiliğin Gelişimi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789756565889</t>
+          <t>9786055738952</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Ankara ve Lozan Arasında</t>
+          <t>Bab-ı Zaman</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789756565339</t>
+          <t>9786054657063</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Kısa Öyküleri</t>
+          <t>Avrupa’da Solun Geleceği</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786055738075</t>
+          <t>9786055738471</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>AKP Kitabı</t>
+          <t>Avrupa Birliği’ne Üyelik Sürecinin Örgütlenmesi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789756565476</t>
+          <t>9786054657155</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>120 Filmde Seyrialem</t>
+          <t>Attila İlhan’ın Siyasal Düşüncesi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>385</v>
+        <v>500</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054657377</t>
+          <t>9789944931854</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Penceresinden</t>
+          <t>Atilla’nın Kılıcı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>3990000029704</t>
+          <t>9789944931021</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Yuvasından Kaçan Kedi</t>
+          <t>Atasözleri ve Halk Deyimleri Işığında Türk İnsanı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055738877</t>
+          <t>9789756565889</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşlığın Kıyısında Aleviler</t>
+          <t>Ankara ve Lozan Arasında</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789944931014</t>
+          <t>9789756565339</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yunan Bağımsızlık Savaşı’nda Sakız Adası</t>
+          <t>Amerikan Kısa Öyküleri</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055738310</t>
+          <t>9786055738075</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yönetmenlerin İzinde Macar Sineması</t>
+          <t>AKP Kitabı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>240</v>
+        <v>850</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789944931762</t>
+          <t>9789756565476</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yonca Perisi</t>
+          <t>120 Filmde Seyrialem</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>155</v>
+        <v>480</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789944931359</t>
+          <t>9786054657377</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Yok Oluşum</t>
+          <t>Yüreğimin Penceresinden</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786055738501</t>
+          <t>3990000029704</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sol Yeni Sağ</t>
+          <t>Yuvasından Kaçan Kedi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>485</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055738327</t>
+          <t>9786055738877</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Yeni Küresel Ekonomik Düzensizlik</t>
+          <t>Yurttaşlığın Kıyısında Aleviler</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054657339</t>
+          <t>9789944931014</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeninde Rusya - Çin İlişkileri</t>
+          <t>Yunan Bağımsızlık Savaşı’nda Sakız Adası</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055738884</t>
+          <t>9786055738310</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Efsane Xabze</t>
+          <t>Yönetmenlerin İzinde Macar Sineması</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055738013</t>
+          <t>9789944931762</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Yalana Övgü</t>
+          <t>Yonca Perisi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>305</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789756325124</t>
+          <t>9789944931359</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kurtuluş Savaşı Dönemi İngiltere ve Türkiye  (1919-1922)</t>
+          <t>Yok Oluşum</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055738648</t>
+          <t>9786055738501</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sağ Örgütler</t>
+          <t>Yeni Sol Yeni Sağ</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055738945</t>
+          <t>9786055738327</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kayıtdışı Ekonomi, Yolsuzluk Siyasetin Finansmanı</t>
+          <t>Yeni Küresel Ekonomik Düzensizlik</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055738860</t>
+          <t>9786054657339</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Öğrenci Hareketlerinden Mekansal Bir Kesit Kantindeki Politik Ekonomi</t>
+          <t>Yeni Dünya Düzeninde Rusya - Çin İlişkileri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>410</v>
+        <v>400</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055738044</t>
+          <t>9786055738884</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - AB İlişkileri Nereye Gidiyor?</t>
+          <t>Yaşayan Efsane Xabze</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054657407</t>
+          <t>9786055738013</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinema Tarihinden Fragmanlar (1896-1945)</t>
+          <t>Yalana Övgü</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789944931342</t>
+          <t>9789756325124</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanının Oluşumu</t>
+          <t>Ulusal Kurtuluş Savaşı Dönemi İngiltere ve Türkiye  (1919-1922)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789944931892</t>
+          <t>9786055738648</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Tutumlu Kırkayak Fanti</t>
+          <t>Türkiye’de Sağ Örgütler</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>165</v>
+        <v>450</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944931847</t>
+          <t>9786055738945</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Truva Hazineleri</t>
+          <t>Türkiye’de Kayıtdışı Ekonomi, Yolsuzluk Siyasetin Finansmanı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055738402</t>
+          <t>9786055738860</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Hain Çerkesler</t>
+          <t>Türkiye Öğrenci Hareketlerinden Mekansal Bir Kesit Kantindeki Politik Ekonomi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055738983</t>
+          <t>9786055738044</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Tarih: Ne ve Neden</t>
+          <t>Türkiye - AB İlişkileri Nereye Gidiyor?</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9799944931044</t>
+          <t>9786054657407</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Söylemler ve Temsiller Fransızlar Türkleri Nasıl Anımsıyor ya da Fransız İmgeleminde Türkiye</t>
+          <t>Türk Sinema Tarihinden Fragmanlar (1896-1945)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>385</v>
+        <v>400</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055738709</t>
+          <t>9789944931342</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilikten Küreselleşmeye Siyasetin Pragmatik Temelleri</t>
+          <t>Türk Romanının Oluşumu</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789944931779</t>
+          <t>9789944931892</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayat ve Çatışma</t>
+          <t>Tutumlu Kırkayak Fanti</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055738631</t>
+          <t>9789944931847</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrasi İdeolojisi</t>
+          <t>Truva Hazineleri</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054657032</t>
+          <t>9786055738402</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrasi Dönemi</t>
+          <t>Tarihteki Hain Çerkesler</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789756565919</t>
+          <t>9786055738983</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Siyasal ve Bellek Platon’da Anımsama Platon’u Anımsama</t>
+          <t>Tarih: Ne ve Neden</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>310</v>
+        <v>385</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789756565568</t>
+          <t>9799944931044</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Sioux Halkının Son Günleri</t>
+          <t>Söylemler ve Temsiller Fransızlar Türkleri Nasıl Anımsıyor ya da Fransız İmgeleminde Türkiye</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055738198</t>
+          <t>9786055738709</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Tatil</t>
+          <t>Sömürgecilikten Küreselleşmeye Siyasetin Pragmatik Temelleri</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055738556</t>
+          <t>9789944931779</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Sırtımdaki Semer</t>
+          <t>Sosyal Hayat ve Çatışma</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786055738358</t>
+          <t>9786055738631</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik Makinesi</t>
+          <t>Sosyal Demokrasi İdeolojisi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944931977</t>
+          <t>9786054657032</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Serçe Kral</t>
+          <t>Sosyal Demokrasi Dönemi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>155</v>
+        <v>550</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054657469</t>
+          <t>9789756565919</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Sekans Sinema Yazıları Seçkisi - 8</t>
+          <t>Siyasal ve Bellek Platon’da Anımsama Platon’u Anımsama</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055738051</t>
+          <t>9789756565568</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Savaşı Anlamak</t>
+          <t>Sioux Halkının Son Günleri</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>385</v>
+        <v>485</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054657384</t>
+          <t>9786055738198</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Salkım Saçak Keldağ</t>
+          <t>Sihirli Tatil</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789756565223</t>
+          <t>9786055738556</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Sobe</t>
+          <t>Sırtımdaki Semer</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789944931823</t>
+          <t>9786055738358</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Efendisi</t>
+          <t>Sessizlik Makinesi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055738372</t>
+          <t>9789944931977</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Rus Mitleri</t>
+          <t>Serçe Kral</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786054657476</t>
+          <t>9786054657469</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Rahman</t>
+          <t>Sekans Sinema Yazıları Seçkisi - 8</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055738143</t>
+          <t>9786055738051</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Ömrün Çetelesi Tutulmaz</t>
+          <t>Savaşı Anlamak</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>165</v>
+        <v>480</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789944931663</t>
+          <t>9786054657384</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Tatlı Kokusu</t>
+          <t>Salkım Saçak Keldağ</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789944931700</t>
+          <t>9789756565223</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklar Tiyatrosu</t>
+          <t>Sağım Solum Sobe</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789944931656</t>
+          <t>9789944931823</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Otuzbeş Yıllık Göç ve Bürokrasi Tanıklıklarım</t>
+          <t>Rüzgarın Efendisi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789944931250</t>
+          <t>9786055738372</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukukunda Zulüm Kavramı</t>
+          <t>Rus Mitleri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9799944931075</t>
+          <t>9786054657476</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Orta Sınıfın İsyanı</t>
+          <t>Rahman</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789944931717</t>
+          <t>9786055738143</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Ağıtı</t>
+          <t>Ömrün Çetelesi Tutulmaz</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789944931984</t>
+          <t>9789944931663</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Şenlik</t>
+          <t>Ölümün Tatlı Kokusu</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789944931991</t>
+          <t>9789944931700</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Orman Radyosu</t>
+          <t>Oyuncaklar Tiyatrosu</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054657261</t>
+          <t>9789944931656</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Neye Yarar Hatıralar?</t>
+          <t>Otuzbeş Yıllık Göç ve Bürokrasi Tanıklıklarım</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789756565971</t>
+          <t>9789944931250</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Mor Tesadüfler</t>
+          <t>Osmanlı Hukukunda Zulüm Kavramı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789756565285</t>
+          <t>9799944931075</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Modern İnsanın Yabancılaşması Marx’a ve Tönnies’ye Dayalı Bir Yorum</t>
+          <t>Orta Sınıfın İsyanı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789944931182</t>
+          <t>9789944931717</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Modern İbrani Edebiyatı Tarihi</t>
+          <t>Ormanın Ağıtı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
+          <t>9789944931984</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Ormanda Şenlik</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9789944931991</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Orman Radyosu</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786054657261</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Neye Yarar Hatıralar?</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9789756565971</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Mor Tesadüfler</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9789756565285</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Modern İnsanın Yabancılaşması Marx’a ve Tönnies’ye Dayalı Bir Yorum</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9789944931182</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Modern İbrani Edebiyatı Tarihi</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
           <t>9786055738037</t>
         </is>
       </c>
-      <c r="B413" s="1" t="inlineStr">
+      <c r="B419" s="1" t="inlineStr">
         <is>
           <t>Misafir İşçilikten Etnik Azınlığa Belçika ’daki Türkler</t>
         </is>
       </c>
-      <c r="C413" s="1">
-        <v>325</v>
+      <c r="C419" s="1">
+        <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>