--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -94,1216 +94,1216 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9781503764033</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>World of Eric Carle: Forest Friends (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>808.8</v>
+        <v>1051.44</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9781503709348</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>World of Eric Carle: Around the Farm</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>246</v>
+        <v>319.8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9781503768734</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>World of Eric Carle: Sound Storybook Treasury (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1335.84</v>
+        <v>1736.59</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9781503767393</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Disney Mickey Mouse &amp; Friends: Minnie, Donald, Goofy, And More!: Sound Storybook Treasur (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1335.84</v>
+        <v>1736.59</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9781503755031</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Marvel: Spider-man, Avengers, Black Panther, And More! Sound Storybook Treasury (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1335.84</v>
+        <v>1736.59</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9781503759312</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Let's Ride a Train! (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>740.52</v>
+        <v>962.68</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9781503768789</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Disney Baby Mickey Mouse, Minnie, And More!: Mickey On the Move (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>808.8</v>
+        <v>1051.44</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9781503745964</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Disney Baby Minnie Mouse, Frozen, Princess And More!: Let's Learn Together (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>963.16</v>
+        <v>1252.11</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9781450867740</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>World of Eric Carle: Animal Babies (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>815.54</v>
+        <v>1060.2</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9781503743533</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Disney Pixar Toy Story 4: The Toys Are Back! (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>583.2</v>
+        <v>758.16</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9781503765139</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Disney Baby Mickey Mouse, Buzz Lightyear, Moana, And More!: Friends On the Go! (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>583.2</v>
+        <v>758.16</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9781503764811</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Explore With Me! (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>808.8</v>
+        <v>1051.44</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9781503756014</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Nickelodeon Blue's Clues &amp; You!: Play Day with Blue! (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>583.2</v>
+        <v>758.16</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9781450868297</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Disney Minnie Mouse - Let's Go! (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>630.41</v>
+        <v>819.53</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9781503765108</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Disney Pixar Lightyear - To Infinity… And Beyond! (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>583.2</v>
+        <v>758.16</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9781503752870</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Music All Day Long (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>631.62</v>
+        <v>821.11</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9781503767348</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Follow Your Nose! (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>807.6</v>
+        <v>1049.88</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9781503762442</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Animal Sound Safari (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>583.2</v>
+        <v>758.16</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9781503771031</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Deluxe 24-Book Set (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1333.42</v>
+        <v>1733.45</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9781503762534</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Disney Mickey Mouse and Minnie Mouse Read-Along Classics: Pride &amp; Prejudice (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>666.71</v>
+        <v>866.72</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9781503768741</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Noisy Toys (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>554.4</v>
+        <v>720.72</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9781503768017</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Disney Baby: Hide-And-Bounce! (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>554.4</v>
+        <v>720.72</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9781503757875</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>World of Eric Carle: My First Library 12 Board Book Set (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1080</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9781503756694</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Nickelodeon Blue's Clues &amp; You!: My First Library Board Book Block 12-Book Set (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>1080</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9781503760455</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>My First Recycling Book: GO GO ECO Tin Can (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>465.6</v>
+        <v>605.28</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9781503767324</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Farm Animals My First Library 12 Board Book Set (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1080</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9781503754577</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Disney Frozen: Adventures On Ice</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>360</v>
+        <v>468</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9781503757066</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Disney Junior Minnie Mouse - Happy Birthday Surprise! (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>697.2</v>
+        <v>906.36</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9781503752825</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Amazing Animals!</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>815.54</v>
+        <v>1060.2</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9781503751866</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: My First Library 12 Board Books (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>990</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9781503758834</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Write and Erase Hands-On Activity Book (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>549.8</v>
+        <v>657.51</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9781503739680</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Disney: Mickey and Friends (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9781450893732</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Disney: My First Library 12 Board Book Set- Thomas &amp; Friends (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>1080</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9781503743618</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Disney: Pixar Friends And Family My First Library 12 Book Set- Toy Story, Cars, Coco, and more! (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1080</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9781503713598</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Disney: Little First Look and Find 4 Book Set- Minnie Mouse, Princesses, and More! (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>1080</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9781503746466</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Disney Baby: My First Library Board Book Block 12 Book Set- Princess Cinderella, Belle, Ariel, and More! (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1080</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9781412774710</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Disney: Pixar Toy Story Buzz Lightyear, Woody, and More! Activity Book (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9781450879194</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Disney: Minnie Mouse Best Friends Activity Book (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>501.6</v>
+        <v>652.08</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9781503762466</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: My First Colours (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>614.4</v>
+        <v>798.72</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9781503762459</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Lift A Flap My First 100 Words (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>661.2</v>
+        <v>859.56</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9781450844093</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Disney Minnie Mouse - My First Library Board Book Block 12-Book Set (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>990</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9781503743625</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Disney My Friend Minnie Mouse - My First Library 12 Board Book Block Set (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1080</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9781503743632</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Disney Frozen My First Library Board Book Block 12 Book Set (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>837.6</v>
+        <v>1088.88</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9781503743557</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Disney: Pixar Toy Story The Collection Look and Find (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>447.6</v>
+        <v>581.88</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9781503752801</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Little First Look and Find Activity Book (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>246</v>
+        <v>319.8</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9781503762480</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Sticker Book- In the Ocean! (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>501.6</v>
+        <v>652.08</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9781503760387</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Sticker Book- On the Farm! (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>501.6</v>
+        <v>652.08</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9781503721760</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Disney Baby: My First Library 12 Board Book Set- Mickey Mouse, Minnie, Toy Story and More! (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>1080</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9781503752887</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Little First Look and Find Let's Look 4 Books (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>856.8</v>
+        <v>1113.84</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9781503763715</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Disney: Pixar Toy Story Activity Book- Toy Story Buzz Lightyear, Woody, and More! (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9781503755048</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: World of Color (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9781503751897</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Disney: Muppet Babies Activity Book (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9781503743540</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Disney: Pixar Toy Story 4 Look and Find Activity Book (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>447.6</v>
+        <v>581.88</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9781503743311</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Disney: First Look and Find Let's Play! (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>614.4</v>
+        <v>798.72</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9781503739352</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Disney: Where's Mickey Mouse A Look and Find Book Activity (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9781503736580</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Disney Baby: First Look and Find- Winnie the Pooh and His Friends Too! (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>614.4</v>
+        <v>798.72</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9781503735323</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Disney: First Look and Find Puppy Dog Pals (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>614.4</v>
+        <v>798.72</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9781503754997</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Color &amp; Carry</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9781503754980</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Color Splash!</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9781503758865</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Sticker Book-100 First Words (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>465.6</v>
+        <v>605.28</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9781503757899</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Nickelodeon Blue's Clues &amp; You!: Bath Time with Blue (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9781503755680</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Shake and Splash! (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>447.6</v>
+        <v>581.88</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9781503754904</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Disney Baby: Splishy Fishy! (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9781503754898</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Disney Baby: Tub Time! (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9781503751330</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Splish Splash (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9781412722773</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Disney: Mickey Mouse Clubhouse Activity Book (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>246</v>
+        <v>319.8</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9781503745667</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Disney Baby: A What Do You See Book Let's Play (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>447.6</v>
+        <v>581.88</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9781503764873</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Slide &amp; Move My First Actions (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>477.6</v>
+        <v>620.88</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9781503754690</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: First Look and Find (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9781503754560</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Best of Pixar Look and Find Activity Book (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>447.6</v>
+        <v>581.88</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9781503727670</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Disney Baby: Little First Look and Find ABCs (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>246</v>
+        <v>319.8</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9781503721777</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Disney Baby: First Look and Find ABC's (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>559.2</v>
+        <v>726.96</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9781503760448</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Nickelodeon Bubble Guppies: Bubble Bath Time (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>418.8</v>
+        <v>544.44</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9781503764866</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Peek Through Pages My First Seasons (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>447.6</v>
+        <v>581.88</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9781503752573</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein: Lift A Flap Look and See With Me (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>703.2</v>
+        <v>914.16</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9781503762473</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Baby Einstein - My First Vehicles (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>447.6</v>
+        <v>581.88</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9781503745391</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Disney Toy Story Woody, Buzz Lightyear, and More! - My First Library Board Book Block 12-Book Set (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1080</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9781503720336</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Disney Pixar Toy Story, Cars, Finding Nemo, and More! - My First Library 12 Board Book Block Set (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1080</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9781503752658</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Disney Baby: Lift A Flap Peek A Boo</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>703.2</v>
+        <v>914.16</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>