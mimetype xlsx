--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -94,126 +94,126 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786057243799</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Alternatif</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786057243768</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Numeroloji ve Semboller</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057243744</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Koç Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057243737</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Kazanmak İstiyorsanız</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786057243751</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Mükemmel Olmadan da Olur</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786057243720</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Numeroloji ve Aşk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>480</v>
+        <v>570</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786057243713</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Hürriyet Tutsağı</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786057243706</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
@@ -274,126 +274,126 @@
         <is>
           <t>9786057369079</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Atığa Hayır De! - Daha Az Atık Çıkarmanın 101 Kolay Yolu</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057369055</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Büyüyen Neşe</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>700</v>
+        <v>900</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786057369048</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>İleri Seviye Numeroloji</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>630</v>
+        <v>750</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057369031</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Deniz'in Sesi</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786057369024</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Zayıflamanın Tadı Hiçbir Yemekte Yok</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786057369017</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Sakin Nefes, Sakin Zihin</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786057369000</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Pencere Önü Bahçıvanı (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>650</v>
+        <v>850</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786057011299</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Gören Gözler</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786057011282</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
@@ -409,81 +409,81 @@
         <is>
           <t>9786057011268</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Gülün Bilgeliği (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786057011251</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Pervin’in Bahçesinden Güzellik İksirleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>460</v>
+        <v>600</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786057011244</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Ay Parçasının Güz Yaşları</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786057011237</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Numeroloji Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>700</v>
+        <v>840</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786057011220</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Mucizeler Adası</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786057011213</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>