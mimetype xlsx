--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,7840 +85,8035 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753529594</t>
+          <t>9786258675269</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Aile Umudu</t>
+          <t>Sözcüklerin Gücü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753529617</t>
+          <t>9786258675009</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Aile Yorgunluğu</t>
+          <t>Lübnan’da Sünniliğin Başka Bir Yüzü: Ahbâş Cemaati</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>430</v>
+        <v>340</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753529662</t>
+          <t>9789753529969</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Deli Gömlekleri</t>
+          <t>Farklı Yönleriyle Muhammed Hamidullah</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753529600</t>
+          <t>9789753529976</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aile Durumu</t>
+          <t>Bir İslam Şehrinin Anatomisi Bosna Hersek</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753529433</t>
+          <t>9789753529990</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aile Değeri</t>
+          <t>Adil ve Etkili Bir İletişim Düzeni Arayışı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753529709</t>
+          <t>9789753520232</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi Tarihi</t>
+          <t>Tarih Boyunca Tevhid Mücadelesi ve Hz.Peygamberin Hayatı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>324</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753529679</t>
+          <t>9789753529945</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çınaraltı’nda Gece</t>
+          <t>Seyyid Ali Efendiİ’nin Fransa Sefareti (1797-1802)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753529624</t>
+          <t>9789753529884</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hilafet ve İmparatorluk Ekseninde Türkiye Merkezli Düşünmek</t>
+          <t>Japonya'da İslam ve Diğer Dinler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753529631</t>
+          <t>9789753529860</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yitik Cennetin Çocukları</t>
+          <t>Said Nursi, Felsefe ve Hikmet</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753525008</t>
+          <t>9789753529839</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şiddet Erdemi Öldürür</t>
+          <t>Dijital Gözetim Çağında İnsan</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753526005</t>
+          <t>9789753529853</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Buhranlarımız</t>
+          <t>Çok Kutuplu Dünyaya Doğru</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753521192</t>
+          <t>9789753529846</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İman Kavramı</t>
+          <t>Afrika’da Devlet Dışı Aktörler Yıllığı 2025</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753524834</t>
+          <t>9789753521185</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kültür Savaşlarından Kültürel İktidara Türkiye'nin Yeni Kültürü</t>
+          <t>Tüketim Köleliği</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753524766</t>
+          <t>9789753529594</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Bedeli</t>
+          <t>Aile Umudu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753525060</t>
+          <t>9789753529617</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dünya Adasında Son Savaş</t>
+          <t>Aile Yorgunluğu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753520119</t>
+          <t>9789753529662</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Vahiyden Kültüre</t>
+          <t>Deli Gömlekleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753529082</t>
+          <t>9789753529600</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dil Felsefesine Giriş</t>
+          <t>Aile Durumu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753529105</t>
+          <t>9789753529433</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Direniş Olarak İlim</t>
+          <t>Aile Değeri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753529099</t>
+          <t>9789753529709</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sahte Mitoloji ve İnsanın Zaferi</t>
+          <t>İslam Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753529051</t>
+          <t>9789753529679</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kurmacada Güvenilmez Anlatıcı</t>
+          <t>Çınaraltı’nda Gece</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753528634</t>
+          <t>9789753529624</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Modern Durum/ Modernliğe Eleştirel Bir Bakış</t>
+          <t>Hilafet ve İmparatorluk Ekseninde Türkiye Merkezli Düşünmek</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753528764</t>
+          <t>9789753529631</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yorumsuz</t>
+          <t>Yitik Cennetin Çocukları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753528627</t>
+          <t>9789753525008</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Değilse Ne Zaman?</t>
+          <t>Şiddet Erdemi Öldürür</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753528740</t>
+          <t>9789753526005</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>‘Hayır!’ Diyebilmeli İnsan!</t>
+          <t>Buhranlarımız</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753528733</t>
+          <t>9789753521192</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Bilmeyen Dünyanın Maskarası Olur</t>
+          <t>İslam Düşüncesinde İman Kavramı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753528757</t>
+          <t>9789753524834</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>‘Hatırla!’ Geçmişin Geleceğindir</t>
+          <t>Kültür Savaşlarından Kültürel İktidara Türkiye'nin Yeni Kültürü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753528702</t>
+          <t>9789753524766</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Dönüştüren Dört Alim</t>
+          <t>Özgürlüğün Bedeli</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753528726</t>
+          <t>9789753525060</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tsurezuregusa</t>
+          <t>Dünya Adasında Son Savaş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753527286</t>
+          <t>9789753520119</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi ve Kur’an</t>
+          <t>Vahiyden Kültüre</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753528719</t>
+          <t>9789753529082</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Nehirden Denize Özgür Filistin</t>
+          <t>Dil Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>95</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753526753</t>
+          <t>9789753529105</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Zihniyet İnşası Bağlamında Kur’an’da Rab Kavramı</t>
+          <t>Direniş Olarak İlim</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>474.5</v>
+        <v>280</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753526517</t>
+          <t>9789753529099</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslamcılık ve Kürt Sorunu</t>
+          <t>Sahte Mitoloji ve İnsanın Zaferi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>385</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753525619</t>
+          <t>9789753529051</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tövbe ve İstiğfar</t>
+          <t>Kurmacada Güvenilmez Anlatıcı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753526494</t>
+          <t>9789753528634</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür ve Yorum</t>
+          <t>Modern Durum/ Modernliğe Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753526739</t>
+          <t>9789753528764</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Okuma Yolları</t>
+          <t>Yorumsuz</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753526722</t>
+          <t>9789753528627</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Şimdi Değilse Ne Zaman?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753520850</t>
+          <t>9789753528740</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ademoğlunun İlk Mezhebi</t>
+          <t>‘Hayır!’ Diyebilmeli İnsan!</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753520645</t>
+          <t>9789753528733</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ulus’tan Ümmet’e</t>
+          <t>Dünyayı Bilmeyen Dünyanın Maskarası Olur</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>155</v>
+        <v>290</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753526913</t>
+          <t>9789753528757</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Biliyorum Bir Gün Bir Ülkemiz Olacak</t>
+          <t>‘Hatırla!’ Geçmişin Geleceğindir</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753526807</t>
+          <t>9789753528702</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Ismarladık Kudüs</t>
+          <t>Dünyayı Dönüştüren Dört Alim</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>214.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755981505</t>
+          <t>9789753528726</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gösterişçi Dindarlık</t>
+          <t>Tsurezuregusa</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753520294</t>
+          <t>9789753527286</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Fıkhu's Sünne (4 Cilt Takım) (Ciltli)</t>
+          <t>Dinler Tarihi ve Kur’an</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1500</v>
+        <v>265</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753525718</t>
+          <t>9789753528719</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya ve Doğu Avrupa Tarihi</t>
+          <t>Nehirden Denize Özgür Filistin</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753524773</t>
+          <t>9789753526753</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Afrikalı Beş Müslüman Kölenin Hatıraları</t>
+          <t>Zihniyet İnşası Bağlamında Kur’an’da Rab Kavramı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>340</v>
+        <v>474.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753524896</t>
+          <t>9789753526517</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hikayeleri</t>
+          <t>Türkiye’de İslamcılık ve Kürt Sorunu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>325</v>
+        <v>385</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753520140</t>
+          <t>9789753525619</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Tarih Sosyolojisi</t>
+          <t>Tövbe ve İstiğfar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>305</v>
+        <v>480</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753520287</t>
+          <t>9789753526494</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İslam’da İhya Hareketleri</t>
+          <t>Tefekkür ve Yorum</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>125</v>
+        <v>285</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753520096</t>
+          <t>9789753526739</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsanlığın Geleceği</t>
+          <t>Okuma Yolları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753521635</t>
+          <t>9789753526722</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Estetik İlişkisi</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>380</v>
+        <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753523547</t>
+          <t>9789753520850</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Nübüvvet</t>
+          <t>Ademoğlunun İlk Mezhebi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>325</v>
+        <v>165</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753521857</t>
+          <t>9789753520645</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İşlevsel Akıl</t>
+          <t>Ulus’tan Ümmet’e</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>340</v>
+        <v>155</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753523325</t>
+          <t>9789753526913</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Biliyorum Bir Gün Bir Ülkemiz Olacak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753522199</t>
+          <t>9789753526807</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem İslam Hukuku</t>
+          <t>Allah'a Ismarladık Kudüs</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753521895</t>
+          <t>9789755981505</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İlk Ahit</t>
+          <t>Gösterişçi Dindarlık</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>340</v>
+        <v>235</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9799753521702</t>
+          <t>9789753520294</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İlimde Demokrasi Olmaz</t>
+          <t>Fıkhu's Sünne (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>340</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753524001</t>
+          <t>9789753525718</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hulefa-i Raşidin Örnekliğinde İslam’da Devlet Başkanı Seçimi</t>
+          <t>Kafkasya ve Doğu Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>235</v>
+        <v>380</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753523646</t>
+          <t>9789753524773</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlak</t>
+          <t>Afrikalı Beş Müslüman Kölenin Hatıraları</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753523752</t>
+          <t>9789753524896</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Düşüncede Yenilenme</t>
+          <t>Ceza Hikayeleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>285</v>
+        <v>325</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753523981</t>
+          <t>9789753520140</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şahit Ol Ya Rab!</t>
+          <t>İslam’ın Tarih Sosyolojisi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>210</v>
+        <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753520126</t>
+          <t>9789753520287</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Çağı</t>
+          <t>İslam’da İhya Hareketleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753521222</t>
+          <t>9789753520096</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Takva Yolu</t>
+          <t>İslam ve İnsanlığın Geleceği</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>214.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753522885</t>
+          <t>9789753521635</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şeytan</t>
+          <t>Tevhid ve Estetik İlişkisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>115</v>
+        <v>380</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753522410</t>
+          <t>9789753523547</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sürgündeki Güller</t>
+          <t>İslam Düşüncesinde Nübüvvet</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753522083</t>
+          <t>9789753521857</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sünneti ve Hadisi Yeniden Düşünmek</t>
+          <t>İslam Düşüncesinde İşlevsel Akıl</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753521314</t>
+          <t>9789753523325</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sırat-ı Müstakim</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753522656</t>
+          <t>9789753522199</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sahnelik Toplum</t>
+          <t>İlk Dönem İslam Hukuku</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753522854</t>
+          <t>9789753521895</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sabra Davet Eden Hakikat</t>
+          <t>İlk Ahit</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>385</v>
+        <v>340</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>3000090100219</t>
+          <t>9799753521702</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Arayışı ve İslam</t>
+          <t>İlimde Demokrasi Olmaz</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>155</v>
+        <v>340</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753523240</t>
+          <t>9789753524001</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Öyküye Ağıt</t>
+          <t>Hulefa-i Raşidin Örnekliğinde İslam’da Devlet Başkanı Seçimi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753522922</t>
+          <t>9789753523646</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Önder, Lider, Komutan Hz. Peygamber (S.A.V)</t>
+          <t>Güzel Ahlak</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753521451</t>
+          <t>9789753523752</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Devlet ve Terör</t>
+          <t>Düşüncede Yenilenme</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>385</v>
+        <v>285</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753523820</t>
+          <t>9789753523981</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Oku! Kerem Sahibi Rabbinin Adıyla</t>
+          <t>Şahit Ol Ya Rab!</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753523332</t>
+          <t>9789753520126</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Nemrut</t>
+          <t>Televizyon Çağı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753521291</t>
+          <t>9789753521222</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Aile</t>
+          <t>Takva Yolu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>420</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753522557</t>
+          <t>9789753522885</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Müstesna Şair Mehmed Akif</t>
+          <t>Şeytan</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>210</v>
+        <v>115</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753522342</t>
+          <t>9789753522410</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Modern Küresel Sistem</t>
+          <t>Sürgündeki Güller</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753523219</t>
+          <t>9789753522083</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Modern Cahiliye Karşısında Kur’ani Duruş</t>
+          <t>Sünneti ve Hadisi Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>214.5</v>
+        <v>340</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753523462</t>
+          <t>9789753521314</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüş</t>
+          <t>Sırat-ı Müstakim</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>570</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753522458</t>
+          <t>9789753522656</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Sahnelik Toplum</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753521123</t>
+          <t>9789753522854</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Siyaset</t>
+          <t>Sabra Davet Eden Hakikat</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>235</v>
+        <v>385</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753523257</t>
+          <t>3000090100219</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’la Konuşan Şair</t>
+          <t>Özgürlük Arayışı ve İslam</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753522014</t>
+          <t>9789753523240</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Yaratılış</t>
+          <t>Öyküye Ağıt</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753521468</t>
+          <t>9789753522922</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Tebliğ ve Eğitim Psikolojisi</t>
+          <t>Önder, Lider, Komutan Hz. Peygamber (S.A.V)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>285</v>
+        <v>600</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753521987</t>
+          <t>9789753521451</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Tartışma Metodları</t>
+          <t>Ortadoğu’da Devlet ve Terör</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>550</v>
+        <v>385</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753521376</t>
+          <t>9789753523820</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kuran’da Nankörlük Kavramı</t>
+          <t>Oku! Kerem Sahibi Rabbinin Adıyla</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>260</v>
+        <v>235</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753522939</t>
+          <t>9789753523332</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Korku ve İktidar</t>
+          <t>Nemrut</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>285</v>
+        <v>130</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753523608</t>
+          <t>9789753521291</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Siyah Kitap</t>
+          <t>Nasıl Bir Aile</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>285</v>
+        <v>420</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753523356</t>
+          <t>9789753522557</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Karun</t>
+          <t>Müstesna Şair Mehmed Akif</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753522588</t>
+          <t>9789753522342</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kaostan Önce Son Çıkış</t>
+          <t>Modern Küresel Sistem</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753523509</t>
+          <t>9789753523219</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Düştüğü Yerdeyim</t>
+          <t>Modern Cahiliye Karşısında Kur’ani Duruş</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>175</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753522892</t>
+          <t>9789753523462</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kabil</t>
+          <t>Milli Görüş</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>130</v>
+        <v>570</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753521994</t>
+          <t>9789753522458</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Jöntürkler - 1908 İhtilalinin Doğuşu</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>285</v>
+        <v>190</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753520942</t>
+          <t>9789753521123</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İsrail Mitler ve Terör</t>
+          <t>Kültür ve Siyaset</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>340</v>
+        <v>235</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753521512</t>
+          <t>9789753523257</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Din İlim Medeniyet</t>
+          <t>Kur’an’la Konuşan Şair</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753523653</t>
+          <t>9789753522014</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İ’lamü’l Muvakkı’in (2 Kitap Takım) (Ciltli)</t>
+          <t>Kur’an’da Yaratılış</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>2100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753523899</t>
+          <t>9789753521468</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammedin Hayatı ve İslam Daveti : Mekke - Medine Dönemi (Ciltli)</t>
+          <t>Kur’an’da Tebliğ ve Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>975</v>
+        <v>285</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753521079</t>
+          <t>9789753521987</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Ayaklanması</t>
+          <t>Kur’an’da Tartışma Metodları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753524735</t>
+          <t>9789753521376</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Risalet</t>
+          <t>Kuran’da Nankörlük Kavramı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753524605</t>
+          <t>9789753522939</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-ABD İlişkilerinin Psikolojisi</t>
+          <t>Korku ve İktidar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>675</v>
+        <v>285</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753524681</t>
+          <t>9789753523608</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İslam Miras Hukuku</t>
+          <t>Kırmızı Siyah Kitap</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>340</v>
+        <v>285</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>2017121415208</t>
+          <t>9789753523356</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye Külliyatı (Set)</t>
+          <t>Karun</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>2100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753524223</t>
+          <t>9789753522588</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>On Tez</t>
+          <t>Kaostan Önce Son Çıkış</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>235</v>
+        <v>130</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753524254</t>
+          <t>9789753523509</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dirilişin Şartları</t>
+          <t>Kalbimin Düştüğü Yerdeyim</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753524247</t>
+          <t>9789753522892</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bir Çıkış Yolu</t>
+          <t>Kabil</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>235</v>
+        <v>130</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789753524667</t>
+          <t>9789753521994</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Adem'in İki Oğlu</t>
+          <t>Jöntürkler - 1908 İhtilalinin Doğuşu</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753524209</t>
+          <t>9789753520942</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gazzali'nin Siyaset Anlayışı</t>
+          <t>İsrail Mitler ve Terör</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753524353</t>
+          <t>9789753521512</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Direnişten Dirilişe</t>
+          <t>Din İlim Medeniyet</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753524384</t>
+          <t>9789753523653</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Aşır Aşır Kur'an-ı Kerim Dersleri 2</t>
+          <t>İ’lamü’l Muvakkı’in (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>565</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753524261</t>
+          <t>9789753523899</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Elli Müslüman Düşünür</t>
+          <t>Hz. Muhammedin Hayatı ve İslam Daveti : Mekke - Medine Dönemi (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>950</v>
+        <v>975</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753524148</t>
+          <t>9789753521079</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Haykırış</t>
+          <t>Ahlak Ayaklanması</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753523912</t>
+          <t>9789753524735</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Hayatı</t>
+          <t>Tevhid ve Risalet</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>235</v>
+        <v>400</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753523943</t>
+          <t>9789753524605</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yedinci İklim</t>
+          <t>Türkiye-ABD İlişkilerinin Psikolojisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>260</v>
+        <v>675</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753523851</t>
+          <t>9789753524681</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Genlere Müdahale - İlahi Kader İlişkisi</t>
+          <t>İslam Miras Hukuku</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753521086</t>
+          <t>2017121415208</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Avrupa'ya Son Sözü</t>
+          <t>İbn Teymiyye Külliyatı (Set)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>235</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753520478</t>
+          <t>9789753524223</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>3. Dünya ve Ekoloji</t>
+          <t>On Tez</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789753521284</t>
+          <t>9789753524254</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet'ten Cumhuriyet'e İktidar Kavgaları Ve Sanal İrtica</t>
+          <t>Dirilişin Şartları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>285</v>
+        <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789753525541</t>
+          <t>9789753524247</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Düşüncesi Üzerine</t>
+          <t>Bir Çıkış Yolu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>285</v>
+        <v>235</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789753525787</t>
+          <t>9789753524667</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm Dosyası</t>
+          <t>Adem'in İki Oğlu</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753524971</t>
+          <t>9789753524209</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm ve Türkiye</t>
+          <t>Gazzali'nin Siyaset Anlayışı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>285</v>
+        <v>500</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789753525275</t>
+          <t>9789753524353</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Prusyalı Bir Subayın Gözüyle 1877-1878 Osmanlı-Rus Savaşı (93 Harbi) (Ciltli)</t>
+          <t>Direnişten Dirilişe</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>415</v>
+        <v>260</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789753525206</t>
+          <t>9789753524384</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Şeriat Meşruiyet ve Meşrutiyet (Ciltli)</t>
+          <t>Aşır Aşır Kur'an-ı Kerim Dersleri 2</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>390</v>
+        <v>565</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753525152</t>
+          <t>9789753524261</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti’nin Altın Çağı (Ciltli)</t>
+          <t>Elli Müslüman Düşünür</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>400</v>
+        <v>950</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789753525145</t>
+          <t>9789753524148</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Yahudi Mezhepleri</t>
+          <t>Haykırış</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789753522045</t>
+          <t>9789753523912</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayat ve Fetvalar</t>
+          <t>Hz. Peygamberin Hayatı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>145</v>
+        <v>235</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789753520768</t>
+          <t>9789753523943</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Güç İrade ve Eylem</t>
+          <t>Yedinci İklim</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>285</v>
+        <v>260</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789753520393</t>
+          <t>9789753523851</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gelin Müslüman Olalım</t>
+          <t>Genlere Müdahale - İlahi Kader İlişkisi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789753523349</t>
+          <t>9789753521086</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Firavun</t>
+          <t>İslam'ın Avrupa'ya Son Sözü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753522601</t>
+          <t>9789753520478</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Eski Yara</t>
+          <t>3. Dünya ve Ekoloji</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789753521031</t>
+          <t>9789753521284</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin Yeni İdeolojisi</t>
+          <t>Meşrutiyet'ten Cumhuriyet'e İktidar Kavgaları Ve Sanal İrtica</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789753523394</t>
+          <t>9789753525541</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ebu Cehil</t>
+          <t>Çağdaş Türk Düşüncesi Üzerine</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>130</v>
+        <v>285</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753522274</t>
+          <t>9789753525787</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dünü Bugünü ve Yarınıyla Başörtüsü</t>
+          <t>Siyonizm Dosyası</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>340</v>
+        <v>285</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789753520812</t>
+          <t>9789753524971</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Tevhid</t>
+          <t>Siyonizm ve Türkiye</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>190</v>
+        <v>285</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753523202</t>
+          <t>9789753525275</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dökme Kurşundan Mavi Marmara’ya Gazze’ye Yolculuk</t>
+          <t>Prusyalı Bir Subayın Gözüyle 1877-1878 Osmanlı-Rus Savaşı (93 Harbi) (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>285</v>
+        <v>415</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789753523455</t>
+          <t>9789753525206</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Okullaşması</t>
+          <t>Şeriat Meşruiyet ve Meşrutiyet (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>235</v>
+        <v>390</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789753522694</t>
+          <t>9789753525152</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dinlerarası Diyalog</t>
+          <t>İslam Medeniyeti’nin Altın Çağı (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789753522137</t>
+          <t>9789753525145</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Din ve Misyonerlik</t>
+          <t>İslam ve Yahudi Mezhepleri</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789753521949</t>
+          <t>9789753522045</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Din ve Hukuk</t>
+          <t>Gündelik Hayat ve Fetvalar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789753522151</t>
+          <t>9789753520768</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Değişim Rüzgarları</t>
+          <t>Güç İrade ve Eylem</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>235</v>
+        <v>285</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753522267</t>
+          <t>9789753520393</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyalar Gezdi Yüreğim</t>
+          <t>Gelin Müslüman Olalım</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789753522823</t>
+          <t>9789753523349</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Cezayir Bağımsızlık Savaşının Anatomisi</t>
+          <t>Firavun</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789753522090</t>
+          <t>9789753522601</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Büyük Doğu’nun Son Kalesi</t>
+          <t>Eski Yara</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753522373</t>
+          <t>9789753521031</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bürokrat Tevfik Biren’in II. Abdülhamid, Meşrutiyet ve Mütareke Hatıraları (2 Cilt Takım)</t>
+          <t>Emperyalizmin Yeni İdeolojisi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>1250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753523271</t>
+          <t>9789753523394</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bir Vaaz Bir Diyalog</t>
+          <t>Ebu Cehil</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789753520515</t>
+          <t>9789753522274</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Batının İslamla Kavgası</t>
+          <t>Dünü Bugünü ve Yarınıyla Başörtüsü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>214.5</v>
+        <v>340</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753522632</t>
+          <t>9789753520812</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Batı Terörizmi</t>
+          <t>Dua ve Tevhid</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>520</v>
+        <v>190</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753521628</t>
+          <t>9789753523202</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bana Uzun Mektuplar Yaz</t>
+          <t>Dökme Kurşundan Mavi Marmara’ya Gazze’ye Yolculuk</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>130</v>
+        <v>285</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789753522908</t>
+          <t>9789753523455</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Balyoz ve Kalem</t>
+          <t>Düşüncenin Okullaşması</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>260</v>
+        <v>235</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753520270</t>
+          <t>9789753522694</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar'dan Hicaza İmparatorluğun Tasfiyesi</t>
+          <t>Dinlerarası Diyalog</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789753523479</t>
+          <t>9789753522137</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da İslamofobi</t>
+          <t>Din ve Misyonerlik</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>235</v>
+        <v>285</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753522441</t>
+          <t>9789753521949</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Aklı Karışıklara Rehber</t>
+          <t>Din ve Hukuk</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753521550</t>
+          <t>9789753522151</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ah, Şu Atomdan Neler Çektim!</t>
+          <t>Değişim Rüzgarları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>425</v>
+        <v>235</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789753520751</t>
+          <t>9789753522267</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyime Mektuplar</t>
+          <t>Coğrafyalar Gezdi Yüreğim</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>145</v>
+        <v>260</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753521239</t>
+          <t>9789753522823</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ademin Oğlu Habil Gibi Ol</t>
+          <t>Cezayir Bağımsızlık Savaşının Anatomisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789753521178</t>
+          <t>9789753522090</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Beşerin Kumdan Kaleleri</t>
+          <t>Büyük Doğu’nun Son Kalesi</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753520836</t>
+          <t>9789753522373</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>31 Mart</t>
+          <t>Bürokrat Tevfik Biren’in II. Abdülhamid, Meşrutiyet ve Mütareke Hatıraları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>285</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789753521154</t>
+          <t>9789753523271</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yüzüncü Yılında 2. Meşrutiyet</t>
+          <t>Bir Vaaz Bir Diyalog</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>625.3</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789753520157</t>
+          <t>9789753520515</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki İşaretler</t>
+          <t>Batının İslamla Kavgası</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>155</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789753523226</t>
+          <t>9789753522632</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yola Düşünce</t>
+          <t>Batı Terörizmi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>235</v>
+        <v>520</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753522502</t>
+          <t>9789753521628</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yeter! Genetik Mühendisliği ve İnsan Doğasının Sonu</t>
+          <t>Bana Uzun Mektuplar Yaz</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>285</v>
+        <v>130</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753520058</t>
+          <t>9789753522908</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Yaşayanlara Çağrı</t>
+          <t>Balyoz ve Kalem</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>470</v>
+        <v>260</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753521543</t>
+          <t>9789753520270</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Modelleri</t>
+          <t>Balkanlar'dan Hicaza İmparatorluğun Tasfiyesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753523141</t>
+          <t>9789753523479</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik ve Hıristiyanlık Açısından Kur’an’ın Tartışmalı Konuları</t>
+          <t>Avrupa’da İslamofobi</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753521574</t>
+          <t>9789753522441</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik ve Hıristiyanlık Açısından Diğer Dinler</t>
+          <t>Aklı Karışıklara Rehber</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789753521369</t>
+          <t>9789753521550</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Kaynaklarına Göre Tevrat</t>
+          <t>Ah, Şu Atomdan Neler Çektim!</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>285</v>
+        <v>425</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789753522113</t>
+          <t>9789753520751</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Vahiyle Gelen Hayat</t>
+          <t>Ağabeyime Mektuplar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>285</v>
+        <v>145</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753521680</t>
+          <t>9789753521239</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Terörün Efendileri</t>
+          <t>Ademin Oğlu Habil Gibi Ol</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>510</v>
+        <v>450</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789753522069</t>
+          <t>9789753521178</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Vahiy ve Sanat</t>
+          <t>Beşerin Kumdan Kaleleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789753520737</t>
+          <t>9789753520836</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Cevdet Paşa ve Zamanı (Ciltli)</t>
+          <t>31 Mart</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>340</v>
+        <v>285</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789753524797</t>
+          <t>9789753521154</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan'ın İzinde</t>
+          <t>Yüzüncü Yılında 2. Meşrutiyet</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>390</v>
+        <v>625.3</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753526418</t>
+          <t>9789753520157</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ne Tatlı</t>
+          <t>Yoldaki İşaretler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789753527262</t>
+          <t>9789753523226</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Evliliğe Tahdit</t>
+          <t>Yola Düşünce</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753527279</t>
+          <t>9789753522502</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Mümkün Kâmil Devlet</t>
+          <t>Yeter! Genetik Mühendisliği ve İnsan Doğasının Sonu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>240</v>
+        <v>285</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753528696</t>
+          <t>9789753520058</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sanal Din</t>
+          <t>Yaşayanlara Çağrı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>160</v>
+        <v>470</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789753526975</t>
+          <t>9789753521543</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Modern Çöküş</t>
+          <t>Yaratılış Modelleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>480</v>
+        <v>285</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789753528672</t>
+          <t>9789753523141</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslami Canlanış</t>
+          <t>Yahudilik ve Hıristiyanlık Açısından Kur’an’ın Tartışmalı Konuları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>400</v>
+        <v>235</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789753526968</t>
+          <t>9789753521574</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Teşhir Toplumu</t>
+          <t>Yahudilik ve Hıristiyanlık Açısından Diğer Dinler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753528658</t>
+          <t>9789753521369</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Bağlamında Bilgi, İman ve Davranış</t>
+          <t>Yahudi Kaynaklarına Göre Tevrat</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>285</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789753528665</t>
+          <t>9789753522113</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Prens Faysal’ın Misafirleri</t>
+          <t>Vahiyle Gelen Hayat</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789753526951</t>
+          <t>9789753521680</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Hatıralarında Menderes ve Dönemi</t>
+          <t>Terörün Efendileri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>210</v>
+        <v>510</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789753528153</t>
+          <t>9789753522069</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kurgulanmış Hayatlar</t>
+          <t>Vahiy ve Sanat</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789753528160</t>
+          <t>9789753520737</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Edebiyatında İhya Ekolü</t>
+          <t>Ahmet Cevdet Paşa ve Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753526586</t>
+          <t>9789753524797</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Milliyetçilik</t>
+          <t>Mimar Sinan'ın İzinde</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753523042</t>
+          <t>9789753526418</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Gençlik ve Gençler</t>
+          <t>Hayat Ne Tatlı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753522328</t>
+          <t>9789753527262</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yusuf’un Üç Gömleği</t>
+          <t>Osmanlı’da Evliliğe Tahdit</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789753525527</t>
+          <t>9789753527279</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>"Kelebek Etkisi" Söyleşileri 1</t>
+          <t>Mümkün Kâmil Devlet</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789753523622</t>
+          <t>9789753528696</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Hayatı (Roman Boy)</t>
+          <t>Sanal Din</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>455</v>
+        <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753522960</t>
+          <t>9789753526975</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Nasıl Okudular?</t>
+          <t>Modern Çöküş</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9799753521788</t>
+          <t>9789753528672</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Servet Dağılımı</t>
+          <t>Türkiye’de İslami Canlanış</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789753522434</t>
+          <t>9789753526968</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik ve Siyonizm Tarihi</t>
+          <t>Teşhir Toplumu</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789753523974</t>
+          <t>9789753528658</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Müslüman Düşünce : Sembol Şahsiyetler</t>
+          <t>Din Eğitimi Bağlamında Bilgi, İman ve Davranış</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>285</v>
+        <v>240</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789753526463</t>
+          <t>9789753528665</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Haydi Namaza</t>
+          <t>Prens Faysal’ın Misafirleri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>36</v>
+        <v>180</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789753523417</t>
+          <t>9789753526951</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Binyılın Sonu (3 Cilt Takım)</t>
+          <t>Yakın Dönem Hatıralarında Menderes ve Dönemi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>1700</v>
+        <v>210</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789753526937</t>
+          <t>9789753528153</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet’ten Önce Bedeviler</t>
+          <t>Kurgulanmış Hayatlar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>420</v>
+        <v>125</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789753526104</t>
+          <t>9789753528160</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Rabbin Hemen Yanı Başında</t>
+          <t>Modern Arap Edebiyatında İhya Ekolü</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789753526944</t>
+          <t>9789753526586</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Churchill ve Stalin</t>
+          <t>Geçmişten Günümüze Milliyetçilik</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789753526920</t>
+          <t>9789753523042</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Görüştüklerim</t>
+          <t>Kur’an’da Gençlik ve Gençler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>365</v>
+        <v>270</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789753526876</t>
+          <t>9789753522328</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Nasihatü’l-Müluk</t>
+          <t>Yusuf’un Üç Gömleği</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789753526883</t>
+          <t>9789753525527</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Radikal Sömürgeciliğin Mantığı</t>
+          <t>"Kelebek Etkisi" Söyleşileri 1</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789753526906</t>
+          <t>9789753523622</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Travma Düzeni</t>
+          <t>Hz. Muhammed’in Hayatı (Roman Boy)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>385</v>
+        <v>455</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789753526890</t>
+          <t>9789753522960</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Medeniyet Destanı</t>
+          <t>Kur’an’ı Nasıl Okudular?</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789753526777</t>
+          <t>9799753521788</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet’ten Cumhuriyet’e Kürt Aydınları</t>
+          <t>Kur’an’da Servet Dağılımı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789753520133</t>
+          <t>9789753522434</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Namaz</t>
+          <t>Yahudilik ve Siyonizm Tarihi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789753520355</t>
+          <t>9789753523974</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Değişim</t>
+          <t>Çağdaş Müslüman Düşünce : Sembol Şahsiyetler</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789753525565</t>
+          <t>9789753526463</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Amel Sorunsalı</t>
+          <t>Haydi Namaza</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>474.5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789753526852</t>
+          <t>9789753523417</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Haydin Camiye</t>
+          <t>Binyılın Sonu (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789753526869</t>
+          <t>9789753526937</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Modern Tılsım</t>
+          <t>İslamiyet’ten Önce Bedeviler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789753526814</t>
+          <t>9789753526104</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Arayışı</t>
+          <t>Rabbin Hemen Yanı Başında</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789753524957</t>
+          <t>9789753526944</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihi Sohbetleri</t>
+          <t>Churchill ve Stalin</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>285</v>
+        <v>500</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789753525121</t>
+          <t>9789753526920</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Görüştüklerim</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>155</v>
+        <v>365</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789753522984</t>
+          <t>9789753526876</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Cennete Otostop</t>
+          <t>Nasihatü’l-Müluk</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789753522762</t>
+          <t>9789753526883</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Yol Haritamız Kur’an</t>
+          <t>Radikal Sömürgeciliğin Mantığı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789753525015</t>
+          <t>9789753526906</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Tevhid Mücadelesi ve Hz. Peygamber'in Hayatı (2 Cilt Takım)</t>
+          <t>Travma Düzeni</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>1450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789753526845</t>
+          <t>9789753526890</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Umut ve Trajedi</t>
+          <t>İnsanlığın Medeniyet Destanı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>585</v>
+        <v>285</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789753526838</t>
+          <t>9789753526777</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Esir Türkler</t>
+          <t>Meşrutiyet’ten Cumhuriyet’e Kürt Aydınları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789753526746</t>
+          <t>9789753520133</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Gelenek</t>
+          <t>Namaz</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789753526760</t>
+          <t>9789753520355</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Dört Terim</t>
+          <t>Tevhid ve Değişim</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>140</v>
+        <v>285</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789753526685</t>
+          <t>9789753525565</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dost Görünen Düşman</t>
+          <t>Amel Sorunsalı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>70</v>
+        <v>474.5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789753526784</t>
+          <t>9789753526852</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Vasat Sosyolojisi</t>
+          <t>Haydin Camiye</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789753526715</t>
+          <t>9789753526869</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayat Üç Bakış Cemaleddin Afgani</t>
+          <t>Modern Tılsım</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789753526692</t>
+          <t>9789753526814</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kurşunların da Rengi Var</t>
+          <t>Hakikat Arayışı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789753526678</t>
+          <t>9789753524957</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Yönetimsellik</t>
+          <t>Bilim Tarihi Sohbetleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>440</v>
+        <v>285</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789753526548</t>
+          <t>9789753525121</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Sosyal Tarihi - Zihinsel Savrulma</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>385</v>
+        <v>155</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789753526579</t>
+          <t>9789753522984</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Cennete Otostop</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789753526555</t>
+          <t>9789753522762</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Yol Haritamız Kur’an</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>90</v>
+        <v>235</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789753526388</t>
+          <t>9789753525015</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Pastoral Senfoni</t>
+          <t>Tarih Boyunca Tevhid Mücadelesi ve Hz. Peygamber'in Hayatı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>105</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789753526708</t>
+          <t>9789753526845</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ninova’ya Dönüş - Hz. Yunus Kıssasından Dersler</t>
+          <t>Umut ve Trajedi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>180</v>
+        <v>585</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789753526562</t>
+          <t>9789753526838</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Esir Türkler</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>105</v>
+        <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789753526371</t>
+          <t>9789753526746</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Borjiyaların Cinayeti</t>
+          <t>Gelenek</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789753526456</t>
+          <t>9789753526760</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim - Başlığı: İçindeki Putları Kır</t>
+          <t>Kur’an’a Göre Dört Terim</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>36</v>
+        <v>180</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789753526432</t>
+          <t>9789753526685</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Tarih Bilinci</t>
+          <t>Dost Görünen Düşman</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>36</v>
+        <v>70</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789753524537</t>
+          <t>9789753526784</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Yıldız 5 Kitap Set</t>
+          <t>Vasat Sosyolojisi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789753526395</t>
+          <t>9789753526715</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Bir Hayat Üç Bakış Cemaleddin Afgani</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>145</v>
+        <v>340</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789753526470</t>
+          <t>9789753526692</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Suriye ve Filistin Seyahati</t>
+          <t>Kurşunların da Rengi Var</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>190</v>
+        <v>285</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789753526401</t>
+          <t>9789753526678</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Ahlaki Yönetimsellik</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>145</v>
+        <v>440</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789753526531</t>
+          <t>9789753526548</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Seküler Ahlakın Sefaleti</t>
+          <t>Türkiye’nin Sosyal Tarihi - Zihinsel Savrulma</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>440</v>
+        <v>385</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789753526326</t>
+          <t>9789753526579</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789753526487</t>
+          <t>9789753526555</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Ruhu</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789753526296</t>
+          <t>9789753526388</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi ve Tarihteki Yeri</t>
+          <t>Pastoral Senfoni</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>285</v>
+        <v>105</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789753526340</t>
+          <t>9789753526708</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş</t>
+          <t>Ninova’ya Dönüş - Hz. Yunus Kıssasından Dersler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>105</v>
+        <v>180</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789753525664</t>
+          <t>9789753526562</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>260</v>
+        <v>105</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789753525657</t>
+          <t>9789753526371</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Borjiyaların Cinayeti</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>260</v>
+        <v>65</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789753526357</t>
+          <t>9789753526456</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sultan Alparslan</t>
+          <t>Hz. İbrahim - Başlığı: İçindeki Putları Kır</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>130</v>
+        <v>36</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789753525961</t>
+          <t>9789753526432</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Mektuplaşmalar</t>
+          <t>Tarih Bilinci</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>170</v>
+        <v>36</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789753526265</t>
+          <t>9789753524537</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet'te İtikadi Mezheplerin Doğuşu</t>
+          <t>Abdullah Yıldız 5 Kitap Set</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789753526272</t>
+          <t>9789753526395</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Günümüzde İslam Mezhepleri</t>
+          <t>Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>214.5</v>
+        <v>145</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789753526333</t>
+          <t>9789753526470</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Putin’e Karşı Putin</t>
+          <t>Suriye ve Filistin Seyahati</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>520</v>
+        <v>190</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789753526128</t>
+          <t>9789753526401</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Şeriat</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>390</v>
+        <v>145</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789753526302</t>
+          <t>9789753526531</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Olmaz</t>
+          <t>Seküler Ahlakın Sefaleti</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789753526098</t>
+          <t>9789753526326</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Meczup</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789753526289</t>
+          <t>9789753526487</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Felsefe Tarihi</t>
+          <t>Kızılderili Ruhu</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>255</v>
+        <v>130</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789753525695</t>
+          <t>9789753526296</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>İslam Düşüncesi ve Tarihteki Yeri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>110</v>
+        <v>285</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789753525473</t>
+          <t>9789753526340</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Devletin Tanınması Filistin Ve Işid</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>500</v>
+        <v>105</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789753526142</t>
+          <t>9789753525664</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Metafiziği</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>214.5</v>
+        <v>260</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789753526135</t>
+          <t>9789753525657</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Mektupları</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>830</v>
+        <v>260</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789753526050</t>
+          <t>9789753526357</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Modernlik Ruhu</t>
+          <t>Sultan Alparslan</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>455</v>
+        <v>130</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789753526074</t>
+          <t>9789753525961</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Vadettikleri</t>
+          <t>Mektuplaşmalar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>285</v>
+        <v>170</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789753526067</t>
+          <t>9789753526265</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İzzet Arayışı</t>
+          <t>İslamiyet'te İtikadi Mezheplerin Doğuşu</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789753526081</t>
+          <t>9789753526272</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Herkes Evine Dönerken</t>
+          <t>Tarihte ve Günümüzde İslam Mezhepleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>350</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789753526111</t>
+          <t>9789753526333</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Yöntem</t>
+          <t>Putin’e Karşı Putin</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789753526012</t>
+          <t>9789753526128</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Cemaleddin Afgani</t>
+          <t>Şeriat</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789753526036</t>
+          <t>9789753526302</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa</t>
+          <t>Dilsiz Olmaz</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789753525800</t>
+          <t>9789753526098</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Tek Partili Yıllar (1923-1950) (Ciltli)</t>
+          <t>Meczup</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>832</v>
+        <v>110</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789753524438</t>
+          <t>9789753526289</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Korkma! Allah Bizimle</t>
+          <t>İslam'da Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789753524421</t>
+          <t>9789753525695</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Gözler Kalbin Aynasıdır</t>
+          <t>Bize Göre</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789753524063</t>
+          <t>9789753525473</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Benim Ailem Benim Kalem</t>
+          <t>Uluslararası Hukukta Devletin Tanınması Filistin Ve Işid</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789753523721</t>
+          <t>9789753526142</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Rahmet Peygamberi (2 Cilt Takım)</t>
+          <t>Hikaye Metafiziği</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>800</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789753522595</t>
+          <t>9789753526135</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Yansımalar (5 Kitap Takım)</t>
+          <t>Hindistan Mektupları</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>715</v>
+        <v>830</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789753523967</t>
+          <t>9789753526050</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç</t>
+          <t>Modernlik Ruhu</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>220</v>
+        <v>455</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789753522663</t>
+          <t>9789753526074</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bir Milletin Dirilişi</t>
+          <t>İslam'ın Vadettikleri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>845</v>
+        <v>285</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789753524902</t>
+          <t>9789753526067</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeriler ve Bir Yeniçerinin Hatıratı</t>
+          <t>İzzet Arayışı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789753526159</t>
+          <t>9789753526081</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Cennete Otostop 2</t>
+          <t>Herkes Evine Dönerken</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789753525978</t>
+          <t>9789753526111</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasının Krizleri</t>
+          <t>Tefsirde Yöntem</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789753525817</t>
+          <t>9789753526012</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Camisini Arayan Metropol</t>
+          <t>Cemaleddin Afgani</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059608367</t>
+          <t>9789753526036</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik ve Sosyolojik Açıdan Felsefi Terminoloji</t>
+          <t>Said Halim Paşa</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>225</v>
+        <v>340</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789753525992</t>
+          <t>9789753525800</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Psikologların Gizli Dünya Görüşü</t>
+          <t>Türkiye'de Tek Partili Yıllar (1923-1950) (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>255</v>
+        <v>832</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789753525985</t>
+          <t>9789753524438</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayreddin Paşa</t>
+          <t>Korkma! Allah Bizimle</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789753525756</t>
+          <t>9789753524421</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Gözler Kalbin Aynasıdır</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789753525701</t>
+          <t>9789753524063</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Benim Ailem Benim Kalem</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789753525725</t>
+          <t>9789753523721</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Timsah ve Nahoş Hikaye</t>
+          <t>Kur'an'da Rahmet Peygamberi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>145</v>
+        <v>800</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789753525763</t>
+          <t>9789753522595</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Entegrizm</t>
+          <t>Tarihten Yansımalar (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>255</v>
+        <v>715</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789753525770</t>
+          <t>9789753523967</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan İslam</t>
+          <t>Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789753525794</t>
+          <t>9789753522663</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Aforozdan Diyaloğa</t>
+          <t>Bir Milletin Dirilişi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>170</v>
+        <v>845</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9071988110112</t>
+          <t>9789753524902</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (20 Kitap Takım)</t>
+          <t>Yeniçeriler ve Bir Yeniçerinin Hatıratı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>1200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789753525749</t>
+          <t>9789753526159</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Dinin Ruhu</t>
+          <t>Cennete Otostop 2</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>1000</v>
+        <v>285</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789753525732</t>
+          <t>9789753525978</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İstiklal ve İstikbal Şairi Mehmet Akif Ersoy</t>
+          <t>İslam Dünyasının Krizleri</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789753525671</t>
+          <t>9789753525817</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Siyaset Fıkıh ve Cemaat</t>
+          <t>Camisini Arayan Metropol</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>455</v>
+        <v>340</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789753525510</t>
+          <t>9786059608367</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>"Kelebek Etkisi" Söyleşileri 2</t>
+          <t>Psikolojik ve Sosyolojik Açıdan Felsefi Terminoloji</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789753525633</t>
+          <t>9789753525992</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Psikologların Gizli Dünya Görüşü</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>120</v>
+        <v>255</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789753525640</t>
+          <t>9789753525985</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789753525626</t>
+          <t>9789753525756</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi Söylemi</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789753525572</t>
+          <t>9789753525701</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Sorunsalı</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789753525602</t>
+          <t>9789753525725</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İnsan Başkasıyla İnsan Olur</t>
+          <t>Timsah ve Nahoş Hikaye</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>210</v>
+        <v>145</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789753525596</t>
+          <t>9789753525763</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Özür ve Af</t>
+          <t>Entegrizm</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>155</v>
+        <v>255</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789753525534</t>
+          <t>9789753525770</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Erdem Arayışı</t>
+          <t>Yaşayan İslam</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789753525558</t>
+          <t>9789753525794</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Dini Amel ve Aklın Yenilenmesi</t>
+          <t>Aforozdan Diyaloğa</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789753525503</t>
+          <t>9071988110112</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sefer</t>
+          <t>Dünya Klasikleri Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>310</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789753525466</t>
+          <t>9789753525749</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Muş / Tarih, Toplum, Siyaset ve Hafıza</t>
+          <t>Dinin Ruhu</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789753525442</t>
+          <t>9789753525732</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bitlis / Kent, Kültür ve Toplum (Ciltli)</t>
+          <t>İstiklal ve İstikbal Şairi Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>675</v>
+        <v>130</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789753525497</t>
+          <t>9789753525671</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>İslam Düşüncesinde Siyaset Fıkıh ve Cemaat</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>255</v>
+        <v>455</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789753525480</t>
+          <t>9789753525510</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>"Kelebek Etkisi" Söyleşileri 2</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>84.5</v>
+        <v>400</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789753524643</t>
+          <t>9789753525633</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789753525459</t>
+          <t>9789753525640</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Godisar</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789753525428</t>
+          <t>9789753525626</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Adanmış Ömürler</t>
+          <t>İslamofobi Söylemi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>365</v>
+        <v>340</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789753525367</t>
+          <t>9789753525572</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kültürü ve İdeoloji</t>
+          <t>Ahlak Sorunsalı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789753525350</t>
+          <t>9789753525602</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Ahlaki Boyutu</t>
+          <t>İnsan Başkasıyla İnsan Olur</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789753525343</t>
+          <t>9789753525596</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Entelektüel Bakış</t>
+          <t>Özür ve Af</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>260</v>
+        <v>155</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789753525374</t>
+          <t>9789753525534</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Zadü’l Mead (6 Cilt) (Ciltli)</t>
+          <t>Bilgi ve Erdem Arayışı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>6000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789753525435</t>
+          <t>9789753525558</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Sözleşmesinden İnsanı ve Aileyi Korumak</t>
+          <t>Dini Amel ve Aklın Yenilenmesi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789753525411</t>
+          <t>9789753525503</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Sefer</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789753525398</t>
+          <t>9789753525466</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Muş / Tarih, Toplum, Siyaset ve Hafıza</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>155</v>
+        <v>750</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789753525404</t>
+          <t>9789753525442</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Tula Teyze</t>
+          <t>Bitlis / Kent, Kültür ve Toplum (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>170</v>
+        <v>675</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789753525381</t>
+          <t>9789753525497</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Büyük Suriye İsyanı</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>400</v>
+        <v>255</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789753525336</t>
+          <t>9789753525480</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kardeşliğe İnanıyorum</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>210</v>
+        <v>84.5</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789753525329</t>
+          <t>9789753524643</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Makasıdın Üç İlkesi</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>170</v>
+        <v>105</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789753525312</t>
+          <t>9789753525459</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Muhteşem Godisar</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789753525305</t>
+          <t>9789753525428</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Yasası ve Şiddetin Yasası</t>
+          <t>Adanmış Ömürler</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>145</v>
+        <v>365</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789753525299</t>
+          <t>9789753525367</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>İletişim Kültürü ve İdeoloji</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>105</v>
+        <v>340</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789753525282</t>
+          <t>9789753525350</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Palto - Burun ve Fayton</t>
+          <t>Hukukun Ahlaki Boyutu</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789753525084</t>
+          <t>9789753525343</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Ahlaktan Ayrıldığında</t>
+          <t>İslam Hukukuna Entelektüel Bakış</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>285</v>
+        <v>260</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789753525022</t>
+          <t>9789753525374</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Prensipleri</t>
+          <t>Zadü’l Mead (6 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>235</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789753525039</t>
+          <t>9789753525435</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Felsefesine Giriş</t>
+          <t>İstanbul Sözleşmesinden İnsanı ve Aileyi Korumak</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789753524995</t>
+          <t>9789753525411</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Chp'nin Din Politikaları</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789753525114</t>
+          <t>9789753525398</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Cennet Yolunda</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>285</v>
+        <v>155</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789753525244</t>
+          <t>9789753525404</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Tula Teyze</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789753525176</t>
+          <t>9789753525381</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Din Budur</t>
+          <t>Büyük Suriye İsyanı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>145</v>
+        <v>400</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789753525251</t>
+          <t>9789753525336</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Gandhi Kılıçsız Savaşçı</t>
+          <t>Kardeşliğe İnanıyorum</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789753525268</t>
+          <t>9789753525329</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Makasıdın Üç İlkesi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>105</v>
+        <v>170</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789753525183</t>
+          <t>9789753525312</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>İstikbal İslam'ındır</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789753525237</t>
+          <t>9789753525305</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Burası Muş'tur</t>
+          <t>Sevginin Yasası ve Şiddetin Yasası</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>675</v>
+        <v>145</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789753525213</t>
+          <t>9789753525299</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>185</v>
+        <v>105</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789753525190</t>
+          <t>9789753525282</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ülkesini Arayan Gelecek</t>
+          <t>Palto - Burun ve Fayton</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>340</v>
+        <v>145</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789753525046</t>
+          <t>9789753525084</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Muvafakat-ı Ömer</t>
+          <t>Bilgi Ahlaktan Ayrıldığında</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>214.5</v>
+        <v>285</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789753525091</t>
+          <t>9789753525022</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Üsküdarlı İhtiyar</t>
+          <t>İslam Hukuk Prensipleri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789753525107</t>
+          <t>9789753525039</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>İslam Hukuk Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789753525053</t>
+          <t>9789753524995</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Doğu'su</t>
+          <t>Chp'nin Din Politikaları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>400</v>
+        <v>295</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789753525077</t>
+          <t>9789753525114</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Putları Kır - Hz. İbrahim Gibi Ol</t>
+          <t>Cennet Yolunda</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>130</v>
+        <v>285</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>2018051011270</t>
+          <t>9789753525244</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Seti (3 Kitap Takım)</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789753524988</t>
+          <t>9789753525176</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kurşunların Rengini Yıldızlarla Değiştirdim</t>
+          <t>Din Budur</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>260</v>
+        <v>145</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789753524926</t>
+          <t>9789753525251</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Maraş'tan Marakeş'e Fikri Tuna (Ciltli)</t>
+          <t>Gandhi Kılıçsız Savaşçı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>620</v>
+        <v>210</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789753524933</t>
+          <t>9789753525268</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kök Anlam Yöntemiyle Kur'an Tefsiri</t>
+          <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>285</v>
+        <v>105</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789753524940</t>
+          <t>9789753525183</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Tarih</t>
+          <t>İstikbal İslam'ındır</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789753524964</t>
+          <t>9789753525237</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Esir</t>
+          <t>Burası Muş'tur</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>275</v>
+        <v>675</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789753524858</t>
+          <t>9789753525213</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Algısı</t>
+          <t>İbn Haldun</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>340</v>
+        <v>185</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789753524889</t>
+          <t>9789753525190</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç - Hikmet Özgürlük ve İslam</t>
+          <t>Ülkesini Arayan Gelecek</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>235</v>
+        <v>340</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789753524841</t>
+          <t>9789753525046</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu ve Postkolonyalizm</t>
+          <t>Muvafakat-ı Ömer</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>285</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789753524582</t>
+          <t>9789753525091</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı Toplumlarında Siyasal Kurumlar</t>
+          <t>Üsküdarlı İhtiyar</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>155</v>
+        <v>170</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789753524629</t>
+          <t>9789753525107</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Adam Memduh Şevket Esendal</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789753524872</t>
+          <t>9789753525053</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Güncel Meselelere Fıkhi Çözümler</t>
+          <t>Cumhuriyet'in Doğu'su</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>155</v>
+        <v>400</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789753524827</t>
+          <t>9789753525077</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin Paşa ve Medine Savunması</t>
+          <t>İçindeki Putları Kır - Hz. İbrahim Gibi Ol</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789753524803</t>
+          <t>2018051011270</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Seyahat Kültürü Kervansaraylar</t>
+          <t>Ramazan Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789753524780</t>
+          <t>9789753524988</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Devrimden Darbeye</t>
+          <t>Kurşunların Rengini Yıldızlarla Değiştirdim</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>285</v>
+        <v>260</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789753524810</t>
+          <t>9789753524926</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz</t>
+          <t>Maraş'tan Marakeş'e Fikri Tuna (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>830</v>
+        <v>620</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789753524704</t>
+          <t>9789753524933</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Militan Gazetecilik</t>
+          <t>Kök Anlam Yöntemiyle Kur'an Tefsiri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>325</v>
+        <v>285</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789753524742</t>
+          <t>9789753524940</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde İmamlar ve Bir İmamın Günlüğü (Ciltli)</t>
+          <t>İslam ve Tarih</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>474.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789753524728</t>
+          <t>9789753524964</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Takva ve Adalet</t>
+          <t>Esir</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>385</v>
+        <v>275</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789753524599</t>
+          <t>9789753524858</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Toplumların Çöküşünde Rüşvet</t>
+          <t>Türkiye'de Din Algısı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>285</v>
+        <v>340</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789753524711</t>
+          <t>9789753524889</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kürtler, Sol ve Sekülerleşme</t>
+          <t>Aliya İzzetbegoviç - Hikmet Özgürlük ve İslam</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>325</v>
+        <v>235</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753524452</t>
+          <t>9789753524841</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İslamcılık ve Demokrasi</t>
+          <t>Ortadoğu ve Postkolonyalizm</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>385</v>
+        <v>285</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789753524674</t>
+          <t>9789753524582</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Direniş Güncesi</t>
+          <t>İslam ve Batı Toplumlarında Siyasal Kurumlar</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>235</v>
+        <v>155</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789753524698</t>
+          <t>9789753524629</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Maslahat Risalesi</t>
+          <t>Gölgedeki Adam Memduh Şevket Esendal</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753524650</t>
+          <t>9789753524872</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İslamcılığın Değişen Dili</t>
+          <t>Güncel Meselelere Fıkhi Çözümler</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>390</v>
+        <v>155</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753524339</t>
+          <t>9789753524827</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yazı Tura</t>
+          <t>Fahreddin Paşa ve Medine Savunması</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753524469</t>
+          <t>9789753524803</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Sünniliğin İzinde</t>
+          <t>Osmanlı'da Seyahat Kültürü Kervansaraylar</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>415</v>
+        <v>400</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789753524612</t>
+          <t>9789753524780</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutub: Siyasal Teoloji Fıkıh ve Tarihsellik</t>
+          <t>Devrimden Darbeye</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>570</v>
+        <v>285</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753524568</t>
+          <t>9789753524810</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Biraz Aksiyon</t>
+          <t>15 Temmuz</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>214.5</v>
+        <v>830</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753524551</t>
+          <t>9789753524704</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Amerikaya Meydan Okurken Malcolm X</t>
+          <t>Militan Gazetecilik</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753524513</t>
+          <t>9789753524742</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslam Düşüncesinin Sorunları</t>
+          <t>Osmanlı Döneminde İmamlar ve Bir İmamın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>255</v>
+        <v>474.5</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789753524483</t>
+          <t>9789753524728</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İslami Uyanış Fikri</t>
+          <t>Takva ve Adalet</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>185</v>
+        <v>385</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753524575</t>
+          <t>9789753524599</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyübi - Minberin Sırrı</t>
+          <t>Toplumların Çöküşünde Rüşvet</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>130</v>
+        <v>285</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789753524544</t>
+          <t>9789753524711</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yolcu</t>
+          <t>Kürtler, Sol ve Sekülerleşme</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>235</v>
+        <v>325</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789753524520</t>
+          <t>9789753524452</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Cendere</t>
+          <t>İslamcılık ve Demokrasi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>520</v>
+        <v>385</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789753524476</t>
+          <t>9789753524674</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Giriş</t>
+          <t>Direniş Güncesi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>390</v>
+        <v>235</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789753524445</t>
+          <t>9789753524698</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da Kalkınmanın Finansmanı</t>
+          <t>Maslahat Risalesi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789753524490</t>
+          <t>9789753524650</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsan</t>
+          <t>İslamcılığın Değişen Dili</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789753524506</t>
+          <t>9789753524339</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>İslami Şiarlar</t>
+          <t>Yazı Tura</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>185</v>
+        <v>360</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789753524360</t>
+          <t>9789753524469</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Yenilemek Aliya İzzetbegoviç</t>
+          <t>Sünniliğin İzinde</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>160</v>
+        <v>415</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789753524414</t>
+          <t>9789753524612</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Halden İstikbale</t>
+          <t>Seyyid Kutub: Siyasal Teoloji Fıkıh ve Tarihsellik</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>300</v>
+        <v>570</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789753524407</t>
+          <t>9789753524568</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>FETÖ Medya ve Darbe</t>
+          <t>Biraz Aksiyon</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>260</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789753524391</t>
+          <t>9789753524551</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Tersyüz</t>
+          <t>Amerikaya Meydan Okurken Malcolm X</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789753524377</t>
+          <t>9789753524513</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Üç Gelenekte Devlet</t>
+          <t>Çağdaş İslam Düşüncesinin Sorunları</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>270.4</v>
+        <v>255</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789753523783</t>
+          <t>9789753524483</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Aile Sohbetleri 4 : İhya Dersleri İbadetlerimiz</t>
+          <t>İslami Uyanış Fikri</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>650</v>
+        <v>185</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789753524346</t>
+          <t>9789753524575</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İslamcılığın İki Kurucusu</t>
+          <t>Selahaddin Eyyübi - Minberin Sırrı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789753524285</t>
+          <t>9789753524544</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Yeni Anayasacılık Neoliberalizmin Hukuku</t>
+          <t>Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>340</v>
+        <v>235</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789753524315</t>
+          <t>9789753524520</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler, Seyyid Kutup ve Gelecek</t>
+          <t>Cendere</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789753524308</t>
+          <t>9789753524476</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>İhkam</t>
+          <t>İslam Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789753524322</t>
+          <t>9789753524445</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Rotamız Alem-i İslam</t>
+          <t>Ortadoğu'da Kalkınmanın Finansmanı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789753524292</t>
+          <t>9789753524490</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Algı Yönetimi ve Manipülasyon</t>
+          <t>İslam ve İnsan</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789753524278</t>
+          <t>9789753524506</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Twitmania Etnomania Şiddetmania</t>
+          <t>İslami Şiarlar</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789753524230</t>
+          <t>9789753524360</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlarda Siyasal Tasavvur</t>
+          <t>Geleceği Yenilemek Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>385</v>
+        <v>160</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789753524179</t>
+          <t>9789753524414</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Modernist Zihniyetin Kritiği</t>
+          <t>Halden İstikbale</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789753524186</t>
+          <t>9789753524407</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi - İmparatorluğun Siyaseti</t>
+          <t>FETÖ Medya ve Darbe</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789753524193</t>
+          <t>9789753524391</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal İslamcılık</t>
+          <t>Tersyüz</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>625</v>
+        <v>235</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789753524162</t>
+          <t>9789753524377</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi Tarihi</t>
+          <t>Üç Gelenekte Devlet</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>830</v>
+        <v>270.4</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789753524117</t>
+          <t>9789753523783</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımı</t>
+          <t>Aile Sohbetleri 4 : İhya Dersleri İbadetlerimiz</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789753524100</t>
+          <t>9789753524346</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Müfessirin Nitelikleri Üzerine</t>
+          <t>İslamcılığın İki Kurucusu</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789753524131</t>
+          <t>9789753524285</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Vahiy ve Muhasara</t>
+          <t>Yeni Anayasacılık Neoliberalizmin Hukuku</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>235</v>
+        <v>340</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789753524155</t>
+          <t>9789753524315</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Gelecek İçin Manifesto</t>
+          <t>Müslüman Kardeşler, Seyyid Kutup ve Gelecek</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789753524124</t>
+          <t>9789753524308</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Tut</t>
+          <t>İhkam</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789753524070</t>
+          <t>9789753524322</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Hz.Peygamberin Namaz Sünneti</t>
+          <t>Rotamız Alem-i İslam</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789753525169</t>
+          <t>9789753524292</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ziya Hurşit Muhalif mi Suikastçi mi? (Ciltli)</t>
+          <t>Algı Yönetimi ve Manipülasyon</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789753524049</t>
+          <t>9789753524278</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Dönüşümü</t>
+          <t>Twitmania Etnomania Şiddetmania</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789753523950</t>
+          <t>9789753524230</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Tanıkları</t>
+          <t>Müslümanlarda Siyasal Tasavvur</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789753523714</t>
+          <t>9789753524179</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Ümmet Coğrafyası</t>
+          <t>Modernist Zihniyetin Kritiği</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>285</v>
+        <v>235</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789753523882</t>
+          <t>9789753524186</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sözleşme Kültürü ve İlk Müslüman Toplum</t>
+          <t>İslamofobi - İmparatorluğun Siyaseti</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789753520241</t>
+          <t>9789753524193</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere Karşı Tavırlar ve Sonuçları</t>
+          <t>Neoliberal İslamcılık</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>325</v>
+        <v>625</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789753521604</t>
+          <t>9789753524162</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Teknolojinin Evrimi</t>
+          <t>İslam Düşüncesi Tarihi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>170</v>
+        <v>830</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789753524018</t>
+          <t>9789753524117</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıla Azmetmiş Zulüm: 28 Şubat 28 Tanık</t>
+          <t>Yol Ayrımı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789753520874</t>
+          <t>9789753524100</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Özlemi</t>
+          <t>Müfessirin Nitelikleri Üzerine</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>270.4</v>
+        <v>275</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789753520959</t>
+          <t>9789753524131</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>İslam Başkaldırıyor</t>
+          <t>Vahiy ve Muhasara</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789753520829</t>
+          <t>9789753524155</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Daru'l-Fünun Tarihi</t>
+          <t>Gelecek İçin Manifesto</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789753520898</t>
+          <t>9789753524124</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Gerçeği</t>
+          <t>Bir Yıldız Tut</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>145</v>
+        <v>235</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789753523875</t>
+          <t>9789753524070</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Diye</t>
+          <t>Hz.Peygamberin Namaz Sünneti</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>235</v>
+        <v>340</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789753523905</t>
+          <t>9789753525169</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Aşır Aşır Kur'an-ı Kerim Dersleri</t>
+          <t>Ziya Hurşit Muhalif mi Suikastçi mi? (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789753523929</t>
+          <t>9789753524049</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kur'an'ı Anlamaya Doğru</t>
+          <t>Türkiye'nin Dönüşümü</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789753523936</t>
+          <t>9789753523950</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kur'an'ı Anlamaya Doğru - 2</t>
+          <t>Zamanın Tanıkları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>235</v>
+        <v>385</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789753523868</t>
+          <t>9789753523714</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Örnek ve Önder Hz. Peygamber</t>
+          <t>Ümmet Coğrafyası</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>370</v>
+        <v>285</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789753523837</t>
+          <t>9789753523882</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Avusturya'da Din Devlet İlişkileri ve İslamofobia</t>
+          <t>Sözleşme Kültürü ve İlk Müslüman Toplum</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>235</v>
+        <v>290</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789753524216</t>
+          <t>9789753520241</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Düşüncede Devrim</t>
+          <t>Peygamberlere Karşı Tavırlar ve Sonuçları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>285</v>
+        <v>325</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789753523530</t>
+          <t>9789753521604</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis 40 Ders</t>
+          <t>Teknolojinin Evrimi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>430</v>
+        <v>170</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789753520492</t>
+          <t>9789753524018</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İman Üzerine</t>
+          <t>Bin Yıla Azmetmiş Zulüm: 28 Şubat 28 Tanık</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>235</v>
+        <v>400</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789753523776</t>
+          <t>9789753520874</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Keşke Bilselerdi</t>
+          <t>İmparatorluk Özlemi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>285</v>
+        <v>270.4</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789753522991</t>
+          <t>9789753520959</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Öznenin Varoluşu</t>
+          <t>İslam Başkaldırıyor</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>285</v>
+        <v>230</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789753520508</t>
+          <t>9789753520829</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Laisizm</t>
+          <t>Daru'l-Fünun Tarihi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9799753521795</t>
+          <t>9789753520898</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Günler</t>
+          <t>İslam'ın Gerçeği</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789753523233</t>
+          <t>9789753523875</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Nasıl Yaşadılar</t>
+          <t>Hatırla Diye</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>260</v>
+        <v>235</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789753520997</t>
+          <t>9789753523905</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Anlamaya Giriş</t>
+          <t>Aşır Aşır Kur'an-ı Kerim Dersleri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789753523004</t>
+          <t>9789753523929</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Çağımız</t>
+          <t>Sorularla Kur'an'ı Anlamaya Doğru</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789753521581</t>
+          <t>9789753523936</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İzis</t>
+          <t>Sorularla Kur'an'ı Anlamaya Doğru - 2</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>130</v>
+        <v>235</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789753520218</t>
+          <t>9789753523868</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>İsrailin Doğuşu 1897 - 1947 Siyonist Diplomasinin Analizi</t>
+          <t>Örnek ve Önder Hz. Peygamber</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789753523158</t>
+          <t>9789753523837</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>İslam, Bilim ve Kültürel İlişkiler</t>
+          <t>Avusturya'da Din Devlet İlişkileri ve İslamofobia</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>550</v>
+        <v>235</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789753523813</t>
+          <t>9789753524216</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Düşüncede Devrim</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>310</v>
+        <v>285</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789753523806</t>
+          <t>9789753523530</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>İslamcılığın Arayışı</t>
+          <t>40 Hadis 40 Ders</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>255</v>
+        <v>430</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789753523790</t>
+          <t>9789753520492</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Mekki Ayetlerde Sosyolojik Unsurlar</t>
+          <t>İman Üzerine</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789753521147</t>
+          <t>9789753523776</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Ayrılıkçı Görüşler</t>
+          <t>Keşke Bilselerdi</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>590</v>
+        <v>285</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789753523639</t>
+          <t>9789753522991</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>On İki Emir</t>
+          <t>Müslüman Öznenin Varoluşu</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>235</v>
+        <v>285</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789753523301</t>
+          <t>9789753520508</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Siyaset - Tefsir İlişkisi</t>
+          <t>İslam ve Laisizm</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789753522427</t>
+          <t>9799753521795</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Haydi Namaza</t>
+          <t>Turuncu Günler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789753522687</t>
+          <t>9789753523233</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Hayatı İslam’la Yaşamak</t>
+          <t>Kur’an’ı Nasıl Yaşadılar</t>
         </is>
       </c>
       <c r="C439" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789753522403</t>
+          <t>9789753520997</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Haşimi Rafsancani- Hatıralar</t>
+          <t>Kur’an’ı Anlamaya Giriş</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>850</v>
+        <v>260</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789753522816</t>
+          <t>9789753523004</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Haritada Kan Lekesi</t>
+          <t>Kur’an ve Çağımız</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789753520461</t>
+          <t>9789753521581</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yönlendirenler</t>
+          <t>İzis</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789753523066</t>
+          <t>9789753520218</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Kur’an Olmak</t>
+          <t>İsrailin Doğuşu 1897 - 1947 Siyonist Diplomasinin Analizi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789753522717</t>
+          <t>9789753523158</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Türksüz Avrupa</t>
+          <t>İslam, Bilim ve Kültürel İlişkiler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>214.5</v>
+        <v>550</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789753521253</t>
+          <t>9789753523813</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Modernleşme Açısından Din Kültür ve Siyaset</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789753523561</t>
+          <t>9789753523806</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Aydın ve Devlet Adamı Kimliği</t>
+          <t>İslamcılığın Arayışı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>510</v>
+        <v>255</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789753521116</t>
+          <t>9789753523790</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Toplum</t>
+          <t>Mekki Ayetlerde Sosyolojik Unsurlar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9799753521764</t>
+          <t>9789753521147</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Ter ve Tempo</t>
+          <t>İslam'da Ayrılıkçı Görüşler</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>155</v>
+        <v>590</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789753521536</t>
+          <t>9789753523639</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Üzerine</t>
+          <t>On İki Emir</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>214.5</v>
+        <v>235</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789753523295</t>
+          <t>9789753523301</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Tasavvurdan Gerçeğe Kur’an ve Diriliş</t>
+          <t>Siyaset - Tefsir İlişkisi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789753522748</t>
+          <t>9789753522427</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Tarih Bilinci</t>
+          <t>Haydi Namaza</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789753522809</t>
+          <t>9789753522687</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Şebnem</t>
+          <t>Hayatı İslam’la Yaşamak</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789753523127</t>
+          <t>9789753522403</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Söz Direnişçilerde</t>
+          <t>Haşimi Rafsancani- Hatıralar</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>275</v>
+        <v>850</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789753522724</t>
+          <t>9789753522816</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Seni Demokrat Yapacaklar</t>
+          <t>Haritada Kan Lekesi</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789753523554</t>
+          <t>9789753520461</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Selamun Aleyküm Pasaportu: Batı Yazıları</t>
+          <t>Zihin Yönlendirenler</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789753522496</t>
+          <t>9789753523066</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Kutsal Savaşın Politikaları</t>
+          <t>Yaşayan Kur’an Olmak</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>760</v>
+        <v>235</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789753523592</t>
+          <t>9789753522717</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Seferi Yazılar</t>
+          <t>Türksüz Avrupa</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>275</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789753523363</t>
+          <t>9789753521253</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Samuri</t>
+          <t>Türkiye’de Modernleşme Açısından Din Kültür ve Siyaset</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789753522755</t>
+          <t>9789753523561</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Ramazanla Dirilmek</t>
+          <t>Türkiye’de Aydın ve Devlet Adamı Kimliği</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>210</v>
+        <v>510</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789753521918</t>
+          <t>9789753521116</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Pazarın Zaferi</t>
+          <t>Tevhid ve Toplum</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>545</v>
+        <v>210</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789753523264</t>
+          <t>9799753521764</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Oruç</t>
+          <t>Ter ve Tempo</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>210</v>
+        <v>155</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789753523318</t>
+          <t>9789753521536</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Onlara Korku Yoktur</t>
+          <t>Tefsir Üzerine</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>210</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789753522625</t>
+          <t>9789753523295</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Müfredat Kur’an Kavramları Sözlüğü (Ciltli)</t>
+          <t>Tasavvurdan Gerçeğe Kur’an ve Diriliş</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>2100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9799753521733</t>
+          <t>9789753522748</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Meşruiyet Ekseninde Din ve Devlet</t>
+          <t>Tarih Bilinci</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789753522793</t>
+          <t>9789753522809</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kül Rengi Kolye</t>
+          <t>Şebnem</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>275</v>
+        <v>390</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789753522977</t>
+          <t>9789753523127</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kur’ani Kavramlar</t>
+          <t>Söz Direnişçilerde</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789753520867</t>
+          <t>9789753522724</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Zihni İnşası</t>
+          <t>Seni Demokrat Yapacaklar</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9799753521801</t>
+          <t>9789753523554</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Üslubu ve Tekrarlar</t>
+          <t>Selamun Aleyküm Pasaportu: Batı Yazıları</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789753522649</t>
+          <t>9789753522496</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın İnsan Tasavvuru</t>
+          <t>Selahaddin Kutsal Savaşın Politikaları</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>380</v>
+        <v>760</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789753523585</t>
+          <t>9789753523592</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Hz. Peygamber (s)’i Eğitmesi</t>
+          <t>Seferi Yazılar</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789753523073</t>
+          <t>9789753523363</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Nasıl Anladılar</t>
+          <t>Samuri</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789753523035</t>
+          <t>9789753522755</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Anlama Çabaları</t>
+          <t>Ramazanla Dirilmek</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789753523400</t>
+          <t>9789753521918</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Tanrı ve İnsan</t>
+          <t>Pazarın Zaferi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>400</v>
+        <v>545</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789753520744</t>
+          <t>9789753523264</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hidayet ve Dalalet</t>
+          <t>Oruç</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789753520195</t>
+          <t>9789753523318</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Dini ve Ahlaki Kavramlar</t>
+          <t>Onlara Korku Yoktur</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789753523165</t>
+          <t>9789753522625</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’ten Örneklerle Sosyal Ahlak</t>
+          <t>Müfredat Kur’an Kavramları Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>425</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789753522618</t>
+          <t>9799753521733</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Zikir</t>
+          <t>Meşruiyet Ekseninde Din ve Devlet</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789753520980</t>
+          <t>9789753522793</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Hayat</t>
+          <t>Kül Rengi Kolye</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789753523080</t>
+          <t>9789753522977</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Değişim</t>
+          <t>Kur’ani Kavramlar</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789753522472</t>
+          <t>9789753520867</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İsimleri Antolojisi</t>
+          <t>Kur’an’ın Zihni İnşası</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>830</v>
+        <v>210</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789753520881</t>
+          <t>9799753521801</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Fihristi (Ciltli)</t>
+          <t>Kur’an’ın Üslubu ve Tekrarlar</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>1300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789753521611</t>
+          <t>9789753522649</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kulluk</t>
+          <t>Kur’an’ın İnsan Tasavvuru</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>214.5</v>
+        <v>380</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789753522861</t>
+          <t>9789753523585</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Kuklacılar</t>
+          <t>Kur’an’ın Hz. Peygamber (s)’i Eğitmesi</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>500</v>
+        <v>195</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789753521666</t>
+          <t>9789753523073</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kudüs : Tarihin Kalbi</t>
+          <t>Kur’an’ı Nasıl Anladılar</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789753523103</t>
+          <t>9789753523035</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kırk İkindi Koşmaları</t>
+          <t>Kur’an’ı Anlama Çabaları</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789753522670</t>
+          <t>9789753523400</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kardeşime Mektup</t>
+          <t>Kur’an’da Tanrı ve İnsan</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789753523516</t>
+          <t>9789753520744</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kalemden Kelama</t>
+          <t>Kur’an’da Hidayet ve Dalalet</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789753523196</t>
+          <t>9789753520195</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>İsra ve Mirac</t>
+          <t>Kur’an’da Dini ve Ahlaki Kavramlar</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789753520065</t>
+          <t>9789753523165</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>İslami Kavramlar</t>
+          <t>Kur’an ve Sünnet’ten Örneklerle Sosyal Ahlak</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789753521871</t>
+          <t>9789753522618</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Modernliği Yeniden Düşünmek</t>
+          <t>Dua ve Zikir</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789753523028</t>
+          <t>9789753520980</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kuran</t>
+          <t>Kur’an ve Hayat</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789753522106</t>
+          <t>9789753523080</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hak(sızlık)ları</t>
+          <t>Kur’an ve Değişim</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789753523523</t>
+          <t>9789753522472</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>İlimden İrfana</t>
+          <t>Kur’an İsimleri Antolojisi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>650</v>
+        <v>830</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789753521338</t>
+          <t>9789753520881</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>İhlas ve Tevhid</t>
+          <t>Kur’an Fihristi (Ciltli)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>380</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789753522779</t>
+          <t>9789753521611</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İbrahim İmanı Öğreniyor</t>
+          <t>Kulluk</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>260</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789753522946</t>
+          <t>9789753522861</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Irkçılık Cehennemi</t>
+          <t>Kuklacılar</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789753522878</t>
+          <t>9789753521666</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Hz. Şuayb</t>
+          <t>Kudüs : Tarihin Kalbi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>130</v>
+        <v>235</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789753522298</t>
+          <t>9789753523103</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in (s.a.v.) Hayatı ve İslam Daveti (2 Cilt Takım)</t>
+          <t>Kırk İkindi Koşmaları</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>1560</v>
+        <v>200</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789753523011</t>
+          <t>9789753522670</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Rehber Kur’an-ı Kerim</t>
+          <t>Kardeşime Mektup</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>235</v>
+        <v>130</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789753525688</t>
+          <t>9789753523516</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Fıkhu’s Sünne (2 Cilt Takım) (Ciltli)</t>
+          <t>Kalemden Kelama</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>2500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789753522281</t>
+          <t>9789753523196</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Eylülle Gelen</t>
+          <t>İsra ve Mirac</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789753522571</t>
+          <t>9789753520065</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Eyfelde Karnaval</t>
+          <t>İslami Kavramlar</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>145</v>
+        <v>210</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789753521024</t>
+          <t>9789753521871</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Esenlik Yurdunun Çağrısı</t>
+          <t>İslam ve Modernliği Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789753523059</t>
+          <t>9789753523028</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Emanet ve İhanet</t>
+          <t>İnsan Kuran</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789753523486</t>
+          <t>9789753522106</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Siyaseti</t>
+          <t>İnsan Hak(sızlık)ları</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789753522465</t>
+          <t>9789753523523</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Dua</t>
+          <t>İlimden İrfana</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>285</v>
+        <v>650</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789753522915</t>
+          <t>9789753521338</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Din Algımız</t>
+          <t>İhlas ve Tevhid</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>285</v>
+        <v>380</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789753521345</t>
+          <t>9789753522779</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Özgürlük</t>
+          <t>İbrahim İmanı Öğreniyor</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789753522335</t>
+          <t>9789753522946</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Dünya Ahiret Problemleri</t>
+          <t>Irkçılık Cehennemi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789753522533</t>
+          <t>9789753522878</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Çatışmadan İttifaka</t>
+          <t>Hz. Şuayb</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>235</v>
+        <v>130</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789753522007</t>
+          <t>9789753522298</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Tarihi</t>
+          <t>Hz. Muhammed’in (s.a.v.) Hayatı ve İslam Daveti (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>585</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789753521529</t>
+          <t>9789753523011</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Bir Kayıp Sevda</t>
+          <t>Gerçek Rehber Kur’an-ı Kerim</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789753523370</t>
+          <t>9789753525688</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Belam</t>
+          <t>Fıkhu’s Sünne (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>130</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789753523615</t>
+          <t>9789753522281</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Ateş Çemberindeki Balkanlar</t>
+          <t>Eylülle Gelen</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>470</v>
+        <v>235</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789753522731</t>
+          <t>9789753522571</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İmparatorluğu</t>
+          <t>Eyfelde Karnaval</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>495</v>
+        <v>145</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789753524094</t>
+          <t>9789753521024</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Dostları ile Şeytanın Dostları Arasındaki Fark</t>
+          <t>Esenlik Yurdunun Çağrısı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>210</v>
+        <v>285</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789753522786</t>
+          <t>9789753523059</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Bey ve Öğrencileri</t>
+          <t>Emanet ve İhanet</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789753523172</t>
+          <t>9789753523486</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Ahlak, Medeniyet ve İslam</t>
+          <t>Düşüncenin Siyaseti</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789753523110</t>
+          <t>9789753522465</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Acıyı Giyinmek</t>
+          <t>Dua</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>145</v>
+        <v>285</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789753520454</t>
+          <t>9789753522915</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>3. Petrol Savaşı Körfez Savaşının Perde Arkası</t>
+          <t>Din Algımız</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
+          <t>9789753521345</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Dersimiz Özgürlük</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9789753522335</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Çözümlü Dünya Ahiret Problemleri</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9789753522533</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Çatışmadan İttifaka</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9789753522007</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetin Tarihi</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9789753521529</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kayıp Sevda</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9789753523370</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Belam</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9789753523615</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Çemberindeki Balkanlar</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9789753522731</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan İmparatorluğu</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9789753524094</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Allah’ın Dostları ile Şeytanın Dostları Arasındaki Fark</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9789753522786</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Bey ve Öğrencileri</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9789753523172</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak, Medeniyet ve İslam</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9789753523110</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Acıyı Giyinmek</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9789753520454</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>3. Petrol Savaşı Körfez Savaşının Perde Arkası</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
           <t>9789753523288</t>
         </is>
       </c>
-      <c r="B521" s="1" t="inlineStr">
+      <c r="B534" s="1" t="inlineStr">
         <is>
           <t>11 Eylül Tarihsel Dönüşüm Analizi</t>
         </is>
       </c>
-      <c r="C521" s="1">
+      <c r="C534" s="1">
         <v>420</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>