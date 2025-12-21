--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,5515 +85,6715 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259252629</t>
+          <t>9786259252636</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kharon'un Kayığı</t>
+          <t>Agrippina</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>470</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259252612</t>
+          <t>9786259252643</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dezenformasyona Karşı Bağışıklık</t>
+          <t>Haremli Sufrajetler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>610</v>
+        <v>360</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258393989</t>
+          <t>9786258393910</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zihne Saldırı</t>
+          <t>Nero</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258393880</t>
+          <t>9786055302528</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bilinçdışı Mırıltılar</t>
+          <t>Mitoloji Ajandası 2015</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055302863</t>
+          <t>9786057768872</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İnsana Yolculuk</t>
+          <t>Antika Ajanda 2022</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258393996</t>
+          <t>9786059460941</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Metafizik ve Epistemoloji</t>
+          <t>Kurucu İktidarın Eleştirisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>520</v>
+        <v>430</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258393972</t>
+          <t>9786059460897</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Doğanın İzinden Gitmek</t>
+          <t>Antik Çağ Mutfak Sözlüğü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>370</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258393965</t>
+          <t>3990000097222</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Kuramı Sözlüğü</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 12 - Nisan 2019</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>460</v>
+        <v>650</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258393958</t>
+          <t>9786055302368</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Değişim Nehrinde İnsanın Ayak İzi</t>
+          <t>Yeni Oryantalistler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>520</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258393941</t>
+          <t>9786055302658</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Anılar Geçidi</t>
+          <t>Melanie Klein</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>380</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057768148</t>
+          <t>9786055302641</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İskoç Aydınlanması</t>
+          <t>Çocuğun Ahlaki Yargısı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>4444444442603</t>
+          <t>9786055302627</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 22 - Ahlak Felsefesi</t>
+          <t>Müzikal Erotik</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>590</v>
+        <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258393934</t>
+          <t>9786055302436</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Astronom ve Cadı</t>
+          <t>Çocuk, Aile ve Dış Dünya</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>570</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258393903</t>
+          <t>3990000018346</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İlerleme Yanılsamaları</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 3 - Ekim 2014</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>430</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258393927</t>
+          <t>9786055302405</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yetki Kimde?</t>
+          <t>Aristoteles</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9772148095002</t>
+          <t>9786055302412</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 24 - Post Truth</t>
+          <t>Başlangıçta Kadın Vardı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1100</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258393866</t>
+          <t>9786059460750</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı Üzerine</t>
+          <t>Antik Çağ'da Beslenme ve Damak Tadı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>210</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258393873</t>
+          <t>9786059460286</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Beyindeki Ruh</t>
+          <t>Temsil</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>570</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258393897</t>
+          <t>3990000030825</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bölünmüş Beyin ve Anlam Arayışı</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 8 - Nisan 2017</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258393835</t>
+          <t>9786059460385</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sinemadan Felsefeye Anlam ve Adalet Arayışı</t>
+          <t>Mitoloji Ajandası - Gökyüzü 2018</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>210</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258393842</t>
+          <t>9786055302832</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Arketipler ve Kolektif Bilinçdışı</t>
+          <t>Analitik Psikoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>770</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258393859</t>
+          <t>9786059460460</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış</t>
+          <t>Platon’un Politik Felsefesi - Savunma Cilt 1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258393804</t>
+          <t>9786059460248</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Temsiller</t>
+          <t>Psişik İşler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>630</v>
+        <v>210</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258393811</t>
+          <t>9786059460064</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yasa Hakkında İnceleme</t>
+          <t>Monarşi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258393828</t>
+          <t>3990000032378</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Anlamak</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 6 - Nisan 2016</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258393781</t>
+          <t>9786059460118</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Beyin Dünyayı Nasıl Oluşturdu</t>
+          <t>Kadının Farklı Sesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1110</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258393767</t>
+          <t>3990000092398</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bizans Cumhuriyeti</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 7 - Ekim 2016</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>550</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258393798</t>
+          <t>9786055302351</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şeker</t>
+          <t>Bela Bedenler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258393750</t>
+          <t>3990000031253</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Persler</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 5 - Ekim 2015</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>670</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258393774</t>
+          <t>9786055302702</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sıdıka Hanım’ın Büyüleri</t>
+          <t>Mitoloji Ajandası 2016</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>230</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>2789785969013</t>
+          <t>9786055302672</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları Seti (3 Kitap Takım) (Ciltli)</t>
+          <t>Doğa Hakkında Şiir</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>2040</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059460538</t>
+          <t>9786055302559</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Adonis, Attis, Osiris</t>
+          <t>Hakikat Şaraptadır</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059460880</t>
+          <t>9786055302696</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Günah Keçisi</t>
+          <t>Platon</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>570</v>
+        <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000047757</t>
+          <t>9786055302467</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 10 - Nisan 2018</t>
+          <t>Terapide Yeni Ufuklar Cilt: 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>650</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059460187</t>
+          <t>9786055302450</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografi - Charles Darwin</t>
+          <t>Terapide Yeni Ufuklar Cilt: 1</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>370</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059460415</t>
+          <t>9786055302573</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Duygular Kuramı</t>
+          <t>Elise</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>680</v>
+        <v>70</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059460224</t>
+          <t>9786055302566</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası</t>
+          <t>Estetik ve Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>360</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059460057</t>
+          <t>9786055302443</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yürekte Kırk Mum</t>
+          <t>Bebekler ve Anneleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>430</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055302986</t>
+          <t>9786055302481</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Eş Benlik</t>
+          <t>Başlangıç Noktamız Ev</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055302870</t>
+          <t>9786055302726</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Doğuş Miti</t>
+          <t>Sofist</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>210</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059460149</t>
+          <t>9786055302634</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Yönetim Üzerine Düşünceler</t>
+          <t>Metafizik</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>590</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055302979</t>
+          <t>9786055302764</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bu Şimdiki Zaman Kipinde Yazılmalıydı</t>
+          <t>Bireyin Gelişimi ve Aile</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>330</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055302597</t>
+          <t>9786055302511</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Persler</t>
+          <t>Vahiy Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>210</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057768315</t>
+          <t>9786055302177</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Klinik Felsefe</t>
+          <t>Kara Avcı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057768742</t>
+          <t>9786057768612</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Felsefe İle Tasavvuf Arasında İbnü'l-Arabi</t>
+          <t>Dinamik Psikoterapilerde Anamnez, Değerlendirme Ve Formülasyon</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>210</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057768254</t>
+          <t>9786057768544</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Sözlüğü (Ciltli)</t>
+          <t>Hukuki Düşüncenin Üç Türü</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>2100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057768261</t>
+          <t>9786058770348</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kendini Varedebilme Etiği</t>
+          <t>Yeni Enerji Kültürü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>370</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055302016</t>
+          <t>9786055302290</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İran Edebiyatı</t>
+          <t>Yemek, Mutfak, Sınıf</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>780</v>
+        <v>40.74</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055302221</t>
+          <t>9786055302160</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İkonoloji Araştırmaları</t>
+          <t>Yazılı ve Sözel Arasındaki Etkileşim</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>550</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055302146</t>
+          <t>9786058770393</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gecekuşu Kornelius</t>
+          <t>Yalnız Gezerin Hayalleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>380</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055302320</t>
+          <t>9786058795389</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları Cilt: 1 (Ciltli)</t>
+          <t>Yaban Aklın Evcilleştirilmesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>680</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258393583</t>
+          <t>9786055302061</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bayezid-i Bestami ve Göklere Yükselişi</t>
+          <t>Türkler ve Ölüm</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>210</v>
+        <v>80</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059460316</t>
+          <t>9786055302085</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Faydacılık</t>
+          <t>Platon’un Eczanesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>210</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059460484</t>
+          <t>9786058795327</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Politik Felsefesi - Kriton Cilt 2</t>
+          <t>Pandora</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>380</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258393743</t>
+          <t>9786058795365</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Pinhan Defter</t>
+          <t>Monadoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>4444444443225</t>
+          <t>9786055302108</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 23- Ekim 2024</t>
+          <t>Ruhani Alıştırmalar ve Antik Felsefe</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>600</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258393644</t>
+          <t>9786055302269</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ödetmeci Ceza Adaletinin İki Yüzü</t>
+          <t>Prometheus</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>360</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258393712</t>
+          <t>9786055302009</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Daimonion’u</t>
+          <t>Meseller</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>175</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258393736</t>
+          <t>9786055302092</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Moğollar</t>
+          <t>Meryem’in Esrarı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>290</v>
+        <v>16</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258393729</t>
+          <t>9786055302214</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Asyalılar Nasıl Sarardı?</t>
+          <t>Mecnun</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>290</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258393408</t>
+          <t>9786058770300</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Mitolojisi Sanat Ne Anlatır: Mağara Duvarlarından Antikçağın Sonuna</t>
+          <t>Levinas Okumaları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258393675</t>
+          <t>9786055302047</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Homo Narrans</t>
+          <t>Kültür Eleştirisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>275</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258393682</t>
+          <t>9786058795334</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>İşte Böyle Dedi Zerdüşt (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>162</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258393699</t>
+          <t>9786058795341</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Rüya Üzerine</t>
+          <t>Homo Esteticus: Demokrasi Çağında Beğeninin İcadı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258393668</t>
+          <t>9786058770331</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Davranışları ve Soyluların Yükümlülükleri</t>
+          <t>Hayali Büyüklük</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>315</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258393705</t>
+          <t>9786055302153</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kriton</t>
+          <t>Gül Haç Aydınlanması</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>190</v>
+        <v>60</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057768728</t>
+          <t>9786058795303</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Rüya Analizleri</t>
+          <t>Gödel, Escher, Bach: Bir Ebedi Gökçe Belik (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>990</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057768735</t>
+          <t>9786055302283</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Terapiye Başlarken</t>
+          <t>Elizabeth Dönemi Okült Felsefe</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258393026</t>
+          <t>9786055302245</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir Terapistin Arka Bahçesi</t>
+          <t>Eleusis</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>380</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258393651</t>
+          <t>9786058770317</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Uygarlaşan İştah</t>
+          <t>Dört Talmud Okuması (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>400</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258393637</t>
+          <t>9786055302276</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji ve Din</t>
+          <t>Dionysos</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>650</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258393620</t>
+          <t>9786055302191</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Mitosları</t>
+          <t>Dağıtıcı Adaletin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>380</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258393613</t>
+          <t>9786058770355</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Pompeıus’un Yetkisi Üzerine</t>
+          <t>Bulfinch Mitolojileri (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>120</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258393590</t>
+          <t>9786058795372</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İskender’in Talihi Ve Erdemi Üzerine</t>
+          <t>Bölünmüş Benlik</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>140</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258393606</t>
+          <t>9786055302207</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ötekilerin Arkeolojisi</t>
+          <t>Bir’le Bir Olmak</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258393569</t>
+          <t>9786055302139</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgisi</t>
+          <t>Bir Ölünün Anıları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258393576</t>
+          <t>9786055302238</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Zihin</t>
+          <t>Arkaik Yunan’da Hakikatin Efendileri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>435</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258393552</t>
+          <t>9786058795396</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Savunma</t>
+          <t>Ardavirafname (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>275</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>4440000004147</t>
+          <t>9786057768445</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 21 - Cumhuriyet ve Felsefe</t>
+          <t>Anayasal Tasarımın Demokratik Teorisine Giriş</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>520</v>
+        <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258393538</t>
+          <t>9786057768957</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Martin Guerre'in Dönüşü</t>
+          <t>Sempatinin Doğası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258393514</t>
+          <t>9786259252629</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Althusser ve Hukuk</t>
+          <t>Kharon'un Kayığı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>380</v>
+        <v>470</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258393507</t>
+          <t>9786259252612</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Rock’n Roll</t>
+          <t>Dezenformasyona Karşı Bağışıklık</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>370</v>
+        <v>610</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258393491</t>
+          <t>9786258393989</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Devrim Psikolojisi Üzerine</t>
+          <t>Zihne Saldırı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258393453</t>
+          <t>9786258393880</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sinizm ve Aydınlanma</t>
+          <t>Bilinçdışı Mırıltılar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258393477</t>
+          <t>9786055302863</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ferdengeçti Çiçekleri</t>
+          <t>İnsana Yolculuk</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258393460</t>
+          <t>9786258393996</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Örnek Kişiler ve Liderler</t>
+          <t>Metafizik ve Epistemoloji</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>520</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258393484</t>
+          <t>9786258393972</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yazılar</t>
+          <t>Doğanın İzinden Gitmek</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>2789786047161</t>
+          <t>9786258393965</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Etrafındakiler 3'lü Şark Seti (Ciltli)</t>
+          <t>Hukuk Kuramı Sözlüğü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>3910</v>
+        <v>460</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258393446</t>
+          <t>9786258393958</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalmış Kitap</t>
+          <t>Değişim Nehrinde İnsanın Ayak İzi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258393422</t>
+          <t>9786258393941</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Alimin Eğitimi</t>
+          <t>Anılar Geçidi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258393439</t>
+          <t>9786057768148</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk</t>
+          <t>İskoç Aydınlanması</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1050</v>
+        <v>280</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258393385</t>
+          <t>4444444442603</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kallirhoe</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 22 - Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>430</v>
+        <v>590</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057768865</t>
+          <t>9786258393934</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sanskrit – Türkçe Sözlük</t>
+          <t>Astronom ve Cadı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>410</v>
+        <v>570</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258393316</t>
+          <t>9786258393903</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Felsefe ve Teknik</t>
+          <t>İlerleme Yanılsamaları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258393415</t>
+          <t>9786258393927</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Queer Yazıları</t>
+          <t>Yetki Kimde?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>4440000003209</t>
+          <t>9772148095002</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 20 – Sekülarizm, Post- Sekülarizm Ve Demokrasi</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 24 - Post Truth</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>590</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258393378</t>
+          <t>9786258393866</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yoga ve Meditasyon Psikolojisi</t>
+          <t>1. Dünya Savaşı Üzerine</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>630</v>
+        <v>210</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258393361</t>
+          <t>9786258393873</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Ne İşe Yarar?</t>
+          <t>Beyindeki Ruh</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>360</v>
+        <v>570</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258393354</t>
+          <t>9786258393897</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Cadılar, Ebeler ve Hemşireler</t>
+          <t>Bölünmüş Beyin ve Anlam Arayışı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258393347</t>
+          <t>9786258393835</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Bilim Felsefesi</t>
+          <t>Sinemadan Felsefeye Anlam ve Adalet Arayışı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>410</v>
+        <v>210</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258393330</t>
+          <t>9786258393842</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarihi</t>
+          <t>Arketipler ve Kolektif Bilinçdışı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>280</v>
+        <v>770</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258393323</t>
+          <t>9786258393859</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Modern Psikolojinin Tarihi</t>
+          <t>Gılgamış</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258393309</t>
+          <t>9786258393804</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Adli Hatalar</t>
+          <t>Sosyal Temsiller</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>630</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258393279</t>
+          <t>9786258393811</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Satyricon</t>
+          <t>Yasa Hakkında İnceleme</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>2880000108023</t>
+          <t>9786258393828</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları Seti (2 Kitap Ciltli Takım)</t>
+          <t>Hayvanları Anlamak</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>1530</v>
+        <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>2789788622601</t>
+          <t>9786258393781</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Lang Masallları Seti - 3 Kitap Takım (Ciltli)</t>
+          <t>Beyin Dünyayı Nasıl Oluşturdu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1980</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>4440000002676</t>
+          <t>9786258393767</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 19 - Ekim 2022</t>
+          <t>Bizans Cumhuriyeti</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258393286</t>
+          <t>9786258393798</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm ve İslam</t>
+          <t>Şeker</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258393293</t>
+          <t>9786258393750</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm, Cadılık ve Şifa</t>
+          <t>Persler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>460</v>
+        <v>670</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258393248</t>
+          <t>9786258393774</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bilinç ve Bilinçdışı</t>
+          <t>Sıdıka Hanım’ın Büyüleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258393224</t>
+          <t>2789785969013</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Özel Hukuk Tarihi</t>
+          <t>Andersen Masalları Seti (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>450</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258393262</t>
+          <t>9786059460538</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hellenistik Dünyada Roma</t>
+          <t>Adonis, Attis, Osiris</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>610</v>
+        <v>450</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258393255</t>
+          <t>9786059460880</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Parası Yazıları</t>
+          <t>Günah Keçisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>330</v>
+        <v>570</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258393231</t>
+          <t>3990000047757</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Akıl Hastalığının Psikogenezi</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 10 - Nisan 2018</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>460</v>
+        <v>650</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258393217</t>
+          <t>9786059460187</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ölülerin Konuşmaları</t>
+          <t>Otobiyografi - Charles Darwin</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>4440000002504</t>
+          <t>9786059460415</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 19 - Toplum Sözleşmesi</t>
+          <t>Ahlaki Duygular Kuramı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>500</v>
+        <v>680</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258393194</t>
+          <t>9786059460224</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kral, Savaşçı, Büyücü, Aşık</t>
+          <t>İnsan Doğası</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258393200</t>
+          <t>9786059460057</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Aşk Yoktur</t>
+          <t>Yürekte Kırk Mum</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258393163</t>
+          <t>9786055302986</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi</t>
+          <t>Eş Benlik</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258393149</t>
+          <t>9786055302870</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Parva Naturalia</t>
+          <t>Kahramanın Doğuş Miti</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258393156</t>
+          <t>9786059460149</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Moralia</t>
+          <t>Demokratik Yönetim Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>210</v>
+        <v>590</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258393187</t>
+          <t>9786055302979</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Akıl</t>
+          <t>Bu Şimdiki Zaman Kipinde Yazılmalıydı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258393170</t>
+          <t>9786055302597</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bir Efes Masalı</t>
+          <t>Persler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258393132</t>
+          <t>9786057768315</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sibirya'dan Balkanlara Şamanlar Ve Cadılar Cilt 2</t>
+          <t>Klinik Felsefe</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>610</v>
+        <v>330</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258393125</t>
+          <t>9786057768742</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sibirya'dan Balkanlara Şamanlar Ve Cadılar Cilt 1</t>
+          <t>Felsefe İle Tasavvuf Arasında İbnü'l-Arabi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>590</v>
+        <v>210</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258393071</t>
+          <t>9786057768254</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Heidegger, Nasyonal Sosyalizm Ve Etik</t>
+          <t>Sosyoloji Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>280</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>4440000003115</t>
+          <t>9786057768261</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 18 - Nisan 2022</t>
+          <t>Kendini Varedebilme Etiği</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>680</v>
+        <v>370</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258393064</t>
+          <t>9786055302016</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Zihin Ve Enerji</t>
+          <t>İran Edebiyatı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>780</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258393088</t>
+          <t>9786055302221</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Spekülatif Materyalizm</t>
+          <t>İkonoloji Araştırmaları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258393095</t>
+          <t>9786055302146</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerin Günlük Hayatı</t>
+          <t>Gecekuşu Kornelius</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258393101</t>
+          <t>9786055302320</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ve Diğer Hastalıklar</t>
+          <t>Andersen Masalları Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>520</v>
+        <v>680</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258393057</t>
+          <t>9786258393583</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Değerlerin Tiranlığı</t>
+          <t>Bayezid-i Bestami ve Göklere Yükselişi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258393040</t>
+          <t>9786059460316</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi</t>
+          <t>Faydacılık</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057768995</t>
+          <t>9786059460484</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Mutfak Kültürü</t>
+          <t>Platon’un Politik Felsefesi - Kriton Cilt 2</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057768940</t>
+          <t>9786258393743</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Şaraptadır</t>
+          <t>Pinhan Defter</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258393019</t>
+          <t>4444444443225</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Octavia</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 23- Ekim 2024</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258393002</t>
+          <t>9786258393644</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Sosyolojik Yorumu</t>
+          <t>Ödetmeci Ceza Adaletinin İki Yüzü</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>670</v>
+        <v>360</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258393033</t>
+          <t>9786258393712</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Halleri</t>
+          <t>Sokrates’in Daimonion’u</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057768964</t>
+          <t>9786258393736</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Rüyaları</t>
+          <t>Moğollar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>670</v>
+        <v>380</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057768988</t>
+          <t>9786258393729</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Alemin Ezeliliği Üzerine</t>
+          <t>Asyalılar Nasıl Sarardı?</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057768933</t>
+          <t>9786258393408</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Almanya Çıldırdı</t>
+          <t>Sanatın Mitolojisi Sanat Ne Anlatır: Mağara Duvarlarından Antikçağın Sonuna</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057768971</t>
+          <t>9786258393675</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Anlamak İçin Yaşamak</t>
+          <t>Homo Narrans</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057768919</t>
+          <t>9786258393682</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Borges’in Dediği Gibi</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>410</v>
+        <v>210</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057768896</t>
+          <t>9786258393699</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gece Savaşları</t>
+          <t>Rüya Üzerine</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>410</v>
+        <v>160</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057768926</t>
+          <t>9786258393668</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche</t>
+          <t>İnsanların Davranışları ve Soyluların Yükümlülükleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>470</v>
+        <v>410</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057768902</t>
+          <t>9786258393705</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi</t>
+          <t>Kriton</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057768889</t>
+          <t>9786057768728</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Utanç ve Tevazu Duyguları</t>
+          <t>Rüya Analizleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>190</v>
+        <v>990</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057768858</t>
+          <t>9786057768735</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Etkileşim ve Toplumsal Güçler</t>
+          <t>Terapiye Başlarken</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057768834</t>
+          <t>9786258393026</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İran Edebiyatı (Ciltli)</t>
+          <t>Bir Terapistin Arka Bahçesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>970</v>
+        <v>380</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057768810</t>
+          <t>9786258393651</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Suçlu mu? Suçsuz mu?</t>
+          <t>Uygarlaşan İştah</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>470</v>
+        <v>520</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057768827</t>
+          <t>9786258393637</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Fenomenolojisi</t>
+          <t>Psikoloji ve Din</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>590</v>
+        <v>850</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>3990000069712</t>
+          <t>9786258393620</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 17 - Ekim 2021</t>
+          <t>Hayvan Mitosları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>680</v>
+        <v>500</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057768841</t>
+          <t>9786258393613</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Avcılık Sanatı</t>
+          <t>Pompeıus’un Yetkisi Üzerine</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057768803</t>
+          <t>9786258393590</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Lakhes</t>
+          <t>İskender’in Talihi Ve Erdemi Üzerine</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057768780</t>
+          <t>9786258393606</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Lysistrata</t>
+          <t>Ötekilerin Arkeolojisi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057768797</t>
+          <t>9786258393569</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sosyolojisi</t>
+          <t>Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057768766</t>
+          <t>9786258393576</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hindistan’da Kabileler</t>
+          <t>Kişilik ve Zihin</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>280</v>
+        <v>570</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057768773</t>
+          <t>9786258393552</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sanatçılar ve Düşünürler</t>
+          <t>Savunma</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057768759</t>
+          <t>4440000004147</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Spartalıların Devleti - Atinalıların Devleti</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 21 - Cumhuriyet ve Felsefe</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057768711</t>
+          <t>9786258393538</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bitki Mitosları</t>
+          <t>Martin Guerre'in Dönüşü</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>470</v>
+        <v>330</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057768681</t>
+          <t>9786258393514</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Tarih Nasıl Yazılmalı? - Yalansever</t>
+          <t>Althusser ve Hukuk</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057768698</t>
+          <t>9786258393507</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ölüm</t>
+          <t>Hukuk ve Rock’n Roll</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057768674</t>
+          <t>9786258393491</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Marksizmle Yoldaşlığı</t>
+          <t>Devrim Psikolojisi Üzerine</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057768704</t>
+          <t>9786258393453</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yunan Dini Düşüncesi</t>
+          <t>Sinizm ve Aydınlanma</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057768667</t>
+          <t>9786258393477</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Masalları Yorumlamak</t>
+          <t>Ferdengeçti Çiçekleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057768650</t>
+          <t>9786258393460</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hellenika</t>
+          <t>Örnek Kişiler ve Liderler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>610</v>
+        <v>190</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057768629</t>
+          <t>9786258393484</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Terapide Yeni Ufuklar</t>
+          <t>Yazılar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>730</v>
+        <v>390</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057768643</t>
+          <t>2789786047161</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şahit ve Anlattıkları</t>
+          <t>Mevlana ve Etrafındakiler 3'lü Şark Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>570</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057768636</t>
+          <t>9786258393446</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sosyolojisinin Antropolojik Temelleri</t>
+          <t>Geç Kalmış Kitap</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057768575</t>
+          <t>9786258393422</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Lang Masalları 3. Cilt (Ciltli)</t>
+          <t>Alimin Eğitimi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>640</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057768582</t>
+          <t>9786258393439</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Lang Masalları 2. Cilt (Ciltli)</t>
+          <t>Uluslararası Hukuk</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>620</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057768599</t>
+          <t>9786258393385</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Lang Masalları 1. Cilt (Ciltli)</t>
+          <t>Kallirhoe</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>720</v>
+        <v>430</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057768605</t>
+          <t>9786057768865</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Düşler Mağarası</t>
+          <t>Sanskrit – Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>3990000069742</t>
+          <t>9786258393316</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 16 - Nisan 2021</t>
+          <t>Çağdaş Felsefe ve Teknik</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>590</v>
+        <v>390</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057768537</t>
+          <t>9786258393415</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hukuk Sorunu</t>
+          <t>Queer Yazıları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057768520</t>
+          <t>4440000003209</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Toplum Çalışmaları</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 20 – Sekülarizm, Post- Sekülarizm Ve Demokrasi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>210</v>
+        <v>590</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057768506</t>
+          <t>9786258393378</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Cihatçılık</t>
+          <t>Yoga ve Meditasyon Psikolojisi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>280</v>
+        <v>630</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057768513</t>
+          <t>9786258393361</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İyi Yaşam Felsefesi</t>
+          <t>Sosyoloji Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057768483</t>
+          <t>9786258393354</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kundalini Yoga Psikolojisi</t>
+          <t>Cadılar, Ebeler ve Hemşireler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057768476</t>
+          <t>9786258393347</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Sözlüğü</t>
+          <t>Geçmişten Günümüze Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>500</v>
+        <v>410</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057768490</t>
+          <t>9786258393330</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Armağanın Fenomenolojisi</t>
+          <t>Mısır Tarihi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057768452</t>
+          <t>9786258393323</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Romantizm</t>
+          <t>Modern Psikolojinin Tarihi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>720</v>
+        <v>430</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057768469</t>
+          <t>9786258393309</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji ve Felsefe</t>
+          <t>Adli Hatalar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057768421</t>
+          <t>9786258393279</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Fenomenolojik Hareket</t>
+          <t>Satyricon</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057768414</t>
+          <t>2880000108023</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Millet - Millet ve Enternasyonalizm</t>
+          <t>Grimm Masalları Seti (2 Kitap Ciltli Takım)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>190</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057768438</t>
+          <t>2789788622601</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Şölen - Satılık Filozoflar - Astroloji</t>
+          <t>Lang Masallları Seti - 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>210</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057768407</t>
+          <t>4440000002676</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tanıdık ve Yeni</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 19 - Ekim 2022</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057768209</t>
+          <t>9786258393286</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Doğal Durum ve Devlet</t>
+          <t>Şamanizm ve İslam</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057768384</t>
+          <t>9786258393293</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Fars Edebiyatında Kaynak Bilim</t>
+          <t>Şamanizm, Cadılık ve Şifa</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>770</v>
+        <v>460</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057768360</t>
+          <t>9786258393248</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Hareket Tarzı</t>
+          <t>Bilinç ve Bilinçdışı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057768377</t>
+          <t>9786258393224</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Genel Felsefe</t>
+          <t>Özel Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057768346</t>
+          <t>9786258393262</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Devrim</t>
+          <t>Hellenistik Dünyada Roma</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>1000</v>
+        <v>610</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057768339</t>
+          <t>9786258393255</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sosyolojisi</t>
+          <t>Ekmek Parası Yazıları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>680</v>
+        <v>330</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057768322</t>
+          <t>9786258393231</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İtirazlara Cevaben Evlilik Üzerine Muhtelif Gözlemler</t>
+          <t>Akıl Hastalığının Psikogenezi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>3990000086547</t>
+          <t>9786258393217</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 15 - Ekim 2020</t>
+          <t>Ölülerin Konuşmaları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>680</v>
+        <v>330</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057768353</t>
+          <t>4440000002504</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bir Hikaye</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 19 - Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057768308</t>
+          <t>9786258393194</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bir Bakışla Sanat Yazıları</t>
+          <t>Kral, Savaşçı, Büyücü, Aşık</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057768292</t>
+          <t>9786258393200</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Şiir Felsefesi</t>
+          <t>Kusursuz Aşk Yoktur</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057768278</t>
+          <t>9786258393163</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Pişmanlık ve Yeniden Doğuş</t>
+          <t>Roma Tarihi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057768285</t>
+          <t>9786258393149</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğe Giriş</t>
+          <t>Parva Naturalia</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057768223</t>
+          <t>9786258393156</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yunan Kültürü Tarihi</t>
+          <t>Moralia</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>570</v>
+        <v>210</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057768230</t>
+          <t>9786258393187</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Yazıları</t>
+          <t>Kızıl Akıl</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057768216</t>
+          <t>9786258393170</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Araştırmaları</t>
+          <t>Bir Efes Masalı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057768247</t>
+          <t>9786258393132</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Egemen Virüs</t>
+          <t>Sibirya'dan Balkanlara Şamanlar Ve Cadılar Cilt 2</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>190</v>
+        <v>610</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>3990000048769</t>
+          <t>9786258393125</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 14 - Nisan 2020</t>
+          <t>Sibirya'dan Balkanlara Şamanlar Ve Cadılar Cilt 1</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>680</v>
+        <v>590</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057768179</t>
+          <t>9786258393071</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Tarih</t>
+          <t>Heidegger, Nasyonal Sosyalizm Ve Etik</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057768162</t>
+          <t>4440000003115</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sevginin İşleri</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 18 - Nisan 2022</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>610</v>
+        <v>680</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057768186</t>
+          <t>9786258393064</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bir Dini İdealin İfade Biçimleri</t>
+          <t>Zihin Ve Enerji</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059460989</t>
+          <t>9786258393088</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Ölümü</t>
+          <t>Spekülatif Materyalizm</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057768131</t>
+          <t>9786258393095</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Histerinin Ana Semptomları</t>
+          <t>İlişkilerin Günlük Hayatı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057768155</t>
+          <t>9786258393101</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kırdaki Zambak ve Gökteki Kuş</t>
+          <t>Hayat Ve Diğer Hastalıklar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057768001</t>
+          <t>9786258393057</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Freud'un Psikanalizi</t>
+          <t>Değerlerin Tiranlığı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057768124</t>
+          <t>9786258393040</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hakkaniyet Olarak Adalet</t>
+          <t>Roma Tarihi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>410</v>
+        <v>360</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057768087</t>
+          <t>9786057768995</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Lysis</t>
+          <t>Antik Çağ Mutfak Kültürü</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057768117</t>
+          <t>9786057768940</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dersleri</t>
+          <t>Hakikat Şaraptadır</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057768094</t>
+          <t>9786258393019</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ruh Teorileri - İnsan Ruhu ve Kişiliği</t>
+          <t>Octavia</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057768100</t>
+          <t>9786258393002</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Psykhe</t>
+          <t>Rüyaların Sosyolojik Yorumu</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>910</v>
+        <v>670</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057768056</t>
+          <t>9786258393033</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ahlak İktisat ve Bilim</t>
+          <t>Aşkın Halleri</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057768032</t>
+          <t>9786057768964</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar - Thales Anaksimandros - Anaksimenes</t>
+          <t>Çocuk Rüyaları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>210</v>
+        <v>670</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057768070</t>
+          <t>9786057768988</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yunanlar ve Yunan Medeniyeti</t>
+          <t>Alemin Ezeliliği Üzerine</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>700</v>
+        <v>190</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057768063</t>
+          <t>9786057768933</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>John Locke</t>
+          <t>Almanya Çıldırdı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>3990000082113</t>
+          <t>9786057768971</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 13 - Ekim 2019</t>
+          <t>Anlamak İçin Yaşamak</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>680</v>
+        <v>280</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057768049</t>
+          <t>9786057768919</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hukukun İlkeleri</t>
+          <t>Borges’in Dediği Gibi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>230</v>
+        <v>410</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057768018</t>
+          <t>9786057768896</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Argümantasyonun Temelleri</t>
+          <t>Gece Savaşları</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>670</v>
+        <v>410</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057768025</t>
+          <t>9786057768926</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar - Ksenophanes</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059460996</t>
+          <t>9786057768902</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İleri Düzey Oyun Terapisi</t>
+          <t>Roma Tarihi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>550</v>
+        <v>190</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059460972</t>
+          <t>9786057768889</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sınıfların Psikolojisi</t>
+          <t>Utanç ve Tevazu Duyguları</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059460965</t>
+          <t>9786057768858</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Mikropolitikası</t>
+          <t>Toplumsal Etkileşim ve Toplumsal Güçler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059460958</t>
+          <t>9786057768834</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar - Parmenides</t>
+          <t>İran Edebiyatı (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>190</v>
+        <v>970</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059460910</t>
+          <t>9786057768810</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Argonautika</t>
+          <t>Suçlu mu? Suçsuz mu?</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>360</v>
+        <v>470</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059460934</t>
+          <t>9786057768827</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografik Yazılar ve Notlar</t>
+          <t>Sessizliğin Fenomenolojisi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>160</v>
+        <v>590</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059460927</t>
+          <t>3990000069712</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sosyolojisinin Temel İlkeleri</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 17 - Ekim 2021</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>710</v>
+        <v>680</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059460903</t>
+          <t>9786057768841</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ölümle Yüzleşmek</t>
+          <t>Avcılık Sanatı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059460873</t>
+          <t>9786057768803</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Tipler</t>
+          <t>Lakhes</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>730</v>
+        <v>160</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059460842</t>
+          <t>9786057768780</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İçsel Aile Sistemleri Terapisi</t>
+          <t>Lysistrata</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059460866</t>
+          <t>9786057768797</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kategoriler</t>
+          <t>Hukuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059460859</t>
+          <t>9786057768766</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Viyana Çevresi</t>
+          <t>Hindistan’da Kabileler</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059460835</t>
+          <t>9786057768773</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ampirist Filozoflar</t>
+          <t>Sanatçılar ve Düşünürler</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059460828</t>
+          <t>9786057768759</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Oluş ve Bozuluş</t>
+          <t>Spartalıların Devleti - Atinalıların Devleti</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059460804</t>
+          <t>9786057768711</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Protagoras</t>
+          <t>Bitki Mitosları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>230</v>
+        <v>470</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059460811</t>
+          <t>9786057768681</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş İçin Bir Başlangıç</t>
+          <t>Tarih Nasıl Yazılmalı? - Yalansever</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059460651</t>
+          <t>9786057768698</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Tehlikeleri ve Tabu</t>
+          <t>Ölüm</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>590</v>
+        <v>190</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059460774</t>
+          <t>9786057768674</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Platon'da Politik Düşüncenin Soykütüğü</t>
+          <t>Psikanalizin Marksizmle Yoldaşlığı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>410</v>
+        <v>390</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059460743</t>
+          <t>9786057768704</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ensest Yasağı ve Kökenleri</t>
+          <t>Yunan Dini Düşüncesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059460606</t>
+          <t>9786057768667</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Hak Kavramı ve Devletin Dönüşümü Üzerine Üç Konferans</t>
+          <t>Masalları Yorumlamak</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059460781</t>
+          <t>9786057768650</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yönsüzleşmiş Savaşlar</t>
+          <t>Hellenika</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>330</v>
+        <v>610</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059460798</t>
+          <t>9786057768629</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sofistçe Çürütmeler</t>
+          <t>Terapide Yeni Ufuklar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>230</v>
+        <v>730</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059460767</t>
+          <t>9786057768643</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Entegrasyonu ve Tanınma Teorisi</t>
+          <t>Şahit ve Anlattıkları</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>370</v>
+        <v>570</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059460736</t>
+          <t>9786057768636</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan'ın Din Öğretmenleri</t>
+          <t>Hukuk Sosyolojisinin Antropolojik Temelleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>670</v>
+        <v>500</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059460705</t>
+          <t>9786057768575</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yalıtım ve Sosyal Temaslar</t>
+          <t>Lang Masalları 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>250</v>
+        <v>640</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059460712</t>
+          <t>9786057768582</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Rousseau ve Toplum Sözleşmesi</t>
+          <t>Lang Masalları 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>190</v>
+        <v>620</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059460729</t>
+          <t>9786057768599</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Montesquieu ve Sosyal Bilimin Gelişimi</t>
+          <t>Lang Masalları 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>160</v>
+        <v>720</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059460682</t>
+          <t>9786057768605</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Hikayesi</t>
+          <t>Unutulmuş Düşler Mağarası</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059460699</t>
+          <t>3990000069742</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yorum Teorisi</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 16 - Nisan 2021</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>210</v>
+        <v>590</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059460590</t>
+          <t>9786057768537</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Platon'un Politik Felsefesi Devlet</t>
+          <t>Doğal Hukuk Sorunu</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>630</v>
+        <v>190</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059460675</t>
+          <t>9786057768520</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Menon</t>
+          <t>Hukuk ve Toplum Çalışmaları</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059460668</t>
+          <t>9786057768506</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Sosyolojisi</t>
+          <t>Cihatçılık</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>3990000097749</t>
+          <t>9786057768513</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 11 - Ekim 2018</t>
+          <t>İyi Yaşam Felsefesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>650</v>
+        <v>370</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059460620</t>
+          <t>9786057768483</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Ten</t>
+          <t>Kundalini Yoga Psikolojisi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059460637</t>
+          <t>9786057768476</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Platon Öncesi Filozoflar</t>
+          <t>Psikoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>570</v>
+        <v>500</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059460644</t>
+          <t>9786057768490</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Yasama ve Hukuk Bilimi Konusundaki Görevi Üzerine</t>
+          <t>Armağanın Fenomenolojisi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059460583</t>
+          <t>9786057768452</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche - İyinin ve Kötünün Ötesinde</t>
+          <t>Romantizm</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>550</v>
+        <v>720</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059460262</t>
+          <t>9786057768469</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Devrim</t>
+          <t>Psikoloji ve Felsefe</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059460613</t>
+          <t>9786057768421</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dilin Belirsizliği</t>
+          <t>Fenomenolojik Hareket</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059460576</t>
+          <t>9786057768414</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Tıp Sanatının Anayasası, Tıp Sanatı, Glaukon’a Tedavi Yöntemi</t>
+          <t>Millet - Millet ve Enternasyonalizm</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059460514</t>
+          <t>9786057768438</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Gerçeklik</t>
+          <t>Şölen - Satılık Filozoflar - Astroloji</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059460552</t>
+          <t>9786057768407</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dersleri</t>
+          <t>Tanıdık ve Yeni</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059460545</t>
+          <t>9786057768209</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Bellek</t>
+          <t>Doğal Durum ve Devlet</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059460569</t>
+          <t>9786057768384</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası</t>
+          <t>Fars Edebiyatında Kaynak Bilim</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>230</v>
+        <v>770</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059460521</t>
+          <t>9786057768360</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Konuşmaları</t>
+          <t>Hukukun Hareket Tarzı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059460507</t>
+          <t>9786057768377</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hukukbilimin Politikası</t>
+          <t>Genel Felsefe</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>670</v>
+        <v>210</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059460491</t>
+          <t>9786057768346</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hippokrates Külliyatı</t>
+          <t>Hukuk ve Devrim</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>590</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059460477</t>
+          <t>9786057768339</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Areopagitica</t>
+          <t>Hukuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>280</v>
+        <v>680</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059460255</t>
+          <t>9786057768322</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ruh Üzerine</t>
+          <t>İtirazlara Cevaben Evlilik Üzerine Muhtelif Gözlemler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>410</v>
+        <v>210</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059460453</t>
+          <t>3990000086547</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Adonis, Attis, Osiris</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 15 - Ekim 2020</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>500</v>
+        <v>680</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059460446</t>
+          <t>9786057768353</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Üzerine</t>
+          <t>Gerçek Bir Hikaye</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>460</v>
+        <v>190</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059460408</t>
+          <t>9786057768308</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Disiplinlerarası Bir Bakışla Sanat Yazıları</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059460378</t>
+          <t>9786057768292</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Rekabet ve Çatışma</t>
+          <t>Şiir Felsefesi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059460392</t>
+          <t>9786057768278</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Mit</t>
+          <t>Pişmanlık ve Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059460422</t>
+          <t>9786057768285</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Tazı Yolculuğu</t>
+          <t>Metafiziğe Giriş</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059460439</t>
+          <t>9786057768223</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Yunan Kültürü Tarihi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>780</v>
+        <v>570</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059460354</t>
+          <t>9786057768230</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fransız Felsefesi ve Fenomenoloji Harekatı</t>
+          <t>Sosyoloji Yazıları</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>3990000029938</t>
+          <t>9786057768216</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 9 - Ekim 2017</t>
+          <t>Psikiyatri Araştırmaları</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059460361</t>
+          <t>9786057768247</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Risaleler</t>
+          <t>Egemen Virüs</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059460330</t>
+          <t>3990000048769</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Ardavirafname</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 14 - Nisan 2020</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>360</v>
+        <v>680</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059460309</t>
+          <t>9786057768179</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Pines Adası</t>
+          <t>Felsefe ve Tarih</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059460347</t>
+          <t>9786057768162</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Dinsel Deneyimin Çeşitleri</t>
+          <t>Sevginin İşleri</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>750</v>
+        <v>610</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059460323</t>
+          <t>9786057768186</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Nüfus İlkesi</t>
+          <t>Bir Dini İdealin İfade Biçimleri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>360</v>
+        <v>410</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059460279</t>
+          <t>9786059460989</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Sosyal Bilimler</t>
+          <t>Sokrates'in Ölümü</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059460293</t>
+          <t>9786057768131</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Asimilasyon ve Sosyal Kontrol</t>
+          <t>Histerinin Ana Semptomları</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059460231</t>
+          <t>9786057768155</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kültür Sosyolojisi</t>
+          <t>Kırdaki Zambak ve Gökteki Kuş</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>470</v>
+        <v>150</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059460200</t>
+          <t>9786057768001</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Din Üzerine Üç Deneme</t>
+          <t>Freud'un Psikanalizi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>430</v>
+        <v>330</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059460194</t>
+          <t>9786057768124</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bibliotheka</t>
+          <t>Hakkaniyet Olarak Adalet</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>680</v>
+        <v>410</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059460217</t>
+          <t>9786057768087</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Çamurcuk</t>
+          <t>Lysis</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059460170</t>
+          <t>9786057768117</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Denemeler</t>
+          <t>Felsefe Dersleri</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>610</v>
+        <v>330</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059460163</t>
+          <t>9786057768094</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm Dersleri</t>
+          <t>Ruh Teorileri - İnsan Ruhu ve Kişiliği</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059460156</t>
+          <t>9786057768100</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Tanrısı</t>
+          <t>Psykhe</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>250</v>
+        <v>910</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059460132</t>
+          <t>9786057768056</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Dinler Sosyolojisi</t>
+          <t>Ahlak İktisat ve Bilim</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059460125</t>
+          <t>9786057768032</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Savaş Nevrozları</t>
+          <t>Fragmanlar - Thales Anaksimandros - Anaksimenes</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059460101</t>
+          <t>9786057768070</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar ve Mitler</t>
+          <t>Yunanlar ve Yunan Medeniyeti</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>210</v>
+        <v>700</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059460088</t>
+          <t>9786057768063</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İşte Böyle Dedi Zerdüşt</t>
+          <t>John Locke</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>570</v>
+        <v>160</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059460095</t>
+          <t>3990000082113</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Yurttaş Hakları Bildirgesi Üzerine</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 13 - Ekim 2019</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>230</v>
+        <v>680</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059460071</t>
+          <t>9786057768049</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ruh</t>
+          <t>Doğal Hukukun İlkeleri</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059460040</t>
+          <t>9786057768018</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Dönüşümü</t>
+          <t>Hukuki Argümantasyonun Temelleri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>250</v>
+        <v>670</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059460026</t>
+          <t>9786057768025</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Özgürleşmesi</t>
+          <t>Fragmanlar - Ksenophanes</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>3990000070039</t>
+          <t>9786059460996</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Şark Seti (3 Kitap Takım) (Ciltli)</t>
+          <t>İleri Düzey Oyun Terapisi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>1650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059460033</t>
+          <t>9786059460972</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İlkelere Dair</t>
+          <t>Toplumsal Sınıfların Psikolojisi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786055302993</t>
+          <t>9786059460965</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Seküler Otorite Sivil Yönetimi</t>
+          <t>Direnişin Mikropolitikası</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059460002</t>
+          <t>9786059460958</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografi - Sigmund Freud</t>
+          <t>Fragmanlar - Parmenides</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059460019</t>
+          <t>9786059460910</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kasım Yağmuru</t>
+          <t>Argonautika</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>470</v>
+        <v>360</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786055302962</t>
+          <t>9786059460934</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ulus Nedir?</t>
+          <t>Otobiyografik Yazılar ve Notlar</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786055302900</t>
+          <t>9786059460927</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İran Kültürü</t>
+          <t>Hukuk Sosyolojisinin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>1100</v>
+        <v>710</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786055302948</t>
+          <t>9786059460903</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Gelişimi</t>
+          <t>Ölümle Yüzleşmek</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786055302955</t>
+          <t>9786059460873</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Cinsellik ve Sevgi</t>
+          <t>Psikolojide Tipler</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>280</v>
+        <v>730</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786055302917</t>
+          <t>9786059460842</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Toplum</t>
+          <t>İçsel Aile Sistemleri Terapisi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>380</v>
+        <v>470</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786055302931</t>
+          <t>9786059460866</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Zeka Psikolojisi</t>
+          <t>Kategoriler</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786055302894</t>
+          <t>9786059460859</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Keyfi Tavır</t>
+          <t>Viyana Çevresi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786055302924</t>
+          <t>9786059460835</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Magna Moralia</t>
+          <t>Ampirist Filozoflar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786055302887</t>
+          <t>9786059460828</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Sosyoloji</t>
+          <t>Oluş ve Bozuluş</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786055302856</t>
+          <t>9786059460804</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Homunkulus</t>
+          <t>Protagoras</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786055302849</t>
+          <t>9786059460811</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi</t>
+          <t>Felsefeye Giriş İçin Bir Başlangıç</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786055302825</t>
+          <t>9786059460651</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Gizliliğin ve Gizli Toplumların Sosyolojisi</t>
+          <t>Ruhun Tehlikeleri ve Tabu</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>150</v>
+        <v>590</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786055302818</t>
+          <t>9786059460774</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Freud ve Psikanaliz</t>
+          <t>Platon'da Politik Düşüncenin Soykütüğü</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>460</v>
+        <v>410</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786055302801</t>
+          <t>9786059460743</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sabina Spielrein</t>
+          <t>Ensest Yasağı ve Kökenleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>630</v>
+        <v>160</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786055302795</t>
+          <t>9786059460606</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Yüzü İnsanın Yüzü</t>
+          <t>Hak Kavramı ve Devletin Dönüşümü Üzerine Üç Konferans</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786055302757</t>
+          <t>9786059460781</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Analitik Psikoloji Üzerine İki Deneme</t>
+          <t>Yönsüzleşmiş Savaşlar</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786055302740</t>
+          <t>9786059460798</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Etik ve Politika Dersleri</t>
+          <t>Sofistçe Çürütmeler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786055302733</t>
+          <t>9786059460767</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Çekirge Etkisi</t>
+          <t>Göçmen Entegrasyonu ve Tanınma Teorisi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>570</v>
+        <v>370</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786055302719</t>
+          <t>9786059460736</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Akıl Hastalığımın Hatıratı</t>
+          <t>Antik Yunan'ın Din Öğretmenleri</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>590</v>
+        <v>670</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786055302689</t>
+          <t>9786059460705</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kaybetme - Bağlanma ve Kaybetme 3</t>
+          <t>Yalıtım ve Sosyal Temaslar</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>730</v>
+        <v>250</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786055302535</t>
+          <t>9786059460712</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikanalizi</t>
+          <t>Rousseau ve Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>570</v>
+        <v>190</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786055302665</t>
+          <t>9786059460729</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Felsefe</t>
+          <t>Montesquieu ve Sosyal Bilimin Gelişimi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786055302603</t>
+          <t>9786059460682</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Feminen</t>
+          <t>Kuşlar Hikayesi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786055302580</t>
+          <t>9786059460699</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Maskülen</t>
+          <t>Yorum Teorisi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055302542</t>
+          <t>9786059460590</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar</t>
+          <t>Platon'un Politik Felsefesi Devlet</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>470</v>
+        <v>630</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055302610</t>
+          <t>9786059460675</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğin Gelişimi</t>
+          <t>Menon</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055302399</t>
+          <t>9786059460668</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Titreme</t>
+          <t>Bilgi Sosyolojisi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>3990000027550</t>
+          <t>3990000097749</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 4 - Nisan 2015</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 11 - Ekim 2018</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786055302504</t>
+          <t>9786059460620</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Metafizik Dersleri</t>
+          <t>Ben ve Ten</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786055302788</t>
+          <t>9786059460637</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Nehirde</t>
+          <t>Platon Öncesi Filozoflar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>330</v>
+        <v>570</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786055302498</t>
+          <t>9786059460644</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Jürgen Habermas ile Avrupa'yı Onarmak</t>
+          <t>Çağımızın Yasama ve Hukuk Bilimi Konusundaki Görevi Üzerine</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>410</v>
+        <v>360</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055302474</t>
+          <t>9786059460583</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Tekerrür</t>
+          <t>Nietzsche - İyinin ve Kötünün Ötesinde</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786055302429</t>
+          <t>9786059460262</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Reçetesi</t>
+          <t>Felsefe ve Devrim</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>670</v>
+        <v>450</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786055302771</t>
+          <t>9786059460613</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi Dersleri</t>
+          <t>Dilin Belirsizliği</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>3990000026688</t>
+          <t>9786059460576</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 2 - Nisan 2014</t>
+          <t>Tıp Sanatının Anayasası, Tıp Sanatı, Glaukon’a Tedavi Yöntemi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786055302382</t>
+          <t>9786059460514</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Ayrılma - Bağlanma ve Kaybetme 2</t>
+          <t>Hakikat ve Gerçeklik</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>730</v>
+        <v>230</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>3990000018345</t>
+          <t>9786059460552</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 1 - Ekim 2013</t>
+          <t>Felsefe Dersleri</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>650</v>
+        <v>410</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786055302375</t>
+          <t>9786059460545</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Kolektif Bellek</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786055302313</t>
+          <t>9786059460569</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>İnsan Doğası</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786055302306</t>
+          <t>9786059460521</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Etki Terapisi</t>
+          <t>Felsefe Konuşmaları</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055302252</t>
+          <t>9786059460507</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Zalimlik İlkesi</t>
+          <t>Hukukbilimin Politikası</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>190</v>
+        <v>670</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786055302023</t>
+          <t>9786059460491</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Yaşam İçin Felsefe</t>
+          <t>Hippokrates Külliyatı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>390</v>
+        <v>590</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786058795358</t>
+          <t>9786059460477</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Şair Tezkireleri (Ciltli)</t>
+          <t>Areopagitica</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>1560</v>
+        <v>280</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786055302078</t>
+          <t>9786059460255</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Pembe Masallar</t>
+          <t>Ruh Üzerine</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055302115</t>
+          <t>9786059460453</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Pembe Masallar Hayvancıklar</t>
+          <t>Adonis, Attis, Osiris</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786058795310</t>
+          <t>9786059460446</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Etrafındakiler (Ciltli)</t>
+          <t>Hukuk Üzerine</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>650</v>
+        <v>460</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786055302030</t>
+          <t>9786059460408</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Korsakov</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>380</v>
+        <v>370</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055302184</t>
+          <t>9786059460378</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kadın Dehası 1. Cilt</t>
+          <t>Rekabet ve Çatışma</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055302122</t>
+          <t>9786059460392</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İran Mitolojisi</t>
+          <t>Dil ve Mit</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>900</v>
+        <v>230</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786058770386</t>
+          <t>9786059460422</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları Cilt: 2 (Ciltli)</t>
+          <t>Tazı Yolculuğu</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>750</v>
+        <v>700</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786058770379</t>
+          <t>9786059460439</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları Cilt: 1 (Ciltli)</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>780</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786058770324</t>
+          <t>9786059460354</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Evliya Menkıbeleri (Ciltli)</t>
+          <t>Çağdaş Fransız Felsefesi ve Fenomenoloji Harekatı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>1700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786055302054</t>
+          <t>3990000029938</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 9 - Ekim 2017</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>670</v>
+        <v>650</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055302344</t>
+          <t>9786059460361</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları Cilt: 3 (Ciltli)</t>
+          <t>Risaleler</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>680</v>
+        <v>210</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
+          <t>9786059460330</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Ardavirafname</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786059460309</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Pines Adası</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786059460347</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Dinsel Deneyimin Çeşitleri</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786059460323</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Nüfus İlkesi</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786059460279</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Sosyoloji ve Sosyal Bilimler</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786059460293</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Asimilasyon ve Sosyal Kontrol</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786059460231</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786059460200</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Din Üzerine Üç Deneme</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786059460194</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Bibliotheka</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786059460217</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Çamurcuk</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786059460170</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Denemeler</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786059460163</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Sosyalizm Dersleri</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786059460156</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Felsefenin Tanrısı</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786059460132</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Dinler Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786059460125</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz ve Savaş Nevrozları</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786059460101</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Rüyalar ve Mitler</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786059460088</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>İşte Böyle Dedi Zerdüşt</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786059460095</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>İnsan ve Yurttaş Hakları Bildirgesi Üzerine</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786059460071</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Ruh</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786059460040</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasinin Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786059460026</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Özgürleşmesi</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>3990000070039</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Şark Seti (3 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786059460033</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>İlkelere Dair</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786055302993</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Seküler Otorite Sivil Yönetimi</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786059460002</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Otobiyografi - Sigmund Freud</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786059460019</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Kasım Yağmuru</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786055302962</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Ulus Nedir?</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786055302900</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>İran Kültürü</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786055302948</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Psikanalizin Gelişimi</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786055302955</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar Cinsellik ve Sevgi</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786055302917</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak ve Toplum</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786055302931</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Zeka Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786055302894</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Keyfi Tavır</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786055302924</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Magna Moralia</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786055302887</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim ve Sosyoloji</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786055302856</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Homunkulus</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786055302849</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786055302825</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Gizliliğin ve Gizli Toplumların Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786055302818</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Freud ve Psikanaliz</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786055302801</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Sabina Spielrein</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786055302795</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Tanrının Yüzü İnsanın Yüzü</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786055302757</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Analitik Psikoloji Üzerine İki Deneme</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786055302740</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Etik ve Politika Dersleri</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786055302733</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Çekirge Etkisi</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786055302719</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Hastalığımın Hatıratı</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786055302689</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Kaybetme - Bağlanma ve Kaybetme 3</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786055302535</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Psikanalizi</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786055302665</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Sosyoloji ve Felsefe</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786055302603</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Feminen</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786055302580</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Maskülen</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786055302542</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Rüyalar</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786055302610</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Kişiliğin Gelişimi</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786055302399</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Korku ve Titreme</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>3990000027550</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 4 - Nisan 2015</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786055302504</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Metafizik Dersleri</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786055302788</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Nehirde</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786055302498</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Jürgen Habermas ile Avrupa'yı Onarmak</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786055302474</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Tekerrür</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786055302429</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Pandora'nın Reçetesi</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786055302771</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Din Felsefesi Dersleri</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>3990000026688</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 2 - Nisan 2014</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786055302382</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Ayrılma - Bağlanma ve Kaybetme 2</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>3990000018345</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 1 - Ekim 2013</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786055302375</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786055302313</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Gatsby</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786055302306</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Etki Terapisi</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786055302252</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Zalimlik İlkesi</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786055302023</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam İçin Felsefe</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786058795358</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Şair Tezkireleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786055302078</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Pembe Masallar</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786055302115</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Pembe Masallar Hayvancıklar</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786058795310</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana ve Etrafındakiler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786055302030</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Korsakov</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786055302184</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Dehası 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786055302122</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>İran Mitolojisi</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786058770386</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Grimm Masalları Cilt: 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786058770379</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Grimm Masalları Cilt: 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786058770324</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Menkıbeleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786055302054</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Bağlanma</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786055302344</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Andersen Masalları Cilt: 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
           <t>9786055302337</t>
         </is>
       </c>
-      <c r="B366" s="1" t="inlineStr">
+      <c r="B446" s="1" t="inlineStr">
         <is>
           <t>Andersen Masalları Cilt: 2 (Ciltli)</t>
         </is>
       </c>
-      <c r="C366" s="1">
+      <c r="C446" s="1">
         <v>680</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>