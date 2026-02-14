--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,6715 +85,6730 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259252636</t>
+          <t>9786259252650</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Agrippina</t>
+          <t>Türümüz</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>670</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259252643</t>
+          <t>9786259252636</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Haremli Sufrajetler</t>
+          <t>Agrippina</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258393910</t>
+          <t>9786259252643</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nero</t>
+          <t>Haremli Sufrajetler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>650</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055302528</t>
+          <t>9786258393910</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Ajandası 2015</t>
+          <t>Nero</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>9.26</v>
+        <v>650</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057768872</t>
+          <t>9786055302528</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Antika Ajanda 2022</t>
+          <t>Mitoloji Ajandası 2015</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059460941</t>
+          <t>9786057768872</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kurucu İktidarın Eleştirisi</t>
+          <t>Antika Ajanda 2022</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059460897</t>
+          <t>9786059460941</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Mutfak Sözlüğü</t>
+          <t>Kurucu İktidarın Eleştirisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>40</v>
+        <v>430</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000097222</t>
+          <t>9786059460897</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 12 - Nisan 2019</t>
+          <t>Antik Çağ Mutfak Sözlüğü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>650</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055302368</t>
+          <t>3990000097222</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yeni Oryantalistler</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 12 - Nisan 2019</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>37.04</v>
+        <v>650</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055302658</t>
+          <t>9786055302368</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Melanie Klein</t>
+          <t>Yeni Oryantalistler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>23.15</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055302641</t>
+          <t>9786055302658</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Ahlaki Yargısı</t>
+          <t>Melanie Klein</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055302627</t>
+          <t>9786055302641</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Müzikal Erotik</t>
+          <t>Çocuğun Ahlaki Yargısı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055302436</t>
+          <t>9786055302627</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Aile ve Dış Dünya</t>
+          <t>Müzikal Erotik</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>42</v>
+        <v>230</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000018346</t>
+          <t>9786055302436</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 3 - Ekim 2014</t>
+          <t>Çocuk, Aile ve Dış Dünya</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>14.85</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055302405</t>
+          <t>3990000018346</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 3 - Ekim 2014</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>23.15</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055302412</t>
+          <t>9786055302405</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçta Kadın Vardı</t>
+          <t>Aristoteles</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>12.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059460750</t>
+          <t>9786055302412</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ'da Beslenme ve Damak Tadı</t>
+          <t>Başlangıçta Kadın Vardı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>40</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059460286</t>
+          <t>9786059460750</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Temsil</t>
+          <t>Antik Çağ'da Beslenme ve Damak Tadı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000030825</t>
+          <t>9786059460286</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 8 - Nisan 2017</t>
+          <t>Temsil</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>37.04</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059460385</t>
+          <t>3990000030825</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Ajandası - Gökyüzü 2018</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 8 - Nisan 2017</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>40</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055302832</t>
+          <t>9786059460385</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Analitik Psikoloji Sözlüğü</t>
+          <t>Mitoloji Ajandası - Gökyüzü 2018</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>14.81</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059460460</t>
+          <t>9786055302832</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Politik Felsefesi - Savunma Cilt 1</t>
+          <t>Analitik Psikoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059460248</t>
+          <t>9786059460460</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Psişik İşler</t>
+          <t>Platon’un Politik Felsefesi - Savunma Cilt 1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059460064</t>
+          <t>9786059460248</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Monarşi</t>
+          <t>Psişik İşler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3990000032378</t>
+          <t>9786059460064</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 6 - Nisan 2016</t>
+          <t>Monarşi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>19.8</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059460118</t>
+          <t>3990000032378</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kadının Farklı Sesi</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 6 - Nisan 2016</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>37.04</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3990000092398</t>
+          <t>9786059460118</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 7 - Ekim 2016</t>
+          <t>Kadının Farklı Sesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>40</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055302351</t>
+          <t>3990000092398</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bela Bedenler</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 7 - Ekim 2016</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000031253</t>
+          <t>9786055302351</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 5 - Ekim 2015</t>
+          <t>Bela Bedenler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>19.8</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055302702</t>
+          <t>3990000031253</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Ajandası 2016</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 5 - Ekim 2015</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>20</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055302672</t>
+          <t>9786055302702</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Doğa Hakkında Şiir</t>
+          <t>Mitoloji Ajandası 2016</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>12.04</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055302559</t>
+          <t>9786055302672</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Şaraptadır</t>
+          <t>Doğa Hakkında Şiir</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>30</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055302696</t>
+          <t>9786055302559</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Platon</t>
+          <t>Hakikat Şaraptadır</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055302467</t>
+          <t>9786055302696</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Terapide Yeni Ufuklar Cilt: 2</t>
+          <t>Platon</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>32.41</v>
+        <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055302450</t>
+          <t>9786055302467</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Terapide Yeni Ufuklar Cilt: 1</t>
+          <t>Terapide Yeni Ufuklar Cilt: 2</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>27.78</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055302573</t>
+          <t>9786055302450</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Elise</t>
+          <t>Terapide Yeni Ufuklar Cilt: 1</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>70</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055302566</t>
+          <t>9786055302573</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Estetik ve Sanat Felsefesi</t>
+          <t>Elise</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>37.04</v>
+        <v>70</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055302443</t>
+          <t>9786055302566</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bebekler ve Anneleri</t>
+          <t>Estetik ve Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>20.37</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055302481</t>
+          <t>9786055302443</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç Noktamız Ev</t>
+          <t>Bebekler ve Anneleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>37.04</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055302726</t>
+          <t>9786055302481</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sofist</t>
+          <t>Başlangıç Noktamız Ev</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>41.67</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055302634</t>
+          <t>9786055302726</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Metafizik</t>
+          <t>Sofist</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055302764</t>
+          <t>9786055302634</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bireyin Gelişimi ve Aile</t>
+          <t>Metafizik</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>32.41</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055302511</t>
+          <t>9786055302764</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Vahiy Kitapları (Ciltli)</t>
+          <t>Bireyin Gelişimi ve Aile</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>80</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055302177</t>
+          <t>9786055302511</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kara Avcı</t>
+          <t>Vahiy Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057768612</t>
+          <t>9786055302177</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Psikoterapilerde Anamnez, Değerlendirme Ve Formülasyon</t>
+          <t>Kara Avcı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>18</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057768544</t>
+          <t>9786057768612</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Düşüncenin Üç Türü</t>
+          <t>Dinamik Psikoterapilerde Anamnez, Değerlendirme Ve Formülasyon</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>190</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058770348</t>
+          <t>9786057768544</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yeni Enerji Kültürü</t>
+          <t>Hukuki Düşüncenin Üç Türü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>12.96</v>
+        <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055302290</t>
+          <t>9786058770348</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yemek, Mutfak, Sınıf</t>
+          <t>Yeni Enerji Kültürü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>40.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055302160</t>
+          <t>9786055302290</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yazılı ve Sözel Arasındaki Etkileşim</t>
+          <t>Yemek, Mutfak, Sınıf</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>23.15</v>
+        <v>40.74</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058770393</t>
+          <t>9786055302160</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Gezerin Hayalleri</t>
+          <t>Yazılı ve Sözel Arasındaki Etkileşim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058795389</t>
+          <t>9786058770393</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yaban Aklın Evcilleştirilmesi</t>
+          <t>Yalnız Gezerin Hayalleri</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055302061</t>
+          <t>9786058795389</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve Ölüm</t>
+          <t>Yaban Aklın Evcilleştirilmesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055302085</t>
+          <t>9786055302061</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Eczanesi</t>
+          <t>Türkler ve Ölüm</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>32.41</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058795327</t>
+          <t>9786055302085</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Pandora</t>
+          <t>Platon’un Eczanesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>9.26</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058795365</t>
+          <t>9786058795327</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Monadoloji (Ciltli)</t>
+          <t>Pandora</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055302108</t>
+          <t>9786058795365</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ruhani Alıştırmalar ve Antik Felsefe</t>
+          <t>Monadoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055302269</t>
+          <t>9786055302108</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Prometheus</t>
+          <t>Ruhani Alıştırmalar ve Antik Felsefe</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055302009</t>
+          <t>9786055302269</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Meseller</t>
+          <t>Prometheus</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055302092</t>
+          <t>9786055302009</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Meryem’in Esrarı</t>
+          <t>Meseller</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>16</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055302214</t>
+          <t>9786055302092</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mecnun</t>
+          <t>Meryem’in Esrarı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>38.89</v>
+        <v>16</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058770300</t>
+          <t>9786055302214</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Levinas Okumaları</t>
+          <t>Mecnun</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>18.52</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055302047</t>
+          <t>9786058770300</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kültür Eleştirisi</t>
+          <t>Levinas Okumaları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>41.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058795334</t>
+          <t>9786055302047</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İşte Böyle Dedi Zerdüşt (Ciltli)</t>
+          <t>Kültür Eleştirisi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>32.41</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058795341</t>
+          <t>9786058795334</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Homo Esteticus: Demokrasi Çağında Beğeninin İcadı</t>
+          <t>İşte Böyle Dedi Zerdüşt (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>29.63</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058770331</t>
+          <t>9786058795341</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hayali Büyüklük</t>
+          <t>Homo Esteticus: Demokrasi Çağında Beğeninin İcadı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>32.41</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055302153</t>
+          <t>9786058770331</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gül Haç Aydınlanması</t>
+          <t>Hayali Büyüklük</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>60</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058795303</t>
+          <t>9786055302153</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gödel, Escher, Bach: Bir Ebedi Gökçe Belik (Ciltli)</t>
+          <t>Gül Haç Aydınlanması</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>92.59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055302283</t>
+          <t>9786058795303</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Dönemi Okült Felsefe</t>
+          <t>Gödel, Escher, Bach: Bir Ebedi Gökçe Belik (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>45</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055302245</t>
+          <t>9786055302283</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eleusis</t>
+          <t>Elizabeth Dönemi Okült Felsefe</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>32.41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058770317</t>
+          <t>9786055302245</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Dört Talmud Okuması (Ciltli)</t>
+          <t>Eleusis</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>27.78</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055302276</t>
+          <t>9786058770317</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dionysos</t>
+          <t>Dört Talmud Okuması (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>32.41</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055302191</t>
+          <t>9786055302276</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dağıtıcı Adaletin Kısa Tarihi</t>
+          <t>Dionysos</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>16.67</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058770355</t>
+          <t>9786055302191</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bulfinch Mitolojileri (Ciltli)</t>
+          <t>Dağıtıcı Adaletin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>92.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058795372</t>
+          <t>9786058770355</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bölünmüş Benlik</t>
+          <t>Bulfinch Mitolojileri (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>30.56</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055302207</t>
+          <t>9786058795372</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir’le Bir Olmak</t>
+          <t>Bölünmüş Benlik</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>41.67</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055302139</t>
+          <t>9786055302207</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölünün Anıları</t>
+          <t>Bir’le Bir Olmak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>13.89</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055302238</t>
+          <t>9786055302139</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Arkaik Yunan’da Hakikatin Efendileri</t>
+          <t>Bir Ölünün Anıları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058795396</t>
+          <t>9786055302238</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ardavirafname (Ciltli)</t>
+          <t>Arkaik Yunan’da Hakikatin Efendileri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>27.78</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057768445</t>
+          <t>9786058795396</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Anayasal Tasarımın Demokratik Teorisine Giriş</t>
+          <t>Ardavirafname (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>35</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057768957</t>
+          <t>9786057768445</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sempatinin Doğası</t>
+          <t>Anayasal Tasarımın Demokratik Teorisine Giriş</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259252629</t>
+          <t>9786057768957</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kharon'un Kayığı</t>
+          <t>Sempatinin Doğası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>470</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259252612</t>
+          <t>9786259252629</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dezenformasyona Karşı Bağışıklık</t>
+          <t>Kharon'un Kayığı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>610</v>
+        <v>470</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258393989</t>
+          <t>9786259252612</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Zihne Saldırı</t>
+          <t>Dezenformasyona Karşı Bağışıklık</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>550</v>
+        <v>610</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258393880</t>
+          <t>9786258393989</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bilinçdışı Mırıltılar</t>
+          <t>Zihne Saldırı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055302863</t>
+          <t>9786258393880</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İnsana Yolculuk</t>
+          <t>Bilinçdışı Mırıltılar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258393996</t>
+          <t>9786055302863</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Metafizik ve Epistemoloji</t>
+          <t>İnsana Yolculuk</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258393972</t>
+          <t>9786258393996</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Doğanın İzinden Gitmek</t>
+          <t>Metafizik ve Epistemoloji</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>370</v>
+        <v>520</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258393965</t>
+          <t>9786258393972</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Kuramı Sözlüğü</t>
+          <t>Doğanın İzinden Gitmek</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>460</v>
+        <v>370</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258393958</t>
+          <t>9786258393965</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Değişim Nehrinde İnsanın Ayak İzi</t>
+          <t>Hukuk Kuramı Sözlüğü</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>520</v>
+        <v>460</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258393941</t>
+          <t>9786258393958</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Anılar Geçidi</t>
+          <t>Değişim Nehrinde İnsanın Ayak İzi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>380</v>
+        <v>520</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057768148</t>
+          <t>9786258393941</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İskoç Aydınlanması</t>
+          <t>Anılar Geçidi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>4444444442603</t>
+          <t>9786057768148</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 22 - Ahlak Felsefesi</t>
+          <t>İskoç Aydınlanması</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>590</v>
+        <v>280</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258393934</t>
+          <t>4444444442603</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Astronom ve Cadı</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 22 - Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>570</v>
+        <v>590</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258393903</t>
+          <t>9786258393934</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İlerleme Yanılsamaları</t>
+          <t>Astronom ve Cadı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>430</v>
+        <v>570</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258393927</t>
+          <t>9786258393903</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yetki Kimde?</t>
+          <t>İlerleme Yanılsamaları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9772148095002</t>
+          <t>9786258393927</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 24 - Post Truth</t>
+          <t>Yetki Kimde?</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258393866</t>
+          <t>9772148095002</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı Üzerine</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 24 - Post Truth</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>210</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258393873</t>
+          <t>9786258393866</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Beyindeki Ruh</t>
+          <t>1. Dünya Savaşı Üzerine</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>570</v>
+        <v>210</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258393897</t>
+          <t>9786258393873</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bölünmüş Beyin ve Anlam Arayışı</t>
+          <t>Beyindeki Ruh</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>570</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258393835</t>
+          <t>9786258393897</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sinemadan Felsefeye Anlam ve Adalet Arayışı</t>
+          <t>Bölünmüş Beyin ve Anlam Arayışı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258393842</t>
+          <t>9786258393835</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Arketipler ve Kolektif Bilinçdışı</t>
+          <t>Sinemadan Felsefeye Anlam ve Adalet Arayışı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>770</v>
+        <v>210</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258393859</t>
+          <t>9786258393842</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış</t>
+          <t>Arketipler ve Kolektif Bilinçdışı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>370</v>
+        <v>770</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258393804</t>
+          <t>9786258393859</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Temsiller</t>
+          <t>Gılgamış</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>630</v>
+        <v>370</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258393811</t>
+          <t>9786258393804</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yasa Hakkında İnceleme</t>
+          <t>Sosyal Temsiller</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>630</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258393828</t>
+          <t>9786258393811</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Anlamak</t>
+          <t>Yasa Hakkında İnceleme</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258393781</t>
+          <t>9786258393828</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Beyin Dünyayı Nasıl Oluşturdu</t>
+          <t>Hayvanları Anlamak</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258393767</t>
+          <t>9786258393781</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bizans Cumhuriyeti</t>
+          <t>Beyin Dünyayı Nasıl Oluşturdu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>550</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258393798</t>
+          <t>9786258393767</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Şeker</t>
+          <t>Bizans Cumhuriyeti</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>520</v>
+        <v>550</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258393750</t>
+          <t>9786258393798</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Persler</t>
+          <t>Şeker</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>670</v>
+        <v>520</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258393774</t>
+          <t>9786258393750</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sıdıka Hanım’ın Büyüleri</t>
+          <t>Persler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>230</v>
+        <v>670</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>2789785969013</t>
+          <t>9786258393774</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları Seti (3 Kitap Takım) (Ciltli)</t>
+          <t>Sıdıka Hanım’ın Büyüleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>2040</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059460538</t>
+          <t>2789785969013</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Adonis, Attis, Osiris</t>
+          <t>Andersen Masalları Seti (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>450</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059460880</t>
+          <t>9786059460538</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Günah Keçisi</t>
+          <t>Adonis, Attis, Osiris</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>570</v>
+        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>3990000047757</t>
+          <t>9786059460880</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 10 - Nisan 2018</t>
+          <t>Günah Keçisi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>650</v>
+        <v>570</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059460187</t>
+          <t>3990000047757</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografi - Charles Darwin</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 10 - Nisan 2018</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>370</v>
+        <v>650</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059460415</t>
+          <t>9786059460187</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Duygular Kuramı</t>
+          <t>Otobiyografi - Charles Darwin</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>680</v>
+        <v>370</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059460224</t>
+          <t>9786059460415</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası</t>
+          <t>Ahlaki Duygular Kuramı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>360</v>
+        <v>680</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059460057</t>
+          <t>9786059460224</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yürekte Kırk Mum</t>
+          <t>İnsan Doğası</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055302986</t>
+          <t>9786059460057</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Eş Benlik</t>
+          <t>Yürekte Kırk Mum</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055302870</t>
+          <t>9786055302986</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Doğuş Miti</t>
+          <t>Eş Benlik</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059460149</t>
+          <t>9786055302870</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Yönetim Üzerine Düşünceler</t>
+          <t>Kahramanın Doğuş Miti</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>590</v>
+        <v>210</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055302979</t>
+          <t>9786059460149</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bu Şimdiki Zaman Kipinde Yazılmalıydı</t>
+          <t>Demokratik Yönetim Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>330</v>
+        <v>590</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055302597</t>
+          <t>9786055302979</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Persler</t>
+          <t>Bu Şimdiki Zaman Kipinde Yazılmalıydı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057768315</t>
+          <t>9786055302597</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Klinik Felsefe</t>
+          <t>Persler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057768742</t>
+          <t>9786057768315</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Felsefe İle Tasavvuf Arasında İbnü'l-Arabi</t>
+          <t>Klinik Felsefe</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057768254</t>
+          <t>9786057768742</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Sözlüğü (Ciltli)</t>
+          <t>Felsefe İle Tasavvuf Arasında İbnü'l-Arabi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>2100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057768261</t>
+          <t>9786057768254</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kendini Varedebilme Etiği</t>
+          <t>Sosyoloji Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>370</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055302016</t>
+          <t>9786057768261</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İran Edebiyatı</t>
+          <t>Kendini Varedebilme Etiği</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>780</v>
+        <v>370</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055302221</t>
+          <t>9786055302016</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İkonoloji Araştırmaları</t>
+          <t>İran Edebiyatı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>550</v>
+        <v>780</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055302146</t>
+          <t>9786055302221</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gecekuşu Kornelius</t>
+          <t>İkonoloji Araştırmaları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055302320</t>
+          <t>9786055302146</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları Cilt: 1 (Ciltli)</t>
+          <t>Gecekuşu Kornelius</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>680</v>
+        <v>380</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258393583</t>
+          <t>9786055302320</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bayezid-i Bestami ve Göklere Yükselişi</t>
+          <t>Andersen Masalları Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>210</v>
+        <v>680</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059460316</t>
+          <t>9786258393583</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Faydacılık</t>
+          <t>Bayezid-i Bestami ve Göklere Yükselişi</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059460484</t>
+          <t>9786059460316</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Politik Felsefesi - Kriton Cilt 2</t>
+          <t>Faydacılık</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258393743</t>
+          <t>9786059460484</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Pinhan Defter</t>
+          <t>Platon’un Politik Felsefesi - Kriton Cilt 2</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>4444444443225</t>
+          <t>9786258393743</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 23- Ekim 2024</t>
+          <t>Pinhan Defter</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258393644</t>
+          <t>4444444443225</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ödetmeci Ceza Adaletinin İki Yüzü</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 23- Ekim 2024</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258393712</t>
+          <t>9786258393644</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Daimonion’u</t>
+          <t>Ödetmeci Ceza Adaletinin İki Yüzü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258393736</t>
+          <t>9786258393712</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Moğollar</t>
+          <t>Sokrates’in Daimonion’u</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258393729</t>
+          <t>9786258393736</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Asyalılar Nasıl Sarardı?</t>
+          <t>Moğollar</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258393408</t>
+          <t>9786258393729</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Mitolojisi Sanat Ne Anlatır: Mağara Duvarlarından Antikçağın Sonuna</t>
+          <t>Asyalılar Nasıl Sarardı?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258393675</t>
+          <t>9786258393408</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Homo Narrans</t>
+          <t>Sanatın Mitolojisi Sanat Ne Anlatır: Mağara Duvarlarından Antikçağın Sonuna</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>360</v>
+        <v>460</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258393682</t>
+          <t>9786258393675</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>Homo Narrans</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258393699</t>
+          <t>9786258393682</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Rüya Üzerine</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258393668</t>
+          <t>9786258393699</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Davranışları ve Soyluların Yükümlülükleri</t>
+          <t>Rüya Üzerine</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>410</v>
+        <v>160</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258393705</t>
+          <t>9786258393668</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kriton</t>
+          <t>İnsanların Davranışları ve Soyluların Yükümlülükleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057768728</t>
+          <t>9786258393705</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Rüya Analizleri</t>
+          <t>Kriton</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>990</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057768735</t>
+          <t>9786057768728</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Terapiye Başlarken</t>
+          <t>Rüya Analizleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>990</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258393026</t>
+          <t>9786057768735</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bir Terapistin Arka Bahçesi</t>
+          <t>Terapiye Başlarken</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258393651</t>
+          <t>9786258393026</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Uygarlaşan İştah</t>
+          <t>Bir Terapistin Arka Bahçesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258393637</t>
+          <t>9786258393651</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji ve Din</t>
+          <t>Uygarlaşan İştah</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>850</v>
+        <v>520</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258393620</t>
+          <t>9786258393637</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Mitosları</t>
+          <t>Psikoloji ve Din</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258393613</t>
+          <t>9786258393620</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Pompeıus’un Yetkisi Üzerine</t>
+          <t>Hayvan Mitosları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258393590</t>
+          <t>9786258393613</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İskender’in Talihi Ve Erdemi Üzerine</t>
+          <t>Pompeıus’un Yetkisi Üzerine</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258393606</t>
+          <t>9786258393590</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ötekilerin Arkeolojisi</t>
+          <t>İskender’in Talihi Ve Erdemi Üzerine</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258393569</t>
+          <t>9786258393606</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgisi</t>
+          <t>Ötekilerin Arkeolojisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>460</v>
+        <v>390</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258393576</t>
+          <t>9786258393569</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Zihin</t>
+          <t>Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>570</v>
+        <v>460</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258393552</t>
+          <t>9786258393576</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Savunma</t>
+          <t>Kişilik ve Zihin</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>360</v>
+        <v>570</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>4440000004147</t>
+          <t>9786258393552</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 21 - Cumhuriyet ve Felsefe</t>
+          <t>Savunma</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>520</v>
+        <v>360</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258393538</t>
+          <t>4440000004147</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Martin Guerre'in Dönüşü</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 21 - Cumhuriyet ve Felsefe</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>330</v>
+        <v>520</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258393514</t>
+          <t>9786258393538</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Althusser ve Hukuk</t>
+          <t>Martin Guerre'in Dönüşü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258393507</t>
+          <t>9786258393514</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Rock’n Roll</t>
+          <t>Althusser ve Hukuk</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258393491</t>
+          <t>9786258393507</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Devrim Psikolojisi Üzerine</t>
+          <t>Hukuk ve Rock’n Roll</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258393453</t>
+          <t>9786258393491</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sinizm ve Aydınlanma</t>
+          <t>Devrim Psikolojisi Üzerine</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258393477</t>
+          <t>9786258393453</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ferdengeçti Çiçekleri</t>
+          <t>Sinizm ve Aydınlanma</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258393460</t>
+          <t>9786258393477</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Örnek Kişiler ve Liderler</t>
+          <t>Ferdengeçti Çiçekleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258393484</t>
+          <t>9786258393460</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yazılar</t>
+          <t>Örnek Kişiler ve Liderler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>2789786047161</t>
+          <t>9786258393484</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Etrafındakiler 3'lü Şark Seti (Ciltli)</t>
+          <t>Yazılar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>3910</v>
+        <v>390</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258393446</t>
+          <t>2789786047161</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalmış Kitap</t>
+          <t>Mevlana ve Etrafındakiler 3'lü Şark Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>450</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258393422</t>
+          <t>9786258393446</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Alimin Eğitimi</t>
+          <t>Geç Kalmış Kitap</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258393439</t>
+          <t>9786258393422</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk</t>
+          <t>Alimin Eğitimi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>1050</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258393385</t>
+          <t>9786258393439</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kallirhoe</t>
+          <t>Uluslararası Hukuk</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>430</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057768865</t>
+          <t>9786258393385</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sanskrit – Türkçe Sözlük</t>
+          <t>Kallirhoe</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>410</v>
+        <v>430</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258393316</t>
+          <t>9786057768865</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Felsefe ve Teknik</t>
+          <t>Sanskrit – Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>390</v>
+        <v>410</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258393415</t>
+          <t>9786258393316</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Queer Yazıları</t>
+          <t>Çağdaş Felsefe ve Teknik</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>4440000003209</t>
+          <t>9786258393415</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 20 – Sekülarizm, Post- Sekülarizm Ve Demokrasi</t>
+          <t>Queer Yazıları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>590</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258393378</t>
+          <t>4440000003209</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yoga ve Meditasyon Psikolojisi</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 20 – Sekülarizm, Post- Sekülarizm Ve Demokrasi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>630</v>
+        <v>590</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258393361</t>
+          <t>9786258393378</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Ne İşe Yarar?</t>
+          <t>Yoga ve Meditasyon Psikolojisi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>360</v>
+        <v>630</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258393354</t>
+          <t>9786258393361</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Cadılar, Ebeler ve Hemşireler</t>
+          <t>Sosyoloji Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258393347</t>
+          <t>9786258393354</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Bilim Felsefesi</t>
+          <t>Cadılar, Ebeler ve Hemşireler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>410</v>
+        <v>210</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258393330</t>
+          <t>9786258393347</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarihi</t>
+          <t>Geçmişten Günümüze Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>280</v>
+        <v>410</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258393323</t>
+          <t>9786258393330</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Modern Psikolojinin Tarihi</t>
+          <t>Mısır Tarihi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258393309</t>
+          <t>9786258393323</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Adli Hatalar</t>
+          <t>Modern Psikolojinin Tarihi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258393279</t>
+          <t>9786258393309</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Satyricon</t>
+          <t>Adli Hatalar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>2880000108023</t>
+          <t>9786258393279</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları Seti (2 Kitap Ciltli Takım)</t>
+          <t>Satyricon</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>1530</v>
+        <v>450</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>2789788622601</t>
+          <t>2880000108023</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Lang Masallları Seti - 3 Kitap Takım (Ciltli)</t>
+          <t>Grimm Masalları Seti (2 Kitap Ciltli Takım)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>1980</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>4440000002676</t>
+          <t>2789788622601</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 19 - Ekim 2022</t>
+          <t>Lang Masallları Seti - 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>1100</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258393286</t>
+          <t>4440000002676</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm ve İslam</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 19 - Ekim 2022</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>450</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258393293</t>
+          <t>9786258393286</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm, Cadılık ve Şifa</t>
+          <t>Şamanizm ve İslam</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258393248</t>
+          <t>9786258393293</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bilinç ve Bilinçdışı</t>
+          <t>Şamanizm, Cadılık ve Şifa</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>360</v>
+        <v>460</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258393224</t>
+          <t>9786258393248</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Özel Hukuk Tarihi</t>
+          <t>Bilinç ve Bilinçdışı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258393262</t>
+          <t>9786258393224</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hellenistik Dünyada Roma</t>
+          <t>Özel Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>610</v>
+        <v>450</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258393255</t>
+          <t>9786258393262</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Parası Yazıları</t>
+          <t>Hellenistik Dünyada Roma</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>330</v>
+        <v>610</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258393231</t>
+          <t>9786258393255</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Akıl Hastalığının Psikogenezi</t>
+          <t>Ekmek Parası Yazıları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258393217</t>
+          <t>9786258393231</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ölülerin Konuşmaları</t>
+          <t>Akıl Hastalığının Psikogenezi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>4440000002504</t>
+          <t>9786258393217</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 19 - Toplum Sözleşmesi</t>
+          <t>Ölülerin Konuşmaları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258393194</t>
+          <t>4440000002504</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kral, Savaşçı, Büyücü, Aşık</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 19 - Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258393200</t>
+          <t>9786258393194</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Aşk Yoktur</t>
+          <t>Kral, Savaşçı, Büyücü, Aşık</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258393163</t>
+          <t>9786258393200</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi</t>
+          <t>Kusursuz Aşk Yoktur</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258393149</t>
+          <t>9786258393163</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Parva Naturalia</t>
+          <t>Roma Tarihi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258393156</t>
+          <t>9786258393149</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Moralia</t>
+          <t>Parva Naturalia</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258393187</t>
+          <t>9786258393156</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Akıl</t>
+          <t>Moralia</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258393170</t>
+          <t>9786258393187</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bir Efes Masalı</t>
+          <t>Kızıl Akıl</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258393132</t>
+          <t>9786258393170</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sibirya'dan Balkanlara Şamanlar Ve Cadılar Cilt 2</t>
+          <t>Bir Efes Masalı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>610</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258393125</t>
+          <t>9786258393132</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sibirya'dan Balkanlara Şamanlar Ve Cadılar Cilt 1</t>
+          <t>Sibirya'dan Balkanlara Şamanlar Ve Cadılar Cilt 2</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>590</v>
+        <v>610</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258393071</t>
+          <t>9786258393125</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Heidegger, Nasyonal Sosyalizm Ve Etik</t>
+          <t>Sibirya'dan Balkanlara Şamanlar Ve Cadılar Cilt 1</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>280</v>
+        <v>590</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>4440000003115</t>
+          <t>9786258393071</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 18 - Nisan 2022</t>
+          <t>Heidegger, Nasyonal Sosyalizm Ve Etik</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>680</v>
+        <v>280</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258393064</t>
+          <t>4440000003115</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Zihin Ve Enerji</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 18 - Nisan 2022</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>680</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258393088</t>
+          <t>9786258393064</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Spekülatif Materyalizm</t>
+          <t>Zihin Ve Enerji</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258393095</t>
+          <t>9786258393088</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerin Günlük Hayatı</t>
+          <t>Spekülatif Materyalizm</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258393101</t>
+          <t>9786258393095</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ve Diğer Hastalıklar</t>
+          <t>İlişkilerin Günlük Hayatı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258393057</t>
+          <t>9786258393101</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Değerlerin Tiranlığı</t>
+          <t>Hayat Ve Diğer Hastalıklar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258393040</t>
+          <t>9786258393057</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi</t>
+          <t>Değerlerin Tiranlığı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057768995</t>
+          <t>9786258393040</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Mutfak Kültürü</t>
+          <t>Roma Tarihi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057768940</t>
+          <t>9786057768995</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Şaraptadır</t>
+          <t>Antik Çağ Mutfak Kültürü</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258393019</t>
+          <t>9786057768940</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Octavia</t>
+          <t>Hakikat Şaraptadır</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258393002</t>
+          <t>9786258393019</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Sosyolojik Yorumu</t>
+          <t>Octavia</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>670</v>
+        <v>210</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258393033</t>
+          <t>9786258393002</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Halleri</t>
+          <t>Rüyaların Sosyolojik Yorumu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>370</v>
+        <v>670</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057768964</t>
+          <t>9786258393033</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Rüyaları</t>
+          <t>Aşkın Halleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>670</v>
+        <v>370</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057768988</t>
+          <t>9786057768964</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Alemin Ezeliliği Üzerine</t>
+          <t>Çocuk Rüyaları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>190</v>
+        <v>670</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057768933</t>
+          <t>9786057768988</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Almanya Çıldırdı</t>
+          <t>Alemin Ezeliliği Üzerine</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>430</v>
+        <v>190</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057768971</t>
+          <t>9786057768933</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Anlamak İçin Yaşamak</t>
+          <t>Almanya Çıldırdı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057768919</t>
+          <t>9786057768971</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Borges’in Dediği Gibi</t>
+          <t>Anlamak İçin Yaşamak</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057768896</t>
+          <t>9786057768919</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Gece Savaşları</t>
+          <t>Borges’in Dediği Gibi</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057768926</t>
+          <t>9786057768896</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche</t>
+          <t>Gece Savaşları</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>470</v>
+        <v>410</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057768902</t>
+          <t>9786057768926</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>190</v>
+        <v>470</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057768889</t>
+          <t>9786057768902</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Utanç ve Tevazu Duyguları</t>
+          <t>Roma Tarihi</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057768858</t>
+          <t>9786057768889</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Etkileşim ve Toplumsal Güçler</t>
+          <t>Utanç ve Tevazu Duyguları</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057768834</t>
+          <t>9786057768858</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İran Edebiyatı (Ciltli)</t>
+          <t>Toplumsal Etkileşim ve Toplumsal Güçler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>970</v>
+        <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057768810</t>
+          <t>9786057768834</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Suçlu mu? Suçsuz mu?</t>
+          <t>İran Edebiyatı (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>470</v>
+        <v>970</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057768827</t>
+          <t>9786057768810</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Fenomenolojisi</t>
+          <t>Suçlu mu? Suçsuz mu?</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>590</v>
+        <v>470</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>3990000069712</t>
+          <t>9786057768827</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 17 - Ekim 2021</t>
+          <t>Sessizliğin Fenomenolojisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>680</v>
+        <v>590</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057768841</t>
+          <t>3990000069712</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Avcılık Sanatı</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 17 - Ekim 2021</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>160</v>
+        <v>680</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057768803</t>
+          <t>9786057768841</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Lakhes</t>
+          <t>Avcılık Sanatı</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057768780</t>
+          <t>9786057768803</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Lysistrata</t>
+          <t>Lakhes</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057768797</t>
+          <t>9786057768780</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sosyolojisi</t>
+          <t>Lysistrata</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057768766</t>
+          <t>9786057768797</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hindistan’da Kabileler</t>
+          <t>Hukuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057768773</t>
+          <t>9786057768766</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sanatçılar ve Düşünürler</t>
+          <t>Hindistan’da Kabileler</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057768759</t>
+          <t>9786057768773</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Spartalıların Devleti - Atinalıların Devleti</t>
+          <t>Sanatçılar ve Düşünürler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057768711</t>
+          <t>9786057768759</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bitki Mitosları</t>
+          <t>Spartalıların Devleti - Atinalıların Devleti</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>470</v>
+        <v>160</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057768681</t>
+          <t>9786057768711</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Tarih Nasıl Yazılmalı? - Yalansever</t>
+          <t>Bitki Mitosları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>210</v>
+        <v>470</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057768698</t>
+          <t>9786057768681</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ölüm</t>
+          <t>Tarih Nasıl Yazılmalı? - Yalansever</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057768674</t>
+          <t>9786057768698</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Marksizmle Yoldaşlığı</t>
+          <t>Ölüm</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057768704</t>
+          <t>9786057768674</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yunan Dini Düşüncesi</t>
+          <t>Psikanalizin Marksizmle Yoldaşlığı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057768667</t>
+          <t>9786057768704</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Masalları Yorumlamak</t>
+          <t>Yunan Dini Düşüncesi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057768650</t>
+          <t>9786057768667</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hellenika</t>
+          <t>Masalları Yorumlamak</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>610</v>
+        <v>360</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057768629</t>
+          <t>9786057768650</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Terapide Yeni Ufuklar</t>
+          <t>Hellenika</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>730</v>
+        <v>610</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057768643</t>
+          <t>9786057768629</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Şahit ve Anlattıkları</t>
+          <t>Terapide Yeni Ufuklar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>570</v>
+        <v>730</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057768636</t>
+          <t>9786057768643</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sosyolojisinin Antropolojik Temelleri</t>
+          <t>Şahit ve Anlattıkları</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>500</v>
+        <v>570</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057768575</t>
+          <t>9786057768636</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Lang Masalları 3. Cilt (Ciltli)</t>
+          <t>Hukuk Sosyolojisinin Antropolojik Temelleri</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>640</v>
+        <v>500</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057768582</t>
+          <t>9786057768575</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Lang Masalları 2. Cilt (Ciltli)</t>
+          <t>Lang Masalları 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>620</v>
+        <v>640</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057768599</t>
+          <t>9786057768582</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Lang Masalları 1. Cilt (Ciltli)</t>
+          <t>Lang Masalları 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>720</v>
+        <v>620</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057768605</t>
+          <t>9786057768599</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Düşler Mağarası</t>
+          <t>Lang Masalları 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>210</v>
+        <v>720</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>3990000069742</t>
+          <t>9786057768605</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 16 - Nisan 2021</t>
+          <t>Unutulmuş Düşler Mağarası</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>590</v>
+        <v>210</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057768537</t>
+          <t>3990000069742</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hukuk Sorunu</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 16 - Nisan 2021</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>190</v>
+        <v>590</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057768520</t>
+          <t>9786057768537</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Toplum Çalışmaları</t>
+          <t>Doğal Hukuk Sorunu</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057768506</t>
+          <t>9786057768520</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Cihatçılık</t>
+          <t>Hukuk ve Toplum Çalışmaları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057768513</t>
+          <t>9786057768506</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İyi Yaşam Felsefesi</t>
+          <t>Cihatçılık</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057768483</t>
+          <t>9786057768513</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kundalini Yoga Psikolojisi</t>
+          <t>İyi Yaşam Felsefesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057768476</t>
+          <t>9786057768483</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Sözlüğü</t>
+          <t>Kundalini Yoga Psikolojisi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057768490</t>
+          <t>9786057768476</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Armağanın Fenomenolojisi</t>
+          <t>Psikoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057768452</t>
+          <t>9786057768490</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Romantizm</t>
+          <t>Armağanın Fenomenolojisi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>720</v>
+        <v>390</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057768469</t>
+          <t>9786057768452</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji ve Felsefe</t>
+          <t>Romantizm</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>230</v>
+        <v>720</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057768421</t>
+          <t>9786057768469</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Fenomenolojik Hareket</t>
+          <t>Psikoloji ve Felsefe</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>1110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057768414</t>
+          <t>9786057768421</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Millet - Millet ve Enternasyonalizm</t>
+          <t>Fenomenolojik Hareket</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>190</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057768438</t>
+          <t>9786057768414</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Şölen - Satılık Filozoflar - Astroloji</t>
+          <t>Millet - Millet ve Enternasyonalizm</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057768407</t>
+          <t>9786057768438</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tanıdık ve Yeni</t>
+          <t>Şölen - Satılık Filozoflar - Astroloji</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057768209</t>
+          <t>9786057768407</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Doğal Durum ve Devlet</t>
+          <t>Tanıdık ve Yeni</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057768384</t>
+          <t>9786057768209</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Fars Edebiyatında Kaynak Bilim</t>
+          <t>Doğal Durum ve Devlet</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>770</v>
+        <v>210</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057768360</t>
+          <t>9786057768384</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Hareket Tarzı</t>
+          <t>Fars Edebiyatında Kaynak Bilim</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>300</v>
+        <v>770</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057768377</t>
+          <t>9786057768360</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Genel Felsefe</t>
+          <t>Hukukun Hareket Tarzı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057768346</t>
+          <t>9786057768377</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Devrim</t>
+          <t>Genel Felsefe</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>1000</v>
+        <v>210</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057768339</t>
+          <t>9786057768346</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sosyolojisi</t>
+          <t>Hukuk ve Devrim</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>680</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057768322</t>
+          <t>9786057768339</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İtirazlara Cevaben Evlilik Üzerine Muhtelif Gözlemler</t>
+          <t>Hukuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>210</v>
+        <v>680</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>3990000086547</t>
+          <t>9786057768322</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 15 - Ekim 2020</t>
+          <t>İtirazlara Cevaben Evlilik Üzerine Muhtelif Gözlemler</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>680</v>
+        <v>210</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057768353</t>
+          <t>3990000086547</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bir Hikaye</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 15 - Ekim 2020</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>190</v>
+        <v>680</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057768308</t>
+          <t>9786057768353</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bir Bakışla Sanat Yazıları</t>
+          <t>Gerçek Bir Hikaye</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057768292</t>
+          <t>9786057768308</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Şiir Felsefesi</t>
+          <t>Disiplinlerarası Bir Bakışla Sanat Yazıları</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057768278</t>
+          <t>9786057768292</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Pişmanlık ve Yeniden Doğuş</t>
+          <t>Şiir Felsefesi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057768285</t>
+          <t>9786057768278</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğe Giriş</t>
+          <t>Pişmanlık ve Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057768223</t>
+          <t>9786057768285</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yunan Kültürü Tarihi</t>
+          <t>Metafiziğe Giriş</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>570</v>
+        <v>160</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057768230</t>
+          <t>9786057768223</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Yazıları</t>
+          <t>Yunan Kültürü Tarihi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>230</v>
+        <v>570</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057768216</t>
+          <t>9786057768230</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Araştırmaları</t>
+          <t>Sosyoloji Yazıları</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057768247</t>
+          <t>9786057768216</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Egemen Virüs</t>
+          <t>Psikiyatri Araştırmaları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>3990000048769</t>
+          <t>9786057768247</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 14 - Nisan 2020</t>
+          <t>Egemen Virüs</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>680</v>
+        <v>190</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057768179</t>
+          <t>3990000048769</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Tarih</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 14 - Nisan 2020</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>280</v>
+        <v>680</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057768162</t>
+          <t>9786057768179</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sevginin İşleri</t>
+          <t>Felsefe ve Tarih</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>610</v>
+        <v>280</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057768186</t>
+          <t>9786057768162</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bir Dini İdealin İfade Biçimleri</t>
+          <t>Sevginin İşleri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>410</v>
+        <v>610</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059460989</t>
+          <t>9786057768186</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Ölümü</t>
+          <t>Bir Dini İdealin İfade Biçimleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>370</v>
+        <v>410</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057768131</t>
+          <t>9786059460989</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Histerinin Ana Semptomları</t>
+          <t>Sokrates'in Ölümü</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057768155</t>
+          <t>9786057768131</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kırdaki Zambak ve Gökteki Kuş</t>
+          <t>Histerinin Ana Semptomları</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057768001</t>
+          <t>9786057768155</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Freud'un Psikanalizi</t>
+          <t>Kırdaki Zambak ve Gökteki Kuş</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057768124</t>
+          <t>9786057768001</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hakkaniyet Olarak Adalet</t>
+          <t>Freud'un Psikanalizi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>410</v>
+        <v>330</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057768087</t>
+          <t>9786057768124</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Lysis</t>
+          <t>Hakkaniyet Olarak Adalet</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057768117</t>
+          <t>9786057768087</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dersleri</t>
+          <t>Lysis</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057768094</t>
+          <t>9786057768117</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Ruh Teorileri - İnsan Ruhu ve Kişiliği</t>
+          <t>Felsefe Dersleri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057768100</t>
+          <t>9786057768094</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Psykhe</t>
+          <t>Ruh Teorileri - İnsan Ruhu ve Kişiliği</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>910</v>
+        <v>210</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057768056</t>
+          <t>9786057768100</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Ahlak İktisat ve Bilim</t>
+          <t>Psykhe</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>370</v>
+        <v>910</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057768032</t>
+          <t>9786057768056</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar - Thales Anaksimandros - Anaksimenes</t>
+          <t>Ahlak İktisat ve Bilim</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057768070</t>
+          <t>9786057768032</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yunanlar ve Yunan Medeniyeti</t>
+          <t>Fragmanlar - Thales Anaksimandros - Anaksimenes</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>700</v>
+        <v>210</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057768063</t>
+          <t>9786057768070</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>John Locke</t>
+          <t>Yunanlar ve Yunan Medeniyeti</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>3990000082113</t>
+          <t>9786057768063</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 13 - Ekim 2019</t>
+          <t>John Locke</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>680</v>
+        <v>160</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057768049</t>
+          <t>3990000082113</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hukukun İlkeleri</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 13 - Ekim 2019</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>230</v>
+        <v>680</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057768018</t>
+          <t>9786057768049</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Argümantasyonun Temelleri</t>
+          <t>Doğal Hukukun İlkeleri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>670</v>
+        <v>230</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057768025</t>
+          <t>9786057768018</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar - Ksenophanes</t>
+          <t>Hukuki Argümantasyonun Temelleri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>150</v>
+        <v>670</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059460996</t>
+          <t>9786057768025</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İleri Düzey Oyun Terapisi</t>
+          <t>Fragmanlar - Ksenophanes</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059460972</t>
+          <t>9786059460996</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sınıfların Psikolojisi</t>
+          <t>İleri Düzey Oyun Terapisi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059460965</t>
+          <t>9786059460972</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Mikropolitikası</t>
+          <t>Toplumsal Sınıfların Psikolojisi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059460958</t>
+          <t>9786059460965</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar - Parmenides</t>
+          <t>Direnişin Mikropolitikası</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059460910</t>
+          <t>9786059460958</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Argonautika</t>
+          <t>Fragmanlar - Parmenides</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059460934</t>
+          <t>9786059460910</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografik Yazılar ve Notlar</t>
+          <t>Argonautika</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059460927</t>
+          <t>9786059460934</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sosyolojisinin Temel İlkeleri</t>
+          <t>Otobiyografik Yazılar ve Notlar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>710</v>
+        <v>160</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059460903</t>
+          <t>9786059460927</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ölümle Yüzleşmek</t>
+          <t>Hukuk Sosyolojisinin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>190</v>
+        <v>710</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059460873</t>
+          <t>9786059460903</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Tipler</t>
+          <t>Ölümle Yüzleşmek</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>730</v>
+        <v>190</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059460842</t>
+          <t>9786059460873</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İçsel Aile Sistemleri Terapisi</t>
+          <t>Psikolojide Tipler</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>470</v>
+        <v>730</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059460866</t>
+          <t>9786059460842</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kategoriler</t>
+          <t>İçsel Aile Sistemleri Terapisi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>160</v>
+        <v>470</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059460859</t>
+          <t>9786059460866</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Viyana Çevresi</t>
+          <t>Kategoriler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059460835</t>
+          <t>9786059460859</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ampirist Filozoflar</t>
+          <t>Viyana Çevresi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059460828</t>
+          <t>9786059460835</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Oluş ve Bozuluş</t>
+          <t>Ampirist Filozoflar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059460804</t>
+          <t>9786059460828</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Protagoras</t>
+          <t>Oluş ve Bozuluş</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059460811</t>
+          <t>9786059460804</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş İçin Bir Başlangıç</t>
+          <t>Protagoras</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059460651</t>
+          <t>9786059460811</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Tehlikeleri ve Tabu</t>
+          <t>Felsefeye Giriş İçin Bir Başlangıç</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>590</v>
+        <v>280</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059460774</t>
+          <t>9786059460651</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Platon'da Politik Düşüncenin Soykütüğü</t>
+          <t>Ruhun Tehlikeleri ve Tabu</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>410</v>
+        <v>590</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059460743</t>
+          <t>9786059460774</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Ensest Yasağı ve Kökenleri</t>
+          <t>Platon'da Politik Düşüncenin Soykütüğü</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>160</v>
+        <v>410</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059460606</t>
+          <t>9786059460743</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hak Kavramı ve Devletin Dönüşümü Üzerine Üç Konferans</t>
+          <t>Ensest Yasağı ve Kökenleri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059460781</t>
+          <t>9786059460606</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yönsüzleşmiş Savaşlar</t>
+          <t>Hak Kavramı ve Devletin Dönüşümü Üzerine Üç Konferans</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059460798</t>
+          <t>9786059460781</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sofistçe Çürütmeler</t>
+          <t>Yönsüzleşmiş Savaşlar</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059460767</t>
+          <t>9786059460798</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Entegrasyonu ve Tanınma Teorisi</t>
+          <t>Sofistçe Çürütmeler</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059460736</t>
+          <t>9786059460767</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan'ın Din Öğretmenleri</t>
+          <t>Göçmen Entegrasyonu ve Tanınma Teorisi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>670</v>
+        <v>370</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059460705</t>
+          <t>9786059460736</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Yalıtım ve Sosyal Temaslar</t>
+          <t>Antik Yunan'ın Din Öğretmenleri</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>250</v>
+        <v>670</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059460712</t>
+          <t>9786059460705</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Rousseau ve Toplum Sözleşmesi</t>
+          <t>Yalıtım ve Sosyal Temaslar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059460729</t>
+          <t>9786059460712</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Montesquieu ve Sosyal Bilimin Gelişimi</t>
+          <t>Rousseau ve Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059460682</t>
+          <t>9786059460729</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Hikayesi</t>
+          <t>Montesquieu ve Sosyal Bilimin Gelişimi</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059460699</t>
+          <t>9786059460682</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Yorum Teorisi</t>
+          <t>Kuşlar Hikayesi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059460590</t>
+          <t>9786059460699</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Platon'un Politik Felsefesi Devlet</t>
+          <t>Yorum Teorisi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>630</v>
+        <v>210</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059460675</t>
+          <t>9786059460590</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Menon</t>
+          <t>Platon'un Politik Felsefesi Devlet</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>230</v>
+        <v>630</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059460668</t>
+          <t>9786059460675</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Sosyolojisi</t>
+          <t>Menon</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>3990000097749</t>
+          <t>9786059460668</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 11 - Ekim 2018</t>
+          <t>Bilgi Sosyolojisi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059460620</t>
+          <t>3990000097749</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Ten</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 11 - Ekim 2018</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059460637</t>
+          <t>9786059460620</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Platon Öncesi Filozoflar</t>
+          <t>Ben ve Ten</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>570</v>
+        <v>550</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059460644</t>
+          <t>9786059460637</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Yasama ve Hukuk Bilimi Konusundaki Görevi Üzerine</t>
+          <t>Platon Öncesi Filozoflar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>360</v>
+        <v>570</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059460583</t>
+          <t>9786059460644</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche - İyinin ve Kötünün Ötesinde</t>
+          <t>Çağımızın Yasama ve Hukuk Bilimi Konusundaki Görevi Üzerine</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059460262</t>
+          <t>9786059460583</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Devrim</t>
+          <t>Nietzsche - İyinin ve Kötünün Ötesinde</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059460613</t>
+          <t>9786059460262</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Dilin Belirsizliği</t>
+          <t>Felsefe ve Devrim</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059460576</t>
+          <t>9786059460613</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tıp Sanatının Anayasası, Tıp Sanatı, Glaukon’a Tedavi Yöntemi</t>
+          <t>Dilin Belirsizliği</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059460514</t>
+          <t>9786059460576</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Gerçeklik</t>
+          <t>Tıp Sanatının Anayasası, Tıp Sanatı, Glaukon’a Tedavi Yöntemi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059460552</t>
+          <t>9786059460514</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dersleri</t>
+          <t>Hakikat ve Gerçeklik</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>410</v>
+        <v>230</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059460545</t>
+          <t>9786059460552</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Bellek</t>
+          <t>Felsefe Dersleri</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059460569</t>
+          <t>9786059460545</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası</t>
+          <t>Kolektif Bellek</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059460521</t>
+          <t>9786059460569</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Konuşmaları</t>
+          <t>İnsan Doğası</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059460507</t>
+          <t>9786059460521</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hukukbilimin Politikası</t>
+          <t>Felsefe Konuşmaları</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>670</v>
+        <v>230</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059460491</t>
+          <t>9786059460507</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hippokrates Külliyatı</t>
+          <t>Hukukbilimin Politikası</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>590</v>
+        <v>670</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059460477</t>
+          <t>9786059460491</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Areopagitica</t>
+          <t>Hippokrates Külliyatı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>280</v>
+        <v>590</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059460255</t>
+          <t>9786059460477</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Ruh Üzerine</t>
+          <t>Areopagitica</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059460453</t>
+          <t>9786059460255</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Adonis, Attis, Osiris</t>
+          <t>Ruh Üzerine</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>500</v>
+        <v>410</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059460446</t>
+          <t>9786059460453</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Üzerine</t>
+          <t>Adonis, Attis, Osiris</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>460</v>
+        <v>500</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059460408</t>
+          <t>9786059460446</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Hukuk Üzerine</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059460378</t>
+          <t>9786059460408</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Rekabet ve Çatışma</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059460392</t>
+          <t>9786059460378</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Mit</t>
+          <t>Rekabet ve Çatışma</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059460422</t>
+          <t>9786059460392</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Tazı Yolculuğu</t>
+          <t>Dil ve Mit</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059460439</t>
+          <t>9786059460422</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Tazı Yolculuğu</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>780</v>
+        <v>700</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059460354</t>
+          <t>9786059460439</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fransız Felsefesi ve Fenomenoloji Harekatı</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>280</v>
+        <v>780</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>3990000029938</t>
+          <t>9786059460354</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 9 - Ekim 2017</t>
+          <t>Çağdaş Fransız Felsefesi ve Fenomenoloji Harekatı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059460361</t>
+          <t>3990000029938</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Risaleler</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 9 - Ekim 2017</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>210</v>
+        <v>650</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059460330</t>
+          <t>9786059460361</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ardavirafname</t>
+          <t>Risaleler</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059460309</t>
+          <t>9786059460330</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Pines Adası</t>
+          <t>Ardavirafname</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059460347</t>
+          <t>9786059460309</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Dinsel Deneyimin Çeşitleri</t>
+          <t>Pines Adası</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>750</v>
+        <v>190</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059460323</t>
+          <t>9786059460347</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Nüfus İlkesi</t>
+          <t>Dinsel Deneyimin Çeşitleri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>360</v>
+        <v>750</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059460279</t>
+          <t>9786059460323</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Sosyal Bilimler</t>
+          <t>Nüfus İlkesi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059460293</t>
+          <t>9786059460279</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Asimilasyon ve Sosyal Kontrol</t>
+          <t>Sosyoloji ve Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059460231</t>
+          <t>9786059460293</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kültür Sosyolojisi</t>
+          <t>Asimilasyon ve Sosyal Kontrol</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059460200</t>
+          <t>9786059460231</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Din Üzerine Üç Deneme</t>
+          <t>Kültür Sosyolojisi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>430</v>
+        <v>470</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059460194</t>
+          <t>9786059460200</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bibliotheka</t>
+          <t>Din Üzerine Üç Deneme</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>680</v>
+        <v>430</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059460217</t>
+          <t>9786059460194</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Çamurcuk</t>
+          <t>Bibliotheka</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>360</v>
+        <v>680</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059460170</t>
+          <t>9786059460217</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Denemeler</t>
+          <t>Çamurcuk</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>610</v>
+        <v>360</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059460163</t>
+          <t>9786059460170</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm Dersleri</t>
+          <t>Siyasi Denemeler</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>450</v>
+        <v>610</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059460156</t>
+          <t>9786059460163</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Tanrısı</t>
+          <t>Sosyalizm Dersleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059460132</t>
+          <t>9786059460156</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Dinler Sosyolojisi</t>
+          <t>Felsefenin Tanrısı</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059460125</t>
+          <t>9786059460132</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Savaş Nevrozları</t>
+          <t>Dinler Sosyolojisi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059460101</t>
+          <t>9786059460125</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar ve Mitler</t>
+          <t>Psikanaliz ve Savaş Nevrozları</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059460088</t>
+          <t>9786059460101</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>İşte Böyle Dedi Zerdüşt</t>
+          <t>Rüyalar ve Mitler</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>570</v>
+        <v>210</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059460095</t>
+          <t>9786059460088</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Yurttaş Hakları Bildirgesi Üzerine</t>
+          <t>İşte Böyle Dedi Zerdüşt</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>230</v>
+        <v>570</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059460071</t>
+          <t>9786059460095</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ruh</t>
+          <t>İnsan ve Yurttaş Hakları Bildirgesi Üzerine</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059460040</t>
+          <t>9786059460071</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Dönüşümü</t>
+          <t>Ruh</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059460026</t>
+          <t>9786059460040</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Özgürleşmesi</t>
+          <t>Demokrasinin Dönüşümü</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>3990000070039</t>
+          <t>9786059460026</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Şark Seti (3 Kitap Takım) (Ciltli)</t>
+          <t>Kadınların Özgürleşmesi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>1650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059460033</t>
+          <t>3990000070039</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İlkelere Dair</t>
+          <t>Şark Seti (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>210</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055302993</t>
+          <t>9786059460033</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Seküler Otorite Sivil Yönetimi</t>
+          <t>İlkelere Dair</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059460002</t>
+          <t>9786055302993</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografi - Sigmund Freud</t>
+          <t>Seküler Otorite Sivil Yönetimi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059460019</t>
+          <t>9786059460002</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kasım Yağmuru</t>
+          <t>Otobiyografi - Sigmund Freud</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>470</v>
+        <v>190</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055302962</t>
+          <t>9786059460019</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ulus Nedir?</t>
+          <t>Kasım Yağmuru</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786055302900</t>
+          <t>9786055302962</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İran Kültürü</t>
+          <t>Ulus Nedir?</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>1100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055302948</t>
+          <t>9786055302900</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Gelişimi</t>
+          <t>İran Kültürü</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>150</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055302955</t>
+          <t>9786055302948</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Cinsellik ve Sevgi</t>
+          <t>Psikanalizin Gelişimi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055302917</t>
+          <t>9786055302955</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Toplum</t>
+          <t>Kadınlar Cinsellik ve Sevgi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055302931</t>
+          <t>9786055302917</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Zeka Psikolojisi</t>
+          <t>Ahlak ve Toplum</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055302894</t>
+          <t>9786055302931</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Keyfi Tavır</t>
+          <t>Zeka Psikolojisi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055302924</t>
+          <t>9786055302894</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Magna Moralia</t>
+          <t>Keyfi Tavır</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055302887</t>
+          <t>9786055302924</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Sosyoloji</t>
+          <t>Magna Moralia</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055302856</t>
+          <t>9786055302887</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Homunkulus</t>
+          <t>Eğitim ve Sosyoloji</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055302849</t>
+          <t>9786055302856</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi</t>
+          <t>Homunkulus</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055302825</t>
+          <t>9786055302849</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Gizliliğin ve Gizli Toplumların Sosyolojisi</t>
+          <t>Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055302818</t>
+          <t>9786055302825</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Freud ve Psikanaliz</t>
+          <t>Gizliliğin ve Gizli Toplumların Sosyolojisi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055302801</t>
+          <t>9786055302818</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sabina Spielrein</t>
+          <t>Freud ve Psikanaliz</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>630</v>
+        <v>460</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055302795</t>
+          <t>9786055302801</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Yüzü İnsanın Yüzü</t>
+          <t>Sabina Spielrein</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>460</v>
+        <v>630</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055302757</t>
+          <t>9786055302795</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Analitik Psikoloji Üzerine İki Deneme</t>
+          <t>Tanrının Yüzü İnsanın Yüzü</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055302740</t>
+          <t>9786055302757</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Etik ve Politika Dersleri</t>
+          <t>Analitik Psikoloji Üzerine İki Deneme</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055302733</t>
+          <t>9786055302740</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Çekirge Etkisi</t>
+          <t>Etik ve Politika Dersleri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>570</v>
+        <v>330</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055302719</t>
+          <t>9786055302733</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Akıl Hastalığımın Hatıratı</t>
+          <t>Çekirge Etkisi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>590</v>
+        <v>570</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055302689</t>
+          <t>9786055302719</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kaybetme - Bağlanma ve Kaybetme 3</t>
+          <t>Akıl Hastalığımın Hatıratı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>730</v>
+        <v>590</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055302535</t>
+          <t>9786055302689</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikanalizi</t>
+          <t>Kaybetme - Bağlanma ve Kaybetme 3</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>570</v>
+        <v>730</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055302665</t>
+          <t>9786055302535</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Felsefe</t>
+          <t>Çocuk Psikanalizi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>230</v>
+        <v>570</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055302603</t>
+          <t>9786055302665</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Feminen</t>
+          <t>Sosyoloji ve Felsefe</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055302580</t>
+          <t>9786055302603</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Maskülen</t>
+          <t>Feminen</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055302542</t>
+          <t>9786055302580</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar</t>
+          <t>Maskülen</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>470</v>
+        <v>360</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055302610</t>
+          <t>9786055302542</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğin Gelişimi</t>
+          <t>Rüyalar</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>380</v>
+        <v>470</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055302399</t>
+          <t>9786055302610</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Titreme</t>
+          <t>Kişiliğin Gelişimi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>3990000027550</t>
+          <t>9786055302399</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 4 - Nisan 2015</t>
+          <t>Korku ve Titreme</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055302504</t>
+          <t>3990000027550</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Metafizik Dersleri</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 4 - Nisan 2015</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055302788</t>
+          <t>9786055302504</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Nehirde</t>
+          <t>Metafizik Dersleri</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055302498</t>
+          <t>9786055302788</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Jürgen Habermas ile Avrupa'yı Onarmak</t>
+          <t>Nehirde</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>410</v>
+        <v>330</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055302474</t>
+          <t>9786055302498</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Tekerrür</t>
+          <t>Jürgen Habermas ile Avrupa'yı Onarmak</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055302429</t>
+          <t>9786055302474</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Reçetesi</t>
+          <t>Tekerrür</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>670</v>
+        <v>250</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055302771</t>
+          <t>9786055302429</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi Dersleri</t>
+          <t>Pandora'nın Reçetesi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>370</v>
+        <v>670</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>3990000026688</t>
+          <t>9786055302771</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 2 - Nisan 2014</t>
+          <t>Din Felsefesi Dersleri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>650</v>
+        <v>370</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055302382</t>
+          <t>3990000026688</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Ayrılma - Bağlanma ve Kaybetme 2</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 2 - Nisan 2014</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>730</v>
+        <v>650</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>3990000018345</t>
+          <t>9786055302382</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 1 - Ekim 2013</t>
+          <t>Ayrılma - Bağlanma ve Kaybetme 2</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>650</v>
+        <v>730</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055302375</t>
+          <t>3990000018345</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Felsefi Düşün Akademik Felsefe Dergisi Sayı: 1 - Ekim 2013</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786055302313</t>
+          <t>9786055302375</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055302306</t>
+          <t>9786055302313</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Etki Terapisi</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>520</v>
+        <v>360</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055302252</t>
+          <t>9786055302306</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Zalimlik İlkesi</t>
+          <t>Etki Terapisi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>190</v>
+        <v>520</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055302023</t>
+          <t>9786055302252</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yaşam İçin Felsefe</t>
+          <t>Zalimlik İlkesi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786058795358</t>
+          <t>9786055302023</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Şair Tezkireleri (Ciltli)</t>
+          <t>Yaşam İçin Felsefe</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>1560</v>
+        <v>390</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055302078</t>
+          <t>9786058795358</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Pembe Masallar</t>
+          <t>Şair Tezkireleri (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>310</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055302115</t>
+          <t>9786055302078</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Pembe Masallar Hayvancıklar</t>
+          <t>Pembe Masallar</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786058795310</t>
+          <t>9786055302115</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Etrafındakiler (Ciltli)</t>
+          <t>Pembe Masallar Hayvancıklar</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055302030</t>
+          <t>9786058795310</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Korsakov</t>
+          <t>Mevlana ve Etrafındakiler (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055302184</t>
+          <t>9786055302030</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kadın Dehası 1. Cilt</t>
+          <t>Korsakov</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055302122</t>
+          <t>9786055302184</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>İran Mitolojisi</t>
+          <t>Kadın Dehası 1. Cilt</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>900</v>
+        <v>460</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786058770386</t>
+          <t>9786055302122</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları Cilt: 2 (Ciltli)</t>
+          <t>İran Mitolojisi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>750</v>
+        <v>900</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786058770379</t>
+          <t>9786058770386</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları Cilt: 1 (Ciltli)</t>
+          <t>Grimm Masalları Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>780</v>
+        <v>750</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786058770324</t>
+          <t>9786058770379</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Evliya Menkıbeleri (Ciltli)</t>
+          <t>Grimm Masalları Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>1700</v>
+        <v>780</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055302054</t>
+          <t>9786058770324</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma</t>
+          <t>Evliya Menkıbeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>670</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786055302344</t>
+          <t>9786055302054</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları Cilt: 3 (Ciltli)</t>
+          <t>Bağlanma</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>680</v>
+        <v>670</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
+          <t>9786055302344</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Andersen Masalları Cilt: 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
           <t>9786055302337</t>
         </is>
       </c>
-      <c r="B446" s="1" t="inlineStr">
+      <c r="B447" s="1" t="inlineStr">
         <is>
           <t>Andersen Masalları Cilt: 2 (Ciltli)</t>
         </is>
       </c>
-      <c r="C446" s="1">
+      <c r="C447" s="1">
         <v>680</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>