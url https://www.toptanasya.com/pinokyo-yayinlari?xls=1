--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,1540 +85,1690 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259872971</t>
+          <t>9786052211915</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeli Boyama Okul Eşyaları 2 - 3 Yaş</t>
+          <t>Çocuklar İçin Harika Mandala</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>44.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259872995</t>
+          <t>9786052211939</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>2-3 Yaş Tekerlemeli Boyama Taşıtlar</t>
+          <t>Çocuklar İçin Sevimli Mandala</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>44.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259872988</t>
+          <t>9786052211922</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>2-3 Yaş Tekerlemeli Boyama Sebzeler-Meyveler</t>
+          <t>Çocuklar İçin Neşeli Mandala</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>44.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259871509</t>
+          <t>9786052211908</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>2-3 Yaş Tekerlemeli Boyama Doğa ve Varlılar</t>
+          <t>Çocuklar İçin Şirin Mandala</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>44.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056964602</t>
+          <t>9786056814662</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şirin Afacan Boyama</t>
+          <t>Koala Koni 2. Sınıf (8 Kitap)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>89.9</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056964619</t>
+          <t>9786056814655</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Afacan Boyama</t>
+          <t>Gezgin Gökçe 4. Sınıf (6 Kitap)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>89.9</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052211854</t>
+          <t>9786056814648</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Neşeli Mandala</t>
+          <t>Eskimo Tik-Tak 3. Sınıf (8 Kitap)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>74.9</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052211847</t>
+          <t>9786054720279</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sevimli Mandala</t>
+          <t>Her Haftaya Bir Masal - 4. Sınıf</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>74.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052211861</t>
+          <t>9786054720286</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Harika Mandala</t>
+          <t>Her Haftaya Bir Masal - 1. Sınıf</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>74.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052211274</t>
+          <t>9786054720255</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Şirin Mandala</t>
+          <t>Her Haftaya Bir Masal - 2. Sınıf</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>74.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256301085</t>
+          <t>9786259872971</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktiviteler Denizde Yaşam Kitabım</t>
+          <t>Tekerlemeli Boyama Okul Eşyaları 2 - 3 Yaş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>79.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256301146</t>
+          <t>9786259872995</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktiviteler Dikkat Kitabım</t>
+          <t>2-3 Yaş Tekerlemeli Boyama Taşıtlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>79.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256301139</t>
+          <t>9786259872988</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktiviteler Dinozorlarla Matematik</t>
+          <t>2-3 Yaş Tekerlemeli Boyama Sebzeler-Meyveler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>79.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256301078</t>
+          <t>9786259871509</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktiviteler Harfler Kitabım</t>
+          <t>2-3 Yaş Tekerlemeli Boyama Doğa ve Varlılar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>79.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256301092</t>
+          <t>9786056964602</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktiviteler Mevsimler Kitabım</t>
+          <t>Şirin Afacan Boyama</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>79.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256301047</t>
+          <t>9786056964619</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktiviteler Meyveler Kitabım</t>
+          <t>Sevimli Afacan Boyama</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>79.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256301115</t>
+          <t>9786052211854</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktiviteler Hayvanlar Kitabım</t>
+          <t>Çocuklar İçin Neşeli Mandala</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>79.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256301160</t>
+          <t>9786052211847</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktiviteler Robotlar Kitabım</t>
+          <t>Çocuklar İçin Sevimli Mandala</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>79.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256301061</t>
+          <t>9786052211861</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktiviteler Sayılar Kitabım</t>
+          <t>Çocuklar İçin Harika Mandala</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>79.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256301054</t>
+          <t>9786052211274</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktiviteler Sebzeler Kitabım</t>
+          <t>Çocuklar İçin Şirin Mandala</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>79.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256301122</t>
+          <t>9786256301085</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktiviteler Taşıtlar Kitabım</t>
+          <t>Çıkartmalı Aktiviteler Denizde Yaşam Kitabım</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256301177</t>
+          <t>9786256301146</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Kitabım Hayvanlar</t>
+          <t>Çıkartmalı Aktiviteler Dikkat Kitabım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>149.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256301108</t>
+          <t>9786256301139</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktiviteler Uzay Kitabım</t>
+          <t>Çıkartmalı Aktiviteler Dinozorlarla Matematik</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256301184</t>
+          <t>9786256301078</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Taşıtlar</t>
+          <t>Çıkartmalı Aktiviteler Harfler Kitabım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>149.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256301207</t>
+          <t>9786256301092</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Meyveler</t>
+          <t>Çıkartmalı Aktiviteler Mevsimler Kitabım</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>149.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256301191</t>
+          <t>9786256301047</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Kitabım Sebzeler</t>
+          <t>Çıkartmalı Aktiviteler Meyveler Kitabım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>149.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259871516</t>
+          <t>9786256301115</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeli Boyama Hayvanlar 2 - 3 Yaş</t>
+          <t>Çıkartmalı Aktiviteler Hayvanlar Kitabım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>44.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259871592</t>
+          <t>9786256301160</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>4-5 Yaş Neşeli Boyama Taşıtlar</t>
+          <t>Çıkartmalı Aktiviteler Robotlar Kitabım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>44.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259871578</t>
+          <t>9786256301061</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>4-5 Yaş Neşeli Boyama Meyveler</t>
+          <t>Çıkartmalı Aktiviteler Sayılar Kitabım</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>44.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259871585</t>
+          <t>9786256301054</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>4-5 Yaş Neşeli Boyama Sebzeler</t>
+          <t>Çıkartmalı Aktiviteler Sebzeler Kitabım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>44.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259871561</t>
+          <t>9786256301122</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>4-5 Yaş Neşeli Boyama Meslekler</t>
+          <t>Çıkartmalı Aktiviteler Taşıtlar Kitabım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>44.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259871554</t>
+          <t>9786256301177</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>4-5 Yaş Neşeli Boyama Hayvanlar</t>
+          <t>Çıkartmalı Boyama Kitabım Hayvanlar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>44.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259872964</t>
+          <t>9786256301108</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>2-3 Yaş Tekerlemeli Boyama Yiyecekler-İçecekler</t>
+          <t>Çıkartmalı Aktiviteler Uzay Kitabım</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>44.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259871547</t>
+          <t>9786256301184</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>4-5 Yaş Neşeli Boyama Eşyalar</t>
+          <t>Çıkartmalı Boyama Taşıtlar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>44.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259441009</t>
+          <t>9786256301207</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>2 - 3 Yaş Tekerlemeli Boyama Seti - 6 Kitap Takım</t>
+          <t>Çıkartmalı Boyama Meyveler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>269.4</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259441085</t>
+          <t>9786256301191</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>2-3 Yaş Afacan Boyama Okul Öncesi</t>
+          <t>Çıkartmalı Boyama Kitabım Sebzeler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>79.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259441092</t>
+          <t>9786259871516</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>4-5 Yaş Afacan Boyama Okul Öncesi</t>
+          <t>Tekerlemeli Boyama Hayvanlar 2 - 3 Yaş</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>79.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256301030</t>
+          <t>9786259871592</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş Her Güne Dikkat-Algı-Zeka Aktiviteleri 30 Gün</t>
+          <t>4-5 Yaş Neşeli Boyama Taşıtlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>69.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256301016</t>
+          <t>9786259871578</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş Düşünme Becerileri Dikkat-Algı-Zeka</t>
+          <t>4-5 Yaş Neşeli Boyama Meyveler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>79.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256301023</t>
+          <t>9786259871585</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>ABS 3-4 Yaş Her Güne Dikkat-Algı-Zeka Aktiviteleri 30 Gün</t>
+          <t>4-5 Yaş Neşeli Boyama Sebzeler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>69.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256301009</t>
+          <t>9786259871561</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>ABS 3-4 Yaş Düşünme Becerileri Dikkat-Algı-Zeka</t>
+          <t>4-5 Yaş Neşeli Boyama Meslekler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>79.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259441078</t>
+          <t>9786259871554</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı İlk Boyama Kitabım - 2 (4+ Yaş)</t>
+          <t>4-5 Yaş Neşeli Boyama Hayvanlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>64.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259441047</t>
+          <t>9786259872964</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı İlk Boyama Kitabım - 1 (3+ Yaş)</t>
+          <t>2-3 Yaş Tekerlemeli Boyama Yiyecekler-İçecekler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>74.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259441054</t>
+          <t>9786259871547</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı İlk Boyama Kitabım - 2 (3+ Yaş)</t>
+          <t>4-5 Yaş Neşeli Boyama Eşyalar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>74.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259441030</t>
+          <t>9786259441009</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı İlk Boyama Kitabım - 2 (2+ Yaş)</t>
+          <t>2 - 3 Yaş Tekerlemeli Boyama Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>74.9</v>
+        <v>269.4</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259441061</t>
+          <t>9786259441085</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı İlk Boyama Kitabım - 1 (4+ Yaş)</t>
+          <t>2-3 Yaş Afacan Boyama Okul Öncesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>74.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259441023</t>
+          <t>9786259441092</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı İlk Boyama Kitabım - 1 (2+ Yaş)</t>
+          <t>4-5 Yaş Afacan Boyama Okul Öncesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>74.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259441016</t>
+          <t>9786256301030</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama 6 Kitap Set 4-5 Yaş</t>
+          <t>ABS 5-6 Yaş Her Güne Dikkat-Algı-Zeka Aktiviteleri 30 Gün</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>269.4</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259872940</t>
+          <t>9786256301016</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir-Boya Sebzeler-Meyveler-1’den 30’a</t>
+          <t>ABS 5-6 Yaş Düşünme Becerileri Dikkat-Algı-Zeka</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>59.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259871523</t>
+          <t>9786256301023</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>ABS 3-4 Yaş Eğlenceli Boyama</t>
+          <t>ABS 3-4 Yaş Her Güne Dikkat-Algı-Zeka Aktiviteleri 30 Gün</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>59.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056964688</t>
+          <t>9786256301009</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>ABS 3-4 Yaş Eğlenceli Alıştırmalar</t>
+          <t>ABS 3-4 Yaş Düşünme Becerileri Dikkat-Algı-Zeka</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259873831</t>
+          <t>9786259441078</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>ABS 3-4 Yaş Kodlu Boyama</t>
+          <t>Çıkartmalı İlk Boyama Kitabım - 2 (4+ Yaş)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>69.9</v>
+        <v>64.9</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057467188</t>
+          <t>9786259441047</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>ABS 3-4 Yaş Labirent</t>
+          <t>Çıkartmalı İlk Boyama Kitabım - 1 (3+ Yaş)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>79.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259873848</t>
+          <t>9786259441054</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>ABS 3-4 Yaş Noktalı Boyama</t>
+          <t>Çıkartmalı İlk Boyama Kitabım - 2 (3+ Yaş)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>59.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259873855</t>
+          <t>9786259441030</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>ABS 4-6 Yaş Çocuk ve Doğa Boyama Kitabım</t>
+          <t>Çıkartmalı İlk Boyama Kitabım - 2 (2+ Yaş)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>59.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259873862</t>
+          <t>9786259441061</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>ABS 4-6 Yaş Harfler Boyama Kitabım</t>
+          <t>Çıkartmalı İlk Boyama Kitabım - 1 (4+ Yaş)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>59.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259873879</t>
+          <t>9786259441023</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>ABS 4-6 Yaş Hayvanlar Boyama Kitabım</t>
+          <t>Çıkartmalı İlk Boyama Kitabım - 1 (2+ Yaş)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>59.9</v>
+        <v>74.9</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259872902</t>
+          <t>9786259441016</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>ABS 4-6 Yaş Taşıtlar ve Meslekler Kitabım</t>
+          <t>Neşeli Boyama 6 Kitap Set 4-5 Yaş</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>59.9</v>
+        <v>269.4</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057467133</t>
+          <t>9786259872940</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş 100 Çizgi</t>
+          <t>Noktaları Birleştir-Boya Sebzeler-Meyveler-1’den 30’a</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>79.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057467140</t>
+          <t>9786259871523</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş 100 Dikkat</t>
+          <t>ABS 3-4 Yaş Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>79.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057467157</t>
+          <t>9786056964688</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş 100 Kavram</t>
+          <t>ABS 3-4 Yaş Eğlenceli Alıştırmalar</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057467164</t>
+          <t>9786259873831</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş 100 Kodlama</t>
+          <t>ABS 3-4 Yaş Kodlu Boyama</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>79.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057467171</t>
+          <t>9786057467188</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş 100 Matematik</t>
+          <t>ABS 3-4 Yaş Labirent</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259873824</t>
+          <t>9786259873848</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş Bilişsel Aktiviteler</t>
+          <t>ABS 3-4 Yaş Noktalı Boyama</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>69.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259873817</t>
+          <t>9786259873855</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş Bul-Eğlen</t>
+          <t>ABS 4-6 Yaş Çocuk ve Doğa Boyama Kitabım</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>69.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057467218</t>
+          <t>9786259873862</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş Eğlenceli Alıştırmalar</t>
+          <t>ABS 4-6 Yaş Harfler Boyama Kitabım</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>79.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259873800</t>
+          <t>9786259873879</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş Dikkatimi Güçlendiriyorum</t>
+          <t>ABS 4-6 Yaş Hayvanlar Boyama Kitabım</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>69.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259871530</t>
+          <t>9786259872902</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş Eğlenceli Boyama</t>
+          <t>ABS 4-6 Yaş Taşıtlar ve Meslekler Kitabım</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>59.9</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259873886</t>
+          <t>9786057467133</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş Kodlu Boyama</t>
+          <t>ABS 5-6 Yaş 100 Çizgi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>69.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057467195</t>
+          <t>9786057467140</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş Labirent</t>
+          <t>ABS 5-6 Yaş 100 Dikkat</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>79.9</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259873893</t>
+          <t>9786057467157</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>ABS 5-6 Yaş Noktalı Boyama</t>
+          <t>ABS 5-6 Yaş 100 Kavram</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>59.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259872919</t>
+          <t>9786057467164</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir-Boya Çiftlik-1’den 20’ye</t>
+          <t>ABS 5-6 Yaş 100 Kodlama</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>59.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259872926</t>
+          <t>9786057467171</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir-Boya Deniz Canlıları-1’den 30’a</t>
+          <t>ABS 5-6 Yaş 100 Matematik</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>59.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259872933</t>
+          <t>9786259873824</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir-Boya Hayvanlar-1’den 20’ye</t>
+          <t>ABS 5-6 Yaş Bilişsel Aktiviteler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>59.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057467126</t>
+          <t>9786259873817</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>ABS 3-4 Yaş Dikkatimi Güçlendiriyorum</t>
+          <t>ABS 5-6 Yaş Bul-Eğlen</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>69.9</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057467294</t>
+          <t>9786057467218</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>ABS 3-4 Yaş Bul-Eğlen</t>
+          <t>ABS 5-6 Yaş Eğlenceli Alıştırmalar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>69.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057467249</t>
+          <t>9786259873800</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>ABS 3-4 Yaş Bilişsel Aktiviteler</t>
+          <t>ABS 5-6 Yaş Dikkatimi Güçlendiriyorum</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>69.9</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259872957</t>
+          <t>9786259871530</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir - Boya Taşıtlar 1’den 30’a</t>
+          <t>ABS 5-6 Yaş Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>59.9</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057467256</t>
+          <t>9786259873886</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Renkli Şirin Boyama 2 2+ Yaş</t>
+          <t>ABS 5-6 Yaş Kodlu Boyama</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>99.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057467225</t>
+          <t>9786057467195</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Renkli Sevimli Boyama 2 3+ Yaş</t>
+          <t>ABS 5-6 Yaş Labirent</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>99.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057467270</t>
+          <t>9786259873893</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Renkli Harika Boyama Harfler ve Sayılar 5+ Yaş</t>
+          <t>ABS 5-6 Yaş Noktalı Boyama</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>89.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056964695</t>
+          <t>9786259872919</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yaş Renkli Neşeli Boyama 2 4+ Yaş</t>
+          <t>Noktaları Birleştir-Boya Çiftlik-1’den 20’ye</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>99.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057467232</t>
+          <t>9786259872926</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Renkli Sevimli Boyama 1 3+ Yaş</t>
+          <t>Noktaları Birleştir-Boya Deniz Canlıları-1’den 30’a</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>99.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057467201</t>
+          <t>9786259872933</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Renkli Neşeli Boyama 1 4+ Yaş</t>
+          <t>Noktaları Birleştir-Boya Hayvanlar-1’den 20’ye</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>99.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057467263</t>
+          <t>9786057467126</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Renkli Şirin Boyama 1 2+ Yaş</t>
+          <t>ABS 3-4 Yaş Dikkatimi Güçlendiriyorum</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>99.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057467102</t>
+          <t>9786057467294</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Renkli Harika Boyama Çizgiler 5+ Yaş</t>
+          <t>ABS 3-4 Yaş Bul-Eğlen</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>89.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057467287</t>
+          <t>9786057467249</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Renkli Harika Boyama Okula Hazırlık 5+ Yaş</t>
+          <t>ABS 3-4 Yaş Bilişsel Aktiviteler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>99.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786056964664</t>
+          <t>9786259872957</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Okumaya Başlıyorum (10 Kitap Takım)</t>
+          <t>Noktaları Birleştir - Boya Taşıtlar 1’den 30’a</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>89.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786056814624</t>
+          <t>9786057467256</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Dünya Masallarından Seçmeler (Düz Yazı) 10 Kitaplık Set</t>
+          <t>Renkli Şirin Boyama 2 2+ Yaş</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>199.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786056964671</t>
+          <t>9786057467225</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Tıkır Tıkır Tekerleme (10 Kitap Takım)</t>
+          <t>Renkli Sevimli Boyama 2 3+ Yaş</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>199.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786056814631</t>
+          <t>9786057467270</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Dünya Masallarından Seçmeler (10 Kitap Takım - Heceli)</t>
+          <t>Renkli Harika Boyama Harfler ve Sayılar 5+ Yaş</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>199.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056814617</t>
+          <t>9786056964695</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Sevimli Gerçek Öyküler (10 Kitap Takım)</t>
+          <t>Yaş Renkli Neşeli Boyama 2 4+ Yaş</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>199.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056964657</t>
+          <t>9786057467232</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Görgü Kuralları Serisi (10 Kitap Takım)</t>
+          <t>Renkli Sevimli Boyama 1 3+ Yaş</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>199.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056814693</t>
+          <t>9786057467201</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Aylin’in Günlüğü Serisi (10 Kitaplık Set)</t>
+          <t>Renkli Neşeli Boyama 1 4+ Yaş</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>199.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056814686</t>
+          <t>9786057467263</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Hayvan Dostlarımız Serisi (10 Kitap Takım)</t>
+          <t>Renkli Şirin Boyama 1 2+ Yaş</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>199.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056814679</t>
+          <t>9786057467102</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Emel İle Temel Serisi (10 Kitaplık Set)</t>
+          <t>Renkli Harika Boyama Çizgiler 5+ Yaş</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>199.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056964626</t>
+          <t>9786057467287</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Afacan Boyama</t>
+          <t>Renkli Harika Boyama Okula Hazırlık 5+ Yaş</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>89.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056964633</t>
+          <t>9786056964664</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Harika Afacan Boyama</t>
+          <t>1. Sınıf Okumaya Başlıyorum (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>89.9</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054720262</t>
+          <t>9786056814624</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Her Haftaya Bir Masal - 3. Sınıf</t>
+          <t>1. Sınıf Dünya Masallarından Seçmeler (Düz Yazı) 10 Kitaplık Set</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>79.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
+          <t>9786056964671</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Tıkır Tıkır Tekerleme (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>224.9</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786056814631</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Dünya Masallarından Seçmeler (10 Kitap Takım - Heceli)</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>199.9</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786056814617</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Sevimli Gerçek Öyküler (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>199.9</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786056964657</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Görgü Kuralları Serisi (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>199.9</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786056814693</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Aylin’in Günlüğü Serisi (10 Kitaplık Set)</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>199.9</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786056814686</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Hayvan Dostlarımız Serisi (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>199.9</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786056814679</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Emel İle Temel Serisi (10 Kitaplık Set)</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>199.9</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786056964626</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Neşeli Afacan Boyama</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786056964633</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Harika Afacan Boyama</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786054720262</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Her Haftaya Bir Masal - 3. Sınıf</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>79.9</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
           <t>9786057467119</t>
         </is>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Renkli Süper Boyama (10 Kitap Takım)</t>
         </is>
       </c>
-      <c r="C101" s="1">
+      <c r="C111" s="1">
         <v>299.9</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>