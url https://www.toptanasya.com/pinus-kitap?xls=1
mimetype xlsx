--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,505 +85,520 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055163624</t>
+          <t>9786055163617</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ben Dünkü Ben Değilim</t>
+          <t>Beyaz Kanatlı Vampir Set - 3</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>999.6</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055163600</t>
+          <t>9786055163624</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kanatlı Vampir 12 - Büyü Bozumu</t>
+          <t>Ben Dünkü Ben Değilim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>249.9</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055163594</t>
+          <t>9786055163600</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kanatlı Vampir 11 - Üç Gece</t>
+          <t>Beyaz Kanatlı Vampir 12 - Büyü Bozumu</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055163280</t>
+          <t>9786055163594</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kanatlı Vampir 1 - Başım Dertte</t>
+          <t>Beyaz Kanatlı Vampir 11 - Üç Gece</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055163525</t>
+          <t>9786055163280</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kanatlı Vampir 7: Kara Büyü</t>
+          <t>Beyaz Kanatlı Vampir 1 - Başım Dertte</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055163501</t>
+          <t>9786055163525</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kanatlı Vampir 6 - Derin Kuyu</t>
+          <t>Beyaz Kanatlı Vampir 7: Kara Büyü</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055163433</t>
+          <t>9786055163501</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Messi (4 Kitap Set)</t>
+          <t>Beyaz Kanatlı Vampir 6 - Derin Kuyu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>799.6</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055163457</t>
+          <t>9786055163433</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yürekli Robot Rowni (3 Kitap Set)</t>
+          <t>Hayalim Messi (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>599.9</v>
+        <v>799.6</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055163259</t>
+          <t>9786055163457</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Ronaldo 1 - Bu Kadarını Bende Beklemiyorum</t>
+          <t>Yürekli Robot Rowni (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>199.9</v>
+        <v>599.9</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055163365</t>
+          <t>9786055163259</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kanatlı Vampir 4 - Çürüyüş</t>
+          <t>Hayalim Ronaldo 1 - Bu Kadarını Bende Beklemiyorum</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>249.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055163334</t>
+          <t>9786055163365</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Ronaldo 3 - Yolun Sonu</t>
+          <t>Beyaz Kanatlı Vampir 4 - Çürüyüş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>199.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055163419</t>
+          <t>9786055163334</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kanatlı Vampir 5: Yıkım</t>
+          <t>Hayalim Ronaldo 3 - Yolun Sonu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>249.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055163297</t>
+          <t>9786055163419</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Ronaldo 2 - Bir Manyak Tarafından Kaçırıldım</t>
+          <t>Beyaz Kanatlı Vampir 5: Yıkım</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>199.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055163358</t>
+          <t>9786055163297</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kanatlı Vampir - 3 : İkinci Şans</t>
+          <t>Hayalim Ronaldo 2 - Bir Manyak Tarafından Kaçırıldım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>249.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055163310</t>
+          <t>9786055163358</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Büyük Felaket - Beyaz Kanatlı Vampir 2</t>
+          <t>Beyaz Kanatlı Vampir - 3 : İkinci Şans</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055163587</t>
+          <t>9786055163310</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi - Beyaz Kanatlı Vampir 10</t>
+          <t>Büyük Felaket - Beyaz Kanatlı Vampir 2</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055163532</t>
+          <t>9786055163587</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Son Gece - Beyaz Kanatlı Vampir 8</t>
+          <t>Kara Kedi - Beyaz Kanatlı Vampir 10</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055163570</t>
+          <t>9786055163532</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Cadı - Beyaz Kanatlı Vampir 9</t>
+          <t>Son Gece - Beyaz Kanatlı Vampir 8</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>249.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055163549</t>
+          <t>9786055163570</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kanatlı Vampir Seti - 2 (4 Kitap Takım)</t>
+          <t>Kraliçe Cadı - Beyaz Kanatlı Vampir 9</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>999.6</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055163556</t>
+          <t>9786055163549</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kanatlı Vampir Seti - 1 (4 Kitap Takım)</t>
+          <t>Beyaz Kanatlı Vampir Seti - 2 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>999.6</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055163266</t>
+          <t>9786055163556</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yürekli Robot Rowni 1- Bize Bir Şans Ver</t>
+          <t>Beyaz Kanatlı Vampir Seti - 1 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>199.9</v>
+        <v>999.6</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055163440</t>
+          <t>9786055163266</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Ronaldo (4 Kitap Set)</t>
+          <t>Yürekli Robot Rowni 1- Bize Bir Şans Ver</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>799.6</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055163327</t>
+          <t>9786055163440</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Messi 3 - Yolun Sonu</t>
+          <t>Hayalim Ronaldo (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>199.9</v>
+        <v>799.6</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055163303</t>
+          <t>9786055163327</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Messi 2 - Dedemin Çiftliği</t>
+          <t>Hayalim Messi 3 - Yolun Sonu</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055163563</t>
+          <t>9786055163303</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Neymar 2 - Feleğin Sillesi</t>
+          <t>Hayalim Messi 2 - Dedemin Çiftliği</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055163518</t>
+          <t>9786055163563</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Neymar 1 - Evsiz Adam ve Ne</t>
+          <t>Hayalim Neymar 2 - Feleğin Sillesi</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055163402</t>
+          <t>9786055163518</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yürekli Robot Rowni 3 - Büyük Dövüş</t>
+          <t>Hayalim Neymar 1 - Evsiz Adam ve Ne</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055163389</t>
+          <t>9786055163402</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Ronaldo 4 - Bana İnanmayanlara İnat Mutlu Son</t>
+          <t>Yürekli Robot Rowni 3 - Büyük Dövüş</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055163372</t>
+          <t>9786055163389</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Messi 4 - Bu İş Buraya Kadar Final</t>
+          <t>Hayalim Ronaldo 4 - Bana İnanmayanlara İnat Mutlu Son</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055163341</t>
+          <t>9786055163372</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yürekli Robot Rowni 2 : Kelebek Dansı</t>
+          <t>Hayalim Messi 4 - Bu İş Buraya Kadar Final</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>199.9</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
+          <t>9786055163341</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Yürekli Robot Rowni 2 : Kelebek Dansı</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>199.9</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
           <t>9786055163242</t>
         </is>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Hayalim Messi 1 - Gökte Ararken Evde Buldum</t>
         </is>
       </c>
-      <c r="C32" s="1">
+      <c r="C33" s="1">
         <v>199.9</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>