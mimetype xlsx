--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,1840 +85,2800 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259457543</t>
+          <t>9786259457574</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Gizemi</t>
+          <t>Depresyon Nasıl Başa Çıkılır?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259457529</t>
+          <t>9789755400693</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Senkronize Çocuk Yetiştirmek</t>
+          <t>Doğal Yöntemlerle Hazırlanan Bitkisel Parfümler Kolonyalar Kokular</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259457536</t>
+          <t>9789755400709</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Disleksi için Ebeveyn Rehberi</t>
+          <t>Doğal Yöntemlerle Hazırlanan Bitkisel Ev İlaçları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>425</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259457505</t>
+          <t>3990000025824</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Otizmi Tersine Çevir</t>
+          <t>Beyin Gücünüzü Arttırın</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259457512</t>
+          <t>9789944455077</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Numeroloji</t>
+          <t>101 Bilimsel Deneyler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>325</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057048899</t>
+          <t>9786053650645</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Kaygı ve Utangaçlık</t>
+          <t>Okul Öncesi Dikkat - Zeka ve Becerileri Geliştirme</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057048868</t>
+          <t>9786053650041</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Astroloji</t>
+          <t>Yapması ve Öğrenmesi Kolay Sihirbazlık Oyunları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057048875</t>
+          <t>9789755400655</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Rekabeti ve Kıskançlığı</t>
+          <t>Temel Astroloji Burçlar, Gezegenler ve Doğum Haritasının Hesaplanması</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057048882</t>
+          <t>9786053650140</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Montessori Yöntemiyle Pratik Yaşam Aktiviteleri</t>
+          <t>Zeka Mantık Oyunları 1</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057048851</t>
+          <t>9789755400785</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda</t>
+          <t>Şaşırtıcı Bilgiler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057048813</t>
+          <t>9789755401058</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Resimli Fitoterapi</t>
+          <t>Su Orucu / Şifa Orucu - Meyve Suyu İle Oruç - Detoks Reçeteleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>325</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053650713</t>
+          <t>9789755401249</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Stres Kaygı Panik Atak</t>
+          <t>Rusya’da Kullanılan 3000’in Üzerinde Bitki Reçetesi Büyük Şifalı Bitkiler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>675</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755400860</t>
+          <t>9789755400624</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dünyaca Ünlü Mausert Bitkisel Tedavi Formülleri</t>
+          <t>İnsanı İkna Etme ve Kazanma</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>260</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789755400716</t>
+          <t>9786053650065</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Doğal Yöntemlerle Elde Edilen Esans Yağları</t>
+          <t>İlköğretim Matematik Beyin Geliştirici Problemler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>325</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000030790</t>
+          <t>9786053650379</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Doğal Yollarla Evinizi Temizleyin</t>
+          <t>Süper Bağışıklık</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789755400648</t>
+          <t>3990000084776</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Doğal İlk Yardım</t>
+          <t>Rüya Tabirleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944455091</t>
+          <t>9786259457581</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dengeli Çocuk Yetiştirme</t>
+          <t>Reiki Sağlıklı Bir Hayat Yaşamanıza Nasıl Yardımcı Olabilir?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3990000001615</t>
+          <t>9786259457598</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çin Şifalı Bitkicilerinin El Kitabı</t>
+          <t>Potter'in Şifalı Bitkiler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>650</v>
+        <v>375</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053650218</t>
+          <t>9786259457567</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şifalı Bitkiler Ansiklopedisi</t>
+          <t>Pratik Numeroloji</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>750</v>
+        <v>260</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755400730</t>
+          <t>9786259457550</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bitkisel Vücut Bakımı</t>
+          <t>Enneagram</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755400822</t>
+          <t>9786057048837</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bitkisel Sağlık Reçeteleri</t>
+          <t>Gençler için Kaygı'dan Kurtulma</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755400631</t>
+          <t>9789755400877</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bitkisel Kozmetikler Ev Kozmetikleri</t>
+          <t>Dünyaca Ünlü Gizemli Olaylar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755400761</t>
+          <t>9789755400921</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bitkisel Antibiyotikler Antibiyotiklere Dirençli Bakterilerin Tedavisinde Doğal Alternatifler</t>
+          <t>Dünyaca Ünlü Çözülmemiş Sırlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990000016109</t>
+          <t>9789755400051</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Beynin Genç Kalsın</t>
+          <t>Bitkisel Tariflerle Doğal Cilt Bakımı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053650232</t>
+          <t>9789944455046</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Beyin Geliştirici Zeka Mantık Oyunları 2</t>
+          <t>Bitkisel Tedavi Yaygın ve Kronik Hastalıklar İçin</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755400983</t>
+          <t>9789755401294</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Beyin Geliştirici Zeka Mantık Oyunları</t>
+          <t>Bitkisel Tedavi Reçetelerinin Hazırlanması</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>110</v>
+        <v>375</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053650034</t>
+          <t>9789755400853</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Beyin Geliştirici Akıl Oyunları</t>
+          <t>Bitkisel Sağlık Rehberi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755400754</t>
+          <t>9789944455039</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda ve Aromaterapi</t>
+          <t>Bilimsel Baharatlar En İyi Bilimsel Komiklikler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>750</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755400747</t>
+          <t>9789755400990</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Aromaterapi Krem ve Losyonların Hazırlanması 101 Doğal Formül</t>
+          <t>Bellek Gücünü Artırma Geliştirme</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944455053</t>
+          <t>9789755401034</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Hastalıklar Nedenleri ve Doğal Tedavi Yöntemleri</t>
+          <t>Bebekler İçin Beyin Geliştirici Zeka Oyunları 12-36 Aylar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053650096</t>
+          <t>9789755401263</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Bebek ve Çocuk Bakımı</t>
+          <t>Bebekler İçin Beyin Geliştirici Zeka Oyunları 0 - 12 Aylar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944455060</t>
+          <t>9786053650263</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>15 Günde Çizim ve Boyama Kursu</t>
+          <t>Bebek İşaretleri 1-2-3</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>3990000002615</t>
+          <t>9786053650102</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Doğal Sağlık ve Güzellik Reçeteleri</t>
+          <t>Bebek Gelişiminde Oynayarak Öğrenme - 0-36 Aylar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053650447</t>
+          <t>9789944455169</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Bebek Yetiştirmek İçin Deneyler</t>
+          <t>Başarılı Anne Baba Olmak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053650492</t>
+          <t>9789755400613</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocukların Sevdiği 365 Oyun ve Etkinlikler</t>
+          <t>Bakımlı Erkeğin El Kitabı - Metroseksüel Olmanın Yolları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053650393</t>
+          <t>9789755401027</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Sevdiği 365 Zeka Geliştirici Oyun ve Etkinlikler</t>
+          <t>Anneciğim Benimle Oynar mısın?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789755400792</t>
+          <t>9789944455176</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İmalat Formülleri Ansiklopedisi 2. Kitap</t>
+          <t>71+10 Bilimsel Projeler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755401331</t>
+          <t>9789755400686</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İmalat Formülleri Ansiklopedisi 1. Kitap</t>
+          <t>%100 Düşünce Gücü ve Bellek Geliştirme</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053650706</t>
+          <t>9789755400037</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bebek Yetiştirme</t>
+          <t>Doğal Sağlıklı Saç Bakımı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053650652</t>
+          <t>9786053650386</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Özgüvenli Çocuklar Yetiştirmenin 125 Yolu</t>
+          <t>"Eyvah/Yaşasın" Çocuğum İlkokula Başladı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053650553</t>
+          <t>9786053650669</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Zeka-Mantık Soruları 2</t>
+          <t>Hızlı Matematik</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050651942</t>
+          <t>9786050651935</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Otizm ve Duyusal İşlem Bozukluğu Çocuklar İçin Pratik Aktiviteler</t>
+          <t>Sosyal, Motor ve Duysal Oyunlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053650676</t>
+          <t>9786053650591</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kız Bebek Sahibinin El Kitabı</t>
+          <t>Özgüveninizi Arttırmanın 100 Yolu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053650683</t>
+          <t>9786053650546</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Erkek Bebek Sahibinin El Kitabı</t>
+          <t>21 Günde Diyet</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053650621</t>
+          <t>9786050651959</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kalın Kas (Kaba Motor) Becerilerinin Gelişmesi İçin Aktiviteler</t>
+          <t>Otizm ve Duyusal İşlem Bozukluğu Olan Çocuklarda Erken Dönem Katılım Oyunları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755401564</t>
+          <t>9786053650560</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Çikolata ve Şekerleme (İkinci Kitap)</t>
+          <t>Bebekler İçin Doğal Sağlıklı Beslenme</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053650584</t>
+          <t>9786053650515</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Özgüven Sahibi Bebek Yetiştirme</t>
+          <t>Beden Dili Abc'si</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053650638</t>
+          <t>9786050651928</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Beyin</t>
+          <t>Akıllı Bebek - Yetiştirmek için 135 Egzersiz</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>725</v>
+        <v>310</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053650485</t>
+          <t>9786053650201</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Anaokulu Öğrencilerinin 365 Yaratıcı Oyunlar ve Etkinlikleri</t>
+          <t>Şaşırtıcı Bilgiler Ansiklopedisi 2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053650300</t>
+          <t>9789944455152</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Takıntıyı Kontrol Altına Alma</t>
+          <t>Sizin Çocuğunuzda Başarabilir</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053650287</t>
+          <t>9789944455084</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma ve Stressiz Yaşama</t>
+          <t>Sayılarla Eğlence</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053650294</t>
+          <t>9789944455329</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Pratik Bilgiler</t>
+          <t>Sağlık ve Mutluluk Reçeteleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053650188</t>
+          <t>9789944455015</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Zeka Mantık Oyunları 5</t>
+          <t>Pratik Reiki</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053650171</t>
+          <t>9786053650072</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zeka Mantık Oyunları 4</t>
+          <t>İlköğretim Matematik Beyin Geliştirici Problemler - Seviye 6-8</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053650164</t>
+          <t>9789755400815</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Zeka Mantık Oyunları 3</t>
+          <t>IQ Şekil Yeteneği</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053650058</t>
+          <t>9789755400839</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Satranç</t>
+          <t>Hayatınızı Kolaylaştıran Ufak Tefek Şeyler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755401256</t>
+          <t>9789944455022</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Hipnotizma</t>
+          <t>Evde Doğal Tedavi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755400121</t>
+          <t>9789755400976</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Temizliğe Ayıracak Zamanınız mı Yok?</t>
+          <t>Zihni Kontrol Altına Alma ve Stressiz Yaşamanın Yolları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755400938</t>
+          <t>9786056859908</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkilerle Tedavi</t>
+          <t>Zeka Geliştirici Oyunlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755400617</t>
+          <t>9786053650454</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler Ansiklopedisi</t>
+          <t>Dikkat Oyunları (0-12 Yaş)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053650133</t>
+          <t>9786053650362</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitki Reçeteleri</t>
+          <t>Beden Dilinin El Kitabı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755400020</t>
+          <t>9786057048820</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bir Yaşam ve Hastalıklarda Bitkisel Çaylar</t>
+          <t>Bebeğinizin Tuvalet Eğitimi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944455138</t>
+          <t>9786057048844</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Süper Öğrencinin Portresi</t>
+          <t>Gençler İçin Oyun Terapisi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755400778</t>
+          <t>9786056859953</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Zeka Mantık Oyunları</t>
+          <t>Down Sendromlu Çocuk ve Gençlerde Olumlu Davranışları Pekiştirmek</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755400808</t>
+          <t>9786259457543</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yoga ve Sağlık</t>
+          <t>Sayıların Gizemi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944455121</t>
+          <t>9786259457529</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sizi Öldüren Yiyecekler Yavaş Ama Sürekli</t>
+          <t>Senkronize Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755402048</t>
+          <t>9786259457536</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sınavda Başarı Kim Korkar Sınavdan</t>
+          <t>Çocuklarda Disleksi için Ebeveyn Rehberi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053650225</t>
+          <t>9786259457505</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Su Orucu (Şifa Orucu) Meyve Suyu ile Oruç Detoks Reçeteleri</t>
+          <t>Otizmi Tersine Çevir</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755401225</t>
+          <t>9786259457512</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Rosemary Gladstar’ın Bitkisel Reçeteleri</t>
+          <t>Numeroloji</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755400884</t>
+          <t>9786057048899</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Reiki ve Sağlığınız</t>
+          <t>Sosyal Kaygı ve Utangaçlık</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755402017</t>
+          <t>9786057048868</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Reiki El Kitabı</t>
+          <t>Astroloji</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053650157</t>
+          <t>9786057048875</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Zeka Mantık Oyunları 2</t>
+          <t>Kardeş Rekabeti ve Kıskançlığı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755402031</t>
+          <t>9786057048882</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Parmak Uçlarınızla Yüz Gerdirme</t>
+          <t>Montessori Yöntemiyle Pratik Yaşam Aktiviteleri</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944455220</t>
+          <t>9786057048851</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Öfke</t>
+          <t>Ayurveda</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053650126</t>
+          <t>9786057048813</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Oynayarak Öğrenme</t>
+          <t>Resimli Fitoterapi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053650256</t>
+          <t>9786053650713</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Beyin Geliştirici Bulmacalar ve Oyunlar</t>
+          <t>Stres Kaygı Panik Atak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>160</v>
+        <v>850</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944455107</t>
+          <t>9789755400860</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mülakatlarda Başarıyı Garantileyin</t>
+          <t>Dünyaca Ünlü Mausert Bitkisel Tedavi Formülleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755402000</t>
+          <t>9789755400716</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Cilt İçin Doğal Reçeteler</t>
+          <t>Doğal Yöntemlerle Elde Edilen Esans Yağları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944455312</t>
+          <t>3990000030790</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evliliğin Sırları</t>
+          <t>Doğal Yollarla Evinizi Temizleyin</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053650249</t>
+          <t>9789755400648</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Sırları</t>
+          <t>Doğal İlk Yardım</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944455237</t>
+          <t>9789944455091</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mucize İlaç Sirke</t>
+          <t>Dengeli Çocuk Yetiştirme</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755400907</t>
+          <t>3990000001615</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Meyve Sebze Özsuyu ile Tedavi</t>
+          <t>Çin Şifalı Bitkicilerinin El Kitabı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>260</v>
+        <v>850</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944455404</t>
+          <t>9786053650218</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Masaj</t>
+          <t>Büyük Şifalı Bitkiler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>260</v>
+        <v>900</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944455145</t>
+          <t>9789755400730</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kronik Hastalıklar</t>
+          <t>Bitkisel Vücut Bakımı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755400891</t>
+          <t>9789755400822</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Korkuyu Nasıl Yeneceksiniz?</t>
+          <t>Bitkisel Sağlık Reçeteleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755400621</t>
+          <t>9789755400631</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kir ve Leke Çıkarma El Kitabı</t>
+          <t>Bitkisel Kozmetikler Ev Kozmetikleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053650003</t>
+          <t>9789755400761</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kız Çocuklarının Genç Olma Rehberi</t>
+          <t>Bitkisel Antibiyotikler Antibiyotiklere Dirençli Bakterilerin Tedavisinde Doğal Alternatifler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755400600</t>
+          <t>3990000016109</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Jude’nin Bitkisel Ev Reçeteleri</t>
+          <t>Beynin Genç Kalsın</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053650089</t>
+          <t>9786053650232</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İlk Yılında Bebek Bakımı</t>
+          <t>Beyin Geliştirici Zeka Mantık Oyunları 2</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053650027</t>
+          <t>9789755400983</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hesap Makinesi Kullanmadan Zihinden Matematik</t>
+          <t>Beyin Geliştirici Zeka Mantık Oyunları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755400945</t>
+          <t>9786053650034</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Fenner’in Hastalıkları Tedavi Formülleri</t>
+          <t>Beyin Geliştirici Akıl Oyunları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755400952</t>
+          <t>9789755400754</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui</t>
+          <t>Ayurveda ve Aromaterapi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>850</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053650010</t>
+          <t>9789755400747</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Erkek Çocuklarının Genç Olma Rehberi</t>
+          <t>Aromaterapi Krem ve Losyonların Hazırlanması 101 Doğal Formül</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053650270</t>
+          <t>9789944455053</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bebek ve Küçük Çocuklarda Eğlenerek Öğrenme</t>
+          <t>A’dan Z’ye Hastalıklar Nedenleri ve Doğal Tedavi Yöntemleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>260</v>
+        <v>800</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000012886</t>
+          <t>9786053650096</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Doğal Sıvı Sabunlar Yapmak</t>
+          <t>A’dan Z’ye Bebek ve Çocuk Bakımı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053650508</t>
+          <t>9789944455060</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Zeka Mantık Soruları</t>
+          <t>15 Günde Çizim ve Boyama Kursu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755401546</t>
+          <t>3990000002615</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Çikolata ve Şekerleme (Birinci Kitap)</t>
+          <t>Doğal Sağlık ve Güzellik Reçeteleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>260</v>
+        <v>375</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053650423</t>
+          <t>9786053650447</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Hiperaktivite Bozukluğunu Kontrol Altına Alma</t>
+          <t>Akıllı Bebek Yetiştirmek İçin Deneyler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053650430</t>
+          <t>9786053650492</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Üstün Zekalı Çocuklar İçin Başarının 101 Sırrı</t>
+          <t>Okul Öncesi Çocukların Sevdiği 365 Oyun ve Etkinlikler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053650478</t>
+          <t>9786053650393</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>365 Sanat ve Elişi Etkinlikleri</t>
+          <t>Çocukların Sevdiği 365 Zeka Geliştirici Oyun ve Etkinlikler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>245</v>
+        <v>310</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053650577</t>
+          <t>9789755400792</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi</t>
+          <t>İmalat Formülleri Ansiklopedisi 2. Kitap</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755400088</t>
+          <t>9789755401331</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Problemlerle Makina Dizaynı</t>
+          <t>İmalat Formülleri Ansiklopedisi 1. Kitap</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053650355</t>
+          <t>9786053650706</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Etkili Disiplin</t>
+          <t>Mutlu Bebek Yetiştirme</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053650522</t>
+          <t>9786053650652</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bebek Bakım Sorunlarına Çözümler</t>
+          <t>Özgüvenli Çocuklar Yetiştirmenin 125 Yolu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053650539</t>
+          <t>9786053650553</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik Doğum ve Bebek Bakımı</t>
+          <t>Eğlenceli Zeka-Mantık Soruları 2</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050651973</t>
+          <t>9786050651942</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Down Sendromlu Çocuklarda El Becerilerini Geliştirici Aktiviteler</t>
+          <t>Otizm ve Duyusal İşlem Bozukluğu Çocuklar İçin Pratik Aktiviteler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>525</v>
+        <v>550</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050651980</t>
+          <t>9786053650676</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dislekside İlk Adım</t>
+          <t>Kız Bebek Sahibinin El Kitabı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>125</v>
+        <v>550</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050651997</t>
+          <t>9786053650683</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bitkisel Eczane - 375 Reçete</t>
+          <t>Erkek Bebek Sahibinin El Kitabı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786056859984</t>
+          <t>9786053650621</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sabun Nasıl Yapılır</t>
+          <t>Kalın Kas (Kaba Motor) Becerilerinin Gelişmesi İçin Aktiviteler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050651904</t>
+          <t>9789755401564</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Asperger Sendromlu Gençler ve Yetişkinler İçin Sosyal Beceriler</t>
+          <t>Adım Adım Çikolata ve Şekerleme (İkinci Kitap)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786056859960</t>
+          <t>9786053650584</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler İçin Büyük Disleksi Aktiviteleri Kitabı</t>
+          <t>Özgüven Sahibi Bebek Yetiştirme</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056859977</t>
+          <t>9786053650638</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinizin Gelişimi</t>
+          <t>Güçlü Beyin</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>260</v>
+        <v>850</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056859922</t>
+          <t>9786053650485</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi Metodu</t>
+          <t>Anaokulu Öğrencilerinin 365 Yaratıcı Oyunlar ve Etkinlikleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>600</v>
+        <v>310</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050651911</t>
+          <t>9786053650300</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Aromaterapi - Esans Yağları, Kremler, Merhemler, Macunlar ve Losyonlar</t>
+          <t>Takıntıyı Kontrol Altına Alma</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786056859991</t>
+          <t>9786053650287</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinlerde Bipolar Bozukluk İçin Sağlık Rehberi</t>
+          <t>Mutlu Olma ve Stressiz Yaşama</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786056859939</t>
+          <t>9786053650294</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Analitik Geometri</t>
+          <t>Pratik Bilgiler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>850</v>
+        <v>220</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786056859915</t>
+          <t>9786053650188</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Otizm Spektrum Bozukluğu Olan Çocuklara Yaşam ve Sosyal Dil Becerilerinin Öğretimi</t>
+          <t>Zeka Mantık Oyunları 5</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>425</v>
+        <v>170</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050651966</t>
+          <t>9786053650171</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Duyusal İşlem Bozukluğu İçin Günlük Oyunlar</t>
+          <t>Zeka Mantık Oyunları 4</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053650737</t>
+          <t>9786053650164</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hareket ve Öğrenme</t>
+          <t>Zeka Mantık Oyunları 3</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
+          <t>9786053650058</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlayanlar İçin Satranç</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789755401256</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlayanlar İçin Hipnotizma</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789755400121</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Temizliğe Ayıracak Zamanınız mı Yok?</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789755400938</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Şifalı Bitkilerle Tedavi</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789755400617</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Şifalı Bitkiler Ansiklopedisi</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786053650133</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Şifalı Bitki Reçeteleri</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789755400020</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Şifalı Bir Yaşam ve Hastalıklarda Bitkisel Çaylar</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789944455138</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Süper Öğrencinin Portresi</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789755400778</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Zeka Mantık Oyunları</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789755400808</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Yoga ve Sağlık</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789944455121</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Sizi Öldüren Yiyecekler Yavaş Ama Sürekli</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789755402048</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Sınavda Başarı Kim Korkar Sınavdan</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786053650225</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Su Orucu (Şifa Orucu) Meyve Suyu ile Oruç Detoks Reçeteleri</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789755401225</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Rosemary Gladstar’ın Bitkisel Reçeteleri</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789755400884</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Reiki ve Sağlığınız</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789755402017</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Reiki El Kitabı</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786053650157</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Zeka Mantık Oyunları 2</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789755402031</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Parmak Uçlarınızla Yüz Gerdirme</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789944455220</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Öfke</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786053650126</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Oynayarak Öğrenme</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786053650256</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Beyin Geliştirici Bulmacalar ve Oyunlar</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789944455107</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Mülakatlarda Başarıyı Garantileyin</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789755402000</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmel Cilt İçin Doğal Reçeteler</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789944455312</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Evliliğin Sırları</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786053650249</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Mutfak Sırları</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789944455237</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Mucize İlaç Sirke</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789755400907</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Meyve Sebze Özsuyu ile Tedavi</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789944455404</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Masaj</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789944455145</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Kronik Hastalıklar</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789755400891</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Korkuyu Nasıl Yeneceksiniz?</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789755400621</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Kir ve Leke Çıkarma El Kitabı</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786053650003</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Kız Çocuklarının Genç Olma Rehberi</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789755400600</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Jude’nin Bitkisel Ev Reçeteleri</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786053650089</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>İlk Yılında Bebek Bakımı</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786053650027</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Hesap Makinesi Kullanmadan Zihinden Matematik</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9789755400945</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Fenner’in Hastalıkları Tedavi Formülleri</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789755400952</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Feng Shui</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786053650010</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Erkek Çocuklarının Genç Olma Rehberi</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786053650270</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Bebek ve Küçük Çocuklarda Eğlenerek Öğrenme</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>3990000012886</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Doğal Sıvı Sabunlar Yapmak</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786053650508</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Zeka Mantık Soruları</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789755401546</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Adım Adım Çikolata ve Şekerleme (Birinci Kitap)</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786053650423</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat Eksikliği ve Hiperaktivite Bozukluğunu Kontrol Altına Alma</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786053650430</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Üstün Zekalı Çocuklar İçin Başarının 101 Sırrı</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786053650478</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>365 Sanat ve Elişi Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786053650577</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789755400088</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Teori ve Problemlerle Makina Dizaynı</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786053650355</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarda Etkili Disiplin</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786053650522</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Bakım Sorunlarına Çözümler</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786053650539</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Hamilelik Doğum ve Bebek Bakımı</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786050651973</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Down Sendromlu Çocuklarda El Becerilerini Geliştirici Aktiviteler</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786050651980</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Dislekside İlk Adım</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786050651997</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Bitkisel Eczane - 375 Reçete</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786056859984</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Sabun Nasıl Yapılır</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786050651904</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Asperger Sendromlu Gençler ve Yetişkinler İçin Sosyal Beceriler</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786056859960</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar ve Gençler İçin Büyük Disleksi Aktiviteleri Kitabı</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786056859977</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğinizin Gelişimi</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786056859922</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Tarihi Metodu</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786050651911</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Aromaterapi - Esans Yağları, Kremler, Merhemler, Macunlar ve Losyonlar</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786056859991</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Yetişkinlerde Bipolar Bozukluk İçin Sağlık Rehberi</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786056859939</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Analitik Geometri</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786056859915</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Otizm Spektrum Bozukluğu Olan Çocuklara Yaşam ve Sosyal Dil Becerilerinin Öğretimi</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786050651966</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Duyusal İşlem Bozukluğu İçin Günlük Oyunlar</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786053650737</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Hareket ve Öğrenme</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
           <t>9786053650751</t>
         </is>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Prematüre Bebek</t>
         </is>
       </c>
-      <c r="C121" s="1">
-        <v>675</v>
+      <c r="C185" s="1">
+        <v>750</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>