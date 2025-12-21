--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,2380 +85,2425 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052355190</t>
+          <t>9786052302545</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Origami 5 Yaş</t>
+          <t>Çanakkale Destanı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786058275577</t>
+          <t>9786052302798</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli ve Öğretici Çizgi Çalışmaları</t>
+          <t>Yardımsever Bay Ayı</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786058275560</t>
+          <t>9786052302415</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştiren Oyunlar</t>
+          <t>Kolay Okuma Egzersizleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052302453</t>
+          <t>9786052355190</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Kodlama - Zor</t>
+          <t>Origami 5 Yaş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9783021989318</t>
+          <t>9786058275577</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şirinler Oyun Kitapları Seti (5 Kitap Takım)</t>
+          <t>Eğlenceli ve Öğretici Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052302804</t>
+          <t>9786058275560</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Biraz Farklı</t>
+          <t>Zeka Geliştiren Oyunlar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052355084</t>
+          <t>9786052302453</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Visual Dictionary Word Book English - Turkish</t>
+          <t>Eğlenceli Kodlama - Zor</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052302859</t>
+          <t>9783021989318</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Cesur Fare Miika</t>
+          <t>Şirinler Oyun Kitapları Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256298354</t>
+          <t>9786052302804</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Eğlendiren Düşündüren Öğreten Etkinlikler</t>
+          <t>Biraz Farklı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256298323</t>
+          <t>9786052355084</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Kahramanları Boyama Kitabı</t>
+          <t>Visual Dictionary Word Book English - Turkish</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256298330</t>
+          <t>9786052302859</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Kahramanları Boyama Kitabı</t>
+          <t>Cesur Fare Miika</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256298347</t>
+          <t>9786256298354</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Manga Boyama</t>
+          <t>Eğlendiren Düşündüren Öğreten Etkinlikler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256298385</t>
+          <t>9786256298323</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Origami (Kağıt Katlama Sanatı)</t>
+          <t>Türk Dünyası Kahramanları Boyama Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256298378</t>
+          <t>9786256298330</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Koordinatlı Kodlama</t>
+          <t>Türk Dünyası Kahramanları Boyama Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256298361</t>
+          <t>9786256298347</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Düşünme Becerisi Geliştiren Zeka Soruları - IQ</t>
+          <t>Manga Boyama</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256298309</t>
+          <t>9786256298385</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Kahramanları Aktivite Kitabı (Eski Zaman)</t>
+          <t>Eğlenceli Origami (Kağıt Katlama Sanatı)</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256298316</t>
+          <t>9786256298378</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Kahramanları Aktivite Kitabı</t>
+          <t>Koordinatlı Kodlama</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256298293</t>
+          <t>9786256298361</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gizli Nesneleri Yakala</t>
+          <t>Dikkat ve Düşünme Becerisi Geliştiren Zeka Soruları - IQ</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256298262</t>
+          <t>9786256298309</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gizli Nesneleri Ara</t>
+          <t>Türk Dünyası Kahramanları Aktivite Kitabı (Eski Zaman)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256298279</t>
+          <t>9786256298316</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gizli Nesneleri Bul</t>
+          <t>Türk Dünyası Kahramanları Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256298286</t>
+          <t>9786256298293</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gizli Nesneleri Keşfet</t>
+          <t>Gizli Nesneleri Yakala</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256298392</t>
+          <t>9786256298262</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Şiirler</t>
+          <t>Gizli Nesneleri Ara</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>95</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052302743</t>
+          <t>9786256298279</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Arıların Gizli Yaşamı</t>
+          <t>Gizli Nesneleri Bul</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052302538</t>
+          <t>9786256298286</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Satranç (Oyunlar Yoluyla Değerler Eğitimi)</t>
+          <t>Gizli Nesneleri Keşfet</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052355411</t>
+          <t>9786256298392</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Bilgiler</t>
+          <t>Çocuklara Şiirler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>60</v>
+        <v>95</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256298255</t>
+          <t>9786052302743</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Fil ve Lir Kuşu (Ciltli)</t>
+          <t>Arıların Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052302026</t>
+          <t>9786052302538</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Çocuklar İçin Satranç (Oyunlar Yoluyla Değerler Eğitimi)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052302729</t>
+          <t>9786052355411</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sevgi</t>
+          <t>İnanılmaz Bilgiler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052302774</t>
+          <t>9786256298255</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Büyükbabamın Gizemli Devi</t>
+          <t>Yaşlı Fil ve Lir Kuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256298132</t>
+          <t>9786052302026</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256298163</t>
+          <t>9786052302729</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ağaçların Gizli Yaşamı (Ciltli)</t>
+          <t>Sevgi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256298170</t>
+          <t>9786052302774</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Arıların Gizli Yaşamı (Ciltli)</t>
+          <t>Büyükbabamın Gizemli Devi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052302422</t>
+          <t>9786256298132</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ayı ile Piyano (Ciltli)</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052302477</t>
+          <t>9786256298163</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ayı, Piyano ve Küçük Ayının Konseri (Ciltli)</t>
+          <t>Ağaçların Gizli Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256298194</t>
+          <t>9786256298170</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ayı, Piyano ve Küçük Ayının Konseri</t>
+          <t>Arıların Gizli Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052302460</t>
+          <t>9786052302422</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ayı, Piyano, Köpek ve Keman (Ciltli)</t>
+          <t>Ayı ile Piyano (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256298187</t>
+          <t>9786052302477</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ayı, Piyano, Köpek ve Keman</t>
+          <t>Ayı, Piyano ve Küçük Ayının Konseri (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256298156</t>
+          <t>9786256298194</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Belki (Ciltli)</t>
+          <t>Ayı, Piyano ve Küçük Ayının Konseri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256298149</t>
+          <t>9786052302460</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Belki</t>
+          <t>Ayı, Piyano, Köpek ve Keman (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052302842</t>
+          <t>9786256298187</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Böceklerin Gizli Yaşamı (Ciltli)</t>
+          <t>Ayı, Piyano, Köpek ve Keman</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256298217</t>
+          <t>9786256298156</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Böceklerin Gizli Yaşamı</t>
+          <t>Belki (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256298248</t>
+          <t>9786256298149</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Belki</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052302439</t>
+          <t>9786052302842</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyden Korkan Küçük Kız (Ciltli)</t>
+          <t>Böceklerin Gizli Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256298200</t>
+          <t>9786256298217</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyden Korkan Küçük Kız</t>
+          <t>Böceklerin Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052302491</t>
+          <t>9786256298248</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Gizli Yaşamı (Ciltli)</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256298224</t>
+          <t>9786052302439</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Gizli Yaşamı</t>
+          <t>Her Şeyden Korkan Küçük Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052302484</t>
+          <t>9786256298200</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Okyanusların Gizli Yaşamı (Ciltli)</t>
+          <t>Her Şeyden Korkan Küçük Kız</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256298231</t>
+          <t>9786052302491</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Okyanusların Gizli Yaşamı</t>
+          <t>Kuşların Gizli Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256298125</t>
+          <t>9786256298224</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Kuşların Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256298118</t>
+          <t>9786052302484</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Okyanusların Gizli Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052302613</t>
+          <t>9786256298231</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk - İradeli Olmanın Önemi</t>
+          <t>Okyanusların Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256298026</t>
+          <t>9786256298125</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Seyit Onbaşı - Başarılı Olmanın Önemi</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256298033</t>
+          <t>9786256298118</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Vecihi Hürkuş - Tutkulu Olmanın Önemi</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052302606</t>
+          <t>9786052302613</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman - Adaletli Olmanın Önemi</t>
+          <t>Mustafa Kemal Atatürk - İradeli Olmanın Önemi</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052302620</t>
+          <t>9786256298026</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Koca Yusuf - Özgüvenin Önemi</t>
+          <t>Seyit Onbaşı - Başarılı Olmanın Önemi</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256298040</t>
+          <t>9786256298033</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Alp Arslan - Cesaretli Olmanın Önemi</t>
+          <t>Vecihi Hürkuş - Tutkulu Olmanın Önemi</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256298057</t>
+          <t>9786052302606</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir - Sadakatin Önemi</t>
+          <t>Kanuni Sultan Süleyman - Adaletli Olmanın Önemi</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256298064</t>
+          <t>9786052302620</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tuğrul ve Çağrı Beyler - Kardeş Sevgisinin Önemi</t>
+          <t>Koca Yusuf - Özgüvenin Önemi</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256298071</t>
+          <t>9786256298040</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yarbay Hasan ve Köpeği Canberk - Bağlılığın Önemi</t>
+          <t>Alp Arslan - Cesaretli Olmanın Önemi</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256298088</t>
+          <t>9786256298057</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan - Becerinin Önemi</t>
+          <t>Kazım Karabekir - Sadakatin Önemi</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256298095</t>
+          <t>9786256298064</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan - Doğa Sevgisinin Önemi</t>
+          <t>Tuğrul ve Çağrı Beyler - Kardeş Sevgisinin Önemi</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256298101</t>
+          <t>9786256298071</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin Paşa - Kardeşliğin Önemi</t>
+          <t>Yarbay Hasan ve Köpeği Canberk - Bağlılığın Önemi</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052355138</t>
+          <t>9786256298088</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>500 Aktivite</t>
+          <t>Mimar Sinan - Becerinin Önemi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052355640</t>
+          <t>9786256298095</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin 200 Zeka Oyunu</t>
+          <t>Karacaoğlan - Doğa Sevgisinin Önemi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052302590</t>
+          <t>9786256298101</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Thomas Edison - Yaratıcı Olmanın Önemi</t>
+          <t>Barbaros Hayrettin Paşa - Kardeşliğin Önemi</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256298019</t>
+          <t>9786052355138</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>500 Aktivite</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256298002</t>
+          <t>9786052355640</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Çocuklar İçin 200 Zeka Oyunu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052302118</t>
+          <t>9786052302590</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Aya Yolculuk</t>
+          <t>Benim Adım Thomas Edison - Yaratıcı Olmanın Önemi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052302989</t>
+          <t>9786256298019</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052302996</t>
+          <t>9786256298002</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052355367</t>
+          <t>9786052302118</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Sözlüğüm</t>
+          <t>Aya Yolculuk</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052302866</t>
+          <t>9786052302989</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Herkes Farklıdır!</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052302972</t>
+          <t>9786052302996</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Demir Yolu Çocukları</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052302958</t>
+          <t>9786052355367</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitoloji Atlasında Tarih Öncesine Yolculuk</t>
+          <t>Benim İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052302965</t>
+          <t>9786052302866</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Matematik Kurtları</t>
+          <t>Herkes Farklıdır!</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052302910</t>
+          <t>9786052302972</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şölen</t>
+          <t>Demir Yolu Çocukları</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052302934</t>
+          <t>9786052302958</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yüzük</t>
+          <t>Türk Mitoloji Atlasında Tarih Öncesine Yolculuk</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052302903</t>
+          <t>9786052302965</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Paradokslar Ülkesi</t>
+          <t>Matematik Kurtları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052302897</t>
+          <t>9786052302910</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Atlantis Krallığı</t>
+          <t>Şölen</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052302941</t>
+          <t>9786052302934</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Başlangıcı</t>
+          <t>Sihirli Yüzük</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052302880</t>
+          <t>9786052302903</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Küçük Filozoflar İçin Hikayeler -2 / Gizemli Mağara</t>
+          <t>Paradokslar Ülkesi</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052302873</t>
+          <t>9786052302897</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Küçük Filozoflar İçin Hikayeler - 1 /Dünyanın En Bilge Adamı</t>
+          <t>Muhteşem Atlantis Krallığı</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052302927</t>
+          <t>9786052302941</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Athena’nın İntikamı</t>
+          <t>Her Şeyin Başlangıcı</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052302811</t>
+          <t>9786052302880</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar - İdealist Olmanın Önemi</t>
+          <t>Küçük Filozoflar İçin Hikayeler -2 / Gizemli Mağara</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052302736</t>
+          <t>9786052302873</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dilek</t>
+          <t>Küçük Filozoflar İçin Hikayeler - 1 /Dünyanın En Bilge Adamı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052302712</t>
+          <t>9786052302927</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Denemeye Devam Et Alaaddin! - Masal Arkadaşları</t>
+          <t>Athena’nın İntikamı</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052302668</t>
+          <t>9786052302811</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Küsme Goldilocks! - Masal Arkadaşları</t>
+          <t>Aziz Sancar - İdealist Olmanın Önemi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052302644</t>
+          <t>9786052302736</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Uyan Uyuyan Güzel - Masal Arkadaşları</t>
+          <t>Dilek</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052302767</t>
+          <t>9786052302712</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Denemeye Devam Et Alaaddin! - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052302699</t>
+          <t>9786052302668</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Jack Fasulye Sırıklarını Kırıyor - Masal Arkadaşları</t>
+          <t>Küsme Goldilocks! - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052302675</t>
+          <t>9786052302644</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi'nin Bale Ayakkabıları - Masal Arkadaşları</t>
+          <t>Uyan Uyuyan Güzel - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052302705</t>
+          <t>9786052302767</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel'in Zencefilli Kurabiye Evi - Masal Arkadaşları</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052302682</t>
+          <t>9786052302699</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız Korkuyor - Masal Arkadaşları</t>
+          <t>Jack Fasulye Sırıklarını Kırıyor - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052302651</t>
+          <t>9786052302675</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses Yıldız Golcü - Masal Arkadaşları</t>
+          <t>Külkedisi'nin Bale Ayakkabıları - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052302750</t>
+          <t>9786052302705</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ağaçların Gizli Yaşamı</t>
+          <t>Hansel ve Gretel'in Zencefilli Kurabiye Evi - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052302781</t>
+          <t>9786052302682</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ayı ile Piyano</t>
+          <t>Kırmızı Başlıklı Kız Korkuyor - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052302637</t>
+          <t>9786052302651</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun - Vatan Sevgisinin Önemi</t>
+          <t>Pamuk Prenses Yıldız Golcü - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052302552</t>
+          <t>9786052302750</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Elon Musk - Kararlı Olmanın Önemi</t>
+          <t>Ağaçların Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052302569</t>
+          <t>9786052302781</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Galileo - Paylaşmanın Önemi</t>
+          <t>Ayı ile Piyano</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052302576</t>
+          <t>9786052302637</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Marie Curie - Sözünü Tutmanın Önemi</t>
+          <t>Nene Hatun - Vatan Sevgisinin Önemi</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052302583</t>
+          <t>9786052302552</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Nikola Tesla - Hayal Kurmanın Önemi</t>
+          <t>Benim Adım Elon Musk - Kararlı Olmanın Önemi</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052302514</t>
+          <t>9786052302569</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Niçin Hıçkırırız?</t>
+          <t>Benim Adım Galileo - Paylaşmanın Önemi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052302511</t>
+          <t>9786052302576</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ay'ın Tadı Neye Benzer?</t>
+          <t>Benim Adım Marie Curie - Sözünü Tutmanın Önemi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052302385</t>
+          <t>9786052302583</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>T-Rex'in Tüyleri Var mıydı?</t>
+          <t>Benim Adım Nikola Tesla - Hayal Kurmanın Önemi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052302392</t>
+          <t>9786052302514</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Kodlama - Orta</t>
+          <t>Niçin Hıçkırırız?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>8698745210000</t>
+          <t>9786052302511</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Öğren Matematik Seti (2 Kitap Takım)</t>
+          <t>Ay'ın Tadı Neye Benzer?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>8698745219508</t>
+          <t>9786052302385</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Matematik Seti (2 Kitap Takım)</t>
+          <t>T-Rex'in Tüyleri Var mıydı?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9783021875369</t>
+          <t>9786052302392</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Şirinler Temalı Aktiviteler Seti (3 Kitap Takım)</t>
+          <t>Eğlenceli Kodlama - Orta</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>330</v>
+        <v>75</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9783021874522</t>
+          <t>8698745210000</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tatu ve Patu Seti (3 Kitap Takım)</t>
+          <t>Keşfet ve Öğren Matematik Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9783021987369</t>
+          <t>8698745219508</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti (12 Kitap Takım)</t>
+          <t>Matematik Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>930</v>
+        <v>290</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052302408</t>
+          <t>9783021875369</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler</t>
+          <t>Şirinler Temalı Aktiviteler Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>80</v>
+        <v>330</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052302354</t>
+          <t>9783021874522</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tatu ve Patu'nun Garip Aletleri</t>
+          <t>Tatu ve Patu Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052302361</t>
+          <t>9783021987369</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tatu ve Patu'nun Çağlar Boyu Tuhaf Buluşları</t>
+          <t>Çocuk Klasikleri Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>110</v>
+        <v>930</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052302378</t>
+          <t>9786052302408</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tatu ve Patu Süper Kahramanlar</t>
+          <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052302330</t>
+          <t>9786052302354</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Şirinler - Kumsal</t>
+          <t>Tatu ve Patu'nun Garip Aletleri</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052302323</t>
+          <t>9786052302361</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şirinler - Futbol</t>
+          <t>Tatu ve Patu'nun Çağlar Boyu Tuhaf Buluşları</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052302347</t>
+          <t>9786052302378</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Şirinler - Spor</t>
+          <t>Tatu ve Patu Süper Kahramanlar</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052302149</t>
+          <t>9786052302330</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Şirin Salatası Hikayeli Boyama - Şirinler</t>
+          <t>Şirinler - Kumsal</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052302156</t>
+          <t>9786052302323</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Şirine Hikayeli Boyama - Şirinler</t>
+          <t>Şirinler - Futbol</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052302170</t>
+          <t>9786052302347</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Şirin Hikayeli Boyama - Şirinler</t>
+          <t>Şirinler - Spor</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052302293</t>
+          <t>9786052302149</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Oyunlar - Şirinler</t>
+          <t>Şirin Salatası Hikayeli Boyama - Şirinler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052302316</t>
+          <t>9786052302156</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Oyunlar - Şirinler</t>
+          <t>Şirine Hikayeli Boyama - Şirinler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052302224</t>
+          <t>9786052302170</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama Kitabı - Şirinler</t>
+          <t>Vahşi Şirin Hikayeli Boyama - Şirinler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052302231</t>
+          <t>9786052302293</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Boyama Kitabı - Şirinler</t>
+          <t>Keyifli Oyunlar - Şirinler</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052302248</t>
+          <t>9786052302316</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Öğretici Boyama Kitabı - Şirinler</t>
+          <t>Eğitici Oyunlar - Şirinler</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052302309</t>
+          <t>9786052302224</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Oyunlar - Şirinler</t>
+          <t>Eğlenceli Boyama Kitabı - Şirinler</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052302262</t>
+          <t>9786052302231</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Büyüleyici Boyama Kitabı - Şirinler</t>
+          <t>Keyifli Boyama Kitabı - Şirinler</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052302255</t>
+          <t>9786052302248</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama Kitabı - Şirinler</t>
+          <t>Öğretici Boyama Kitabı - Şirinler</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052302286</t>
+          <t>9786052302309</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Öğretici Oyunlar - Şirinler</t>
+          <t>Eğlenceli Oyunlar - Şirinler</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052302071</t>
+          <t>9786052302262</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Büyüleyici Boyama Kitabı - Şirinler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052302040</t>
+          <t>9786052302255</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Sevimli Boyama Kitabı - Şirinler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052302064</t>
+          <t>9786052302286</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Öğretici Oyunlar - Şirinler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052302101</t>
+          <t>9786052302071</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052302088</t>
+          <t>9786052302040</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Turu</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052302057</t>
+          <t>9786052302064</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052302125</t>
+          <t>9786052302101</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Kaptanlar</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052302095</t>
+          <t>9786052302088</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Seksen Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052302033</t>
+          <t>9786052302057</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052355534</t>
+          <t>9786052302125</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Örneğe Bak ve Boya - Sarı</t>
+          <t>Korkusuz Kaptanlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052355541</t>
+          <t>9786052302095</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Örneğe Bak ve Boya - Turuncu</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052355633</t>
+          <t>9786052302033</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çarpma ve Bölme</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>60</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052355428</t>
+          <t>9786052355534</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Öğren Matematik Toplama - Çıkarma</t>
+          <t>Örneğe Bak ve Boya - Sarı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>190</v>
+        <v>45</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052355435</t>
+          <t>9786052355541</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Matematik Çarpma Bölme - Keşfet ve Öğren</t>
+          <t>Örneğe Bak ve Boya - Turuncu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>190</v>
+        <v>45</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052355619</t>
+          <t>9786052355633</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Neden Niçin Nasıl?</t>
+          <t>Çarpma ve Bölme</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052355442</t>
+          <t>9786052355428</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Matematik Senden Korksun</t>
+          <t>Keşfet ve Öğren Matematik Toplama - Çıkarma</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052355299</t>
+          <t>9786052355435</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Aklınızı Başınızdan Alan Rekorlar ve Rekortmenler</t>
+          <t>Matematik Çarpma Bölme - Keşfet ve Öğren</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052355220</t>
+          <t>9786052355619</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sayılar (5 Yaş)</t>
+          <t>Soru ve Cevaplarla Neden Niçin Nasıl?</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052355268</t>
+          <t>9786052355442</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Şekiller</t>
+          <t>Matematik Senden Korksun</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052355206</t>
+          <t>9786052355299</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Saatler</t>
+          <t>Aklınızı Başınızdan Alan Rekorlar ve Rekortmenler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052355176</t>
+          <t>9786052355220</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İlk İngilizce</t>
+          <t>Sayılar (5 Yaş)</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052355251</t>
+          <t>9786052355268</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çizim Öğreniyorum</t>
+          <t>Şekiller</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052355237</t>
+          <t>9786052355206</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu</t>
+          <t>Saatler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052355183</t>
+          <t>9786052355176</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Nokta ve Çizgi Alıştırmaları</t>
+          <t>İlk İngilizce</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786058275546</t>
+          <t>9786052355251</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli ve Öğretici Boyama</t>
+          <t>Çizim Öğreniyorum</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786058275539</t>
+          <t>9786052355237</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Eğitici ve Öğretici Aktiviteler</t>
+          <t>Çarpım Tablosu</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
+          <t>9786052355183</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Nokta ve Çizgi Alıştırmaları</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786058275546</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli ve Öğretici Boyama</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786058275539</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici ve Öğretici Aktiviteler</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
           <t>9786058275553</t>
         </is>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Zeka Geliştiren Matematik Etkinlikleri</t>
         </is>
       </c>
-      <c r="C157" s="1">
+      <c r="C160" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>