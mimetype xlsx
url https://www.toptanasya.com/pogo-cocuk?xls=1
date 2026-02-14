--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,2425 +85,2500 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052302545</t>
+          <t>9786256298439</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Destanı</t>
+          <t>Onbaşı Nezahat</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052302798</t>
+          <t>9786256298422</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yardımsever Bay Ayı</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052302415</t>
+          <t>9786256298408</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kolay Okuma Egzersizleri</t>
+          <t>Kaptan Grant’ın Çocukları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052355190</t>
+          <t>9786256298415</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Origami 5 Yaş</t>
+          <t>Mercan Adası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058275577</t>
+          <t>9786256298446</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli ve Öğretici Çizgi Çalışmaları</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058275560</t>
+          <t>9786052302545</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştiren Oyunlar</t>
+          <t>Çanakkale Destanı</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052302453</t>
+          <t>9786052302798</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Kodlama - Zor</t>
+          <t>Yardımsever Bay Ayı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9783021989318</t>
+          <t>9786052302415</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şirinler Oyun Kitapları Seti (5 Kitap Takım)</t>
+          <t>Kolay Okuma Egzersizleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052302804</t>
+          <t>9786052355190</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Biraz Farklı</t>
+          <t>Origami 5 Yaş</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052355084</t>
+          <t>9786058275577</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Visual Dictionary Word Book English - Turkish</t>
+          <t>Eğlenceli ve Öğretici Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052302859</t>
+          <t>9786058275560</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Cesur Fare Miika</t>
+          <t>Zeka Geliştiren Oyunlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256298354</t>
+          <t>9786052302453</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eğlendiren Düşündüren Öğreten Etkinlikler</t>
+          <t>Eğlenceli Kodlama - Zor</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256298323</t>
+          <t>9783021989318</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Kahramanları Boyama Kitabı</t>
+          <t>Şirinler Oyun Kitapları Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>75</v>
+        <v>550</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256298330</t>
+          <t>9786052302804</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Kahramanları Boyama Kitabı</t>
+          <t>Biraz Farklı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256298347</t>
+          <t>9786052355084</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Manga Boyama</t>
+          <t>Visual Dictionary Word Book English - Turkish</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256298385</t>
+          <t>9786052302859</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Origami (Kağıt Katlama Sanatı)</t>
+          <t>Cesur Fare Miika</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256298378</t>
+          <t>9786256298354</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Koordinatlı Kodlama</t>
+          <t>Eğlendiren Düşündüren Öğreten Etkinlikler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>95</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256298361</t>
+          <t>9786256298323</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Düşünme Becerisi Geliştiren Zeka Soruları - IQ</t>
+          <t>Türk Dünyası Kahramanları Boyama Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256298309</t>
+          <t>9786256298330</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Kahramanları Aktivite Kitabı (Eski Zaman)</t>
+          <t>Türk Dünyası Kahramanları Boyama Kitabı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256298316</t>
+          <t>9786256298347</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Kahramanları Aktivite Kitabı</t>
+          <t>Manga Boyama</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256298293</t>
+          <t>9786256298385</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gizli Nesneleri Yakala</t>
+          <t>Eğlenceli Origami (Kağıt Katlama Sanatı)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256298262</t>
+          <t>9786256298378</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gizli Nesneleri Ara</t>
+          <t>Koordinatlı Kodlama</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256298279</t>
+          <t>9786256298361</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gizli Nesneleri Bul</t>
+          <t>Dikkat ve Düşünme Becerisi Geliştiren Zeka Soruları - IQ</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256298286</t>
+          <t>9786256298309</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gizli Nesneleri Keşfet</t>
+          <t>Türk Dünyası Kahramanları Aktivite Kitabı (Eski Zaman)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256298392</t>
+          <t>9786256298316</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Şiirler</t>
+          <t>Türk Dünyası Kahramanları Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052302743</t>
+          <t>9786256298293</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Arıların Gizli Yaşamı</t>
+          <t>Gizli Nesneleri Yakala</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052302538</t>
+          <t>9786256298262</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Satranç (Oyunlar Yoluyla Değerler Eğitimi)</t>
+          <t>Gizli Nesneleri Ara</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052355411</t>
+          <t>9786256298279</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Bilgiler</t>
+          <t>Gizli Nesneleri Bul</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256298255</t>
+          <t>9786256298286</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Fil ve Lir Kuşu (Ciltli)</t>
+          <t>Gizli Nesneleri Keşfet</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052302026</t>
+          <t>9786256298392</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Çocuklara Şiirler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>95</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052302729</t>
+          <t>9786052302743</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sevgi</t>
+          <t>Arıların Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052302774</t>
+          <t>9786052302538</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Büyükbabamın Gizemli Devi</t>
+          <t>Çocuklar İçin Satranç (Oyunlar Yoluyla Değerler Eğitimi)</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256298132</t>
+          <t>9786052355411</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>İnanılmaz Bilgiler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256298163</t>
+          <t>9786256298255</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ağaçların Gizli Yaşamı (Ciltli)</t>
+          <t>Yaşlı Fil ve Lir Kuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256298170</t>
+          <t>9786052302026</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Arıların Gizli Yaşamı (Ciltli)</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052302422</t>
+          <t>9786052302729</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ayı ile Piyano (Ciltli)</t>
+          <t>Sevgi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052302477</t>
+          <t>9786052302774</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ayı, Piyano ve Küçük Ayının Konseri (Ciltli)</t>
+          <t>Büyükbabamın Gizemli Devi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256298194</t>
+          <t>9786256298132</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ayı, Piyano ve Küçük Ayının Konseri</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052302460</t>
+          <t>9786256298163</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ayı, Piyano, Köpek ve Keman (Ciltli)</t>
+          <t>Ağaçların Gizli Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256298187</t>
+          <t>9786256298170</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ayı, Piyano, Köpek ve Keman</t>
+          <t>Arıların Gizli Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256298156</t>
+          <t>9786052302422</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Belki (Ciltli)</t>
+          <t>Ayı ile Piyano (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256298149</t>
+          <t>9786052302477</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Belki</t>
+          <t>Ayı, Piyano ve Küçük Ayının Konseri (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052302842</t>
+          <t>9786256298194</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Böceklerin Gizli Yaşamı (Ciltli)</t>
+          <t>Ayı, Piyano ve Küçük Ayının Konseri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256298217</t>
+          <t>9786052302460</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Böceklerin Gizli Yaşamı</t>
+          <t>Ayı, Piyano, Köpek ve Keman (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256298248</t>
+          <t>9786256298187</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Ayı, Piyano, Köpek ve Keman</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052302439</t>
+          <t>9786256298156</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyden Korkan Küçük Kız (Ciltli)</t>
+          <t>Belki (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256298200</t>
+          <t>9786256298149</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyden Korkan Küçük Kız</t>
+          <t>Belki</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052302491</t>
+          <t>9786052302842</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Gizli Yaşamı (Ciltli)</t>
+          <t>Böceklerin Gizli Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256298224</t>
+          <t>9786256298217</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Gizli Yaşamı</t>
+          <t>Böceklerin Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052302484</t>
+          <t>9786256298248</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Okyanusların Gizli Yaşamı (Ciltli)</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256298231</t>
+          <t>9786052302439</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Okyanusların Gizli Yaşamı</t>
+          <t>Her Şeyden Korkan Küçük Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256298125</t>
+          <t>9786256298200</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Her Şeyden Korkan Küçük Kız</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256298118</t>
+          <t>9786052302491</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Kuşların Gizli Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052302613</t>
+          <t>9786256298224</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk - İradeli Olmanın Önemi</t>
+          <t>Kuşların Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256298026</t>
+          <t>9786052302484</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Seyit Onbaşı - Başarılı Olmanın Önemi</t>
+          <t>Okyanusların Gizli Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256298033</t>
+          <t>9786256298231</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Vecihi Hürkuş - Tutkulu Olmanın Önemi</t>
+          <t>Okyanusların Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052302606</t>
+          <t>9786256298125</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman - Adaletli Olmanın Önemi</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052302620</t>
+          <t>9786256298118</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Koca Yusuf - Özgüvenin Önemi</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256298040</t>
+          <t>9786052302613</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Alp Arslan - Cesaretli Olmanın Önemi</t>
+          <t>Mustafa Kemal Atatürk - İradeli Olmanın Önemi</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256298057</t>
+          <t>9786256298026</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir - Sadakatin Önemi</t>
+          <t>Seyit Onbaşı - Başarılı Olmanın Önemi</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256298064</t>
+          <t>9786256298033</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tuğrul ve Çağrı Beyler - Kardeş Sevgisinin Önemi</t>
+          <t>Vecihi Hürkuş - Tutkulu Olmanın Önemi</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256298071</t>
+          <t>9786052302606</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yarbay Hasan ve Köpeği Canberk - Bağlılığın Önemi</t>
+          <t>Kanuni Sultan Süleyman - Adaletli Olmanın Önemi</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256298088</t>
+          <t>9786052302620</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan - Becerinin Önemi</t>
+          <t>Koca Yusuf - Özgüvenin Önemi</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256298095</t>
+          <t>9786256298040</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan - Doğa Sevgisinin Önemi</t>
+          <t>Alp Arslan - Cesaretli Olmanın Önemi</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256298101</t>
+          <t>9786256298057</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin Paşa - Kardeşliğin Önemi</t>
+          <t>Kazım Karabekir - Sadakatin Önemi</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052355138</t>
+          <t>9786256298064</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>500 Aktivite</t>
+          <t>Tuğrul ve Çağrı Beyler - Kardeş Sevgisinin Önemi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052355640</t>
+          <t>9786256298071</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin 200 Zeka Oyunu</t>
+          <t>Yarbay Hasan ve Köpeği Canberk - Bağlılığın Önemi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052302590</t>
+          <t>9786256298088</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Thomas Edison - Yaratıcı Olmanın Önemi</t>
+          <t>Mimar Sinan - Becerinin Önemi</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256298019</t>
+          <t>9786256298095</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Karacaoğlan - Doğa Sevgisinin Önemi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256298002</t>
+          <t>9786256298101</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Barbaros Hayrettin Paşa - Kardeşliğin Önemi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052302118</t>
+          <t>9786052355138</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aya Yolculuk</t>
+          <t>500 Aktivite</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052302989</t>
+          <t>9786052355640</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Çocuklar İçin 200 Zeka Oyunu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052302996</t>
+          <t>9786052302590</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Benim Adım Thomas Edison - Yaratıcı Olmanın Önemi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052355367</t>
+          <t>9786256298019</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Sözlüğüm</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052302866</t>
+          <t>9786256298002</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Herkes Farklıdır!</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052302972</t>
+          <t>9786052302118</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Demir Yolu Çocukları</t>
+          <t>Aya Yolculuk</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052302958</t>
+          <t>9786052302989</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitoloji Atlasında Tarih Öncesine Yolculuk</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052302965</t>
+          <t>9786052302996</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Matematik Kurtları</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052302910</t>
+          <t>9786052355367</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şölen</t>
+          <t>Benim İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052302934</t>
+          <t>9786052302866</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yüzük</t>
+          <t>Herkes Farklıdır!</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052302903</t>
+          <t>9786052302972</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Paradokslar Ülkesi</t>
+          <t>Demir Yolu Çocukları</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052302897</t>
+          <t>9786052302958</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Atlantis Krallığı</t>
+          <t>Türk Mitoloji Atlasında Tarih Öncesine Yolculuk</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052302941</t>
+          <t>9786052302965</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Başlangıcı</t>
+          <t>Matematik Kurtları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052302880</t>
+          <t>9786052302910</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Küçük Filozoflar İçin Hikayeler -2 / Gizemli Mağara</t>
+          <t>Şölen</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052302873</t>
+          <t>9786052302934</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Küçük Filozoflar İçin Hikayeler - 1 /Dünyanın En Bilge Adamı</t>
+          <t>Sihirli Yüzük</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052302927</t>
+          <t>9786052302903</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Athena’nın İntikamı</t>
+          <t>Paradokslar Ülkesi</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052302811</t>
+          <t>9786052302897</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar - İdealist Olmanın Önemi</t>
+          <t>Muhteşem Atlantis Krallığı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052302736</t>
+          <t>9786052302941</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dilek</t>
+          <t>Her Şeyin Başlangıcı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052302712</t>
+          <t>9786052302880</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Denemeye Devam Et Alaaddin! - Masal Arkadaşları</t>
+          <t>Küçük Filozoflar İçin Hikayeler -2 / Gizemli Mağara</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052302668</t>
+          <t>9786052302873</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Küsme Goldilocks! - Masal Arkadaşları</t>
+          <t>Küçük Filozoflar İçin Hikayeler - 1 /Dünyanın En Bilge Adamı</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052302644</t>
+          <t>9786052302927</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Uyan Uyuyan Güzel - Masal Arkadaşları</t>
+          <t>Athena’nın İntikamı</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052302767</t>
+          <t>9786052302811</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Aziz Sancar - İdealist Olmanın Önemi</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052302699</t>
+          <t>9786052302736</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Jack Fasulye Sırıklarını Kırıyor - Masal Arkadaşları</t>
+          <t>Dilek</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052302675</t>
+          <t>9786052302712</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi'nin Bale Ayakkabıları - Masal Arkadaşları</t>
+          <t>Denemeye Devam Et Alaaddin! - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052302705</t>
+          <t>9786052302668</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel'in Zencefilli Kurabiye Evi - Masal Arkadaşları</t>
+          <t>Küsme Goldilocks! - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052302682</t>
+          <t>9786052302644</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız Korkuyor - Masal Arkadaşları</t>
+          <t>Uyan Uyuyan Güzel - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052302651</t>
+          <t>9786052302767</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses Yıldız Golcü - Masal Arkadaşları</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052302750</t>
+          <t>9786052302699</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ağaçların Gizli Yaşamı</t>
+          <t>Jack Fasulye Sırıklarını Kırıyor - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052302781</t>
+          <t>9786052302675</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ayı ile Piyano</t>
+          <t>Külkedisi'nin Bale Ayakkabıları - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052302637</t>
+          <t>9786052302705</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun - Vatan Sevgisinin Önemi</t>
+          <t>Hansel ve Gretel'in Zencefilli Kurabiye Evi - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052302552</t>
+          <t>9786052302682</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Elon Musk - Kararlı Olmanın Önemi</t>
+          <t>Kırmızı Başlıklı Kız Korkuyor - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052302569</t>
+          <t>9786052302651</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Galileo - Paylaşmanın Önemi</t>
+          <t>Pamuk Prenses Yıldız Golcü - Masal Arkadaşları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052302576</t>
+          <t>9786052302750</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Marie Curie - Sözünü Tutmanın Önemi</t>
+          <t>Ağaçların Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052302583</t>
+          <t>9786052302781</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Nikola Tesla - Hayal Kurmanın Önemi</t>
+          <t>Ayı ile Piyano</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052302514</t>
+          <t>9786052302637</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Niçin Hıçkırırız?</t>
+          <t>Nene Hatun - Vatan Sevgisinin Önemi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052302511</t>
+          <t>9786052302552</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ay'ın Tadı Neye Benzer?</t>
+          <t>Benim Adım Elon Musk - Kararlı Olmanın Önemi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052302385</t>
+          <t>9786052302569</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>T-Rex'in Tüyleri Var mıydı?</t>
+          <t>Benim Adım Galileo - Paylaşmanın Önemi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052302392</t>
+          <t>9786052302576</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Kodlama - Orta</t>
+          <t>Benim Adım Marie Curie - Sözünü Tutmanın Önemi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>8698745210000</t>
+          <t>9786052302583</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Öğren Matematik Seti (2 Kitap Takım)</t>
+          <t>Benim Adım Nikola Tesla - Hayal Kurmanın Önemi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>8698745219508</t>
+          <t>9786052302514</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Matematik Seti (2 Kitap Takım)</t>
+          <t>Niçin Hıçkırırız?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9783021875369</t>
+          <t>9786052302511</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Şirinler Temalı Aktiviteler Seti (3 Kitap Takım)</t>
+          <t>Ay'ın Tadı Neye Benzer?</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9783021874522</t>
+          <t>9786052302385</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tatu ve Patu Seti (3 Kitap Takım)</t>
+          <t>T-Rex'in Tüyleri Var mıydı?</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9783021987369</t>
+          <t>9786052302392</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti (12 Kitap Takım)</t>
+          <t>Eğlenceli Kodlama - Orta</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>930</v>
+        <v>75</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052302408</t>
+          <t>8698745210000</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler</t>
+          <t>Keşfet ve Öğren Matematik Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052302354</t>
+          <t>8698745219508</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tatu ve Patu'nun Garip Aletleri</t>
+          <t>Matematik Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052302361</t>
+          <t>9783021875369</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tatu ve Patu'nun Çağlar Boyu Tuhaf Buluşları</t>
+          <t>Şirinler Temalı Aktiviteler Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052302378</t>
+          <t>9783021874522</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tatu ve Patu Süper Kahramanlar</t>
+          <t>Tatu ve Patu Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052302330</t>
+          <t>9783021987369</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Şirinler - Kumsal</t>
+          <t>Çocuk Klasikleri Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>110</v>
+        <v>930</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052302323</t>
+          <t>9786052302408</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Şirinler - Futbol</t>
+          <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052302347</t>
+          <t>9786052302354</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şirinler - Spor</t>
+          <t>Tatu ve Patu'nun Garip Aletleri</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052302149</t>
+          <t>9786052302361</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Şirin Salatası Hikayeli Boyama - Şirinler</t>
+          <t>Tatu ve Patu'nun Çağlar Boyu Tuhaf Buluşları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052302156</t>
+          <t>9786052302378</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Şirine Hikayeli Boyama - Şirinler</t>
+          <t>Tatu ve Patu Süper Kahramanlar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052302170</t>
+          <t>9786052302330</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Şirin Hikayeli Boyama - Şirinler</t>
+          <t>Şirinler - Kumsal</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052302293</t>
+          <t>9786052302323</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Oyunlar - Şirinler</t>
+          <t>Şirinler - Futbol</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052302316</t>
+          <t>9786052302347</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Oyunlar - Şirinler</t>
+          <t>Şirinler - Spor</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052302224</t>
+          <t>9786052302149</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama Kitabı - Şirinler</t>
+          <t>Şirin Salatası Hikayeli Boyama - Şirinler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052302231</t>
+          <t>9786052302156</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Boyama Kitabı - Şirinler</t>
+          <t>Şirine Hikayeli Boyama - Şirinler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052302248</t>
+          <t>9786052302170</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Öğretici Boyama Kitabı - Şirinler</t>
+          <t>Vahşi Şirin Hikayeli Boyama - Şirinler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052302309</t>
+          <t>9786052302293</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Oyunlar - Şirinler</t>
+          <t>Keyifli Oyunlar - Şirinler</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052302262</t>
+          <t>9786052302316</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Büyüleyici Boyama Kitabı - Şirinler</t>
+          <t>Eğitici Oyunlar - Şirinler</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052302255</t>
+          <t>9786052302224</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama Kitabı - Şirinler</t>
+          <t>Eğlenceli Boyama Kitabı - Şirinler</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052302286</t>
+          <t>9786052302231</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Öğretici Oyunlar - Şirinler</t>
+          <t>Keyifli Boyama Kitabı - Şirinler</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052302071</t>
+          <t>9786052302248</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Öğretici Boyama Kitabı - Şirinler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052302040</t>
+          <t>9786052302309</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Eğlenceli Oyunlar - Şirinler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052302064</t>
+          <t>9786052302262</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Büyüleyici Boyama Kitabı - Şirinler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052302101</t>
+          <t>9786052302255</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Sevimli Boyama Kitabı - Şirinler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052302088</t>
+          <t>9786052302286</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Turu</t>
+          <t>Öğretici Oyunlar - Şirinler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052302057</t>
+          <t>9786052302071</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052302125</t>
+          <t>9786052302040</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Kaptanlar</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052302095</t>
+          <t>9786052302064</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052302033</t>
+          <t>9786052302101</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052355534</t>
+          <t>9786052302088</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Örneğe Bak ve Boya - Sarı</t>
+          <t>Seksen Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052355541</t>
+          <t>9786052302057</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Örneğe Bak ve Boya - Turuncu</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052355633</t>
+          <t>9786052302125</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çarpma ve Bölme</t>
+          <t>Korkusuz Kaptanlar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052355428</t>
+          <t>9786052302095</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Keşfet ve Öğren Matematik Toplama - Çıkarma</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052355435</t>
+          <t>9786052302033</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Matematik Çarpma Bölme - Keşfet ve Öğren</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>190</v>
+        <v>60</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052355619</t>
+          <t>9786052355534</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Neden Niçin Nasıl?</t>
+          <t>Örneğe Bak ve Boya - Sarı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052355442</t>
+          <t>9786052355541</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Matematik Senden Korksun</t>
+          <t>Örneğe Bak ve Boya - Turuncu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>45</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052355299</t>
+          <t>9786052355633</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Aklınızı Başınızdan Alan Rekorlar ve Rekortmenler</t>
+          <t>Çarpma ve Bölme</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052355220</t>
+          <t>9786052355428</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sayılar (5 Yaş)</t>
+          <t>Keşfet ve Öğren Matematik Toplama - Çıkarma</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052355268</t>
+          <t>9786052355435</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Şekiller</t>
+          <t>Matematik Çarpma Bölme - Keşfet ve Öğren</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052355206</t>
+          <t>9786052355619</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Saatler</t>
+          <t>Soru ve Cevaplarla Neden Niçin Nasıl?</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052355176</t>
+          <t>9786052355442</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İlk İngilizce</t>
+          <t>Matematik Senden Korksun</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052355251</t>
+          <t>9786052355299</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Çizim Öğreniyorum</t>
+          <t>Aklınızı Başınızdan Alan Rekorlar ve Rekortmenler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052355237</t>
+          <t>9786052355220</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu</t>
+          <t>Sayılar (5 Yaş)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052355183</t>
+          <t>9786052355268</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Nokta ve Çizgi Alıştırmaları</t>
+          <t>Şekiller</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786058275546</t>
+          <t>9786052355206</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli ve Öğretici Boyama</t>
+          <t>Saatler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786058275539</t>
+          <t>9786052355176</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Eğitici ve Öğretici Aktiviteler</t>
+          <t>İlk İngilizce</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
+          <t>9786052355251</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Çizim Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786052355237</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Çarpım Tablosu</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786052355183</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Nokta ve Çizgi Alıştırmaları</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786058275546</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli ve Öğretici Boyama</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786058275539</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici ve Öğretici Aktiviteler</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
           <t>9786058275553</t>
         </is>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Zeka Geliştiren Matematik Etkinlikleri</t>
         </is>
       </c>
-      <c r="C160" s="1">
+      <c r="C165" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>