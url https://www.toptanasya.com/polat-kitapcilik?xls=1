--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -94,2641 +94,2641 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9789756687017</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Sokrat ve Eflatun'dan Günümüze Ahilik</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789944254410</t>
+          <t>4440000001597</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>İngilizce Hikaye Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789756687888</t>
+          <t>9789944254410</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dostum Eşek</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789756687833</t>
+          <t>9786055297237</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İyiliksever Dağ Keçisi</t>
+          <t>A New Friend (Young Readers, Level 1)</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2014180001212</t>
+          <t>9789756687888</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Özgün Hikaye 50 Kitap Karışık Set</t>
+          <t>Dostum Eşek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>3000</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944254724</t>
+          <t>9789756687833</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Trafik Lambası - Boyamalı</t>
+          <t>İyiliksever Dağ Keçisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944254779</t>
+          <t>9786055297275</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Suyun Önemi - Boyamalı</t>
+          <t>Oh! My Legs Hurt! -6</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756244944</t>
+          <t>9786055297244</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Plane On The Roof - 3</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756244678</t>
+          <t>9786055297282</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>What a Colourful Bird ! - 4</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944254229</t>
+          <t>9786055297299</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Oh! Poor Pets! - 7</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789944254236</t>
+          <t>9786055297305</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tom Amca'nın Kulübesi</t>
+          <t>Friends Don't Hurt Friends - 9</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789944254670</t>
+          <t>9786055297329</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>The War Is Over - 10</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789944254151</t>
+          <t>2014180001212</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Rüya Serisi - Şirinin Rüyaları: Kalp Kırmak</t>
+          <t>Özgün Hikaye 50 Kitap Karışık Set</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>60</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789944254168</t>
+          <t>2014180009997</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Rüya Serisi - Şirinin Rüyaları: Hayvan Sevgisi</t>
+          <t>Dünya Masalları 45'li Karışık Set</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>60</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944254175</t>
+          <t>9786055297336</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Rüya Serisi - Şirinin Rüyaları: Diş Temizliği</t>
+          <t>Cici Kızlar - Kedim Kayıp</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789944254212</t>
+          <t>9786055297343</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Rüya Serisi - Şirinin Rüyaları: Sebzeler Ülkesi</t>
+          <t>Cici Kızlar - Doğum Günü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944254144</t>
+          <t>9789944254588</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Altın Kalpli Dev - Yeni Arkadaşlar</t>
+          <t>Cici Kızlar - Gerçek Dostluk</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789944254090</t>
+          <t>9789944254571</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Altın Kalpli Dev - Dev'in Rüyası</t>
+          <t>Cici Kızlar - Çiçek</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789944254205</t>
+          <t>9789944254618</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Rüya Serisi Altın Kalpli Dev - Korkuluk</t>
+          <t>Cici Kızlar - Hediye</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944254137</t>
+          <t>9789944254564</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Rüya Serisi - Altın Kalpli Dev: Hırsız</t>
+          <t>Cici Kızlar - Müzik Yapıyorlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055297220</t>
+          <t>9789944254601</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Doğa Ana'dan Masallar</t>
+          <t>Cici Kızlar - Tehlikeli Oyun</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055297213</t>
+          <t>9789944254540</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bilgin Amca'nın Bilim Hikayeleri</t>
+          <t>Cici Kızlar - Eğitimsizlik</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789944254106</t>
+          <t>9789944254731</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Rüya Serisi - Sevimli Cin: Mızmız Ayıcık</t>
+          <t>Yağmurun Anlamı - Boyamalı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789944254113</t>
+          <t>9789944254755</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Cin - Minik Tırtıl</t>
+          <t>Gerçek Sevgi - Boyamalı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944254083</t>
+          <t>9789944254748</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Rüya Serisi - Sevimli Cin: Kendi Gibi Olmak</t>
+          <t>Çevre Bilinci - Boyamalı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789944254120</t>
+          <t>9789944254717</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Cin - Yalnız Kız</t>
+          <t>Sağlıklı Beslenme - Boyamalı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789944254069</t>
+          <t>9789944254762</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bilgin Amca - Ay Tutulması</t>
+          <t>Ozon Tabakası - Boyamalı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944254076</t>
+          <t>9789944254724</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Rüya Serisi - Bilgin Amca Rüzgarın Gücü</t>
+          <t>Trafik Lambası - Boyamalı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944254007</t>
+          <t>9789944254779</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Rüya Serisi - Neşeli Orman: Temiz Olmak</t>
+          <t>Suyun Önemi - Boyamalı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944254045</t>
+          <t>9789944254700</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Rüya Serisi - Neşeli Orman: Misafirferverlik</t>
+          <t>Deprem Dersi - Boyamalı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789756687819</t>
+          <t>9789756244944</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ormanlar Kralı</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756687840</t>
+          <t>9789756244678</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bilge Deve</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756687857</t>
+          <t>9789944254229</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Küçük Vahşi At</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756687864</t>
+          <t>9789944254236</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Boğa</t>
+          <t>Tom Amca'nın Kulübesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756687895</t>
+          <t>9789944254670</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Eskimo</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756687918</t>
+          <t>9789944254939</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kangurunun Hazinesi</t>
+          <t>Kemal Atatürk ve Hatıraları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756687406</t>
+          <t>9789944254151</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Serisi - Herkül</t>
+          <t>Rüya Serisi - Şirinin Rüyaları: Kalp Kırmak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756687413</t>
+          <t>9789944254168</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Serisi - Alis Harikalar Ülkesinde</t>
+          <t>Rüya Serisi - Şirinin Rüyaları: Hayvan Sevgisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756687437</t>
+          <t>9789944254175</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ve Kırk Haramiler - Gökkuşağı Serisi</t>
+          <t>Rüya Serisi - Şirinin Rüyaları: Diş Temizliği</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756687444</t>
+          <t>9789944254212</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Serisi - Karlar Kraliçesi</t>
+          <t>Rüya Serisi - Şirinin Rüyaları: Sebzeler Ülkesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789756687451</t>
+          <t>9789944254144</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Serisi - Pinokyo</t>
+          <t>Altın Kalpli Dev - Yeni Arkadaşlar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756687154</t>
+          <t>9789944254090</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Güneş Serisi - Kibritçi Kız</t>
+          <t>Altın Kalpli Dev - Dev'in Rüyası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756687048</t>
+          <t>9789944254205</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aydede Serisi - Çirkin Ördek Yavrusu</t>
+          <t>Rüya Serisi Altın Kalpli Dev - Korkuluk</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756687062</t>
+          <t>9789944254137</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aydede Serisi - Çizmeli Kedi</t>
+          <t>Rüya Serisi - Altın Kalpli Dev: Hırsız</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789756687079</t>
+          <t>9789756687031</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Aydede Serisi - Bremen Mızıkacılar</t>
+          <t>Belirli Günler ve Haftalar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756687086</t>
+          <t>9789756687390</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Aydede Serisi - Altın Yumurtlayan Tavuk</t>
+          <t>Belirli Günler ve Haftalar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756244128</t>
+          <t>9789944254199</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Doğa Ana Serisi - Köstebeğin Evi</t>
+          <t>Tarihte Kurulan Ulusal Türk Devletleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756244111</t>
+          <t>9789756244692</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Doğa Ana Serisi - Tırtılın Değişimi</t>
+          <t>Mustafa Kemal Bir Destan</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756244104</t>
+          <t>9786055297220</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Suyu Arayan Arı - Doğa Ana Serisi</t>
+          <t>Doğa Ana'dan Masallar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756244098</t>
+          <t>9786055297213</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Doğa Ana Serisi - Uğur Böceği</t>
+          <t>Bilgin Amca'nın Bilim Hikayeleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756244081</t>
+          <t>9789944254106</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Doğa Ana Serisi - Zıpır Kurbağa</t>
+          <t>Rüya Serisi - Sevimli Cin: Mızmız Ayıcık</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756244067</t>
+          <t>9789944254113</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Doğa Ana Serisi - Rüzgarın Gücü</t>
+          <t>Sevimli Cin - Minik Tırtıl</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756244043</t>
+          <t>9789944254083</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Doğa Ana Serisi - Kutup Yıldızı İle Deniz Yıldızı</t>
+          <t>Rüya Serisi - Sevimli Cin: Kendi Gibi Olmak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756244135</t>
+          <t>9789944254120</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Doğa Ana Serisi - Yardımsever Kirpi</t>
+          <t>Sevimli Cin - Yalnız Kız</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756244159</t>
+          <t>9789944254069</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Doğa Ana Serisi - Aklın Gücü</t>
+          <t>Bilgin Amca - Ay Tutulması</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944254427</t>
+          <t>9789944254076</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ve Kırk Haramiler</t>
+          <t>Rüya Serisi - Bilgin Amca Rüzgarın Gücü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944254489</t>
+          <t>9789944254007</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Rüya Serisi - Neşeli Orman: Temiz Olmak</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944254496</t>
+          <t>9789944254045</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Rüya Serisi - Neşeli Orman: Misafirferverlik</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944254502</t>
+          <t>9789756687819</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Herkül</t>
+          <t>Ormanlar Kralı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944254519</t>
+          <t>9789756687840</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Bilge Deve</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944254533</t>
+          <t>9789756687857</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Arı Maya</t>
+          <t>Küçük Vahşi At</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055297053</t>
+          <t>9789756687864</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çehov'dan Hikayeler</t>
+          <t>Arkadaşım Boğa</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055297077</t>
+          <t>9789756687895</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kızı</t>
+          <t>Yalnız Eskimo</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055297145</t>
+          <t>9789756687918</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Alaattin'in Sihirli Lambası</t>
+          <t>Kangurunun Hazinesi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055297091</t>
+          <t>9789756687505</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bremen Çalgıcıları</t>
+          <t>Uzay Serisi - Sihirli Ayakkabılar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055297107</t>
+          <t>9789756687512</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu</t>
+          <t>Uzay Serisi - Rapunzel</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055297060</t>
+          <t>9789756687529</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar</t>
+          <t>Uzay Serisi - Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944254403</t>
+          <t>9789756687536</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Uzay Serisi - Arı Maya</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944254397</t>
+          <t>9789756687543</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi Sinderella</t>
+          <t>Uzay Serisi - Alaattin'in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944254380</t>
+          <t>9789756687420</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Kral</t>
+          <t>Samanyolu Serisi - Gulliver</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944254373</t>
+          <t>9789756687468</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Samanyolu Serisi - Denizci Sinbad</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944254366</t>
+          <t>9789756687475</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Samanyolu Serisi - Uyuyan Prenses</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055297039</t>
+          <t>9789756687482</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Samanyolu Serisi - Fasulye Ağacı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055297022</t>
+          <t>9789756687499</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Samanyolu Serisi - Parmak Çocuk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756687901</t>
+          <t>9789756687406</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Cesur Köpek</t>
+          <t>Gökkuşağı Serisi - Herkül</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756687871</t>
+          <t>9789756687413</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Laleler</t>
+          <t>Gökkuşağı Serisi - Alis Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756244142</t>
+          <t>9789756687437</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Fındık Faresi</t>
+          <t>Ali Baba ve Kırk Haramiler - Gökkuşağı Serisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756687826</t>
+          <t>9789756687444</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fil</t>
+          <t>Gökkuşağı Serisi - Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756244050</t>
+          <t>9789756687451</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Obur Karga</t>
+          <t>Gökkuşağı Serisi - Pinokyo</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756687925</t>
+          <t>9789756687147</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Pandanın Dostları</t>
+          <t>Güneş Serisi - Kül Kedisi Sindrella</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756244074</t>
+          <t>9789756687154</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sincap’ın Kaderi</t>
+          <t>Güneş Serisi - Kibritçi Kız</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055297138</t>
+          <t>9789756687161</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Güneş Serisi - Parmak Kız</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944254991</t>
+          <t>9789756687178</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Güneş Serisi - Pamuk Prenses</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055297015</t>
+          <t>9789756687185</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Asker</t>
+          <t>Güneş Serisi - Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789756687147</t>
+          <t>9789756687093</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Güneş Serisi - Kül Kedisi Sindrella</t>
+          <t>Yıldızlar Serisi - Peter Pan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055297237</t>
+          <t>9789756687116</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>A New Friend (Young Readers, Level 1)</t>
+          <t>Yıldızlar Serisi - Kurşun Asker</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055297275</t>
+          <t>9789756687123</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Oh! My Legs Hurt! -6</t>
+          <t>Yıldızlar Serisi - Çıplak Kral</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055297244</t>
+          <t>9789756687048</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Plane On The Roof - 3</t>
+          <t>Aydede Serisi - Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055297282</t>
+          <t>9789756687055</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>What a Colourful Bird ! - 4</t>
+          <t>Aydede Serisi - Deniz Kızı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055297299</t>
+          <t>9789756687062</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Oh! Poor Pets! - 7</t>
+          <t>Aydede Serisi - Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055297305</t>
+          <t>9789756687079</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Friends Don't Hurt Friends - 9</t>
+          <t>Aydede Serisi - Bremen Mızıkacılar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055297329</t>
+          <t>9789756687086</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>The War Is Over - 10</t>
+          <t>Aydede Serisi - Altın Yumurtlayan Tavuk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>4440000001597</t>
+          <t>9789756244708</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikaye Seti - 10 Kitap</t>
+          <t>Taşıtlar Serisi - İyi Yürekli Gemi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>500</v>
+        <v>75</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>2014180009997</t>
+          <t>9789756244715</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları 45'li Karışık Set</t>
+          <t>Taşıtlar Serisi - Kelebeğin Rüyası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>2700</v>
+        <v>75</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055297336</t>
+          <t>9789756244739</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Cici Kızlar - Kedim Kayıp</t>
+          <t>Taşıtlar Serisi - Küçük Kırmızı Otomobil</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055297343</t>
+          <t>9789756244746</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Cici Kızlar - Doğum Günü</t>
+          <t>Taşıtlar Serisi - Yaşlı Kara Tren</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756244319</t>
+          <t>9789756244722</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Palyaço ve Maymun</t>
+          <t>Taşıtlar Serisi - Kuş Olmak İsteyen Uçak</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055297008</t>
+          <t>9789756244494</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Arı Maya</t>
+          <t>Karga ile Tilki - Mars Serisi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756687031</t>
+          <t>9789756244500</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Belirli Günler ve Haftalar</t>
+          <t>Mars Serisi - Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756687390</t>
+          <t>9789756244517</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Belirli Günler ve Haftalar</t>
+          <t>Mars Serisi - Yedi Küçük Keçi Yavrusu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756244586</t>
+          <t>9789756244531</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bambi</t>
+          <t>Mars Serisi - Gerçek Prenses</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756244296</t>
+          <t>9789756244548</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Palyaço ve Hırsız</t>
+          <t>Merkür Serisi - Heidi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756244302</t>
+          <t>9789756244579</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Oyun Arkadaşlarımız Serisi - Arkadaşım Palyaço ve Küçük Kız</t>
+          <t>Merkür Serisi - Tarzan</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756244289</t>
+          <t>9789756244449</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Palyaço ve Gösteri</t>
+          <t>Venüs Serisi - Don Kişot</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756244418</t>
+          <t>9789756244456</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Oyun Arkadaşlarımız - Arkadaşım Kukla ve Tahta Kuş</t>
+          <t>Tom Sawyer - Venüs Serisi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756244401</t>
+          <t>9789756244487</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Oyun Arkadaşlarımız - Arkadaşım Kukla Ve Meşe Ağacı</t>
+          <t>Venüs Serisi - Robin Hood</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756244395</t>
+          <t>9789756244432</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kukla ve Kukla Köpek</t>
+          <t>Altın Saçlı Kız - Venüs Serisi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756244517</t>
+          <t>9789756244296</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mars Serisi - Yedi Küçük Keçi Yavrusu</t>
+          <t>Arkadaşım Palyaço ve Hırsız</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756244746</t>
+          <t>9789756244302</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Serisi - Yaşlı Kara Tren</t>
+          <t>Oyun Arkadaşlarımız Serisi - Arkadaşım Palyaço ve Küçük Kız</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944254731</t>
+          <t>9789756244319</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yağmurun Anlamı - Boyamalı</t>
+          <t>Arkadaşım Palyaço ve Maymun</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756687475</t>
+          <t>9789756244326</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu Serisi - Uyuyan Prenses</t>
+          <t>Oyun Arkadaşlarımız - Arkadaşım Korkuluk Ve Yaramaz Çocuk</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756244456</t>
+          <t>9789756244333</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer - Venüs Serisi</t>
+          <t>Arkadaşım Korkuluk ve Salyangoz</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944254960</t>
+          <t>9789756244340</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Arkadaşım Korkuluk ve Dileği</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944254984</t>
+          <t>9789756244357</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu</t>
+          <t>Arkadaşım Korkuluk ve Kardan Adam</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756687505</t>
+          <t>9789756244272</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Uzay Serisi - Sihirli Ayakkabılar</t>
+          <t>Arkadaşım Ayıcık ve Deniz Özlemi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944254717</t>
+          <t>9789756244364</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslenme - Boyamalı</t>
+          <t>Oyun Arkadaşlarımız Serisi - Arkadaşım Ayıcık ve Tatil</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756244487</t>
+          <t>9789756244371</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Venüs Serisi - Robin Hood</t>
+          <t>Arkadaşım Ayıcık ve Patlak Top</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756687512</t>
+          <t>9789756244388</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Uzay Serisi - Rapunzel</t>
+          <t>Oyun Arkadaşlarımız Serisi - Arkadaşım Ayıcık ve Eve Dönüş</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756687123</t>
+          <t>9789756244395</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Serisi - Çıplak Kral</t>
+          <t>Arkadaşım Kukla ve Kukla Köpek</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944254748</t>
+          <t>9789756244401</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Çevre Bilinci - Boyamalı</t>
+          <t>Oyun Arkadaşlarımız - Arkadaşım Kukla Ve Meşe Ağacı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944254564</t>
+          <t>9789756244418</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Cici Kızlar - Müzik Yapıyorlar</t>
+          <t>Oyun Arkadaşlarımız - Arkadaşım Kukla ve Tahta Kuş</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944254601</t>
+          <t>9789756244425</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Cici Kızlar - Tehlikeli Oyun</t>
+          <t>Oyun Arkadaşlarımız - Arkadaşım Kukla Ve Kıskançlık</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944254618</t>
+          <t>9789756244128</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Cici Kızlar - Hediye</t>
+          <t>Doğa Ana Serisi - Köstebeğin Evi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944254595</t>
+          <t>9789756244111</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Cici Kızlar - Hayal Kurmak</t>
+          <t>Doğa Ana Serisi - Tırtılın Değişimi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756687109</t>
+          <t>9789756244104</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Serisi - Hansel Ve Gretel</t>
+          <t>Suyu Arayan Arı - Doğa Ana Serisi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756244500</t>
+          <t>9789756244098</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mars Serisi - Güzel ve Çirkin</t>
+          <t>Doğa Ana Serisi - Uğur Böceği</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756687420</t>
+          <t>9789756244081</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu Serisi - Gulliver</t>
+          <t>Doğa Ana Serisi - Zıpır Kurbağa</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944254755</t>
+          <t>9789756244067</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Sevgi - Boyamalı</t>
+          <t>Doğa Ana Serisi - Rüzgarın Gücü</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756244531</t>
+          <t>9789756244043</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mars Serisi - Gerçek Prenses</t>
+          <t>Doğa Ana Serisi - Kutup Yıldızı İle Deniz Yıldızı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756687482</t>
+          <t>9789756244135</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu Serisi - Fasulye Ağacı</t>
+          <t>Doğa Ana Serisi - Yardımsever Kirpi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756687529</t>
+          <t>9789756244159</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Uzay Serisi - Fareli Köyün Kavalcısı</t>
+          <t>Doğa Ana Serisi - Aklın Gücü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756244722</t>
+          <t>9789944254427</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Serisi - Kuş Olmak İsteyen Uçak</t>
+          <t>Ali Baba ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756687116</t>
+          <t>9789944254489</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Serisi - Kurşun Asker</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789756687130</t>
+          <t>9789944254496</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756244562</t>
+          <t>9789944254502</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Merkür Serisi - Kral Arthur</t>
+          <t>Herkül</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756687185</t>
+          <t>9789944254519</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Güneş Serisi - Kırmızı Başlıklı Kız</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944254939</t>
+          <t>9789944254533</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kemal Atatürk ve Hatıraları</t>
+          <t>Arı Maya</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789756244463</t>
+          <t>9786055297053</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Venüs Serisi - Tavşan İle Kaplumbağa</t>
+          <t>Çehov'dan Hikayeler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756244579</t>
+          <t>9786055297077</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Merkür Serisi - Tarzan</t>
+          <t>Deniz Kızı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944254199</t>
+          <t>9786055297145</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Kurulan Ulusal Türk Devletleri</t>
+          <t>Alaattin'in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944254953</t>
+          <t>9786055297091</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Bremen Çalgıcıları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756687093</t>
+          <t>9786055297107</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Serisi - Peter Pan</t>
+          <t>Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756687161</t>
+          <t>9786055297060</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Güneş Serisi - Parmak Kız</t>
+          <t>İnsan Ne ile Yaşar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756687499</t>
+          <t>9786055297138</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu Serisi - Parmak Çocuk</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756687178</t>
+          <t>9789944254403</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Güneş Serisi - Pamuk Prenses</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944254762</t>
+          <t>9789944254397</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ozon Tabakası - Boyamalı</t>
+          <t>Külkedisi Sinderella</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756244555</t>
+          <t>9789944254380</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Kitabı</t>
+          <t>Çıplak Kral</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756244692</t>
+          <t>9789944254373</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Bir Destan</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756244739</t>
+          <t>9789944254366</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Serisi - Küçük Kırmızı Otomobil</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756244715</t>
+          <t>9786055297039</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Serisi - Kelebeğin Rüyası</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756244494</t>
+          <t>9789944254984</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Karga ile Tilki - Mars Serisi</t>
+          <t>Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756244708</t>
+          <t>9789944254991</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Serisi - İyi Yürekli Gemi</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756244548</t>
+          <t>9789944254953</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Merkür Serisi - Heidi</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789756244449</t>
+          <t>9786055297015</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Venüs Serisi - Don Kişot</t>
+          <t>Kurşun Asker</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944254700</t>
+          <t>9789944254960</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Deprem Dersi - Boyamalı</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756687468</t>
+          <t>9786055297008</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu Serisi - Denizci Sinbad</t>
+          <t>Arı Maya</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789756687055</t>
+          <t>9786055297022</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Aydede Serisi - Deniz Kızı</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944254588</t>
+          <t>9789756244524</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Cici Kızlar - Gerçek Dostluk</t>
+          <t>Ağustos Böceği ile Karınca</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944254557</t>
+          <t>9789756244289</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Cici Kızlar - Eski Ev</t>
+          <t>Arkadaşım Palyaço ve Gösteri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944254540</t>
+          <t>9789756244586</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Cici Kızlar - Eğitimsizlik</t>
+          <t>Bambi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944254571</t>
+          <t>9789756687901</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Cici Kızlar - Çiçek</t>
+          <t>Cesur Köpek</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756244425</t>
+          <t>9789944254557</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Oyun Arkadaşlarımız - Arkadaşım Kukla Ve Kıskançlık</t>
+          <t>Cici Kızlar - Eski Ev</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789756244326</t>
+          <t>9789944254595</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Oyun Arkadaşlarımız - Arkadaşım Korkuluk Ve Yaramaz Çocuk</t>
+          <t>Cici Kızlar - Hayal Kurmak</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789756244333</t>
+          <t>9789756687871</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Korkuluk ve Salyangoz</t>
+          <t>En Güzel Laleler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756244357</t>
+          <t>9789756244142</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Korkuluk ve Kardan Adam</t>
+          <t>Fındık Faresi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756244340</t>
+          <t>9789756687109</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Korkuluk ve Dileği</t>
+          <t>Yıldızlar Serisi - Hansel Ve Gretel</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756244364</t>
+          <t>9789756244562</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Oyun Arkadaşlarımız Serisi - Arkadaşım Ayıcık ve Tatil</t>
+          <t>Merkür Serisi - Kral Arthur</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756244371</t>
+          <t>9789756687130</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Ayıcık ve Patlak Top</t>
+          <t>Kurbağa Prens</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789756244388</t>
+          <t>9789756687826</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Oyun Arkadaşlarımız Serisi - Arkadaşım Ayıcık ve Eve Dönüş</t>
+          <t>Küçük Fil</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756244272</t>
+          <t>9789756244050</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Ayıcık ve Deniz Özlemi</t>
+          <t>Obur Karga</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789756687536</t>
+          <t>9789756244555</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Uzay Serisi - Arı Maya</t>
+          <t>Ormanın Kitabı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789756244432</t>
+          <t>9789756687925</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Altın Saçlı Kız - Venüs Serisi</t>
+          <t>Pandanın Dostları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756687543</t>
+          <t>9789756244074</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Uzay Serisi - Alaattin'in Sihirli Lambası</t>
+          <t>Sincap’ın Kaderi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789756244524</t>
+          <t>9789756244463</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği ile Karınca</t>
+          <t>Venüs Serisi - Tavşan İle Kaplumbağa</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>