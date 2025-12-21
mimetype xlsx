--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -510,51 +510,51 @@
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786058276192</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Doğanın Güzellikleri 1</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786055992873</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Müzik Defteri Piyano</t>
+          <t>Porte Müzik Akademisi Minik Yetenekler İçin Müzik Defteri</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786055992927</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Porte Müzik Akademisi Ukulele</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786055992934</t>
@@ -630,51 +630,51 @@
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786055992903</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Mavi Defter (5-8 Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786055992866</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Porte Müzik Akademisi - Minik Yetenekler İçin Müzik Defteri (Teorik Açıklamalı)</t>
+          <t>Porte Müzik Akademisi Müzik Defteri Piyano</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>435</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786055992859</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Porte Müzik Akademisi Melodika</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>615</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786058276154</t>