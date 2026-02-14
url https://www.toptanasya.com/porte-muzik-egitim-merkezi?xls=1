--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -94,1321 +94,1321 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259912233</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Jazz Sounds For Kids 14 Pieces For Piano</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786259912219</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Doğanın Güzellikleri 2</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786259912202</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Piyano İle İlk Tanışma</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786058276116</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Piyano - 1. Bölüm: Teori Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786055992750</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>A'dan Z'ye Müzik - 1. Bölüm</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>615</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786055992644</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Solfej Öğrenelim 1 - Müzik Serüveni</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>520</v>
+        <v>625</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786055992019</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Carl Czerny (Op.599 Piyano)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>515</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786055992637</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Müzik Alfabesi İkinci Teori Kitabım</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>465</v>
+        <v>580</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786055992743</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Piyano Metodu 1. Bölüm</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>750</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786055992392</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Lavignac Solfej 2A - Şan Çalışmaları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>495</v>
+        <v>585</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786055992361</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>John Thompson'dan Kolay Piyano Kursu 4. Bölüm</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>600</v>
+        <v>885</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786055992149</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>John Thompson'dan Kolay Piyano Kursu 2. Bölüm</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>465</v>
+        <v>625</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786055992682</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Orff Çalgılarıyla Ritim Öğrenelim 1. Bölüm</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>540</v>
+        <v>750</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786055992705</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Müzik Serüveni : Çalgıları Boyayalım - 2</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>445</v>
+        <v>525</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786055992712</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Charles Louis Hanon Piyano</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>525</v>
+        <v>725</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786055992446</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Denes Agay'dan Piyano Çalmayı Öğrenelim 1. Kitap</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>515</v>
+        <v>685</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786055992507</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Ritim ve Zaman Duygusunun Temelleri 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>385</v>
+        <v>485</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786055992477</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Denes Agay'dan Piyano Çalmayı Öğrenelim 4. Kitap</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>615</v>
+        <v>845</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786055992309</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Müzik Serüveni Yolculuğa Hazırlık B</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>500</v>
+        <v>625</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786055992613</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Her Gün Bir Parça Öğrenelim - Flüt 1. Kitap</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>595</v>
+        <v>825</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786055992514</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Her Gün Bir Parça Öğrenelim Keman 1. Kitap</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>595</v>
+        <v>850</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786058276147</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Piyano 2 - Teori Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786055992842</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Ud Metodu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>900</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786055992156</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Suzuki Keman Okulu - Keman 1</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>435</v>
+        <v>585</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786055992316</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Müzik Alfabesi İlk Teori Kitabım</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>445</v>
+        <v>550</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786055992828</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>A'dan Z'ye Müzik - 2. Bölüm</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>475</v>
+        <v>625</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786055992941</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Müzik Alfabesi Piyano 1. Bölüm</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>445</v>
+        <v>585</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786058276192</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Doğanın Güzellikleri 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786055992873</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Porte Müzik Akademisi Minik Yetenekler İçin Müzik Defteri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>525</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786055992927</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Porte Müzik Akademisi Ukulele</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>475</v>
+        <v>585</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786055992934</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>John Thompson’s Yetişkinler İçin Piyano Kursu Birinci Kitap</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>585</v>
+        <v>825</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786055992910</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Davul Atölyesi 3</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>500</v>
+        <v>685</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786058276161</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Piyano 1 - Deşifre Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786055992897</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Porte Müzik Akademisi Sarı Defter (1-4 Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786055992880</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Porte Müzik Akademisi Müzik Defteri Gitar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>435</v>
+        <v>585</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786055992903</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Mavi Defter (5-8 Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786055992866</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Porte Müzik Akademisi Müzik Defteri Piyano</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>435</v>
+        <v>585</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786055992859</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Porte Müzik Akademisi Melodika</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>615</v>
+        <v>825</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786058276154</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Piyano Repertuvarı Kitabı 2</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786055992811</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Suzuki Keman Okulu - Keman 3</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>485</v>
+        <v>650</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786055992835</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Zodyak İmparatorluğu</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786058276130</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Piyano - 2</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786055992804</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Her Yönüyle Müzik</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>550</v>
+        <v>725</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786055992798</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Tanışma Partisi - Bilmişler (CD)</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>86.44</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786058276123</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Piyano Repertuvarı Kitabı 1</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786058276109</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Piyano - 1</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786055992781</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Suzuki Piyano Okulu 1. Bölüm</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786055992774</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Suzuki Çello Okulu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>685</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786055992767</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Flamenko</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>850</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786055992262</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Çalgıları Boyayalım 1</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>445</v>
+        <v>525</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786055992224</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Çalgılarla Oynayalım</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786055992132</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Klasik Metodlar - Arenas</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>525</v>
+        <v>650</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786055992071</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Müzik Alfabesi 1. Bölüm</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>500</v>
+        <v>615</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786055992118</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>John Thompson'dan Kolay Piyano Kursu 1. Bölüm</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>615</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786055992545</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Doğru Başlayalım - Eta Cohen'in Keman Metodu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>500</v>
+        <v>735</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786055992347</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>İlk Klasik Müzik Repertuvarım</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>415</v>
+        <v>575</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786058446007</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Piyano Eşlikli Belirli Gün ve Haftalar Temalı Koro ve Solo Şarkılar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>525</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786055992378</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Müzisyenin El Kitabı: Gitar Akorları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>485</v>
+        <v>650</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786055992088</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Müzik Alfabesi 2</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>510</v>
+        <v>625</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786055992460</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Denes Agay'dan Piyano Çalmayı Öğrenelim 3</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>600</v>
+        <v>785</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786055992453</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Denes Agay'dan Piyano Çalmayı Öğrenelim 2</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>525</v>
+        <v>685</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786055992170</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Modern Yaklaşımla Klasik Gitar Kitap / CD 1</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>515</v>
+        <v>685</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786055992736</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Aranjörün Müzik Defteri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>440</v>
+        <v>535</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786055992330</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Müzik Serüveni - Porte Çok Amaçlı Müzik Defter (5. - 8. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>525</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786055992231</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Müzik Serüveni Yolculuğa Hazırlık A</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>610</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786055992699</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Orff Eşlikli Melodika Metodu 1. Bölüm</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>540</v>
+        <v>625</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786055992583</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Lavignac Solfej 1C - Küçük Boy</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>450</v>
+        <v>660</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786055992057</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>İlk Adım Klasik Gitar</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786055992606</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Lavignac Solfej 2B (Küçük Boy)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>660</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786055992576</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Lavignac Solfej 1B (Büyük Boy)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>660</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786055992521</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Lavignac Solfej 2A - Piyano Eşlikli Şan Çalışmaları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>685</v>
+        <v>995</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786055992323</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Müzik Serüveni - Porte Çok Amaçlı Müzik Defter (1. - 4. Sınıflar İçin)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>525</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786055992408</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Klasik Gitar 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786055992217</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Suzuki Keman Okulu - Keman 2</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>445</v>
+        <v>600</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786055992163</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Ferdinand Beyer OP. 101</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>485</v>
+        <v>625</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786055992422</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Müziğin ABC'si 1. Bölüm</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>475</v>
+        <v>615</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786055992538</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Lavignac Solfej 1A - Büyük Boy</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>685</v>
+        <v>995</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786055992675</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Müziğin ABC'si Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786055992668</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Müziğin ABC'si 3. Bölüm</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>535</v>
+        <v>650</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786055992651</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Bas Gitar - 3 Cd Eşlikli</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>650</v>
+        <v>825</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786055992255</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Lavignac Solfej 1A (Büyük Boy)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>450</v>
+        <v>585</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786055992200</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>John Thompson'dan Kolay Piyano Kursu 3. Bölüm</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>525</v>
+        <v>750</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786055992590</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Lavignac Solfej 1D (Küçük Boy)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>450</v>
+        <v>660</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786055992569</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Lavignac Solfej 1E (Küçük Boy)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>660</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786055992439</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Temel Gitar Eğitimi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>485</v>
+        <v>725</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786055992620</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Müziğin ABC'si 2. Bölüm</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>480</v>
+        <v>625</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>