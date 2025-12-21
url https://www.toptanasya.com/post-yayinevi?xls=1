--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,5800 +85,5845 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256297845</t>
+          <t>9786256297951</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türkçü-Turancı Süreli Yayınlar</t>
+          <t>S. Ahmet Arvasi Kronolojisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1000</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256297890</t>
+          <t>9786256297968</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Bir Mahfil: Çelebi Dergisi (2020-2025)</t>
+          <t>27 Mayıs Darbesinde İlginç Bir Portre: Veteriner General Burhanettin Uluç</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256297807</t>
+          <t>9786256297906</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Türk Olmak</t>
+          <t>Bir Bektaşi Klasiği Hayali Baba Risalesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256297838</t>
+          <t>9786256297845</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle Kutadgu Bilig</t>
+          <t>Türkçü-Turancı Süreli Yayınlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256297852</t>
+          <t>9786256297890</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Uçuşmalar</t>
+          <t>Anadolu'da Bir Mahfil: Çelebi Dergisi (2020-2025)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256297876</t>
+          <t>9786256297807</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şiirle Ne Söylesem Ki Harabım</t>
+          <t>Türk Olmak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256297821</t>
+          <t>9786256297838</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Makedonya’da Etkinlik Temelli Türkçe Eğitimi</t>
+          <t>Günümüz Türkçesiyle Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256297883</t>
+          <t>9786256297852</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür ve Medeniyet Tarihimizden Notlar</t>
+          <t>Uçuşmalar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256297869</t>
+          <t>9786256297876</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılın Son Çeyreğinde N.F. Petrovski'nin Taşkent ve Kaşgar Mektupları</t>
+          <t>Şiirle Ne Söylesem Ki Harabım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256297746</t>
+          <t>9786256297821</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Taba'i'l El-Hayevan - Çin, Türkler ve Hindistan Üzerine</t>
+          <t>Kuzey Makedonya’da Etkinlik Temelli Türkçe Eğitimi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256297814</t>
+          <t>9786256297883</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Saray ve Harem</t>
+          <t>Türk Kültür ve Medeniyet Tarihimizden Notlar</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256297326</t>
+          <t>9786256297869</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesinde Arkaik (Eski) Ögeler</t>
+          <t>19. Yüzyılın Son Çeyreğinde N.F. Petrovski'nin Taşkent ve Kaşgar Mektupları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258143478</t>
+          <t>9786256297746</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Niyet - Geri Geldik Malazgirt'ten Çorum'a</t>
+          <t>Taba'i'l El-Hayevan - Çin, Türkler ve Hindistan Üzerine</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258143829</t>
+          <t>9786256297814</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Hanlığı - Büyük Moğol Kağanlığı Arasındaki Siyasi İlişkiler</t>
+          <t>Osmanlı'da Saray ve Harem</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258143423</t>
+          <t>9786256297326</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Düşe Kalka Geçen Yıllar - Hatıralar</t>
+          <t>Eski Anadolu Türkçesinde Arkaik (Eski) Ögeler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258143027</t>
+          <t>9786258143478</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Geçen Değil Uçan Yıllar</t>
+          <t>Niyet - Geri Geldik Malazgirt'ten Çorum'a</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258143195</t>
+          <t>9786258143829</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Makedonya-Üsküp 2104-2017 Günlükleri-Hatıraları – Gezi Yazıları</t>
+          <t>Çağatay Hanlığı - Büyük Moğol Kağanlığı Arasındaki Siyasi İlişkiler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058338586</t>
+          <t>9786258143423</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gazi ve Latife</t>
+          <t>Düşe Kalka Geçen Yıllar - Hatıralar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256297753</t>
+          <t>9786258143027</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Alevi Değerleri</t>
+          <t>Geçen Değil Uçan Yıllar</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256297685</t>
+          <t>9786258143195</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Denizdekiler</t>
+          <t>Makedonya-Üsküp 2104-2017 Günlükleri-Hatıraları – Gezi Yazıları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256297654</t>
+          <t>9786058338586</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Geç Dönem Çağatay Türkçesiyle Yazılmış Mensur İskendername</t>
+          <t>Gazi ve Latife</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256297630</t>
+          <t>9786256297753</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>1944 Irkçılık Turancılık Davası Savunmalar</t>
+          <t>Alevi Değerleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256297616</t>
+          <t>9786256297685</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Risale: Teavün</t>
+          <t>Denizdekiler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256297623</t>
+          <t>9786256297654</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Stratejik İş Birliği</t>
+          <t>Geç Dönem Çağatay Türkçesiyle Yazılmış Mensur İskendername</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>1500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256297562</t>
+          <t>9786256297630</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzinde</t>
+          <t>1944 Irkçılık Turancılık Davası Savunmalar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256297586</t>
+          <t>9786256297616</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batıda İnsan ve Şahsiyet</t>
+          <t>Kayıp Risale: Teavün</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256297609</t>
+          <t>9786256297623</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Aleviler ve Alevi Kurumsallaşması</t>
+          <t>Türk Dünyasında Stratejik İş Birliği</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256297432</t>
+          <t>9786256297562</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Altınordu Devleti Tarihine Ait Metinler</t>
+          <t>Zamanın İzinde</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256297593</t>
+          <t>9786256297586</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Kıyısında Bir Şehrin Hikayesi</t>
+          <t>Doğu ve Batıda İnsan ve Şahsiyet</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256297487</t>
+          <t>9786256297609</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>The Manuscripts-Works Written By Mir ‘Ali Shir Nava’i</t>
+          <t>Avrupa'da Aleviler ve Alevi Kurumsallaşması</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256297579</t>
+          <t>9786256297432</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul'un Dedesi - Hasret</t>
+          <t>Altınordu Devleti Tarihine Ait Metinler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256297555</t>
+          <t>9786256297593</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan Araştırmaları</t>
+          <t>Kapitalizmin Kıyısında Bir Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256297500</t>
+          <t>9786256297487</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Diyet – Özgürlüğün Bedeli</t>
+          <t>The Manuscripts-Works Written By Mir ‘Ali Shir Nava’i</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256297395</t>
+          <t>9786256297579</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin İzinde</t>
+          <t>Ertuğrul'un Dedesi - Hasret</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256297463</t>
+          <t>9786256297555</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ülkemle Yolculuğum-Bir Din Dersi Öğretmeninin Hatıraları-</t>
+          <t>Doğu Türkistan Araştırmaları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256297319</t>
+          <t>9786256297500</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türkçe İlk Kur'an Tercümelerinden Meşhed Nüshası (Satır Arası Türkçe-Farsça Tercümeli - No. 2229)</t>
+          <t>Diyet – Özgürlüğün Bedeli</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256297517</t>
+          <t>9786256297395</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Bir Millet ve Hak Yolcusu : Mehmet Emin Rasulzade</t>
+          <t>Türkçenin İzinde</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256297524</t>
+          <t>9786256297463</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sebahattin Şimşir: 1944 Irkçılık – Turancılık Davası: Gerekçeli Hüküm</t>
+          <t>Ülkemle Yolculuğum-Bir Din Dersi Öğretmeninin Hatıraları-</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256297470</t>
+          <t>9786256297319</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han'ın Ataları (Moğol Tarihine Giriş)</t>
+          <t>Türkçe İlk Kur'an Tercümelerinden Meşhed Nüshası (Satır Arası Türkçe-Farsça Tercümeli - No. 2229)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258143799</t>
+          <t>9786256297517</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Belagat Terimleri Edebi Sanatlar ve Tenkit Lugati</t>
+          <t>Türkiye'de Bir Millet ve Hak Yolcusu : Mehmet Emin Rasulzade</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256297449</t>
+          <t>9786256297524</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çölde Dor</t>
+          <t>Sebahattin Şimşir: 1944 Irkçılık – Turancılık Davası: Gerekçeli Hüküm</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256297456</t>
+          <t>9786256297470</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Uzlar, Pecenegler ve Kuman/Kıpcaklar Üzerine Araştırmalar</t>
+          <t>Cengiz Han'ın Ataları (Moğol Tarihine Giriş)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256297371</t>
+          <t>9786258143799</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hırkamın Cebinde Yılanlar</t>
+          <t>Belagat Terimleri Edebi Sanatlar ve Tenkit Lugati</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256297364</t>
+          <t>9786256297449</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Güne Sığan Ömür</t>
+          <t>Çölde Dor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256297425</t>
+          <t>9786256297456</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Batı Karadeniz ve Zonguldak Kıpçak (Kuman) Türkleri</t>
+          <t>Uzlar, Pecenegler ve Kuman/Kıpcaklar Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>600</v>
+        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256297258</t>
+          <t>9786256297371</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan Destanı</t>
+          <t>Hırkamın Cebinde Yılanlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256297289</t>
+          <t>9786256297364</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Millet-i Sadıka'dan Hayk'ın Çocuklarına Ermeniler</t>
+          <t>Güne Sığan Ömür</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256297418</t>
+          <t>9786256297425</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gölgesinde Bir Alman Şarkiyatçı: Bertold Spuler</t>
+          <t>Batı Karadeniz ve Zonguldak Kıpçak (Kuman) Türkleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256297401</t>
+          <t>9786256297258</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çin’in Kutsal Metinleri – I / Shanhaj Jing Ya Da Dağlar ve Denizler Mecmuası</t>
+          <t>Oğuz Kağan Destanı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256297388</t>
+          <t>9786256297289</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ben Amerikadaykene -1 Sürgünde Doğmak</t>
+          <t>Millet-i Sadıka'dan Hayk'ın Çocuklarına Ermeniler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256297272</t>
+          <t>9786256297418</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Arnavut İsyanları ve İskender Bey</t>
+          <t>Tarihin Gölgesinde Bir Alman Şarkiyatçı: Bertold Spuler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256297357</t>
+          <t>9786256297401</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Vesîle-Nâme Şeyhoğlu Derviş Osman</t>
+          <t>Çin’in Kutsal Metinleri – I / Shanhaj Jing Ya Da Dağlar ve Denizler Mecmuası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258143218</t>
+          <t>9786256297388</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Eleştiri Terimler, ve Eleştiri Örnekleri)</t>
+          <t>Ben Amerikadaykene -1 Sürgünde Doğmak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256297074</t>
+          <t>9786256297272</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerdeki Mehmet Gül</t>
+          <t>Arnavut İsyanları ve İskender Bey</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>690</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258143959</t>
+          <t>9786256297357</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gökte Lamelif Çevirdim</t>
+          <t>Vesîle-Nâme Şeyhoğlu Derviş Osman</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258143669</t>
+          <t>9786258143218</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Impacts Of Syrian Migrants On The Social Life In Antakya</t>
+          <t>Klasik Türk Şiirinde Eleştiri Terimler, ve Eleştiri Örnekleri)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258143300</t>
+          <t>9786256297074</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürünün Zirve Şahsiyetlerinden Yusuf Has Hacib ve Kutadgu Bilig</t>
+          <t>Gönüllerdeki Mehmet Gül</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>690</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258143324</t>
+          <t>9786258143959</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ben Amarikadaykene Profesör Olmak</t>
+          <t>Gökte Lamelif Çevirdim</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258143256</t>
+          <t>9786258143669</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bir Rus Subayın Kars Mektupları (1877-1878)</t>
+          <t>Impacts Of Syrian Migrants On The Social Life In Antakya</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258143041</t>
+          <t>9786258143300</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Balıkesir’in Kuva-yı Milliye Kahramanlarından Zarbalı Hulusi Bey</t>
+          <t>Türk Kültürünün Zirve Şahsiyetlerinden Yusuf Has Hacib ve Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258143010</t>
+          <t>9786258143324</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Rüya</t>
+          <t>Ben Amarikadaykene Profesör Olmak</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>87.75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057682949</t>
+          <t>9786258143256</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma Uygulama Teknikleri</t>
+          <t>Bir Rus Subayın Kars Mektupları (1877-1878)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>243</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059444859</t>
+          <t>9786258143041</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig'de Kut ve Töre</t>
+          <t>Balıkesir’in Kuva-yı Milliye Kahramanlarından Zarbalı Hulusi Bey</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059444361</t>
+          <t>9786258143010</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Türkçe - 2</t>
+          <t>Bitmeyen Rüya</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>135</v>
+        <v>87.75</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059444370</t>
+          <t>9786057682949</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Muhibbi-i Sani - Şiirlerim</t>
+          <t>Anlayarak Hızlı Okuma Uygulama Teknikleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>243</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059444941</t>
+          <t>9786059444859</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ve Tanrı Delileri Yarattı</t>
+          <t>Kutadgu Bilig'de Kut ve Töre</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>45.9</v>
+        <v>325</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059444309</t>
+          <t>9786059444361</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Misak-ı Milli</t>
+          <t>Üniversiteler İçin Türkçe - 2</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256297531</t>
+          <t>9786059444370</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Anlama Krizi</t>
+          <t>Muhibbi-i Sani - Şiirlerim</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058338593</t>
+          <t>9786059444941</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Melal Burcu</t>
+          <t>Ve Tanrı Delileri Yarattı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>60.75</v>
+        <v>45.9</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058365612</t>
+          <t>9786059444309</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Misak-ı Milli</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>14.85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058365636</t>
+          <t>9786256297531</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Semah Aşka Doğrudur</t>
+          <t>Anlama Krizi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>81</v>
+        <v>270</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059444507</t>
+          <t>9786058338593</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bittiği Yer</t>
+          <t>Melal Burcu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>33.75</v>
+        <v>60.75</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059444798</t>
+          <t>9786058365612</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Moğol İstilası (1220 - 1265)</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>270</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059444064</t>
+          <t>9786058365636</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Qızılgül Etri</t>
+          <t>Semah Aşka Doğrudur</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>74.25</v>
+        <v>81</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058338562</t>
+          <t>9786059444507</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilgisi İncelemeleri</t>
+          <t>Zamanın Bittiği Yer</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>270</v>
+        <v>33.75</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058338500</t>
+          <t>9786059444798</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>100 Yıl Önce Biz de Çanakkale'deydik</t>
+          <t>Moğol İstilası (1220 - 1265)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>87.75</v>
+        <v>270</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058365681</t>
+          <t>9786059444064</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Son Cihan Projesi Kudüs Selahaddin Eyyubi Külliye-i İslamiyesi</t>
+          <t>Qızılgül Etri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>60.75</v>
+        <v>74.25</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>4440000002816</t>
+          <t>9786058338562</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>Türklük Bilgisi İncelemeleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057682703</t>
+          <t>9786058338500</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ben Amarikadaykene</t>
+          <t>100 Yıl Önce Biz de Çanakkale'deydik</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>190</v>
+        <v>87.75</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057682154</t>
+          <t>9786058365681</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Diyen Kitaplar</t>
+          <t>Osmanlının Son Cihan Projesi Kudüs Selahaddin Eyyubi Külliye-i İslamiyesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>67.5</v>
+        <v>60.75</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057682710</t>
+          <t>4440000002816</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin Yönetim Sistemi</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057682680</t>
+          <t>9786057682703</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Oğuz Boyları</t>
+          <t>Ben Amarikadaykene</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057682024</t>
+          <t>9786057682154</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yusif Ziya Talibzade (Azerbaycan Türkçesiyle)</t>
+          <t>Seyahat Diyen Kitaplar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>540</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256297227</t>
+          <t>9786057682710</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Merdan’a Talip Olanlar</t>
+          <t>Osmanlı Devleti’nin Yönetim Sistemi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256297340</t>
+          <t>9786057682680</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Müzisyen ve Sanatçı Olma Yolunda</t>
+          <t>Anadolu’da Oğuz Boyları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258143416</t>
+          <t>9786057682024</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Adile Ayda</t>
+          <t>Yusif Ziya Talibzade (Azerbaycan Türkçesiyle)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256297265</t>
+          <t>9786256297227</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ziya Bey Sürgünden İstiklale İstibdattan Hürriyete</t>
+          <t>Şah-ı Merdan’a Talip Olanlar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258143904</t>
+          <t>9786256297340</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Halifeler Çağı</t>
+          <t>Müzisyen ve Sanatçı Olma Yolunda</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256297098</t>
+          <t>9786258143416</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Umut'un Yolu</t>
+          <t>Adile Ayda</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256297234</t>
+          <t>9786256297265</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Aşikar'ın Gönül Köprüsü</t>
+          <t>Ziya Bey Sürgünden İstiklale İstibdattan Hürriyete</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256297241</t>
+          <t>9786258143904</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bakır Pası (Gün Batımı Denemeleri)</t>
+          <t>Halifeler Çağı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256297173</t>
+          <t>9786256297098</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Avrupalı Türkler- Avrupa Türk Tarihi (Ciltli)</t>
+          <t>Umut'un Yolu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256297203</t>
+          <t>9786256297234</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Tunguzlar</t>
+          <t>Aşikar'ın Gönül Köprüsü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256297210</t>
+          <t>9786256297241</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar'dan İktidara İttihat ve Terakki Cemiyeti</t>
+          <t>Bakır Pası (Gün Batımı Denemeleri)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256297166</t>
+          <t>9786256297173</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Son Kapı Harzemşahlar ve Moğol İstilası (1097-1231)</t>
+          <t>Avrupalı Türkler- Avrupa Türk Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>310</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256297159</t>
+          <t>9786256297203</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilimci - Türkolog Yusuf Gedikli Kitabı</t>
+          <t>Günümüzde Tunguzlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256297142</t>
+          <t>9786256297210</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kara Kitap - Bir Devrin Yüz Karası</t>
+          <t>Balkanlar'dan İktidara İttihat ve Terakki Cemiyeti</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256297128</t>
+          <t>9786256297166</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Hikaye</t>
+          <t>Son Kapı Harzemşahlar ve Moğol İstilası (1097-1231)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256297081</t>
+          <t>9786256297159</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Cantemir</t>
+          <t>Dil Bilimci - Türkolog Yusuf Gedikli Kitabı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256297135</t>
+          <t>9786256297142</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Masum</t>
+          <t>Kara Kitap - Bir Devrin Yüz Karası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256297050</t>
+          <t>9786256297128</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Nişan Udagan Bitigi</t>
+          <t>Yüzyıllık Hikaye</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256297111</t>
+          <t>9786256297081</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kırgızlar, Kazaklar ve Moğollar</t>
+          <t>Cantemir</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256297029</t>
+          <t>9786256297135</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kazakistan - Bozkırın Mirası Üzerine Düşler ve Gerçekler</t>
+          <t>Masum</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258143966</t>
+          <t>9786256297050</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çeşme Tarihi Araştırmaları - I</t>
+          <t>Nişan Udagan Bitigi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256297104</t>
+          <t>9786256297111</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Köşedeki Can Penceresinden</t>
+          <t>Kırgızlar, Kazaklar ve Moğollar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256297067</t>
+          <t>9786256297029</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Temelleriyle Tufan Olayı</t>
+          <t>Kazakistan - Bozkırın Mirası Üzerine Düşler ve Gerçekler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>255</v>
+        <v>275</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258143775</t>
+          <t>9786258143966</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılarda Medeniyet Kavramı</t>
+          <t>Çeşme Tarihi Araştırmaları - I</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256297036</t>
+          <t>9786256297104</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bolu'da Yunus Emre Kültürü</t>
+          <t>Köşedeki Can Penceresinden</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258143935</t>
+          <t>9786256297067</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yollar Kesişince</t>
+          <t>Tarihi Temelleriyle Tufan Olayı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>225</v>
+        <v>255</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256297043</t>
+          <t>9786258143775</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Cihan-Name</t>
+          <t>Osmanlılarda Medeniyet Kavramı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258143850</t>
+          <t>9786256297036</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Manevi Danışmanlık</t>
+          <t>Bolu'da Yunus Emre Kültürü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256297005</t>
+          <t>9786258143935</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sibirya Türkçesi</t>
+          <t>Yollar Kesişince</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256297012</t>
+          <t>9786256297043</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Türk Orta Çağı’nda Yönetim ve Ekonomi</t>
+          <t>Cihan-Name</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258143973</t>
+          <t>9786258143850</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Samangan Kurdu Azad Bek</t>
+          <t>Manevi Danışmanlık</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258143928</t>
+          <t>9786256297005</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ben Amarikadaykene 3 – Yuvaya Dönmek</t>
+          <t>Sibirya Türkçesi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258143942</t>
+          <t>9786256297012</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dönemin Kaynaklarından Orta Çağ Hindistanı</t>
+          <t>Türk Orta Çağı’nda Yönetim ve Ekonomi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258143911</t>
+          <t>9786258143973</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Elbasan Bektaşileri</t>
+          <t>Samangan Kurdu Azad Bek</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258143898</t>
+          <t>9786258143928</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Safeviye Tarikatı</t>
+          <t>Ben Amarikadaykene 3 – Yuvaya Dönmek</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258143881</t>
+          <t>9786258143942</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk ve Ardıllarının Tarihi</t>
+          <t>Dönemin Kaynaklarından Orta Çağ Hindistanı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258143409</t>
+          <t>9786258143911</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Sait İsyanından Varto Mektubu’na Mehmet Şerif Fırat</t>
+          <t>Elbasan Bektaşileri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258143515</t>
+          <t>9786258143898</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Şebüsteri ve Saadetname</t>
+          <t>Safeviye Tarikatı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258143683</t>
+          <t>9786258143881</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Moğol Çağı</t>
+          <t>Timurlenk ve Ardıllarının Tarihi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>255</v>
+        <v>175</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258143867</t>
+          <t>9786258143409</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tuğlukşahlar Devleti (Kadim Şehir Delhi’nin Şah Sultanları)</t>
+          <t>Şeyh Sait İsyanından Varto Mektubu’na Mehmet Şerif Fırat</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258143805</t>
+          <t>9786258143515</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Gönlümdeki Söz Sarayı</t>
+          <t>Mahmud Şebüsteri ve Saadetname</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258143614</t>
+          <t>9786258143683</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Bir Yumuşak Güç Aracı: Türk Maarif Vakfı</t>
+          <t>Moğol Çağı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>205</v>
+        <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258143638</t>
+          <t>9786258143867</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>As an Element Of Soft Power in Turkish Foreign Policy: Turkish Maarif Foundation</t>
+          <t>Tuğlukşahlar Devleti (Kadim Şehir Delhi’nin Şah Sultanları)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>205</v>
+        <v>450</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258143621</t>
+          <t>9786258143805</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Suriyeli Göçmenlerin Türkiye’ye Göçü: Antakya Örneği</t>
+          <t>Gönlümdeki Söz Sarayı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258143836</t>
+          <t>9786258143614</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimizin 100. Yılında Türkçemiz</t>
+          <t>Türk Dış Politikasında Bir Yumuşak Güç Aracı: Türk Maarif Vakfı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258143454</t>
+          <t>9786258143638</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Babaannemden Yörük Sözleri</t>
+          <t>As an Element Of Soft Power in Turkish Foreign Policy: Turkish Maarif Foundation</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258143188</t>
+          <t>9786258143621</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Vahdet - Name-i Hulusi</t>
+          <t>Suriyeli Göçmenlerin Türkiye’ye Göçü: Antakya Örneği</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>540</v>
+        <v>135</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258143058</t>
+          <t>9786258143836</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çingis Han’ın Yaşamı</t>
+          <t>Cumhuriyetimizin 100. Yılında Türkçemiz</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059444354</t>
+          <t>9786258143454</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Türkçe - 1</t>
+          <t>Babaannemden Yörük Sözleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>135</v>
+        <v>270</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258143874</t>
+          <t>9786258143188</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Türk Fikir Sistemi: Gönül Ontolojisiyle Şehri Yeniden Kurmak</t>
+          <t>Vahdet - Name-i Hulusi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>540</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258143522</t>
+          <t>9786258143058</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Dövletin Açarı - 3</t>
+          <t>Çingis Han’ın Yaşamı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258143539</t>
+          <t>9786059444354</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dövletin Açarı - 2</t>
+          <t>Üniversiteler İçin Türkçe - 1</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>340</v>
+        <v>135</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258143546</t>
+          <t>9786258143874</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dövletin Açarı - 1</t>
+          <t>Türk Fikir Sistemi: Gönül Ontolojisiyle Şehri Yeniden Kurmak</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258143461</t>
+          <t>9786258143522</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Meclisi (Edebiyat Hatıraları)</t>
+          <t>Dövletin Açarı - 3</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258143768</t>
+          <t>9786258143539</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Vasiyetten Arzuya: Rus Edebiyatında Gürcistan</t>
+          <t>Dövletin Açarı - 2</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>345</v>
+        <v>340</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258143400</t>
+          <t>9786258143546</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Amasya Kervan Yolları</t>
+          <t>Dövletin Açarı - 1</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258143393</t>
+          <t>9786258143461</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Müslümanlık</t>
+          <t>Dostlar Meclisi (Edebiyat Hatıraları)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258143362</t>
+          <t>9786258143768</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l-Üstüvani - Üstüvani Mehmed Efendi Risalesi</t>
+          <t>Vasiyetten Arzuya: Rus Edebiyatında Gürcistan</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>550</v>
+        <v>345</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258143843</t>
+          <t>9786258143400</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kitap Avcısı</t>
+          <t>Amasya Kervan Yolları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258143492</t>
+          <t>9786258143393</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul'un Dedesi - Sabır</t>
+          <t>Atatürk ve Müslümanlık</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258143584</t>
+          <t>9786258143362</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Peşinde III</t>
+          <t>Kitabü'l-Üstüvani - Üstüvani Mehmed Efendi Risalesi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258143577</t>
+          <t>9786258143843</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Peşinde II</t>
+          <t>Kitap Avcısı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258143560</t>
+          <t>9786258143492</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Peşinde I</t>
+          <t>Ertuğrul'un Dedesi - Sabır</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258143812</t>
+          <t>9786258143584</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İki Bin Eli</t>
+          <t>Gerçeğin Peşinde III</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258143676</t>
+          <t>9786258143577</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kazan Tarihi</t>
+          <t>Gerçeğin Peşinde II</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258143782</t>
+          <t>9786258143560</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Görmedim Deniz Rüyası</t>
+          <t>Gerçeğin Peşinde I</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258143751</t>
+          <t>9786258143812</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyetten Günümüze Balıkesir Yer Adları İdari Taksimatta ve Köy Adlarında Değişim</t>
+          <t>İki Bin Eli</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>540</v>
+        <v>175</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258143713</t>
+          <t>9786258143676</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan ve Kazakistan'da Ulus ve Devlet İnşasında Semboller</t>
+          <t>Kazan Tarihi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258143744</t>
+          <t>9786258143782</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Açık Toplum İçin Bir Nefes Felsefe</t>
+          <t>Bir Daha Görmedim Deniz Rüyası</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258143737</t>
+          <t>9786258143751</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Tebriz</t>
+          <t>2. Meşrutiyetten Günümüze Balıkesir Yer Adları İdari Taksimatta ve Köy Adlarında Değişim</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>270</v>
+        <v>540</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258143720</t>
+          <t>9786258143713</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Rabunyanların Tarihi (Orta Çağ’da Ermeniler, Moğollar, Memlükler, Bizans ve Selçuklular)</t>
+          <t>Azerbaycan ve Kazakistan'da Ulus ve Devlet İnşasında Semboller</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258143607</t>
+          <t>9786258143744</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Vardapet Ğevond’un Ermeni Tarihi (8. Yüzyılda Araplar, Ermeniler, Hazarlar Ve Bizanslılar)</t>
+          <t>Açık Toplum İçin Bir Nefes Felsefe</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258143706</t>
+          <t>9786258143737</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kosova’nın Yiğit Oğlu - Burhan Sait</t>
+          <t>Tarihte Tebriz</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258143652</t>
+          <t>9786258143720</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mustafa ve Halil</t>
+          <t>Rabunyanların Tarihi (Orta Çağ’da Ermeniler, Moğollar, Memlükler, Bizans ve Selçuklular)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258143591</t>
+          <t>9786258143607</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ticari Hava Ulaşımının Doğuşu Ve Emekleme Dönemi (1923-1938)</t>
+          <t>Vardapet Ğevond’un Ermeni Tarihi (8. Yüzyılda Araplar, Ermeniler, Hazarlar Ve Bizanslılar)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258143645</t>
+          <t>9786258143706</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Can Islığı</t>
+          <t>Kosova’nın Yiğit Oğlu - Burhan Sait</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258143553</t>
+          <t>9786258143652</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel</t>
+          <t>Mustafa ve Halil</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258143485</t>
+          <t>9786258143591</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Sanat Olarak Yaşamak</t>
+          <t>Türkiye’de Ticari Hava Ulaşımının Doğuşu Ve Emekleme Dönemi (1923-1938)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>675</v>
+        <v>270</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258143508</t>
+          <t>9786258143645</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gürcü Mitolojisi</t>
+          <t>Can Islığı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258143447</t>
+          <t>9786258143553</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Küserken</t>
+          <t>Aşık Veysel</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>385</v>
+        <v>270</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258143102</t>
+          <t>9786258143485</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Yılların Menkıbesi</t>
+          <t>Hayatı Sanat Olarak Yaşamak</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>270</v>
+        <v>675</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258143065</t>
+          <t>9786258143508</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig’in Kavram Dünyası</t>
+          <t>Gürcü Mitolojisi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258143355</t>
+          <t>9786258143447</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Türkistan, Çin ve Hindistan'ı Araştırma Tarihi</t>
+          <t>Yıldızlar Küserken</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258143348</t>
+          <t>9786258143102</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Orta Çağ Türk Şiiri</t>
+          <t>Geçmiş Yılların Menkıbesi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>385</v>
+        <v>270</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258143331</t>
+          <t>9786258143065</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bu Defa Farklı</t>
+          <t>Kutadgu Bilig’in Kavram Dünyası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258143379</t>
+          <t>9786258143355</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Solu Kronolojisi</t>
+          <t>Avrupa'da Türkistan, Çin ve Hindistan'ı Araştırma Tarihi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258143386</t>
+          <t>9786258143348</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Necdet Hacıoğlu'na Armağan</t>
+          <t>İlk ve Orta Çağ Türk Şiiri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>375</v>
+        <v>385</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258143317</t>
+          <t>9786258143331</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Farsname</t>
+          <t>Bu Defa Farklı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057369925</t>
+          <t>9786258143379</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Şervan ve Derbend Tarihi</t>
+          <t>Türkiye Solu Kronolojisi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258143263</t>
+          <t>9786258143386</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Oğul Balı</t>
+          <t>Necdet Hacıoğlu'na Armağan</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258143294</t>
+          <t>9786258143317</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tevarih-i Şehr-i Kostantiniyye Menakıb-ı Zuhür-ı Al-i Osman</t>
+          <t>Farsname</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258143089</t>
+          <t>9786057369925</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bir Almancının Kaleminden Hatıralar Ve Turizmin Tarihi 2</t>
+          <t>Şervan ve Derbend Tarihi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057682994</t>
+          <t>9786258143263</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Tarihi Çalışmaları</t>
+          <t>Oğul Balı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258143270</t>
+          <t>9786258143294</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Judasz Tadeusz Krusinski’nin İran Seyahatnamesi</t>
+          <t>Tevarih-i Şehr-i Kostantiniyye Menakıb-ı Zuhür-ı Al-i Osman</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258143225</t>
+          <t>9786258143089</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çağın Şahidinin Gözüyle Ayasofya</t>
+          <t>Bir Almancının Kaleminden Hatıralar Ve Turizmin Tarihi 2</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258143287</t>
+          <t>9786057682994</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Derin Portreler</t>
+          <t>Kafkas Tarihi Çalışmaları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>375</v>
+        <v>240</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258143201</t>
+          <t>9786258143270</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Köklerim Ve Anılarım</t>
+          <t>Judasz Tadeusz Krusinski’nin İran Seyahatnamesi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258143249</t>
+          <t>9786258143225</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Balıkesir Kuva-yı Milliye Kahramanları Makaleler</t>
+          <t>Çağın Şahidinin Gözüyle Ayasofya</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258143232</t>
+          <t>9786258143287</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Çin Tarihi</t>
+          <t>Derin Portreler</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258143171</t>
+          <t>9786258143201</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Yazışma Kuralları - Usul-i Kavaid-i Mükatebe (19.-20. Yüzyıl)</t>
+          <t>Köklerim Ve Anılarım</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258143140</t>
+          <t>9786258143249</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Mirza Bala Mehmetzade’nin İlmi Yazıları Dergi, Der Kaukasus Ve İslam Ansiklopedisindeki Yazıları)</t>
+          <t>Cumhuriyetin 100. Yılında Balıkesir Kuva-yı Milliye Kahramanları Makaleler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057369963</t>
+          <t>9786258143232</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Mirza Bala Mehmetzade Ve Soğuk Savaş Yazıları Cumhuriyet Ve Milliyet Gazetelerindeki Yazıları)</t>
+          <t>Çin Tarihi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258143119</t>
+          <t>9786258143171</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Sekiz Kapısı - Optimal Terapi</t>
+          <t>Osmanlıda Yazışma Kuralları - Usul-i Kavaid-i Mükatebe (19.-20. Yüzyıl)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258143034</t>
+          <t>9786258143140</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Mirza Bala Mehmetzade’nin İlmi Yazıları Dergi, Der Kaukasus Ve İslam Ansiklopedisindeki Yazıları)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057682628</t>
+          <t>9786057369963</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Türkler Ve Şehirler - I</t>
+          <t>Mirza Bala Mehmetzade Ve Soğuk Savaş Yazıları Cumhuriyet Ve Milliyet Gazetelerindeki Yazıları)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057369970</t>
+          <t>9786258143119</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Mercan'a Armağan</t>
+          <t>Cennetin Sekiz Kapısı - Optimal Terapi</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057369901</t>
+          <t>9786258143034</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Şehristanhay-i İranşehr Ve Pehlevi Metinleri</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057369918</t>
+          <t>9786057682628</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sasani Devri İran Uygarlığı Tarihi</t>
+          <t>Türkler Ve Şehirler - I</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258143133</t>
+          <t>9786057369970</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletini Kuran Osman Bey’in Adı Sorunu</t>
+          <t>İsmail Hakkı Mercan'a Armağan</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>4440000002817</t>
+          <t>9786057369901</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji Makaleleri</t>
+          <t>Şehristanhay-i İranşehr Ve Pehlevi Metinleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057369949</t>
+          <t>9786057369918</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Aydın Kral Büyük Theodericus</t>
+          <t>Sasani Devri İran Uygarlığı Tarihi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258143157</t>
+          <t>9786258143133</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Nükteden Şakaya</t>
+          <t>Osmanlı Devletini Kuran Osman Bey’in Adı Sorunu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258143126</t>
+          <t>4440000002817</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yurttan Ve Dünyadan Haberler – Gezi Yazıları-</t>
+          <t>Türkoloji Makaleleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258143164</t>
+          <t>9786057369949</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yoksuzluk</t>
+          <t>Aydın Kral Büyük Theodericus</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258143072</t>
+          <t>9786258143157</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Safevi Devleti (1501-1736)</t>
+          <t>Nükteden Şakaya</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057682932</t>
+          <t>9786258143126</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycanca - İngilisce Hüquq Terminleri Lüğeti</t>
+          <t>Yurttan Ve Dünyadan Haberler – Gezi Yazıları-</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>405</v>
+        <v>225</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057369956</t>
+          <t>9786258143164</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Akçura Ve Türk-tatar Heyeti (1914-1917)</t>
+          <t>Yoksuzluk</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258143096</t>
+          <t>9786258143072</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Rönesansına Doğru</t>
+          <t>Safevi Devleti (1501-1736)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057369987</t>
+          <t>9786057682932</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bahar'ın 4 Mevsimi</t>
+          <t>Azerbaycanca - İngilisce Hüquq Terminleri Lüğeti</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>405</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057369994</t>
+          <t>9786057369956</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Üsküp’den Urumçi'ye Gönül Coğrafyamızdan Hatıralar</t>
+          <t>Yusuf Akçura Ve Türk-tatar Heyeti (1914-1917)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057682307</t>
+          <t>9786258143096</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Atsız Son Mahkumiyet ve Türkçüler</t>
+          <t>Alevilik Rönesansına Doğru</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057369932</t>
+          <t>9786057369987</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen Yaşamak</t>
+          <t>Bahar'ın 4 Mevsimi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057682970</t>
+          <t>9786057369994</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaya Yüz Tutmuş Ağır Adımlı Bir Yürüyüş: Mehter Dergisi</t>
+          <t>Üsküp’den Urumçi'ye Gönül Coğrafyamızdan Hatıralar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057682963</t>
+          <t>9786057682307</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hoşca Bak Zatına - Okurken Yazılanlar</t>
+          <t>Atsız Son Mahkumiyet ve Türkçüler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057682956</t>
+          <t>9786057369932</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Görmüş Edebiyatçı</t>
+          <t>Her Şeye Rağmen Yaşamak</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>202.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057682871</t>
+          <t>9786057682970</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt’ten Mavi Vatan’a</t>
+          <t>Unutulmaya Yüz Tutmuş Ağır Adımlı Bir Yürüyüş: Mehter Dergisi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057682925</t>
+          <t>9786057682963</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kelamdan Kaleme</t>
+          <t>Hoşca Bak Zatına - Okurken Yazılanlar</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057682901</t>
+          <t>9786057682956</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Felsefe</t>
+          <t>Avrupa Görmüş Edebiyatçı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>300</v>
+        <v>202.5</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057682802</t>
+          <t>9786057682871</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Tarih</t>
+          <t>Malazgirt’ten Mavi Vatan’a</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057682697</t>
+          <t>9786057682925</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Moğolca Dil Bilgisi</t>
+          <t>Kelamdan Kaleme</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057682741</t>
+          <t>9786057682901</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dikene Su Vermek</t>
+          <t>Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057682857</t>
+          <t>9786057682802</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Siyasal İktidarın Gelişim Tarihi</t>
+          <t>Bütüncül Tarih</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057682864</t>
+          <t>9786057682697</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ölümünün 100. Yılında Ömer Seyfettin</t>
+          <t>Moğolca Dil Bilgisi</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057682840</t>
+          <t>9786057682741</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Zokırjon Mashrabovga Armugʻon - Bobur Izıda O’tgan Bır Umr</t>
+          <t>Dikene Su Vermek</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057682796</t>
+          <t>9786057682857</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Savaşlar Üzerine En Önemli Anlatı 1. Kitap</t>
+          <t>Türklerde Siyasal İktidarın Gelişim Tarihi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>230</v>
+        <v>540</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057682819</t>
+          <t>9786057682864</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Öncesi Anadolu'da Pastoral Yaşam</t>
+          <t>Ölümünün 100. Yılında Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057682833</t>
+          <t>9786057682840</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Çukurköy’de Aileler</t>
+          <t>Prof. Dr. Zokırjon Mashrabovga Armugʻon - Bobur Izıda O’tgan Bır Umr</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>405</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057682826</t>
+          <t>9786057682796</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Karaca Ahmet Sultan Menakıbnamesi</t>
+          <t>Savaşlar Üzerine En Önemli Anlatı 1. Kitap</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057682734</t>
+          <t>9786057682819</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Yollarında</t>
+          <t>Osmanlı Öncesi Anadolu'da Pastoral Yaşam</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>135</v>
+        <v>270</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057682772</t>
+          <t>9786057682833</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkmen Türkçesinin Bayatlılar Bölgesi Ağız Özellikleri</t>
+          <t>Geçmişten Günümüze Çukurköy’de Aileler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>405</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057682765</t>
+          <t>9786057682826</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Tuncer Baykara Hayatı, Eserleri ve Bazı Hatıraları</t>
+          <t>Karaca Ahmet Sultan Menakıbnamesi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057682758</t>
+          <t>9786057682734</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Cenap Bey</t>
+          <t>Ergenekon Yollarında</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057682727</t>
+          <t>9786057682772</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ünü Sınırları Aşan Bir Şair: Azerbaycan’da Tevfik Fikret</t>
+          <t>Irak Türkmen Türkçesinin Bayatlılar Bölgesi Ağız Özellikleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057682581</t>
+          <t>9786057682765</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Stalin ve Turancılar</t>
+          <t>Tuncer Baykara Hayatı, Eserleri ve Bazı Hatıraları</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057682567</t>
+          <t>9786057682758</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Din Bu Yanılgısı</t>
+          <t>Cenap Bey</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057682673</t>
+          <t>9786057682727</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Krasnoyarsk Esirlerinin Sesi: Vaveyla Gazetesi Dizini</t>
+          <t>Ünü Sınırları Aşan Bir Şair: Azerbaycan’da Tevfik Fikret</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057682642</t>
+          <t>9786057682581</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’dan Balkanlara Türklerde Tasavvuf</t>
+          <t>Stalin ve Turancılar</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057682659</t>
+          <t>9786057682567</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Küskün Göl</t>
+          <t>Din Bu Yanılgısı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057682611</t>
+          <t>9786057682673</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Son Krifos</t>
+          <t>Krasnoyarsk Esirlerinin Sesi: Vaveyla Gazetesi Dizini</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057682598</t>
+          <t>9786057682642</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İkona</t>
+          <t>Türkistan’dan Balkanlara Türklerde Tasavvuf</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057682604</t>
+          <t>9786057682659</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Karakula</t>
+          <t>Küskün Göl</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057682635</t>
+          <t>9786057682611</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul’un Dedesi - Can Borcu</t>
+          <t>Son Krifos</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057682666</t>
+          <t>9786057682598</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yunus'un Nefesi</t>
+          <t>Kutsal İkona</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057682543</t>
+          <t>9786057682604</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Fıkıh İçin Kavramlar</t>
+          <t>Karakula</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057682574</t>
+          <t>9786057682635</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürü</t>
+          <t>Ertuğrul’un Dedesi - Can Borcu</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>475</v>
+        <v>215</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059444733</t>
+          <t>9786057682666</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Tuna</t>
+          <t>Yunus'un Nefesi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057682536</t>
+          <t>9786057682543</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Biz Babadan Böyle Gördük</t>
+          <t>Yeniden Fıkıh İçin Kavramlar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057682468</t>
+          <t>9786057682574</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Türk Olmak</t>
+          <t>Türk Kültürü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>135</v>
+        <v>475</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057682550</t>
+          <t>9786059444733</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Pusat</t>
+          <t>Bir Damla Tuna</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057682451</t>
+          <t>9786057682536</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hastalıkları ve Doğum Anabilim Dalı Tarih Tarihçesi</t>
+          <t>Biz Babadan Böyle Gördük</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057682482</t>
+          <t>9786057682468</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Denizaşırı Kışkırtmalar İhanetler ve Tarihi Gerçekler</t>
+          <t>Türk Olmak</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057682185</t>
+          <t>9786057682550</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Aklı Anlamak</t>
+          <t>Pusat</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057682529</t>
+          <t>9786057682451</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Mavi Berenin Gölgesinde Bir Ömür</t>
+          <t>Kadın Hastalıkları ve Doğum Anabilim Dalı Tarih Tarihçesi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057682512</t>
+          <t>9786057682482</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sırdeli (Ciltli)</t>
+          <t>Denizaşırı Kışkırtmalar İhanetler ve Tarihi Gerçekler</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>405</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057682253</t>
+          <t>9786057682185</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sırdeli</t>
+          <t>Toplumsal Aklı Anlamak</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057682505</t>
+          <t>9786057682529</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Tüm Bildiklerimiz Tarih Oldu</t>
+          <t>Mavi Berenin Gölgesinde Bir Ömür</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057682475</t>
+          <t>9786057682512</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Filistin Mektupları</t>
+          <t>Sırdeli (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>225</v>
+        <v>405</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057682499</t>
+          <t>9786057682253</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Anonim Tevarih-i Al-i Osman</t>
+          <t>Sırdeli</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057682444</t>
+          <t>9786057682505</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Te’sir-İ ‘Aşk Yahud Zahmetsiz Ölüm</t>
+          <t>Tüm Bildiklerimiz Tarih Oldu</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057682406</t>
+          <t>9786057682475</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Rus Devleti Tarihi</t>
+          <t>Filistin Mektupları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057682420</t>
+          <t>9786057682499</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İnanmak Ya Da İnanmamak</t>
+          <t>Anonim Tevarih-i Al-i Osman</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057682390</t>
+          <t>9786057682444</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yedi Meşale Topluluğu ve Türk Edebiyatındaki Yeri</t>
+          <t>Te’sir-İ ‘Aşk Yahud Zahmetsiz Ölüm</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>540</v>
+        <v>135</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057682383</t>
+          <t>9786057682406</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Shaula - Akrebin Yükselişi (Ciltli)</t>
+          <t>Rus Devleti Tarihi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057682376</t>
+          <t>9786057682420</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Februum</t>
+          <t>İnanmak Ya Da İnanmamak</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057682321</t>
+          <t>9786057682390</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Balıkesir Tarihi Araştırmaları 2</t>
+          <t>Yedi Meşale Topluluğu ve Türk Edebiyatındaki Yeri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057682369</t>
+          <t>9786057682383</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Deneme’den Olmaz</t>
+          <t>Shaula - Akrebin Yükselişi (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057682291</t>
+          <t>9786057682376</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Kalbine Doğru</t>
+          <t>Februum</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057682338</t>
+          <t>9786057682321</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Yazıları</t>
+          <t>Balıkesir Tarihi Araştırmaları 2</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057682109</t>
+          <t>9786057682369</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Cismindeki Sır</t>
+          <t>Deneme’den Olmaz</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057682093</t>
+          <t>9786057682291</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Qəlbimin Gizli Guşəsi</t>
+          <t>Türkçenin Kalbine Doğru</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057682345</t>
+          <t>9786057682338</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Fatımiler Döneminde Siyasi ve İdeolojik Bir Yapılanma: Kelami Açıdan İsmaili İnanç Sistemi</t>
+          <t>Türk Dünyası Yazıları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057682352</t>
+          <t>9786057682109</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Mir Ali Şir ve Türkmen Halkının Tarihi</t>
+          <t>Sessizliğin Cismindeki Sır</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057682277</t>
+          <t>9786057682093</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu İmparatorluğu’nun Düşüşü</t>
+          <t>Qəlbimin Gizli Guşəsi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057682284</t>
+          <t>9786057682345</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi ve Düşünce Hayatında Rusya Türkleri (1945-1960)</t>
+          <t>Fatımiler Döneminde Siyasi ve İdeolojik Bir Yapılanma: Kelami Açıdan İsmaili İnanç Sistemi</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057682314</t>
+          <t>9786057682352</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>General Kemal Balıkesir’in Kuva-Yı Milliye ve İstiklal Savaşı Hatıraları</t>
+          <t>Mir Ali Şir ve Türkmen Halkının Tarihi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057682208</t>
+          <t>9786057682277</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Sürecinde İstanbul Yahudileri</t>
+          <t>Selçuklu İmparatorluğu’nun Düşüşü</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>216</v>
+        <v>230</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059444989</t>
+          <t>9786057682284</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Hunlar ve Göktürkler Üzerine</t>
+          <t>Türk Siyasi ve Düşünce Hayatında Rusya Türkleri (1945-1960)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057682260</t>
+          <t>9786057682314</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ötanazi - Ahlak ve Sevgi Üzerine</t>
+          <t>General Kemal Balıkesir’in Kuva-Yı Milliye ve İstiklal Savaşı Hatıraları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057682239</t>
+          <t>9786057682208</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Modernleşme Sürecinde İstanbul Yahudileri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057682086</t>
+          <t>9786059444989</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya Tarihi Üzerine Dört Çalışma</t>
+          <t>Hunlar ve Göktürkler Üzerine</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057682192</t>
+          <t>9786057682260</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kazak Bozkırındaki Meşale: Olcas Süleymanov</t>
+          <t>Ötanazi - Ahlak ve Sevgi Üzerine</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057682246</t>
+          <t>9786057682239</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Akıncıları</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>275</v>
+        <v>80</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057682215</t>
+          <t>9786057682086</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>De Administrando Imperio</t>
+          <t>Orta Asya Tarihi Üzerine Dört Çalışma</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059444835</t>
+          <t>9786057682192</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Terazi</t>
+          <t>Kazak Bozkırındaki Meşale: Olcas Süleymanov</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057682147</t>
+          <t>9786057682246</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yunus Deyi Göründüm</t>
+          <t>Bozkır Akıncıları</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057682161</t>
+          <t>9786057682215</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kalaycı Hilmi Destanı</t>
+          <t>De Administrando Imperio</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057682055</t>
+          <t>9786059444835</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bizans ve Balkanlar 976-1076</t>
+          <t>Terazi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>215</v>
+        <v>135</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057682178</t>
+          <t>9786057682147</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Hikayeler</t>
+          <t>Yunus Deyi Göründüm</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057682130</t>
+          <t>9786057682161</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Kalaycı Hilmi Destanı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057682116</t>
+          <t>9786057682055</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sevdalı Bir Yelpaze</t>
+          <t>Bizans ve Balkanlar 976-1076</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>90</v>
+        <v>215</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057682123</t>
+          <t>9786057682178</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Sokak</t>
+          <t>Yıldızlı Hikayeler</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057682048</t>
+          <t>9786057682130</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Bir Rahibin Gözünden Selçuklular ve Anadolu'nun Fethi</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>225</v>
+        <v>135</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059444965</t>
+          <t>9786057682116</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hünkar</t>
+          <t>Sevdalı Bir Yelpaze</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>475</v>
+        <v>90</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059444934</t>
+          <t>9786057682123</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hünkar (Ciltli)</t>
+          <t>Rüzgarlı Sokak</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>600</v>
+        <v>135</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057682062</t>
+          <t>9786057682048</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyadan Vatana Türkistan’da Türkler</t>
+          <t>Ermeni Bir Rahibin Gözünden Selçuklular ve Anadolu'nun Fethi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057682031</t>
+          <t>9786059444965</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Emin Resulzade - Bir Kere Yükselen Bayrak Bir Daha İnmez</t>
+          <t>Hünkar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>270</v>
+        <v>475</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059444972</t>
+          <t>9786059444934</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Karabağ Hanlığının Tarihi</t>
+          <t>Hünkar (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057682017</t>
+          <t>9786057682062</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ben</t>
+          <t>Coğrafyadan Vatana Türkistan’da Türkler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057682000</t>
+          <t>9786057682031</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hayata Bir Neşter</t>
+          <t>Mehmet Emin Resulzade - Bir Kere Yükselen Bayrak Bir Daha İnmez</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059444996</t>
+          <t>9786059444972</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Balıkesir Vilayeti Coğrafyası</t>
+          <t>Karabağ Hanlığının Tarihi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059444453</t>
+          <t>9786057682017</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Anonim Süryani Kroniği</t>
+          <t>İçimdeki Ben</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>175.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059444538</t>
+          <t>9786057682000</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yar Elinden Şehir Olsa İçilir</t>
+          <t>Hayata Bir Neşter</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059444842</t>
+          <t>9786059444996</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Rüyası</t>
+          <t>Balıkesir Vilayeti Coğrafyası</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059444873</t>
+          <t>9786059444453</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Ben Neredeyim?</t>
+          <t>Anonim Süryani Kroniği</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>135</v>
+        <v>175.5</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059444910</t>
+          <t>9786059444538</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yüreği Kendine Ağır</t>
+          <t>Yar Elinden Şehir Olsa İçilir</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>80</v>
+        <v>165</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059444927</t>
+          <t>9786059444842</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İçimin O Yalın Ezgisi</t>
+          <t>Türkistan Rüyası</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059444903</t>
+          <t>9786059444873</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Önce Yüreği Sürükler</t>
+          <t>Şimdi Ben Neredeyim?</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059444880</t>
+          <t>9786059444910</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kuran'la Anla</t>
+          <t>İnsan Yüreği Kendine Ağır</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>135</v>
+        <v>80</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059444958</t>
+          <t>9786059444927</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Türk Milli Kültüründe Kimlik ve Değerler Psikolojisi</t>
+          <t>İçimin O Yalın Ezgisi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059444811</t>
+          <t>9786059444903</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ateizmus - 1</t>
+          <t>Yaşam Önce Yüreği Sürükler</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059444897</t>
+          <t>9786059444880</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Fuat Hoca</t>
+          <t>Kuran'la Anla</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059444040</t>
+          <t>9786059444958</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Tamurberk Devletşin - SSCB'de Cilt Lekesi:Türkler</t>
+          <t>Türk Milli Kültüründe Kimlik ve Değerler Psikolojisi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>3990000086697</t>
+          <t>9786059444811</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Ateizmus - 1</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059444729</t>
+          <t>9786059444897</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>O Ateşi Yakanlar</t>
+          <t>Fuat Hoca</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059444699</t>
+          <t>9786059444040</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kar</t>
+          <t>Tamurberk Devletşin - SSCB'de Cilt Lekesi:Türkler</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059444712</t>
+          <t>3990000086697</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bozkurt Postu</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059444705</t>
+          <t>9786059444729</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Anayolun Uzağında</t>
+          <t>O Ateşi Yakanlar</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059444828</t>
+          <t>9786059444699</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Güvertede</t>
+          <t>Büyük Kar</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059444804</t>
+          <t>9786059444712</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kitaplarla Söyleşi 2</t>
+          <t>Bozkurt Postu</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059444637</t>
+          <t>9786059444705</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>100.000</t>
+          <t>Anayolun Uzağında</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059444668</t>
+          <t>9786059444828</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Üstte Gök Çökmedikçe - Kızıl (2. Kitap)</t>
+          <t>Güvertede</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>285</v>
+        <v>135</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059444651</t>
+          <t>9786059444804</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Üstte Gök Çökmedikçe - Kara (1. Kitap)</t>
+          <t>Kitaplarla Söyleşi 2</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059444682</t>
+          <t>9786059444637</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Üstte Gök Çökmedikçe - Sarı (4. Kitap)</t>
+          <t>100.000</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>260</v>
+        <v>165</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059444675</t>
+          <t>9786059444668</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Üstte Gök Çökmedikçe - Mavi (3. Kitap)</t>
+          <t>Üstte Gök Çökmedikçe - Kızıl (2. Kitap)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>270</v>
+        <v>285</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059444644</t>
+          <t>9786059444651</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Tarihi</t>
+          <t>Üstte Gök Çökmedikçe - Kara (1. Kitap)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059444750</t>
+          <t>9786059444682</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'ya Seni Ben Şikayet Ettim</t>
+          <t>Üstte Gök Çökmedikçe - Sarı (4. Kitap)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>135</v>
+        <v>260</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059444736</t>
+          <t>9786059444675</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Son Müfreze</t>
+          <t>Üstte Gök Çökmedikçe - Mavi (3. Kitap)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059444767</t>
+          <t>9786059444644</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Yön Veren Tarihçiler ve Eserleri</t>
+          <t>Türk Dünyası Tarihi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059444774</t>
+          <t>9786059444750</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sevi-Yorum</t>
+          <t>Tanrı'ya Seni Ben Şikayet Ettim</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>225</v>
+        <v>135</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059444620</t>
+          <t>9786059444736</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Irmağı</t>
+          <t>Son Müfreze</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059444545</t>
+          <t>9786059444767</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Anamı Öldürdüm</t>
+          <t>Osmanlı'ya Yön Veren Tarihçiler ve Eserleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>135</v>
+        <v>270</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059444613</t>
+          <t>9786059444774</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hilal ve Güneş</t>
+          <t>Sevi-Yorum</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059444606</t>
+          <t>9786059444620</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Bir Kelik Hikayesi</t>
+          <t>Gözyaşı Irmağı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059444590</t>
+          <t>9786059444545</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ'da Karadeniz ve Türkler</t>
+          <t>Anamı Öldürdüm</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>225</v>
+        <v>135</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059444569</t>
+          <t>9786059444613</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Karanfil</t>
+          <t>Hilal ve Güneş</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059444583</t>
+          <t>9786059444606</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Muhaceretteki Telaferli Türkmen Şairleri Antolojisi</t>
+          <t>Bir Kelik Hikayesi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059444576</t>
+          <t>9786059444590</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kuytu Köşe</t>
+          <t>Ortaçağ'da Karadeniz ve Türkler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059444460</t>
+          <t>9786059444569</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kayık ve Kağnı</t>
+          <t>Karanfil</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059444484</t>
+          <t>9786059444583</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Vurgunları - Pusat</t>
+          <t>Muhaceretteki Telaferli Türkmen Şairleri Antolojisi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059444521</t>
+          <t>9786059444576</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Uzakta Bir Liman</t>
+          <t>Kuytu Köşe</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>135</v>
+        <v>80</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059444491</t>
+          <t>9786059444460</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kangal Fıkraları</t>
+          <t>Kayık ve Kağnı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059444279</t>
+          <t>9786059444484</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Türk Defteri</t>
+          <t>Gökkuşağı Vurgunları - Pusat</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059444422</t>
+          <t>9786059444521</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Merkezli Olarak Osmanlı Ermenileri’nde Türk Müziği</t>
+          <t>Uzakta Bir Liman</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>350</v>
+        <v>135</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059444446</t>
+          <t>9786059444491</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Tarihçi Gözüyle Türk Tarih Sosyolojisi Yazıları</t>
+          <t>Kangal Fıkraları</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059444439</t>
+          <t>9786059444279</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası ve Matbuat</t>
+          <t>Türk Defteri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059444477</t>
+          <t>9786059444422</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Dini Duygu ve Gelişimi</t>
+          <t>19. Yüzyıl Merkezli Olarak Osmanlı Ermenileri’nde Türk Müziği</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059444415</t>
+          <t>9786059444446</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>'Çifte Vav'ın İzinde</t>
+          <t>Tarihçi Gözüyle Türk Tarih Sosyolojisi Yazıları</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>135</v>
+        <v>270</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059444408</t>
+          <t>9786059444439</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kirpikler</t>
+          <t>Türk Dünyası ve Matbuat</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059444392</t>
+          <t>9786059444477</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kırım'a Seyahat</t>
+          <t>Çocukta Dini Duygu ve Gelişimi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>225</v>
+        <v>135</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059444385</t>
+          <t>9786059444415</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Kaybolan Efendileri</t>
+          <t>'Çifte Vav'ın İzinde</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059444378</t>
+          <t>9786059444408</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Tarih Bibliyografyası</t>
+          <t>Kırmızı Kirpikler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059444316</t>
+          <t>9786059444392</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Seferberlik</t>
+          <t>Kırım'a Seyahat</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059444347</t>
+          <t>9786059444385</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’nın Mesnevisinde Benliğin Keşfi</t>
+          <t>Şehrin Kaybolan Efendileri</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059444323</t>
+          <t>9786059444378</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Arka Bahçesi Bolu Sancağı</t>
+          <t>Tarih Bibliyografyası</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059444002</t>
+          <t>9786059444316</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ölüöne</t>
+          <t>Seferberlik</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>135</v>
+        <v>270</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059444026</t>
+          <t>9786059444347</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kıralın Kavalcısı</t>
+          <t>Mevlana’nın Mesnevisinde Benliğin Keşfi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059444286</t>
+          <t>9786059444323</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Cemil Gökçe'ye Mektuplar</t>
+          <t>Osmanlının Arka Bahçesi Bolu Sancağı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059444125</t>
+          <t>9786059444002</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi Sırrı</t>
+          <t>Ölüöne</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>540</v>
+        <v>135</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059444293</t>
+          <t>9786059444026</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Türk Fetihleri Tarihi</t>
+          <t>Kıralın Kavalcısı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059444262</t>
+          <t>9786059444286</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Selam Söyle</t>
+          <t>Cemil Gökçe'ye Mektuplar</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059444255</t>
+          <t>9786059444125</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Divan Arasında - Lutfi Divanı'nın Tahlili</t>
+          <t>Bektaşi Sırrı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>400</v>
+        <v>540</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059444224</t>
+          <t>9786059444293</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Bergüzar</t>
+          <t>Türk Fetihleri Tarihi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059444248</t>
+          <t>9786059444262</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Baharat Yolu'n Sonu</t>
+          <t>Selam Söyle</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059444231</t>
+          <t>9786059444255</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Yitik Yurdun İçinde</t>
+          <t>Divan Arasında - Lutfi Divanı'nın Tahlili</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059444217</t>
+          <t>9786059444224</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Konforlu Yalnızlık</t>
+          <t>Bergüzar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059444163</t>
+          <t>9786059444248</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Tarih Kucak Açınca</t>
+          <t>Baharat Yolu'n Sonu</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059444194</t>
+          <t>9786059444231</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kafiyenin Cilvesi</t>
+          <t>Yitik Yurdun İçinde</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>85</v>
+        <v>270</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059444118</t>
+          <t>9786059444217</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Her Yerinde İlk Ata'nın İzi Var</t>
+          <t>Konforlu Yalnızlık</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059444132</t>
+          <t>9786059444163</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Dedem, Bir Yanık Türkü</t>
+          <t>Tarih Kucak Açınca</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>90</v>
+        <v>135</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059444170</t>
+          <t>9786059444194</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yayınlanmamış Bektaşi Fıkraları ve Bektaşi Fıkralarında İrfan</t>
+          <t>Kafiyenin Cilvesi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059444095</t>
+          <t>9786059444118</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Mansur</t>
+          <t>Dünyanın Her Yerinde İlk Ata'nın İzi Var</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059444156</t>
+          <t>9786059444132</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Karasi Yörükleri</t>
+          <t>Dedem, Bir Yanık Türkü</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059444149</t>
+          <t>9786059444170</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İzmir Şehri Araştırmaları</t>
+          <t>Yayınlanmamış Bektaşi Fıkraları ve Bektaşi Fıkralarında İrfan</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059444200</t>
+          <t>9786059444095</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İnsan Üzerine Düşünceler</t>
+          <t>Mansur</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059444101</t>
+          <t>9786059444156</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>FETÖ Darbesi</t>
+          <t>Karasi Yörükleri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057682079</t>
+          <t>9786059444149</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Dünü ve Bugünü</t>
+          <t>İzmir Şehri Araştırmaları</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059444019</t>
+          <t>9786059444200</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Şu Bizim Bektaşiler</t>
+          <t>İnsan Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786058338579</t>
+          <t>9786059444101</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Bir Ömür Boyu</t>
+          <t>FETÖ Darbesi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059444057</t>
+          <t>9786057682918</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Mevlevi</t>
+          <t>Türk Dilinin Dünü ve Bugünü - El Kitabı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786058338555</t>
+          <t>9786059444019</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bir Ülkü Dervişi: Şeyhim Ayhan Aksu</t>
+          <t>Şu Bizim Bektaşiler</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>135</v>
+        <v>270</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786058338531</t>
+          <t>9786058338579</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Aleviliğinin Tarihi Arka Planı</t>
+          <t>Yalnızlık Bir Ömür Boyu</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786058338524</t>
+          <t>9786059444057</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Vecihi Tarihi</t>
+          <t>Mevlevi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786058338517</t>
+          <t>9786058338555</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>O Yıllar</t>
+          <t>Bir Ülkü Dervişi: Şeyhim Ayhan Aksu</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>170</v>
+        <v>135</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786058338548</t>
+          <t>9786058338531</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Irak'ta Türkmen Dramı</t>
+          <t>Anadolu Aleviliğinin Tarihi Arka Planı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786058365629</t>
+          <t>9786058338524</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Rus Harcında Eriyen Türkler Ya da Türk Soylu Ruslar</t>
+          <t>Vecihi Tarihi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786058365605</t>
+          <t>9786058338517</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İllüzyonlar Çemberinde İslam</t>
+          <t>O Yıllar</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786058365650</t>
+          <t>9786058338548</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Evde Kalmış Modern Sindirellalar</t>
+          <t>Irak'ta Türkmen Dramı</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786058365643</t>
+          <t>9786058365629</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Çerağlar Uyanırken</t>
+          <t>Rus Harcında Eriyen Türkler Ya da Türk Soylu Ruslar</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786058365698</t>
+          <t>9786058365605</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Tevarih-i Deşt-i Kıpçak</t>
+          <t>İllüzyonlar Çemberinde İslam</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786058365674</t>
+          <t>9786058365650</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denizi</t>
+          <t>Evde Kalmış Modern Sindirellalar</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
+          <t>9786058365643</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Çerağlar Uyanırken</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786058365698</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Tevarih-i Deşt-i Kıpçak</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786058365674</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Denizi</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
           <t>9786058365667</t>
         </is>
       </c>
-      <c r="B385" s="1" t="inlineStr">
+      <c r="B388" s="1" t="inlineStr">
         <is>
           <t>Ahmed Bin Ya'kub Tarihi</t>
         </is>
       </c>
-      <c r="C385" s="1">
+      <c r="C388" s="1">
         <v>135</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>