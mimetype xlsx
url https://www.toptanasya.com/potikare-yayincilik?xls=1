--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,2755 +85,2770 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257041843</t>
+          <t>9786259278803</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gece - Hareketli Kitaplar (Ciltli)</t>
+          <t>The Night The Moon Took Flight</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257041850</t>
+          <t>9786257041843</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar - Hareketli Kitaplar (Ciltli)</t>
+          <t>Mavi Gece - Hareketli Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257041881</t>
+          <t>9786257041850</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Şeyler</t>
+          <t>İlkbahar - Hareketli Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055083236</t>
+          <t>9786257041881</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Arkadaşlarım - İlk Kitaplarım Serisi</t>
+          <t>Eskimeyen Şeyler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055083229</t>
+          <t>9786055083236</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki Dostlarım - İlk Kitaplarım Serisi</t>
+          <t>Hayvan Arkadaşlarım - İlk Kitaplarım Serisi</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055083212</t>
+          <t>9786055083229</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğim Eşyalar - İlk Kitaplarım Serisi</t>
+          <t>Doğadaki Dostlarım - İlk Kitaplarım Serisi</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055083069</t>
+          <t>9786055083212</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Kitaplar - Orman (Ciltli)</t>
+          <t>Sevdiğim Eşyalar - İlk Kitaplarım Serisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055083083</t>
+          <t>9786055083069</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Kitaplar - Taşıtlar (Ciltli)</t>
+          <t>Yüzen Kitaplar - Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055083090</t>
+          <t>9786055083083</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Kitaplar - Zıtlıklar (Ciltli)</t>
+          <t>Yüzen Kitaplar - Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055083076</t>
+          <t>9786055083090</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Kitaplar - Renkler (Ciltli)</t>
+          <t>Yüzen Kitaplar - Zıtlıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055083106</t>
+          <t>9786055083076</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Pötikare - Sirk Aktivite Seti</t>
+          <t>Yüzen Kitaplar - Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055083113</t>
+          <t>9786055083106</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Pötikare - Uzay Aktivite Seti</t>
+          <t>Pötikare - Sirk Aktivite Seti</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257041935</t>
+          <t>9786055083113</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çek-Bul Sayılar (Ciltli)</t>
+          <t>Pötikare - Uzay Aktivite Seti</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>475</v>
+        <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257041942</t>
+          <t>9786257041935</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çek-Bul Renkler (Ciltli)</t>
+          <t>Çek-Bul Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257041867</t>
+          <t>9786257041942</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben (Ciltli)</t>
+          <t>Çek-Bul Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>439.5</v>
+        <v>475</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257041874</t>
+          <t>9786257041867</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Annem ve Ben (Ciltli)</t>
+          <t>Babam ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>439.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257041980</t>
+          <t>9786257041874</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yolunda Öyküler</t>
+          <t>Annem ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257041836</t>
+          <t>9786257041980</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Luna’s Favorite Word (Ciltli)</t>
+          <t>Kendi Yolunda Öyküler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257041973</t>
+          <t>9786257041836</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kız – Zümrüt’le Buluşma</t>
+          <t>Luna’s Favorite Word (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257041966</t>
+          <t>9786257041973</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kız - Uzun Bir Yol</t>
+          <t>Mavi Kız – Zümrüt’le Buluşma</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257041485</t>
+          <t>9786257041966</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı Kız Göknar</t>
+          <t>Mavi Kız - Uzun Bir Yol</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055083700</t>
+          <t>9786257041485</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hey'Canlı Öyküler</t>
+          <t>Balıkçı Kız Göknar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257041959</t>
+          <t>9786055083700</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Dileğe Yolculuk</t>
+          <t>Hey'Canlı Öyküler</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257041928</t>
+          <t>9786257041959</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Oradaydık</t>
+          <t>Bir Dileğe Yolculuk</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257041904</t>
+          <t>9786257041928</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Ormanı Dedektifleri</t>
+          <t>Oradaydık</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257041911</t>
+          <t>9786257041904</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yaman'ın Tarhana Kavanozu</t>
+          <t>Kuzey Ormanı Dedektifleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257041829</t>
+          <t>9786257041911</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Luna's Favorite Word</t>
+          <t>Yaman'ın Tarhana Kavanozu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257041812</t>
+          <t>9786257041829</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İnci Küpeli Naz</t>
+          <t>Luna's Favorite Word</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257041782</t>
+          <t>9786257041812</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tırtıl (Ciltli)</t>
+          <t>İnci Küpeli Naz</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257041799</t>
+          <t>9786257041782</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Senin Sesin Hangisi (Ciltli)</t>
+          <t>Yeşil Tırtıl (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257041805</t>
+          <t>9786257041799</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Sayalım (Ciltli)</t>
+          <t>Senin Sesin Hangisi (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257041690</t>
+          <t>9786257041805</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Renkleri Yiyen Kral</t>
+          <t>Birlikte Sayalım (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257041775</t>
+          <t>9786257041690</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bisiklet</t>
+          <t>Renkleri Yiyen Kral</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055083861</t>
+          <t>9786257041775</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bizim Mahalle - Boyama Kitabı</t>
+          <t>Mavi Bisiklet</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055083373</t>
+          <t>9786055083861</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Kartları</t>
+          <t>Bizim Mahalle - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257041379</t>
+          <t>9786055083373</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Renkleri</t>
+          <t>Atasözü Kartları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>275</v>
+        <v>235</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257041027</t>
+          <t>9786257041379</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Neden Farklı Bu Kelebekler?</t>
+          <t>Bozkırın Renkleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257041508</t>
+          <t>9786257041027</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Lola ve Ben</t>
+          <t>Neden Farklı Bu Kelebekler?</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055083878</t>
+          <t>9786257041508</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hep Yarını Düşünen Baykuş</t>
+          <t>Lola ve Ben</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055083885</t>
+          <t>9786055083878</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Uyumaktan Korkan Balina</t>
+          <t>Hep Yarını Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055083762</t>
+          <t>9786055083885</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Korkan Küçük Aslan</t>
+          <t>Uyumaktan Korkan Balina</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055083243</t>
+          <t>9786055083762</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çevremdeki Taşıtlar - İlk Kitaplarım Serisi</t>
+          <t>Korkan Küçük Aslan</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257041171</t>
+          <t>9786055083243</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Kim Var? - Hareketli Kitaplar</t>
+          <t>Çevremdeki Taşıtlar - İlk Kitaplarım Serisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>475</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055083892</t>
+          <t>9786257041171</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Değerler ve Karakter Eğitimini Destekleyen Çocuk Şiirleri</t>
+          <t>Bahçede Kim Var? - Hareketli Kitaplar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>230</v>
+        <v>475</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055083977</t>
+          <t>9786055083892</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tuna'nın Masal Zamanı</t>
+          <t>Değerler ve Karakter Eğitimini Destekleyen Çocuk Şiirleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055083571</t>
+          <t>9786055083977</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>3 Boyutlu İnsan Vücudu Atlası</t>
+          <t>Tuna'nın Masal Zamanı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>850</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257041300</t>
+          <t>9786055083571</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğimiz Yiyecekler - Mila ve Sarp'ın Matematik Öyküleri 10</t>
+          <t>3 Boyutlu İnsan Vücudu Atlası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>175</v>
+        <v>850</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257041768</t>
+          <t>9786257041300</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>101 İğrenç Gerçek - 1. Kitap</t>
+          <t>Sevdiğimiz Yiyecekler - Mila ve Sarp'ın Matematik Öyküleri 10</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257041744</t>
+          <t>9786257041768</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Frann’s Riddle</t>
+          <t>101 İğrenç Gerçek - 1. Kitap</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257041751</t>
+          <t>9786257041744</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Asya Afrika'da</t>
+          <t>Frann’s Riddle</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257041294</t>
+          <t>9786257041751</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Dostluk Sevgi</t>
+          <t>Asya Afrika'da</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055083366</t>
+          <t>9786257041294</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Resimli Deyim Kartları</t>
+          <t>Dostluk Dostluk Sevgi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257041737</t>
+          <t>9786055083366</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çastara’nın Bilmecesi</t>
+          <t>Resimli Deyim Kartları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257041706</t>
+          <t>9786257041737</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>The Hiccupy Whale - Resimli İngilizce Öykü Kitabı</t>
+          <t>Çastara’nın Bilmecesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257041720</t>
+          <t>9786257041706</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Haydi Üfle</t>
+          <t>The Hiccupy Whale - Resimli İngilizce Öykü Kitabı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257041287</t>
+          <t>9786257041720</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Evin Kuralları</t>
+          <t>Haydi Üfle</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257041638</t>
+          <t>9786257041287</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sen De Yap 2 - Deney, Gözlem ve Etkinlik Kitabı</t>
+          <t>Ağaç Evin Kuralları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257041676</t>
+          <t>9786257041638</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uykumu Kim Çaldı?</t>
+          <t>Sen De Yap 2 - Deney, Gözlem ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257041683</t>
+          <t>9786257041676</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>The King Who Eats Colours</t>
+          <t>Uykumu Kim Çaldı?</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257041652</t>
+          <t>9786257041683</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Clio Teyze ile Daktilosu</t>
+          <t>The King Who Eats Colours</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257041669</t>
+          <t>9786257041652</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Kedi</t>
+          <t>Clio Teyze ile Daktilosu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257041621</t>
+          <t>9786257041669</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sen De Yap 1</t>
+          <t>Hayalimdeki Kedi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257041614</t>
+          <t>9786257041621</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Işığı</t>
+          <t>Sen De Yap 1</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257041607</t>
+          <t>9786257041614</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bal Kabağı Gezegeni</t>
+          <t>Kalbimin Işığı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257041270</t>
+          <t>9786257041607</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Doğum Günü / Mila Ve Sarp’ın Matematik Öyküleri - 7</t>
+          <t>Bal Kabağı Gezegeni</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257041355</t>
+          <t>9786257041270</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gözbebeğime Mektuplar</t>
+          <t>Sürpriz Doğum Günü / Mila Ve Sarp’ın Matematik Öyküleri - 7</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257041591</t>
+          <t>9786257041355</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Defne’nin Sarmaşıkları</t>
+          <t>Gözbebeğime Mektuplar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257041584</t>
+          <t>9786257041591</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bazen Kırmızı Hissederim</t>
+          <t>Defne’nin Sarmaşıkları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>188.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257041577</t>
+          <t>9786257041584</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bazen Gri Hissederim</t>
+          <t>Bazen Kırmızı Hissederim</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>188.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257041560</t>
+          <t>9786257041577</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bazen Sarı Hissederim</t>
+          <t>Bazen Gri Hissederim</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>188.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257041553</t>
+          <t>9786257041560</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Parkta Kim Yaşar?</t>
+          <t>Bazen Sarı Hissederim</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>188.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257041546</t>
+          <t>9786257041553</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Denizde Kim Yaşar?</t>
+          <t>Parkta Kim Yaşar?</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>188.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257041089</t>
+          <t>9786257041546</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kavram ve Sayı Aktiviteleri</t>
+          <t>Denizde Kim Yaşar?</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>199.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055083793</t>
+          <t>9786257041089</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Daha Sahneye Çıkmayacağım</t>
+          <t>Kavram ve Sayı Aktiviteleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257041263</t>
+          <t>9786055083793</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mila Ve Sarp’ın Matematik Öyküleri - 6 / Hayvan Dostlarımız</t>
+          <t>Asla Bir Daha Sahneye Çıkmayacağım</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257041522</t>
+          <t>9786257041263</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Senin Kakan Nasıl? - Hayvanlara Bez Bağlanmaz! (Hareketli Kitaplar)</t>
+          <t>Mila Ve Sarp’ın Matematik Öyküleri - 6 / Hayvan Dostlarımız</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>495</v>
+        <v>175</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257041592</t>
+          <t>9786257041522</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Bin Dilek</t>
+          <t>Senin Kakan Nasıl? - Hayvanlara Bez Bağlanmaz! (Hareketli Kitaplar)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257041256</t>
+          <t>9786257041592</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Fidanlar Büyüyor</t>
+          <t>Bir Nefes Bin Dilek</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257041515</t>
+          <t>9786257041256</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dikeniko</t>
+          <t>Fidanlar Büyüyor</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257041409</t>
+          <t>9786257041515</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Su! (Ciltli)</t>
+          <t>Dikeniko</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>439.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257041454</t>
+          <t>9786257041409</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dave'in Kayası</t>
+          <t>Merhaba Su! (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>275</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257041249</t>
+          <t>9786257041454</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmak Güzeldir</t>
+          <t>Dave'in Kayası</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257041478</t>
+          <t>9786257041249</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Where Is 3 Frann?</t>
+          <t>Paylaşmak Güzeldir</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257041416</t>
+          <t>9786257041478</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Puff The Little Cloud</t>
+          <t>Where Is 3 Frann?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257041447</t>
+          <t>9786257041416</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dave’in Mağarası</t>
+          <t>Puff The Little Cloud</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257041393</t>
+          <t>9786257041447</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü ve Küçük Puf</t>
+          <t>Dave’in Mağarası</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257041423</t>
+          <t>9786257041393</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Where Is Teddy?</t>
+          <t>Gökyüzü ve Küçük Puf</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257041362</t>
+          <t>9786257041423</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hakkı Nerede?</t>
+          <t>Where Is Teddy?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257041232</t>
+          <t>9786257041362</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gelen Giysiler - Mila ve Sarp'ın Matematik Öyküleri 3</t>
+          <t>Hakkı Nerede?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257041010</t>
+          <t>9786257041232</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Şimşek</t>
+          <t>Küçük Gelen Giysiler - Mila ve Sarp'ın Matematik Öyküleri 3</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257041386</t>
+          <t>9786257041010</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Gölge</t>
+          <t>Şimşek</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257041225</t>
+          <t>9786257041386</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mila ve Sarp'ın Matematik Öyküleri 2 - Oyuncak Müzesinde</t>
+          <t>Arkadaşım Gölge</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257041331</t>
+          <t>9786257041225</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>8x8 Çıkartmalı Sudoku 3</t>
+          <t>Mila ve Sarp'ın Matematik Öyküleri 2 - Oyuncak Müzesinde</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257041324</t>
+          <t>9786257041331</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kalemlerin Gece Macerası</t>
+          <t>8x8 Çıkartmalı Sudoku 3</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257041317</t>
+          <t>9786257041324</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Everest’e Nasıl Tırmanılır?</t>
+          <t>Kalemlerin Gece Macerası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257041201</t>
+          <t>9786257041317</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ela'nın Maskesi</t>
+          <t>Everest’e Nasıl Tırmanılır?</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257041188</t>
+          <t>9786257041201</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Kim Var? - Hareketli Kitaplar</t>
+          <t>Ela'nın Maskesi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257041157</t>
+          <t>9786257041188</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bu Kimin Ormanı?</t>
+          <t>Ormanda Kim Var? - Hareketli Kitaplar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>385</v>
+        <v>475</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257041218</t>
+          <t>9786257041157</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dizi Dizi Dişler - Sayılar</t>
+          <t>Bu Kimin Ormanı?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>175</v>
+        <v>385</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257047164</t>
+          <t>9786257041218</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Feride'nin Dansı</t>
+          <t>Dizi Dizi Dişler - Sayılar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055083939</t>
+          <t>9786257047164</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Arı Oteli</t>
+          <t>Feride'nin Dansı</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257041140</t>
+          <t>9786055083939</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balon - Delikli Kitaplar Serisi</t>
+          <t>Arı Oteli</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>439.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257041195</t>
+          <t>9786257041140</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çoraplar Nereye Gider?</t>
+          <t>Uçan Balon - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>275</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257041072</t>
+          <t>9786257041195</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Pegi ve Gaya’nın Maceraları</t>
+          <t>Kayıp Çoraplar Nereye Gider?</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055083908</t>
+          <t>9786257041072</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Uzay Boyama Kitabı</t>
+          <t>Pegi ve Gaya’nın Maceraları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257041058</t>
+          <t>9786055083908</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Patlıcan Padişah</t>
+          <t>Uzay Boyama Kitabı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257041065</t>
+          <t>9786257041058</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Konuşma Aktiviteleri - Aktivite Günlüğüm 1</t>
+          <t>Patlıcan Padişah</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>199.5</v>
+        <v>230</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257041041</t>
+          <t>9786257041065</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Renkli Balonlar</t>
+          <t>Dil ve Konuşma Aktiviteleri - Aktivite Günlüğüm 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>160</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257041034</t>
+          <t>9786257041041</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çastara’nın Mevsimleri</t>
+          <t>İçimdeki Renkli Balonlar</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055083991</t>
+          <t>9786257041034</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ispanağa Bayılırım - Tuna'nın Öyküleri 3</t>
+          <t>Çastara’nın Mevsimleri</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257041003</t>
+          <t>9786055083991</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Özür Dilerim</t>
+          <t>Ispanağa Bayılırım - Tuna'nın Öyküleri 3</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055083915</t>
+          <t>9786257041003</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>8x8 Çıkartmalı Sudoku 1</t>
+          <t>Özür Dilerim</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055083922</t>
+          <t>9786055083915</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>8x8 Çıkartmalı Sudoku 2</t>
+          <t>8x8 Çıkartmalı Sudoku 1</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055083960</t>
+          <t>9786055083922</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kavanozu</t>
+          <t>8x8 Çıkartmalı Sudoku 2</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055083984</t>
+          <t>9786055083960</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Tafsi?</t>
+          <t>Şeker Kavanozu</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055083946</t>
+          <t>9786055083984</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tuna'nın Mucizesi</t>
+          <t>Kim Bu Tafsi?</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055083953</t>
+          <t>9786055083946</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Bitkilerle Kumaş Boyama Etkinlik Kitabı</t>
+          <t>Tuna'nın Mucizesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>118.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055083854</t>
+          <t>9786055083953</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Lemur Lemi Mirket Ari ve Diğerleri</t>
+          <t>Çocuklar İçin Bitkilerle Kumaş Boyama Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055083830</t>
+          <t>9786055083854</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Babamın Başına Kedi Kondu</t>
+          <t>Lemur Lemi Mirket Ari ve Diğerleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055083847</t>
+          <t>9786055083830</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ara Güler İle Fotoğrafın Sihirli Dünyasına Yolculuk</t>
+          <t>Babamın Başına Kedi Kondu</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055083823</t>
+          <t>9786055083847</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Barış Ağacı</t>
+          <t>Ara Güler İle Fotoğrafın Sihirli Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055083786</t>
+          <t>9786055083823</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tüy - Küçüklerle Bilim</t>
+          <t>Barış Ağacı</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055083816</t>
+          <t>9786055083786</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Çözümlü Sudoku 2</t>
+          <t>Mavi Tüy - Küçüklerle Bilim</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055083809</t>
+          <t>9786055083816</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Çözümlü Sudoku 1</t>
+          <t>Çocuklar İçin Çözümlü Sudoku 2</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055083779</t>
+          <t>9786055083809</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kutudan Gelen Sesler - Küçüklerle Bilim</t>
+          <t>Çocuklar İçin Çözümlü Sudoku 1</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055083755</t>
+          <t>9786055083779</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ay - Delikli Kitaplar Serisi</t>
+          <t>Kutudan Gelen Sesler - Küçüklerle Bilim</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>439.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055083687</t>
+          <t>9786055083755</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Sanat Macerası</t>
+          <t>Merhaba Ay - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055083694</t>
+          <t>9786055083687</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Lemurdan Nasıl Kurtulursun?</t>
+          <t>İstanbul Sanat Macerası</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055083748</t>
+          <t>9786055083694</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ay Çekirdeklerini Kim Yedi? - Küçüklerle Bilim</t>
+          <t>Bir Lemurdan Nasıl Kurtulursun?</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055083724</t>
+          <t>9786055083748</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklar Sepete</t>
+          <t>Ay Çekirdeklerini Kim Yedi? - Küçüklerle Bilim</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055083670</t>
+          <t>9786055083724</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>7x7 Çıkartmalı Sudoku - 4 (Çıkartmalı)</t>
+          <t>Oyuncaklar Sepete</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055083717</t>
+          <t>9786055083670</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>3 Nerede Çastara?</t>
+          <t>7x7 Çıkartmalı Sudoku - 4 (Çıkartmalı)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055083120</t>
+          <t>9786055083717</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tembel Hayvan Uykuda</t>
+          <t>3 Nerede Çastara?</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055083663</t>
+          <t>9786055083120</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>7x7 Çıkartmalı Sudoku (3)</t>
+          <t>Tembel Hayvan Uykuda</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055083656</t>
+          <t>9786055083663</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sır</t>
+          <t>7x7 Çıkartmalı Sudoku (3)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055083601</t>
+          <t>9786055083656</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Gözlüklü Aslan - Delikli Kitaplar Serisi</t>
+          <t>Büyük Sır</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>439.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055083595</t>
+          <t>9786055083601</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Benim Yuvam Nerede? - Delikli Kitaplar Serisi</t>
+          <t>Gözlüklü Aslan - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>439.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055083625</t>
+          <t>9786055083595</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Floransa - Venedik Sanat Macerası</t>
+          <t>Benim Yuvam Nerede? - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055083618</t>
+          <t>9786055083625</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Barselona Sanat Macerası</t>
+          <t>Floransa - Venedik Sanat Macerası</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055083649</t>
+          <t>9786055083618</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Roma Sanat Macerası</t>
+          <t>Barselona Sanat Macerası</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055083632</t>
+          <t>9786055083649</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>New York Sanat Macerası</t>
+          <t>Roma Sanat Macerası</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055083199</t>
+          <t>9786055083632</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Zeynep ve Can'ın Dinozor Maceraları: Allosaurus ve Arkadaşları</t>
+          <t>New York Sanat Macerası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055083557</t>
+          <t>9786055083199</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bu Kimin Yuvası?</t>
+          <t>Zeynep ve Can'ın Dinozor Maceraları: Allosaurus ve Arkadaşları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>385</v>
+        <v>275</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055083540</t>
+          <t>9786055083557</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bu Kimin Sesi?</t>
+          <t>Bu Kimin Yuvası?</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055083533</t>
+          <t>9786055083540</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bu Kimin Gözü?</t>
+          <t>Bu Kimin Sesi?</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055083588</t>
+          <t>9786055083533</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Karnella'yı Çağıran Ses</t>
+          <t>Bu Kimin Gözü?</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>230</v>
+        <v>385</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055083472</t>
+          <t>9786055083588</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>5x5 Sudoku (6)</t>
+          <t>Karnella'yı Çağıran Ses</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055083465</t>
+          <t>9786055083472</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>4x4 Sudoku (3)</t>
+          <t>5x5 Sudoku (6)</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055083526</t>
+          <t>9786055083465</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Hokul</t>
+          <t>4x4 Sudoku (3)</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055083502</t>
+          <t>9786055083526</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Sofrası</t>
+          <t>Hokul</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055083489</t>
+          <t>9786055083502</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>6x6 Sudoku (9)</t>
+          <t>İstanbul Sofrası</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055083496</t>
+          <t>9786055083489</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>6x6 Sudoku (12)</t>
+          <t>6x6 Sudoku (9)</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055083519</t>
+          <t>9786055083496</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Şeyler Ormanı</t>
+          <t>6x6 Sudoku (12)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055083441</t>
+          <t>9786055083519</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>7x7 Sudoku 2</t>
+          <t>Tuhaf Şeyler Ormanı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055083434</t>
+          <t>9786055083441</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>7x7 Sudoku 1</t>
+          <t>7x7 Sudoku 2</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055083458</t>
+          <t>9786055083434</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>4x4 Sudoku (2)</t>
+          <t>7x7 Sudoku 1</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055083427</t>
+          <t>9786055083458</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Portakal Fanfan (Ciltli)</t>
+          <t>4x4 Sudoku (2)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055083397</t>
+          <t>9786055083427</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>6x6 Sudoku (11)</t>
+          <t>Meraklı Portakal Fanfan (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055083380</t>
+          <t>9786055083397</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>5x5 Sudoku (8)</t>
+          <t>6x6 Sudoku (11)</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055083342</t>
+          <t>9786055083380</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Ot Yemeye Bayılırım! - Delikli Kitaplar Serisi</t>
+          <t>5x5 Sudoku (8)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>439.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055083328</t>
+          <t>9786055083342</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Isıtan Sarı Güneş - Delikli Kitaplar Serisi</t>
+          <t>Ot Yemeye Bayılırım! - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>439.5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055083335</t>
+          <t>9786055083328</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Parlak Yıldız - Delikli Kitaplar Serisi</t>
+          <t>Dünyamızı Isıtan Sarı Güneş - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>439.5</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055083014</t>
+          <t>9786055083335</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>5x5 Sudoku 5</t>
+          <t>Parlak Yıldız - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>125</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055083021</t>
+          <t>9786055083014</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>4x4 Sudoku 4</t>
+          <t>5x5 Sudoku 5</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055083007</t>
+          <t>9786055083021</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>4x4 Sudoku 1</t>
+          <t>4x4 Sudoku 4</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055083304</t>
+          <t>9786055083007</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>6x6 Sudoku 10</t>
+          <t>4x4 Sudoku 1</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055083311</t>
+          <t>9786055083304</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Semoş ve Çıtırkızlar</t>
+          <t>6x6 Sudoku 10</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055083281</t>
+          <t>9786055083311</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi Serisi: Yeryüzü</t>
+          <t>Semoş ve Çıtırkızlar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055083274</t>
+          <t>9786055083281</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi Serisi: Güneş</t>
+          <t>Güneş Sistemi Serisi: Yeryüzü</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055083267</t>
+          <t>9786055083274</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi Serisi: Gökyüzü</t>
+          <t>Güneş Sistemi Serisi: Güneş</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055083250</t>
+          <t>9786055083267</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi Serisi: Ay</t>
+          <t>Güneş Sistemi Serisi: Gökyüzü</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055083298</t>
+          <t>9786055083250</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı</t>
+          <t>Güneş Sistemi Serisi: Ay</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055083175</t>
+          <t>9786055083298</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Sayalım - Delikli Kitaplar Serisi</t>
+          <t>Halikarnas Balıkçısı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>439.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055083168</t>
+          <t>9786055083175</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Senin Sesin Hangisi? - Delikli Kitaplar Serisi</t>
+          <t>Birlikte Sayalım - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>439.5</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055083151</t>
+          <t>9786055083168</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tırtıl - Delikli Kitaplar Serisi</t>
+          <t>Senin Sesin Hangisi? - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>439.5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055083205</t>
+          <t>9786055083151</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Zeynep ve Can’ın Dinozor Maceraları: Tyrannosaurus ve Arkadaşları</t>
+          <t>Yeşil Tırtıl - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>275</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055083144</t>
+          <t>9786055083205</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Luiza Teyze</t>
+          <t>Zeynep ve Can’ın Dinozor Maceraları: Tyrannosaurus ve Arkadaşları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>45</v>
+        <v>275</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055083182</t>
+          <t>9786055083144</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dönen Tekerlekler - Delikli Kitaplar Serisi</t>
+          <t>Luiza Teyze</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>439.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055083038</t>
+          <t>9786055083182</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>5x5 Sudoku 7</t>
+          <t>Dönen Tekerlekler - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>125</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055083137</t>
+          <t>9786055083038</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Eve Yolculuk</t>
+          <t>5x5 Sudoku 7</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
+          <t>9786055083137</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Eve Yolculuk</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
           <t>9786055083359</t>
         </is>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Osman Hamdi Bey</t>
         </is>
       </c>
-      <c r="C182" s="1">
+      <c r="C183" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>