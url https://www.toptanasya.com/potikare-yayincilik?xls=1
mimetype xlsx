--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,2770 +85,2785 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259278803</t>
+          <t>9786257041430</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>The Night The Moon Took Flight</t>
+          <t>The Day The Sun Went Away</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257041843</t>
+          <t>9786259278803</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gece - Hareketli Kitaplar (Ciltli)</t>
+          <t>The Night The Moon Took Flight</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257041850</t>
+          <t>9786257041843</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar - Hareketli Kitaplar (Ciltli)</t>
+          <t>Mavi Gece - Hareketli Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257041881</t>
+          <t>9786257041850</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Şeyler</t>
+          <t>İlkbahar - Hareketli Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055083236</t>
+          <t>9786257041881</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Arkadaşlarım - İlk Kitaplarım Serisi</t>
+          <t>Eskimeyen Şeyler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055083229</t>
+          <t>9786055083236</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki Dostlarım - İlk Kitaplarım Serisi</t>
+          <t>Hayvan Arkadaşlarım - İlk Kitaplarım Serisi</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055083212</t>
+          <t>9786055083229</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğim Eşyalar - İlk Kitaplarım Serisi</t>
+          <t>Doğadaki Dostlarım - İlk Kitaplarım Serisi</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055083069</t>
+          <t>9786055083212</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Kitaplar - Orman (Ciltli)</t>
+          <t>Sevdiğim Eşyalar - İlk Kitaplarım Serisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055083083</t>
+          <t>9786055083069</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Kitaplar - Taşıtlar (Ciltli)</t>
+          <t>Yüzen Kitaplar - Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055083090</t>
+          <t>9786055083083</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Kitaplar - Zıtlıklar (Ciltli)</t>
+          <t>Yüzen Kitaplar - Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055083076</t>
+          <t>9786055083090</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Kitaplar - Renkler (Ciltli)</t>
+          <t>Yüzen Kitaplar - Zıtlıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055083106</t>
+          <t>9786055083076</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Pötikare - Sirk Aktivite Seti</t>
+          <t>Yüzen Kitaplar - Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055083113</t>
+          <t>9786055083106</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Pötikare - Uzay Aktivite Seti</t>
+          <t>Pötikare - Sirk Aktivite Seti</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257041935</t>
+          <t>9786055083113</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çek-Bul Sayılar (Ciltli)</t>
+          <t>Pötikare - Uzay Aktivite Seti</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>475</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257041942</t>
+          <t>9786257041935</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çek-Bul Renkler (Ciltli)</t>
+          <t>Çek-Bul Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257041867</t>
+          <t>9786257041942</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben (Ciltli)</t>
+          <t>Çek-Bul Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>439.5</v>
+        <v>475</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257041874</t>
+          <t>9786257041867</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Annem ve Ben (Ciltli)</t>
+          <t>Babam ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>439.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257041980</t>
+          <t>9786257041874</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yolunda Öyküler</t>
+          <t>Annem ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>230</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257041836</t>
+          <t>9786257041980</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Luna’s Favorite Word (Ciltli)</t>
+          <t>Kendi Yolunda Öyküler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257041973</t>
+          <t>9786257041836</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kız – Zümrüt’le Buluşma</t>
+          <t>Luna’s Favorite Word (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257041966</t>
+          <t>9786257041973</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kız - Uzun Bir Yol</t>
+          <t>Mavi Kız – Zümrüt’le Buluşma</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257041485</t>
+          <t>9786257041966</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı Kız Göknar</t>
+          <t>Mavi Kız - Uzun Bir Yol</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055083700</t>
+          <t>9786257041485</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hey'Canlı Öyküler</t>
+          <t>Balıkçı Kız Göknar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257041959</t>
+          <t>9786055083700</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Dileğe Yolculuk</t>
+          <t>Hey'Canlı Öyküler</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257041928</t>
+          <t>9786257041959</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Oradaydık</t>
+          <t>Bir Dileğe Yolculuk</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257041904</t>
+          <t>9786257041928</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Ormanı Dedektifleri</t>
+          <t>Oradaydık</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257041911</t>
+          <t>9786257041904</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yaman'ın Tarhana Kavanozu</t>
+          <t>Kuzey Ormanı Dedektifleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257041829</t>
+          <t>9786257041911</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Luna's Favorite Word</t>
+          <t>Yaman'ın Tarhana Kavanozu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257041812</t>
+          <t>9786257041829</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İnci Küpeli Naz</t>
+          <t>Luna's Favorite Word</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257041782</t>
+          <t>9786257041812</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tırtıl (Ciltli)</t>
+          <t>İnci Küpeli Naz</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257041799</t>
+          <t>9786257041782</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Senin Sesin Hangisi (Ciltli)</t>
+          <t>Yeşil Tırtıl (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257041805</t>
+          <t>9786257041799</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Sayalım (Ciltli)</t>
+          <t>Senin Sesin Hangisi (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257041690</t>
+          <t>9786257041805</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Renkleri Yiyen Kral</t>
+          <t>Birlikte Sayalım (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257041775</t>
+          <t>9786257041690</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bisiklet</t>
+          <t>Renkleri Yiyen Kral</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055083861</t>
+          <t>9786257041775</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bizim Mahalle - Boyama Kitabı</t>
+          <t>Mavi Bisiklet</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055083373</t>
+          <t>9786055083861</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Kartları</t>
+          <t>Bizim Mahalle - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257041379</t>
+          <t>9786055083373</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Renkleri</t>
+          <t>Atasözü Kartları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>275</v>
+        <v>235</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257041027</t>
+          <t>9786257041379</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Neden Farklı Bu Kelebekler?</t>
+          <t>Bozkırın Renkleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257041508</t>
+          <t>9786257041027</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Lola ve Ben</t>
+          <t>Neden Farklı Bu Kelebekler?</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055083878</t>
+          <t>9786257041508</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hep Yarını Düşünen Baykuş</t>
+          <t>Lola ve Ben</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055083885</t>
+          <t>9786055083878</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Uyumaktan Korkan Balina</t>
+          <t>Hep Yarını Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055083762</t>
+          <t>9786055083885</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Korkan Küçük Aslan</t>
+          <t>Uyumaktan Korkan Balina</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055083243</t>
+          <t>9786055083762</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çevremdeki Taşıtlar - İlk Kitaplarım Serisi</t>
+          <t>Korkan Küçük Aslan</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257041171</t>
+          <t>9786055083243</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Kim Var? - Hareketli Kitaplar</t>
+          <t>Çevremdeki Taşıtlar - İlk Kitaplarım Serisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>475</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055083892</t>
+          <t>9786257041171</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Değerler ve Karakter Eğitimini Destekleyen Çocuk Şiirleri</t>
+          <t>Bahçede Kim Var? - Hareketli Kitaplar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>230</v>
+        <v>475</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055083977</t>
+          <t>9786055083892</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tuna'nın Masal Zamanı</t>
+          <t>Değerler ve Karakter Eğitimini Destekleyen Çocuk Şiirleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055083571</t>
+          <t>9786055083977</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>3 Boyutlu İnsan Vücudu Atlası</t>
+          <t>Tuna'nın Masal Zamanı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>850</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257041300</t>
+          <t>9786055083571</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğimiz Yiyecekler - Mila ve Sarp'ın Matematik Öyküleri 10</t>
+          <t>3 Boyutlu İnsan Vücudu Atlası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>175</v>
+        <v>850</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257041768</t>
+          <t>9786257041300</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>101 İğrenç Gerçek - 1. Kitap</t>
+          <t>Sevdiğimiz Yiyecekler - Mila ve Sarp'ın Matematik Öyküleri 10</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257041744</t>
+          <t>9786257041768</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Frann’s Riddle</t>
+          <t>101 İğrenç Gerçek - 1. Kitap</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257041751</t>
+          <t>9786257041744</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Asya Afrika'da</t>
+          <t>Frann’s Riddle</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257041294</t>
+          <t>9786257041751</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Dostluk Sevgi</t>
+          <t>Asya Afrika'da</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055083366</t>
+          <t>9786257041294</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Resimli Deyim Kartları</t>
+          <t>Dostluk Dostluk Sevgi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257041737</t>
+          <t>9786055083366</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çastara’nın Bilmecesi</t>
+          <t>Resimli Deyim Kartları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257041706</t>
+          <t>9786257041737</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>The Hiccupy Whale - Resimli İngilizce Öykü Kitabı</t>
+          <t>Çastara’nın Bilmecesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257041720</t>
+          <t>9786257041706</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Haydi Üfle</t>
+          <t>The Hiccupy Whale - Resimli İngilizce Öykü Kitabı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257041287</t>
+          <t>9786257041720</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Evin Kuralları</t>
+          <t>Haydi Üfle</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257041638</t>
+          <t>9786257041287</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sen De Yap 2 - Deney, Gözlem ve Etkinlik Kitabı</t>
+          <t>Ağaç Evin Kuralları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257041676</t>
+          <t>9786257041638</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Uykumu Kim Çaldı?</t>
+          <t>Sen De Yap 2 - Deney, Gözlem ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257041683</t>
+          <t>9786257041676</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>The King Who Eats Colours</t>
+          <t>Uykumu Kim Çaldı?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257041652</t>
+          <t>9786257041683</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Clio Teyze ile Daktilosu</t>
+          <t>The King Who Eats Colours</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257041669</t>
+          <t>9786257041652</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Kedi</t>
+          <t>Clio Teyze ile Daktilosu</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257041621</t>
+          <t>9786257041669</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sen De Yap 1</t>
+          <t>Hayalimdeki Kedi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257041614</t>
+          <t>9786257041621</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Işığı</t>
+          <t>Sen De Yap 1</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257041607</t>
+          <t>9786257041614</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bal Kabağı Gezegeni</t>
+          <t>Kalbimin Işığı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257041270</t>
+          <t>9786257041607</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Doğum Günü / Mila Ve Sarp’ın Matematik Öyküleri - 7</t>
+          <t>Bal Kabağı Gezegeni</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257041355</t>
+          <t>9786257041270</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gözbebeğime Mektuplar</t>
+          <t>Sürpriz Doğum Günü / Mila Ve Sarp’ın Matematik Öyküleri - 7</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257041591</t>
+          <t>9786257041355</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Defne’nin Sarmaşıkları</t>
+          <t>Gözbebeğime Mektuplar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257041584</t>
+          <t>9786257041591</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bazen Kırmızı Hissederim</t>
+          <t>Defne’nin Sarmaşıkları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>188.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257041577</t>
+          <t>9786257041584</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bazen Gri Hissederim</t>
+          <t>Bazen Kırmızı Hissederim</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>188.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257041560</t>
+          <t>9786257041577</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bazen Sarı Hissederim</t>
+          <t>Bazen Gri Hissederim</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>188.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257041553</t>
+          <t>9786257041560</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Parkta Kim Yaşar?</t>
+          <t>Bazen Sarı Hissederim</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>188.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257041546</t>
+          <t>9786257041553</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Denizde Kim Yaşar?</t>
+          <t>Parkta Kim Yaşar?</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>188.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257041089</t>
+          <t>9786257041546</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kavram ve Sayı Aktiviteleri</t>
+          <t>Denizde Kim Yaşar?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>199.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055083793</t>
+          <t>9786257041089</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Daha Sahneye Çıkmayacağım</t>
+          <t>Kavram ve Sayı Aktiviteleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257041263</t>
+          <t>9786055083793</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mila Ve Sarp’ın Matematik Öyküleri - 6 / Hayvan Dostlarımız</t>
+          <t>Asla Bir Daha Sahneye Çıkmayacağım</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257041522</t>
+          <t>9786257041263</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Senin Kakan Nasıl? - Hayvanlara Bez Bağlanmaz! (Hareketli Kitaplar)</t>
+          <t>Mila Ve Sarp’ın Matematik Öyküleri - 6 / Hayvan Dostlarımız</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>495</v>
+        <v>175</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257041592</t>
+          <t>9786257041522</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Bin Dilek</t>
+          <t>Senin Kakan Nasıl? - Hayvanlara Bez Bağlanmaz! (Hareketli Kitaplar)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257041256</t>
+          <t>9786257041592</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Fidanlar Büyüyor</t>
+          <t>Bir Nefes Bin Dilek</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257041515</t>
+          <t>9786257041256</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dikeniko</t>
+          <t>Fidanlar Büyüyor</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257041409</t>
+          <t>9786257041515</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Su! (Ciltli)</t>
+          <t>Dikeniko</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>439.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257041454</t>
+          <t>9786257041409</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dave'in Kayası</t>
+          <t>Merhaba Su! (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>275</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257041249</t>
+          <t>9786257041454</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmak Güzeldir</t>
+          <t>Dave'in Kayası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257041478</t>
+          <t>9786257041249</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Where Is 3 Frann?</t>
+          <t>Paylaşmak Güzeldir</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257041416</t>
+          <t>9786257041478</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Puff The Little Cloud</t>
+          <t>Where Is 3 Frann?</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257041447</t>
+          <t>9786257041416</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dave’in Mağarası</t>
+          <t>Puff The Little Cloud</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257041393</t>
+          <t>9786257041447</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü ve Küçük Puf</t>
+          <t>Dave’in Mağarası</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257041423</t>
+          <t>9786257041393</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Where Is Teddy?</t>
+          <t>Gökyüzü ve Küçük Puf</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257041362</t>
+          <t>9786257041423</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hakkı Nerede?</t>
+          <t>Where Is Teddy?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257041232</t>
+          <t>9786257041362</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gelen Giysiler - Mila ve Sarp'ın Matematik Öyküleri 3</t>
+          <t>Hakkı Nerede?</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257041010</t>
+          <t>9786257041232</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şimşek</t>
+          <t>Küçük Gelen Giysiler - Mila ve Sarp'ın Matematik Öyküleri 3</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257041386</t>
+          <t>9786257041010</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Gölge</t>
+          <t>Şimşek</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257041225</t>
+          <t>9786257041386</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mila ve Sarp'ın Matematik Öyküleri 2 - Oyuncak Müzesinde</t>
+          <t>Arkadaşım Gölge</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257041331</t>
+          <t>9786257041225</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>8x8 Çıkartmalı Sudoku 3</t>
+          <t>Mila ve Sarp'ın Matematik Öyküleri 2 - Oyuncak Müzesinde</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257041324</t>
+          <t>9786257041331</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kalemlerin Gece Macerası</t>
+          <t>8x8 Çıkartmalı Sudoku 3</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257041317</t>
+          <t>9786257041324</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Everest’e Nasıl Tırmanılır?</t>
+          <t>Kalemlerin Gece Macerası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257041201</t>
+          <t>9786257041317</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ela'nın Maskesi</t>
+          <t>Everest’e Nasıl Tırmanılır?</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257041188</t>
+          <t>9786257041201</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Kim Var? - Hareketli Kitaplar</t>
+          <t>Ela'nın Maskesi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257041157</t>
+          <t>9786257041188</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bu Kimin Ormanı?</t>
+          <t>Ormanda Kim Var? - Hareketli Kitaplar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>385</v>
+        <v>475</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257041218</t>
+          <t>9786257041157</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dizi Dizi Dişler - Sayılar</t>
+          <t>Bu Kimin Ormanı?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>175</v>
+        <v>385</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257047164</t>
+          <t>9786257041218</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Feride'nin Dansı</t>
+          <t>Dizi Dizi Dişler - Sayılar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055083939</t>
+          <t>9786257047164</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Arı Oteli</t>
+          <t>Feride'nin Dansı</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257041140</t>
+          <t>9786055083939</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balon - Delikli Kitaplar Serisi</t>
+          <t>Arı Oteli</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>439.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257041195</t>
+          <t>9786257041140</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çoraplar Nereye Gider?</t>
+          <t>Uçan Balon - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>275</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257041072</t>
+          <t>9786257041195</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Pegi ve Gaya’nın Maceraları</t>
+          <t>Kayıp Çoraplar Nereye Gider?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055083908</t>
+          <t>9786257041072</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Uzay Boyama Kitabı</t>
+          <t>Pegi ve Gaya’nın Maceraları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257041058</t>
+          <t>9786055083908</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Patlıcan Padişah</t>
+          <t>Uzay Boyama Kitabı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257041065</t>
+          <t>9786257041058</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Konuşma Aktiviteleri - Aktivite Günlüğüm 1</t>
+          <t>Patlıcan Padişah</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>199.5</v>
+        <v>230</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257041041</t>
+          <t>9786257041065</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Renkli Balonlar</t>
+          <t>Dil ve Konuşma Aktiviteleri - Aktivite Günlüğüm 1</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>160</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257041034</t>
+          <t>9786257041041</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çastara’nın Mevsimleri</t>
+          <t>İçimdeki Renkli Balonlar</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055083991</t>
+          <t>9786257041034</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ispanağa Bayılırım - Tuna'nın Öyküleri 3</t>
+          <t>Çastara’nın Mevsimleri</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257041003</t>
+          <t>9786055083991</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Özür Dilerim</t>
+          <t>Ispanağa Bayılırım - Tuna'nın Öyküleri 3</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055083915</t>
+          <t>9786257041003</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>8x8 Çıkartmalı Sudoku 1</t>
+          <t>Özür Dilerim</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055083922</t>
+          <t>9786055083915</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>8x8 Çıkartmalı Sudoku 2</t>
+          <t>8x8 Çıkartmalı Sudoku 1</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055083960</t>
+          <t>9786055083922</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kavanozu</t>
+          <t>8x8 Çıkartmalı Sudoku 2</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055083984</t>
+          <t>9786055083960</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Tafsi?</t>
+          <t>Şeker Kavanozu</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055083946</t>
+          <t>9786055083984</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tuna'nın Mucizesi</t>
+          <t>Kim Bu Tafsi?</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055083953</t>
+          <t>9786055083946</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Bitkilerle Kumaş Boyama Etkinlik Kitabı</t>
+          <t>Tuna'nın Mucizesi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>118.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055083854</t>
+          <t>9786055083953</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Lemur Lemi Mirket Ari ve Diğerleri</t>
+          <t>Çocuklar İçin Bitkilerle Kumaş Boyama Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>160</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055083830</t>
+          <t>9786055083854</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Babamın Başına Kedi Kondu</t>
+          <t>Lemur Lemi Mirket Ari ve Diğerleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055083847</t>
+          <t>9786055083830</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ara Güler İle Fotoğrafın Sihirli Dünyasına Yolculuk</t>
+          <t>Babamın Başına Kedi Kondu</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055083823</t>
+          <t>9786055083847</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Barış Ağacı</t>
+          <t>Ara Güler İle Fotoğrafın Sihirli Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055083786</t>
+          <t>9786055083823</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tüy - Küçüklerle Bilim</t>
+          <t>Barış Ağacı</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055083816</t>
+          <t>9786055083786</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Çözümlü Sudoku 2</t>
+          <t>Mavi Tüy - Küçüklerle Bilim</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055083809</t>
+          <t>9786055083816</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Çözümlü Sudoku 1</t>
+          <t>Çocuklar İçin Çözümlü Sudoku 2</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055083779</t>
+          <t>9786055083809</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kutudan Gelen Sesler - Küçüklerle Bilim</t>
+          <t>Çocuklar İçin Çözümlü Sudoku 1</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055083755</t>
+          <t>9786055083779</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ay - Delikli Kitaplar Serisi</t>
+          <t>Kutudan Gelen Sesler - Küçüklerle Bilim</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>439.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055083687</t>
+          <t>9786055083755</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Sanat Macerası</t>
+          <t>Merhaba Ay - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055083694</t>
+          <t>9786055083687</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bir Lemurdan Nasıl Kurtulursun?</t>
+          <t>İstanbul Sanat Macerası</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055083748</t>
+          <t>9786055083694</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ay Çekirdeklerini Kim Yedi? - Küçüklerle Bilim</t>
+          <t>Bir Lemurdan Nasıl Kurtulursun?</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055083724</t>
+          <t>9786055083748</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklar Sepete</t>
+          <t>Ay Çekirdeklerini Kim Yedi? - Küçüklerle Bilim</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055083670</t>
+          <t>9786055083724</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>7x7 Çıkartmalı Sudoku - 4 (Çıkartmalı)</t>
+          <t>Oyuncaklar Sepete</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055083717</t>
+          <t>9786055083670</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>3 Nerede Çastara?</t>
+          <t>7x7 Çıkartmalı Sudoku - 4 (Çıkartmalı)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055083120</t>
+          <t>9786055083717</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tembel Hayvan Uykuda</t>
+          <t>3 Nerede Çastara?</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055083663</t>
+          <t>9786055083120</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>7x7 Çıkartmalı Sudoku (3)</t>
+          <t>Tembel Hayvan Uykuda</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055083656</t>
+          <t>9786055083663</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sır</t>
+          <t>7x7 Çıkartmalı Sudoku (3)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055083601</t>
+          <t>9786055083656</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gözlüklü Aslan - Delikli Kitaplar Serisi</t>
+          <t>Büyük Sır</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>439.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055083595</t>
+          <t>9786055083601</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Benim Yuvam Nerede? - Delikli Kitaplar Serisi</t>
+          <t>Gözlüklü Aslan - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>439.5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055083625</t>
+          <t>9786055083595</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Floransa - Venedik Sanat Macerası</t>
+          <t>Benim Yuvam Nerede? - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055083618</t>
+          <t>9786055083625</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Barselona Sanat Macerası</t>
+          <t>Floransa - Venedik Sanat Macerası</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055083649</t>
+          <t>9786055083618</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Roma Sanat Macerası</t>
+          <t>Barselona Sanat Macerası</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055083632</t>
+          <t>9786055083649</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>New York Sanat Macerası</t>
+          <t>Roma Sanat Macerası</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055083199</t>
+          <t>9786055083632</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Zeynep ve Can'ın Dinozor Maceraları: Allosaurus ve Arkadaşları</t>
+          <t>New York Sanat Macerası</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055083557</t>
+          <t>9786055083199</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bu Kimin Yuvası?</t>
+          <t>Zeynep ve Can'ın Dinozor Maceraları: Allosaurus ve Arkadaşları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>385</v>
+        <v>275</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055083540</t>
+          <t>9786055083557</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bu Kimin Sesi?</t>
+          <t>Bu Kimin Yuvası?</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055083533</t>
+          <t>9786055083540</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bu Kimin Gözü?</t>
+          <t>Bu Kimin Sesi?</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055083588</t>
+          <t>9786055083533</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Karnella'yı Çağıran Ses</t>
+          <t>Bu Kimin Gözü?</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>230</v>
+        <v>385</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055083472</t>
+          <t>9786055083588</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>5x5 Sudoku (6)</t>
+          <t>Karnella'yı Çağıran Ses</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055083465</t>
+          <t>9786055083472</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>4x4 Sudoku (3)</t>
+          <t>5x5 Sudoku (6)</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055083526</t>
+          <t>9786055083465</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hokul</t>
+          <t>4x4 Sudoku (3)</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055083502</t>
+          <t>9786055083526</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Sofrası</t>
+          <t>Hokul</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055083489</t>
+          <t>9786055083502</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>6x6 Sudoku (9)</t>
+          <t>İstanbul Sofrası</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055083496</t>
+          <t>9786055083489</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>6x6 Sudoku (12)</t>
+          <t>6x6 Sudoku (9)</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055083519</t>
+          <t>9786055083496</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Şeyler Ormanı</t>
+          <t>6x6 Sudoku (12)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055083441</t>
+          <t>9786055083519</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>7x7 Sudoku 2</t>
+          <t>Tuhaf Şeyler Ormanı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055083434</t>
+          <t>9786055083441</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>7x7 Sudoku 1</t>
+          <t>7x7 Sudoku 2</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055083458</t>
+          <t>9786055083434</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>4x4 Sudoku (2)</t>
+          <t>7x7 Sudoku 1</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055083427</t>
+          <t>9786055083458</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Portakal Fanfan (Ciltli)</t>
+          <t>4x4 Sudoku (2)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055083397</t>
+          <t>9786055083427</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>6x6 Sudoku (11)</t>
+          <t>Meraklı Portakal Fanfan (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055083380</t>
+          <t>9786055083397</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>5x5 Sudoku (8)</t>
+          <t>6x6 Sudoku (11)</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055083342</t>
+          <t>9786055083380</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ot Yemeye Bayılırım! - Delikli Kitaplar Serisi</t>
+          <t>5x5 Sudoku (8)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>439.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055083328</t>
+          <t>9786055083342</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Isıtan Sarı Güneş - Delikli Kitaplar Serisi</t>
+          <t>Ot Yemeye Bayılırım! - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>439.5</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055083335</t>
+          <t>9786055083328</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Parlak Yıldız - Delikli Kitaplar Serisi</t>
+          <t>Dünyamızı Isıtan Sarı Güneş - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>439.5</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055083014</t>
+          <t>9786055083335</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>5x5 Sudoku 5</t>
+          <t>Parlak Yıldız - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>125</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055083021</t>
+          <t>9786055083014</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>4x4 Sudoku 4</t>
+          <t>5x5 Sudoku 5</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055083007</t>
+          <t>9786055083021</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>4x4 Sudoku 1</t>
+          <t>4x4 Sudoku 4</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055083304</t>
+          <t>9786055083007</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>6x6 Sudoku 10</t>
+          <t>4x4 Sudoku 1</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055083311</t>
+          <t>9786055083304</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Semoş ve Çıtırkızlar</t>
+          <t>6x6 Sudoku 10</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055083281</t>
+          <t>9786055083311</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi Serisi: Yeryüzü</t>
+          <t>Semoş ve Çıtırkızlar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055083274</t>
+          <t>9786055083281</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi Serisi: Güneş</t>
+          <t>Güneş Sistemi Serisi: Yeryüzü</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055083267</t>
+          <t>9786055083274</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi Serisi: Gökyüzü</t>
+          <t>Güneş Sistemi Serisi: Güneş</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055083250</t>
+          <t>9786055083267</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi Serisi: Ay</t>
+          <t>Güneş Sistemi Serisi: Gökyüzü</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055083298</t>
+          <t>9786055083250</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Balıkçısı</t>
+          <t>Güneş Sistemi Serisi: Ay</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055083175</t>
+          <t>9786055083298</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Sayalım - Delikli Kitaplar Serisi</t>
+          <t>Halikarnas Balıkçısı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>439.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055083168</t>
+          <t>9786055083175</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Senin Sesin Hangisi? - Delikli Kitaplar Serisi</t>
+          <t>Birlikte Sayalım - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>439.5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055083151</t>
+          <t>9786055083168</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tırtıl - Delikli Kitaplar Serisi</t>
+          <t>Senin Sesin Hangisi? - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>439.5</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055083205</t>
+          <t>9786055083151</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Zeynep ve Can’ın Dinozor Maceraları: Tyrannosaurus ve Arkadaşları</t>
+          <t>Yeşil Tırtıl - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>275</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055083144</t>
+          <t>9786055083205</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Luiza Teyze</t>
+          <t>Zeynep ve Can’ın Dinozor Maceraları: Tyrannosaurus ve Arkadaşları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>45</v>
+        <v>275</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055083182</t>
+          <t>9786055083144</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dönen Tekerlekler - Delikli Kitaplar Serisi</t>
+          <t>Luiza Teyze</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>439.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055083038</t>
+          <t>9786055083182</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>5x5 Sudoku 7</t>
+          <t>Dönen Tekerlekler - Delikli Kitaplar Serisi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>125</v>
+        <v>439.5</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055083137</t>
+          <t>9786055083038</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Eve Yolculuk</t>
+          <t>5x5 Sudoku 7</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
+          <t>9786055083137</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Eve Yolculuk</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
           <t>9786055083359</t>
         </is>
       </c>
-      <c r="B183" s="1" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Osman Hamdi Bey</t>
         </is>
       </c>
-      <c r="C183" s="1">
+      <c r="C184" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>