--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,955 +85,1000 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259457871</t>
+          <t>9786259270210</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Oysa Hiç Karşılaşmamıştık</t>
+          <t>Anın Sonsuzluğu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259457857</t>
+          <t>9786259457888</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeylere Uzak</t>
+          <t>Anlatılmayan Öyküler 2</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259457864</t>
+          <t>9786259457895</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Anlatılmayan Öyküler</t>
+          <t>Herhangi Bir Kız Ya Da Değil</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259457840</t>
+          <t>9786259457871</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Balıklar Hep Peşimde</t>
+          <t>Oysa Hiç Karşılaşmamıştık</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259457833</t>
+          <t>9786259457857</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ölü Köpekler Havlarken</t>
+          <t>Bir Şeylere Uzak</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259457826</t>
+          <t>9786259457864</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Üç Kadın Bir İstanbul</t>
+          <t>Anlatılmayan Öyküler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259457819</t>
+          <t>9786259457840</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Diplomat Çocuğunun Anıları</t>
+          <t>Balıklar Hep Peşimde</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259457802</t>
+          <t>9786259457833</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Anlarda Saklanan Yaşam</t>
+          <t>Ölü Köpekler Havlarken</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058009691</t>
+          <t>9786259457826</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Artık Farkındayım</t>
+          <t>Üç Kadın Bir İstanbul</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058009684</t>
+          <t>9786259457819</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozları</t>
+          <t>Bir Diplomat Çocuğunun Anıları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058009677</t>
+          <t>9786259457802</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kesişmeler</t>
+          <t>Anlarda Saklanan Yaşam</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058009660</t>
+          <t>9786058009691</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kaminya</t>
+          <t>Artık Farkındayım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058009653</t>
+          <t>9786058009684</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Geçiş</t>
+          <t>Yıldız Tozları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058009646</t>
+          <t>9786058009677</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hayat Veren Bakire</t>
+          <t>Kesişmeler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058009639</t>
+          <t>9786058009660</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Pazar Günleri Dans</t>
+          <t>Kaminya</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058009615</t>
+          <t>9786058009653</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Alzheimer’a Yolculuk</t>
+          <t>Beklenen Geçiş</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058112490</t>
+          <t>9786058009646</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bunlar Hep Güzden</t>
+          <t>Hayat Veren Bakire</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058009608</t>
+          <t>9786058009639</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Adam Gitti</t>
+          <t>Pazar Günleri Dans</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058112483</t>
+          <t>9786058009615</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Hayatla Dans</t>
+          <t>Alzheimer’a Yolculuk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058112476</t>
+          <t>9786058112490</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çipez</t>
+          <t>Bunlar Hep Güzden</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058112452</t>
+          <t>9786058009608</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Ceviz Adam Gitti</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058112469</t>
+          <t>9786058112483</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aklı 40 Bin Feet Havada</t>
+          <t>Bir Başka Hayatla Dans</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058112445</t>
+          <t>9786058112476</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cihadiye 1332</t>
+          <t>Çipez</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058112438</t>
+          <t>9786058112452</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Neresinden Başlamalı Ölmeye Bu Hayatın?</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058112421</t>
+          <t>9786058112469</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Keşke Bir Kaplumbağa mı Olsaydık?</t>
+          <t>Aklı 40 Bin Feet Havada</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058112414</t>
+          <t>9786058112445</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Arızaların Kesişme Noktası</t>
+          <t>Cihadiye 1332</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058112407</t>
+          <t>9786058112438</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Karanlık İzdüşümler</t>
+          <t>Neresinden Başlamalı Ölmeye Bu Hayatın?</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052235409</t>
+          <t>9786058112421</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yola Çıkmayana Her Yer Uzaktır</t>
+          <t>Keşke Bir Kaplumbağa mı Olsaydık?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>210</v>
+        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052235201</t>
+          <t>9786058112414</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Dalları</t>
+          <t>Arızaların Kesişme Noktası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052235232</t>
+          <t>9786058112407</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Cunda'da Yolculuk</t>
+          <t>Karanlık İzdüşümler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059782708</t>
+          <t>9786052235409</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Sürgünler</t>
+          <t>Yola Çıkmayana Her Yer Uzaktır</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059782920</t>
+          <t>9786052235201</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Göç Çağı</t>
+          <t>Hayatın Dalları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058009622</t>
+          <t>9786052235232</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yüreğimin Dışına Hapsettim</t>
+          <t>Cunda'da Yolculuk</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059782524</t>
+          <t>9786059782708</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aşure</t>
+          <t>Savaş ve Sürgünler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059782388</t>
+          <t>9786059782920</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Küstümcüklerin Uyanışı</t>
+          <t>Göç Çağı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059782371</t>
+          <t>9786058009622</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kuklanın Ölümü</t>
+          <t>Dünyayı Yüreğimin Dışına Hapsettim</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059782340</t>
+          <t>9786059782524</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran'ın Bildikleridir</t>
+          <t>Aşure</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054841080</t>
+          <t>9786059782388</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Basamak</t>
+          <t>Küstümcüklerin Uyanışı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059782104</t>
+          <t>9786059782371</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yosun Kaplı Durgun Sular</t>
+          <t>Kuklanın Ölümü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054841912</t>
+          <t>9786059782340</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Beni Görünür Kıl</t>
+          <t>Şahmeran'ın Bildikleridir</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054841967</t>
+          <t>9786054841080</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bebek ve Çocuk Bakımının Erkekçesi</t>
+          <t>Basamak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054841837</t>
+          <t>9786059782104</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tırı Vırı Dünya</t>
+          <t>Yosun Kaplı Durgun Sular</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054841509</t>
+          <t>9786054841912</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kalbi</t>
+          <t>Tanrım Beni Görünür Kıl</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054841806</t>
+          <t>9786054841967</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Gün</t>
+          <t>Bebek ve Çocuk Bakımının Erkekçesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054841790</t>
+          <t>9786054841837</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Saklanmak Güzeldi</t>
+          <t>Tırı Vırı Dünya</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054841516</t>
+          <t>9786054841509</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Doku</t>
+          <t>Atatürk’ün Kalbi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054841493</t>
+          <t>9786054841806</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çağıran Uzaklar</t>
+          <t>Başka Bir Gün</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059782241</t>
+          <t>9786054841790</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kuş Kanadında Gökkuşağı</t>
+          <t>Saklanmak Güzeldi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054841431</t>
+          <t>9786054841516</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe Seyahatnamesi - 34'te 34</t>
+          <t>Doku</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944362573</t>
+          <t>9786054841493</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Denizlere Sızan Işık</t>
+          <t>Çağıran Uzaklar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944362634</t>
+          <t>9786059782241</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Prens Ali'nin Macerası</t>
+          <t>Kuş Kanadında Gökkuşağı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054841066</t>
+          <t>9786054841431</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Vişne Çürüğü</t>
+          <t>Fenerbahçe Seyahatnamesi - 34'te 34</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944362412</t>
+          <t>9789944362573</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Önce Hüzünden Sonra</t>
+          <t>Denizlere Sızan Işık</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054841363</t>
+          <t>9789944362634</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Benim Oğlum Paşa Olacak</t>
+          <t>Prens Ali'nin Macerası</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944362474</t>
+          <t>9786054841066</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Öyküleşen Hukuk</t>
+          <t>Vişne Çürüğü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944362511</t>
+          <t>9789944362412</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Aşka 12 Mil Kala</t>
+          <t>Ölümden Önce Hüzünden Sonra</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054841103</t>
+          <t>9786054841363</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalmışlar Mangası</t>
+          <t>Benim Oğlum Paşa Olacak</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054841035</t>
+          <t>9789944362474</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Kaçmayanların Şarkısı</t>
+          <t>Öyküleşen Hukuk</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944362733</t>
+          <t>9789944362511</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kafesteki Kalp</t>
+          <t>Aşka 12 Mil Kala</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944362641</t>
+          <t>9786054841103</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yürek Kuyusu</t>
+          <t>Geç Kalmışlar Mangası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
+          <t>9786054841035</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Yağmurdan Kaçmayanların Şarkısı</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789944362733</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Kafesteki Kalp</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789944362641</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Yürek Kuyusu</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
           <t>9789944362443</t>
         </is>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Diş ile Düş Arasında</t>
         </is>
       </c>
-      <c r="C62" s="1">
+      <c r="C65" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>