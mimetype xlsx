--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,1000 +85,1030 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259270210</t>
+          <t>9786259270203</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Anın Sonsuzluğu</t>
+          <t>Denizcinin Feneri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259457888</t>
+          <t>9786259270234</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Anlatılmayan Öyküler 2</t>
+          <t>Kuşlar Söyledi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259457895</t>
+          <t>9786259270210</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Herhangi Bir Kız Ya Da Değil</t>
+          <t>Anın Sonsuzluğu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259457871</t>
+          <t>9786259457888</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Oysa Hiç Karşılaşmamıştık</t>
+          <t>Anlatılmayan Öyküler 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259457857</t>
+          <t>9786259457895</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeylere Uzak</t>
+          <t>Herhangi Bir Kız Ya Da Değil</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259457864</t>
+          <t>9786259457871</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Anlatılmayan Öyküler</t>
+          <t>Oysa Hiç Karşılaşmamıştık</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259457840</t>
+          <t>9786259457857</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Balıklar Hep Peşimde</t>
+          <t>Bir Şeylere Uzak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259457833</t>
+          <t>9786259457864</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ölü Köpekler Havlarken</t>
+          <t>Anlatılmayan Öyküler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259457826</t>
+          <t>9786259457840</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Üç Kadın Bir İstanbul</t>
+          <t>Balıklar Hep Peşimde</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259457819</t>
+          <t>9786259457833</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Diplomat Çocuğunun Anıları</t>
+          <t>Ölü Köpekler Havlarken</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259457802</t>
+          <t>9786259457826</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Anlarda Saklanan Yaşam</t>
+          <t>Üç Kadın Bir İstanbul</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058009691</t>
+          <t>9786259457819</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Artık Farkındayım</t>
+          <t>Bir Diplomat Çocuğunun Anıları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058009684</t>
+          <t>9786259457802</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozları</t>
+          <t>Anlarda Saklanan Yaşam</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058009677</t>
+          <t>9786058009691</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kesişmeler</t>
+          <t>Artık Farkındayım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058009660</t>
+          <t>9786058009684</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kaminya</t>
+          <t>Yıldız Tozları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058009653</t>
+          <t>9786058009677</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Geçiş</t>
+          <t>Kesişmeler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058009646</t>
+          <t>9786058009660</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayat Veren Bakire</t>
+          <t>Kaminya</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058009639</t>
+          <t>9786058009653</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Pazar Günleri Dans</t>
+          <t>Beklenen Geçiş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058009615</t>
+          <t>9786058009646</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Alzheimer’a Yolculuk</t>
+          <t>Hayat Veren Bakire</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058112490</t>
+          <t>9786058009639</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bunlar Hep Güzden</t>
+          <t>Pazar Günleri Dans</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058009608</t>
+          <t>9786058009615</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Adam Gitti</t>
+          <t>Alzheimer’a Yolculuk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058112483</t>
+          <t>9786058112490</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Hayatla Dans</t>
+          <t>Bunlar Hep Güzden</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058112476</t>
+          <t>9786058009608</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çipez</t>
+          <t>Ceviz Adam Gitti</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058112452</t>
+          <t>9786058112483</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Bir Başka Hayatla Dans</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058112469</t>
+          <t>9786058112476</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Aklı 40 Bin Feet Havada</t>
+          <t>Çipez</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058112445</t>
+          <t>9786058112452</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Cihadiye 1332</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058112438</t>
+          <t>9786058112469</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Neresinden Başlamalı Ölmeye Bu Hayatın?</t>
+          <t>Aklı 40 Bin Feet Havada</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058112421</t>
+          <t>9786058112445</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Keşke Bir Kaplumbağa mı Olsaydık?</t>
+          <t>Cihadiye 1332</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>75</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058112414</t>
+          <t>9786058112438</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Arızaların Kesişme Noktası</t>
+          <t>Neresinden Başlamalı Ölmeye Bu Hayatın?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058112407</t>
+          <t>9786058112421</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Karanlık İzdüşümler</t>
+          <t>Keşke Bir Kaplumbağa mı Olsaydık?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052235409</t>
+          <t>9786058112414</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yola Çıkmayana Her Yer Uzaktır</t>
+          <t>Arızaların Kesişme Noktası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052235201</t>
+          <t>9786058112407</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Dalları</t>
+          <t>Karanlık İzdüşümler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052235232</t>
+          <t>9786052235409</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cunda'da Yolculuk</t>
+          <t>Yola Çıkmayana Her Yer Uzaktır</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059782708</t>
+          <t>9786052235201</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Sürgünler</t>
+          <t>Hayatın Dalları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059782920</t>
+          <t>9786052235232</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Göç Çağı</t>
+          <t>Cunda'da Yolculuk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058009622</t>
+          <t>9786059782708</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yüreğimin Dışına Hapsettim</t>
+          <t>Savaş ve Sürgünler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059782524</t>
+          <t>9786059782920</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Aşure</t>
+          <t>Göç Çağı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059782388</t>
+          <t>9786058009622</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Küstümcüklerin Uyanışı</t>
+          <t>Dünyayı Yüreğimin Dışına Hapsettim</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059782371</t>
+          <t>9786059782524</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kuklanın Ölümü</t>
+          <t>Aşure</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059782340</t>
+          <t>9786059782388</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran'ın Bildikleridir</t>
+          <t>Küstümcüklerin Uyanışı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054841080</t>
+          <t>9786059782371</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Basamak</t>
+          <t>Kuklanın Ölümü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059782104</t>
+          <t>9786059782340</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yosun Kaplı Durgun Sular</t>
+          <t>Şahmeran'ın Bildikleridir</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054841912</t>
+          <t>9786054841080</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Beni Görünür Kıl</t>
+          <t>Basamak</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054841967</t>
+          <t>9786059782104</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bebek ve Çocuk Bakımının Erkekçesi</t>
+          <t>Yosun Kaplı Durgun Sular</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054841837</t>
+          <t>9786054841912</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tırı Vırı Dünya</t>
+          <t>Tanrım Beni Görünür Kıl</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054841509</t>
+          <t>9786054841967</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kalbi</t>
+          <t>Bebek ve Çocuk Bakımının Erkekçesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054841806</t>
+          <t>9786054841837</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Gün</t>
+          <t>Tırı Vırı Dünya</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054841790</t>
+          <t>9786054841509</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Saklanmak Güzeldi</t>
+          <t>Atatürk’ün Kalbi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054841516</t>
+          <t>9786054841806</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Doku</t>
+          <t>Başka Bir Gün</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054841493</t>
+          <t>9786054841790</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çağıran Uzaklar</t>
+          <t>Saklanmak Güzeldi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059782241</t>
+          <t>9786054841516</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kuş Kanadında Gökkuşağı</t>
+          <t>Doku</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054841431</t>
+          <t>9786054841493</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe Seyahatnamesi - 34'te 34</t>
+          <t>Çağıran Uzaklar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944362573</t>
+          <t>9786059782241</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Denizlere Sızan Işık</t>
+          <t>Kuş Kanadında Gökkuşağı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944362634</t>
+          <t>9786054841431</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Prens Ali'nin Macerası</t>
+          <t>Fenerbahçe Seyahatnamesi - 34'te 34</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054841066</t>
+          <t>9789944362573</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Vişne Çürüğü</t>
+          <t>Denizlere Sızan Işık</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944362412</t>
+          <t>9789944362634</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Önce Hüzünden Sonra</t>
+          <t>Prens Ali'nin Macerası</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054841363</t>
+          <t>9786054841066</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Benim Oğlum Paşa Olacak</t>
+          <t>Vişne Çürüğü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944362474</t>
+          <t>9789944362412</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Öyküleşen Hukuk</t>
+          <t>Ölümden Önce Hüzünden Sonra</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944362511</t>
+          <t>9786054841363</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Aşka 12 Mil Kala</t>
+          <t>Benim Oğlum Paşa Olacak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054841103</t>
+          <t>9789944362474</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalmışlar Mangası</t>
+          <t>Öyküleşen Hukuk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054841035</t>
+          <t>9789944362511</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Kaçmayanların Şarkısı</t>
+          <t>Aşka 12 Mil Kala</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944362733</t>
+          <t>9786054841103</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kafesteki Kalp</t>
+          <t>Geç Kalmışlar Mangası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944362641</t>
+          <t>9786054841035</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yürek Kuyusu</t>
+          <t>Yağmurdan Kaçmayanların Şarkısı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
+          <t>9789944362733</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Kafesteki Kalp</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789944362641</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Yürek Kuyusu</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
           <t>9789944362443</t>
         </is>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Diş ile Düş Arasında</t>
         </is>
       </c>
-      <c r="C65" s="1">
+      <c r="C67" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>