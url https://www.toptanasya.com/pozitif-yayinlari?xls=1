--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,4405 +85,4465 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259608976</t>
+          <t>9786259608983</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hırslı Akılcı Pragmatik - HAP</t>
+          <t>Beslenmede Gerçek Bilim: Her Duyduğuna İnanma</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057531896</t>
+          <t>9786259360225</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeni Rusya</t>
+          <t>Yapay Zeka Çağı - İş Dünyasının Kaçınılmaz Dönüşümü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259608969</t>
+          <t>9786259360218</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Sen Kimsin Satürn?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>4444444444182</t>
+          <t>9786259608990</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Falih Rıfkı Atay Tüm Kitapları Seti (28 Kitap)</t>
+          <t>Kur’an Kıssalarının Gerçekliği</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>4625</v>
+        <v>590</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259608952</t>
+          <t>9786259608976</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Ağacı Tohumu</t>
+          <t>Hırslı Akılcı Pragmatik - HAP</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259608938</t>
+          <t>9786057531896</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletinin Tarihteki Ayak İzleri - 3 Cilt</t>
+          <t>Yeni Rusya</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>900</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259608945</t>
+          <t>9786259608969</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bisikletle Türkiye Turu 1884</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057531988</t>
+          <t>4444444444182</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aşk’ın Sırrı</t>
+          <t>Falih Rıfkı Atay Tüm Kitapları Seti (28 Kitap)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>4625</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057531995</t>
+          <t>9786259608952</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam Ebu Hanife’yi Yeniden Okumak</t>
+          <t>Pamuk Ağacı Tohumu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789754766059</t>
+          <t>9786259608938</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ile Yüz Yüze - Kurtuluş - İmparatorluğun Batış Yılları (Ateş ve Güneş Hediye)</t>
+          <t>Türk Milletinin Tarihteki Ayak İzleri - 3 Cilt</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>530</v>
+        <v>900</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057531964</t>
+          <t>9786259608945</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ailede Sınav Koçluğu</t>
+          <t>Bisikletle Türkiye Turu 1884</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057531971</t>
+          <t>9786057531988</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Aile Sorunları ve Çözüm Yolları</t>
+          <t>Aşk’ın Sırrı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057531933</t>
+          <t>9786057531995</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hint</t>
+          <t>İmam-ı Azam Ebu Hanife’yi Yeniden Okumak</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>285</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057531957</t>
+          <t>9789754766059</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Can Dostu Salih Bozok Atatürk’ü Anlatıyor</t>
+          <t>Atatürk ile Yüz Yüze - Kurtuluş - İmparatorluğun Batış Yılları (Ateş ve Güneş Hediye)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057531926</t>
+          <t>9786057531964</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Satınalma Sanatı ve İnsan / Akın Ergür ile Muhabbetler</t>
+          <t>Ailede Sınav Koçluğu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057531919</t>
+          <t>9786057531971</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ekranın Ardında Kaybolan İnsan</t>
+          <t>Günümüz Aile Sorunları ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057531889</t>
+          <t>9786057531933</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Denizaşırı</t>
+          <t>Hint</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051770666</t>
+          <t>9786057531957</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Irvin Yalom Terapi Seti - Hediyeli</t>
+          <t>Atatürk’ün Can Dostu Salih Bozok Atatürk’ü Anlatıyor</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057531872</t>
+          <t>9786057531926</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilere Dair</t>
+          <t>Satınalma Sanatı ve İnsan / Akın Ergür ile Muhabbetler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057531841</t>
+          <t>9786057531919</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Oyunları ve NLP</t>
+          <t>Ekranın Ardında Kaybolan İnsan</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057531810</t>
+          <t>9786057531889</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İle Yüz Yüze Reisicumhur Gazi Paşa’nın Bize Anlattıkları</t>
+          <t>Denizaşırı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057531230</t>
+          <t>9786051770666</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Yeşil Ordu Cemiyeti</t>
+          <t>Irvin Yalom Terapi Seti - Hediyeli</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057531858</t>
+          <t>9786057531872</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Terapisi</t>
+          <t>Halkla İlişkilere Dair</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057531834</t>
+          <t>9786057531841</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletinin Tarihteki Ayak izleri</t>
+          <t>Bilinçaltının Oyunları ve NLP</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>850</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9796057181772</t>
+          <t>9786057531810</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Zeytindağı - Çankaya Atatürk'ün Hatıraları Seti - 4 Kitap Takım (19 Mayıs Kitabı Hediyeli)</t>
+          <t>Atatürk İle Yüz Yüze Reisicumhur Gazi Paşa’nın Bize Anlattıkları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>620</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057531346</t>
+          <t>9786057531230</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Yolculuğu</t>
+          <t>Milli Mücadelede Yeşil Ordu Cemiyeti</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057531780</t>
+          <t>9786057531858</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Moskova - Roma</t>
+          <t>Depresyon Terapisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057531582</t>
+          <t>9786057531834</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çile</t>
+          <t>Türk Milletinin Tarihteki Ayak izleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>850</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057531797</t>
+          <t>9796057181772</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zeytindağı - Günümüz Türkçesiyle</t>
+          <t>Zeytindağı - Çankaya Atatürk'ün Hatıraları Seti - 4 Kitap Takım (19 Mayıs Kitabı Hediyeli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>740</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057531643</t>
+          <t>9786057531346</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Niçin Kurtulmamak?</t>
+          <t>Sonsuzluk Yolculuğu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057531728</t>
+          <t>9786057531780</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sahne İstanbul</t>
+          <t>Moskova - Roma</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057531742</t>
+          <t>9786057531582</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türk Kanadı Kanat Vuruşu</t>
+          <t>Çile</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057531735</t>
+          <t>9786057531797</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Lezzetlerin İstanbul’u</t>
+          <t>Zeytindağı - Günümüz Türkçesiyle</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057531759</t>
+          <t>9786057531643</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Armağan - Terapinin Işıgında Çift Olma Yolculuğu</t>
+          <t>Niçin Kurtulmamak?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057531674</t>
+          <t>9786057531728</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Dansın Ticarileşmesi</t>
+          <t>Sahne İstanbul</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057531711</t>
+          <t>9786057531742</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bir Büyük Şişmanlık Meselesi</t>
+          <t>Türk Kanadı Kanat Vuruşu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057531612</t>
+          <t>9786057531735</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs</t>
+          <t>Lezzetlerin İstanbul’u</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057531704</t>
+          <t>9786057531759</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Transaksiyonel Analiz İle Liderlik Öyküleri</t>
+          <t>Armağan - Terapinin Işıgında Çift Olma Yolculuğu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057531681</t>
+          <t>9786057531674</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Geleneksel Dansın Ticarileşmesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055514221</t>
+          <t>9786057531711</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Venedik Gezi Rehberi</t>
+          <t>Bir Büyük Şişmanlık Meselesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057531605</t>
+          <t>9786057531612</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Roman</t>
+          <t>19 Mayıs</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057531636</t>
+          <t>9786057531704</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Obezite Ameliyatları - 101 Soru - Cevap</t>
+          <t>Transaksiyonel Analiz İle Liderlik Öyküleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057531520</t>
+          <t>9786057531681</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilme</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>85</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057531629</t>
+          <t>9786055514221</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Mazimiz - Darüşşafaka</t>
+          <t>Venedik Gezi Rehberi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>500</v>
+        <v>70</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057531667</t>
+          <t>9786057531605</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İzmir'den Bursa'ya Yunan Mezalimi</t>
+          <t>Roman</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057531650</t>
+          <t>9786057531636</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şehit Şerife Bacı - İstiklal Yolunda Kahraman Bir Türk Kadını</t>
+          <t>Obezite Ameliyatları - 101 Soru - Cevap</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057531377</t>
+          <t>9786057531520</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Zekası</t>
+          <t>Kendini Bilme</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057531360</t>
+          <t>9786057531629</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Rabbim</t>
+          <t>Yaşayan Mazimiz - Darüşşafaka</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057531599</t>
+          <t>9786057531667</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sandığımız Saplantılar</t>
+          <t>İzmir'den Bursa'ya Yunan Mezalimi</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057531551</t>
+          <t>9786057531650</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Alman Ali</t>
+          <t>Şehit Şerife Bacı - İstiklal Yolunda Kahraman Bir Türk Kadını</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057531575</t>
+          <t>9786057531377</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yolcu Defteri</t>
+          <t>Sevgi Zekası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057531254</t>
+          <t>9786057531360</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bizim Akdeniz</t>
+          <t>Yüreğimde Rabbim</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057531568</t>
+          <t>9786057531599</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Bozdağ Tüm Kitapları Seti (8 Kitap Takım)</t>
+          <t>Aşk Sandığımız Saplantılar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1740</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057531544</t>
+          <t>9786057531551</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zeytindağı (Ciltli)</t>
+          <t>Alman Ali</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057531537</t>
+          <t>9786057531575</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hangi Diyanet?</t>
+          <t>Yolcu Defteri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057531391</t>
+          <t>9786057531254</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarınızın Sorunlarına Pratik ve Kalıcı Çözümler</t>
+          <t>Bizim Akdeniz</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756461440</t>
+          <t>9786057531568</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Jön Türkler ve 1908 İhtilali</t>
+          <t>Muhammed Bozdağ Tüm Kitapları Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>9.5</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789756461266</t>
+          <t>9786057531544</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Dev Türk Dünyası</t>
+          <t>Zeytindağı (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>13</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756461280</t>
+          <t>9786057531537</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Milliyetçilik</t>
+          <t>Hangi Diyanet?</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057531162</t>
+          <t>9786057531391</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bayrak</t>
+          <t>Çocuklarınızın Sorunlarına Pratik ve Kalıcı Çözümler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054726707</t>
+          <t>9789756461440</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Jön Türkler ve 1908 İhtilali</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054726943</t>
+          <t>9789756461266</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Otizmli Beyin</t>
+          <t>Uyuyan Dev Türk Dünyası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>290</v>
+        <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756333396</t>
+          <t>9789756461280</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Anne De Bana</t>
+          <t>Yükselen Milliyetçilik</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054726950</t>
+          <t>9786057531162</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ali Suavi</t>
+          <t>Bayrak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054726844</t>
+          <t>9786054726707</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tuna Kıyıları</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054726851</t>
+          <t>9786054726943</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gezerek Gördüklerim</t>
+          <t>Otizmli Beyin</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054726820</t>
+          <t>9789756333396</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gücün Sonu</t>
+          <t>Anne De Bana</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054726981</t>
+          <t>9786054726950</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Varsıl Mutsuzlar Çağı</t>
+          <t>Ali Suavi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054726974</t>
+          <t>9786054726844</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ankara</t>
+          <t>Tuna Kıyıları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054726493</t>
+          <t>9786054726851</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Falih Rıfkı Atay'ın "Ateş ve Güneş" Kitabı Üzerine</t>
+          <t>Gezerek Gördüklerim</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054726394</t>
+          <t>9786054726820</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Beynin Kuralları</t>
+          <t>Gücün Sonu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054726318</t>
+          <t>9786054726981</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinizi Büyütürken... Onun Sorunlarına Mucize Çözümler (0-4 yaş)</t>
+          <t>Varsıl Mutsuzlar Çağı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>23</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054726486</t>
+          <t>9786054726974</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Neden Açım Neden Şişmanım</t>
+          <t>Ankara</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054726479</t>
+          <t>9786054726493</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Shakespeare Oyunculuğu</t>
+          <t>Falih Rıfkı Atay'ın "Ateş ve Güneş" Kitabı Üzerine</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054726400</t>
+          <t>9786054726394</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Tiyatro ve Drama Eğitimi</t>
+          <t>Bebekler İçin Beynin Kuralları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057531049</t>
+          <t>9786054726318</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler İdeali</t>
+          <t>Bebeğinizi Büyütürken... Onun Sorunlarına Mucize Çözümler (0-4 yaş)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>140</v>
+        <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057531001</t>
+          <t>9786054726486</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yaşamsal Zenginlik Yaratmak</t>
+          <t>Neden Açım Neden Şişmanım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944700528</t>
+          <t>9786054726479</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir Şafak Yürüyüşü</t>
+          <t>Uygulamalı Shakespeare Oyunculuğu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>13</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050010145</t>
+          <t>9786054726400</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Suskun Deniz</t>
+          <t>Gençler İçin Tiyatro ve Drama Eğitimi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>7</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054726622</t>
+          <t>9786057531049</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dünya' da Türk Olgusu</t>
+          <t>Halkla İlişkiler İdeali</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057531025</t>
+          <t>9786057531001</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Yöntemin Kuralları</t>
+          <t>Yaşamsal Zenginlik Yaratmak</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054726998</t>
+          <t>9789944700528</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Düşülen Yazılar</t>
+          <t>Bir Şafak Yürüyüşü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>13</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054726875</t>
+          <t>9786050010145</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına Anne Olmak</t>
+          <t>Suskun Deniz</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054726912</t>
+          <t>9786054726622</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aşkın En Güzel Hali</t>
+          <t>Dünya' da Türk Olgusu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054726929</t>
+          <t>9786057531025</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mucizene Dokun</t>
+          <t>Sosyolojik Yöntemin Kuralları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054726837</t>
+          <t>9786054726998</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İçinde</t>
+          <t>Tarihe Düşülen Yazılar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054726776</t>
+          <t>9786054726875</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Zeytindağı Ateş ve Güneş (Karşılaştırmalı Eleştirel Basım)</t>
+          <t>Tek Başına Anne Olmak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054726882</t>
+          <t>9786054726912</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Kamera Önü Oyunculuğu</t>
+          <t>Aşkın En Güzel Hali</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054726899</t>
+          <t>9786054726929</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Oyunculuk Teknikleri</t>
+          <t>Mucizene Dokun</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054726721</t>
+          <t>9786054726837</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Senin Hikayen Hangisi</t>
+          <t>İçinde</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054726738</t>
+          <t>9786054726776</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Obezite Kaderiniz Değil</t>
+          <t>Zeytindağı Ateş ve Güneş (Karşılaştırmalı Eleştirel Basım)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054726790</t>
+          <t>9786054726882</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>60’lar Hikaye 70’ler Terane 80’ler Şahane</t>
+          <t>Uygulamalı Kamera Önü Oyunculuğu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054726769</t>
+          <t>9786054726899</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Davranışlarımız ve Biz: Sosyal Psikoloji Bakışıyla Kalabalık İçinde Ben Olmak</t>
+          <t>Uygulamalı Oyunculuk Teknikleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054726752</t>
+          <t>9786054726721</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Parlamenter Sistem Krizleri ve Cumhurbaşkanlığı Hükümet Sistemi</t>
+          <t>Senin Hikayen Hangisi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055514051</t>
+          <t>9786054726738</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Zeytindağı</t>
+          <t>Obezite Kaderiniz Değil</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756461075</t>
+          <t>9786054726790</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Zeytindağı - Özgün Metin</t>
+          <t>60’lar Hikaye 70’ler Terane 80’ler Şahane</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054726226</t>
+          <t>9786054726769</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Davranışlarımız ve Biz: Sosyal Psikoloji Bakışıyla Kalabalık İçinde Ben Olmak</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054726141</t>
+          <t>9786054726752</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yazarların İstanbul’u</t>
+          <t>Parlamenter Sistem Krizleri ve Cumhurbaşkanlığı Hükümet Sistemi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054726103</t>
+          <t>9786055514051</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Gördüğünün Ötesinde</t>
+          <t>Zeytindağı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756742082</t>
+          <t>9789756461075</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Tarihi</t>
+          <t>Zeytindağı - Özgün Metin</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>595</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756461419</t>
+          <t>9786054726226</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ya Gazi Paşa Duyarsa</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>30</v>
+        <v>380</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055514228</t>
+          <t>9786054726141</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Viyana Şehir Rehberi</t>
+          <t>Yazarların İstanbul’u</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055514211</t>
+          <t>9786054726103</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Venedik Şehir Rehberi</t>
+          <t>Yaşam Gördüğünün Ötesinde</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055514082</t>
+          <t>9789756742082</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Uykuya Dair Herşey</t>
+          <t>Yahudi Tarihi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>16.5</v>
+        <v>595</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055514303</t>
+          <t>9789756461419</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Yaratıcı Oyunculuk</t>
+          <t>Ya Gazi Paşa Duyarsa</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055514310</t>
+          <t>9786055514228</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Yaratıcı Monologlar</t>
+          <t>Viyana Şehir Rehberi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756461006</t>
+          <t>9786055514211</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Tiyatro Eğitimi</t>
+          <t>Venedik Şehir Rehberi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055514976</t>
+          <t>9786055514082</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Sahne Eğitmi</t>
+          <t>Uykuya Dair Herşey</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>166</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055514648</t>
+          <t>9786055514303</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Makyaj Eğitimi</t>
+          <t>Uygulamalı Yaratıcı Oyunculuk</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789756461808</t>
+          <t>9786055514310</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanları</t>
+          <t>Uygulamalı Yaratıcı Monologlar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055514297</t>
+          <t>9789756461006</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Tek Suçlu Beyniniz</t>
+          <t>Uygulamalı Tiyatro Eğitimi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055514259</t>
+          <t>9786055514976</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Dönemi</t>
+          <t>Uygulamalı Sahne Eğitmi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>166</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756461099</t>
+          <t>9786055514648</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Aşk</t>
+          <t>Uygulamalı Makyaj Eğitimi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>9.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756461648</t>
+          <t>9789756461808</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şövalyelik ve Malta Şövalyeleri</t>
+          <t>Türk Destanları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>12.04</v>
+        <v>320</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055514785</t>
+          <t>9786055514297</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Şifa Sanatları</t>
+          <t>Tek Suçlu Beyniniz</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055514433</t>
+          <t>9786055514259</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şeriatçı Terörün ve Batının Kıskacındaki Ülke Türkiye</t>
+          <t>Tek Parti Dönemi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756461693</t>
+          <t>9789756461099</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Şemdinli’den Körfez’e Kriz Notları</t>
+          <t>Tarih Boyunca Aşk</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>12.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756461945</t>
+          <t>9789756461648</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Şemdinli’de Sınırı Aşmak</t>
+          <t>Şövalyelik ve Malta Şövalyeleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>9.17</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756461679</t>
+          <t>9786055514785</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Son Harekat</t>
+          <t>Şifa Sanatları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>17.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756461846</t>
+          <t>9786055514433</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Singer Toplar</t>
+          <t>Şeriatçı Terörün ve Batının Kıskacındaki Ülke Türkiye</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>13.04</v>
+        <v>220</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756461532</t>
+          <t>9789756461693</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Vahdettin</t>
+          <t>Şemdinli’den Körfez’e Kriz Notları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>26</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3990000026584</t>
+          <t>9789756461945</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kısa Türk Tarihi</t>
+          <t>Şemdinli’de Sınırı Aşmak</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756461792</t>
+          <t>9789756461679</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Seçim Kazandıran Siyasal İletişim</t>
+          <t>Son Harekat</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>12</v>
+        <v>220</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055514792</t>
+          <t>9789756461846</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Saraybosna Şehir Rehberi</t>
+          <t>Singer Toplar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>13.04</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054726202</t>
+          <t>9789756461532</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıların İstanbul’u</t>
+          <t>Sorularla Vahdettin</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>160</v>
+        <v>26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756461556</t>
+          <t>3990000026584</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Rutin Dışı</t>
+          <t>Sorularla Kısa Türk Tarihi</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055514242</t>
+          <t>9789756461792</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Rusça Konuşma Kılavuzu</t>
+          <t>Seçim Kazandıran Siyasal İletişim</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>280</v>
+        <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055514204</t>
+          <t>9786055514792</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Roma Şehir Rehberi</t>
+          <t>Saraybosna Şehir Rehberi</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756461761</t>
+          <t>9786054726202</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Rehin Ülke</t>
+          <t>Sanatçıların İstanbul’u</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055514402</t>
+          <t>9789756461556</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Rahibenin Vuruşu</t>
+          <t>Rutin Dışı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055514198</t>
+          <t>9786055514242</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Prag Şehir Rehberi</t>
+          <t>Rusça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055514839</t>
+          <t>9786055514204</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Petersburg Şehir Rehberi</t>
+          <t>Roma Şehir Rehberi</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054726240</t>
+          <t>9789756461761</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Pazar Konuşmaları (1941-1950)</t>
+          <t>Rehin Ülke</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055514181</t>
+          <t>9786055514402</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Paris Şehir Rehberi</t>
+          <t>Rahibenin Vuruşu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756461907</t>
+          <t>9786055514198</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Özgüvenli Çocuklar Yetiştirmenin 365 Yolu</t>
+          <t>Prag Şehir Rehberi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>3990000002820</t>
+          <t>9786055514839</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Önce Vatan Bölücülük - PKK</t>
+          <t>Petersburg Şehir Rehberi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>12.96</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756461334</t>
+          <t>9786054726240</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan 21. Yüzyıla Basın Tarihi</t>
+          <t>Pazar Konuşmaları (1941-1950)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054726172</t>
+          <t>9786055514181</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Gündelik Hayat</t>
+          <t>Paris Şehir Rehberi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055514549</t>
+          <t>9789756461907</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Okumanın Farkı Orhan Pamuk</t>
+          <t>Özgüvenli Çocuklar Yetiştirmenin 365 Yolu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756461549</t>
+          <t>3990000002820</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Numaracı Cumhuriyetçiler</t>
+          <t>Önce Vatan Bölücülük - PKK</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>8.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055514952</t>
+          <t>9789756461334</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Nil’den Fırat’a Devlet Oyunları</t>
+          <t>Osmanlı’dan 21. Yüzyıla Basın Tarihi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>35</v>
+        <v>185</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055514174</t>
+          <t>9786054726172</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>New York Şehir Rehberi</t>
+          <t>Osmanlı İmparatorluğu’nda Gündelik Hayat</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756461716</t>
+          <t>9786055514549</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Musul Özdemir Harekatı</t>
+          <t>Okumanın Farkı Orhan Pamuk</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756461754</t>
+          <t>9789756461549</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Mütareke Defteri</t>
+          <t>Numaracı Cumhuriyetçiler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>120</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9799756461203</t>
+          <t>9786055514952</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Bana Anlattıkları - Mustafa Kemal’in Ağzından Vahdettin</t>
+          <t>Nil’den Fırat’a Devlet Oyunları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055514808</t>
+          <t>9786055514174</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Moskova Şehir Rehberi</t>
+          <t>New York Şehir Rehberi</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756461983</t>
+          <t>9789756461716</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünya Tarihi</t>
+          <t>Musul Özdemir Harekatı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055514037</t>
+          <t>9789756461754</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mavice</t>
+          <t>Mustafa Kemal’in Mütareke Defteri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>4.63</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055514563</t>
+          <t>9799756461203</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Marka Spor Marka (Ciltli)</t>
+          <t>Atatürk’ün Bana Anlattıkları - Mustafa Kemal’in Ağzından Vahdettin</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055514822</t>
+          <t>9786055514808</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Manifesto</t>
+          <t>Moskova Şehir Rehberi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055514907</t>
+          <t>9789756461983</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Maksimum - Hazır Mısınız ?</t>
+          <t>Modern Dünya Tarihi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>19</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055514426</t>
+          <t>9786055514037</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş</t>
+          <t>Mavice</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>180</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055514099</t>
+          <t>9786055514563</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kurt Kapanı</t>
+          <t>Marka Spor Marka (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789756461341</t>
+          <t>9786055514822</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kuramda ve Uygulamada Halkla İlişkiler</t>
+          <t>Manifesto</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789756461686</t>
+          <t>9786055514907</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Köstebek</t>
+          <t>Maksimum - Hazır Mısınız ?</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>240</v>
+        <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055514662</t>
+          <t>9786055514426</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Korkuyorum Sevgilim</t>
+          <t>Kurtuluş</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>13</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055514075</t>
+          <t>9786055514099</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kilonuzu Siz Belirleyin</t>
+          <t>Kurt Kapanı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>12.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055514655</t>
+          <t>9789756461341</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet</t>
+          <t>Kuramda ve Uygulamada Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756461082</t>
+          <t>9789756461686</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kendime Rehberim</t>
+          <t>Köstebek</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>8</v>
+        <v>240</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055514143</t>
+          <t>9786055514662</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kahire Şehir Rehberi</t>
+          <t>Korkuyorum Sevgilim</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>13</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756461105</t>
+          <t>9786055514075</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İttihatçılar ve Masonlar</t>
+          <t>Kilonuzu Siz Belirleyin</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>380</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055514747</t>
+          <t>9786055514655</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hayalden Gerçeğe Sözden Yazıya</t>
+          <t>Kıyamet</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>350</v>
+        <v>17</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055514884</t>
+          <t>9789756461082</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İsmin Kaderini Nasıl Etkiliyor!</t>
+          <t>Kendime Rehberim</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054726097</t>
+          <t>9786055514143</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İntihar</t>
+          <t>Kahire Şehir Rehberi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054726158</t>
+          <t>9789756461105</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adamlara Büyük Oyunlar</t>
+          <t>İttihatçılar ve Masonlar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>12</v>
+        <v>380</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756461969</t>
+          <t>9786055514747</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İnternetin Kararttığı Hayatlar</t>
+          <t>İstanbul Hayalden Gerçeğe Sözden Yazıya</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>17.13</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055514235</t>
+          <t>9786055514884</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Pratik İngilizce Konuşma Kılavuzu</t>
+          <t>İsmin Kaderini Nasıl Etkiliyor!</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756461501</t>
+          <t>9786054726097</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimler Için Uygulamalı Tiyatro ve Drama Eğitimi</t>
+          <t>İntihar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789756461518</t>
+          <t>9786054726158</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İhaneti Gördüm</t>
+          <t>Küçük Adamlara Büyük Oyunlar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756461884</t>
+          <t>9789756461969</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İhaneti Gördüm</t>
+          <t>İnternetin Kararttığı Hayatlar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>60</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789756461273</t>
+          <t>9786055514235</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hedefe Doğru</t>
+          <t>Pratik İngilizce Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>22.5</v>
+        <v>280</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055514631</t>
+          <t>9789756461501</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hafızanın 7 Günahı</t>
+          <t>İlköğretimler Için Uygulamalı Tiyatro ve Drama Eğitimi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756461860</t>
+          <t>9789756461518</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Galatasaraylı Doğan Koloğlu</t>
+          <t>İhaneti Gördüm</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>10</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055514105</t>
+          <t>9789756461884</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Floransa Şehir Rehberi</t>
+          <t>İhaneti Gördüm</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756461181</t>
+          <t>9789756461273</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Filistin İsrail Dosyası Tanıklıklar, Makaleler, Belgeler, Mülakatlar ve Şiirlerle</t>
+          <t>Hedefe Doğru</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>13.89</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789756461112</t>
+          <t>9786055514631</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>ABD'nin Güney Kafkasya Politikası Olarak Ermenistan Sorunu 1919-1921</t>
+          <t>Hafızanın 7 Günahı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789756461877</t>
+          <t>9789756461860</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Gölgesinde İhaneti Yaşamak</t>
+          <t>Galatasaraylı Doğan Koloğlu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>230</v>
+        <v>10</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055514150</t>
+          <t>9786055514105</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Londra Şehir Rehberi</t>
+          <t>Floransa Şehir Rehberi</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055514846</t>
+          <t>9789756461181</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Endülüs ve Sevilla Şehir Rehberi</t>
+          <t>Filistin İsrail Dosyası Tanıklıklar, Makaleler, Belgeler, Mülakatlar ve Şiirlerle</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756461723</t>
+          <t>9789756461112</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Dünya Şiir Antolojisi (2 Cilt Takım)</t>
+          <t>ABD'nin Güney Kafkasya Politikası Olarak Ermenistan Sorunu 1919-1921</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>63.89</v>
+        <v>120</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055514853</t>
+          <t>9789756461877</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dubrovnik Şehir Rehberi</t>
+          <t>Ergenekon Gölgesinde İhaneti Yaşamak</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054726264</t>
+          <t>9786055514150</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği Bozukluğu</t>
+          <t>Londra Şehir Rehberi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054726189</t>
+          <t>9786055514846</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Çocuğunuzdan Mesaj Var!!!</t>
+          <t>Endülüs ve Sevilla Şehir Rehberi</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055514020</t>
+          <t>9789756461723</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dağdan Bakan Gözler</t>
+          <t>Dünya Şiir Antolojisi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>18.52</v>
+        <v>63.89</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789756461587</t>
+          <t>9786055514853</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Sevdiği 365 Yemek</t>
+          <t>Dubrovnik Şehir Rehberi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055514716</t>
+          <t>9786054726264</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Etik ve Whistleblowing</t>
+          <t>Dikkat Eksikliği Bozukluğu</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>21</v>
+        <v>375</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789756461600</t>
+          <t>9786054726189</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Sevdiği 365 Yaratıcı Oyun</t>
+          <t>Dikkat Çocuğunuzdan Mesaj Var!!!</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789756461594</t>
+          <t>9786055514020</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Sevdiği 365 Okul Dışı Etkinlik</t>
+          <t>Dağdan Bakan Gözler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>290</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789756461976</t>
+          <t>9789756461587</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Büyütürken Karşılaşılaşılan Sorunlar ve Çözüm Yolları</t>
+          <t>Çocukların Sevdiği 365 Yemek</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>11.5</v>
+        <v>290</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055514334</t>
+          <t>9786055514716</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çarçella</t>
+          <t>Kurumsal Etik ve Whistleblowing</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>34</v>
+        <v>21</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789756461563</t>
+          <t>9789756461600</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çankaya’da Sonbahar</t>
+          <t>Çocukların Sevdiği 365 Yaratıcı Oyun</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>11.11</v>
+        <v>290</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055514044</t>
+          <t>9789756461594</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çankaya</t>
+          <t>Çocukların Sevdiği 365 Okul Dışı Etkinlik</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>49</v>
+        <v>290</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789756461631</t>
+          <t>9789756461976</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çankaya (Ciltli - Özel Basım)</t>
+          <t>Çocuğunuzu Büyütürken Karşılaşılaşılan Sorunlar ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>650</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789756461051</t>
+          <t>9786055514334</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çankaya</t>
+          <t>Çarçella</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789756461068</t>
+          <t>9789756461563</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Masonlar</t>
+          <t>Çankaya’da Sonbahar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>320</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9799756461197</t>
+          <t>9786055514044</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Alfabesi</t>
+          <t>Çankaya</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789756461655</t>
+          <t>9789756461631</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Cilbabtan Türbana Türkiye’de Örtünmenin Serüveni</t>
+          <t>Çankaya (Ciltli - Özel Basım)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>12</v>
+        <v>650</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055514136</t>
+          <t>9789756461051</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Budapeşte Şehir Rehberi</t>
+          <t>Çankaya</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789756461457</t>
+          <t>9789756461068</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Biz Kimiz?</t>
+          <t>Cumhuriyet Dönemi Masonlar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>18</v>
+        <v>320</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789756461396</t>
+          <t>9799756461197</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Biz Kınalı Bacaksızlar</t>
+          <t>Cinselliğin Alfabesi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>150</v>
+        <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055514372</t>
+          <t>9789756461655</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikoloğun İtirafları</t>
+          <t>Cilbabtan Türbana Türkiye’de Örtünmenin Serüveni</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055514969</t>
+          <t>9786055514136</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktör Hazırlanıyor</t>
+          <t>Budapeşte Şehir Rehberi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789756461778</t>
+          <t>9789756461457</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bere ile Puşi</t>
+          <t>Biz Kimiz?</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>18</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055514068</t>
+          <t>9789756461396</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Benim Annem Bir Terörist</t>
+          <t>Biz Kınalı Bacaksızlar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055514891</t>
+          <t>9786055514372</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Beni Büyütürken Bilmeniz Gerekenler</t>
+          <t>Bir Psikoloğun İtirafları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>17.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789756461952</t>
+          <t>9786055514969</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ben de Spiker Olucam</t>
+          <t>Bir Aktör Hazırlanıyor</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>8</v>
+        <v>185</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055514419</t>
+          <t>9789756461778</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Batış Yılları</t>
+          <t>Bere ile Puşi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055514532</t>
+          <t>9786055514068</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Başarının 7 Spirütüel Yasası</t>
+          <t>Benim Annem Bir Terörist</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>18</v>
+        <v>50</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055514365</t>
+          <t>9786055514891</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Çocuklarımız</t>
+          <t>Beni Büyütürken Bilmeniz Gerekenler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>120</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055514129</t>
+          <t>9789756461952</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Barselona Şehir Rehberi</t>
+          <t>Ben de Spiker Olucam</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>8</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054726165</t>
+          <t>9786055514419</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Banu Avar’la Konuşma - Kültürel Soykırım</t>
+          <t>İmparatorluğun Batış Yılları</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>15</v>
+        <v>190</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789756461624</t>
+          <t>9786055514532</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Güneş</t>
+          <t>Başarının 7 Spirütüel Yasası</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789756461242</t>
+          <t>9786055514365</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçülük Nedir?</t>
+          <t>Başarı ve Çocuklarımız</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789756461938</t>
+          <t>9786055514129</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Ne İdi?</t>
+          <t>Barselona Şehir Rehberi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055514556</t>
+          <t>9786054726165</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Beni Tanımalıydı</t>
+          <t>Banu Avar’la Konuşma - Kültürel Soykırım</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055514501</t>
+          <t>9789756461624</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Asl’ı Suret</t>
+          <t>Ateş ve Güneş</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>19.44</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055514006</t>
+          <t>9789756461242</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Arayan Adam 2. Cilt</t>
+          <t>Atatürkçülük Nedir?</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756461839</t>
+          <t>9789756461938</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Arayan Adam 1. Cilt</t>
+          <t>Atatürk Ne İdi?</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>35</v>
+        <v>160</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789756461709</t>
+          <t>9786055514556</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Alman Vakıfları ve Bergama (Altın Madeni) Dosyası</t>
+          <t>Atatürk Beni Tanımalıydı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>230</v>
+        <v>40</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789756461822</t>
+          <t>9786055514501</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Alevism With Questions</t>
+          <t>Asl’ı Suret</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>13.89</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789756461914</t>
+          <t>9786055514006</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Çocukların Oynadıkları 365 Oyun</t>
+          <t>Arayan Adam 2. Cilt</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>290</v>
+        <v>35</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789756461921</t>
+          <t>9789756461839</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Bebeklerin Oynadıkları 365 Oyun</t>
+          <t>Arayan Adam 1. Cilt</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>290</v>
+        <v>35</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789756461303</t>
+          <t>9789756461709</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Tiyatro Sözlüğü ve Kılavuzu</t>
+          <t>Alman Vakıfları ve Bergama (Altın Madeni) Dosyası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055514686</t>
+          <t>9789756461822</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Acemi Yoginin El Kitabı</t>
+          <t>Alevism With Questions</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789756461228</t>
+          <t>9789756461914</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamit Gerçeği</t>
+          <t>Akıllı Çocukların Oynadıkları 365 Oyun</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789756461617</t>
+          <t>9789756461921</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Anti Kemalist Devrim</t>
+          <t>Akıllı Bebeklerin Oynadıkları 365 Oyun</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>12.5</v>
+        <v>290</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055514341</t>
+          <t>9789756461303</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Sağlıklı Yaşam ve Spor</t>
+          <t>Açıklamalı Tiyatro Sözlüğü ve Kılavuzu</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054726080</t>
+          <t>9786055514686</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Anne Bunu Nasıl Yapıyor?</t>
+          <t>Acemi Yoginin El Kitabı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055514112</t>
+          <t>9789756461228</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Amsterdam Şehir Rehberi</t>
+          <t>Abdülhamit Gerçeği</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789756461044</t>
+          <t>9789756461617</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid ve Masonlar</t>
+          <t>Anti Kemalist Devrim</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>220</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789756461259</t>
+          <t>9786055514341</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Babanız Atatürk</t>
+          <t>100 Soruda Sağlıklı Yaşam ve Spor</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054726363</t>
+          <t>9786054726080</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yalanlar Üstüne</t>
+          <t>Anne Bunu Nasıl Yapıyor?</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055514167</t>
+          <t>9786055514112</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Madrid Şehir Rehberi</t>
+          <t>Amsterdam Şehir Rehberi</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789756461372</t>
+          <t>9789756461044</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Şemdinli'de Sınırı Aşmak</t>
+          <t>Abdülhamid ve Masonlar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>30</v>
+        <v>220</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054726585</t>
+          <t>9789756461259</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Müzik Listeniz Hayatınızı Değiştirebilir</t>
+          <t>Babanız Atatürk</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>14.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054726561</t>
+          <t>9786054726363</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ulusalcılık ve Karşıtları</t>
+          <t>Yalanlar Üstüne</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055514013</t>
+          <t>9786055514167</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Türk Zabitiyim</t>
+          <t>Madrid Şehir Rehberi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>39.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789757385028</t>
+          <t>9789756461372</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Tarator'un Günlüğü</t>
+          <t>Şemdinli'de Sınırı Aşmak</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>7</v>
+        <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054726653</t>
+          <t>9786054726585</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapmalı</t>
+          <t>Müzik Listeniz Hayatınızı Değiştirebilir</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>180</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054726745</t>
+          <t>9786054726561</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Başarının Perde Arkası</t>
+          <t>Ulusalcılık ve Karşıtları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789756461020</t>
+          <t>9786055514013</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sufleci</t>
+          <t>Ben Bir Türk Zabitiyim</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>4.17</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054726325</t>
+          <t>9789757385028</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Tiyatro ve Drama Eğitimi</t>
+          <t>Tarator'un Günlüğü</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>7</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789756461389</t>
+          <t>9786054726653</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Terör Hudut Kaçakçılık Hesaplaşma</t>
+          <t>Ne Yapmalı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>17.5</v>
+        <v>180</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054726608</t>
+          <t>9786054726745</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kendi Geleceğini Yaratan İnsan Yaşam Sanatı</t>
+          <t>Başarının Perde Arkası</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054726615</t>
+          <t>9789756461020</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni Kemalizm ve Türkiye (2 Cilt Takım)</t>
+          <t>Sufleci</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>55</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054726530</t>
+          <t>9786054726325</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Notlar</t>
+          <t>Çocuklar için Tiyatro ve Drama Eğitimi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054726356</t>
+          <t>9789756461389</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Gaspıralı İsmail</t>
+          <t>Terör Hudut Kaçakçılık Hesaplaşma</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>130</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057531421</t>
+          <t>9786054726608</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Biz De Aslen Buralı Değiliz</t>
+          <t>Kendi Geleceğini Yaratan İnsan Yaşam Sanatı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789756461570</t>
+          <t>9786054726615</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Timur’un Hayatı ve Kadiz’den Semerkant’a Seyahatler</t>
+          <t>Yeni Dünya Düzeni Kemalizm ve Türkiye (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>13.43</v>
+        <v>55</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055514358</t>
+          <t>9786054726530</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Tek Şişman Beyniniz</t>
+          <t>Türkiye Üzerine Notlar</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789756461136</t>
+          <t>9786054726356</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Rekabette Ermeni Sorunu’nun Kökeni 1878 - 1920</t>
+          <t>Gaspıralı İsmail</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>15</v>
+        <v>130</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789756461464</t>
+          <t>9786057531421</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Uyanıyor Tandoğan’da Başlayan Güçlü İtiraz</t>
+          <t>Biz De Aslen Buralı Değiliz</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>12.5</v>
+        <v>120</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789756461990</t>
+          <t>9789756461570</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Türk Hava Kuvvetlerinin Doğuş Yılları</t>
+          <t>Timur’un Hayatı ve Kadiz’den Semerkant’a Seyahatler</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057531407</t>
+          <t>9786055514358</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Güçlü İletişimin Sırları Diksiyon Beden Dili ve Hitabet</t>
+          <t>Tek Şişman Beyniniz</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057531469</t>
+          <t>9789756461136</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Beynin Mutluluğa Ayarlanması</t>
+          <t>Uluslararası Rekabette Ermeni Sorunu’nun Kökeni 1878 - 1920</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057531490</t>
+          <t>9789756461464</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Seninle Sana Rağmen Motivasyon</t>
+          <t>Türkiye Uyanıyor Tandoğan’da Başlayan Güçlü İtiraz</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>100</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051774312</t>
+          <t>9789756461990</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Çift Terapisi</t>
+          <t>Türk Hava Kuvvetlerinin Doğuş Yılları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051774299</t>
+          <t>9786057531407</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Terapisi</t>
+          <t>Güçlü İletişimin Sırları Diksiyon Beden Dili ve Hitabet</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051774329</t>
+          <t>9786057531469</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ergen Terapisi</t>
+          <t>Beynin Mutluluğa Ayarlanması</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051771342</t>
+          <t>9786057531490</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Terapi</t>
+          <t>Seninle Sana Rağmen Motivasyon</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051774305</t>
+          <t>9786051774312</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete Terapisi</t>
+          <t>Çift Terapisi</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057531339</t>
+          <t>9786051774299</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Zeka</t>
+          <t>Çocuk Terapisi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057531483</t>
+          <t>9786051774329</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Eski Saat</t>
+          <t>Ergen Terapisi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057531476</t>
+          <t>9786051771342</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Irvin D. Yalom Kutulu Terapi Seti (5 Kitap Takım)</t>
+          <t>Cinsel Terapi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>1330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057531353</t>
+          <t>9786051774305</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Şifa</t>
+          <t>Anksiyete Terapisi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057055736</t>
+          <t>9786057531339</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Kendim Büyütüyorum</t>
+          <t>Ruhsal Zeka</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>3990000277721</t>
+          <t>9786057531483</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Dünya Şiir Antolojisi Cilt: 1</t>
+          <t>Eski Saat</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>31.94</v>
+        <v>260</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057531414</t>
+          <t>9786057531476</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Mirasım (Ciltli)</t>
+          <t>Irvin D. Yalom Kutulu Terapi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>150</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057531322</t>
+          <t>9786057531353</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Başar</t>
+          <t>Zihinsel Şifa</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057531384</t>
+          <t>9786057055736</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Taymis Kıyıları</t>
+          <t>Çocuğumu Kendim Büyütüyorum</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057531315</t>
+          <t>3990000277721</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İstemenin Esrarı</t>
+          <t>Dünya Şiir Antolojisi Cilt: 1</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>220</v>
+        <v>31.94</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054726332</t>
+          <t>9786057531414</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Dijital Siyaset</t>
+          <t>Mutfak Mirasım (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057531261</t>
+          <t>9786057531322</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı</t>
+          <t>Düşün ve Başar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057531438</t>
+          <t>9786057531384</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Haçlılar ve İstanbul (1096-1261)</t>
+          <t>Taymis Kıyıları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057531247</t>
+          <t>9786057531315</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bir Karakter Yaratmak</t>
+          <t>İstemenin Esrarı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057531308</t>
+          <t>9786054726332</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Gönül Arayışı</t>
+          <t>Dijital Siyaset</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057531285</t>
+          <t>9786057531261</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Peri Kız Müzikali</t>
+          <t>Akran Zorbalığı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>12</v>
+        <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057531193</t>
+          <t>9786057531438</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Siyasi - Kültürel Osmanlı Tarihi</t>
+          <t>Haçlılar ve İstanbul (1096-1261)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789756461471</t>
+          <t>9786057531247</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Türk Mitolojisi</t>
+          <t>Bir Karakter Yaratmak</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>10</v>
+        <v>185</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057531209</t>
+          <t>9786057531308</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İnanç</t>
+          <t>Gönül Arayışı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057531216</t>
+          <t>9786057531285</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Set ve Kamera Önü Oyunculuğu</t>
+          <t>Peri Kız Müzikali</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>3990000051627</t>
+          <t>9786057531193</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni Cilt: 2</t>
+          <t>Ana Hatlarıyla Siyasi - Kültürel Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>25.46</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057531278</t>
+          <t>9789756461471</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Koçluk Öyküleri</t>
+          <t>Sorularla Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057531292</t>
+          <t>9786057531209</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Başarının 7 Spirütüel Yasası</t>
+          <t>İnanç</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051774206</t>
+          <t>9786057531216</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Londra Konferansı Mektupları</t>
+          <t>Uygulamalı Set ve Kamera Önü Oyunculuğu</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051774183</t>
+          <t>3990000051627</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Hatıraları</t>
+          <t>Yeni Dünya Düzeni Cilt: 2</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>120</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057531223</t>
+          <t>9786057531278</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler İçin Başarının 7 Spiritüel Yasası</t>
+          <t>Koçluk Öyküleri</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051774190</t>
+          <t>9786057531292</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Dokunan Koçluk</t>
+          <t>Başarının 7 Spirütüel Yasası</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051774039</t>
+          <t>9786051774206</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sınav Kaygısı</t>
+          <t>Londra Konferansı Mektupları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057531186</t>
+          <t>9786051774183</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Yüzbinlerin Sürgünü Kırım'da Türk Soykırımı</t>
+          <t>Atatürk'ün Hatıraları</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
+          <t>9786057531223</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Ebeveynler İçin Başarının 7 Spiritüel Yasası</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786051774190</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Kalbe Dokunan Koçluk</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786051774039</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Sınav Kaygısı</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786057531186</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Yüzbinlerin Sürgünü Kırım'da Türk Soykırımı</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
           <t>9786051774138</t>
         </is>
       </c>
-      <c r="B292" s="1" t="inlineStr">
+      <c r="B296" s="1" t="inlineStr">
         <is>
           <t>Uygulamalı Doğaçlama Eğitimi</t>
         </is>
       </c>
-      <c r="C292" s="1">
+      <c r="C296" s="1">
         <v>151.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>