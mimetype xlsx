--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,4465 +85,4555 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259608983</t>
+          <t>9786051773193</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Beslenmede Gerçek Bilim: Her Duyduğuna İnanma</t>
+          <t>Zeytindağı-Çankaya-Atatürk’ün Hatıraları Seti-19 Mayıs Seti 4 al 3 öde (1 kitap hediye)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>740</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259360225</t>
+          <t>9786051773179</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Çağı - İş Dünyasının Kaçınılmaz Dönüşümü</t>
+          <t>Gezi Yazıları Seti / 9 Al 7 Öde (2 Kitap Hediye)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259360218</t>
+          <t>9786054726905</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sen Kimsin Satürn?</t>
+          <t>Necip Habletimoğlu Tüm Kitapları Seti 6 Al 5 Öde (1 Kitap Hediye)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259608990</t>
+          <t>9789754765915</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssalarının Gerçekliği</t>
+          <t>Tüm Kitapları Seti / 34 Al - 28 Öde (6 Kitap Hediye)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>590</v>
+        <v>4980</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259608976</t>
+          <t>9786051773421</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hırslı Akılcı Pragmatik - HAP</t>
+          <t>Zeytindağı-Çankaya-Şerife Bacı Seti 3 Al 2 Öde (1 Kitap Hediye)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>710</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057531896</t>
+          <t>9786051773162</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yeni Rusya</t>
+          <t>Atatürk Kitapları Seti 8 Al 6 Öde (2 Kitap Hediye)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259608969</t>
+          <t>9786259608983</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Beslenmede Gerçek Bilim: Her Duyduğuna İnanma</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>4444444444182</t>
+          <t>9786259360225</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Falih Rıfkı Atay Tüm Kitapları Seti (28 Kitap)</t>
+          <t>Yapay Zeka Çağı - İş Dünyasının Kaçınılmaz Dönüşümü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>4625</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259608952</t>
+          <t>9786259360218</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Ağacı Tohumu</t>
+          <t>Sen Kimsin Satürn?</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259608938</t>
+          <t>9786259608990</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletinin Tarihteki Ayak İzleri - 3 Cilt</t>
+          <t>Kur’an Kıssalarının Gerçekliği</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>900</v>
+        <v>590</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259608945</t>
+          <t>9786259608976</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bisikletle Türkiye Turu 1884</t>
+          <t>Hırslı Akılcı Pragmatik - HAP</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057531988</t>
+          <t>9786057531896</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aşk’ın Sırrı</t>
+          <t>Yeni Rusya</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057531995</t>
+          <t>9786259608969</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam Ebu Hanife’yi Yeniden Okumak</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754766059</t>
+          <t>4444444444182</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ile Yüz Yüze - Kurtuluş - İmparatorluğun Batış Yılları (Ateş ve Güneş Hediye)</t>
+          <t>Falih Rıfkı Atay Tüm Kitapları Seti (28 Kitap)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>530</v>
+        <v>4625</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057531964</t>
+          <t>9786259608952</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ailede Sınav Koçluğu</t>
+          <t>Pamuk Ağacı Tohumu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057531971</t>
+          <t>9786259608938</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Aile Sorunları ve Çözüm Yolları</t>
+          <t>Türk Milletinin Tarihteki Ayak İzleri - 3 Cilt</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057531933</t>
+          <t>9786259608945</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hint</t>
+          <t>Bisikletle Türkiye Turu 1884</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057531957</t>
+          <t>9786057531988</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Can Dostu Salih Bozok Atatürk’ü Anlatıyor</t>
+          <t>Aşk’ın Sırrı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057531926</t>
+          <t>9786057531995</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Satınalma Sanatı ve İnsan / Akın Ergür ile Muhabbetler</t>
+          <t>İmam-ı Azam Ebu Hanife’yi Yeniden Okumak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057531919</t>
+          <t>9789754766059</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ekranın Ardında Kaybolan İnsan</t>
+          <t>Atatürk ile Yüz Yüze - Kurtuluş - İmparatorluğun Batış Yılları (Ateş ve Güneş Hediye)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>530</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057531889</t>
+          <t>9786057531964</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Denizaşırı</t>
+          <t>Ailede Sınav Koçluğu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051770666</t>
+          <t>9786057531971</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Irvin Yalom Terapi Seti - Hediyeli</t>
+          <t>Günümüz Aile Sorunları ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057531872</t>
+          <t>9786057531933</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilere Dair</t>
+          <t>Hint</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>285</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057531841</t>
+          <t>9786057531957</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Oyunları ve NLP</t>
+          <t>Atatürk’ün Can Dostu Salih Bozok Atatürk’ü Anlatıyor</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057531810</t>
+          <t>9786057531926</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İle Yüz Yüze Reisicumhur Gazi Paşa’nın Bize Anlattıkları</t>
+          <t>Satınalma Sanatı ve İnsan / Akın Ergür ile Muhabbetler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057531230</t>
+          <t>9786057531919</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Yeşil Ordu Cemiyeti</t>
+          <t>Ekranın Ardında Kaybolan İnsan</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057531858</t>
+          <t>9786057531889</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Terapisi</t>
+          <t>Denizaşırı</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057531834</t>
+          <t>9786051770666</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletinin Tarihteki Ayak izleri</t>
+          <t>Irvin Yalom Terapi Seti - Hediyeli</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>850</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9796057181772</t>
+          <t>9786057531872</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zeytindağı - Çankaya Atatürk'ün Hatıraları Seti - 4 Kitap Takım (19 Mayıs Kitabı Hediyeli)</t>
+          <t>Halkla İlişkilere Dair</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>740</v>
+        <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057531346</t>
+          <t>9786057531841</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Yolculuğu</t>
+          <t>Bilinçaltının Oyunları ve NLP</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057531780</t>
+          <t>9786057531810</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Moskova - Roma</t>
+          <t>Atatürk İle Yüz Yüze Reisicumhur Gazi Paşa’nın Bize Anlattıkları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057531582</t>
+          <t>9786057531230</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çile</t>
+          <t>Milli Mücadelede Yeşil Ordu Cemiyeti</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057531797</t>
+          <t>9786057531858</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zeytindağı - Günümüz Türkçesiyle</t>
+          <t>Depresyon Terapisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057531643</t>
+          <t>9786057531834</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Niçin Kurtulmamak?</t>
+          <t>Türk Milletinin Tarihteki Ayak izleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057531728</t>
+          <t>9796057181772</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sahne İstanbul</t>
+          <t>Zeytindağı - Çankaya Atatürk'ün Hatıraları Seti - 4 Kitap Takım (19 Mayıs Kitabı Hediyeli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>740</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057531742</t>
+          <t>9786057531346</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türk Kanadı Kanat Vuruşu</t>
+          <t>Sonsuzluk Yolculuğu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057531735</t>
+          <t>9786057531780</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Lezzetlerin İstanbul’u</t>
+          <t>Moskova - Roma</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057531759</t>
+          <t>9786057531582</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Armağan - Terapinin Işıgında Çift Olma Yolculuğu</t>
+          <t>Çile</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057531674</t>
+          <t>9786057531797</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Dansın Ticarileşmesi</t>
+          <t>Zeytindağı - Günümüz Türkçesiyle</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057531711</t>
+          <t>9786057531643</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Büyük Şişmanlık Meselesi</t>
+          <t>Niçin Kurtulmamak?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057531612</t>
+          <t>9786057531728</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs</t>
+          <t>Sahne İstanbul</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057531704</t>
+          <t>9786057531742</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Transaksiyonel Analiz İle Liderlik Öyküleri</t>
+          <t>Türk Kanadı Kanat Vuruşu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057531681</t>
+          <t>9786057531735</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Lezzetlerin İstanbul’u</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055514221</t>
+          <t>9786057531759</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Venedik Gezi Rehberi</t>
+          <t>Armağan - Terapinin Işıgında Çift Olma Yolculuğu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057531605</t>
+          <t>9786057531674</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Roman</t>
+          <t>Geleneksel Dansın Ticarileşmesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057531636</t>
+          <t>9786057531711</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Obezite Ameliyatları - 101 Soru - Cevap</t>
+          <t>Bir Büyük Şişmanlık Meselesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057531520</t>
+          <t>9786057531612</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilme</t>
+          <t>19 Mayıs</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057531629</t>
+          <t>9786057531704</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Mazimiz - Darüşşafaka</t>
+          <t>Transaksiyonel Analiz İle Liderlik Öyküleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057531667</t>
+          <t>9786057531681</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İzmir'den Bursa'ya Yunan Mezalimi</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057531650</t>
+          <t>9786055514221</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Şehit Şerife Bacı - İstiklal Yolunda Kahraman Bir Türk Kadını</t>
+          <t>Venedik Gezi Rehberi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057531377</t>
+          <t>9786057531605</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Zekası</t>
+          <t>Roman</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057531360</t>
+          <t>9786057531636</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Rabbim</t>
+          <t>Obezite Ameliyatları - 101 Soru - Cevap</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057531599</t>
+          <t>9786057531520</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sandığımız Saplantılar</t>
+          <t>Kendini Bilme</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057531551</t>
+          <t>9786057531629</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Alman Ali</t>
+          <t>Yaşayan Mazimiz - Darüşşafaka</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057531575</t>
+          <t>9786057531667</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yolcu Defteri</t>
+          <t>İzmir'den Bursa'ya Yunan Mezalimi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057531254</t>
+          <t>9786057531650</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bizim Akdeniz</t>
+          <t>Şehit Şerife Bacı - İstiklal Yolunda Kahraman Bir Türk Kadını</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057531568</t>
+          <t>9786057531377</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Bozdağ Tüm Kitapları Seti (8 Kitap Takım)</t>
+          <t>Sevgi Zekası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1740</v>
+        <v>230</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057531544</t>
+          <t>9786057531360</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Zeytindağı (Ciltli)</t>
+          <t>Yüreğimde Rabbim</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057531537</t>
+          <t>9786057531599</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hangi Diyanet?</t>
+          <t>Aşk Sandığımız Saplantılar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057531391</t>
+          <t>9786057531551</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarınızın Sorunlarına Pratik ve Kalıcı Çözümler</t>
+          <t>Alman Ali</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756461440</t>
+          <t>9786057531575</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Jön Türkler ve 1908 İhtilali</t>
+          <t>Yolcu Defteri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>9.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789756461266</t>
+          <t>9786057531254</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Dev Türk Dünyası</t>
+          <t>Bizim Akdeniz</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>13</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756461280</t>
+          <t>9786057531568</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Milliyetçilik</t>
+          <t>Muhammed Bozdağ Tüm Kitapları Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>18</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057531162</t>
+          <t>9786057531544</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bayrak</t>
+          <t>Zeytindağı (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054726707</t>
+          <t>9786057531537</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Hangi Diyanet?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054726943</t>
+          <t>9786057531391</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Otizmli Beyin</t>
+          <t>Çocuklarınızın Sorunlarına Pratik ve Kalıcı Çözümler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789756333396</t>
+          <t>9789756461440</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Anne De Bana</t>
+          <t>Jön Türkler ve 1908 İhtilali</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054726950</t>
+          <t>9789756461266</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ali Suavi</t>
+          <t>Uyuyan Dev Türk Dünyası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054726844</t>
+          <t>9789756461280</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tuna Kıyıları</t>
+          <t>Yükselen Milliyetçilik</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054726851</t>
+          <t>9786057531162</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gezerek Gördüklerim</t>
+          <t>Bayrak</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054726820</t>
+          <t>9786054726707</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gücün Sonu</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054726981</t>
+          <t>9786054726943</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Varsıl Mutsuzlar Çağı</t>
+          <t>Otizmli Beyin</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054726974</t>
+          <t>9789756333396</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ankara</t>
+          <t>Anne De Bana</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054726493</t>
+          <t>9786054726950</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Falih Rıfkı Atay'ın "Ateş ve Güneş" Kitabı Üzerine</t>
+          <t>Ali Suavi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054726394</t>
+          <t>9786054726844</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Beynin Kuralları</t>
+          <t>Tuna Kıyıları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054726318</t>
+          <t>9786054726851</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinizi Büyütürken... Onun Sorunlarına Mucize Çözümler (0-4 yaş)</t>
+          <t>Gezerek Gördüklerim</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>23</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054726486</t>
+          <t>9786054726820</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Neden Açım Neden Şişmanım</t>
+          <t>Gücün Sonu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054726479</t>
+          <t>9786054726981</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Shakespeare Oyunculuğu</t>
+          <t>Varsıl Mutsuzlar Çağı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054726400</t>
+          <t>9786054726974</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Tiyatro ve Drama Eğitimi</t>
+          <t>Ankara</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057531049</t>
+          <t>9786054726493</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler İdeali</t>
+          <t>Falih Rıfkı Atay'ın "Ateş ve Güneş" Kitabı Üzerine</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057531001</t>
+          <t>9786054726394</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yaşamsal Zenginlik Yaratmak</t>
+          <t>Bebekler İçin Beynin Kuralları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944700528</t>
+          <t>9786054726318</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bir Şafak Yürüyüşü</t>
+          <t>Bebeğinizi Büyütürken... Onun Sorunlarına Mucize Çözümler (0-4 yaş)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050010145</t>
+          <t>9786054726486</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Suskun Deniz</t>
+          <t>Neden Açım Neden Şişmanım</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>7</v>
+        <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054726622</t>
+          <t>9786054726479</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dünya' da Türk Olgusu</t>
+          <t>Uygulamalı Shakespeare Oyunculuğu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057531025</t>
+          <t>9786054726400</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Yöntemin Kuralları</t>
+          <t>Gençler İçin Tiyatro ve Drama Eğitimi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054726998</t>
+          <t>9786057531049</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Düşülen Yazılar</t>
+          <t>Halkla İlişkiler İdeali</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054726875</t>
+          <t>9786057531001</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına Anne Olmak</t>
+          <t>Yaşamsal Zenginlik Yaratmak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054726912</t>
+          <t>9789944700528</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Aşkın En Güzel Hali</t>
+          <t>Bir Şafak Yürüyüşü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054726929</t>
+          <t>9786050010145</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mucizene Dokun</t>
+          <t>Suskun Deniz</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>7</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054726837</t>
+          <t>9786054726622</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İçinde</t>
+          <t>Dünya' da Türk Olgusu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054726776</t>
+          <t>9786057531025</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zeytindağı Ateş ve Güneş (Karşılaştırmalı Eleştirel Basım)</t>
+          <t>Sosyolojik Yöntemin Kuralları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054726882</t>
+          <t>9786054726998</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Kamera Önü Oyunculuğu</t>
+          <t>Tarihe Düşülen Yazılar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>25</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054726899</t>
+          <t>9786054726875</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Oyunculuk Teknikleri</t>
+          <t>Tek Başına Anne Olmak</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054726721</t>
+          <t>9786054726912</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Senin Hikayen Hangisi</t>
+          <t>Aşkın En Güzel Hali</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054726738</t>
+          <t>9786054726929</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Obezite Kaderiniz Değil</t>
+          <t>Mucizene Dokun</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054726790</t>
+          <t>9786054726837</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>60’lar Hikaye 70’ler Terane 80’ler Şahane</t>
+          <t>İçinde</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054726769</t>
+          <t>9786054726776</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Davranışlarımız ve Biz: Sosyal Psikoloji Bakışıyla Kalabalık İçinde Ben Olmak</t>
+          <t>Zeytindağı Ateş ve Güneş (Karşılaştırmalı Eleştirel Basım)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054726752</t>
+          <t>9786054726882</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Parlamenter Sistem Krizleri ve Cumhurbaşkanlığı Hükümet Sistemi</t>
+          <t>Uygulamalı Kamera Önü Oyunculuğu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055514051</t>
+          <t>9786054726899</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Zeytindağı</t>
+          <t>Uygulamalı Oyunculuk Teknikleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756461075</t>
+          <t>9786054726721</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Zeytindağı - Özgün Metin</t>
+          <t>Senin Hikayen Hangisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054726226</t>
+          <t>9786054726738</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Obezite Kaderiniz Değil</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054726141</t>
+          <t>9786054726790</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yazarların İstanbul’u</t>
+          <t>60’lar Hikaye 70’ler Terane 80’ler Şahane</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054726103</t>
+          <t>9786054726769</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Gördüğünün Ötesinde</t>
+          <t>Davranışlarımız ve Biz: Sosyal Psikoloji Bakışıyla Kalabalık İçinde Ben Olmak</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756742082</t>
+          <t>9786054726752</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Tarihi</t>
+          <t>Parlamenter Sistem Krizleri ve Cumhurbaşkanlığı Hükümet Sistemi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>595</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756461419</t>
+          <t>9786055514051</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ya Gazi Paşa Duyarsa</t>
+          <t>Zeytindağı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055514228</t>
+          <t>9789756461075</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Viyana Şehir Rehberi</t>
+          <t>Zeytindağı - Özgün Metin</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055514211</t>
+          <t>9786054726226</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Venedik Şehir Rehberi</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055514082</t>
+          <t>9786054726141</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Uykuya Dair Herşey</t>
+          <t>Yazarların İstanbul’u</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>16.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055514303</t>
+          <t>9786054726103</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Yaratıcı Oyunculuk</t>
+          <t>Yaşam Gördüğünün Ötesinde</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055514310</t>
+          <t>9789756742082</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Yaratıcı Monologlar</t>
+          <t>Yahudi Tarihi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>595</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756461006</t>
+          <t>9789756461419</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Tiyatro Eğitimi</t>
+          <t>Ya Gazi Paşa Duyarsa</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>320</v>
+        <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055514976</t>
+          <t>9786055514228</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Sahne Eğitmi</t>
+          <t>Viyana Şehir Rehberi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>166</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055514648</t>
+          <t>9786055514211</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Makyaj Eğitimi</t>
+          <t>Venedik Şehir Rehberi</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756461808</t>
+          <t>9786055514082</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanları</t>
+          <t>Uykuya Dair Herşey</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>320</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055514297</t>
+          <t>9786055514303</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tek Suçlu Beyniniz</t>
+          <t>Uygulamalı Yaratıcı Oyunculuk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055514259</t>
+          <t>9786055514310</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Dönemi</t>
+          <t>Uygulamalı Yaratıcı Monologlar</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756461099</t>
+          <t>9789756461006</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Aşk</t>
+          <t>Uygulamalı Tiyatro Eğitimi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>9.5</v>
+        <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756461648</t>
+          <t>9786055514976</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Şövalyelik ve Malta Şövalyeleri</t>
+          <t>Uygulamalı Sahne Eğitmi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>12.04</v>
+        <v>166</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055514785</t>
+          <t>9786055514648</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Şifa Sanatları</t>
+          <t>Uygulamalı Makyaj Eğitimi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055514433</t>
+          <t>9789756461808</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şeriatçı Terörün ve Batının Kıskacındaki Ülke Türkiye</t>
+          <t>Türk Destanları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756461693</t>
+          <t>9786055514297</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Şemdinli’den Körfez’e Kriz Notları</t>
+          <t>Tek Suçlu Beyniniz</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>12.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756461945</t>
+          <t>9786055514259</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Şemdinli’de Sınırı Aşmak</t>
+          <t>Tek Parti Dönemi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>9.17</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756461679</t>
+          <t>9789756461099</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Son Harekat</t>
+          <t>Tarih Boyunca Aşk</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>220</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756461846</t>
+          <t>9789756461648</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Singer Toplar</t>
+          <t>Şövalyelik ve Malta Şövalyeleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>13.04</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756461532</t>
+          <t>9786055514785</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Vahdettin</t>
+          <t>Şifa Sanatları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>3990000026584</t>
+          <t>9786055514433</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kısa Türk Tarihi</t>
+          <t>Şeriatçı Terörün ve Batının Kıskacındaki Ülke Türkiye</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756461792</t>
+          <t>9789756461693</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Seçim Kazandıran Siyasal İletişim</t>
+          <t>Şemdinli’den Körfez’e Kriz Notları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>12</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055514792</t>
+          <t>9789756461945</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Saraybosna Şehir Rehberi</t>
+          <t>Şemdinli’de Sınırı Aşmak</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054726202</t>
+          <t>9789756461679</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıların İstanbul’u</t>
+          <t>Son Harekat</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756461556</t>
+          <t>9789756461846</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Rutin Dışı</t>
+          <t>Singer Toplar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>13.04</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055514242</t>
+          <t>9789756461532</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Rusça Konuşma Kılavuzu</t>
+          <t>Sorularla Vahdettin</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>280</v>
+        <v>26</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055514204</t>
+          <t>3990000026584</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Roma Şehir Rehberi</t>
+          <t>Sorularla Kısa Türk Tarihi</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756461761</t>
+          <t>9789756461792</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Rehin Ülke</t>
+          <t>Seçim Kazandıran Siyasal İletişim</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055514402</t>
+          <t>9786055514792</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Rahibenin Vuruşu</t>
+          <t>Saraybosna Şehir Rehberi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055514198</t>
+          <t>9786054726202</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Prag Şehir Rehberi</t>
+          <t>Sanatçıların İstanbul’u</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055514839</t>
+          <t>9789756461556</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Petersburg Şehir Rehberi</t>
+          <t>Rutin Dışı</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054726240</t>
+          <t>9786055514242</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Pazar Konuşmaları (1941-1950)</t>
+          <t>Rusça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055514181</t>
+          <t>9786055514204</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Paris Şehir Rehberi</t>
+          <t>Roma Şehir Rehberi</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756461907</t>
+          <t>9789756461761</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Özgüvenli Çocuklar Yetiştirmenin 365 Yolu</t>
+          <t>Rehin Ülke</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>3990000002820</t>
+          <t>9786055514402</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Önce Vatan Bölücülük - PKK</t>
+          <t>Rahibenin Vuruşu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>12.96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756461334</t>
+          <t>9786055514198</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan 21. Yüzyıla Basın Tarihi</t>
+          <t>Prag Şehir Rehberi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054726172</t>
+          <t>9786055514839</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Gündelik Hayat</t>
+          <t>Petersburg Şehir Rehberi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055514549</t>
+          <t>9786054726240</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Okumanın Farkı Orhan Pamuk</t>
+          <t>Pazar Konuşmaları (1941-1950)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756461549</t>
+          <t>9786055514181</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Numaracı Cumhuriyetçiler</t>
+          <t>Paris Şehir Rehberi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>8.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055514952</t>
+          <t>9789756461907</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Nil’den Fırat’a Devlet Oyunları</t>
+          <t>Özgüvenli Çocuklar Yetiştirmenin 365 Yolu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>35</v>
+        <v>290</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055514174</t>
+          <t>3990000002820</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>New York Şehir Rehberi</t>
+          <t>Önce Vatan Bölücülük - PKK</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756461716</t>
+          <t>9789756461334</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Musul Özdemir Harekatı</t>
+          <t>Osmanlı’dan 21. Yüzyıla Basın Tarihi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756461754</t>
+          <t>9786054726172</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Mütareke Defteri</t>
+          <t>Osmanlı İmparatorluğu’nda Gündelik Hayat</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9799756461203</t>
+          <t>9786055514549</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Bana Anlattıkları - Mustafa Kemal’in Ağzından Vahdettin</t>
+          <t>Okumanın Farkı Orhan Pamuk</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055514808</t>
+          <t>9789756461549</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Moskova Şehir Rehberi</t>
+          <t>Numaracı Cumhuriyetçiler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756461983</t>
+          <t>9786055514952</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünya Tarihi</t>
+          <t>Nil’den Fırat’a Devlet Oyunları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055514037</t>
+          <t>9786055514174</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Mavice</t>
+          <t>New York Şehir Rehberi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>4.63</v>
+        <v>150</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055514563</t>
+          <t>9789756461716</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Marka Spor Marka (Ciltli)</t>
+          <t>Musul Özdemir Harekatı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>30</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055514822</t>
+          <t>9789756461754</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Manifesto</t>
+          <t>Mustafa Kemal’in Mütareke Defteri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>15</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055514907</t>
+          <t>9799756461203</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Maksimum - Hazır Mısınız ?</t>
+          <t>Atatürk’ün Bana Anlattıkları - Mustafa Kemal’in Ağzından Vahdettin</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>19</v>
+        <v>160</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055514426</t>
+          <t>9786055514808</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş</t>
+          <t>Moskova Şehir Rehberi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055514099</t>
+          <t>9789756461983</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kurt Kapanı</t>
+          <t>Modern Dünya Tarihi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789756461341</t>
+          <t>9786055514037</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kuramda ve Uygulamada Halkla İlişkiler</t>
+          <t>Mavice</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>20</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756461686</t>
+          <t>9786055514563</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Köstebek</t>
+          <t>Marka Spor Marka (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055514662</t>
+          <t>9786055514822</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Korkuyorum Sevgilim</t>
+          <t>Manifesto</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055514075</t>
+          <t>9786055514907</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kilonuzu Siz Belirleyin</t>
+          <t>Maksimum - Hazır Mısınız ?</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>12.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055514655</t>
+          <t>9786055514426</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet</t>
+          <t>Kurtuluş</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>17</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789756461082</t>
+          <t>9786055514099</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kendime Rehberim</t>
+          <t>Kurt Kapanı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>8</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055514143</t>
+          <t>9789756461341</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kahire Şehir Rehberi</t>
+          <t>Kuramda ve Uygulamada Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756461105</t>
+          <t>9789756461686</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İttihatçılar ve Masonlar</t>
+          <t>Köstebek</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>380</v>
+        <v>310</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055514747</t>
+          <t>9786055514662</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hayalden Gerçeğe Sözden Yazıya</t>
+          <t>Korkuyorum Sevgilim</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>13</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055514884</t>
+          <t>9786055514075</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İsmin Kaderini Nasıl Etkiliyor!</t>
+          <t>Kilonuzu Siz Belirleyin</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054726097</t>
+          <t>9786055514655</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İntihar</t>
+          <t>Kıyamet</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>230</v>
+        <v>17</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054726158</t>
+          <t>9789756461082</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adamlara Büyük Oyunlar</t>
+          <t>Kendime Rehberim</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756461969</t>
+          <t>9786055514143</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İnternetin Kararttığı Hayatlar</t>
+          <t>Kahire Şehir Rehberi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>17.13</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055514235</t>
+          <t>9789756461105</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Pratik İngilizce Konuşma Kılavuzu</t>
+          <t>İttihatçılar ve Masonlar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789756461501</t>
+          <t>9786055514747</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimler Için Uygulamalı Tiyatro ve Drama Eğitimi</t>
+          <t>İstanbul Hayalden Gerçeğe Sözden Yazıya</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756461518</t>
+          <t>9786055514884</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İhaneti Gördüm</t>
+          <t>İsmin Kaderini Nasıl Etkiliyor!</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789756461884</t>
+          <t>9786054726097</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İhaneti Gördüm</t>
+          <t>İntihar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>60</v>
+        <v>340</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756461273</t>
+          <t>9786054726158</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hedefe Doğru</t>
+          <t>Küçük Adamlara Büyük Oyunlar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>22.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055514631</t>
+          <t>9789756461969</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hafızanın 7 Günahı</t>
+          <t>İnternetin Kararttığı Hayatlar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789756461860</t>
+          <t>9786055514235</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Galatasaraylı Doğan Koloğlu</t>
+          <t>Pratik İngilizce Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>10</v>
+        <v>280</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055514105</t>
+          <t>9789756461501</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Floransa Şehir Rehberi</t>
+          <t>İlköğretimler Için Uygulamalı Tiyatro ve Drama Eğitimi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789756461181</t>
+          <t>9789756461518</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Filistin İsrail Dosyası Tanıklıklar, Makaleler, Belgeler, Mülakatlar ve Şiirlerle</t>
+          <t>İhaneti Gördüm</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>13.89</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756461112</t>
+          <t>9789756461884</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>ABD'nin Güney Kafkasya Politikası Olarak Ermenistan Sorunu 1919-1921</t>
+          <t>İhaneti Gördüm</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756461877</t>
+          <t>9789756461273</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Gölgesinde İhaneti Yaşamak</t>
+          <t>Hedefe Doğru</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>280</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055514150</t>
+          <t>9786055514631</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Londra Şehir Rehberi</t>
+          <t>Hafızanın 7 Günahı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055514846</t>
+          <t>9789756461860</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Endülüs ve Sevilla Şehir Rehberi</t>
+          <t>Galatasaraylı Doğan Koloğlu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789756461723</t>
+          <t>9786055514105</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dünya Şiir Antolojisi (2 Cilt Takım)</t>
+          <t>Floransa Şehir Rehberi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>63.89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055514853</t>
+          <t>9789756461181</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dubrovnik Şehir Rehberi</t>
+          <t>Filistin İsrail Dosyası Tanıklıklar, Makaleler, Belgeler, Mülakatlar ve Şiirlerle</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054726264</t>
+          <t>9789756461112</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği Bozukluğu</t>
+          <t>ABD'nin Güney Kafkasya Politikası Olarak Ermenistan Sorunu 1919-1921</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054726189</t>
+          <t>9789756461877</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Çocuğunuzdan Mesaj Var!!!</t>
+          <t>Ergenekon Gölgesinde İhaneti Yaşamak</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055514020</t>
+          <t>9786055514150</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dağdan Bakan Gözler</t>
+          <t>Londra Şehir Rehberi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>18.52</v>
+        <v>150</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789756461587</t>
+          <t>9786055514846</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Sevdiği 365 Yemek</t>
+          <t>Endülüs ve Sevilla Şehir Rehberi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055514716</t>
+          <t>9789756461723</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Etik ve Whistleblowing</t>
+          <t>Dünya Şiir Antolojisi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>21</v>
+        <v>63.89</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789756461600</t>
+          <t>9786055514853</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Sevdiği 365 Yaratıcı Oyun</t>
+          <t>Dubrovnik Şehir Rehberi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789756461594</t>
+          <t>9786054726264</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Sevdiği 365 Okul Dışı Etkinlik</t>
+          <t>Dikkat Eksikliği Bozukluğu</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789756461976</t>
+          <t>9786054726189</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Büyütürken Karşılaşılaşılan Sorunlar ve Çözüm Yolları</t>
+          <t>Dikkat Çocuğunuzdan Mesaj Var!!!</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>11.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055514334</t>
+          <t>9786055514020</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çarçella</t>
+          <t>Dağdan Bakan Gözler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>420</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789756461563</t>
+          <t>9789756461587</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Çankaya’da Sonbahar</t>
+          <t>Çocukların Sevdiği 365 Yemek</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>11.11</v>
+        <v>290</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055514044</t>
+          <t>9786055514716</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çankaya</t>
+          <t>Kurumsal Etik ve Whistleblowing</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>49</v>
+        <v>21</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789756461631</t>
+          <t>9789756461600</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çankaya (Ciltli - Özel Basım)</t>
+          <t>Çocukların Sevdiği 365 Yaratıcı Oyun</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789756461051</t>
+          <t>9789756461594</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çankaya</t>
+          <t>Çocukların Sevdiği 365 Okul Dışı Etkinlik</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>440</v>
+        <v>290</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789756461068</t>
+          <t>9789756461976</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Masonlar</t>
+          <t>Çocuğunuzu Büyütürken Karşılaşılaşılan Sorunlar ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>320</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9799756461197</t>
+          <t>9786055514334</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Alfabesi</t>
+          <t>Çarçella</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>9</v>
+        <v>420</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789756461655</t>
+          <t>9789756461563</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Cilbabtan Türbana Türkiye’de Örtünmenin Serüveni</t>
+          <t>Çankaya’da Sonbahar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>12</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055514136</t>
+          <t>9786055514044</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Budapeşte Şehir Rehberi</t>
+          <t>Çankaya</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>49</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789756461457</t>
+          <t>9789756461631</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Biz Kimiz?</t>
+          <t>Çankaya (Ciltli - Özel Basım)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>18</v>
+        <v>790</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789756461396</t>
+          <t>9789756461051</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Biz Kınalı Bacaksızlar</t>
+          <t>Çankaya</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055514372</t>
+          <t>9789756461068</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikoloğun İtirafları</t>
+          <t>Cumhuriyet Dönemi Masonlar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055514969</t>
+          <t>9799756461197</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktör Hazırlanıyor</t>
+          <t>Cinselliğin Alfabesi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>185</v>
+        <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789756461778</t>
+          <t>9789756461655</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bere ile Puşi</t>
+          <t>Cilbabtan Türbana Türkiye’de Örtünmenin Serüveni</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055514068</t>
+          <t>9786055514136</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Benim Annem Bir Terörist</t>
+          <t>Budapeşte Şehir Rehberi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055514891</t>
+          <t>9789756461457</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Beni Büyütürken Bilmeniz Gerekenler</t>
+          <t>Biz Kimiz?</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>17.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789756461952</t>
+          <t>9789756461396</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ben de Spiker Olucam</t>
+          <t>Biz Kınalı Bacaksızlar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>8</v>
+        <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055514419</t>
+          <t>9786055514372</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Batış Yılları</t>
+          <t>Bir Psikoloğun İtirafları</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055514532</t>
+          <t>9786055514969</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Başarının 7 Spirütüel Yasası</t>
+          <t>Bir Aktör Hazırlanıyor</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>18</v>
+        <v>185</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055514365</t>
+          <t>9789756461778</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Çocuklarımız</t>
+          <t>Bere ile Puşi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055514129</t>
+          <t>9786055514068</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Barselona Şehir Rehberi</t>
+          <t>Benim Annem Bir Terörist</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054726165</t>
+          <t>9786055514891</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Banu Avar’la Konuşma - Kültürel Soykırım</t>
+          <t>Beni Büyütürken Bilmeniz Gerekenler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>15</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789756461624</t>
+          <t>9789756461952</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Güneş</t>
+          <t>Ben de Spiker Olucam</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>150</v>
+        <v>8</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789756461242</t>
+          <t>9786055514419</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçülük Nedir?</t>
+          <t>İmparatorluğun Batış Yılları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756461938</t>
+          <t>9786055514532</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Ne İdi?</t>
+          <t>Başarının 7 Spirütüel Yasası</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>160</v>
+        <v>18</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055514556</t>
+          <t>9786055514365</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Beni Tanımalıydı</t>
+          <t>Başarı ve Çocuklarımız</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055514501</t>
+          <t>9786055514129</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Asl’ı Suret</t>
+          <t>Barselona Şehir Rehberi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>19.44</v>
+        <v>150</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055514006</t>
+          <t>9786054726165</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Arayan Adam 2. Cilt</t>
+          <t>Banu Avar’la Konuşma - Kültürel Soykırım</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789756461839</t>
+          <t>9789756461624</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Arayan Adam 1. Cilt</t>
+          <t>Ateş ve Güneş</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789756461709</t>
+          <t>9789756461242</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Alman Vakıfları ve Bergama (Altın Madeni) Dosyası</t>
+          <t>Atatürkçülük Nedir?</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789756461822</t>
+          <t>9789756461938</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Alevism With Questions</t>
+          <t>Atatürk Ne İdi?</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>13.89</v>
+        <v>160</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789756461914</t>
+          <t>9786055514556</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Çocukların Oynadıkları 365 Oyun</t>
+          <t>Atatürk Beni Tanımalıydı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>290</v>
+        <v>40</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789756461921</t>
+          <t>9786055514501</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Bebeklerin Oynadıkları 365 Oyun</t>
+          <t>Asl’ı Suret</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>290</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789756461303</t>
+          <t>9786055514006</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Tiyatro Sözlüğü ve Kılavuzu</t>
+          <t>Arayan Adam 2. Cilt</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055514686</t>
+          <t>9789756461839</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Acemi Yoginin El Kitabı</t>
+          <t>Arayan Adam 1. Cilt</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>12.04</v>
+        <v>35</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789756461228</t>
+          <t>9789756461709</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamit Gerçeği</t>
+          <t>Alman Vakıfları ve Bergama (Altın Madeni) Dosyası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789756461617</t>
+          <t>9789756461822</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Anti Kemalist Devrim</t>
+          <t>Alevism With Questions</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>12.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055514341</t>
+          <t>9789756461914</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Sağlıklı Yaşam ve Spor</t>
+          <t>Akıllı Çocukların Oynadıkları 365 Oyun</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054726080</t>
+          <t>9789756461921</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Anne Bunu Nasıl Yapıyor?</t>
+          <t>Akıllı Bebeklerin Oynadıkları 365 Oyun</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055514112</t>
+          <t>9789756461303</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Amsterdam Şehir Rehberi</t>
+          <t>Açıklamalı Tiyatro Sözlüğü ve Kılavuzu</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789756461044</t>
+          <t>9786055514686</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid ve Masonlar</t>
+          <t>Acemi Yoginin El Kitabı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>220</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789756461259</t>
+          <t>9789756461228</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Babanız Atatürk</t>
+          <t>Abdülhamit Gerçeği</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054726363</t>
+          <t>9789756461617</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yalanlar Üstüne</t>
+          <t>Anti Kemalist Devrim</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>20</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055514167</t>
+          <t>9786055514341</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Madrid Şehir Rehberi</t>
+          <t>100 Soruda Sağlıklı Yaşam ve Spor</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789756461372</t>
+          <t>9786054726080</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Şemdinli'de Sınırı Aşmak</t>
+          <t>Anne Bunu Nasıl Yapıyor?</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054726585</t>
+          <t>9786055514112</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Müzik Listeniz Hayatınızı Değiştirebilir</t>
+          <t>Amsterdam Şehir Rehberi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>14.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054726561</t>
+          <t>9789756461044</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ulusalcılık ve Karşıtları</t>
+          <t>Abdülhamid ve Masonlar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055514013</t>
+          <t>9789756461259</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Türk Zabitiyim</t>
+          <t>Babanız Atatürk</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>39.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789757385028</t>
+          <t>9786054726363</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tarator'un Günlüğü</t>
+          <t>Yalanlar Üstüne</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>7</v>
+        <v>20</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054726653</t>
+          <t>9786055514167</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapmalı</t>
+          <t>Madrid Şehir Rehberi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054726745</t>
+          <t>9789756461372</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Başarının Perde Arkası</t>
+          <t>Şemdinli'de Sınırı Aşmak</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789756461020</t>
+          <t>9786054726585</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sufleci</t>
+          <t>Müzik Listeniz Hayatınızı Değiştirebilir</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>4.17</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054726325</t>
+          <t>9786054726561</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Tiyatro ve Drama Eğitimi</t>
+          <t>Ulusalcılık ve Karşıtları</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789756461389</t>
+          <t>9786055514013</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Terör Hudut Kaçakçılık Hesaplaşma</t>
+          <t>Ben Bir Türk Zabitiyim</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>17.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054726608</t>
+          <t>9789757385028</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kendi Geleceğini Yaratan İnsan Yaşam Sanatı</t>
+          <t>Tarator'un Günlüğü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>7</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054726615</t>
+          <t>9786054726653</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni Kemalizm ve Türkiye (2 Cilt Takım)</t>
+          <t>Ne Yapmalı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>55</v>
+        <v>180</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054726530</t>
+          <t>9786054726745</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Notlar</t>
+          <t>Başarının Perde Arkası</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054726356</t>
+          <t>9789756461020</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Gaspıralı İsmail</t>
+          <t>Sufleci</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>130</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057531421</t>
+          <t>9786054726325</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Biz De Aslen Buralı Değiliz</t>
+          <t>Çocuklar için Tiyatro ve Drama Eğitimi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789756461570</t>
+          <t>9789756461389</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Timur’un Hayatı ve Kadiz’den Semerkant’a Seyahatler</t>
+          <t>Terör Hudut Kaçakçılık Hesaplaşma</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>13.43</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786055514358</t>
+          <t>9786054726608</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Tek Şişman Beyniniz</t>
+          <t>Kendi Geleceğini Yaratan İnsan Yaşam Sanatı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789756461136</t>
+          <t>9786054726615</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Rekabette Ermeni Sorunu’nun Kökeni 1878 - 1920</t>
+          <t>Yeni Dünya Düzeni Kemalizm ve Türkiye (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>15</v>
+        <v>55</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789756461464</t>
+          <t>9786054726530</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Uyanıyor Tandoğan’da Başlayan Güçlü İtiraz</t>
+          <t>Türkiye Üzerine Notlar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>12.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789756461990</t>
+          <t>9786054726356</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Türk Hava Kuvvetlerinin Doğuş Yılları</t>
+          <t>Gaspıralı İsmail</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057531407</t>
+          <t>9786057531421</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Güçlü İletişimin Sırları Diksiyon Beden Dili ve Hitabet</t>
+          <t>Biz De Aslen Buralı Değiliz</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057531469</t>
+          <t>9789756461570</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Beynin Mutluluğa Ayarlanması</t>
+          <t>Timur’un Hayatı ve Kadiz’den Semerkant’a Seyahatler</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>250</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057531490</t>
+          <t>9786055514358</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Seninle Sana Rağmen Motivasyon</t>
+          <t>Tek Şişman Beyniniz</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051774312</t>
+          <t>9789756461136</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Çift Terapisi</t>
+          <t>Uluslararası Rekabette Ermeni Sorunu’nun Kökeni 1878 - 1920</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>260</v>
+        <v>15</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051774299</t>
+          <t>9789756461464</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Terapisi</t>
+          <t>Türkiye Uyanıyor Tandoğan’da Başlayan Güçlü İtiraz</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>240</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051774329</t>
+          <t>9789756461990</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ergen Terapisi</t>
+          <t>Türk Hava Kuvvetlerinin Doğuş Yılları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051771342</t>
+          <t>9786057531407</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Terapi</t>
+          <t>Güçlü İletişimin Sırları Diksiyon Beden Dili ve Hitabet</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051774305</t>
+          <t>9786057531469</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete Terapisi</t>
+          <t>Beynin Mutluluğa Ayarlanması</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057531339</t>
+          <t>9786057531490</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Zeka</t>
+          <t>Seninle Sana Rağmen Motivasyon</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057531483</t>
+          <t>9786051774312</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Eski Saat</t>
+          <t>Çift Terapisi</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057531476</t>
+          <t>9786051774299</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Irvin D. Yalom Kutulu Terapi Seti (5 Kitap Takım)</t>
+          <t>Çocuk Terapisi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>1330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057531353</t>
+          <t>9786051774329</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Şifa</t>
+          <t>Ergen Terapisi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057055736</t>
+          <t>9786051771342</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Kendim Büyütüyorum</t>
+          <t>Cinsel Terapi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>3990000277721</t>
+          <t>9786051774305</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Dünya Şiir Antolojisi Cilt: 1</t>
+          <t>Anksiyete Terapisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>31.94</v>
+        <v>260</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057531414</t>
+          <t>9786057531339</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Mirasım (Ciltli)</t>
+          <t>Ruhsal Zeka</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057531322</t>
+          <t>9786057531483</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Başar</t>
+          <t>Eski Saat</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057531384</t>
+          <t>9786057531476</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Taymis Kıyıları</t>
+          <t>Irvin D. Yalom Kutulu Terapi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>120</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057531315</t>
+          <t>9786057531353</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İstemenin Esrarı</t>
+          <t>Zihinsel Şifa</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054726332</t>
+          <t>9786057055736</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Dijital Siyaset</t>
+          <t>Çocuğumu Kendim Büyütüyorum</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057531261</t>
+          <t>3990000277721</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Akran Zorbalığı</t>
+          <t>Dünya Şiir Antolojisi Cilt: 1</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>150</v>
+        <v>31.94</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057531438</t>
+          <t>9786057531414</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Haçlılar ve İstanbul (1096-1261)</t>
+          <t>Mutfak Mirasım (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057531247</t>
+          <t>9786057531322</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bir Karakter Yaratmak</t>
+          <t>Düşün ve Başar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057531308</t>
+          <t>9786057531384</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Gönül Arayışı</t>
+          <t>Taymis Kıyıları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057531285</t>
+          <t>9786057531315</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Peri Kız Müzikali</t>
+          <t>İstemenin Esrarı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>12</v>
+        <v>220</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057531193</t>
+          <t>9786054726332</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Siyasi - Kültürel Osmanlı Tarihi</t>
+          <t>Dijital Siyaset</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789756461471</t>
+          <t>9786057531261</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Türk Mitolojisi</t>
+          <t>Akran Zorbalığı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>10</v>
+        <v>150</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057531209</t>
+          <t>9786057531438</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İnanç</t>
+          <t>Haçlılar ve İstanbul (1096-1261)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057531216</t>
+          <t>9786057531247</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Set ve Kamera Önü Oyunculuğu</t>
+          <t>Bir Karakter Yaratmak</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>3990000051627</t>
+          <t>9786057531308</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni Cilt: 2</t>
+          <t>Gönül Arayışı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>25.46</v>
+        <v>320</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057531278</t>
+          <t>9786057531285</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Koçluk Öyküleri</t>
+          <t>Peri Kız Müzikali</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057531292</t>
+          <t>9786057531193</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Başarının 7 Spirütüel Yasası</t>
+          <t>Ana Hatlarıyla Siyasi - Kültürel Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051774206</t>
+          <t>9789756461471</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Londra Konferansı Mektupları</t>
+          <t>Sorularla Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051774183</t>
+          <t>9786057531209</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Hatıraları</t>
+          <t>İnanç</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057531223</t>
+          <t>9786057531216</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler İçin Başarının 7 Spiritüel Yasası</t>
+          <t>Uygulamalı Set ve Kamera Önü Oyunculuğu</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051774190</t>
+          <t>3990000051627</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Dokunan Koçluk</t>
+          <t>Yeni Dünya Düzeni Cilt: 2</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>180</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051774039</t>
+          <t>9786057531278</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sınav Kaygısı</t>
+          <t>Koçluk Öyküleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057531186</t>
+          <t>9786057531292</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yüzbinlerin Sürgünü Kırım'da Türk Soykırımı</t>
+          <t>Başarının 7 Spirütüel Yasası</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
+          <t>9786051774206</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Londra Konferansı Mektupları</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786051774183</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Hatıraları</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786057531223</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Ebeveynler İçin Başarının 7 Spiritüel Yasası</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786051774190</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Kalbe Dokunan Koçluk</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786051774039</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Sınav Kaygısı</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786057531186</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Yüzbinlerin Sürgünü Kırım'da Türk Soykırımı</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
           <t>9786051774138</t>
         </is>
       </c>
-      <c r="B296" s="1" t="inlineStr">
+      <c r="B302" s="1" t="inlineStr">
         <is>
           <t>Uygulamalı Doğaçlama Eğitimi</t>
         </is>
       </c>
-      <c r="C296" s="1">
+      <c r="C302" s="1">
         <v>151.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>