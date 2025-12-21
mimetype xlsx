--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,4585 +85,4690 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258271591</t>
+          <t>9786256033634</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-Man: Amansız Av</t>
+          <t>Kirpi Sonic : Kötü Çocuklar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257543668</t>
+          <t>9786258271379</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 4 - Enfeksiyon</t>
+          <t>Kirpi Sonic Cilt 7- Ya Hep Ya Hiç</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056876455</t>
+          <t>9786256033887</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Transformers - Kayıp Işık (Bölüm 4 Kapak A)</t>
+          <t>Serengeti Dolayları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056837876</t>
+          <t>9786256033863</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 1 Kapak B</t>
+          <t>Salep: Varoluşsal Evhamlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056837869</t>
+          <t>9786256033849</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 1 Kapak A</t>
+          <t>Otomotivde Fonksiyonel Güvenlik Üzerine Kapsamlı Bir Rehber</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257996204</t>
+          <t>9786256033856</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 1</t>
+          <t>Kozmik Servis K19: Kadim Tehlike Bölüm 1</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056134180</t>
+          <t>9786256033665</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Durango 2: Öfkenin Gücü</t>
+          <t>Kirpi Sonic Cilt 12: Ateşle İmtihan</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056134166</t>
+          <t>9786258271591</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Durango 1: Köpekler Kışın Ölür</t>
+          <t>What If? Spider-Man: Amansız Av</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056981531</t>
+          <t>9786257543668</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 6 (Kapak B)</t>
+          <t>Kirpi Sonic Cilt 4 - Enfeksiyon</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056981524</t>
+          <t>9786056876455</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 6 (Kapak A)</t>
+          <t>Transformers - Kayıp Işık (Bölüm 4 Kapak A)</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056981555</t>
+          <t>9786056837876</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 5 (Kapak B)</t>
+          <t>Transformers Kayıp Işık Bölüm 1 Kapak B</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257996655</t>
+          <t>9786056837869</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Folklords (Ciltli)</t>
+          <t>Transformers Kayıp Işık Bölüm 1 Kapak A</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>960</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257996389</t>
+          <t>9786257996204</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hawken (Kapak A) (Ciltli)</t>
+          <t>Usagi Yojimbo Sayı: 1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>760</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256033719</t>
+          <t>9786056134180</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Karadut Ekspres: Virajlar, Rampalar, Canavarlar</t>
+          <t>Durango 2: Öfkenin Gücü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256033771</t>
+          <t>9786056134166</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>What If? Dark: Spider-Gwen</t>
+          <t>Durango 1: Köpekler Kışın Ölür</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256033207</t>
+          <t>9786056981531</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider : Korkunun Kendisi</t>
+          <t>Transformers Kayıp Işık Bölüm 6 (Kapak B)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256033252</t>
+          <t>9786056981524</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Wolverine Cilt 4</t>
+          <t>Transformers Kayıp Işık Bölüm 6 (Kapak A)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256033658</t>
+          <t>9786056981555</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Weird Myths (Delüks Edisyon) (Ciltli)</t>
+          <t>Transformers Kayıp Işık Bölüm 5 (Kapak B)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256033733</t>
+          <t>9786257996655</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Stardust</t>
+          <t>Folklords (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>960</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256033641</t>
+          <t>9786257996389</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Salep</t>
+          <t>Hawken (Kapak A) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>760</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256033610</t>
+          <t>9786256033719</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ne Demiş Üstat</t>
+          <t>Karadut Ekspres: Virajlar, Rampalar, Canavarlar</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256033801</t>
+          <t>9786256033771</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Durango 8</t>
+          <t>What If? Dark: Spider-Gwen</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256033474</t>
+          <t>9786256033207</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Odası</t>
+          <t>Ghost Rider : Korkunun Kendisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257543200</t>
+          <t>9786256033252</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>What if ? Dünya Savaşı Hulk</t>
+          <t>Wolverine Cilt 4</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256033528</t>
+          <t>9786256033658</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cit 11: Zeti Avı!</t>
+          <t>Weird Myths (Delüks Edisyon) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256033511</t>
+          <t>9786256033733</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cit 10-Test Sürüşü!</t>
+          <t>Stardust</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256033139</t>
+          <t>9786256033641</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş: Wolverine</t>
+          <t>Salep: Patili Düşünceler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256033238</t>
+          <t>9786256033610</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Wolverine Cilt 2</t>
+          <t>Ne Demiş Üstat</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256033542</t>
+          <t>9786256033801</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>What If? Dark Venom</t>
+          <t>Durango 8</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256033573</t>
+          <t>9786256033474</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>What If? Dark Carnage</t>
+          <t>Sonsuzluk Odası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256033597</t>
+          <t>9786257543200</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider Cilt 2: Gölge Ülke</t>
+          <t>What if ? Dünya Savaşı Hulk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256033177</t>
+          <t>9786256033528</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider Cilt 1: Zincirinden Boşanmış</t>
+          <t>Kirpi Sonic Cit 11: Zeti Avı!</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256033481</t>
+          <t>9786256033511</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Die Cilt 3: Büyük Oyun</t>
+          <t>Kirpi Sonic Cit 10-Test Sürüşü!</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257996822</t>
+          <t>9786256033139</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kısas Öyküler: Kış Masalı (Kapak B)</t>
+          <t>İç Savaş: Wolverine</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>96</v>
+        <v>420</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257996716</t>
+          <t>9786256033238</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kısas Öyküler: Kış Masalı (Kapak A)</t>
+          <t>Wolverine Cilt 2</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>96</v>
+        <v>360</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>3990000052145</t>
+          <t>9786256033542</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 4 - Kapak B</t>
+          <t>What If? Dark Venom</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000085484</t>
+          <t>9786256033573</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı : 2 - Kapak B</t>
+          <t>What If? Dark Carnage</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>88</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000054844</t>
+          <t>9786256033597</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı : 1 - Nostalji Kapak</t>
+          <t>Ghost Rider Cilt 2: Gölge Ülke</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257996983</t>
+          <t>9786256033177</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 18 (Kapak A)</t>
+          <t>Ghost Rider Cilt 1: Zincirinden Boşanmış</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257996105</t>
+          <t>9786256033481</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 17 (Kapak A)</t>
+          <t>Die Cilt 3: Büyük Oyun</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>88</v>
+        <v>380</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256033450</t>
+          <t>9786257996822</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 9 - Chao Yarışları ve Badnik Üsleri</t>
+          <t>Kısas Öyküler: Kış Masalı (Kapak B)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>96</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258271010</t>
+          <t>9786257996716</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Weird Myths: Tuhaf Hikayeler ve Mitler</t>
+          <t>Kısas Öyküler: Kış Masalı (Kapak A)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258271119</t>
+          <t>3990000052145</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic: Film Özel</t>
+          <t>Star Trek Sayı: 4 - Kapak B</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>96</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257543675</t>
+          <t>3990000085484</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kısas Öyküler: Çölün Ölüleri Kapak A</t>
+          <t>Star Trek Sayı : 2 - Kapak B</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>96</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257996952</t>
+          <t>3990000054844</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Nippon 1 (İngilizce)</t>
+          <t>Star Trek Sayı : 1 - Nostalji Kapak</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056876486</t>
+          <t>9786257996983</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Savaş Günlüğü</t>
+          <t>Yargıç Dredd Sayı: 18 (Kapak A)</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056457364</t>
+          <t>9786257996105</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Cassidy Cilt 3: Kanlı Maske</t>
+          <t>Yargıç Dredd Sayı: 17 (Kapak A)</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257996723</t>
+          <t>9786256033450</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Rom Cilt: 3 - Yıkıma Giden Yollar</t>
+          <t>Kirpi Sonic Cilt 9 - Chao Yarışları ve Badnik Üsleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056963124</t>
+          <t>9786258271010</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kısas: Bölüm 1: Öcü: Kapak D</t>
+          <t>Weird Myths: Tuhaf Hikayeler ve Mitler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056963117</t>
+          <t>9786258271119</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kısas: Bölüm 1: Öcü: Kapak C</t>
+          <t>Kirpi Sonic: Film Özel</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>96</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056963100</t>
+          <t>9786257543675</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kısas: Bölüm 1: Öcü: Kapak B</t>
+          <t>Kısas Öyküler: Çölün Ölüleri Kapak A</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>96</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257996747</t>
+          <t>9786257996952</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Rom Cilt 2 : Takviye Kuvvetler</t>
+          <t>Nippon 1 (İngilizce)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257543040</t>
+          <t>9786056876486</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>What If? Marvel Ghost Rider İle Metalciliğe Soyunursa...</t>
+          <t>Savaş Günlüğü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>88</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257996334</t>
+          <t>9786056457364</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kısas - Bölüm 3: Otoliz Ruhlar: Kapak B</t>
+          <t>Cassidy Cilt 3: Kanlı Maske</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>96</v>
+        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257543095</t>
+          <t>9786257996723</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>1985 - Marvel</t>
+          <t>Rom Cilt: 3 - Yıkıma Giden Yollar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257996518</t>
+          <t>9786056963124</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ana Cilt Bir</t>
+          <t>Kısas: Bölüm 1: Öcü: Kapak D</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>96</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056981593</t>
+          <t>9786056963117</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kısas: Bölüm 2: En Uzun Gece: Kapak B</t>
+          <t>Kısas: Bölüm 1: Öcü: Kapak C</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>96</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056981586</t>
+          <t>9786056963100</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kısas Bölüm 2: En Uzun Gece: Kapak C</t>
+          <t>Kısas: Bölüm 1: Öcü: Kapak B</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>96</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056876431</t>
+          <t>9786257996747</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Transformers - Kayıp Işık (Bölüm 3 Kapak B)</t>
+          <t>Rom Cilt 2 : Takviye Kuvvetler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>88</v>
+        <v>380</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256033429</t>
+          <t>9786257543040</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Destanı</t>
+          <t>What If? Marvel Ghost Rider İle Metalciliğe Soyunursa...</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>88</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258271935</t>
+          <t>9786257996334</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Milyon Katlı Labirent 2</t>
+          <t>Kısas - Bölüm 3: Otoliz Ruhlar: Kapak B</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>96</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258271928</t>
+          <t>9786257543095</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Milyon Katlı Labirent 1</t>
+          <t>1985 - Marvel</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256033443</t>
+          <t>9786257996518</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aklımın İzinde</t>
+          <t>Kızıl Ana Cilt Bir</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9771306220003</t>
+          <t>9786056981593</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hızır Bey - Voyvoda'nın Peşinde</t>
+          <t>Kısas: Bölüm 2: En Uzun Gece: Kapak B</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>96</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258271331</t>
+          <t>9786056981586</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Örümceğin Gölgesi</t>
+          <t>Kısas Bölüm 2: En Uzun Gece: Kapak C</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257543989</t>
+          <t>9786056876431</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>What If AvX</t>
+          <t>Transformers - Kayıp Işık (Bölüm 3 Kapak B)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>88</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786056963193</t>
+          <t>9786256033429</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı 14 - Keenser'in Hikayesi</t>
+          <t>Ergenekon Destanı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257996839</t>
+          <t>9786258271935</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 3 - Melek Adası İçin Savaş</t>
+          <t>Milyon Katlı Labirent 2</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256033405</t>
+          <t>9786258271928</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic: Kış Partisi</t>
+          <t>Milyon Katlı Labirent 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256033399</t>
+          <t>9786256033443</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic: Bitmeyen Yaz</t>
+          <t>Kayıp Aklımın İzinde</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258271454</t>
+          <t>9771306220003</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>What If? Venom Deadpool’u Ele Geçirseydi?</t>
+          <t>Hızır Bey - Voyvoda'nın Peşinde</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257543910</t>
+          <t>9786258271331</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-Man Black Cat ile Evlenseydi?</t>
+          <t>Spider-Man: Örümceğin Gölgesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257543903</t>
+          <t>9786257543989</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-Man Mary Jane İle Evlenmeseydi?</t>
+          <t>What If AvX</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257543712</t>
+          <t>9786056963193</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-Man The Other</t>
+          <t>Star Trek Sayı 14 - Keenser'in Hikayesi</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257543651</t>
+          <t>9786257996839</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-man Siyaha Dönüş</t>
+          <t>Kirpi Sonic Cilt 3 - Melek Adası İçin Savaş</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257543279</t>
+          <t>9786256033405</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>What İf ? Spider-Man Wolverine’e Karşı</t>
+          <t>Kirpi Sonic: Kış Partisi</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257543255</t>
+          <t>9786256033399</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>What İf ? Wolverine Bir Numaralı Halk Düşmanı</t>
+          <t>Kirpi Sonic: Bitmeyen Yaz</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257543033</t>
+          <t>9786258271454</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>What If? Thor Buz Devleri Tarafından Yetiştirilseydi...</t>
+          <t>What If? Venom Deadpool’u Ele Geçirseydi?</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257543071</t>
+          <t>9786257543910</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>What If ? Peter Parker Punisher Olsaydı…</t>
+          <t>What If? Spider-Man Black Cat ile Evlenseydi?</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257543057</t>
+          <t>9786257543903</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>What If? Flash Thompson Spider Man Olsaydı...</t>
+          <t>What If? Spider-Man Mary Jane İle Evlenmeseydi?</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256033115</t>
+          <t>9786257543712</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Wolverine Cilt 1</t>
+          <t>What If? Spider-Man The Other</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>440</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258271942</t>
+          <t>9786257543651</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Marvel 1602</t>
+          <t>What If? Spider-man Siyaha Dönüş</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258271843</t>
+          <t>9786257543279</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Leydi Mechanika Cilt 1</t>
+          <t>What İf ? Spider-Man Wolverine’e Karşı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256033085</t>
+          <t>9786257543255</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol</t>
+          <t>What İf ? Wolverine Bir Numaralı Halk Düşmanı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258271997</t>
+          <t>9786257543033</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Wolverine: Logan</t>
+          <t>What If? Thor Buz Devleri Tarafından Yetiştirilseydi...</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256033030</t>
+          <t>9786257543071</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sweet Paprika 2</t>
+          <t>What If ? Peter Parker Punisher Olsaydı…</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256033016</t>
+          <t>9786257543057</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sweet Paprika 1</t>
+          <t>What If? Flash Thompson Spider Man Olsaydı...</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258271218</t>
+          <t>9786256033115</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Decorum: Nezaket</t>
+          <t>Wolverine Cilt 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>800</v>
+        <v>440</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258271638</t>
+          <t>9786258271942</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>What If? Avcı Kraven SpiderMan’i Öldürseydi?</t>
+          <t>Marvel 1602</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258271676</t>
+          <t>9786258271843</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Wolverine</t>
+          <t>Leydi Mechanika Cilt 1</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258271584</t>
+          <t>9786256033085</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>What If? Thor’un Çekicini Loki Bulsaydı?</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258271607</t>
+          <t>9786258271997</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>What If? Jane Foster Thor’un Çekicini Bulsaydı?</t>
+          <t>Wolverine: Logan</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258271645</t>
+          <t>9786256033030</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>What If? Dark Reign Dark Reign</t>
+          <t>Sweet Paprika 2</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258271966</t>
+          <t>9786256033016</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Saltanat</t>
+          <t>Sweet Paprika 1</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258271744</t>
+          <t>9786258271218</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 6</t>
+          <t>Decorum: Nezaket</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258271737</t>
+          <t>9786258271638</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 5</t>
+          <t>What If? Avcı Kraven SpiderMan’i Öldürseydi?</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258271720</t>
+          <t>9786258271676</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 4</t>
+          <t>Wolverine</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258271904</t>
+          <t>9786258271584</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Caveman Koleksiyon</t>
+          <t>What If? Thor’un Çekicini Loki Bulsaydı?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258271911</t>
+          <t>9786258271607</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Gerzeklik</t>
+          <t>What If? Jane Foster Thor’un Çekicini Bulsaydı?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257996044</t>
+          <t>9786258271645</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 1 - Başıboş Robotlar!</t>
+          <t>What If? Dark Reign Dark Reign</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>3990000011516</t>
+          <t>9786258271966</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 10 Kapak A</t>
+          <t>Spider-Man: Saltanat</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>56</v>
+        <v>380</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258271492</t>
+          <t>9786258271744</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cit 8 – Birdenbire</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 6</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258271812</t>
+          <t>9786258271737</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic 30. Yıl Özel</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 5</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258271652</t>
+          <t>9786258271720</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spot Işığı Altında Ghost Rider</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 4</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258271713</t>
+          <t>9786258271904</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 3</t>
+          <t>Caveman Koleksiyon</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258271706</t>
+          <t>9786258271911</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 2</t>
+          <t>Büyülü Gerzeklik</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258271690</t>
+          <t>9786257996044</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 1</t>
+          <t>Kirpi Sonic Cilt 1 - Başıboş Robotlar!</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258271614</t>
+          <t>3990000011516</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>What If? Thor Galactus’un Elçisi Olsaydı?</t>
+          <t>Yargıç Dredd Sayı 10 Kapak A</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258271874</t>
+          <t>9786258271492</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony: Mikro - Seriler - Rarity</t>
+          <t>Kirpi Sonic Cit 8 – Birdenbire</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258271881</t>
+          <t>9786258271812</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony: Rainbow Dash</t>
+          <t>Kirpi Sonic 30. Yıl Özel</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258271577</t>
+          <t>9786258271652</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>What If? Wolverine: Baba</t>
+          <t>Marvel Spot Işığı Altında Ghost Rider</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258271867</t>
+          <t>9786258271713</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony: Twilight Sparkle</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 3</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258271621</t>
+          <t>9786258271706</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>What If? Avengers Herkesi Yenseydi?</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 2</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258271850</t>
+          <t>9786258271690</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony: Arkadaşlık Sihirlidir</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 1</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258271683</t>
+          <t>9786258271614</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Johny Blaze: Ghost Rider</t>
+          <t>What If? Thor Galactus’un Elçisi Olsaydı?</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258271478</t>
+          <t>9786258271874</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Destanı Bölüm 2 (Ciltli)</t>
+          <t>My Little Pony: Mikro - Seriler - Rarity</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258271386</t>
+          <t>9786258271881</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>What If General Ross Hulk Olsaydı?</t>
+          <t>My Little Pony: Rainbow Dash</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258271423</t>
+          <t>9786258271577</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>What If? Gizli İstila</t>
+          <t>What If? Wolverine: Baba</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258271416</t>
+          <t>9786258271867</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>What If? Iron Man: Zırhtaki İblis</t>
+          <t>My Little Pony: Twilight Sparkle</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258271409</t>
+          <t>9786258271621</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-Man: House Of M</t>
+          <t>What If? Avengers Herkesi Yenseydi?</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258271393</t>
+          <t>9786258271850</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>What If Dr. Doom Thing Olsaydı?</t>
+          <t>My Little Pony: Arkadaşlık Sihirlidir</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258271430</t>
+          <t>9786258271683</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>What If? Astonishing X-Men</t>
+          <t>Johny Blaze: Ghost Rider</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258271317</t>
+          <t>9786258271478</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Oldman - Bölüm 2</t>
+          <t>Ergenekon Destanı Bölüm 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258271133</t>
+          <t>9786258271386</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Oldman - Bölüm 1</t>
+          <t>What If General Ross Hulk Olsaydı?</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258271041</t>
+          <t>9786258271423</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Örümceğin Gölgesi (4. Bölüm)</t>
+          <t>What If? Gizli İstila</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258271034</t>
+          <t>9786258271416</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Örümceğin Gölgesi (5. Bölüm)</t>
+          <t>What If? Iron Man: Zırhtaki İblis</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258271201</t>
+          <t>9786258271409</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>What If Spider-Man: Ben Amca Yerine May Yenge Ölseydi?</t>
+          <t>What If? Spider-Man: House Of M</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258271126</t>
+          <t>9786258271393</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-Man: Ben Amca Yaşasaydı?</t>
+          <t>What If Dr. Doom Thing Olsaydı?</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258271157</t>
+          <t>9786258271430</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>What If Silver Surfer Infinity Gauntlet’e Sahip Olsaydı?</t>
+          <t>What If? Astonishing X-Men</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258271164</t>
+          <t>9786258271317</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>What If Magneto ve Profesör X, X-Men’i Birlikte Kursaydı?</t>
+          <t>Oldman - Bölüm 2</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257543934</t>
+          <t>9786258271133</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>What If Infinity</t>
+          <t>Oldman - Bölüm 1</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258271195</t>
+          <t>9786258271041</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>What If? İç Savaş</t>
+          <t>Spider-Man: Örümceğin Gölgesi (4. Bölüm)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258271287</t>
+          <t>9786258271034</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>What If Annihilation Dünyaya Ulaşsaydı?</t>
+          <t>Spider-Man: Örümceğin Gölgesi (5. Bölüm)</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258271232</t>
+          <t>9786258271201</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Die Cilt 2: Partiyi Bölmek</t>
+          <t>What If Spider-Man: Ben Amca Yerine May Yenge Ölseydi?</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258271140</t>
+          <t>9786258271126</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 5 - Şehirde Kriz</t>
+          <t>What If? Spider-Man: Ben Amca Yaşasaydı?</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258271355</t>
+          <t>9786258271157</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Yıllık 2019</t>
+          <t>What If Silver Surfer Infinity Gauntlet’e Sahip Olsaydı?</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257543842</t>
+          <t>9786258271164</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Once and Future Üçüncü</t>
+          <t>What If Magneto ve Profesör X, X-Men’i Birlikte Kursaydı?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257543873</t>
+          <t>9786257543934</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ana: Cilt Üç</t>
+          <t>What If Infinity</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258271270</t>
+          <t>9786258271195</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 6 - Son Dakika</t>
+          <t>What If? İç Savaş</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258271072</t>
+          <t>9786258271287</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Örümceğin Gölgesi (3. Bölüm)</t>
+          <t>What If Annihilation Dünyaya Ulaşsaydı?</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257543804</t>
+          <t>9786258271232</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>What If? X-Men</t>
+          <t>Die Cilt 2: Partiyi Bölmek</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257543729</t>
+          <t>9786258271140</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>What If? Daredevil Elektra’ya Karşı</t>
+          <t>Kirpi Sonic Cilt 5 - Şehirde Kriz</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257543774</t>
+          <t>9786258271355</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Örümceğin Gölgesi (2. Bölüm)</t>
+          <t>Kirpi Sonic Yıllık 2019</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257543767</t>
+          <t>9786257543842</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Örümceğin Gölgesi (1. Bölüm)</t>
+          <t>Once and Future Üçüncü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258271102</t>
+          <t>9786257543873</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic: Sonic Takımı Yarışta</t>
+          <t>Kızıl Ana: Cilt Üç</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786056981579</t>
+          <t>9786258271270</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ormanda</t>
+          <t>Kirpi Sonic Cilt 6 - Son Dakika</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257543347</t>
+          <t>9786258271072</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Defenders Cilt 1: Elmaslar Sonsuzdur</t>
+          <t>Spider-Man: Örümceğin Gölgesi (3. Bölüm)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257543361</t>
+          <t>9786257543804</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Defenders Cilt 2: New York'un Elabaşları</t>
+          <t>What If? X-Men</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257543224</t>
+          <t>9786257543729</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dungeons &amp; Dragons: Sonsuz Macera Günleri</t>
+          <t>What If? Daredevil Elektra’ya Karşı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>4440000001463</t>
+          <t>9786257543774</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kısas - Bölüm 3: Otoliz Ruhlar - Presstij Dükkan Variantı Kapak E</t>
+          <t>Spider-Man: Örümceğin Gölgesi (2. Bölüm)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>48</v>
+        <v>120</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257543682</t>
+          <t>9786257543767</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kısas Öyküler: Çölün Ölüleri Kapak B</t>
+          <t>Spider-Man: Örümceğin Gölgesi (1. Bölüm)</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257543392</t>
+          <t>9786258271102</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Marvel 1872 - Kapak A - Enzo</t>
+          <t>Kirpi Sonic: Sonic Takımı Yarışta</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257543422</t>
+          <t>9786056981579</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Pelerin Cilt 3: Günahkâr - Kapak A</t>
+          <t>Ormanda</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257543439</t>
+          <t>9786257543347</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Pelerin Cilt 3: Günahkar - Presstij Dükkan Varyantı</t>
+          <t>Defenders Cilt 1: Elmaslar Sonsuzdur</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786056837838</t>
+          <t>9786257543361</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>ROM Cilt 1 - Dünya'nın Düşüşü (Kapak B)</t>
+          <t>Defenders Cilt 2: New York'un Elabaşları</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>112</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786056837845</t>
+          <t>9786257543224</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>ROM Cilt 1 - Dünya'nın Düşüşü (Kapak C)</t>
+          <t>Dungeons &amp; Dragons: Sonsuz Macera Günleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786056837852</t>
+          <t>4440000001463</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>ROM Cilt 1 - Dünya'nın Düşüşü (Kapak D)</t>
+          <t>Kısas - Bölüm 3: Otoliz Ruhlar - Presstij Dükkan Variantı Kapak E</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>320</v>
+        <v>48</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257996181</t>
+          <t>9786257543682</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı 1 (Kapak B)</t>
+          <t>Kısas Öyküler: Çölün Ölüleri Kapak B</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257543620</t>
+          <t>9786257543392</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>What If? Fallen Son</t>
+          <t>Marvel 1872 - Kapak A - Enzo</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257543644</t>
+          <t>9786257543422</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>What If? Gizli Savaşlar</t>
+          <t>Pelerin Cilt 3: Günahkâr - Kapak A</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257543231</t>
+          <t>9786257543439</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>What If? House of M</t>
+          <t>Pelerin Cilt 3: Günahkar - Presstij Dükkan Varyantı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257543637</t>
+          <t>9786056837838</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>What If? Yepyeni Fantastik Dörtlü</t>
+          <t>ROM Cilt 1 - Dünya'nın Düşüşü (Kapak B)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>140</v>
+        <v>112</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257543590</t>
+          <t>9786056837845</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Stray Dogs - Kaçak Köpekler Sayı 5 (Kapak A)</t>
+          <t>ROM Cilt 1 - Dünya'nın Düşüşü (Kapak C)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257543569</t>
+          <t>9786056837852</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Stray Dogs - Kaçak Köpekler Sayı 4 (Kapak A)</t>
+          <t>ROM Cilt 1 - Dünya'nın Düşüşü (Kapak D)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257543538</t>
+          <t>9786257996181</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Stray Dogs - Kaçak Köpekler Sayı 3 (Kapak A)</t>
+          <t>Usagi Yojimbo Sayı 1 (Kapak B)</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257543507</t>
+          <t>9786257543620</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Stray Dogs - Kaçak Köpekler Sayı 2 (Kapak A)</t>
+          <t>What If? Fallen Son</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257543484</t>
+          <t>9786257543644</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Stray Dogs - Kaçak Köpekler Sayı 1 (Kapak A)</t>
+          <t>What If? Gizli Savaşlar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257543316</t>
+          <t>9786257543231</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Klaus - Noel Baba’nın Hikayesi</t>
+          <t>What If? House of M</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257543293</t>
+          <t>9786257543637</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ana - Cilt 2</t>
+          <t>What If? Yepyeni Fantastik Dörtlü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257543170</t>
+          <t>9786257543590</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>What İf ? Wolverine Devlet Düşmanı</t>
+          <t>Stray Dogs - Kaçak Köpekler Sayı 5 (Kapak A)</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257543125</t>
+          <t>9786257543569</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bullet Points</t>
+          <t>Stray Dogs - Kaçak Köpekler Sayı 4 (Kapak A)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257543064</t>
+          <t>9786257543538</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>What If? Planet Hulk</t>
+          <t>Stray Dogs - Kaçak Köpekler Sayı 3 (Kapak A)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257996099</t>
+          <t>9786257543507</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 17 (Kapak B)</t>
+          <t>Stray Dogs - Kaçak Köpekler Sayı 2 (Kapak A)</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257996990</t>
+          <t>9786257543484</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 18 (Kapak B)</t>
+          <t>Stray Dogs - Kaçak Köpekler Sayı 1 (Kapak A)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257996815</t>
+          <t>9786257543316</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 17 - Bones</t>
+          <t>Klaus - Noel Baba’nın Hikayesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257543026</t>
+          <t>9786257543293</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>G.I. Joe Snake Eyes: Kobra Ajanı</t>
+          <t>Kızıl Ana - Cilt 2</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257543002</t>
+          <t>9786257543170</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 18 - Kayan Bir Yıldızın Sesi</t>
+          <t>What İf ? Wolverine Devlet Düşmanı</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257996693</t>
+          <t>9786257543125</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ozon Terapisi Kılavuzu</t>
+          <t>Bullet Points</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257996853</t>
+          <t>9786257543064</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 9</t>
+          <t>What If? Planet Hulk</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257996877</t>
+          <t>9786257996099</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 11</t>
+          <t>Yargıç Dredd Sayı 17 (Kapak B)</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257996907</t>
+          <t>9786257996990</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 13</t>
+          <t>Yargıç Dredd Sayı 18 (Kapak B)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257996891</t>
+          <t>9786257996815</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 14</t>
+          <t>Star Trek Sayı: 17 - Bones</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257996884</t>
+          <t>9786257543026</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 12</t>
+          <t>G.I. Joe Snake Eyes: Kobra Ajanı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257996860</t>
+          <t>9786257543002</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 10</t>
+          <t>Star Trek Sayı: 18 - Kayan Bir Yıldızın Sesi</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257996976</t>
+          <t>9786257996693</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Nippon Sayı: 1</t>
+          <t>Ozon Terapisi Kılavuzu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257996846</t>
+          <t>9786257996853</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 8</t>
+          <t>Usagi Yojimbo Sayı: 9</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257996921</t>
+          <t>9786257996877</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Once - Future İkinci Kitap: Eski Toprak</t>
+          <t>Usagi Yojimbo Sayı: 11</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257996594</t>
+          <t>9786257996907</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Pelerin 1969 (Kapak A)</t>
+          <t>Usagi Yojimbo Sayı: 13</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257996709</t>
+          <t>9786257996891</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Pelerin 1969 (Kapak B)</t>
+          <t>Usagi Yojimbo Sayı: 14</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257996679</t>
+          <t>9786257996884</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Sonrası Kuş Cenneti (Ciltli)</t>
+          <t>Usagi Yojimbo Sayı: 12</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257996549</t>
+          <t>9786257996860</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mercy</t>
+          <t>Usagi Yojimbo Sayı: 10</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>440</v>
+        <v>120</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786058069022</t>
+          <t>9786257996976</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 16 (Kapak B)</t>
+          <t>Nippon Sayı: 1</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786058069015</t>
+          <t>9786257996846</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 16 (Kapak A)</t>
+          <t>Usagi Yojimbo Sayı: 8</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257996488</t>
+          <t>9786257996921</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 15 (Kapak B)</t>
+          <t>Once - Future İkinci Kitap: Eski Toprak</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257996471</t>
+          <t>9786257996594</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 15 (Kapak A)</t>
+          <t>Pelerin 1969 (Kapak A)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257996464</t>
+          <t>9786257996709</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 14 (Kapak B)</t>
+          <t>Pelerin 1969 (Kapak B)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257996457</t>
+          <t>9786257996679</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 14 (Kapak A)</t>
+          <t>Kıyamet Sonrası Kuş Cenneti (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257996617</t>
+          <t>9786257996549</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 8 (Kapak B)</t>
+          <t>Mercy</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257996624</t>
+          <t>9786058069022</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 8 (Kapak A)</t>
+          <t>Yargıç Dredd Sayı 16 (Kapak B)</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257996242</t>
+          <t>9786058069015</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 7 (Kapak B)</t>
+          <t>Yargıç Dredd Sayı 16 (Kapak A)</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257996259</t>
+          <t>9786257996488</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 7 (Kapak A)</t>
+          <t>Yargıç Dredd Sayı 15 (Kapak B)</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257996495</t>
+          <t>9786257996471</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı 16: Ayna Ayna Bölüm 2</t>
+          <t>Yargıç Dredd Sayı 15 (Kapak A)</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257996280</t>
+          <t>9786257996464</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı 15: Ayna Ayna Bölüm 1</t>
+          <t>Yargıç Dredd Sayı 14 (Kapak B)</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257996600</t>
+          <t>9786257996457</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Gesar: Tutuşan Bozkırlar</t>
+          <t>Yargıç Dredd Sayı 14 (Kapak A)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257996426</t>
+          <t>9786257996617</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcı Fettah ve Görünmeyen Adam</t>
+          <t>Transformers Kayıp Işık Bölüm 8 (Kapak B)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>3990000046716</t>
+          <t>9786257996624</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd 11: Kapak B</t>
+          <t>Transformers Kayıp Işık Bölüm 8 (Kapak A)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>3990000096137</t>
+          <t>9786257996242</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd 11: Kapak A</t>
+          <t>Transformers Kayıp Işık Bölüm 7 (Kapak B)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>3990000045139</t>
+          <t>9786257996259</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd 12: Kapak B</t>
+          <t>Transformers Kayıp Işık Bölüm 7 (Kapak A)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>3990000084131</t>
+          <t>9786257996495</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd 12: Kapak A</t>
+          <t>Star Trek Sayı 16: Ayna Ayna Bölüm 2</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257996235</t>
+          <t>9786257996280</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Türk Atası (Ciltli)</t>
+          <t>Star Trek Sayı 15: Ayna Ayna Bölüm 1</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257996396</t>
+          <t>9786257996600</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Gesar: Yokbol Başlıyor</t>
+          <t>Gesar: Tutuşan Bozkırlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257996273</t>
+          <t>9786257996426</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>The Crow Cilt 4: Gece Yarısı Efsaneleri</t>
+          <t>Şarkıcı Fettah ve Görünmeyen Adam</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257996266</t>
+          <t>3990000046716</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>The Crow Cilt: 3: Gece Yarısı Efsaneleri</t>
+          <t>Yargıç Dredd 11: Kapak B</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>220</v>
+        <v>56</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257996402</t>
+          <t>3990000096137</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Durango 7: Loneville</t>
+          <t>Yargıç Dredd 11: Kapak A</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>360</v>
+        <v>56</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257996082</t>
+          <t>3990000045139</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Karadut Ekspres</t>
+          <t>Yargıç Dredd 12: Kapak B</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>220</v>
+        <v>56</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257996136</t>
+          <t>3990000084131</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 5</t>
+          <t>Yargıç Dredd 12: Kapak A</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257996143</t>
+          <t>9786257996235</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 4</t>
+          <t>Türk Atası (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257996112</t>
+          <t>9786257996396</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 7</t>
+          <t>Gesar: Yokbol Başlıyor</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257996129</t>
+          <t>9786257996273</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 6</t>
+          <t>The Crow Cilt 4: Gece Yarısı Efsaneleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257996150</t>
+          <t>9786257996266</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 3</t>
+          <t>The Crow Cilt: 3: Gece Yarısı Efsaneleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257996167</t>
+          <t>9786257996402</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 2</t>
+          <t>Durango 7: Loneville</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257996310</t>
+          <t>9786257996082</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Once Future Cilt: 1: Kral Ölümsüz</t>
+          <t>Karadut Ekspres</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257996372</t>
+          <t>9786257996136</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kısas - Bölüm 3: Otoliz Ruhlar: Kapak A</t>
+          <t>Usagi Yojimbo Sayı: 5</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>96</v>
+        <v>120</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257996068</t>
+          <t>9786257996143</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Bebek</t>
+          <t>Usagi Yojimbo Sayı: 4</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>205</v>
+        <v>120</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257996051</t>
+          <t>9786257996112</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 2 - Dr. Eggman’in Kaderi</t>
+          <t>Usagi Yojimbo Sayı: 7</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257996006</t>
+          <t>9786257996129</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kısas: Bölüm 2: En Uzun Gece: Kapak A</t>
+          <t>Usagi Yojimbo Sayı: 6</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257996037</t>
+          <t>9786257996150</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kısas - Bölüm 2: En Uzun Gece (Kapak D)</t>
+          <t>Usagi Yojimbo Sayı: 3</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786056981500</t>
+          <t>9786257996167</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 13 (Kapak A)</t>
+          <t>Usagi Yojimbo Sayı: 2</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786056981548</t>
+          <t>9786257996310</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 5 (Kapak A)</t>
+          <t>Once Future Cilt: 1: Kral Ölümsüz</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786056963148</t>
+          <t>9786257996372</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Pelerin (Kapak A)</t>
+          <t>Kısas - Bölüm 3: Otoliz Ruhlar: Kapak A</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>320</v>
+        <v>96</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786056963155</t>
+          <t>9786257996068</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Pelerin (Kapak B)</t>
+          <t>Hoş Geldin Bebek</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>320</v>
+        <v>205</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786058069060</t>
+          <t>9786257996051</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>The Crow: Gece Yarısı Efsaneleri Cilt 2</t>
+          <t>Kirpi Sonic Cilt 2 - Dr. Eggman’in Kaderi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786058069091</t>
+          <t>9786257996006</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kısas: Bölüm 1: Öcü: Kapak A</t>
+          <t>Kısas: Bölüm 2: En Uzun Gece: Kapak A</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>96</v>
+        <v>140</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786056963162</t>
+          <t>9786257996037</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Pelerin (Kapak C)</t>
+          <t>Kısas - Bölüm 2: En Uzun Gece (Kapak D)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786056876448</t>
+          <t>9786056981500</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Transformers - Kayıp Işık (Bölüm 4 Kapak B)</t>
+          <t>Yargıç Dredd Sayı: 13 (Kapak A)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786058069046</t>
+          <t>9786056981548</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 13</t>
+          <t>Transformers Kayıp Işık Bölüm 5 (Kapak A)</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786056876424</t>
+          <t>9786056963148</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Transformers - Kayıp Işık (Bölüm 3 Kapak A)</t>
+          <t>Pelerin (Kapak A)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>3990000004616</t>
+          <t>9786056963155</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 10 - Kapak B</t>
+          <t>Pelerin (Kapak B)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>56</v>
+        <v>320</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>3990000024674</t>
+          <t>9786058069060</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı 12</t>
+          <t>The Crow: Gece Yarısı Efsaneleri Cilt 2</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786056837890</t>
+          <t>9786058069091</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 2 Kapak B</t>
+          <t>Kısas: Bölüm 1: Öcü: Kapak A</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>120</v>
+        <v>96</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786056837883</t>
+          <t>9786056963162</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 2 Kapak A</t>
+          <t>Pelerin (Kapak C)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786056876400</t>
+          <t>9786056876448</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>The Crow : Gece Yarısı Efsaneleri Cilt 1</t>
+          <t>Transformers - Kayıp Işık (Bölüm 4 Kapak B)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>3990000080734</t>
+          <t>9786058069046</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 9 - Kapak A</t>
+          <t>Star Trek Sayı: 13</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>3990000096247</t>
+          <t>9786056876424</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 11</t>
+          <t>Transformers - Kayıp Işık (Bölüm 3 Kapak A)</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786056837821</t>
+          <t>3990000004616</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Durango 6: Bir Desperado'nun Kaderi</t>
+          <t>Yargıç Dredd Sayı 10 - Kapak B</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>360</v>
+        <v>56</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>3990000047770</t>
+          <t>3990000024674</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 8 - Kapak A</t>
+          <t>Star Trek Sayı 12</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>3990000047771</t>
+          <t>9786056837890</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 8 - Kapak B</t>
+          <t>Transformers Kayıp Işık Bölüm 2 Kapak B</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>3990000047769</t>
+          <t>9786056837883</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 10</t>
+          <t>Transformers Kayıp Işık Bölüm 2 Kapak A</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>3990000047768</t>
+          <t>9786056876400</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 9</t>
+          <t>The Crow : Gece Yarısı Efsaneleri Cilt 1</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>3990000047767</t>
+          <t>3990000080734</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 8 - Kapak B</t>
+          <t>Yargıç Dredd Sayı: 9 - Kapak A</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>3990000047766</t>
+          <t>3990000096247</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 8 - Kapak A</t>
+          <t>Star Trek Sayı: 11</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786056837807</t>
+          <t>9786056837821</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Durango 5: Vahşi Sierra</t>
+          <t>Durango 6: Bir Desperado'nun Kaderi</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>3990000045012</t>
+          <t>3990000047770</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 7 - Kapak B</t>
+          <t>Yargıç Dredd Sayı: 8 - Kapak A</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>3990000045013</t>
+          <t>3990000047771</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 7 - Kapak A</t>
+          <t>Yargıç Dredd Sayı: 8 - Kapak B</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>3990000099907</t>
+          <t>3990000047769</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 7 - Kapak B</t>
+          <t>Star Trek Sayı: 10</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>3990000099906</t>
+          <t>3990000047768</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 7 - Kapak A</t>
+          <t>Star Trek Sayı: 9</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>3990000045014</t>
+          <t>3990000047767</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 6 - Kapak B</t>
+          <t>Star Trek Sayı: 8 - Kapak B</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>3990000099905</t>
+          <t>3990000047766</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 6 - Kapak B</t>
+          <t>Star Trek Sayı: 8 - Kapak A</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>3990000059089</t>
+          <t>9786056837807</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 6 - Kapak A</t>
+          <t>Durango 5: Vahşi Sierra</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>3990000087004</t>
+          <t>3990000045012</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 5 - Kapak B</t>
+          <t>Yargıç Dredd Sayı: 7 - Kapak B</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>3990000049153</t>
+          <t>3990000045013</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 6 - Kapak A</t>
+          <t>Yargıç Dredd Sayı: 7 - Kapak A</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>3990000047491</t>
+          <t>3990000099907</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 5 - Kapak B</t>
+          <t>Star Trek Sayı: 7 - Kapak B</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>3990000071647</t>
+          <t>3990000099906</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 5 - Kapak A</t>
+          <t>Star Trek Sayı: 7 - Kapak A</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>3990000094005</t>
+          <t>3990000045014</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 5 - Kapak A</t>
+          <t>Yargıç Dredd Sayı: 6 - Kapak B</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>3990000047596</t>
+          <t>3990000099905</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 4 - Kapak B</t>
+          <t>Star Trek Sayı: 6 - Kapak B</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>3990000054647</t>
+          <t>3990000059089</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 4 - Kapak A</t>
+          <t>Star Trek Sayı: 6 - Kapak A</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>3990000084662</t>
+          <t>3990000087004</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 3 - Kapak B</t>
+          <t>Star Trek Sayı: 5 - Kapak B</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>3990000058664</t>
+          <t>3990000049153</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 3 - Kapak A</t>
+          <t>Yargıç Dredd Sayı: 6 - Kapak A</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>3990000054525</t>
+          <t>3990000047491</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 4 - Kapak A</t>
+          <t>Yargıç Dredd Sayı: 5 - Kapak B</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>3990000054574</t>
+          <t>3990000071647</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 3 - Kapak B</t>
+          <t>Yargıç Dredd Sayı: 5 - Kapak A</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>3990000024564</t>
+          <t>3990000094005</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 3 - Kapak A</t>
+          <t>Star Trek Sayı: 5 - Kapak A</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786056523250</t>
+          <t>3990000047596</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Maymunlar Gezegeni - Kapak A</t>
+          <t>Yargıç Dredd Sayı: 4 - Kapak B</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>320</v>
+        <v>56</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>3990000054744</t>
+          <t>3990000054647</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı : 2 - Kapak B</t>
+          <t>Yargıç Dredd Sayı: 4 - Kapak A</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>3990000054445</t>
+          <t>3990000084662</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı : 2 - Kapak A</t>
+          <t>Yargıç Dredd Sayı: 3 - Kapak B</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>3990000054774</t>
+          <t>3990000058664</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı : 1 - Kapak B</t>
+          <t>Yargıç Dredd Sayı: 3 - Kapak A</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>3990000054554</t>
+          <t>3990000054525</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı : 1 - Kapak A</t>
+          <t>Star Trek Sayı: 4 - Kapak A</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>3990000056478</t>
+          <t>3990000054574</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı : 2 - Kapak A</t>
+          <t>Star Trek Sayı: 3 - Kapak B</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>88</v>
+        <v>120</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>3990000054628</t>
+          <t>3990000024564</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı : 1 - Kapak B</t>
+          <t>Star Trek Sayı: 3 - Kapak A</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>3990000054974</t>
+          <t>9786056523250</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı : 1 - Kapak A</t>
+          <t>Star Trek Maymunlar Gezegeni - Kapak A</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786056523229</t>
+          <t>3990000054744</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Orbital - 1. Yaralar</t>
+          <t>Yargıç Dredd Sayı : 2 - Kapak B</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>360</v>
+        <v>56</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786056523212</t>
+          <t>3990000054445</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Orbital - 2. Kırıklar</t>
+          <t>Yargıç Dredd Sayı : 2 - Kapak A</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>360</v>
+        <v>56</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786058884847</t>
+          <t>3990000054774</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hızır Bey: Prensler Savaşı</t>
+          <t>Yargıç Dredd Sayı : 1 - Kapak B</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786056134159</t>
+          <t>3990000054554</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hızır Bey: Kapoşvar'a Hücum</t>
+          <t>Yargıç Dredd Sayı : 1 - Kapak A</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>165</v>
+        <v>56</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786056457371</t>
+          <t>3990000056478</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Legs Weaver Cilt 3: Çözücü</t>
+          <t>Star Trek Sayı : 2 - Kapak A</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786056457302</t>
+          <t>3990000054628</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Nick Raider Cilt 1: New York'ta Bir Ranger</t>
+          <t>Star Trek Sayı : 1 - Kapak B</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786056457319</t>
+          <t>3990000054974</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Nick Raider Cilt 2: Dördüncü Tanık</t>
+          <t>Star Trek Sayı : 1 - Kapak A</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786056457333</t>
+          <t>9786056523229</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Legs Weaver Cilt 1: Kara Kadınlar</t>
+          <t>Orbital - 1. Yaralar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786056457326</t>
+          <t>9786056523212</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Cassidy Cilt 1: Son Blues</t>
+          <t>Orbital - 2. Kırıklar</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786056457357</t>
+          <t>9786058884847</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Cassidy Cilt 2: Şehrin Üzerindeki Eller</t>
+          <t>Hızır Bey: Prensler Savaşı</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786056457340</t>
+          <t>9786056134159</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Legs Weaver Cilt 2: Çok şey Bilen Kadın</t>
+          <t>Hızır Bey: Kapoşvar'a Hücum</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786056523205</t>
+          <t>9786056457371</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Efsane 2: Ormanın Derinlikleri</t>
+          <t>Legs Weaver Cilt 3: Çözücü</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054522040</t>
+          <t>9786056457302</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Durango 3: Bir Katil İçin Tuzak</t>
+          <t>Nick Raider Cilt 1: New York'ta Bir Ranger</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054522163</t>
+          <t>9786056457319</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Durango 4: Amos</t>
+          <t>Nick Raider Cilt 2: Dördüncü Tanık</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786056523243</t>
+          <t>9786056457333</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Buddy Longway 2: Düşman</t>
+          <t>Legs Weaver Cilt 1: Kara Kadınlar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786056523236</t>
+          <t>9786056457326</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Buddy Longway 1: Chinook</t>
+          <t>Cassidy Cilt 1: Son Blues</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786056523281</t>
+          <t>9786056457357</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Maymunlar Gezegeni - Kapak D</t>
+          <t>Cassidy Cilt 2: Şehrin Üzerindeki Eller</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786056523274</t>
+          <t>9786056457340</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Maymunlar Gezegeni - Kapak C</t>
+          <t>Legs Weaver Cilt 2: Çok şey Bilen Kadın</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786056523267</t>
+          <t>9786056523205</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Maymunlar Gezegeni - Kapak B</t>
+          <t>Efsane 2: Ormanın Derinlikleri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786058884823</t>
+          <t>9786054522040</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Mırnav 3: Robin Mırnav</t>
+          <t>Durango 3: Bir Katil İçin Tuzak</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786058884816</t>
+          <t>9786054522163</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Mırnav ve Oğlu</t>
+          <t>Durango 4: Amos</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786058884809</t>
+          <t>9786056523243</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Mırnav ve Dostları</t>
+          <t>Buddy Longway 2: Düşman</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054522057</t>
+          <t>9786056523236</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Efsane 1: Kurt Çocuk</t>
+          <t>Buddy Longway 1: Chinook</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
+          <t>9786056523281</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Star Trek Maymunlar Gezegeni - Kapak D</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786056523274</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Star Trek Maymunlar Gezegeni - Kapak C</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786056523267</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Star Trek Maymunlar Gezegeni - Kapak B</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786058884823</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Mırnav 3: Robin Mırnav</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786058884816</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Mırnav ve Oğlu</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786058884809</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Mırnav ve Dostları</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786054522057</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Efsane 1: Kurt Çocuk</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
           <t>3990000047785</t>
         </is>
       </c>
-      <c r="B304" s="1" t="inlineStr">
+      <c r="B311" s="1" t="inlineStr">
         <is>
           <t>Yargıç Dredd Sayı: 9 - Kapak B</t>
         </is>
       </c>
-      <c r="C304" s="1">
+      <c r="C311" s="1">
         <v>56</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>