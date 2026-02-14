--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,4690 +85,4705 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256033634</t>
+          <t>9786256033955</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic : Kötü Çocuklar</t>
+          <t>Genç Yazar Salep: Bir Fincan Emek</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258271379</t>
+          <t>9786256033634</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 7- Ya Hep Ya Hiç</t>
+          <t>Kirpi Sonic : Kötü Çocuklar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256033887</t>
+          <t>9786258271379</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Serengeti Dolayları</t>
+          <t>Kirpi Sonic Cilt 7- Ya Hep Ya Hiç</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256033863</t>
+          <t>9786256033887</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Salep: Varoluşsal Evhamlar</t>
+          <t>Serengeti Dolayları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256033849</t>
+          <t>9786256033863</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Otomotivde Fonksiyonel Güvenlik Üzerine Kapsamlı Bir Rehber</t>
+          <t>Salep: Varoluşsal Evhamlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256033856</t>
+          <t>9786256033849</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Servis K19: Kadim Tehlike Bölüm 1</t>
+          <t>Otomotivde Fonksiyonel Güvenlik Üzerine Kapsamlı Bir Rehber</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256033665</t>
+          <t>9786256033856</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 12: Ateşle İmtihan</t>
+          <t>Kozmik Servis K19: Kadim Tehlike Bölüm 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258271591</t>
+          <t>9786256033665</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-Man: Amansız Av</t>
+          <t>Kirpi Sonic Cilt 12: Ateşle İmtihan</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257543668</t>
+          <t>9786258271591</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 4 - Enfeksiyon</t>
+          <t>What If? Spider-Man: Amansız Av</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056876455</t>
+          <t>9786257543668</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Transformers - Kayıp Işık (Bölüm 4 Kapak A)</t>
+          <t>Kirpi Sonic Cilt 4 - Enfeksiyon</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056837876</t>
+          <t>9786056876455</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 1 Kapak B</t>
+          <t>Transformers - Kayıp Işık (Bölüm 4 Kapak A)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056837869</t>
+          <t>9786056837876</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 1 Kapak A</t>
+          <t>Transformers Kayıp Işık Bölüm 1 Kapak B</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257996204</t>
+          <t>9786056837869</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 1</t>
+          <t>Transformers Kayıp Işık Bölüm 1 Kapak A</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056134180</t>
+          <t>9786257996204</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Durango 2: Öfkenin Gücü</t>
+          <t>Usagi Yojimbo Sayı: 1</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056134166</t>
+          <t>9786056134180</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Durango 1: Köpekler Kışın Ölür</t>
+          <t>Durango 2: Öfkenin Gücü</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056981531</t>
+          <t>9786056134166</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 6 (Kapak B)</t>
+          <t>Durango 1: Köpekler Kışın Ölür</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056981524</t>
+          <t>9786056981531</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 6 (Kapak A)</t>
+          <t>Transformers Kayıp Işık Bölüm 6 (Kapak B)</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056981555</t>
+          <t>9786056981524</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 5 (Kapak B)</t>
+          <t>Transformers Kayıp Işık Bölüm 6 (Kapak A)</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257996655</t>
+          <t>9786056981555</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Folklords (Ciltli)</t>
+          <t>Transformers Kayıp Işık Bölüm 5 (Kapak B)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>960</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257996389</t>
+          <t>9786257996655</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hawken (Kapak A) (Ciltli)</t>
+          <t>Folklords (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>760</v>
+        <v>960</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256033719</t>
+          <t>9786257996389</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Karadut Ekspres: Virajlar, Rampalar, Canavarlar</t>
+          <t>Hawken (Kapak A) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>260</v>
+        <v>760</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256033771</t>
+          <t>9786256033719</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>What If? Dark: Spider-Gwen</t>
+          <t>Karadut Ekspres: Virajlar, Rampalar, Canavarlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256033207</t>
+          <t>9786256033771</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider : Korkunun Kendisi</t>
+          <t>What If? Dark: Spider-Gwen</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256033252</t>
+          <t>9786256033207</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Wolverine Cilt 4</t>
+          <t>Ghost Rider : Korkunun Kendisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256033658</t>
+          <t>9786256033252</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Weird Myths (Delüks Edisyon) (Ciltli)</t>
+          <t>Wolverine Cilt 4</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256033733</t>
+          <t>9786256033658</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Stardust</t>
+          <t>Weird Myths (Delüks Edisyon) (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>280</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256033641</t>
+          <t>9786256033733</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Salep: Patili Düşünceler</t>
+          <t>Stardust</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256033610</t>
+          <t>9786256033641</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ne Demiş Üstat</t>
+          <t>Salep: Patili Düşünceler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256033801</t>
+          <t>9786256033610</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Durango 8</t>
+          <t>Ne Demiş Üstat</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256033474</t>
+          <t>9786256033801</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Odası</t>
+          <t>Durango 8</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257543200</t>
+          <t>9786256033474</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>What if ? Dünya Savaşı Hulk</t>
+          <t>Sonsuzluk Odası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256033528</t>
+          <t>9786257543200</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cit 11: Zeti Avı!</t>
+          <t>What if ? Dünya Savaşı Hulk</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256033511</t>
+          <t>9786256033528</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cit 10-Test Sürüşü!</t>
+          <t>Kirpi Sonic Cit 11: Zeti Avı!</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256033139</t>
+          <t>9786256033511</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş: Wolverine</t>
+          <t>Kirpi Sonic Cit 10-Test Sürüşü!</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256033238</t>
+          <t>9786256033139</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Wolverine Cilt 2</t>
+          <t>İç Savaş: Wolverine</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256033542</t>
+          <t>9786256033238</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>What If? Dark Venom</t>
+          <t>Wolverine Cilt 2</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256033573</t>
+          <t>9786256033542</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>What If? Dark Carnage</t>
+          <t>What If? Dark Venom</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256033597</t>
+          <t>9786256033573</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider Cilt 2: Gölge Ülke</t>
+          <t>What If? Dark Carnage</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256033177</t>
+          <t>9786256033597</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider Cilt 1: Zincirinden Boşanmış</t>
+          <t>Ghost Rider Cilt 2: Gölge Ülke</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256033481</t>
+          <t>9786256033177</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Die Cilt 3: Büyük Oyun</t>
+          <t>Ghost Rider Cilt 1: Zincirinden Boşanmış</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257996822</t>
+          <t>9786256033481</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kısas Öyküler: Kış Masalı (Kapak B)</t>
+          <t>Die Cilt 3: Büyük Oyun</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>96</v>
+        <v>380</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257996716</t>
+          <t>9786257996822</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kısas Öyküler: Kış Masalı (Kapak A)</t>
+          <t>Kısas Öyküler: Kış Masalı (Kapak B)</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>96</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000052145</t>
+          <t>9786257996716</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 4 - Kapak B</t>
+          <t>Kısas Öyküler: Kış Masalı (Kapak A)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>96</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000085484</t>
+          <t>3990000052145</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı : 2 - Kapak B</t>
+          <t>Star Trek Sayı: 4 - Kapak B</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000054844</t>
+          <t>3990000085484</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı : 1 - Nostalji Kapak</t>
+          <t>Star Trek Sayı : 2 - Kapak B</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257996983</t>
+          <t>3990000054844</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 18 (Kapak A)</t>
+          <t>Star Trek Sayı : 1 - Nostalji Kapak</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257996105</t>
+          <t>9786257996983</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 17 (Kapak A)</t>
+          <t>Yargıç Dredd Sayı: 18 (Kapak A)</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256033450</t>
+          <t>9786257996105</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 9 - Chao Yarışları ve Badnik Üsleri</t>
+          <t>Yargıç Dredd Sayı: 17 (Kapak A)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258271010</t>
+          <t>9786256033450</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Weird Myths: Tuhaf Hikayeler ve Mitler</t>
+          <t>Kirpi Sonic Cilt 9 - Chao Yarışları ve Badnik Üsleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258271119</t>
+          <t>9786258271010</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic: Film Özel</t>
+          <t>Weird Myths: Tuhaf Hikayeler ve Mitler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257543675</t>
+          <t>9786258271119</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kısas Öyküler: Çölün Ölüleri Kapak A</t>
+          <t>Kirpi Sonic: Film Özel</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>96</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257996952</t>
+          <t>9786257543675</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nippon 1 (İngilizce)</t>
+          <t>Kısas Öyküler: Çölün Ölüleri Kapak A</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>96</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056876486</t>
+          <t>9786257996952</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Savaş Günlüğü</t>
+          <t>Nippon 1 (İngilizce)</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056457364</t>
+          <t>9786056876486</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Cassidy Cilt 3: Kanlı Maske</t>
+          <t>Savaş Günlüğü</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257996723</t>
+          <t>9786056457364</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Rom Cilt: 3 - Yıkıma Giden Yollar</t>
+          <t>Cassidy Cilt 3: Kanlı Maske</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056963124</t>
+          <t>9786257996723</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kısas: Bölüm 1: Öcü: Kapak D</t>
+          <t>Rom Cilt: 3 - Yıkıma Giden Yollar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>96</v>
+        <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056963117</t>
+          <t>9786056963124</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kısas: Bölüm 1: Öcü: Kapak C</t>
+          <t>Kısas: Bölüm 1: Öcü: Kapak D</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>96</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056963100</t>
+          <t>9786056963117</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kısas: Bölüm 1: Öcü: Kapak B</t>
+          <t>Kısas: Bölüm 1: Öcü: Kapak C</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>96</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257996747</t>
+          <t>9786056963100</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Rom Cilt 2 : Takviye Kuvvetler</t>
+          <t>Kısas: Bölüm 1: Öcü: Kapak B</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>380</v>
+        <v>96</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257543040</t>
+          <t>9786257996747</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>What If? Marvel Ghost Rider İle Metalciliğe Soyunursa...</t>
+          <t>Rom Cilt 2 : Takviye Kuvvetler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>88</v>
+        <v>380</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257996334</t>
+          <t>9786257543040</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kısas - Bölüm 3: Otoliz Ruhlar: Kapak B</t>
+          <t>What If? Marvel Ghost Rider İle Metalciliğe Soyunursa...</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>96</v>
+        <v>88</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257543095</t>
+          <t>9786257996334</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>1985 - Marvel</t>
+          <t>Kısas - Bölüm 3: Otoliz Ruhlar: Kapak B</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>380</v>
+        <v>96</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257996518</t>
+          <t>9786257543095</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ana Cilt Bir</t>
+          <t>1985 - Marvel</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056981593</t>
+          <t>9786257996518</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kısas: Bölüm 2: En Uzun Gece: Kapak B</t>
+          <t>Kızıl Ana Cilt Bir</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>96</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056981586</t>
+          <t>9786056981593</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kısas Bölüm 2: En Uzun Gece: Kapak C</t>
+          <t>Kısas: Bölüm 2: En Uzun Gece: Kapak B</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>140</v>
+        <v>96</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056876431</t>
+          <t>9786056981586</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Transformers - Kayıp Işık (Bölüm 3 Kapak B)</t>
+          <t>Kısas Bölüm 2: En Uzun Gece: Kapak C</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>88</v>
+        <v>140</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256033429</t>
+          <t>9786056876431</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Destanı</t>
+          <t>Transformers - Kayıp Işık (Bölüm 3 Kapak B)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>88</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258271935</t>
+          <t>9786256033429</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Milyon Katlı Labirent 2</t>
+          <t>Ergenekon Destanı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258271928</t>
+          <t>9786258271935</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Milyon Katlı Labirent 1</t>
+          <t>Milyon Katlı Labirent 2</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256033443</t>
+          <t>9786258271928</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aklımın İzinde</t>
+          <t>Milyon Katlı Labirent 1</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9771306220003</t>
+          <t>9786256033443</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hızır Bey - Voyvoda'nın Peşinde</t>
+          <t>Kayıp Aklımın İzinde</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258271331</t>
+          <t>9771306220003</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Örümceğin Gölgesi</t>
+          <t>Hızır Bey - Voyvoda'nın Peşinde</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257543989</t>
+          <t>9786258271331</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>What If AvX</t>
+          <t>Spider-Man: Örümceğin Gölgesi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786056963193</t>
+          <t>9786257543989</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı 14 - Keenser'in Hikayesi</t>
+          <t>What If AvX</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257996839</t>
+          <t>9786056963193</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 3 - Melek Adası İçin Savaş</t>
+          <t>Star Trek Sayı 14 - Keenser'in Hikayesi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256033405</t>
+          <t>9786257996839</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic: Kış Partisi</t>
+          <t>Kirpi Sonic Cilt 3 - Melek Adası İçin Savaş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256033399</t>
+          <t>9786256033405</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic: Bitmeyen Yaz</t>
+          <t>Kirpi Sonic: Kış Partisi</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258271454</t>
+          <t>9786256033399</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>What If? Venom Deadpool’u Ele Geçirseydi?</t>
+          <t>Kirpi Sonic: Bitmeyen Yaz</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257543910</t>
+          <t>9786258271454</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-Man Black Cat ile Evlenseydi?</t>
+          <t>What If? Venom Deadpool’u Ele Geçirseydi?</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257543903</t>
+          <t>9786257543910</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-Man Mary Jane İle Evlenmeseydi?</t>
+          <t>What If? Spider-Man Black Cat ile Evlenseydi?</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257543712</t>
+          <t>9786257543903</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-Man The Other</t>
+          <t>What If? Spider-Man Mary Jane İle Evlenmeseydi?</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257543651</t>
+          <t>9786257543712</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-man Siyaha Dönüş</t>
+          <t>What If? Spider-Man The Other</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257543279</t>
+          <t>9786257543651</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>What İf ? Spider-Man Wolverine’e Karşı</t>
+          <t>What If? Spider-man Siyaha Dönüş</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257543255</t>
+          <t>9786257543279</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>What İf ? Wolverine Bir Numaralı Halk Düşmanı</t>
+          <t>What İf ? Spider-Man Wolverine’e Karşı</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257543033</t>
+          <t>9786257543255</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>What If? Thor Buz Devleri Tarafından Yetiştirilseydi...</t>
+          <t>What İf ? Wolverine Bir Numaralı Halk Düşmanı</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257543071</t>
+          <t>9786257543033</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>What If ? Peter Parker Punisher Olsaydı…</t>
+          <t>What If? Thor Buz Devleri Tarafından Yetiştirilseydi...</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257543057</t>
+          <t>9786257543071</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>What If? Flash Thompson Spider Man Olsaydı...</t>
+          <t>What If ? Peter Parker Punisher Olsaydı…</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256033115</t>
+          <t>9786257543057</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Wolverine Cilt 1</t>
+          <t>What If? Flash Thompson Spider Man Olsaydı...</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>440</v>
+        <v>120</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258271942</t>
+          <t>9786256033115</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Marvel 1602</t>
+          <t>Wolverine Cilt 1</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>480</v>
+        <v>440</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258271843</t>
+          <t>9786258271942</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Leydi Mechanika Cilt 1</t>
+          <t>Marvel 1602</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256033085</t>
+          <t>9786258271843</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol</t>
+          <t>Leydi Mechanika Cilt 1</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258271997</t>
+          <t>9786256033085</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Wolverine: Logan</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256033030</t>
+          <t>9786258271997</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sweet Paprika 2</t>
+          <t>Wolverine: Logan</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256033016</t>
+          <t>9786256033030</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sweet Paprika 1</t>
+          <t>Sweet Paprika 2</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258271218</t>
+          <t>9786256033016</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Decorum: Nezaket</t>
+          <t>Sweet Paprika 1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>800</v>
+        <v>380</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258271638</t>
+          <t>9786258271218</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>What If? Avcı Kraven SpiderMan’i Öldürseydi?</t>
+          <t>Decorum: Nezaket</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258271676</t>
+          <t>9786258271638</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Wolverine</t>
+          <t>What If? Avcı Kraven SpiderMan’i Öldürseydi?</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258271584</t>
+          <t>9786258271676</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>What If? Thor’un Çekicini Loki Bulsaydı?</t>
+          <t>Wolverine</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258271607</t>
+          <t>9786258271584</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>What If? Jane Foster Thor’un Çekicini Bulsaydı?</t>
+          <t>What If? Thor’un Çekicini Loki Bulsaydı?</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258271645</t>
+          <t>9786258271607</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>What If? Dark Reign Dark Reign</t>
+          <t>What If? Jane Foster Thor’un Çekicini Bulsaydı?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258271966</t>
+          <t>9786258271645</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Saltanat</t>
+          <t>What If? Dark Reign Dark Reign</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258271744</t>
+          <t>9786258271966</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 6</t>
+          <t>Spider-Man: Saltanat</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258271737</t>
+          <t>9786258271744</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 5</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 6</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258271720</t>
+          <t>9786258271737</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 4</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 5</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258271904</t>
+          <t>9786258271720</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Caveman Koleksiyon</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 4</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258271911</t>
+          <t>9786258271904</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Gerzeklik</t>
+          <t>Caveman Koleksiyon</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257996044</t>
+          <t>9786258271911</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 1 - Başıboş Robotlar!</t>
+          <t>Büyülü Gerzeklik</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>3990000011516</t>
+          <t>9786257996044</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 10 Kapak A</t>
+          <t>Kirpi Sonic Cilt 1 - Başıboş Robotlar!</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>56</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258271492</t>
+          <t>3990000011516</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cit 8 – Birdenbire</t>
+          <t>Yargıç Dredd Sayı 10 Kapak A</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>260</v>
+        <v>56</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258271812</t>
+          <t>9786258271492</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic 30. Yıl Özel</t>
+          <t>Kirpi Sonic Cit 8 – Birdenbire</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258271652</t>
+          <t>9786258271812</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spot Işığı Altında Ghost Rider</t>
+          <t>Kirpi Sonic 30. Yıl Özel</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258271713</t>
+          <t>9786258271652</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 3</t>
+          <t>Marvel Spot Işığı Altında Ghost Rider</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258271706</t>
+          <t>9786258271713</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 2</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 3</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258271690</t>
+          <t>9786258271706</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 1</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 2</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258271614</t>
+          <t>9786258271690</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>What If? Thor Galactus’un Elçisi Olsaydı?</t>
+          <t>Ghost Rider: Lanetlenmeye Giden Yol - Bölüm 1</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258271874</t>
+          <t>9786258271614</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony: Mikro - Seriler - Rarity</t>
+          <t>What If? Thor Galactus’un Elçisi Olsaydı?</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258271881</t>
+          <t>9786258271874</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony: Rainbow Dash</t>
+          <t>My Little Pony: Mikro - Seriler - Rarity</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258271577</t>
+          <t>9786258271881</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>What If? Wolverine: Baba</t>
+          <t>My Little Pony: Rainbow Dash</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258271867</t>
+          <t>9786258271577</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony: Twilight Sparkle</t>
+          <t>What If? Wolverine: Baba</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258271621</t>
+          <t>9786258271867</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>What If? Avengers Herkesi Yenseydi?</t>
+          <t>My Little Pony: Twilight Sparkle</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258271850</t>
+          <t>9786258271621</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony: Arkadaşlık Sihirlidir</t>
+          <t>What If? Avengers Herkesi Yenseydi?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258271683</t>
+          <t>9786258271850</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Johny Blaze: Ghost Rider</t>
+          <t>My Little Pony: Arkadaşlık Sihirlidir</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258271478</t>
+          <t>9786258271683</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Destanı Bölüm 2 (Ciltli)</t>
+          <t>Johny Blaze: Ghost Rider</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258271386</t>
+          <t>9786258271478</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>What If General Ross Hulk Olsaydı?</t>
+          <t>Ergenekon Destanı Bölüm 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258271423</t>
+          <t>9786258271386</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>What If? Gizli İstila</t>
+          <t>What If General Ross Hulk Olsaydı?</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258271416</t>
+          <t>9786258271423</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>What If? Iron Man: Zırhtaki İblis</t>
+          <t>What If? Gizli İstila</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258271409</t>
+          <t>9786258271416</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-Man: House Of M</t>
+          <t>What If? Iron Man: Zırhtaki İblis</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258271393</t>
+          <t>9786258271409</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>What If Dr. Doom Thing Olsaydı?</t>
+          <t>What If? Spider-Man: House Of M</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258271430</t>
+          <t>9786258271393</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>What If? Astonishing X-Men</t>
+          <t>What If Dr. Doom Thing Olsaydı?</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258271317</t>
+          <t>9786258271430</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Oldman - Bölüm 2</t>
+          <t>What If? Astonishing X-Men</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258271133</t>
+          <t>9786258271317</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Oldman - Bölüm 1</t>
+          <t>Oldman - Bölüm 2</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258271041</t>
+          <t>9786258271133</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Örümceğin Gölgesi (4. Bölüm)</t>
+          <t>Oldman - Bölüm 1</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258271034</t>
+          <t>9786258271041</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Örümceğin Gölgesi (5. Bölüm)</t>
+          <t>Spider-Man: Örümceğin Gölgesi (4. Bölüm)</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258271201</t>
+          <t>9786258271034</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>What If Spider-Man: Ben Amca Yerine May Yenge Ölseydi?</t>
+          <t>Spider-Man: Örümceğin Gölgesi (5. Bölüm)</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258271126</t>
+          <t>9786258271201</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>What If? Spider-Man: Ben Amca Yaşasaydı?</t>
+          <t>What If Spider-Man: Ben Amca Yerine May Yenge Ölseydi?</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258271157</t>
+          <t>9786258271126</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>What If Silver Surfer Infinity Gauntlet’e Sahip Olsaydı?</t>
+          <t>What If? Spider-Man: Ben Amca Yaşasaydı?</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258271164</t>
+          <t>9786258271157</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>What If Magneto ve Profesör X, X-Men’i Birlikte Kursaydı?</t>
+          <t>What If Silver Surfer Infinity Gauntlet’e Sahip Olsaydı?</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257543934</t>
+          <t>9786258271164</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>What If Infinity</t>
+          <t>What If Magneto ve Profesör X, X-Men’i Birlikte Kursaydı?</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258271195</t>
+          <t>9786257543934</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>What If? İç Savaş</t>
+          <t>What If Infinity</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258271287</t>
+          <t>9786258271195</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>What If Annihilation Dünyaya Ulaşsaydı?</t>
+          <t>What If? İç Savaş</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258271232</t>
+          <t>9786258271287</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Die Cilt 2: Partiyi Bölmek</t>
+          <t>What If Annihilation Dünyaya Ulaşsaydı?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258271140</t>
+          <t>9786258271232</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 5 - Şehirde Kriz</t>
+          <t>Die Cilt 2: Partiyi Bölmek</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258271355</t>
+          <t>9786258271140</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Yıllık 2019</t>
+          <t>Kirpi Sonic Cilt 5 - Şehirde Kriz</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257543842</t>
+          <t>9786258271355</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Once and Future Üçüncü</t>
+          <t>Kirpi Sonic Yıllık 2019</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257543873</t>
+          <t>9786257543842</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ana: Cilt Üç</t>
+          <t>Once and Future Üçüncü</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258271270</t>
+          <t>9786257543873</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 6 - Son Dakika</t>
+          <t>Kızıl Ana: Cilt Üç</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258271072</t>
+          <t>9786258271270</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Örümceğin Gölgesi (3. Bölüm)</t>
+          <t>Kirpi Sonic Cilt 6 - Son Dakika</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257543804</t>
+          <t>9786258271072</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>What If? X-Men</t>
+          <t>Spider-Man: Örümceğin Gölgesi (3. Bölüm)</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257543729</t>
+          <t>9786257543804</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>What If? Daredevil Elektra’ya Karşı</t>
+          <t>What If? X-Men</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257543774</t>
+          <t>9786257543729</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Örümceğin Gölgesi (2. Bölüm)</t>
+          <t>What If? Daredevil Elektra’ya Karşı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257543767</t>
+          <t>9786257543774</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Örümceğin Gölgesi (1. Bölüm)</t>
+          <t>Spider-Man: Örümceğin Gölgesi (2. Bölüm)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258271102</t>
+          <t>9786257543767</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic: Sonic Takımı Yarışta</t>
+          <t>Spider-Man: Örümceğin Gölgesi (1. Bölüm)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786056981579</t>
+          <t>9786258271102</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ormanda</t>
+          <t>Kirpi Sonic: Sonic Takımı Yarışta</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257543347</t>
+          <t>9786056981579</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Defenders Cilt 1: Elmaslar Sonsuzdur</t>
+          <t>Ormanda</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257543361</t>
+          <t>9786257543347</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Defenders Cilt 2: New York'un Elabaşları</t>
+          <t>Defenders Cilt 1: Elmaslar Sonsuzdur</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257543224</t>
+          <t>9786257543361</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Dungeons &amp; Dragons: Sonsuz Macera Günleri</t>
+          <t>Defenders Cilt 2: New York'un Elabaşları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>4440000001463</t>
+          <t>9786257543224</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kısas - Bölüm 3: Otoliz Ruhlar - Presstij Dükkan Variantı Kapak E</t>
+          <t>Dungeons &amp; Dragons: Sonsuz Macera Günleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>48</v>
+        <v>750</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257543682</t>
+          <t>4440000001463</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kısas Öyküler: Çölün Ölüleri Kapak B</t>
+          <t>Kısas - Bölüm 3: Otoliz Ruhlar - Presstij Dükkan Variantı Kapak E</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>140</v>
+        <v>48</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257543392</t>
+          <t>9786257543682</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Marvel 1872 - Kapak A - Enzo</t>
+          <t>Kısas Öyküler: Çölün Ölüleri Kapak B</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257543422</t>
+          <t>9786257543392</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Pelerin Cilt 3: Günahkâr - Kapak A</t>
+          <t>Marvel 1872 - Kapak A - Enzo</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257543439</t>
+          <t>9786257543422</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Pelerin Cilt 3: Günahkar - Presstij Dükkan Varyantı</t>
+          <t>Pelerin Cilt 3: Günahkâr - Kapak A</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>80</v>
+        <v>260</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786056837838</t>
+          <t>9786257543439</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>ROM Cilt 1 - Dünya'nın Düşüşü (Kapak B)</t>
+          <t>Pelerin Cilt 3: Günahkar - Presstij Dükkan Varyantı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>112</v>
+        <v>80</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786056837845</t>
+          <t>9786056837838</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>ROM Cilt 1 - Dünya'nın Düşüşü (Kapak C)</t>
+          <t>ROM Cilt 1 - Dünya'nın Düşüşü (Kapak B)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>320</v>
+        <v>112</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786056837852</t>
+          <t>9786056837845</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>ROM Cilt 1 - Dünya'nın Düşüşü (Kapak D)</t>
+          <t>ROM Cilt 1 - Dünya'nın Düşüşü (Kapak C)</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257996181</t>
+          <t>9786056837852</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı 1 (Kapak B)</t>
+          <t>ROM Cilt 1 - Dünya'nın Düşüşü (Kapak D)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257543620</t>
+          <t>9786257996181</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>What If? Fallen Son</t>
+          <t>Usagi Yojimbo Sayı 1 (Kapak B)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257543644</t>
+          <t>9786257543620</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>What If? Gizli Savaşlar</t>
+          <t>What If? Fallen Son</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257543231</t>
+          <t>9786257543644</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>What If? House of M</t>
+          <t>What If? Gizli Savaşlar</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257543637</t>
+          <t>9786257543231</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>What If? Yepyeni Fantastik Dörtlü</t>
+          <t>What If? House of M</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257543590</t>
+          <t>9786257543637</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Stray Dogs - Kaçak Köpekler Sayı 5 (Kapak A)</t>
+          <t>What If? Yepyeni Fantastik Dörtlü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257543569</t>
+          <t>9786257543590</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Stray Dogs - Kaçak Köpekler Sayı 4 (Kapak A)</t>
+          <t>Stray Dogs - Kaçak Köpekler Sayı 5 (Kapak A)</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257543538</t>
+          <t>9786257543569</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Stray Dogs - Kaçak Köpekler Sayı 3 (Kapak A)</t>
+          <t>Stray Dogs - Kaçak Köpekler Sayı 4 (Kapak A)</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257543507</t>
+          <t>9786257543538</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Stray Dogs - Kaçak Köpekler Sayı 2 (Kapak A)</t>
+          <t>Stray Dogs - Kaçak Köpekler Sayı 3 (Kapak A)</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257543484</t>
+          <t>9786257543507</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Stray Dogs - Kaçak Köpekler Sayı 1 (Kapak A)</t>
+          <t>Stray Dogs - Kaçak Köpekler Sayı 2 (Kapak A)</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257543316</t>
+          <t>9786257543484</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Klaus - Noel Baba’nın Hikayesi</t>
+          <t>Stray Dogs - Kaçak Köpekler Sayı 1 (Kapak A)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257543293</t>
+          <t>9786257543316</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ana - Cilt 2</t>
+          <t>Klaus - Noel Baba’nın Hikayesi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257543170</t>
+          <t>9786257543293</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>What İf ? Wolverine Devlet Düşmanı</t>
+          <t>Kızıl Ana - Cilt 2</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257543125</t>
+          <t>9786257543170</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bullet Points</t>
+          <t>What İf ? Wolverine Devlet Düşmanı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257543064</t>
+          <t>9786257543125</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>What If? Planet Hulk</t>
+          <t>Bullet Points</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257996099</t>
+          <t>9786257543064</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 17 (Kapak B)</t>
+          <t>What If? Planet Hulk</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257996990</t>
+          <t>9786257996099</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 18 (Kapak B)</t>
+          <t>Yargıç Dredd Sayı 17 (Kapak B)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257996815</t>
+          <t>9786257996990</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 17 - Bones</t>
+          <t>Yargıç Dredd Sayı 18 (Kapak B)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257543026</t>
+          <t>9786257996815</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>G.I. Joe Snake Eyes: Kobra Ajanı</t>
+          <t>Star Trek Sayı: 17 - Bones</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257543002</t>
+          <t>9786257543026</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 18 - Kayan Bir Yıldızın Sesi</t>
+          <t>G.I. Joe Snake Eyes: Kobra Ajanı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257996693</t>
+          <t>9786257543002</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ozon Terapisi Kılavuzu</t>
+          <t>Star Trek Sayı: 18 - Kayan Bir Yıldızın Sesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257996853</t>
+          <t>9786257996693</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 9</t>
+          <t>Ozon Terapisi Kılavuzu</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257996877</t>
+          <t>9786257996853</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 11</t>
+          <t>Usagi Yojimbo Sayı: 9</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257996907</t>
+          <t>9786257996877</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 13</t>
+          <t>Usagi Yojimbo Sayı: 11</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257996891</t>
+          <t>9786257996907</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 14</t>
+          <t>Usagi Yojimbo Sayı: 13</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257996884</t>
+          <t>9786257996891</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 12</t>
+          <t>Usagi Yojimbo Sayı: 14</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257996860</t>
+          <t>9786257996884</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 10</t>
+          <t>Usagi Yojimbo Sayı: 12</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257996976</t>
+          <t>9786257996860</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Nippon Sayı: 1</t>
+          <t>Usagi Yojimbo Sayı: 10</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257996846</t>
+          <t>9786257996976</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 8</t>
+          <t>Nippon Sayı: 1</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257996921</t>
+          <t>9786257996846</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Once - Future İkinci Kitap: Eski Toprak</t>
+          <t>Usagi Yojimbo Sayı: 8</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257996594</t>
+          <t>9786257996921</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Pelerin 1969 (Kapak A)</t>
+          <t>Once - Future İkinci Kitap: Eski Toprak</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257996709</t>
+          <t>9786257996594</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Pelerin 1969 (Kapak B)</t>
+          <t>Pelerin 1969 (Kapak A)</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257996679</t>
+          <t>9786257996709</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Sonrası Kuş Cenneti (Ciltli)</t>
+          <t>Pelerin 1969 (Kapak B)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257996549</t>
+          <t>9786257996679</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Mercy</t>
+          <t>Kıyamet Sonrası Kuş Cenneti (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786058069022</t>
+          <t>9786257996549</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 16 (Kapak B)</t>
+          <t>Mercy</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786058069015</t>
+          <t>9786058069022</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 16 (Kapak A)</t>
+          <t>Yargıç Dredd Sayı 16 (Kapak B)</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257996488</t>
+          <t>9786058069015</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 15 (Kapak B)</t>
+          <t>Yargıç Dredd Sayı 16 (Kapak A)</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257996471</t>
+          <t>9786257996488</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 15 (Kapak A)</t>
+          <t>Yargıç Dredd Sayı 15 (Kapak B)</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257996464</t>
+          <t>9786257996471</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 14 (Kapak B)</t>
+          <t>Yargıç Dredd Sayı 15 (Kapak A)</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257996457</t>
+          <t>9786257996464</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 14 (Kapak A)</t>
+          <t>Yargıç Dredd Sayı 14 (Kapak B)</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257996617</t>
+          <t>9786257996457</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 8 (Kapak B)</t>
+          <t>Yargıç Dredd Sayı 14 (Kapak A)</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257996624</t>
+          <t>9786257996617</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 8 (Kapak A)</t>
+          <t>Transformers Kayıp Işık Bölüm 8 (Kapak B)</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257996242</t>
+          <t>9786257996624</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 7 (Kapak B)</t>
+          <t>Transformers Kayıp Işık Bölüm 8 (Kapak A)</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257996259</t>
+          <t>9786257996242</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 7 (Kapak A)</t>
+          <t>Transformers Kayıp Işık Bölüm 7 (Kapak B)</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257996495</t>
+          <t>9786257996259</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı 16: Ayna Ayna Bölüm 2</t>
+          <t>Transformers Kayıp Işık Bölüm 7 (Kapak A)</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257996280</t>
+          <t>9786257996495</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı 15: Ayna Ayna Bölüm 1</t>
+          <t>Star Trek Sayı 16: Ayna Ayna Bölüm 2</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257996600</t>
+          <t>9786257996280</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Gesar: Tutuşan Bozkırlar</t>
+          <t>Star Trek Sayı 15: Ayna Ayna Bölüm 1</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257996426</t>
+          <t>9786257996600</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcı Fettah ve Görünmeyen Adam</t>
+          <t>Gesar: Tutuşan Bozkırlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>3990000046716</t>
+          <t>9786257996426</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd 11: Kapak B</t>
+          <t>Şarkıcı Fettah ve Görünmeyen Adam</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>56</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>3990000096137</t>
+          <t>3990000046716</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd 11: Kapak A</t>
+          <t>Yargıç Dredd 11: Kapak B</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>3990000045139</t>
+          <t>3990000096137</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd 12: Kapak B</t>
+          <t>Yargıç Dredd 11: Kapak A</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>3990000084131</t>
+          <t>3990000045139</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd 12: Kapak A</t>
+          <t>Yargıç Dredd 12: Kapak B</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257996235</t>
+          <t>3990000084131</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Türk Atası (Ciltli)</t>
+          <t>Yargıç Dredd 12: Kapak A</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>400</v>
+        <v>56</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257996396</t>
+          <t>9786257996235</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Gesar: Yokbol Başlıyor</t>
+          <t>Türk Atası (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257996273</t>
+          <t>9786257996396</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>The Crow Cilt 4: Gece Yarısı Efsaneleri</t>
+          <t>Gesar: Yokbol Başlıyor</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257996266</t>
+          <t>9786257996273</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>The Crow Cilt: 3: Gece Yarısı Efsaneleri</t>
+          <t>The Crow Cilt 4: Gece Yarısı Efsaneleri</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257996402</t>
+          <t>9786257996266</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Durango 7: Loneville</t>
+          <t>The Crow Cilt: 3: Gece Yarısı Efsaneleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257996082</t>
+          <t>9786257996402</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Karadut Ekspres</t>
+          <t>Durango 7: Loneville</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257996136</t>
+          <t>9786257996082</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 5</t>
+          <t>Karadut Ekspres</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257996143</t>
+          <t>9786257996136</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 4</t>
+          <t>Usagi Yojimbo Sayı: 5</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257996112</t>
+          <t>9786257996143</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 7</t>
+          <t>Usagi Yojimbo Sayı: 4</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257996129</t>
+          <t>9786257996112</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 6</t>
+          <t>Usagi Yojimbo Sayı: 7</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257996150</t>
+          <t>9786257996129</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 3</t>
+          <t>Usagi Yojimbo Sayı: 6</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257996167</t>
+          <t>9786257996150</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Usagi Yojimbo Sayı: 2</t>
+          <t>Usagi Yojimbo Sayı: 3</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257996310</t>
+          <t>9786257996167</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Once Future Cilt: 1: Kral Ölümsüz</t>
+          <t>Usagi Yojimbo Sayı: 2</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257996372</t>
+          <t>9786257996310</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kısas - Bölüm 3: Otoliz Ruhlar: Kapak A</t>
+          <t>Once Future Cilt: 1: Kral Ölümsüz</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>96</v>
+        <v>380</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257996068</t>
+          <t>9786257996372</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Bebek</t>
+          <t>Kısas - Bölüm 3: Otoliz Ruhlar: Kapak A</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>205</v>
+        <v>96</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257996051</t>
+          <t>9786257996068</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Sonic Cilt 2 - Dr. Eggman’in Kaderi</t>
+          <t>Hoş Geldin Bebek</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257996006</t>
+          <t>9786257996051</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kısas: Bölüm 2: En Uzun Gece: Kapak A</t>
+          <t>Kirpi Sonic Cilt 2 - Dr. Eggman’in Kaderi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257996037</t>
+          <t>9786257996006</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kısas - Bölüm 2: En Uzun Gece (Kapak D)</t>
+          <t>Kısas: Bölüm 2: En Uzun Gece: Kapak A</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786056981500</t>
+          <t>9786257996037</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 13 (Kapak A)</t>
+          <t>Kısas - Bölüm 2: En Uzun Gece (Kapak D)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>56</v>
+        <v>140</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786056981548</t>
+          <t>9786056981500</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 5 (Kapak A)</t>
+          <t>Yargıç Dredd Sayı: 13 (Kapak A)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786056963148</t>
+          <t>9786056981548</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Pelerin (Kapak A)</t>
+          <t>Transformers Kayıp Işık Bölüm 5 (Kapak A)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786056963155</t>
+          <t>9786056963148</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Pelerin (Kapak B)</t>
+          <t>Pelerin (Kapak A)</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786058069060</t>
+          <t>9786056963155</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>The Crow: Gece Yarısı Efsaneleri Cilt 2</t>
+          <t>Pelerin (Kapak B)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786058069091</t>
+          <t>9786058069060</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kısas: Bölüm 1: Öcü: Kapak A</t>
+          <t>The Crow: Gece Yarısı Efsaneleri Cilt 2</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>96</v>
+        <v>220</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786056963162</t>
+          <t>9786058069091</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Pelerin (Kapak C)</t>
+          <t>Kısas: Bölüm 1: Öcü: Kapak A</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>320</v>
+        <v>96</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786056876448</t>
+          <t>9786056963162</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Transformers - Kayıp Işık (Bölüm 4 Kapak B)</t>
+          <t>Pelerin (Kapak C)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786058069046</t>
+          <t>9786056876448</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 13</t>
+          <t>Transformers - Kayıp Işık (Bölüm 4 Kapak B)</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786056876424</t>
+          <t>9786058069046</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Transformers - Kayıp Işık (Bölüm 3 Kapak A)</t>
+          <t>Star Trek Sayı: 13</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>3990000004616</t>
+          <t>9786056876424</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı 10 - Kapak B</t>
+          <t>Transformers - Kayıp Işık (Bölüm 3 Kapak A)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>3990000024674</t>
+          <t>3990000004616</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı 12</t>
+          <t>Yargıç Dredd Sayı 10 - Kapak B</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786056837890</t>
+          <t>3990000024674</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 2 Kapak B</t>
+          <t>Star Trek Sayı 12</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786056837883</t>
+          <t>9786056837890</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Transformers Kayıp Işık Bölüm 2 Kapak A</t>
+          <t>Transformers Kayıp Işık Bölüm 2 Kapak B</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786056876400</t>
+          <t>9786056837883</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>The Crow : Gece Yarısı Efsaneleri Cilt 1</t>
+          <t>Transformers Kayıp Işık Bölüm 2 Kapak A</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>3990000080734</t>
+          <t>9786056876400</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 9 - Kapak A</t>
+          <t>The Crow : Gece Yarısı Efsaneleri Cilt 1</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>56</v>
+        <v>220</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>3990000096247</t>
+          <t>3990000080734</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 11</t>
+          <t>Yargıç Dredd Sayı: 9 - Kapak A</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786056837821</t>
+          <t>3990000096247</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Durango 6: Bir Desperado'nun Kaderi</t>
+          <t>Star Trek Sayı: 11</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>3990000047770</t>
+          <t>9786056837821</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 8 - Kapak A</t>
+          <t>Durango 6: Bir Desperado'nun Kaderi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>56</v>
+        <v>360</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>3990000047771</t>
+          <t>3990000047770</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 8 - Kapak B</t>
+          <t>Yargıç Dredd Sayı: 8 - Kapak A</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>3990000047769</t>
+          <t>3990000047771</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 10</t>
+          <t>Yargıç Dredd Sayı: 8 - Kapak B</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>3990000047768</t>
+          <t>3990000047769</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 9</t>
+          <t>Star Trek Sayı: 10</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>3990000047767</t>
+          <t>3990000047768</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 8 - Kapak B</t>
+          <t>Star Trek Sayı: 9</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>3990000047766</t>
+          <t>3990000047767</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 8 - Kapak A</t>
+          <t>Star Trek Sayı: 8 - Kapak B</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786056837807</t>
+          <t>3990000047766</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Durango 5: Vahşi Sierra</t>
+          <t>Star Trek Sayı: 8 - Kapak A</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>3990000045012</t>
+          <t>9786056837807</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 7 - Kapak B</t>
+          <t>Durango 5: Vahşi Sierra</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>56</v>
+        <v>360</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>3990000045013</t>
+          <t>3990000045012</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 7 - Kapak A</t>
+          <t>Yargıç Dredd Sayı: 7 - Kapak B</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>3990000099907</t>
+          <t>3990000045013</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 7 - Kapak B</t>
+          <t>Yargıç Dredd Sayı: 7 - Kapak A</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>3990000099906</t>
+          <t>3990000099907</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 7 - Kapak A</t>
+          <t>Star Trek Sayı: 7 - Kapak B</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>3990000045014</t>
+          <t>3990000099906</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 6 - Kapak B</t>
+          <t>Star Trek Sayı: 7 - Kapak A</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>3990000099905</t>
+          <t>3990000045014</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 6 - Kapak B</t>
+          <t>Yargıç Dredd Sayı: 6 - Kapak B</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>3990000059089</t>
+          <t>3990000099905</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 6 - Kapak A</t>
+          <t>Star Trek Sayı: 6 - Kapak B</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>3990000087004</t>
+          <t>3990000059089</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 5 - Kapak B</t>
+          <t>Star Trek Sayı: 6 - Kapak A</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>3990000049153</t>
+          <t>3990000087004</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 6 - Kapak A</t>
+          <t>Star Trek Sayı: 5 - Kapak B</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>3990000047491</t>
+          <t>3990000049153</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 5 - Kapak B</t>
+          <t>Yargıç Dredd Sayı: 6 - Kapak A</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>3990000071647</t>
+          <t>3990000047491</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 5 - Kapak A</t>
+          <t>Yargıç Dredd Sayı: 5 - Kapak B</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>3990000094005</t>
+          <t>3990000071647</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 5 - Kapak A</t>
+          <t>Yargıç Dredd Sayı: 5 - Kapak A</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>3990000047596</t>
+          <t>3990000094005</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 4 - Kapak B</t>
+          <t>Star Trek Sayı: 5 - Kapak A</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>3990000054647</t>
+          <t>3990000047596</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 4 - Kapak A</t>
+          <t>Yargıç Dredd Sayı: 4 - Kapak B</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>3990000084662</t>
+          <t>3990000054647</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 3 - Kapak B</t>
+          <t>Yargıç Dredd Sayı: 4 - Kapak A</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>3990000058664</t>
+          <t>3990000084662</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı: 3 - Kapak A</t>
+          <t>Yargıç Dredd Sayı: 3 - Kapak B</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>3990000054525</t>
+          <t>3990000058664</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 4 - Kapak A</t>
+          <t>Yargıç Dredd Sayı: 3 - Kapak A</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>3990000054574</t>
+          <t>3990000054525</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 3 - Kapak B</t>
+          <t>Star Trek Sayı: 4 - Kapak A</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>3990000024564</t>
+          <t>3990000054574</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı: 3 - Kapak A</t>
+          <t>Star Trek Sayı: 3 - Kapak B</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786056523250</t>
+          <t>3990000024564</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Maymunlar Gezegeni - Kapak A</t>
+          <t>Star Trek Sayı: 3 - Kapak A</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>3990000054744</t>
+          <t>9786056523250</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı : 2 - Kapak B</t>
+          <t>Star Trek Maymunlar Gezegeni - Kapak A</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>56</v>
+        <v>320</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>3990000054445</t>
+          <t>3990000054744</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı : 2 - Kapak A</t>
+          <t>Yargıç Dredd Sayı : 2 - Kapak B</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>3990000054774</t>
+          <t>3990000054445</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı : 1 - Kapak B</t>
+          <t>Yargıç Dredd Sayı : 2 - Kapak A</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>3990000054554</t>
+          <t>3990000054774</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Dredd Sayı : 1 - Kapak A</t>
+          <t>Yargıç Dredd Sayı : 1 - Kapak B</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>56</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>3990000056478</t>
+          <t>3990000054554</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı : 2 - Kapak A</t>
+          <t>Yargıç Dredd Sayı : 1 - Kapak A</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>120</v>
+        <v>56</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>3990000054628</t>
+          <t>3990000056478</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı : 1 - Kapak B</t>
+          <t>Star Trek Sayı : 2 - Kapak A</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>3990000054974</t>
+          <t>3990000054628</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Sayı : 1 - Kapak A</t>
+          <t>Star Trek Sayı : 1 - Kapak B</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786056523229</t>
+          <t>3990000054974</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Orbital - 1. Yaralar</t>
+          <t>Star Trek Sayı : 1 - Kapak A</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786056523212</t>
+          <t>9786056523229</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Orbital - 2. Kırıklar</t>
+          <t>Orbital - 1. Yaralar</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786058884847</t>
+          <t>9786056523212</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hızır Bey: Prensler Savaşı</t>
+          <t>Orbital - 2. Kırıklar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786056134159</t>
+          <t>9786058884847</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hızır Bey: Kapoşvar'a Hücum</t>
+          <t>Hızır Bey: Prensler Savaşı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786056457371</t>
+          <t>9786056134159</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Legs Weaver Cilt 3: Çözücü</t>
+          <t>Hızır Bey: Kapoşvar'a Hücum</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786056457302</t>
+          <t>9786056457371</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Nick Raider Cilt 1: New York'ta Bir Ranger</t>
+          <t>Legs Weaver Cilt 3: Çözücü</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786056457319</t>
+          <t>9786056457302</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Nick Raider Cilt 2: Dördüncü Tanık</t>
+          <t>Nick Raider Cilt 1: New York'ta Bir Ranger</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786056457333</t>
+          <t>9786056457319</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Legs Weaver Cilt 1: Kara Kadınlar</t>
+          <t>Nick Raider Cilt 2: Dördüncü Tanık</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786056457326</t>
+          <t>9786056457333</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Cassidy Cilt 1: Son Blues</t>
+          <t>Legs Weaver Cilt 1: Kara Kadınlar</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786056457357</t>
+          <t>9786056457326</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Cassidy Cilt 2: Şehrin Üzerindeki Eller</t>
+          <t>Cassidy Cilt 1: Son Blues</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786056457340</t>
+          <t>9786056457357</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Legs Weaver Cilt 2: Çok şey Bilen Kadın</t>
+          <t>Cassidy Cilt 2: Şehrin Üzerindeki Eller</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786056523205</t>
+          <t>9786056457340</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Efsane 2: Ormanın Derinlikleri</t>
+          <t>Legs Weaver Cilt 2: Çok şey Bilen Kadın</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054522040</t>
+          <t>9786056523205</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Durango 3: Bir Katil İçin Tuzak</t>
+          <t>Efsane 2: Ormanın Derinlikleri</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054522163</t>
+          <t>9786054522040</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Durango 4: Amos</t>
+          <t>Durango 3: Bir Katil İçin Tuzak</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786056523243</t>
+          <t>9786054522163</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Buddy Longway 2: Düşman</t>
+          <t>Durango 4: Amos</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786056523236</t>
+          <t>9786056523243</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Buddy Longway 1: Chinook</t>
+          <t>Buddy Longway 2: Düşman</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786056523281</t>
+          <t>9786056523236</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Maymunlar Gezegeni - Kapak D</t>
+          <t>Buddy Longway 1: Chinook</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786056523274</t>
+          <t>9786056523281</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Maymunlar Gezegeni - Kapak C</t>
+          <t>Star Trek Maymunlar Gezegeni - Kapak D</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786056523267</t>
+          <t>9786056523274</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Star Trek Maymunlar Gezegeni - Kapak B</t>
+          <t>Star Trek Maymunlar Gezegeni - Kapak C</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786058884823</t>
+          <t>9786056523267</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Mırnav 3: Robin Mırnav</t>
+          <t>Star Trek Maymunlar Gezegeni - Kapak B</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786058884816</t>
+          <t>9786058884823</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Mırnav ve Oğlu</t>
+          <t>Mırnav 3: Robin Mırnav</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786058884809</t>
+          <t>9786058884816</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Mırnav ve Dostları</t>
+          <t>Mırnav ve Oğlu</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054522057</t>
+          <t>9786058884809</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Efsane 1: Kurt Çocuk</t>
+          <t>Mırnav ve Dostları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
+          <t>9786054522057</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Efsane 1: Kurt Çocuk</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
           <t>3990000047785</t>
         </is>
       </c>
-      <c r="B311" s="1" t="inlineStr">
+      <c r="B312" s="1" t="inlineStr">
         <is>
           <t>Yargıç Dredd Sayı: 9 - Kapak B</t>
         </is>
       </c>
-      <c r="C311" s="1">
+      <c r="C312" s="1">
         <v>56</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>