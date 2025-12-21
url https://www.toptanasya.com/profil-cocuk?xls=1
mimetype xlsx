--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,1120 +85,1195 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256036741</t>
+          <t>9786256036772</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayale Cumburlop!</t>
+          <t>Bay Gece</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256036574</t>
+          <t>9786257111133</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Konuşası Gelen Ağaçlar</t>
+          <t>Gizli Yetenek</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>155</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256036536</t>
+          <t>9786257111140</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Parçacık Gökyüzü</t>
+          <t>Dünya Kupası Maçı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257111041</t>
+          <t>9786257111287</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Kasaba</t>
+          <t>Altın Gol</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257111270</t>
+          <t>9789759968335</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kapı</t>
+          <t>Ayşenaz Okula Gitmek İstemiyor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256036390</t>
+          <t>9786256036741</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Hırsızları: Matematik Dedektifleri</t>
+          <t>Bir Hayale Cumburlop!</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257111218</t>
+          <t>9786256036574</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Macera Akademisi - Kalsiyum Carl İş Başında</t>
+          <t>Konuşası Gelen Ağaçlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256036376</t>
+          <t>9786256036536</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yokluk Diyarı</t>
+          <t>Bir Parçacık Gökyüzü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256036369</t>
+          <t>9786257111041</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Son Ada</t>
+          <t>Tılsımlı Kasaba</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256036352</t>
+          <t>9786257111270</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Seyir Günlüğü</t>
+          <t>Sihirli Kapı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256036284</t>
+          <t>9786256036390</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Köstekli Saat</t>
+          <t>Hafıza Hırsızları: Matematik Dedektifleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256036345</t>
+          <t>9786257111218</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Fırtınanın Çocukları</t>
+          <t>Macera Akademisi - Kalsiyum Carl İş Başında</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256036383</t>
+          <t>9786256036376</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ejderha Nasıl Yakalanır?</t>
+          <t>Yokluk Diyarı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257111119</t>
+          <t>9786256036369</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Vampir Broomer</t>
+          <t>Son Ada</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257111102</t>
+          <t>9786256036352</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Transıilvanya Vampiri</t>
+          <t>Seyir Günlüğü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256036482</t>
+          <t>9786256036284</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Gezgin Yetişiyor</t>
+          <t>Köstekli Saat</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257111072</t>
+          <t>9786256036345</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Olmak</t>
+          <t>Fırtınanın Çocukları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257111089</t>
+          <t>9786256036383</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kanalıma Abone Olmayı Unutmayın</t>
+          <t>Kızıl Ejderha Nasıl Yakalanır?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257111096</t>
+          <t>9786257111119</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Avcısı Kayıtta</t>
+          <t>Vampir Broomer</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057525987</t>
+          <t>9786257111102</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Doğuyor</t>
+          <t>Transıilvanya Vampiri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057525970</t>
+          <t>9786256036482</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Beğenileri Görelim</t>
+          <t>Bir Gezgin Yetişiyor</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256036338</t>
+          <t>9786257111072</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mucit Okulu - Steve Jobs</t>
+          <t>Ünlü Olmak</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256036314</t>
+          <t>9786257111089</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mucitler Okulu - Nikola Tesla</t>
+          <t>Kanalıma Abone Olmayı Unutmayın</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256036307</t>
+          <t>9786257111096</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mucitler Okulu - Albert Einstein</t>
+          <t>Fırtına Avcısı Kayıtta</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256036291</t>
+          <t>9786057525987</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mucitler Okulu - Elon Musk</t>
+          <t>Bir Yıldız Doğuyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256036321</t>
+          <t>9786057525970</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mucitler Okulu - Jeff Bezos</t>
+          <t>Beğenileri Görelim</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256036420</t>
+          <t>9786256036338</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Süper Güç Diye Buna Derim!</t>
+          <t>Mucit Okulu - Steve Jobs</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256036260</t>
+          <t>9786256036314</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sivriburun Uçurtmanın Yolculuğu</t>
+          <t>Mucitler Okulu - Nikola Tesla</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258498639</t>
+          <t>9786256036307</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Serçe Sultan 1: Padişahın Kayıp Hazinesi</t>
+          <t>Mucitler Okulu - Albert Einstein</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257111201</t>
+          <t>9786256036291</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Süper Hero Muhafızların Zaferi</t>
+          <t>Mucitler Okulu - Elon Musk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257111126</t>
+          <t>9786256036321</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Süper Hero Gelecekten Bir Gün</t>
+          <t>Mucitler Okulu - Jeff Bezos</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257111188</t>
+          <t>9786256036420</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Süper Hero Işık Hızında Yolculuk</t>
+          <t>Süper Güç Diye Buna Derim!</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257111195</t>
+          <t>9786256036260</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Süper Hero Macera Başlıyor</t>
+          <t>Sivriburun Uçurtmanın Yolculuğu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257111034</t>
+          <t>9786258498639</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Savaşı</t>
+          <t>Serçe Sultan 1: Padişahın Kayıp Hazinesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257111027</t>
+          <t>9786257111201</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kılıçlar Tapınağı</t>
+          <t>Süper Hero Muhafızların Zaferi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257111010</t>
+          <t>9786257111126</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yasak Şehir</t>
+          <t>Süper Hero Gelecekten Bir Gün</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257111058</t>
+          <t>9786257111188</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gölge Oyunları</t>
+          <t>Süper Hero Işık Hızında Yolculuk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258498950</t>
+          <t>9786257111195</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Çok mu Çok… Tuhaf!</t>
+          <t>Süper Hero Macera Başlıyor</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258498905</t>
+          <t>9786257111034</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Çok mu Çok… Tuhaf!</t>
+          <t>Ölüler Savaşı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258498899</t>
+          <t>9786257111027</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ben de Çiziyorum!</t>
+          <t>Kılıçlar Tapınağı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258498875</t>
+          <t>9786257111010</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Uzun Kulak Karpa</t>
+          <t>Yasak Şehir</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258498714</t>
+          <t>9786257111058</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yılımı Şenlendiren Ay: Ramazan</t>
+          <t>Gölge Oyunları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257111232</t>
+          <t>9786258498950</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Altın Krampon</t>
+          <t>Çiçekler Çok mu Çok… Tuhaf!</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257111225</t>
+          <t>9786258498905</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kaptan</t>
+          <t>Kelebekler Çok mu Çok… Tuhaf!</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257111157</t>
+          <t>9786258498899</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Büyük Futbol Maçı</t>
+          <t>Ben de Çiziyorum!</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>395</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258498622</t>
+          <t>9786258498875</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sakin Ol Tarçın !</t>
+          <t>Uzun Kulak Karpa</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258498561</t>
+          <t>9786258498714</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla Küçük Maymun!</t>
+          <t>Yılımı Şenlendiren Ay: Ramazan</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>345</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258498264</t>
+          <t>9786257111232</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Monet’nin Kedisi</t>
+          <t>Altın Krampon</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258498165</t>
+          <t>9786257111225</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama</t>
+          <t>Büyük Kaptan</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257111249</t>
+          <t>9786257111157</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Büyük-Küçük Harfler Nokta ve Kelime Tamamlama</t>
+          <t>Büyük Futbol Maçı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057525994</t>
+          <t>9786258498622</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zeka Oyunları</t>
+          <t>Sakin Ol Tarçın !</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257111171</t>
+          <t>9786258498561</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Matematik</t>
+          <t>Yavaşla Küçük Maymun!</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257111256</t>
+          <t>9786258498264</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sayılar ve Çizgi Çalışmaları</t>
+          <t>Monet’nin Kedisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257111263</t>
+          <t>9786258498165</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabe</t>
+          <t>Çocuklar İçin Kodlama</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257111003</t>
+          <t>9786257111249</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çizim Eğitimi</t>
+          <t>İngilizce Büyük-Küçük Harfler Nokta ve Kelime Tamamlama</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257111164</t>
+          <t>9786057525994</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Şekiller Çizgiler ve Noktalar</t>
+          <t>Zeka Oyunları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258498004</t>
+          <t>9786257111171</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Şarkısı (Ciltli)</t>
+          <t>Matematik</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257637923</t>
+          <t>9786257111256</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gürültücü Bebek (Ciltli)</t>
+          <t>İngilizce Sayılar ve Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057525147</t>
+          <t>9786257111263</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Cristiano Ronaldo - Zirvedekiler 2</t>
+          <t>İngilizce Alfabe</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057525154</t>
+          <t>9786257111003</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Salah - Zirvedekiler 3</t>
+          <t>Çizim Eğitimi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789759969851</t>
+          <t>9786257111164</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Lionel Messi - Zirvedekiler 1</t>
+          <t>Şekiller Çizgiler ve Noktalar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789759969639</t>
+          <t>9786258498004</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz Ablalık Yapıyor</t>
+          <t>Herkesin Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>90</v>
+        <v>370</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789759969301</t>
+          <t>9786257637923</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz’ın Minik Sırrı</t>
+          <t>Gürültücü Bebek (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>90</v>
+        <v>370</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789759969035</t>
+          <t>9786057525147</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Okulda Tuzak</t>
+          <t>Cristiano Ronaldo - Zirvedekiler 2</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>230</v>
+        <v>165</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789759968328</t>
+          <t>9786057525154</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz Yazlık Kıyafetlerini Çok Seviyor</t>
+          <t>Muhammed Salah - Zirvedekiler 3</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>90</v>
+        <v>145</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789759968380</t>
+          <t>9789759969851</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz Bir Hata Yapıyor</t>
+          <t>Lionel Messi - Zirvedekiler 1</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>90</v>
+        <v>145</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789759968359</t>
+          <t>9789759969639</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz’ın Doğum Günü Partisi</t>
+          <t>Ayşenaz Ablalık Yapıyor</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789759968342</t>
+          <t>9789759969301</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz Ağabeyini Çok Seviyor</t>
+          <t>Ayşenaz’ın Minik Sırrı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789759968366</t>
+          <t>9789759969035</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz Hamburger Yemek İstiyor</t>
+          <t>Okulda Tuzak</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>90</v>
+        <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789759968144</t>
+          <t>9789759968328</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Masal Anlat</t>
+          <t>Ayşenaz Yazlık Kıyafetlerini Çok Seviyor</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789759967987</t>
+          <t>9789759968380</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Masal Zamanı</t>
+          <t>Ayşenaz Bir Hata Yapıyor</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
+          <t>9789759968359</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Ayşenaz’ın Doğum Günü Partisi</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789759968342</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Ayşenaz Ağabeyini Çok Seviyor</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789759968366</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Ayşenaz Hamburger Yemek İstiyor</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789759968144</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Bana Bir Masal Anlat</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789759967987</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi Masal Zamanı</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
           <t>9789759967680</t>
         </is>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>En Güzel Hediye</t>
         </is>
       </c>
-      <c r="C73" s="1">
-        <v>200</v>
+      <c r="C78" s="1">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>