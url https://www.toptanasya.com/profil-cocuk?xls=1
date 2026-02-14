--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,1195 +85,1210 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256036772</t>
+          <t>9789759968892</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bay Gece</t>
+          <t>Serçe Sultan 2 - Piri Reis İle Korsan Avı (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257111133</t>
+          <t>9786256036772</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yetenek</t>
+          <t>Bay Gece</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257111140</t>
+          <t>9786257111133</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kupası Maçı</t>
+          <t>Gizli Yetenek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257111287</t>
+          <t>9786257111140</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Altın Gol</t>
+          <t>Dünya Kupası Maçı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789759968335</t>
+          <t>9786257111287</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz Okula Gitmek İstemiyor</t>
+          <t>Altın Gol</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256036741</t>
+          <t>9789759968335</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayale Cumburlop!</t>
+          <t>Ayşenaz Okula Gitmek İstemiyor</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256036574</t>
+          <t>9786256036741</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Konuşası Gelen Ağaçlar</t>
+          <t>Bir Hayale Cumburlop!</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256036536</t>
+          <t>9786256036574</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Parçacık Gökyüzü</t>
+          <t>Konuşası Gelen Ağaçlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257111041</t>
+          <t>9786256036536</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Kasaba</t>
+          <t>Bir Parçacık Gökyüzü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257111270</t>
+          <t>9786257111041</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kapı</t>
+          <t>Tılsımlı Kasaba</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256036390</t>
+          <t>9786257111270</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Hırsızları: Matematik Dedektifleri</t>
+          <t>Sihirli Kapı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257111218</t>
+          <t>9786256036390</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Macera Akademisi - Kalsiyum Carl İş Başında</t>
+          <t>Hafıza Hırsızları: Matematik Dedektifleri</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256036376</t>
+          <t>9786257111218</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yokluk Diyarı</t>
+          <t>Macera Akademisi - Kalsiyum Carl İş Başında</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256036369</t>
+          <t>9786256036376</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Son Ada</t>
+          <t>Yokluk Diyarı</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256036352</t>
+          <t>9786256036369</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Seyir Günlüğü</t>
+          <t>Son Ada</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256036284</t>
+          <t>9786256036352</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Köstekli Saat</t>
+          <t>Seyir Günlüğü</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256036345</t>
+          <t>9786256036284</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Fırtınanın Çocukları</t>
+          <t>Köstekli Saat</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256036383</t>
+          <t>9786256036345</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ejderha Nasıl Yakalanır?</t>
+          <t>Fırtınanın Çocukları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>285</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257111119</t>
+          <t>9786256036383</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Vampir Broomer</t>
+          <t>Kızıl Ejderha Nasıl Yakalanır?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>145</v>
+        <v>285</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257111102</t>
+          <t>9786257111119</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Transıilvanya Vampiri</t>
+          <t>Vampir Broomer</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256036482</t>
+          <t>9786257111102</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Gezgin Yetişiyor</t>
+          <t>Transıilvanya Vampiri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>395</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257111072</t>
+          <t>9786256036482</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Olmak</t>
+          <t>Bir Gezgin Yetişiyor</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257111089</t>
+          <t>9786257111072</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kanalıma Abone Olmayı Unutmayın</t>
+          <t>Ünlü Olmak</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257111096</t>
+          <t>9786257111089</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Avcısı Kayıtta</t>
+          <t>Kanalıma Abone Olmayı Unutmayın</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057525987</t>
+          <t>9786257111096</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Doğuyor</t>
+          <t>Fırtına Avcısı Kayıtta</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057525970</t>
+          <t>9786057525987</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Beğenileri Görelim</t>
+          <t>Bir Yıldız Doğuyor</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256036338</t>
+          <t>9786057525970</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mucit Okulu - Steve Jobs</t>
+          <t>Beğenileri Görelim</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256036314</t>
+          <t>9786256036338</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mucitler Okulu - Nikola Tesla</t>
+          <t>Mucit Okulu - Steve Jobs</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256036307</t>
+          <t>9786256036314</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mucitler Okulu - Albert Einstein</t>
+          <t>Mucitler Okulu - Nikola Tesla</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256036291</t>
+          <t>9786256036307</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mucitler Okulu - Elon Musk</t>
+          <t>Mucitler Okulu - Albert Einstein</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256036321</t>
+          <t>9786256036291</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mucitler Okulu - Jeff Bezos</t>
+          <t>Mucitler Okulu - Elon Musk</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256036420</t>
+          <t>9786256036321</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Süper Güç Diye Buna Derim!</t>
+          <t>Mucitler Okulu - Jeff Bezos</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256036260</t>
+          <t>9786256036420</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sivriburun Uçurtmanın Yolculuğu</t>
+          <t>Süper Güç Diye Buna Derim!</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258498639</t>
+          <t>9786256036260</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Serçe Sultan 1: Padişahın Kayıp Hazinesi</t>
+          <t>Sivriburun Uçurtmanın Yolculuğu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257111201</t>
+          <t>9786258498639</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Süper Hero Muhafızların Zaferi</t>
+          <t>Serçe Sultan 1: Padişahın Kayıp Hazinesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257111126</t>
+          <t>9786257111201</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Süper Hero Gelecekten Bir Gün</t>
+          <t>Süper Hero Muhafızların Zaferi</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257111188</t>
+          <t>9786257111126</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Süper Hero Işık Hızında Yolculuk</t>
+          <t>Süper Hero Gelecekten Bir Gün</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257111195</t>
+          <t>9786257111188</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Süper Hero Macera Başlıyor</t>
+          <t>Süper Hero Işık Hızında Yolculuk</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257111034</t>
+          <t>9786257111195</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Savaşı</t>
+          <t>Süper Hero Macera Başlıyor</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257111027</t>
+          <t>9786257111034</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kılıçlar Tapınağı</t>
+          <t>Ölüler Savaşı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257111010</t>
+          <t>9786257111027</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yasak Şehir</t>
+          <t>Kılıçlar Tapınağı</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257111058</t>
+          <t>9786257111010</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gölge Oyunları</t>
+          <t>Yasak Şehir</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258498950</t>
+          <t>9786257111058</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Çok mu Çok… Tuhaf!</t>
+          <t>Gölge Oyunları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258498905</t>
+          <t>9786258498950</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Çok mu Çok… Tuhaf!</t>
+          <t>Çiçekler Çok mu Çok… Tuhaf!</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258498899</t>
+          <t>9786258498905</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ben de Çiziyorum!</t>
+          <t>Kelebekler Çok mu Çok… Tuhaf!</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>395</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258498875</t>
+          <t>9786258498899</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Uzun Kulak Karpa</t>
+          <t>Ben de Çiziyorum!</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>290</v>
+        <v>395</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258498714</t>
+          <t>9786258498875</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yılımı Şenlendiren Ay: Ramazan</t>
+          <t>Uzun Kulak Karpa</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>345</v>
+        <v>290</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257111232</t>
+          <t>9786258498714</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Altın Krampon</t>
+          <t>Yılımı Şenlendiren Ay: Ramazan</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>345</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257111225</t>
+          <t>9786257111232</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kaptan</t>
+          <t>Altın Krampon</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257111157</t>
+          <t>9786257111225</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Büyük Futbol Maçı</t>
+          <t>Büyük Kaptan</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258498622</t>
+          <t>9786257111157</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sakin Ol Tarçın !</t>
+          <t>Büyük Futbol Maçı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258498561</t>
+          <t>9786258498622</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla Küçük Maymun!</t>
+          <t>Sakin Ol Tarçın !</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258498264</t>
+          <t>9786258498561</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Monet’nin Kedisi</t>
+          <t>Yavaşla Küçük Maymun!</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258498165</t>
+          <t>9786258498264</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama</t>
+          <t>Monet’nin Kedisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257111249</t>
+          <t>9786258498165</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Büyük-Küçük Harfler Nokta ve Kelime Tamamlama</t>
+          <t>Çocuklar İçin Kodlama</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057525994</t>
+          <t>9786257111249</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zeka Oyunları</t>
+          <t>İngilizce Büyük-Küçük Harfler Nokta ve Kelime Tamamlama</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257111171</t>
+          <t>9786057525994</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Matematik</t>
+          <t>Zeka Oyunları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257111256</t>
+          <t>9786257111171</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sayılar ve Çizgi Çalışmaları</t>
+          <t>Matematik</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257111263</t>
+          <t>9786257111256</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabe</t>
+          <t>İngilizce Sayılar ve Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257111003</t>
+          <t>9786257111263</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çizim Eğitimi</t>
+          <t>İngilizce Alfabe</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257111164</t>
+          <t>9786257111003</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şekiller Çizgiler ve Noktalar</t>
+          <t>Çizim Eğitimi</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258498004</t>
+          <t>9786257111164</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Şarkısı (Ciltli)</t>
+          <t>Şekiller Çizgiler ve Noktalar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257637923</t>
+          <t>9786258498004</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gürültücü Bebek (Ciltli)</t>
+          <t>Herkesin Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057525147</t>
+          <t>9786257637923</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Cristiano Ronaldo - Zirvedekiler 2</t>
+          <t>Gürültücü Bebek (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>165</v>
+        <v>370</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057525154</t>
+          <t>9786057525147</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Salah - Zirvedekiler 3</t>
+          <t>Cristiano Ronaldo - Zirvedekiler 2</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789759969851</t>
+          <t>9786057525154</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Lionel Messi - Zirvedekiler 1</t>
+          <t>Muhammed Salah - Zirvedekiler 3</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789759969639</t>
+          <t>9789759969851</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz Ablalık Yapıyor</t>
+          <t>Lionel Messi - Zirvedekiler 1</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789759969301</t>
+          <t>9789759969639</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz’ın Minik Sırrı</t>
+          <t>Ayşenaz Ablalık Yapıyor</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789759969035</t>
+          <t>9789759969301</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Okulda Tuzak</t>
+          <t>Ayşenaz’ın Minik Sırrı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789759968328</t>
+          <t>9789759969035</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz Yazlık Kıyafetlerini Çok Seviyor</t>
+          <t>Okulda Tuzak</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789759968380</t>
+          <t>9789759968328</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz Bir Hata Yapıyor</t>
+          <t>Ayşenaz Yazlık Kıyafetlerini Çok Seviyor</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789759968359</t>
+          <t>9789759968380</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz’ın Doğum Günü Partisi</t>
+          <t>Ayşenaz Bir Hata Yapıyor</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789759968342</t>
+          <t>9789759968359</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz Ağabeyini Çok Seviyor</t>
+          <t>Ayşenaz’ın Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789759968366</t>
+          <t>9789759968342</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ayşenaz Hamburger Yemek İstiyor</t>
+          <t>Ayşenaz Ağabeyini Çok Seviyor</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789759968144</t>
+          <t>9789759968366</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Masal Anlat</t>
+          <t>Ayşenaz Hamburger Yemek İstiyor</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>395</v>
+        <v>110</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789759967987</t>
+          <t>9789759968144</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Masal Zamanı</t>
+          <t>Bana Bir Masal Anlat</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
+          <t>9789759967987</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi Masal Zamanı</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
           <t>9789759967680</t>
         </is>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>En Güzel Hediye</t>
         </is>
       </c>
-      <c r="C78" s="1">
+      <c r="C79" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>