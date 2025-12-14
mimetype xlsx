--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -85,10000 +85,10300 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789759961527</t>
+          <t>9786256036789</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Üç Köpük</t>
+          <t>Vatikan Casusları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>190</v>
+        <v>675</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789759969295</t>
+          <t>9786256036758</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cam ve Elmas</t>
+          <t>Sen Her Şeysin</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256036710</t>
+          <t>9786256036765</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hallac-ı Mansur</t>
+          <t>Büroda</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256036703</t>
+          <t>9786256036505</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>F1 Perde Arkası</t>
+          <t>Salyangoz ve Tornavida</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>370</v>
+        <v>335</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256036727</t>
+          <t>9786256036512</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Efsunlu Güzellikler</t>
+          <t>Kozmos Buradan Geçer</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256036734</t>
+          <t>9786057525321</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Büyük Günah</t>
+          <t>Türkiye'de E-Spor ve Pubg - Dijital Oyunlar Serisi 4</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789759961985</t>
+          <t>9789759962760</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Takım Oyunu</t>
+          <t>İdris Küçükömer’le Türkiye Üstüne Tartışmalar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789759969424</t>
+          <t>9789759961145</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Belki de Üzülmeliyiz</t>
+          <t>Dillerin Katli</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257111676</t>
+          <t>9789759963743</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kolay Çizim Teknikleri</t>
+          <t>Alman Derin Devleti</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>435</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256036673</t>
+          <t>9789759964924</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Matilda Duru</t>
+          <t>Dijital Yayıncılık</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256036666</t>
+          <t>9789759963705</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ve Sır</t>
+          <t>Kayıp Umutlar Merkezi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256036697</t>
+          <t>9789759966935</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Taşan Duygular</t>
+          <t>Türkiye’yi Anlamak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>510</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256036680</t>
+          <t>9789759963088</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Formula 1’in Asi Ruhları</t>
+          <t>Üstü Kalsın İhanetimin</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789759968687</t>
+          <t>9789759962302</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kazanmak Yetmez</t>
+          <t>Muamma</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759961701</t>
+          <t>9789759961046</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çizim Hakkında Öğrenmek İstediğiniz Her Şey</t>
+          <t>Kırılma Noktası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>650</v>
+        <v>395</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256036659</t>
+          <t>9786057525284</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sen</t>
+          <t>Mezarlıkta Birkaç Ay</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256036628</t>
+          <t>9789759967758</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Günlükleri</t>
+          <t>Ferec - Varlığın Ateşi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256036642</t>
+          <t>9789759969356</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayatın Yeni Kadınları</t>
+          <t>Zamanın Efendileri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256036611</t>
+          <t>9789759969530</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Baba Olmak Kolay Mı?</t>
+          <t>Kedi Gözü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256036635</t>
+          <t>9789759967536</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Kraliçeyle Dostluk ve Ayrılık Hikâyem</t>
+          <t>Melek Çocukları Kulübü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256036581</t>
+          <t>9789759961527</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Duanın Gücü</t>
+          <t>Üç Köpük</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256036604</t>
+          <t>9789759969295</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Allah'ım Seninle Konuşmalıyım</t>
+          <t>Cam ve Elmas</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>265</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256036598</t>
+          <t>9786256036710</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>40 Öncü - 1</t>
+          <t>Hallac-ı Mansur</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3033036301190</t>
+          <t>9786256036703</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca 100 Temel Eser Özetleri Seti (9 Kitap)</t>
+          <t>F1 Perde Arkası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>810</v>
+        <v>370</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3033039188194</t>
+          <t>9786256036727</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İngilizce 100 Temel Özetleri Seti (12 Kitap)</t>
+          <t>Efsunlu Güzellikler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1080</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>3033039007839</t>
+          <t>9786256036734</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Tenekeci Seti (15 Kitap)</t>
+          <t>Büyük Günah</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>3530</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256036567</t>
+          <t>9789759961985</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Lucca’nın İki Yarım Küresi</t>
+          <t>Takım Oyunu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>340</v>
+        <v>265</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256036550</t>
+          <t>9789759969424</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hakanlıktan Başkanlığa: Türk Yönetim Sistemi</t>
+          <t>Belki de Üzülmeliyiz</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256036543</t>
+          <t>9786257111676</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>9.5 Hafta</t>
+          <t>Kolay Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057525482</t>
+          <t>9786256036673</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Darbeli Demokrasi</t>
+          <t>Matilda Duru</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057525437</t>
+          <t>9786256036666</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İnsaniyet Namına</t>
+          <t>Ateş Ve Sır</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057525710</t>
+          <t>9786256036697</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>This is Marketing</t>
+          <t>Taşan Duygular</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057525338</t>
+          <t>9786256036680</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de E-Spor ve Fortnite - Dijital Oyunlar Serisi 5</t>
+          <t>Formula 1’in Asi Ruhları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789759963514</t>
+          <t>9789759968687</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Herkes Çizim Yapabilir</t>
+          <t>Kazanmak Yetmez</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>550</v>
+        <v>430</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789759962845</t>
+          <t>9789759961701</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Aşk Düşünce Yollara 1</t>
+          <t>Çizim Hakkında Öğrenmek İstediğiniz Her Şey</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>310</v>
+        <v>780</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789759960995</t>
+          <t>9786256036659</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı Seçme Şiirler</t>
+          <t>Sen</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789759960087</t>
+          <t>9786256036628</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Son Düzlük</t>
+          <t>Avrupa Günlükleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>385</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789759963590</t>
+          <t>9786256036642</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Matematik Oyunları</t>
+          <t>Yeni Hayatın Yeni Kadınları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>330</v>
+        <v>285</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789759961305</t>
+          <t>9786256036611</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Selected Parts Of Speech (Nutuk)</t>
+          <t>Baba Olmak Kolay Mı?</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>90</v>
+        <v>385</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789759960940</t>
+          <t>9786256036635</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Seçme Hikayeler</t>
+          <t>Bir Kraliçeyle Dostluk ve Ayrılık Hikâyem</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789759961800</t>
+          <t>9786256036581</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç Harekatı</t>
+          <t>Duanın Gücü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>210</v>
+        <v>385</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789759969233</t>
+          <t>9786256036604</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kolici</t>
+          <t>Allah'ım Seninle Konuşmalıyım</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789759969486</t>
+          <t>9786256036598</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Hikayeler</t>
+          <t>40 Öncü - 1</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789759969141</t>
+          <t>3033036301190</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Delilim Yok Kalbimden Başka</t>
+          <t>İspanyolca 100 Temel Eser Özetleri Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>990</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789759966928</t>
+          <t>3033039188194</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Pasajes Seleccionados Del Nutuk - Discurso de Mustafa Kemal Atatürk</t>
+          <t>İngilizce 100 Temel Özetleri Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>90</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789759967994</t>
+          <t>3033039007839</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Endülüs</t>
+          <t>İbrahim Tenekeci Seti (15 Kitap)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>360</v>
+        <v>4255</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257637312</t>
+          <t>9786256036567</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han</t>
+          <t>Lucca’nın İki Yarım Küresi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257637350</t>
+          <t>9786256036550</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tepegöz - Dede Korkut Romanları 3</t>
+          <t>Hakanlıktan Başkanlığa: Türk Yönetim Sistemi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257111638</t>
+          <t>9786256036543</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan - Göktanrı'nın Gölgesi</t>
+          <t>9.5 Hafta</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257111645</t>
+          <t>9786057525482</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bamsı - Dede Korkut Romanları 1</t>
+          <t>Darbeli Demokrasi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257111331</t>
+          <t>9786057525437</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çatışan Kültürler</t>
+          <t>İnsaniyet Namına</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>210</v>
+        <v>335</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257111553</t>
+          <t>9786057525710</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Osman</t>
+          <t>This is Marketing</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257111546</t>
+          <t>9786057525338</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Bey ve Kayılar</t>
+          <t>Türkiye'de E-Spor ve Fortnite - Dijital Oyunlar Serisi 5</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>335</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057525567</t>
+          <t>9789759963514</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçine Baksın</t>
+          <t>Herkes Çizim Yapabilir</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256036529</t>
+          <t>9789759962845</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bir Mucizedir İnsan</t>
+          <t>Aşk Düşünce Yollara 1</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256036475</t>
+          <t>9789759960995</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsel Duygudurum Bozukluğunu Yenmek</t>
+          <t>Yunus Emre Divanı Seçme Şiirler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256036444</t>
+          <t>9789759960087</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Zengin Ol</t>
+          <t>Son Düzlük</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>265</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256036499</t>
+          <t>9789759963590</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Dijital İllüstrasyon</t>
+          <t>Sihirli Matematik Oyunları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>500</v>
+        <v>395</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256036451</t>
+          <t>9789759961305</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>250 Yıllık Eğitim Mirası</t>
+          <t>Selected Parts Of Speech (Nutuk)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256036468</t>
+          <t>9789759960940</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>250 Yıllık Eğitim Mirası (Ciltli)</t>
+          <t>Ömer Seyfettin Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256036437</t>
+          <t>9789759961800</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kendi Sandığında Saklı</t>
+          <t>Kıskaç Harekatı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256036406</t>
+          <t>9789759969233</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Güzel Huyu - Rumi</t>
+          <t>Kolici</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256036413</t>
+          <t>9789759969486</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Stresten Huzura</t>
+          <t>Satır Arası Hikayeler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789759960575</t>
+          <t>9789759969141</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Dünyanın En Güzel Şehri</t>
+          <t>Delilim Yok Kalbimden Başka</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>390</v>
+        <v>265</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057525895</t>
+          <t>9789759966928</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kedinin Çok Acayip Dünyası</t>
+          <t>Pasajes Seleccionados Del Nutuk - Discurso de Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057525949</t>
+          <t>9789759967994</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Galata Sarayı Efendileri</t>
+          <t>Kitab-ı Endülüs</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>340</v>
+        <v>430</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256036253</t>
+          <t>9786257637312</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sankofayı Öldürmek</t>
+          <t>Boğaç Han</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256036246</t>
+          <t>9786257637350</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kendinin Yorgunu: İçedönük Fragmanlar</t>
+          <t>Tepegöz - Dede Korkut Romanları 3</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257111065</t>
+          <t>9786257111638</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Allah Kalpten İstenileni Verir Ne Eksik Ne Fazla</t>
+          <t>Oğuz Kağan - Göktanrı'nın Gölgesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>315</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256036277</t>
+          <t>9786257111645</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Düşünmenin Gücü</t>
+          <t>Bamsı - Dede Korkut Romanları 1</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256036239</t>
+          <t>9786257111331</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ekşioğlu Tarihi</t>
+          <t>Çatışan Kültürler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256036222</t>
+          <t>9786257111553</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Filistin Hattı</t>
+          <t>Kuruluş Osman</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>260</v>
+        <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256036000</t>
+          <t>9786257111546</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Arka Sokak</t>
+          <t>Ertuğrul Bey ve Kayılar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>170</v>
+        <v>265</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258498646</t>
+          <t>9786057525567</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Durdurulamaz - Zihinsel ve Fiziksel Üstünlüğün Sırları</t>
+          <t>Herkes İçine Baksın</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256036024</t>
+          <t>9786256036529</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Büyük Duygular: Hiçbir Şey Yolunda Değilken Nasıl İyi Oluruz?</t>
+          <t>Bir Mucizedir İnsan</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256036017</t>
+          <t>9786256036475</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aurora</t>
+          <t>Mevsimsel Duygudurum Bozukluğunu Yenmek</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>315</v>
+        <v>285</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258498653</t>
+          <t>9786256036444</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Sonra Yaşam - Ölüme Yakın Deneyimlerden Öğrenilen Dersler</t>
+          <t>Düşün ve Zengin Ol</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>175</v>
+        <v>460</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258498783</t>
+          <t>9786256036499</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Ateşler - Huzursuz Aklı İyileştirmek</t>
+          <t>Yeni Başlayanlar İçin Dijital İllüstrasyon</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>380</v>
+        <v>685</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258498998</t>
+          <t>9786256036451</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Zirvesine Göz Koyduğum Dağlar</t>
+          <t>250 Yıllık Eğitim Mirası</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>175</v>
+        <v>310</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258498981</t>
+          <t>9786256036468</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>250 Yıllık Eğitim Mirası (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258498967</t>
+          <t>9786256036437</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Kaydı</t>
+          <t>Herkes Kendi Sandığında Saklı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258498974</t>
+          <t>9786256036406</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Casuslar - Derin Savaşın Sıra Dışı Neferleri</t>
+          <t>Gerçeğin Güzel Huyu - Rumi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258498158</t>
+          <t>9786256036413</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Al Pacino</t>
+          <t>Stresten Huzura</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258498929</t>
+          <t>9789759960575</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Müjgan: İmkansıza Komşu</t>
+          <t>İstanbul Dünyanın En Güzel Şehri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>465</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258498912</t>
+          <t>9786057525895</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kevin Garnett Ansiklopedisi: A’dan Z’ye Bir Otobiyografi</t>
+          <t>Meraklı Kedinin Çok Acayip Dünyası</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258498943</t>
+          <t>9786057525949</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Eksik Gamze</t>
+          <t>Galata Sarayı Efendileri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>410</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258498837</t>
+          <t>9786256036253</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Steve Kerr - Eşsiz Bir Ömrün Hikayesi</t>
+          <t>Sankofayı Öldürmek</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258498882</t>
+          <t>9786256036246</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Batın</t>
+          <t>Kendinin Yorgunu: İçedönük Fragmanlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258498820</t>
+          <t>9786257111065</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Niye Geldik Cihane?</t>
+          <t>Allah Kalpten İstenileni Verir Ne Eksik Ne Fazla</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258498844</t>
+          <t>9786256036277</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Asya Günlükleri</t>
+          <t>Olumlu Düşünmenin Gücü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258498868</t>
+          <t>9786256036239</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Devrimci Antrenörleri</t>
+          <t>Ekşioğlu Tarihi</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258498851</t>
+          <t>9786256036222</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Söğüt Ne Söylüyor ?</t>
+          <t>Türkiye-Filistin Hattı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258498813</t>
+          <t>9786256036000</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gidengelmez Dağı</t>
+          <t>Arka Sokak</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258498769</t>
+          <t>9786258498646</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Adamlar</t>
+          <t>Durdurulamaz - Zihinsel ve Fiziksel Üstünlüğün Sırları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258498776</t>
+          <t>9786256036024</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmayacak Kadar Güzel</t>
+          <t>Büyük Duygular: Hiçbir Şey Yolunda Değilken Nasıl İyi Oluruz?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258498806</t>
+          <t>9786256036017</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ölme Üzerine</t>
+          <t>Aurora</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>440</v>
+        <v>430</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258498790</t>
+          <t>9786258498653</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalmak Yetmez</t>
+          <t>Ölümden Sonra Yaşam - Ölüme Yakın Deneyimlerden Öğrenilen Dersler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258498745</t>
+          <t>9786258498783</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Delirimi</t>
+          <t>Karanlıktaki Ateşler - Huzursuz Aklı İyileştirmek</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>190</v>
+        <v>455</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258498752</t>
+          <t>9786258498998</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ayrton Senna: Zaman Geçtikçe</t>
+          <t>Zirvesine Göz Koyduğum Dağlar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>510</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258498721</t>
+          <t>9786258498981</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Anlar</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258498738</t>
+          <t>9786258498967</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Erken Çöken Karanlık</t>
+          <t>Hafıza Kaydı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258498684</t>
+          <t>9786258498974</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünmenin Yolları</t>
+          <t>Casuslar - Derin Savaşın Sıra Dışı Neferleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258498707</t>
+          <t>9786258498158</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>On Bir Yüzük</t>
+          <t>Al Pacino</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258498691</t>
+          <t>9786258498929</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Eşikte Beklemek</t>
+          <t>Müjgan: İmkansıza Komşu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258498660</t>
+          <t>9786258498912</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Evler Atlası: Yazarların Şehirlerine Yolculuk</t>
+          <t>Kevin Garnett Ansiklopedisi: A’dan Z’ye Bir Otobiyografi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>220</v>
+        <v>560</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258498677</t>
+          <t>9786258498943</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Sürecinde Moda ve Zihniyet</t>
+          <t>Eksik Gamze</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258498615</t>
+          <t>9786258498837</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Manisa'nın Önde Gidenlerinden Şekerci Hüseyin Dede</t>
+          <t>Steve Kerr - Eşsiz Bir Ömrün Hikayesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>570</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258498608</t>
+          <t>9786258498882</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İki Semazen Bir Palyaço</t>
+          <t>Batın</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>220</v>
+        <v>580</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258498554</t>
+          <t>9786258498820</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Max Verstappen: 2021 Dünya Şampiyonu Apoletiyle Güncellenen Biyografisi</t>
+          <t>Niye Geldik Cihane?</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>450</v>
+        <v>265</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258498592</t>
+          <t>9786258498844</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Rüyası</t>
+          <t>Asya Günlükleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258498585</t>
+          <t>9786258498868</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Çocuğa İhaneti</t>
+          <t>Futbolun Devrimci Antrenörleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>470</v>
+        <v>575</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258498578</t>
+          <t>9786258498851</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Senin Hikayen</t>
+          <t>Söğüt Ne Söylüyor ?</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258498530</t>
+          <t>9786258498813</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gayalı - Yüzyıllık Emanet</t>
+          <t>Gidengelmez Dağı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>3033039304433</t>
+          <t>9786258498769</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Hür Seti (2 Kitap Takım)</t>
+          <t>Sıkı Adamlar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>3037073641074</t>
+          <t>9786258498776</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sema Maraşlı Seti (10 Kitap)</t>
+          <t>Yaşanmayacak Kadar Güzel</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>2740</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3033039637890</t>
+          <t>9786258498806</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (5 Kitap)</t>
+          <t>Ölüm ve Ölme Üzerine</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1650</v>
+        <v>530</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3033039637852</t>
+          <t>9786258498790</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Seti (4 Kitap)</t>
+          <t>Hayatta Kalmak Yetmez</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3033036307833</t>
+          <t>9786258498745</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Korece 100 Temel Eser Özetleri Seti (9 Kitap)</t>
+          <t>İnsanlığın Delirimi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>810</v>
+        <v>225</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3033036301114</t>
+          <t>9786258498752</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Rusça 100 Temel Eser Özetler (6 Kitap)</t>
+          <t>Ayrton Senna: Zaman Geçtikçe</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>540</v>
+        <v>610</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>2789788614422</t>
+          <t>9786258498721</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Fransızca 100 Temel Eser Özetleri Seti (9 Kitap)</t>
+          <t>Beklenmedik Anlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>810</v>
+        <v>480</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>3033039093481</t>
+          <t>9786258498738</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Almanca 100 Temel Eser Özetleri Seti (12 Kitap)</t>
+          <t>Erken Çöken Karanlık</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>1080</v>
+        <v>455</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3786050000012</t>
+          <t>9786258498684</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Yıldız Ayakları Seti (4 Kitap)</t>
+          <t>Eleştirel Düşünmenin Yolları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>800</v>
+        <v>360</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>3033038943831</t>
+          <t>9786258498707</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Etkili Eğitim Seti (3 Kitap)</t>
+          <t>On Bir Yüzük</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>2789788614482</t>
+          <t>9786258498691</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İnönü ve Bayar'lı Yıllar 1938-1960 - Darbeli ve Çatışmalı Yıllar 1961-2000 (2 Kitap Takım)</t>
+          <t>Eşikte Beklemek</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258498523</t>
+          <t>9786258498660</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Altın Yumruk Busenaz Sürmeneli</t>
+          <t>Huzursuz Evler Atlası: Yazarların Şehirlerine Yolculuk</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258498394</t>
+          <t>9786258498677</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Aslında O Ölmedi - Modernliğin Ölüme Yansıyan Yüzü</t>
+          <t>Modernleşme Sürecinde Moda ve Zihniyet</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258498387</t>
+          <t>9786258498615</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Armut Bahçesi</t>
+          <t>Manisa'nın Önde Gidenlerinden Şekerci Hüseyin Dede</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258498295</t>
+          <t>9786258498608</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ay’ın Kızı Emily</t>
+          <t>İki Semazen Bir Palyaço</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>500</v>
+        <v>265</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258498370</t>
+          <t>9786258498554</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Üç Yüzüklü Sirk: Kobe, Shaq, Phil ve Lakers Hanedanlığının Akıl Almaz Yılları</t>
+          <t>Max Verstappen: 2021 Dünya Şampiyonu Apoletiyle Güncellenen Biyografisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>590</v>
+        <v>540</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258498363</t>
+          <t>9786258498592</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Börü Pençesi</t>
+          <t>Fatih’in Rüyası</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>340</v>
+        <v>265</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258498219</t>
+          <t>9786258498585</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 4</t>
+          <t>Toplumun Çocuğa İhaneti</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>565</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258498325</t>
+          <t>9786258498578</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türk Piramitleri</t>
+          <t>Senin Hikayen</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258498349</t>
+          <t>9786258498530</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Bilgi - Çocukluk Hasarlarıyla Yüzleşmek</t>
+          <t>Gayalı - Yüzyıllık Emanet</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>625</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258498356</t>
+          <t>3033039304433</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Serçe ve Taş</t>
+          <t>Ayşe Hür Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258498301</t>
+          <t>3037073641074</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Lewis Hamilton: Tüm Zamanların En Büyük Yarış Pilotunun Yaşam Öyküsü</t>
+          <t>Sema Maraşlı Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>490</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258498332</t>
+          <t>3033039637890</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Cevapsız Mektuplar</t>
+          <t>Sherlock Holmes Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>270</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258498240</t>
+          <t>3033039637852</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 7</t>
+          <t>Franz Kafka Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>230</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258498318</t>
+          <t>3033036307833</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>El Turko Günlükleri - Latin Amerika’da Osmanlı İzleri</t>
+          <t>Korece 100 Temel Eser Özetleri Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>990</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258498233</t>
+          <t>3033036301114</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 6</t>
+          <t>Rusça 100 Temel Eser Özetler (6 Kitap)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>190</v>
+        <v>660</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258498226</t>
+          <t>2789788614422</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 5</t>
+          <t>Fransızca 100 Temel Eser Özetleri Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>990</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258498127</t>
+          <t>3033039093481</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Pratik</t>
+          <t>Almanca 100 Temel Eser Özetleri Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>280</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258498141</t>
+          <t>3786050000012</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kadraj Hataları</t>
+          <t>Futbolun Yıldız Ayakları Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>190</v>
+        <v>965</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258498134</t>
+          <t>3033038943831</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Auschwitz'in Külleri</t>
+          <t>Etkili Eğitim Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>470</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258498257</t>
+          <t>2789788614482</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yafes’in Oğulları / Yada Taşı Efsanesi -1</t>
+          <t>İnönü ve Bayar'lı Yıllar 1938-1960 - Darbeli ve Çatışmalı Yıllar 1961-2000 (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258498271</t>
+          <t>9786258498523</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Para İmparatorluğu</t>
+          <t>Altın Yumruk Busenaz Sürmeneli</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258498288</t>
+          <t>9786258498394</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kendini Keşfet Bireyleşmenin Albenisi Üzerine</t>
+          <t>Aslında O Ölmedi - Modernliğin Ölüme Yansıyan Yüzü</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258498202</t>
+          <t>9786258498387</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 3</t>
+          <t>Armut Bahçesi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258498196</t>
+          <t>9786258498295</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 2</t>
+          <t>Yeni Ay’ın Kızı Emily</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258498189</t>
+          <t>9786258498370</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 1</t>
+          <t>Üç Yüzüklü Sirk: Kobe, Shaq, Phil ve Lakers Hanedanlığının Akıl Almaz Yılları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>270</v>
+        <v>710</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258498172</t>
+          <t>9786258498363</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Griden Beyaza</t>
+          <t>Börü Pençesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258498103</t>
+          <t>9786258498219</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gül Alırım Gül Satarım</t>
+          <t>Can Veren Pervaneler - 4</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>530</v>
+        <v>240</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258498110</t>
+          <t>9786258498325</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Analizler - Büyük Orta Doğu Projesi ve Türkiye Üzerine</t>
+          <t>Türk Piramitleri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258498080</t>
+          <t>9786258498349</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçmenin Bilge Soytarısı</t>
+          <t>Sürgün Bilgi - Çocukluk Hasarlarıyla Yüzleşmek</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258498097</t>
+          <t>9786258498356</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi</t>
+          <t>Serçe ve Taş</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258498066</t>
+          <t>9786258498301</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ruhu İyileştirme Yolları</t>
+          <t>Lewis Hamilton: Tüm Zamanların En Büyük Yarış Pilotunun Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>270</v>
+        <v>585</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258498042</t>
+          <t>9786258498332</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Üzerine Yedi Söyleşi</t>
+          <t>Cevapsız Mektuplar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258498073</t>
+          <t>9786258498240</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İhmal Edilen Anahtar</t>
+          <t>Can Veren Pervaneler - 7</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258498059</t>
+          <t>9786258498318</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Aile İçinde</t>
+          <t>El Turko Günlükleri - Latin Amerika’da Osmanlı İzleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257637466</t>
+          <t>9786258498233</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ölümlüler İçin Zamanın Kısa Hikayesi</t>
+          <t>Can Veren Pervaneler - 6</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258498028</t>
+          <t>9786258498226</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Aşk Nedir Sokrates?</t>
+          <t>Can Veren Pervaneler - 5</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258498035</t>
+          <t>9786258498127</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Jürgen Klopp</t>
+          <t>Pratik</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>590</v>
+        <v>330</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258498011</t>
+          <t>9786258498141</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ters Lale</t>
+          <t>Kadraj Hataları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257637909</t>
+          <t>9786258498134</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sözün Başladığı Yer</t>
+          <t>Auschwitz'in Külleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>220</v>
+        <v>565</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257637930</t>
+          <t>9786258498257</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İspat</t>
+          <t>Yafes’in Oğulları / Yada Taşı Efsanesi -1</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057525857</t>
+          <t>9786258498271</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Komploların Yüzyılı Yüzyılın Komploları</t>
+          <t>Para İmparatorluğu</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257637893</t>
+          <t>9786258498288</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Kendini Keşfet Bireyleşmenin Albenisi Üzerine</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257637916</t>
+          <t>9786258498202</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ruhlar Serisi: Picasso</t>
+          <t>Can Veren Pervaneler - 3</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257637848</t>
+          <t>9786258498196</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine</t>
+          <t>Can Veren Pervaneler - 2</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257637862</t>
+          <t>9786258498189</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyüs</t>
+          <t>Can Veren Pervaneler - 1</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257637886</t>
+          <t>9786258498172</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İradenin Eğitimi</t>
+          <t>Griden Beyaza</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257637879</t>
+          <t>9786258498103</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Melekler Bile Sorar</t>
+          <t>Gül Alırım Gül Satarım</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>380</v>
+        <v>630</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257637763</t>
+          <t>9786258498110</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Perilerin Dili</t>
+          <t>Stratejik Analizler - Büyük Orta Doğu Projesi ve Türkiye Üzerine</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>335</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257637398</t>
+          <t>9786258498080</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Dünya</t>
+          <t>Vazgeçmenin Bilge Soytarısı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257637473</t>
+          <t>9786258498097</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat ve Terör Oyunları</t>
+          <t>Türk Tarihi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257637381</t>
+          <t>9786258498066</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Medeniyet Yolculuğu</t>
+          <t>Ruhu İyileştirme Yolları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257637329</t>
+          <t>9786258498042</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Platonia ile Bael</t>
+          <t>Eleştiri Üzerine Yedi Söyleşi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257637374</t>
+          <t>9786258498073</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Gözlerimde</t>
+          <t>İhmal Edilen Anahtar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257637367</t>
+          <t>9786258498059</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Sesler</t>
+          <t>Aile İçinde</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>400</v>
+        <v>265</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257637343</t>
+          <t>9786257637466</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Atom Geometrisi</t>
+          <t>Ölümlüler İçin Zamanın Kısa Hikayesi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>240</v>
+        <v>315</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057037619</t>
+          <t>9786258498028</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Yukarıdan Gelir</t>
+          <t>Aşk Nedir Sokrates?</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257637039</t>
+          <t>9786258498035</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Siyer - Medine Dönemi</t>
+          <t>Jürgen Klopp</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>420</v>
+        <v>710</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257637336</t>
+          <t>9786258498011</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Estetik Halleri</t>
+          <t>Ters Lale</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257637046</t>
+          <t>9786257637909</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İnsan Makamı</t>
+          <t>Sözün Başladığı Yer</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057037602</t>
+          <t>9786257637930</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ali’nin Parçaları</t>
+          <t>İspat</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789759969172</t>
+          <t>9786057525857</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kolay Çizim Projeleri</t>
+          <t>Komploların Yüzyılı Yüzyılın Komploları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257111997</t>
+          <t>9786257637893</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Asi Yıldız</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257111928</t>
+          <t>9786257637916</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ukeireru</t>
+          <t>Yüksek Ruhlar Serisi: Picasso</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257111850</t>
+          <t>9786257637848</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Dersleri</t>
+          <t>Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257111775</t>
+          <t>9786257637862</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bizi Üzen Bütün Kanatlar</t>
+          <t>Konfüçyüs</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257111751</t>
+          <t>9786257637886</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kendini İyileştirmenin 2500 Yıllık Tarihi: Yang Sheng</t>
+          <t>İradenin Eğitimi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257111768</t>
+          <t>9786257637879</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>“Kötü Çocuk” Isiah Thomas</t>
+          <t>Melekler Bile Sorar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>330</v>
+        <v>455</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257111799</t>
+          <t>9786257637763</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Niksen</t>
+          <t>Perilerin Dili</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257111782</t>
+          <t>9786257637398</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Jüri</t>
+          <t>Neredeyse Dünya</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>630</v>
+        <v>230</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257111805</t>
+          <t>9786257637473</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Ünlü Denkleminin Biyografisi: E=mc2</t>
+          <t>İstihbarat ve Terör Oyunları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>365</v>
+        <v>240</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789759963774</t>
+          <t>9786257637381</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Şehir ve Kültür İstanbul</t>
+          <t>Türklerin Medeniyet Yolculuğu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>850</v>
+        <v>360</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257111720</t>
+          <t>9786257637329</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Siyer - Mekke Dönemi</t>
+          <t>Platonia ile Bael</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257111737</t>
+          <t>9786257637374</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Annelerinin Gözyaşlarında Boğulacaklar</t>
+          <t>Ölüm Gözlerimde</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257111744</t>
+          <t>9786257637367</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çumra 1965</t>
+          <t>Kaybolan Sesler</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257111713</t>
+          <t>9786257637343</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İncelikli Haytalar Albümü</t>
+          <t>Atom Geometrisi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257111669</t>
+          <t>9786057037619</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Dağın Ağacıyım</t>
+          <t>Sevgi Yukarıdan Gelir</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257111706</t>
+          <t>9786257637039</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bütün Ayrılıklar</t>
+          <t>Herkes İçin Siyer - Medine Dönemi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257111355</t>
+          <t>9786257637336</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kadınlar Neden Mutlu Değil?</t>
+          <t>Aşkın Estetik Halleri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>280</v>
+        <v>490</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257111683</t>
+          <t>9786257637046</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Minnet Eylemem</t>
+          <t>İnsan Makamı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257111690</t>
+          <t>9786057037602</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Unutmanın Sabahı</t>
+          <t>Ali’nin Parçaları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257111652</t>
+          <t>9789759969172</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hastasıyım Bu Oyunun</t>
+          <t>Kolay Çizim Projeleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257111621</t>
+          <t>9786257111997</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat Defteri</t>
+          <t>Asi Yıldız</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257111577</t>
+          <t>9786257111928</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Acımasız Şampiyon</t>
+          <t>Ukeireru</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257111591</t>
+          <t>9786257111850</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Aşk Eski Bir Masal</t>
+          <t>Yaşam Dersleri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>190</v>
+        <v>435</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257111614</t>
+          <t>9786257111775</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Büyük Keşiflerin Küçük Kitabı</t>
+          <t>Bizi Üzen Bütün Kanatlar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257111515</t>
+          <t>9786257111751</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Eşimle Tanışmayı Unutmuşuz</t>
+          <t>Kendini İyileştirmenin 2500 Yıllık Tarihi: Yang Sheng</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257111560</t>
+          <t>9786257111768</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hatıra Kadar Narin Hafıza Kadar Zalim</t>
+          <t>“Kötü Çocuk” Isiah Thomas</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257111607</t>
+          <t>9786257111799</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Herkes Evine Dönmek İster</t>
+          <t>Niksen</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257111508</t>
+          <t>9786257111782</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kulak Aşık Olurmuş Gözden Evvel</t>
+          <t>Jüri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>230</v>
+        <v>750</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257111584</t>
+          <t>9786257111805</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Son İnsan</t>
+          <t>Dünyanın En Ünlü Denkleminin Biyografisi: E=mc2</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>190</v>
+        <v>435</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257111454</t>
+          <t>9789759963774</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sokrates</t>
+          <t>Şehir ve Kültür İstanbul</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257111485</t>
+          <t>9786257111720</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Tatlıya Bağlayalım</t>
+          <t>Herkes İçin Siyer - Mekke Dönemi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>280</v>
+        <v>385</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257111492</t>
+          <t>9786257111737</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Su Anahtarı</t>
+          <t>Annelerinin Gözyaşlarında Boğulacaklar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257111522</t>
+          <t>9786257111744</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sarpıncık Feneri</t>
+          <t>Çumra 1965</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257111539</t>
+          <t>9786257111713</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İstikrarlı İlişkiler</t>
+          <t>İncelikli Haytalar Albümü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257111461</t>
+          <t>9786257111669</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Acı Deniz</t>
+          <t>Ben Bir Dağın Ağacıyım</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057525932</t>
+          <t>9786257111706</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sabret, Kabul Et, Şükret</t>
+          <t>Bütün Ayrılıklar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257111393</t>
+          <t>9786257111355</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Einstein</t>
+          <t>Güçlü Kadınlar Neden Mutlu Değil?</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>335</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257111379</t>
+          <t>9786257111683</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Gün Akşamsızdır</t>
+          <t>Minnet Eylemem</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257111386</t>
+          <t>9786257111690</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Göremediği Rüya</t>
+          <t>Unutmanın Sabahı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257111416</t>
+          <t>9786257111652</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Enerji Vampirleri</t>
+          <t>Hastasıyım Bu Oyunun</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257111447</t>
+          <t>9786257111621</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Bu Kadar Güzelken</t>
+          <t>Yeni Hayat Defteri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257111409</t>
+          <t>9786257111577</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Bilgeler</t>
+          <t>Acımasız Şampiyon</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257111362</t>
+          <t>9786257111591</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yapma Sanatı</t>
+          <t>Aşk Eski Bir Masal</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257111348</t>
+          <t>9786257111614</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Pratik Sihrin El Kitabı</t>
+          <t>Büyük Keşiflerin Küçük Kitabı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257111317</t>
+          <t>9786257111515</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kocaların Gizli Hayatı</t>
+          <t>Eşimle Tanışmayı Unutmuşuz</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057525925</t>
+          <t>9786257111560</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kararsızlar Dağıtıldıktan Sonra</t>
+          <t>Hatıra Kadar Narin Hafıza Kadar Zalim</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257111294</t>
+          <t>9786257111607</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gıdanın Geleceği</t>
+          <t>Herkes Evine Dönmek İster</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057525956</t>
+          <t>9786257111508</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Elastik</t>
+          <t>Kulak Aşık Olurmuş Gözden Evvel</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257111300</t>
+          <t>9786257111584</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Salgın Zamanlarında</t>
+          <t>Son İnsan</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057525963</t>
+          <t>9786257111454</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Günleri</t>
+          <t>Sokrates</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057525918</t>
+          <t>9786257111485</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Beyin</t>
+          <t>Tatlıya Bağlayalım</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>420</v>
+        <v>335</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057525901</t>
+          <t>9786257111492</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Katillerle Geçen Ömrüm</t>
+          <t>Su Anahtarı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057525864</t>
+          <t>9786257111522</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Mafya</t>
+          <t>Sarpıncık Feneri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057525888</t>
+          <t>9786257111539</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İnsan Türü</t>
+          <t>İstikrarlı İlişkiler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057525871</t>
+          <t>9786257111461</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kimseden Bana İnanmasını Beklemiyorum</t>
+          <t>Acı Deniz</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057525833</t>
+          <t>9786057525932</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Hakikat İncinmesin</t>
+          <t>Sabret, Kabul Et, Şükret</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057525840</t>
+          <t>9786257111393</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Gülümsemenin Kitabı</t>
+          <t>Einstein</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057525826</t>
+          <t>9786257111379</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Fabrika Ayarı</t>
+          <t>Gün Akşamsızdır</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057525819</t>
+          <t>9786257111386</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Suya Yansıyan</t>
+          <t>Freud’un Göremediği Rüya</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057525703</t>
+          <t>9786257111416</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Evim Temiz Mutluyum</t>
+          <t>Enerji Vampirleri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057525796</t>
+          <t>9786257111447</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Dün Bu Saatlerde</t>
+          <t>Sevmek Bu Kadar Güzelken</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057525772</t>
+          <t>9786257111409</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Trendeki Derviş</t>
+          <t>Sessiz Bilgeler</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057525802</t>
+          <t>9786257111362</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bir de Bakmışsın Uzaklardasın</t>
+          <t>Felsefe Yapma Sanatı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057525789</t>
+          <t>9786257111348</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Adamları</t>
+          <t>Pratik Sihrin El Kitabı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057525765</t>
+          <t>9786257111317</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>Kocaların Gizli Hayatı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>540</v>
+        <v>265</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789759969028</t>
+          <t>9786057525925</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar Hüzün Park</t>
+          <t>Kararsızlar Dağıtıldıktan Sonra</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057525734</t>
+          <t>9786257111294</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Neşeli</t>
+          <t>Gıdanın Geleceği</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>430</v>
+        <v>600</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057525741</t>
+          <t>9786057525956</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Metrobüs Domates ve Ev Kirası</t>
+          <t>Elastik</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789759969004</t>
+          <t>9786257111300</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Keskin Nişancılar</t>
+          <t>Salgın Zamanlarında</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>540</v>
+        <v>230</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057525758</t>
+          <t>9786057525963</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Özel Kütüphanesi</t>
+          <t>Kıyamet Günleri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>380</v>
+        <v>580</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789759969011</t>
+          <t>9786057525918</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynliği Hissetmek</t>
+          <t>Devrimci Beyin</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>510</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057525697</t>
+          <t>9786057525901</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Papağanın Vaazı</t>
+          <t>Katillerle Geçen Ömrüm</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789759968397</t>
+          <t>9786057525864</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Oyun Biter Efsaneler Bitmez</t>
+          <t>Mafya</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>470</v>
+        <v>540</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057525727</t>
+          <t>9786057525888</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilmek</t>
+          <t>İnsan Türü</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>260</v>
+        <v>345</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057525680</t>
+          <t>9786057525871</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kaybetmeden Önce</t>
+          <t>Kimseden Bana İnanmasını Beklemiyorum</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057525673</t>
+          <t>9786057525833</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Kader</t>
+          <t>Hakikat İncinmesin</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057525635</t>
+          <t>9786057525840</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Diyamandi</t>
+          <t>Gülümsemenin Kitabı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057525659</t>
+          <t>9786057525826</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Cehaletin Sosyolojisi</t>
+          <t>Fabrika Ayarı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057525666</t>
+          <t>9786057525819</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Tekrar Selam Ederim</t>
+          <t>Suya Yansıyan</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057525642</t>
+          <t>9786057525703</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Josef Mengele'nin Kayboluşu</t>
+          <t>Evim Temiz Mutluyum</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057525611</t>
+          <t>9786057525796</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ben Kendim ve Saçım</t>
+          <t>Dün Bu Saatlerde</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057525628</t>
+          <t>9786057525772</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kimlik</t>
+          <t>Trendeki Derviş</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057525604</t>
+          <t>9786057525802</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Evren Gibi Görünen Küçük Bahçemiz</t>
+          <t>Bir de Bakmışsın Uzaklardasın</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789759967475</t>
+          <t>9786057525789</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Karakter</t>
+          <t>Allah'ın Adamları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789759967970</t>
+          <t>9786057525765</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Öncesi</t>
+          <t>7</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>190</v>
+        <v>645</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789759968373</t>
+          <t>9789759969028</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kısa Çizgiye Kısa Diyebilenlerin Hikayesi</t>
+          <t>Üsküdar Hüzün Park</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057525581</t>
+          <t>9786057525734</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Silah</t>
+          <t>Neşeli</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>490</v>
+        <v>510</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057525598</t>
+          <t>9786057525741</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Sazlar Başka Söz Başka</t>
+          <t>Metrobüs Domates ve Ev Kirası</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789759966713</t>
+          <t>9789759969004</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Qur'an Olmak</t>
+          <t>Keskin Nişancılar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>470</v>
+        <v>645</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789759969790</t>
+          <t>9786057525758</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Herkes Örgü Örebilir</t>
+          <t>Hitler'in Özel Kütüphanesi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057525574</t>
+          <t>9789759969011</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İsmet Badem Efsanesi</t>
+          <t>Ebeveynliği Hissetmek</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057525048</t>
+          <t>9786057525697</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ustalar Gibi Çizmek</t>
+          <t>Papağanın Vaazı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>520</v>
+        <v>265</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057525536</t>
+          <t>9789759968397</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>Oyun Biter Efsaneler Bitmez</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>290</v>
+        <v>560</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057525550</t>
+          <t>9786057525727</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Dile Gelenler</t>
+          <t>Kendini Bilmek</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057525468</t>
+          <t>9786057525680</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Evimiz Olan Ülke</t>
+          <t>Kaybetmeden Önce</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>500</v>
+        <v>265</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057525444</t>
+          <t>9786057525673</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayıp Kız</t>
+          <t>Yüksek Kader</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>520</v>
+        <v>360</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057525512</t>
+          <t>9786057525635</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Naz Kahvesi</t>
+          <t>Diyamandi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057525529</t>
+          <t>9786057525659</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yuvamızda Huzur Bulalım Diye</t>
+          <t>Bilinçli Cehaletin Sosyolojisi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057525475</t>
+          <t>9786057525666</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Congolos</t>
+          <t>Tekrar Selam Ederim</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057525451</t>
+          <t>9786057525642</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Zaman Hiçbir Şey</t>
+          <t>Josef Mengele'nin Kayboluşu</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057525345</t>
+          <t>9786057525611</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Olumsuz Bir Dünyada Olumlu Çocuklar Yetiştirmek</t>
+          <t>Ben Kendim ve Saçım</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>310</v>
+        <v>395</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057525383</t>
+          <t>9786057525628</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Sonu Kasvetli Yeni Dünya</t>
+          <t>Kimlik</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789759964771</t>
+          <t>9786057525604</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzüne Mektuplar</t>
+          <t>Evren Gibi Görünen Küçük Bahçemiz</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057525406</t>
+          <t>9789759967475</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Savaşçıları</t>
+          <t>Türkçe Karakter</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789759968601</t>
+          <t>9789759967970</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Korece Yunus Emre Divanı Seçme Şiirler</t>
+          <t>Ölüm Öncesi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057525239</t>
+          <t>9789759968373</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kallocain</t>
+          <t>Kısa Çizgiye Kısa Diyebilenlerin Hikayesi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057525352</t>
+          <t>9786057525581</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Ölümü</t>
+          <t>Mükemmel Silah</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>430</v>
+        <v>585</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057525376</t>
+          <t>9786057525598</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Çekmeceleri</t>
+          <t>İçimdeki Sazlar Başka Söz Başka</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057525369</t>
+          <t>9789759966713</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kamçatka</t>
+          <t>Ehl-i Qur'an Olmak</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>260</v>
+        <v>560</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789759969882</t>
+          <t>9789759969790</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>50 Çizim Projesi</t>
+          <t>Herkes Örgü Örebilir</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>650</v>
+        <v>575</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057525246</t>
+          <t>9786057525574</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Yuvayı Keşfetmek</t>
+          <t>İsmet Badem Efsanesi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>300</v>
+        <v>540</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057525222</t>
+          <t>9786057525048</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Kalkınma İçin Yaşayan Kütüphaneler</t>
+          <t>Ustalar Gibi Çizmek</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057525291</t>
+          <t>9786057525536</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Gece Geç</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057525215</t>
+          <t>9786057525550</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de E-Spor ve League of Legends</t>
+          <t>Dile Gelenler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057525178</t>
+          <t>9786057525468</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kof 98 Um Ol</t>
+          <t>Bir Zamanlar Evimiz Olan Ülke</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057525314</t>
+          <t>9786057525444</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Allah Cümlemizi Korusun</t>
+          <t>Küçük Kayıp Kız</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>220</v>
+        <v>625</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057525260</t>
+          <t>9786057525512</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Deli Tomarı</t>
+          <t>Naz Kahvesi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057525185</t>
+          <t>9786057525529</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de E-Spor ve Counter Strike</t>
+          <t>Yuvamızda Huzur Bulalım Diye</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057525192</t>
+          <t>9786057525475</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Cern Komplosu</t>
+          <t>Congolos</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>230</v>
+        <v>335</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057525161</t>
+          <t>9786057525451</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Düşerken</t>
+          <t>Hiçbir Zaman Hiçbir Şey</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057525024</t>
+          <t>9786057525345</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir Köpek Satayım</t>
+          <t>Olumsuz Bir Dünyada Olumlu Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057525000</t>
+          <t>9786057525383</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Deliorman'dan Çıktım Yola</t>
+          <t>Küreselleşmenin Sonu Kasvetli Yeni Dünya</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789759969974</t>
+          <t>9789759964771</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Vahyin 2. Yılı</t>
+          <t>Yeryüzüne Mektuplar</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057525017</t>
+          <t>9786057525406</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Güzellik</t>
+          <t>Özgürlük Savaşçıları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057525031</t>
+          <t>9789759968601</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Eylül Biraz</t>
+          <t>Korece Yunus Emre Divanı Seçme Şiirler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789759969943</t>
+          <t>9786057525239</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Katilim</t>
+          <t>Kallocain</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789759969981</t>
+          <t>9786057525352</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Lebron James: Kral’ın Dönüşü</t>
+          <t>Demokrasinin Ölümü</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>450</v>
+        <v>515</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789759969950</t>
+          <t>9786057525376</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Eylül Şiirleri</t>
+          <t>Dünyanın Çekmeceleri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789759969967</t>
+          <t>9786057525369</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bisikletçiler</t>
+          <t>Kamçatka</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>330</v>
+        <v>315</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789759969998</t>
+          <t>9789759969882</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Çimdeki Gölgeler</t>
+          <t>50 Çizim Projesi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>230</v>
+        <v>780</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789759969912</t>
+          <t>9786057525246</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Mühür Kıran</t>
+          <t>Yuvayı Keşfetmek</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789759969929</t>
+          <t>9786057525222</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Mağlubiyet Karinesi</t>
+          <t>Kültürel Kalkınma İçin Yaşayan Kütüphaneler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789759969936</t>
+          <t>9786057525291</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Sonuçlar Açıklandı</t>
+          <t>Gece Geç</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789759969875</t>
+          <t>9786057525215</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı : Andres Iniesta</t>
+          <t>Türkiye'de E-Spor ve League of Legends</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>420</v>
+        <v>430</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789759969868</t>
+          <t>9786057525178</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bekleme</t>
+          <t>Kof 98 Um Ol</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789759969837</t>
+          <t>9786057525314</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Haydi Çocuklar Çizelim!</t>
+          <t>Allah Cümlemizi Korusun</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>500</v>
+        <v>265</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789759969806</t>
+          <t>9786057525260</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Gözlerindeki Sır</t>
+          <t>Deli Tomarı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>270</v>
+        <v>325</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789759969844</t>
+          <t>9786057525185</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kupası Tarihi</t>
+          <t>Türkiye'de E-Spor ve Counter Strike</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>520</v>
+        <v>240</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789759961374</t>
+          <t>9786057525192</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Maerchen Aus Tausendundeiner Nacht</t>
+          <t>Cern Komplosu</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>90</v>
+        <v>275</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789759968038</t>
+          <t>9786057525161</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Nutuk - Boşnakça Seçme Hikayeler</t>
+          <t>Düşerken</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>90</v>
+        <v>420</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789759968090</t>
+          <t>9786057525024</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca - Boşnakça Seçme Hikayeler</t>
+          <t>Sana Bir Köpek Satayım</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>90</v>
+        <v>335</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789759968045</t>
+          <t>9786057525000</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig - Boşnakça Seçme Hikayeler</t>
+          <t>Deliorman'dan Çıktım Yola</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>90</v>
+        <v>265</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789759968106</t>
+          <t>9789759969974</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Hacivat - Boşnakça Seçme Hikayeler</t>
+          <t>Vahyin 2. Yılı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789759968069</t>
+          <t>9786057525017</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut - Boşnakça Seçme Hikayeler</t>
+          <t>Pozitif Güzellik</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789759968083</t>
+          <t>9786057525031</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Boşnakça Seçme Hikayeler</t>
+          <t>Eylül Biraz</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789759968052</t>
+          <t>9789759969943</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Boşnakça Seçme Hikayeler</t>
+          <t>Sevgili Katilim</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>90</v>
+        <v>335</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789759968588</t>
+          <t>9789759969981</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Korece Seçme Hikayeler</t>
+          <t>Lebron James: Kral’ın Dönüşü</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>90</v>
+        <v>540</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789759968618</t>
+          <t>9789759969950</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Korece Seçme Hikayeler</t>
+          <t>Eylül Şiirleri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789759968571</t>
+          <t>9789759969967</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Nutuk - Korece Seçme Hikayeler</t>
+          <t>Bisikletçiler</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>90</v>
+        <v>395</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789759968021</t>
+          <t>9789759969998</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Boşnakça Seçme Hikayeler</t>
+          <t>Çimdeki Gölgeler</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>90</v>
+        <v>275</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789759968076</t>
+          <t>9789759969912</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Boşnakça Seçme Hikayeler</t>
+          <t>Mühür Kıran</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>90</v>
+        <v>510</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789759968564</t>
+          <t>9789759969929</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig - Korece Seçme Hikayeler</t>
+          <t>Mağlubiyet Karinesi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789759968557</t>
+          <t>9789759969936</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Hacivat Karagöz - Korece Seçme Hikayeler</t>
+          <t>Sonuçlar Açıklandı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789759968595</t>
+          <t>9789759969875</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Korece Seçme Hikayeler</t>
+          <t>Sanatçı : Andres Iniesta</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>90</v>
+        <v>510</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789759968540</t>
+          <t>9789759969868</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut - Korece Seçme Hikayeler</t>
+          <t>Gönül Bekleme</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>90</v>
+        <v>370</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789759968625</t>
+          <t>9789759969837</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca - Korece Seçme Hikayeler</t>
+          <t>Haydi Çocuklar Çizelim!</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789759969400</t>
+          <t>9789759969806</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Temel Çizim Kitabı</t>
+          <t>Gözlerindeki Sır</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>530</v>
+        <v>325</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789759969752</t>
+          <t>9789759969844</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Zaferin Kıyısında</t>
+          <t>Dünya Kupası Tarihi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>500</v>
+        <v>625</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789759969776</t>
+          <t>9789759961374</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ata Mezarlığı</t>
+          <t>Ausgewaehlte Maerchen Aus Tausendundeiner Nacht</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>550</v>
+        <v>110</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789759969646</t>
+          <t>9789759968038</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Akıl Oyunları</t>
+          <t>Nutuk - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789759969783</t>
+          <t>9789759968090</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Bir Cihan İmparatoru Fatih Sultan Mehmed Han</t>
+          <t>Nasreddin Hoca - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789759969813</t>
+          <t>9789759968045</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kibem Diyeti</t>
+          <t>Kutadgu Bilig - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789759969721</t>
+          <t>9789759968106</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İpini Koparan</t>
+          <t>Karagöz Hacivat - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789759969738</t>
+          <t>9789759968069</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Vahyin 1.Yılı</t>
+          <t>Dede Korkut - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789759969745</t>
+          <t>9789759968083</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Siyah Güzeldir</t>
+          <t>Evliya Çelebi - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789759969714</t>
+          <t>9789759968052</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İncilerin Yıldızı</t>
+          <t>Yunus Emre - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789759969707</t>
+          <t>9789759968588</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Nadir Kuş</t>
+          <t>Safahat - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789759969691</t>
+          <t>9789759968618</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Anka</t>
+          <t>Ömer Seyfettin - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789759969660</t>
+          <t>9789759968571</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Rüyası Ertuğrul</t>
+          <t>Nutuk - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789759969684</t>
+          <t>9789759968021</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Unutma Noktası</t>
+          <t>Safahat - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789759969677</t>
+          <t>9789759968076</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Tavşanlar ve Boa Yılanları</t>
+          <t>Ömer Seyfettin - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789759968236</t>
+          <t>9789759968564</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düzen ve Siyasi Çürüme</t>
+          <t>Kutadgu Bilig - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>630</v>
+        <v>110</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789759969622</t>
+          <t>9789759968557</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ateş Arabaları</t>
+          <t>Hacivat Karagöz - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789759969592</t>
+          <t>9789759968595</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Anno Domini 2071</t>
+          <t>Evliya Çelebi - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789759969585</t>
+          <t>9789759968540</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Pentagon’un Beyni</t>
+          <t>Dede Korkut - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>540</v>
+        <v>110</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789759969578</t>
+          <t>9789759968625</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Altın Bilek</t>
+          <t>Nasreddin Hoca - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789759969516</t>
+          <t>9789759969400</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Sırt Çantalı Nicolas</t>
+          <t>Temel Çizim Kitabı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>320</v>
+        <v>635</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789759969608</t>
+          <t>9789759969752</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Nail Art - Tırnak Sanatı</t>
+          <t>Zaferin Kıyısında</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789759969042</t>
+          <t>9789759969776</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bir Çılgınlık Yürüyüşü</t>
+          <t>Ata Mezarlığı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>650</v>
+        <v>660</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789759969561</t>
+          <t>9789759969646</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Acemiler İçin Tarot Rehberi - Boyama Kitabı</t>
+          <t>Felsefi Akıl Oyunları</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789759969493</t>
+          <t>9789759969783</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Söz Verilmiş Bahçe</t>
+          <t>Sorularla Bir Cihan İmparatoru Fatih Sultan Mehmed Han</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789759969455</t>
+          <t>9789759969813</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Onay Belgesi</t>
+          <t>Kibem Diyeti</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789759969509</t>
+          <t>9789759969721</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Geldik Sayılır</t>
+          <t>İpini Koparan</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789759969462</t>
+          <t>9789759969738</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Tövbe Gölgeliği</t>
+          <t>Vahyin 1.Yılı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789759969479</t>
+          <t>9789759969745</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Berhayat</t>
+          <t>Siyah Güzeldir</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789759969417</t>
+          <t>9789759969714</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Masumiyetin Son Günleri</t>
+          <t>İncilerin Yıldızı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>290</v>
+        <v>265</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789759969431</t>
+          <t>9789759969707</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk Projeleri</t>
+          <t>Nadir Kuş</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789759969394</t>
+          <t>9789759969691</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hayyam</t>
+          <t>Anka</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789759969370</t>
+          <t>9789759969660</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Yüz Adımlık Yolculuk</t>
+          <t>Abdülhamid’in Rüyası Ertuğrul</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789759969325</t>
+          <t>9789759969684</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadar Gamlı Bu Akşam Vakti - Safa Önal Kitabı</t>
+          <t>Unutma Noktası</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>680</v>
+        <v>450</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789759969387</t>
+          <t>9789759969677</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Heavenly Divide</t>
+          <t>Tavşanlar ve Boa Yılanları</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>360</v>
+        <v>285</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789759969349</t>
+          <t>9789759968236</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Net Duruş</t>
+          <t>Siyasi Düzen ve Siyasi Çürüme</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>380</v>
+        <v>755</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789759969363</t>
+          <t>9789759969622</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Söylem</t>
+          <t>Ateş Arabaları</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>220</v>
+        <v>465</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789759969332</t>
+          <t>9789759969592</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Genç Müslümana Mektuplar</t>
+          <t>Anno Domini 2071</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789759969257</t>
+          <t>9789759969585</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Halil İnalcık’ın Merceğinden Tarih Bilinci</t>
+          <t>Pentagon’un Beyni</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>350</v>
+        <v>640</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789759969271</t>
+          <t>9789759969578</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kalküta</t>
+          <t>Altın Bilek</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>190</v>
+        <v>435</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789759969264</t>
+          <t>9789759969516</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı</t>
+          <t>Sırt Çantalı Nicolas</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789759969288</t>
+          <t>9789759969608</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kağıt Sanatı Yapabilir</t>
+          <t>Nail Art - Tırnak Sanatı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789759969318</t>
+          <t>9789759969042</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Yol Bitmeden</t>
+          <t>Bir Çılgınlık Yürüyüşü</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>220</v>
+        <v>780</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789759969202</t>
+          <t>9789759969561</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kavga Başlıyor</t>
+          <t>Acemiler İçin Tarot Rehberi - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789759969189</t>
+          <t>9789759969493</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Tarafsız Günler</t>
+          <t>Söz Verilmiş Bahçe</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789759969134</t>
+          <t>9789759969455</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Şovundan Gerçeklik Kurgusuna</t>
+          <t>Mutluluk Onay Belgesi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789759969165</t>
+          <t>9789759969509</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Belkide Dilimden Bu Şarkı Düşmez</t>
+          <t>Geldik Sayılır</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789759969097</t>
+          <t>9789759969462</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Gemisi</t>
+          <t>Tövbe Gölgeliği</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789759969127</t>
+          <t>9789759969479</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Arka Plan Yazıları</t>
+          <t>Berhayat</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789759969073</t>
+          <t>9789759969417</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Yaralar ve Diğer Sebeplerden</t>
+          <t>Masumiyetin Son Günleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>220</v>
+        <v>345</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789759969103</t>
+          <t>9789759969431</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şahitlik</t>
+          <t>Kurumsal Sosyal Sorumluluk Projeleri</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789759969110</t>
+          <t>9789759969394</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiziminin Temelleri</t>
+          <t>Hayyam</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>530</v>
+        <v>230</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789759968793</t>
+          <t>9789759969370</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Manga Çizim Sanatı</t>
+          <t>Yüz Adımlık Yolculuk</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>830</v>
+        <v>430</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789759969059</t>
+          <t>9789759969325</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Çivi</t>
+          <t>Ne Kadar Gamlı Bu Akşam Vakti - Safa Önal Kitabı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>240</v>
+        <v>810</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789759969080</t>
+          <t>9789759969387</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Sokakta</t>
+          <t>Heavenly Divide</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789759968991</t>
+          <t>9789759969349</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Faul Problemi</t>
+          <t>Net Duruş</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789759968977</t>
+          <t>9789759969363</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Söylem</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789759968953</t>
+          <t>9789759969332</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Cuma Günü Uçmayan Kuş</t>
+          <t>Genç Müslümana Mektuplar</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789759968922</t>
+          <t>9789759969257</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Çoban Ateşi</t>
+          <t>Halil İnalcık’ın Merceğinden Tarih Bilinci</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789759968946</t>
+          <t>9789759969271</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Vefa Apartmanı</t>
+          <t>Kalküta</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789759968960</t>
+          <t>9789759969264</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>4 Defter</t>
+          <t>Osmanlı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789759968908</t>
+          <t>9789759969288</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Yok Bişey</t>
+          <t>Herkes Kağıt Sanatı Yapabilir</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>210</v>
+        <v>515</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789759968939</t>
+          <t>9789759969318</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Yeşili</t>
+          <t>Yol Bitmeden</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789759968830</t>
+          <t>9789759969202</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Görmeden Ölmek</t>
+          <t>Kavga Başlıyor</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789759968809</t>
+          <t>9789759969189</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>C’nin Hazırlanmış Hayatı</t>
+          <t>Tarafsız Günler</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789759968816</t>
+          <t>9789759969134</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Domuz Kasabı</t>
+          <t>Gerçeklik Şovundan Gerçeklik Kurgusuna</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789759968861</t>
+          <t>9789759969165</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Domino</t>
+          <t>Belkide Dilimden Bu Şarkı Düşmez</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789759968854</t>
+          <t>9789759969097</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değiliz</t>
+          <t>Dünyanın En Güzel Gemisi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789759968786</t>
+          <t>9789759969127</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Akıntıya Karşı</t>
+          <t>Arka Plan Yazıları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789759968823</t>
+          <t>9789759969073</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Başçarşı’da Karşılaşmak</t>
+          <t>Yaralar ve Diğer Sebeplerden</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789759968847</t>
+          <t>9789759969103</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz</t>
+          <t>Güzel Şahitlik</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789759968748</t>
+          <t>9789759969110</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Ars</t>
+          <t>Hayvan Çiziminin Temelleri</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>300</v>
+        <v>635</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789759968762</t>
+          <t>9789759968793</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Def</t>
+          <t>Manga Çizim Sanatı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>190</v>
+        <v>980</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789759968779</t>
+          <t>9789759969059</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>İlahi Morluk</t>
+          <t>Çivi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789759968724</t>
+          <t>9789759969080</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Bir Adam</t>
+          <t>Sokakta</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>420</v>
+        <v>335</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789759968694</t>
+          <t>9789759968991</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Futbol Nedir Ki</t>
+          <t>Faul Problemi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789759968717</t>
+          <t>9789759968977</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünyanın Oyunu</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789759968731</t>
+          <t>9789759968953</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İsa Hanginiz?</t>
+          <t>Cuma Günü Uçmayan Kuş</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789759968656</t>
+          <t>9789759968922</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kızlarıma İstanbul</t>
+          <t>Aşkın Çoban Ateşi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>290</v>
+        <v>510</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789759968700</t>
+          <t>9789759968946</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Köpekleri</t>
+          <t>Vefa Apartmanı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789759968670</t>
+          <t>9789759968960</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kara Sevdam Türkiye</t>
+          <t>4 Defter</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789759968663</t>
+          <t>9789759968908</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>FETÖ</t>
+          <t>Yok Bişey</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>540</v>
+        <v>250</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789759968403</t>
+          <t>9789759968939</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Mein Qur’an Tagebuch</t>
+          <t>Gecenin Yeşili</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789759968410</t>
+          <t>9789759968830</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Yerlilik Düşüncesi</t>
+          <t>Görmeden Ölmek</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789759968519</t>
+          <t>9789759968809</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimi Kaybettim Hükümsüzdür</t>
+          <t>C’nin Hazırlanmış Hayatı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789759968632</t>
+          <t>9789759968816</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kupa Avrupası</t>
+          <t>Domuz Kasabı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>770</v>
+        <v>400</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789759968304</t>
+          <t>9789759968861</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Kalpleri</t>
+          <t>Domino</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789759968007</t>
+          <t>9789759968854</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sırlar</t>
+          <t>Yalnız Değiliz</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789759968168</t>
+          <t>9789759968786</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Uzakla Yakının Sınırında</t>
+          <t>Akıntıya Karşı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>190</v>
+        <v>625</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789759968427</t>
+          <t>9789759968823</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Türk Seri Katiller</t>
+          <t>Başçarşı’da Karşılaşmak</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789759968205</t>
+          <t>9789759968847</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Benim Hikayem</t>
+          <t>15 Temmuz</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789759968441</t>
+          <t>9789759968748</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Ayak Oyunlarından Akıl Oyunlarına Futbol</t>
+          <t>Ars</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789759967888</t>
+          <t>9789759968762</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Halvet Der Encümen</t>
+          <t>Def</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789759968120</t>
+          <t>9789759968779</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Tımarhane Günlerim</t>
+          <t>İlahi Morluk</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>520</v>
+        <v>240</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789759967901</t>
+          <t>9789759968724</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Balzac</t>
+          <t>Kocaman Bir Adam</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>210</v>
+        <v>510</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789759968014</t>
+          <t>9789759968694</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Ataerkil</t>
+          <t>Futbol Nedir Ki</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>590</v>
+        <v>240</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789759968137</t>
+          <t>9789759968717</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>1 - Denemeden Nasıl Bilinir ki Gerçek Aşk</t>
+          <t>Başka Bir Dünyanın Oyunu</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>280</v>
+        <v>285</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789759967895</t>
+          <t>9789759968731</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uykusu</t>
+          <t>İsa Hanginiz?</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789759968113</t>
+          <t>9789759968656</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Hayat Teselli Olmaktır</t>
+          <t>Kızlarıma İstanbul</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789759962975</t>
+          <t>9789759968700</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Günlüğü</t>
+          <t>Cehennem Köpekleri</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789759967918</t>
+          <t>9789759968670</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>ABD'nin Gizli Tarihi</t>
+          <t>Kara Sevdam Türkiye</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>990</v>
+        <v>445</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789759960339</t>
+          <t>9789759968663</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Uçuş Denemeleri</t>
+          <t>FETÖ</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>190</v>
+        <v>640</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789759967826</t>
+          <t>9789759968403</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Darbeli ve Çatışmalı Yıllar</t>
+          <t>Mein Qur’an Tagebuch</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789759967963</t>
+          <t>9789759968410</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Sürekli Kayıp</t>
+          <t>Yerlilik Düşüncesi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>450</v>
+        <v>530</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789759967871</t>
+          <t>9789759968519</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alanda Başörtülüler</t>
+          <t>Geleceğimi Kaybettim Hükümsüzdür</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789759967864</t>
+          <t>9789759968632</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Ev Hali</t>
+          <t>Kupa Avrupası</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>220</v>
+        <v>920</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789759964337</t>
+          <t>9789759968304</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Hacı Hostes'in Esma Günlüğü</t>
+          <t>Kelimelerin Kalpleri</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789759964412</t>
+          <t>9789759968007</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Günler Ne Kadar Kısaldı</t>
+          <t>Küçük Sırlar</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789759961343</t>
+          <t>9789759968168</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Texte Aus Der Reisebeschreibung Seyahatname Von Evliya Çelebi</t>
+          <t>Uzakla Yakının Sınırında</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789759964450</t>
+          <t>9789759968427</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Otobüsname - Yaşadığımız Şehir</t>
+          <t>Türk Seri Katiller</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789759967796</t>
+          <t>9789759968205</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Ayan Beyan</t>
+          <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789759967802</t>
+          <t>9789759968441</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Ayak Oyunlarından Akıl Oyunlarına Futbol</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789759967666</t>
+          <t>9789759967888</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Şehirleri Süsleyen Yolcu</t>
+          <t>Halvet Der Encümen</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789759967673</t>
+          <t>9789759968120</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği İnciten Papağan</t>
+          <t>Tımarhane Günlerim</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>190</v>
+        <v>620</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789759967833</t>
+          <t>9789759967901</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Mit Mensubunun Kaleminden Çözüm Sürecinde Güneydoğu Anıları</t>
+          <t>Vadideki Balzac</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789759967789</t>
+          <t>9789759968014</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Güzeran</t>
+          <t>Ataerkil</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789759967772</t>
+          <t>9789759968137</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>1 - Denemeden Nasıl Bilinir ki Gerçek Aşk</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789759967765</t>
+          <t>9789759967895</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Ramazanname</t>
+          <t>Kuş Uykusu</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789759967628</t>
+          <t>9789759968113</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yüz</t>
+          <t>Hayat Teselli Olmaktır</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789759967581</t>
+          <t>9789759962975</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kimi Derviş Kimi Sultan</t>
+          <t>Kur’an Günlüğü</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789759967574</t>
+          <t>9789759967918</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Suret</t>
+          <t>ABD'nin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>190</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789759967543</t>
+          <t>9789759960339</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İkiz Aynası Sanattan Portreler</t>
+          <t>Uçuş Denemeleri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789759967567</t>
+          <t>9789759967826</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Aç</t>
+          <t>Darbeli ve Çatışmalı Yıllar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789759967000</t>
+          <t>9789759967963</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Poemas Seleccionadas Del Divan De  Yunus Emre</t>
+          <t>Sürekli Kayıp</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>90</v>
+        <v>540</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789759966904</t>
+          <t>9789759967871</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Historias Seleccionadas De Seyahatname</t>
+          <t>Kamusal Alanda Başörtülüler</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789759966997</t>
+          <t>9789759967864</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Poesias Seleccionadas De Safahat</t>
+          <t>Ev Hali</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>90</v>
+        <v>265</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789759966911</t>
+          <t>9789759964337</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Historias Seleccionadas De Ömer Seyfettin</t>
+          <t>Hacı Hostes'in Esma Günlüğü</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789759966898</t>
+          <t>9789759964412</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Historias Seleccionadas De Nasreddin Hoca</t>
+          <t>Günler Ne Kadar Kısaldı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789759966966</t>
+          <t>9789759961343</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Partes Seleccionadas De Kutadgu Bilig</t>
+          <t>Ausgewaehlte Texte Aus Der Reisebeschreibung Seyahatname Von Evliya Çelebi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789759966881</t>
+          <t>9789759964450</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Historias Seleccionadas De Hacivat ve Karagöz</t>
+          <t>Otobüsname - Yaşadığımız Şehir</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789759966874</t>
+          <t>9789759967796</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Fabulas Seleccionados De Dede Korkut</t>
+          <t>Ayan Beyan</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789759962135</t>
+          <t>9789759967802</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Tenezzül</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789759964504</t>
+          <t>9789759967666</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Şapka</t>
+          <t>Şehirleri Süsleyen Yolcu</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789759963453</t>
+          <t>9789759967673</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kesik Dil</t>
+          <t>Gerçeği İnciten Papağan</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789759966553</t>
+          <t>9789759967833</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Sultan Vahideddin Han</t>
+          <t>Eski Bir Mit Mensubunun Kaleminden Çözüm Sürecinde Güneydoğu Anıları</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>630</v>
+        <v>325</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789759964894</t>
+          <t>9789759967789</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tünelinden Geçerken</t>
+          <t>Güzeran</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789759967482</t>
+          <t>9789759967772</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Gez Göz Esaret</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C479" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789759967505</t>
+          <t>9789759967765</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Yazıhane Yıllık</t>
+          <t>Ramazanname</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>380</v>
+        <v>265</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789759966980</t>
+          <t>9789759967628</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Poemes Choisises du Divan de Yunus Emre</t>
+          <t>Yüz</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>90</v>
+        <v>275</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789759966812</t>
+          <t>9789759967581</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Histoires Choisies du Seyahatname</t>
+          <t>Kimi Derviş Kimi Sultan</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>90</v>
+        <v>360</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789759966959</t>
+          <t>9789759967574</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Poemes Choisis de Safahat</t>
+          <t>Suret</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789759966829</t>
+          <t>9789759967543</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Histoires Choisies de Ömer Seyfettin</t>
+          <t>İkiz Aynası Sanattan Portreler</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789759966867</t>
+          <t>9789759967567</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Passages Choisis du Nutuk - Le Discours de Mustafa Kemal Atatürk</t>
+          <t>Aç</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>90</v>
+        <v>225</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789759966836</t>
+          <t>9789759967000</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Histoires Choisies de Nasreddin Hodja</t>
+          <t>Poemas Seleccionadas Del Divan De  Yunus Emre</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789759966973</t>
+          <t>9789759966904</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Passages Choisis de Kutadgu Bilig</t>
+          <t>Historias Seleccionadas De Seyahatname</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789759966843</t>
+          <t>9789759966997</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Histoires Choisies de Hacivat et Karagöz</t>
+          <t>Poesias Seleccionadas De Safahat</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789759966850</t>
+          <t>9789759966911</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Fables Choisies de Dede Korkut</t>
+          <t>Historias Seleccionadas De Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789759966744</t>
+          <t>9789759966898</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Kararı</t>
+          <t>Historias Seleccionadas De Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789759967550</t>
+          <t>9789759966966</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Türk Kağanlığı - 1 : Kırık Ok</t>
+          <t>Partes Seleccionadas De Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>470</v>
+        <v>110</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789759967529</t>
+          <t>9789759966881</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Benim Meselem</t>
+          <t>Historias Seleccionadas De Hacivat ve Karagöz</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789759967468</t>
+          <t>9789759966874</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>İnönü ve Bayarlı Yıllar (1938-1960)</t>
+          <t>Fabulas Seleccionados De Dede Korkut</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257111478</t>
+          <t>9789759962135</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Eşimin Eşi Yok</t>
+          <t>Tenezzül</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789759966546</t>
+          <t>9789759964504</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Dün Cemaat Bugün Paralel Devlet</t>
+          <t>Şapka</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789759967512</t>
+          <t>9789759963453</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Kesik Dil</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789759963613</t>
+          <t>9789759966553</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman Gülüşleri</t>
+          <t>Sultan Vahideddin Han</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>200</v>
+        <v>755</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789759967611</t>
+          <t>9789759964894</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Börü Budun</t>
+          <t>Zaman Tünelinden Geçerken</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789759967604</t>
+          <t>9789759967482</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Bermuda</t>
+          <t>Gez Göz Esaret</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257111430</t>
+          <t>9789759967505</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Eşim Aşkım Olsun</t>
+          <t>Yazıhane Yıllık</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789759966768</t>
+          <t>9789759966980</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>İmgenar Sokağı</t>
+          <t>Poemes Choisises du Divan de Yunus Emre</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789759966706</t>
+          <t>9789759966812</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>İzmirli</t>
+          <t>Histoires Choisies du Seyahatname</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789759964085</t>
+          <t>9789759966959</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kış Bilgisi</t>
+          <t>Poemes Choisis de Safahat</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257111324</t>
+          <t>9789759966829</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evlilik Okulu</t>
+          <t>Histoires Choisies de Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>430</v>
+        <v>110</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257111423</t>
+          <t>9789759966867</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Evlendikten Sonra da Muhabbet Olsun</t>
+          <t>Passages Choisis du Nutuk - Le Discours de Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789759964955</t>
+          <t>9789759966836</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Şifre Süleymaniye</t>
+          <t>Histoires Choisies de Nasreddin Hodja</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789759964979</t>
+          <t>9789759966973</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Tarifler</t>
+          <t>Passages Choisis de Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>530</v>
+        <v>110</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789759964863</t>
+          <t>9789759966843</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Derin Yara</t>
+          <t>Histoires Choisies de Hacivat et Karagöz</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789759962388</t>
+          <t>9789759966850</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Yazıları</t>
+          <t>Fables Choisies de Dede Korkut</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789759963521</t>
+          <t>9789759966744</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sirenleri Taşa Tutun</t>
+          <t>Kalbin Kararı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789759964757</t>
+          <t>9789759967550</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Rojbaş, Parev, Şalom, Merhaba, Selamün Aleyküm</t>
+          <t>Türk Kağanlığı - 1 : Kırık Ok</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>380</v>
+        <v>560</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789759964672</t>
+          <t>9789759967529</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Meta Data</t>
+          <t>Benim Meselem</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789759964931</t>
+          <t>9789759967468</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Hızır ile Musa</t>
+          <t>İnönü ve Bayarlı Yıllar (1938-1960)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789759961824</t>
+          <t>9786257111478</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Etkili Öğretmenlik Eğitimi</t>
+          <t>Eşimin Eşi Yok</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>450</v>
+        <v>265</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789759964177</t>
+          <t>9789759966546</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Amerika Sen Busun</t>
+          <t>Dün Cemaat Bugün Paralel Devlet</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>190</v>
+        <v>720</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789759964467</t>
+          <t>9789759967512</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk Öldü</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789759964535</t>
+          <t>9789759963613</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Rüya</t>
+          <t>Ahir Zaman Gülüşleri</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789759964528</t>
+          <t>9789759967611</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Öbür Divan</t>
+          <t>Börü Budun</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789759964900</t>
+          <t>9789759967604</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>İkiz Aynası</t>
+          <t>Bermuda</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789759964733</t>
+          <t>9786257111430</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Medya Senfoni</t>
+          <t>Eşim Aşkım Olsun</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789759966621</t>
+          <t>9789759966768</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Darılma Bana</t>
+          <t>İmgenar Sokağı</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789759966652</t>
+          <t>9789759966706</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Vatan Somuttur</t>
+          <t>İzmirli</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>190</v>
+        <v>540</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789759966676</t>
+          <t>9789759964085</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Çorak Topraklar</t>
+          <t>Kış Bilgisi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789759966669</t>
+          <t>9786257111324</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ruhuna Karşı</t>
+          <t>Mutlu Evlilik Okulu</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>300</v>
+        <v>510</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789759966645</t>
+          <t>9786257111423</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Türk Şiiri</t>
+          <t>Evlendikten Sonra da Muhabbet Olsun</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789759966638</t>
+          <t>9789759964955</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Devamsızlar İçin</t>
+          <t>Şifre Süleymaniye</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789759964764</t>
+          <t>9789759964979</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Dün, Bugün, Yarın</t>
+          <t>Mutlu Tarifler</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>430</v>
+        <v>635</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789759963996</t>
+          <t>9789759964863</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Dünya Görüşü</t>
+          <t>Derin Yara</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>165</v>
+        <v>230</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789759964702</t>
+          <t>9789759962388</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanda Geleceği Kurmak</t>
+          <t>Sivil Toplum Yazıları</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789759964283</t>
+          <t>9789759963521</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Öğle Uykusu</t>
+          <t>Sirenleri Taşa Tutun</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789759964818</t>
+          <t>9789759964757</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Etyen Mahçupyan'la Yüzyıllık Parantez</t>
+          <t>Rojbaş, Parev, Şalom, Merhaba, Selamün Aleyküm</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789759964795</t>
+          <t>9789759964672</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Ekranın Kısa Tarihi 2: Dizierkil Ailede Baba Rolü</t>
+          <t>Meta Data</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789759964832</t>
+          <t>9789759964931</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Gökada</t>
+          <t>Hızır ile Musa</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789759961947</t>
+          <t>9789759961824</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Rusça Seçme Hikayeler Hacivat ve Karagöz</t>
+          <t>Etkili Öğretmenlik Eğitimi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>90</v>
+        <v>540</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789759961954</t>
+          <t>9789759964177</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Rusça Seçme Hikayeler Nasreddin Hoca</t>
+          <t>Amerika Sen Busun</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>90</v>
+        <v>225</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789759961978</t>
+          <t>9789759964467</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Rusça Seçme Hikayeler Mesnevi</t>
+          <t>Bir Çocuk Öldü</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789759963729</t>
+          <t>9789759964535</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Rusça Seçme Hikayeler Nutuk</t>
+          <t>Gerçek Rüya</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789759961930</t>
+          <t>9789759964528</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Rusça Seçme Hikayeler Dede Korkut</t>
+          <t>Öbür Divan</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>90</v>
+        <v>395</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789759961961</t>
+          <t>9789759964900</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Rusça Seçme Hikayeler Yunus Emre</t>
+          <t>İkiz Aynası</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>90</v>
+        <v>360</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789759964252</t>
+          <t>9789759964733</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Bir Masal İsmet Özel'i</t>
+          <t>Medya Senfoni</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789759963903</t>
+          <t>9789759966621</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Hakkında Öğrenmek İstediğiniz Her Şey</t>
+          <t>Darılma Bana</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789759963583</t>
+          <t>9789759966652</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Kalbi</t>
+          <t>Vatan Somuttur</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789759962623</t>
+          <t>9789759966676</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Kilit Adam</t>
+          <t>Çorak Topraklar</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789759960988</t>
+          <t>9789759966669</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Seçme Hikayeler - Mevlana</t>
+          <t>Zamanın Ruhuna Karşı</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789759964078</t>
+          <t>9789759966645</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Kürtleri</t>
+          <t>Herkes İçin Türk Şiiri</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789759964481</t>
+          <t>9789759966638</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Öncesiyle ve Sonrasıyla 9 - 12 Mart Süresi</t>
+          <t>Devamsızlar İçin</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789759960257</t>
+          <t>9789759964764</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Yenilenme ve Türkiye’nin Sorunları</t>
+          <t>Dün, Bugün, Yarın</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>240</v>
+        <v>510</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789759962852</t>
+          <t>9789759963996</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Oma</t>
+          <t>Dünya Görüşü</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>530</v>
+        <v>165</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789759961138</t>
+          <t>9789759964702</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Düşünmenin Gücü</t>
+          <t>Zor Zamanda Geleceği Kurmak</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789759964597</t>
+          <t>9789759964283</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Masada Kaybedilen Vatan</t>
+          <t>Öğle Uykusu</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>345</v>
+        <v>255</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789759964689</t>
+          <t>9789759964818</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Yumuşak Güç</t>
+          <t>Etyen Mahçupyan'la Yüzyıllık Parantez</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>190</v>
+        <v>345</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789759961008</t>
+          <t>9789759964795</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Hacivat ve Karagöz Seçme Hikayeler</t>
+          <t>Ekranın Kısa Tarihi 2: Dizierkil Ailede Baba Rolü</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789759961541</t>
+          <t>9789759964832</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Uykusu</t>
+          <t>Küçük Bir Gökada</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789759960308</t>
+          <t>9789759961947</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Hatalı Alanlarınız</t>
+          <t>Rusça Seçme Hikayeler Hacivat ve Karagöz</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789759964610</t>
+          <t>9789759961954</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Neden Osmanlı</t>
+          <t>Rusça Seçme Hikayeler Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789759964580</t>
+          <t>9789759961978</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Tape'den Kodese 2 - Polis Dinlerse Dinlesin</t>
+          <t>Rusça Seçme Hikayeler Mesnevi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789759961107</t>
+          <t>9789759963729</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Nokta Atışları</t>
+          <t>Rusça Seçme Hikayeler Nutuk</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789759964634</t>
+          <t>9789759961930</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Onyedi Gün</t>
+          <t>Rusça Seçme Hikayeler Dede Korkut</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789759964603</t>
+          <t>9789759961961</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Hasta ve Doktor İletişimi</t>
+          <t>Rusça Seçme Hikayeler Yunus Emre</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789759968472</t>
+          <t>9789759964252</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ölüm</t>
+          <t>Bir Masal İsmet Özel'i</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789759968311</t>
+          <t>9789759963903</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>İzinsiz Gösteri</t>
+          <t>Karikatür Hakkında Öğrenmek İstediğiniz Her Şey</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789759968267</t>
+          <t>9789759963583</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Yürüyüş Atlası</t>
+          <t>Kimsenin Kalbi</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789759968281</t>
+          <t>9789759962623</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Yolda Anlatırım</t>
+          <t>Kilit Adam</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789759968250</t>
+          <t>9789759960988</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Gariplerin Kitabı</t>
+          <t>Mesnevi Seçme Hikayeler - Mevlana</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789759968274</t>
+          <t>9789759964078</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Üzüntüden</t>
+          <t>Türkiye'nin Kürtleri</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>190</v>
+        <v>575</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789759968243</t>
+          <t>9789759964481</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Yüzümü Tanı</t>
+          <t>Öncesiyle ve Sonrasıyla 9 - 12 Mart Süresi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789759964306</t>
+          <t>9789759960257</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Çizimin Sırları - 2</t>
+          <t>Osmanlı’da Yenilenme ve Türkiye’nin Sorunları</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789759964122</t>
+          <t>9789759962852</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Arka Direkte Kendini Unutturmak</t>
+          <t>Oma</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>250</v>
+        <v>635</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789759964443</t>
+          <t>9789759961138</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Haldun’un Gölgesi</t>
+          <t>Olumlu Düşünmenin Gücü</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>330</v>
+        <v>395</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789759960889</t>
+          <t>9789759964597</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Srebrenitsa'nın Öyküsü</t>
+          <t>Masada Kaybedilen Vatan</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>360</v>
+        <v>415</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789759961367</t>
+          <t>9789759964689</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Geschicten Von Ömer Seyfettin</t>
+          <t>Yumuşak Güç</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>90</v>
+        <v>225</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789759961404</t>
+          <t>9789759961008</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Kapitel Aus Dem Nutuk Aus Der Rede Atatürks An Das Türkische Volk</t>
+          <t>Hacivat ve Karagöz Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789759961411</t>
+          <t>9789759961541</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehtle Abschnitte Aus Kutadgu Bilig</t>
+          <t>Güzellik Uykusu</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789759961428</t>
+          <t>9789759960308</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Geschicten Aus Kelile Und Dimne</t>
+          <t>Hatalı Alanlarınız</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>90</v>
+        <v>395</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789759961435</t>
+          <t>9789759964610</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Geschicten Aus Safahat</t>
+          <t>Neden Osmanlı</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>90</v>
+        <v>480</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789759964351</t>
+          <t>9789759964580</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Başka Göklerin Altında</t>
+          <t>Tape'den Kodese 2 - Polis Dinlerse Dinlesin</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789759964405</t>
+          <t>9789759961107</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Yol Durumu</t>
+          <t>Nokta Atışları</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789759964092</t>
+          <t>9789759964634</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Yüzümün Çocukluğu</t>
+          <t>Onyedi Gün</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789759960292</t>
+          <t>9789759964603</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Yetenekli Çocuğun Dramı</t>
+          <t>Hasta ve Doktor İletişimi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789759960407</t>
+          <t>9789759968472</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni</t>
+          <t>Kızıl Ölüm</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789759961718</t>
+          <t>9789759968311</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Yanılmışım Tanrı Varmış</t>
+          <t>İzinsiz Gösteri</t>
         </is>
       </c>
       <c r="C581" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789759963859</t>
+          <t>9789759968267</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Soğuk Savaş Dönemi</t>
+          <t>Yürüyüş Atlası</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789759962517</t>
+          <t>9789759968281</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ülke</t>
+          <t>Yolda Anlatırım</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789759962272</t>
+          <t>9789759968250</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Komplolar ve Provokasyonlar Tarihi</t>
+          <t>Gariplerin Kitabı</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789759964061</t>
+          <t>9789759968274</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Tüm Nefesliler</t>
+          <t>Üzüntüden</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789759962821</t>
+          <t>9789759968243</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Tüfeksiz Hareketler</t>
+          <t>Yüzümü Tanı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789759963248</t>
+          <t>9789759964306</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Ters Cephe</t>
+          <t>Çizimin Sırları - 2</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>220</v>
+        <v>780</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789759961176</t>
+          <t>9789759964122</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizle Hesaplaşmak</t>
+          <t>Arka Direkte Kendini Unutturmak</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789759963767</t>
+          <t>9789759964443</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Şov ve Mahrem</t>
+          <t>Haldun’un Gölgesi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789759964276</t>
+          <t>9789759960889</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki Zamanın İzinde</t>
+          <t>Srebrenitsa'nın Öyküsü</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>200</v>
+        <v>435</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789759963316</t>
+          <t>9789759961367</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Şehir ve Kültür - İstanbul</t>
+          <t>Ausgewaehlte Geschicten Von Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>740</v>
+        <v>110</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789759964153</t>
+          <t>9789759961404</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Şafaktan Çok Önce</t>
+          <t>Ausgewaehlte Kapitel Aus Dem Nutuk Aus Der Rede Atatürks An Das Türkische Volk</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789759962616</t>
+          <t>9789759961411</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Suikastlar Cumhuriyeti</t>
+          <t>Ausgewaehtle Abschnitte Aus Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>420</v>
+        <v>110</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789759963552</t>
+          <t>9789759961428</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Söz</t>
+          <t>Ausgewaehlte Geschicten Aus Kelile Und Dimne</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>430</v>
+        <v>110</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789759963033</t>
+          <t>9789759961435</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Son On Beş Dakika</t>
+          <t>Ausgewaehlte Geschicten Aus Safahat</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789759963279</t>
+          <t>9789759964351</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler</t>
+          <t>Başka Göklerin Altında</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789759960728</t>
+          <t>9789759964405</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories of Seyahatname by Evliya Çelebi Seyahatname</t>
+          <t>Yol Durumu</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>90</v>
+        <v>430</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789759961312</t>
+          <t>9789759964092</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories Of Safahat</t>
+          <t>Yüzümün Çocukluğu</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789759960704</t>
+          <t>9789759960292</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories Of Ömer Seyfettin</t>
+          <t>Yetenekli Çocuğun Dramı</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>90</v>
+        <v>265</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789759960698</t>
+          <t>9789759960407</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories of Nasraddin Hodja</t>
+          <t>Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>90</v>
+        <v>265</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789759960667</t>
+          <t>9789759961718</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories of Masnavi</t>
+          <t>Yanılmışım Tanrı Varmış</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789759961282</t>
+          <t>9789759963859</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories Of Kelile And Dimne</t>
+          <t>Üçüncü Soğuk Savaş Dönemi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789759960674</t>
+          <t>9789759962517</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories of Hacivat and Karagöz</t>
+          <t>Uzak Ülke</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>90</v>
+        <v>470</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789759960711</t>
+          <t>9789759962272</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories of Dede Korkut</t>
+          <t>Türkiye Komplolar ve Provokasyonlar Tarihi</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>90</v>
+        <v>430</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789759960735</t>
+          <t>9789759964061</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories of Arabian Nights</t>
+          <t>Tüm Nefesliler</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789759960681</t>
+          <t>9789759962821</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Selected Poems of the Divan of Yunus Emre</t>
+          <t>Tüfeksiz Hareketler</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>90</v>
+        <v>265</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789759961299</t>
+          <t>9789759963248</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Selected Parts Of Kutadgu Bilig</t>
+          <t>Ters Cephe</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>90</v>
+        <v>265</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789759963255</t>
+          <t>9789759961176</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Sanat Yok</t>
+          <t>Tarihimizle Hesaplaşmak</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789759963019</t>
+          <t>9789759963767</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Salkım Söğütlerin Gölgesinde</t>
+          <t>Şov ve Mahrem</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>570</v>
+        <v>300</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789759963538</t>
+          <t>9789759964276</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Avı</t>
+          <t>Şimdiki Zamanın İzinde</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789759962289</t>
+          <t>9789759963316</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Resmi Tarih Yalanları</t>
+          <t>Şehir ve Kültür - İstanbul</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>270</v>
+        <v>890</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789759963699</t>
+          <t>9789759964153</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Prozac’ı Bırak Platon’a Bak</t>
+          <t>Şafaktan Çok Önce</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789759963804</t>
+          <t>9789759962616</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Prizren Dersaadet</t>
+          <t>Suikastlar Cumhuriyeti</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789759961534</t>
+          <t>9789759963552</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Peltek Vaiz</t>
+          <t>Sözüm Söz</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>190</v>
+        <v>515</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789759961510</t>
+          <t>9789759963033</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Özü Sözü Yirmi Bir</t>
+          <t>Son On Beş Dakika</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>220</v>
+        <v>335</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789759964146</t>
+          <t>9789759963279</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Niçin Ağlıyorsun Elisabeth Mutlu Değil miyiz?</t>
+          <t>Sohbetler</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789759960964</t>
+          <t>9789759960728</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Seçme Hikayeler</t>
+          <t>Selected Stories of Seyahatname by Evliya Çelebi Seyahatname</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789759963125</t>
+          <t>9789759961312</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Mukavemet</t>
+          <t>Selected Stories Of Safahat</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789759960261</t>
+          <t>9789759960704</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Mağluplarla Beraber</t>
+          <t>Selected Stories Of Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789759963972</t>
+          <t>9789759960698</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Kurtarıcı</t>
+          <t>Selected Stories of Nasraddin Hodja</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789759963118</t>
+          <t>9789759960667</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kaf ve Rengi</t>
+          <t>Selected Stories of Masnavi</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789759960346</t>
+          <t>9789759961282</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kriterleri</t>
+          <t>Selected Stories Of Kelile And Dimne</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789759963989</t>
+          <t>9789759960674</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>İran</t>
+          <t>Selected Stories of Hacivat and Karagöz</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789759962951</t>
+          <t>9789759960711</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>İmaj ve Takva</t>
+          <t>Selected Stories of Dede Korkut</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789759964160</t>
+          <t>9789759960735</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>İkisi</t>
+          <t>Selected Stories of Arabian Nights</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789759963262</t>
+          <t>9789759960681</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>İki Kişilik Rüyalar</t>
+          <t>Selected Poems of the Divan of Yunus Emre</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789759960032</t>
+          <t>9789759961299</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Son 13 Günü</t>
+          <t>Selected Parts Of Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789759963682</t>
+          <t>9789759963255</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Hiçbiryer</t>
+          <t>Sanat Yok</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789759964108</t>
+          <t>9789759963019</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Heves</t>
+          <t>Salkım Söğütlerin Gölgesinde</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>190</v>
+        <v>685</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789759963811</t>
+          <t>9789759963538</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Her Anne Bir Melektir</t>
+          <t>Rüzgar Avı</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789759963781</t>
+          <t>9789759962289</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Her Anne Bir Melektir</t>
+          <t>Resmi Tarih Yalanları</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789759963286</t>
+          <t>9789759963699</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>Prozac’ı Bırak Platon’a Bak</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789759963569</t>
+          <t>9789759963804</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Hadis Günlüğü</t>
+          <t>Prizren Dersaadet</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789759963163</t>
+          <t>9789759961534</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Gülziya</t>
+          <t>Peltek Vaiz</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789759960353</t>
+          <t>9789759961510</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Giderken Söylenmiştir</t>
+          <t>Özü Sözü Yirmi Bir</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789759963644</t>
+          <t>9789759964146</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Genç Matematikçiye Mektuplar</t>
+          <t>Niçin Ağlıyorsun Elisabeth Mutlu Değil miyiz?</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789759961657</t>
+          <t>9789759960964</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Galib Dede’nin Aşk Ateşi</t>
+          <t>Nasreddin Hoca Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>235</v>
+        <v>180</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789759960971</t>
+          <t>9789759963125</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi Seçme Hikayeler</t>
+          <t>Mukavemet</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789759961848</t>
+          <t>9789759960261</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Etkili Anne-Baba Eğitimi</t>
+          <t>Mağluplarla Beraber</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789759962012</t>
+          <t>9789759963972</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Etkili Anne Baba Eğitiminde Uygulamalar</t>
+          <t>Kurtarıcı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789759964016</t>
+          <t>9789759963118</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Entelektüellerin Hurafeleri</t>
+          <t>Kaf ve Rengi</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789759960278</t>
+          <t>9789759960346</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Doria ve Barbaros</t>
+          <t>İstanbul Kriterleri</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>330</v>
+        <v>255</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789759961039</t>
+          <t>9789759963989</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Dip</t>
+          <t>İran</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789759963194</t>
+          <t>9789759962951</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>İmaj ve Takva</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789759963392</t>
+          <t>9789759964160</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet</t>
+          <t>İkisi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789759960957</t>
+          <t>9789759963262</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Seçme Hikayeler</t>
+          <t>İki Kişilik Rüyalar</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789759963446</t>
+          <t>9789759960032</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Dar Zaman</t>
+          <t>Hitler’in Son 13 Günü</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789759964054</t>
+          <t>9789759963682</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Çizimin Sırları - 1</t>
+          <t>Hiçbiryer</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>650</v>
+        <v>455</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789759963606</t>
+          <t>9789759964108</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Çizimde Ustalık</t>
+          <t>Heves</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>650</v>
+        <v>230</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789759962425</t>
+          <t>9789759963811</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Cuntacılıktan Sivil Topluma</t>
+          <t>Her Anne Bir Melektir</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789759962296</t>
+          <t>9789759963781</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Dindar Kadınları</t>
+          <t>Her Anne Bir Melektir</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>290</v>
+        <v>395</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789759962661</t>
+          <t>9789759963286</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Bir Şair Bisikletle</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>190</v>
+        <v>585</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789759961398</t>
+          <t>9789759963569</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte te Anekdoten von Karagöz und Hacivat</t>
+          <t>Hadis Günlüğü</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789759961381</t>
+          <t>9789759963163</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Geschicten Aus Dem Mesnewi</t>
+          <t>Gülziya</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>90</v>
+        <v>420</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789759961336</t>
+          <t>9789759960353</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Geschicten Aus Dem Epos Dede Korkut</t>
+          <t>Giderken Söylenmiştir</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789759961329</t>
+          <t>9789759963644</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Gedichte aus dem Divan von Yunus Emre</t>
+          <t>Genç Matematikçiye Mektuplar</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789759961350</t>
+          <t>9789759961657</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Anekdoten von Nasrettin Hoca, Nasreddin Dem Gelehrten</t>
+          <t>Galib Dede’nin Aşk Ateşi</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789759964221</t>
+          <t>9789759960971</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Atahunalp Urumgatlı’nın Amel Defteri</t>
+          <t>Evliya Çelebi Seyahatnamesi Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>590</v>
+        <v>180</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789759963101</t>
+          <t>9789759961848</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sırrı Hürrem Sultan</t>
+          <t>Etkili Anne-Baba Eğitimi</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>330</v>
+        <v>540</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789759960131</t>
+          <t>9789759962012</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Elif Hali</t>
+          <t>Etkili Anne Baba Eğitiminde Uygulamalar</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>190</v>
+        <v>540</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789759963378</t>
+          <t>9789759964016</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Aşk Düşünce Yollara 2</t>
+          <t>Entelektüellerin Hurafeleri</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789759963842</t>
+          <t>9789759960278</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Amin</t>
+          <t>Doria ve Barbaros</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789759961749</t>
+          <t>9789759961039</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Ağır Misafir</t>
+          <t>Dip</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789759963798</t>
+          <t>9789759963194</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Afişler Gibi Yüzün</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
+          <t>9789759963392</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Derin Devlet</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9789759960957</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9789759963446</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Dar Zaman</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9789759964054</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Çizimin Sırları - 1</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9789759963606</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Çizimde Ustalık</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9789759962425</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Cuntacılıktan Sivil Topluma</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9789759962296</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet’in Dindar Kadınları</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9789759962661</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şair Bisikletle</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9789759961398</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Ausgewaehlte te Anekdoten von Karagöz und Hacivat</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9789759961381</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Ausgewaehlte Geschicten Aus Dem Mesnewi</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9789759961336</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Ausgewaehlte Geschicten Aus Dem Epos Dede Korkut</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9789759961329</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Ausgewaehlte Gedichte aus dem Divan von Yunus Emre</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9789759961350</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Ausgewaehlte Anekdoten von Nasrettin Hoca, Nasreddin Dem Gelehrten</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9789759964221</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Atahunalp Urumgatlı’nın Amel Defteri</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9789759963101</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Sırrı Hürrem Sultan</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9789759960131</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Elif Hali</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9789759963378</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Düşünce Yollara 2</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9789759963842</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Amin</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9789759961749</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Ağır Misafir</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9789759963798</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Afişler Gibi Yüzün</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
           <t>9789759962838</t>
         </is>
       </c>
-      <c r="B665" s="1" t="inlineStr">
+      <c r="B685" s="1" t="inlineStr">
         <is>
           <t>Postacı Kadın</t>
         </is>
       </c>
-      <c r="C665" s="1">
-        <v>430</v>
+      <c r="C685" s="1">
+        <v>510</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>