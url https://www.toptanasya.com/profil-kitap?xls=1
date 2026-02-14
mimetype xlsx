--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -85,10300 +85,10450 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256036789</t>
+          <t>9786256036895</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Vatikan Casusları</t>
+          <t>Modern İngiltere’nin Deşifresi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>675</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256036758</t>
+          <t>9786256036871</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sen Her Şeysin</t>
+          <t>Kadınların Vatandaşlığa Kabulü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256036765</t>
+          <t>9786256036888</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Büroda</t>
+          <t>Katolik Kilisesi Tarihe ve Sosyalizme Meydan Okuyor!</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256036505</t>
+          <t>9786256036864</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz ve Tornavida</t>
+          <t>Gündelik Hayatın Sahnesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>335</v>
+        <v>275</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256036512</t>
+          <t>9786256036857</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kozmos Buradan Geçer</t>
+          <t>Aynadaki Kılavuz</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057525321</t>
+          <t>9789759967932</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de E-Spor ve Pubg - Dijital Oyunlar Serisi 4</t>
+          <t>Serçe Sultan 1: Padişahın Kayıp Hazinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789759962760</t>
+          <t>9786256036826</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İdris Küçükömer’le Türkiye Üstüne Tartışmalar</t>
+          <t>Sebastian Vettel</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789759961145</t>
+          <t>9786256036819</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dillerin Katli</t>
+          <t>Mengücek Mirası: Divriği Ulu Cami ve Külliyesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>625</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789759963743</t>
+          <t>9786256036802</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Alman Derin Devleti</t>
+          <t>Bir Hayat Birkaç Semt</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>435</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789759964924</t>
+          <t>9786256036796</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yayıncılık</t>
+          <t>İmkansız İnsan</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759963705</t>
+          <t>9786256036789</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Umutlar Merkezi</t>
+          <t>Vatikan Casusları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>675</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789759966935</t>
+          <t>9786256036758</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Anlamak</t>
+          <t>Sen Her Şeysin</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>510</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789759963088</t>
+          <t>9786256036765</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Üstü Kalsın İhanetimin</t>
+          <t>Büroda</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789759962302</t>
+          <t>9786256036505</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Muamma</t>
+          <t>Salyangoz ve Tornavida</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>325</v>
+        <v>335</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759961046</t>
+          <t>9786256036512</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Noktası</t>
+          <t>Kozmos Buradan Geçer</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>395</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057525284</t>
+          <t>9786057525321</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıkta Birkaç Ay</t>
+          <t>Türkiye'de E-Spor ve Pubg - Dijital Oyunlar Serisi 4</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789759967758</t>
+          <t>9789759962760</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ferec - Varlığın Ateşi</t>
+          <t>İdris Küçükömer’le Türkiye Üstüne Tartışmalar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>600</v>
+        <v>325</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789759969356</t>
+          <t>9789759961145</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Efendileri</t>
+          <t>Dillerin Katli</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789759969530</t>
+          <t>9789759963743</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kedi Gözü</t>
+          <t>Alman Derin Devleti</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>230</v>
+        <v>435</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789759967536</t>
+          <t>9789759964924</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Melek Çocukları Kulübü</t>
+          <t>Dijital Yayıncılık</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789759961527</t>
+          <t>9789759963705</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Üç Köpük</t>
+          <t>Kayıp Umutlar Merkezi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789759969295</t>
+          <t>9789759966935</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Cam ve Elmas</t>
+          <t>Türkiye’yi Anlamak</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>265</v>
+        <v>510</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256036710</t>
+          <t>9789759963088</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hallac-ı Mansur</t>
+          <t>Üstü Kalsın İhanetimin</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256036703</t>
+          <t>9789759962302</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>F1 Perde Arkası</t>
+          <t>Muamma</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>370</v>
+        <v>325</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256036727</t>
+          <t>9789759961046</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Efsunlu Güzellikler</t>
+          <t>Kırılma Noktası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>395</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256036734</t>
+          <t>9786057525284</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Büyük Günah</t>
+          <t>Mezarlıkta Birkaç Ay</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789759961985</t>
+          <t>9789759967758</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Takım Oyunu</t>
+          <t>Ferec - Varlığın Ateşi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>265</v>
+        <v>600</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789759969424</t>
+          <t>9789759969356</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Belki de Üzülmeliyiz</t>
+          <t>Zamanın Efendileri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257111676</t>
+          <t>9789759969530</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kolay Çizim Teknikleri</t>
+          <t>Kedi Gözü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256036673</t>
+          <t>9789759967536</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Matilda Duru</t>
+          <t>Melek Çocukları Kulübü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256036666</t>
+          <t>9789759961527</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ve Sır</t>
+          <t>Üç Köpük</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256036697</t>
+          <t>9789759969295</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Taşan Duygular</t>
+          <t>Cam ve Elmas</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256036680</t>
+          <t>9786256036710</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Formula 1’in Asi Ruhları</t>
+          <t>Hallac-ı Mansur</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789759968687</t>
+          <t>9786256036703</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kazanmak Yetmez</t>
+          <t>F1 Perde Arkası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789759961701</t>
+          <t>9786256036727</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çizim Hakkında Öğrenmek İstediğiniz Her Şey</t>
+          <t>Efsunlu Güzellikler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>780</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256036659</t>
+          <t>9786256036734</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sen</t>
+          <t>Büyük Günah</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256036628</t>
+          <t>9789759961985</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Günlükleri</t>
+          <t>Takım Oyunu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>385</v>
+        <v>265</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256036642</t>
+          <t>9789759969424</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayatın Yeni Kadınları</t>
+          <t>Belki de Üzülmeliyiz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256036611</t>
+          <t>9786257111676</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Baba Olmak Kolay Mı?</t>
+          <t>Kolay Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>385</v>
+        <v>600</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256036635</t>
+          <t>9786256036673</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Kraliçeyle Dostluk ve Ayrılık Hikâyem</t>
+          <t>Matilda Duru</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256036581</t>
+          <t>9786256036666</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Duanın Gücü</t>
+          <t>Ateş Ve Sır</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>385</v>
+        <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256036604</t>
+          <t>9786256036697</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Allah'ım Seninle Konuşmalıyım</t>
+          <t>Taşan Duygular</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256036598</t>
+          <t>9786256036680</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>40 Öncü - 1</t>
+          <t>Formula 1’in Asi Ruhları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3033036301190</t>
+          <t>9789759968687</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca 100 Temel Eser Özetleri Seti (9 Kitap)</t>
+          <t>Kazanmak Yetmez</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>990</v>
+        <v>430</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3033039188194</t>
+          <t>9789759961701</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İngilizce 100 Temel Özetleri Seti (12 Kitap)</t>
+          <t>Çizim Hakkında Öğrenmek İstediğiniz Her Şey</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>1320</v>
+        <v>780</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3033039007839</t>
+          <t>9786256036659</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Tenekeci Seti (15 Kitap)</t>
+          <t>Sen</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>4255</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256036567</t>
+          <t>9786256036628</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Lucca’nın İki Yarım Küresi</t>
+          <t>Avrupa Günlükleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>385</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256036550</t>
+          <t>9786256036642</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hakanlıktan Başkanlığa: Türk Yönetim Sistemi</t>
+          <t>Yeni Hayatın Yeni Kadınları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>430</v>
+        <v>285</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256036543</t>
+          <t>9786256036611</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>9.5 Hafta</t>
+          <t>Baba Olmak Kolay Mı?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>385</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057525482</t>
+          <t>9786256036635</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Darbeli Demokrasi</t>
+          <t>Bir Kraliçeyle Dostluk ve Ayrılık Hikâyem</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057525437</t>
+          <t>9786256036581</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İnsaniyet Namına</t>
+          <t>Duanın Gücü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>335</v>
+        <v>385</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057525710</t>
+          <t>9786256036604</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>This is Marketing</t>
+          <t>Allah'ım Seninle Konuşmalıyım</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057525338</t>
+          <t>9786256036598</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de E-Spor ve Fortnite - Dijital Oyunlar Serisi 5</t>
+          <t>40 Öncü - 1</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>335</v>
+        <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789759963514</t>
+          <t>3033036301190</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Herkes Çizim Yapabilir</t>
+          <t>İspanyolca 100 Temel Eser Özetleri Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>600</v>
+        <v>990</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789759962845</t>
+          <t>3033039188194</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aşk Düşünce Yollara 1</t>
+          <t>İngilizce 100 Temel Özetleri Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>370</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789759960995</t>
+          <t>3033039007839</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı Seçme Şiirler</t>
+          <t>İbrahim Tenekeci Seti (15 Kitap)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>4255</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789759960087</t>
+          <t>9786256036567</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Son Düzlük</t>
+          <t>Lucca’nın İki Yarım Küresi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789759963590</t>
+          <t>9786256036550</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Matematik Oyunları</t>
+          <t>Hakanlıktan Başkanlığa: Türk Yönetim Sistemi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>395</v>
+        <v>430</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789759961305</t>
+          <t>9786256036543</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Selected Parts Of Speech (Nutuk)</t>
+          <t>9.5 Hafta</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789759960940</t>
+          <t>9786057525482</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Seçme Hikayeler</t>
+          <t>Darbeli Demokrasi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789759961800</t>
+          <t>9786057525437</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç Harekatı</t>
+          <t>İnsaniyet Namına</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>335</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789759969233</t>
+          <t>9786057525710</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kolici</t>
+          <t>This is Marketing</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>265</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789759969486</t>
+          <t>9786057525338</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Hikayeler</t>
+          <t>Türkiye'de E-Spor ve Fortnite - Dijital Oyunlar Serisi 5</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>265</v>
+        <v>335</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789759969141</t>
+          <t>9789759963514</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Delilim Yok Kalbimden Başka</t>
+          <t>Herkes Çizim Yapabilir</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>265</v>
+        <v>600</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789759966928</t>
+          <t>9789759962845</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Pasajes Seleccionados Del Nutuk - Discurso de Mustafa Kemal Atatürk</t>
+          <t>Aşk Düşünce Yollara 1</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>110</v>
+        <v>370</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789759967994</t>
+          <t>9789759960995</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Endülüs</t>
+          <t>Yunus Emre Divanı Seçme Şiirler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>430</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257637312</t>
+          <t>9789759960087</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han</t>
+          <t>Son Düzlük</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>290</v>
+        <v>265</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257637350</t>
+          <t>9789759963590</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tepegöz - Dede Korkut Romanları 3</t>
+          <t>Sihirli Matematik Oyunları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>290</v>
+        <v>395</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257111638</t>
+          <t>9789759961305</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan - Göktanrı'nın Gölgesi</t>
+          <t>Selected Parts Of Speech (Nutuk)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>315</v>
+        <v>110</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257111645</t>
+          <t>9789759960940</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bamsı - Dede Korkut Romanları 1</t>
+          <t>Ömer Seyfettin Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257111331</t>
+          <t>9789759961800</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çatışan Kültürler</t>
+          <t>Kıskaç Harekatı</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257111553</t>
+          <t>9789759969233</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Osman</t>
+          <t>Kolici</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>375</v>
+        <v>265</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257111546</t>
+          <t>9789759969486</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Bey ve Kayılar</t>
+          <t>Satır Arası Hikayeler</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057525567</t>
+          <t>9789759969141</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçine Baksın</t>
+          <t>Delilim Yok Kalbimden Başka</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256036529</t>
+          <t>9789759966928</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Mucizedir İnsan</t>
+          <t>Pasajes Seleccionados Del Nutuk - Discurso de Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256036475</t>
+          <t>9789759967994</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsel Duygudurum Bozukluğunu Yenmek</t>
+          <t>Kitab-ı Endülüs</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>285</v>
+        <v>430</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256036444</t>
+          <t>9786257637312</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Zengin Ol</t>
+          <t>Boğaç Han</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>460</v>
+        <v>290</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256036499</t>
+          <t>9786257637350</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Dijital İllüstrasyon</t>
+          <t>Tepegöz - Dede Korkut Romanları 3</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>685</v>
+        <v>290</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256036451</t>
+          <t>9786257111638</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>250 Yıllık Eğitim Mirası</t>
+          <t>Oğuz Kağan - Göktanrı'nın Gölgesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256036468</t>
+          <t>9786257111645</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>250 Yıllık Eğitim Mirası (Ciltli)</t>
+          <t>Bamsı - Dede Korkut Romanları 1</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>420</v>
+        <v>325</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256036437</t>
+          <t>9786257111331</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kendi Sandığında Saklı</t>
+          <t>Çatışan Kültürler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256036406</t>
+          <t>9786257111553</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Güzel Huyu - Rumi</t>
+          <t>Kuruluş Osman</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256036413</t>
+          <t>9786257111546</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Stresten Huzura</t>
+          <t>Ertuğrul Bey ve Kayılar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789759960575</t>
+          <t>9786057525567</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Dünyanın En Güzel Şehri</t>
+          <t>Herkes İçine Baksın</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>465</v>
+        <v>265</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057525895</t>
+          <t>9786256036529</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kedinin Çok Acayip Dünyası</t>
+          <t>Bir Mucizedir İnsan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057525949</t>
+          <t>9786256036475</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Galata Sarayı Efendileri</t>
+          <t>Mevsimsel Duygudurum Bozukluğunu Yenmek</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>410</v>
+        <v>285</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256036253</t>
+          <t>9786256036444</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sankofayı Öldürmek</t>
+          <t>Düşün ve Zengin Ol</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>360</v>
+        <v>460</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256036246</t>
+          <t>9786256036499</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kendinin Yorgunu: İçedönük Fragmanlar</t>
+          <t>Yeni Başlayanlar İçin Dijital İllüstrasyon</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>685</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257111065</t>
+          <t>9786256036451</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Allah Kalpten İstenileni Verir Ne Eksik Ne Fazla</t>
+          <t>250 Yıllık Eğitim Mirası</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>325</v>
+        <v>310</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256036277</t>
+          <t>9786256036468</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Düşünmenin Gücü</t>
+          <t>250 Yıllık Eğitim Mirası (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256036239</t>
+          <t>9786256036437</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ekşioğlu Tarihi</t>
+          <t>Herkes Kendi Sandığında Saklı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>480</v>
+        <v>265</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256036222</t>
+          <t>9786256036406</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Filistin Hattı</t>
+          <t>Gerçeğin Güzel Huyu - Rumi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256036000</t>
+          <t>9786256036413</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Arka Sokak</t>
+          <t>Stresten Huzura</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>255</v>
+        <v>275</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258498646</t>
+          <t>9789759960575</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Durdurulamaz - Zihinsel ve Fiziksel Üstünlüğün Sırları</t>
+          <t>İstanbul Dünyanın En Güzel Şehri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>310</v>
+        <v>465</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256036024</t>
+          <t>9786057525895</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Büyük Duygular: Hiçbir Şey Yolunda Değilken Nasıl İyi Oluruz?</t>
+          <t>Meraklı Kedinin Çok Acayip Dünyası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256036017</t>
+          <t>9786057525949</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Aurora</t>
+          <t>Galata Sarayı Efendileri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>430</v>
+        <v>410</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258498653</t>
+          <t>9786256036253</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Sonra Yaşam - Ölüme Yakın Deneyimlerden Öğrenilen Dersler</t>
+          <t>Sankofayı Öldürmek</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258498783</t>
+          <t>9786256036246</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Ateşler - Huzursuz Aklı İyileştirmek</t>
+          <t>Kendinin Yorgunu: İçedönük Fragmanlar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>455</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258498998</t>
+          <t>9786257111065</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Zirvesine Göz Koyduğum Dağlar</t>
+          <t>Allah Kalpten İstenileni Verir Ne Eksik Ne Fazla</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258498981</t>
+          <t>9786256036277</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan</t>
+          <t>Olumlu Düşünmenin Gücü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258498967</t>
+          <t>9786256036239</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Kaydı</t>
+          <t>Ekşioğlu Tarihi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258498974</t>
+          <t>9786256036222</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Casuslar - Derin Savaşın Sıra Dışı Neferleri</t>
+          <t>Türkiye-Filistin Hattı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258498158</t>
+          <t>9786256036000</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Al Pacino</t>
+          <t>Arka Sokak</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>410</v>
+        <v>255</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258498929</t>
+          <t>9786258498646</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Müjgan: İmkansıza Komşu</t>
+          <t>Durdurulamaz - Zihinsel ve Fiziksel Üstünlüğün Sırları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>265</v>
+        <v>310</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258498912</t>
+          <t>9786256036024</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kevin Garnett Ansiklopedisi: A’dan Z’ye Bir Otobiyografi</t>
+          <t>Büyük Duygular: Hiçbir Şey Yolunda Değilken Nasıl İyi Oluruz?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>560</v>
+        <v>430</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258498943</t>
+          <t>9786256036017</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Eksik Gamze</t>
+          <t>Aurora</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258498837</t>
+          <t>9786258498653</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Steve Kerr - Eşsiz Bir Ömrün Hikayesi</t>
+          <t>Ölümden Sonra Yaşam - Ölüme Yakın Deneyimlerden Öğrenilen Dersler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>570</v>
+        <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258498882</t>
+          <t>9786258498783</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Batın</t>
+          <t>Karanlıktaki Ateşler - Huzursuz Aklı İyileştirmek</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>580</v>
+        <v>455</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258498820</t>
+          <t>9786258498998</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Niye Geldik Cihane?</t>
+          <t>Zirvesine Göz Koyduğum Dağlar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258498844</t>
+          <t>9786258498981</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Asya Günlükleri</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258498868</t>
+          <t>9786258498967</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Devrimci Antrenörleri</t>
+          <t>Hafıza Kaydı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>575</v>
+        <v>360</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258498851</t>
+          <t>9786258498974</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Söğüt Ne Söylüyor ?</t>
+          <t>Casuslar - Derin Savaşın Sıra Dışı Neferleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>265</v>
+        <v>480</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258498813</t>
+          <t>9786258498158</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gidengelmez Dağı</t>
+          <t>Al Pacino</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>230</v>
+        <v>410</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258498769</t>
+          <t>9786258498929</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Adamlar</t>
+          <t>Müjgan: İmkansıza Komşu</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258498776</t>
+          <t>9786258498912</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmayacak Kadar Güzel</t>
+          <t>Kevin Garnett Ansiklopedisi: A’dan Z’ye Bir Otobiyografi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258498806</t>
+          <t>9786258498943</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ölme Üzerine</t>
+          <t>Eksik Gamze</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>530</v>
+        <v>230</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258498790</t>
+          <t>9786258498837</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalmak Yetmez</t>
+          <t>Steve Kerr - Eşsiz Bir Ömrün Hikayesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>395</v>
+        <v>570</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258498745</t>
+          <t>9786258498882</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Delirimi</t>
+          <t>Batın</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>225</v>
+        <v>580</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258498752</t>
+          <t>9786258498820</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ayrton Senna: Zaman Geçtikçe</t>
+          <t>Niye Geldik Cihane?</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>610</v>
+        <v>265</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258498721</t>
+          <t>9786258498844</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Anlar</t>
+          <t>Asya Günlükleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258498738</t>
+          <t>9786258498868</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Erken Çöken Karanlık</t>
+          <t>Futbolun Devrimci Antrenörleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>455</v>
+        <v>575</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258498684</t>
+          <t>9786258498851</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünmenin Yolları</t>
+          <t>Söğüt Ne Söylüyor ?</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258498707</t>
+          <t>9786258498813</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>On Bir Yüzük</t>
+          <t>Gidengelmez Dağı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258498691</t>
+          <t>9786258498769</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Eşikte Beklemek</t>
+          <t>Sıkı Adamlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258498660</t>
+          <t>9786258498776</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Evler Atlası: Yazarların Şehirlerine Yolculuk</t>
+          <t>Yaşanmayacak Kadar Güzel</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258498677</t>
+          <t>9786258498806</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Sürecinde Moda ve Zihniyet</t>
+          <t>Ölüm ve Ölme Üzerine</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>325</v>
+        <v>530</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258498615</t>
+          <t>9786258498790</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Manisa'nın Önde Gidenlerinden Şekerci Hüseyin Dede</t>
+          <t>Hayatta Kalmak Yetmez</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>230</v>
+        <v>395</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258498608</t>
+          <t>9786258498745</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İki Semazen Bir Palyaço</t>
+          <t>İnsanlığın Delirimi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258498554</t>
+          <t>9786258498752</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Max Verstappen: 2021 Dünya Şampiyonu Apoletiyle Güncellenen Biyografisi</t>
+          <t>Ayrton Senna: Zaman Geçtikçe</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>540</v>
+        <v>610</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258498592</t>
+          <t>9786258498721</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Rüyası</t>
+          <t>Beklenmedik Anlar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>265</v>
+        <v>480</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258498585</t>
+          <t>9786258498738</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Çocuğa İhaneti</t>
+          <t>Erken Çöken Karanlık</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>565</v>
+        <v>455</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258498578</t>
+          <t>9786258498684</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Senin Hikayen</t>
+          <t>Eleştirel Düşünmenin Yolları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258498530</t>
+          <t>9786258498707</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gayalı - Yüzyıllık Emanet</t>
+          <t>On Bir Yüzük</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>625</v>
+        <v>500</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>3033039304433</t>
+          <t>9786258498691</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Hür Seti (2 Kitap Takım)</t>
+          <t>Eşikte Beklemek</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>3037073641074</t>
+          <t>9786258498660</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sema Maraşlı Seti (10 Kitap)</t>
+          <t>Huzursuz Evler Atlası: Yazarların Şehirlerine Yolculuk</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>3280</v>
+        <v>265</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>3033039637890</t>
+          <t>9786258498677</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (5 Kitap)</t>
+          <t>Modernleşme Sürecinde Moda ve Zihniyet</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1950</v>
+        <v>325</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>3033039637852</t>
+          <t>9786258498615</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Seti (4 Kitap)</t>
+          <t>Manisa'nın Önde Gidenlerinden Şekerci Hüseyin Dede</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>1490</v>
+        <v>230</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>3033036307833</t>
+          <t>9786258498608</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Korece 100 Temel Eser Özetleri Seti (9 Kitap)</t>
+          <t>İki Semazen Bir Palyaço</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>990</v>
+        <v>265</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>3033036301114</t>
+          <t>9786258498554</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Rusça 100 Temel Eser Özetler (6 Kitap)</t>
+          <t>Max Verstappen: 2021 Dünya Şampiyonu Apoletiyle Güncellenen Biyografisi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>660</v>
+        <v>540</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>2789788614422</t>
+          <t>9786258498592</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Fransızca 100 Temel Eser Özetleri Seti (9 Kitap)</t>
+          <t>Fatih’in Rüyası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>990</v>
+        <v>265</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>3033039093481</t>
+          <t>9786258498585</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Almanca 100 Temel Eser Özetleri Seti (12 Kitap)</t>
+          <t>Toplumun Çocuğa İhaneti</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>1320</v>
+        <v>565</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>3786050000012</t>
+          <t>9786258498578</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Yıldız Ayakları Seti (4 Kitap)</t>
+          <t>Senin Hikayen</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>965</v>
+        <v>265</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>3033038943831</t>
+          <t>9786258498530</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Etkili Eğitim Seti (3 Kitap)</t>
+          <t>Gayalı - Yüzyıllık Emanet</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>1620</v>
+        <v>625</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>2789788614482</t>
+          <t>3033039304433</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İnönü ve Bayar'lı Yıllar 1938-1960 - Darbeli ve Çatışmalı Yıllar 1961-2000 (2 Kitap Takım)</t>
+          <t>Ayşe Hür Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258498523</t>
+          <t>3037073641074</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Altın Yumruk Busenaz Sürmeneli</t>
+          <t>Sema Maraşlı Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>260</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258498394</t>
+          <t>3033039637890</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Aslında O Ölmedi - Modernliğin Ölüme Yansıyan Yüzü</t>
+          <t>Sherlock Holmes Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>265</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258498387</t>
+          <t>3033039637852</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Armut Bahçesi</t>
+          <t>Franz Kafka Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>260</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258498295</t>
+          <t>3033036307833</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ay’ın Kızı Emily</t>
+          <t>Korece 100 Temel Eser Özetleri Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>600</v>
+        <v>990</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258498370</t>
+          <t>3033036301114</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Üç Yüzüklü Sirk: Kobe, Shaq, Phil ve Lakers Hanedanlığının Akıl Almaz Yılları</t>
+          <t>Rusça 100 Temel Eser Özetler (6 Kitap)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>710</v>
+        <v>660</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258498363</t>
+          <t>2789788614422</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Börü Pençesi</t>
+          <t>Fransızca 100 Temel Eser Özetleri Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>410</v>
+        <v>990</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258498219</t>
+          <t>3033039093481</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 4</t>
+          <t>Almanca 100 Temel Eser Özetleri Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>240</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258498325</t>
+          <t>3786050000012</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Türk Piramitleri</t>
+          <t>Futbolun Yıldız Ayakları Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>360</v>
+        <v>965</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258498349</t>
+          <t>3033038943831</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Bilgi - Çocukluk Hasarlarıyla Yüzleşmek</t>
+          <t>Etkili Eğitim Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>240</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258498356</t>
+          <t>2789788614482</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Serçe ve Taş</t>
+          <t>İnönü ve Bayar'lı Yıllar 1938-1960 - Darbeli ve Çatışmalı Yıllar 1961-2000 (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258498301</t>
+          <t>9786258498523</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Lewis Hamilton: Tüm Zamanların En Büyük Yarış Pilotunun Yaşam Öyküsü</t>
+          <t>Altın Yumruk Busenaz Sürmeneli</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>585</v>
+        <v>260</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258498332</t>
+          <t>9786258498394</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Cevapsız Mektuplar</t>
+          <t>Aslında O Ölmedi - Modernliğin Ölüme Yansıyan Yüzü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>325</v>
+        <v>265</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258498240</t>
+          <t>9786258498387</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 7</t>
+          <t>Armut Bahçesi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258498318</t>
+          <t>9786258498295</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>El Turko Günlükleri - Latin Amerika’da Osmanlı İzleri</t>
+          <t>Yeni Ay’ın Kızı Emily</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258498233</t>
+          <t>9786258498370</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 6</t>
+          <t>Üç Yüzüklü Sirk: Kobe, Shaq, Phil ve Lakers Hanedanlığının Akıl Almaz Yılları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>230</v>
+        <v>710</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258498226</t>
+          <t>9786258498363</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 5</t>
+          <t>Börü Pençesi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>265</v>
+        <v>410</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258498127</t>
+          <t>9786258498219</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Pratik</t>
+          <t>Can Veren Pervaneler - 4</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258498141</t>
+          <t>9786258498325</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kadraj Hataları</t>
+          <t>Türk Piramitleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258498134</t>
+          <t>9786258498349</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Auschwitz'in Külleri</t>
+          <t>Sürgün Bilgi - Çocukluk Hasarlarıyla Yüzleşmek</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>565</v>
+        <v>240</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258498257</t>
+          <t>9786258498356</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yafes’in Oğulları / Yada Taşı Efsanesi -1</t>
+          <t>Serçe ve Taş</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258498271</t>
+          <t>9786258498301</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Para İmparatorluğu</t>
+          <t>Lewis Hamilton: Tüm Zamanların En Büyük Yarış Pilotunun Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>265</v>
+        <v>585</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258498288</t>
+          <t>9786258498332</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kendini Keşfet Bireyleşmenin Albenisi Üzerine</t>
+          <t>Cevapsız Mektuplar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258498202</t>
+          <t>9786258498240</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 3</t>
+          <t>Can Veren Pervaneler - 7</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258498196</t>
+          <t>9786258498318</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 2</t>
+          <t>El Turko Günlükleri - Latin Amerika’da Osmanlı İzleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258498189</t>
+          <t>9786258498233</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Pervaneler - 1</t>
+          <t>Can Veren Pervaneler - 6</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258498172</t>
+          <t>9786258498226</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Griden Beyaza</t>
+          <t>Can Veren Pervaneler - 5</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258498103</t>
+          <t>9786258498127</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Gül Alırım Gül Satarım</t>
+          <t>Pratik</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>630</v>
+        <v>330</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258498110</t>
+          <t>9786258498141</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Analizler - Büyük Orta Doğu Projesi ve Türkiye Üzerine</t>
+          <t>Kadraj Hataları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>335</v>
+        <v>230</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258498080</t>
+          <t>9786258498134</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçmenin Bilge Soytarısı</t>
+          <t>Auschwitz'in Külleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>230</v>
+        <v>565</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258498097</t>
+          <t>9786258498257</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi</t>
+          <t>Yafes’in Oğulları / Yada Taşı Efsanesi -1</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258498066</t>
+          <t>9786258498271</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ruhu İyileştirme Yolları</t>
+          <t>Para İmparatorluğu</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>325</v>
+        <v>265</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258498042</t>
+          <t>9786258498288</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Üzerine Yedi Söyleşi</t>
+          <t>Kendini Keşfet Bireyleşmenin Albenisi Üzerine</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258498073</t>
+          <t>9786258498202</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İhmal Edilen Anahtar</t>
+          <t>Can Veren Pervaneler - 3</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258498059</t>
+          <t>9786258498196</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Aile İçinde</t>
+          <t>Can Veren Pervaneler - 2</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257637466</t>
+          <t>9786258498189</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ölümlüler İçin Zamanın Kısa Hikayesi</t>
+          <t>Can Veren Pervaneler - 1</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>315</v>
+        <v>325</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258498028</t>
+          <t>9786258498172</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Aşk Nedir Sokrates?</t>
+          <t>Griden Beyaza</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258498035</t>
+          <t>9786258498103</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Jürgen Klopp</t>
+          <t>Gül Alırım Gül Satarım</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>710</v>
+        <v>630</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258498011</t>
+          <t>9786258498110</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ters Lale</t>
+          <t>Stratejik Analizler - Büyük Orta Doğu Projesi ve Türkiye Üzerine</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>335</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257637909</t>
+          <t>9786258498080</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sözün Başladığı Yer</t>
+          <t>Vazgeçmenin Bilge Soytarısı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257637930</t>
+          <t>9786258498097</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İspat</t>
+          <t>Türk Tarihi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>395</v>
+        <v>400</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057525857</t>
+          <t>9786258498066</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Komploların Yüzyılı Yüzyılın Komploları</t>
+          <t>Ruhu İyileştirme Yolları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>430</v>
+        <v>325</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257637893</t>
+          <t>9786258498042</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Eleştiri Üzerine Yedi Söyleşi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257637916</t>
+          <t>9786258498073</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ruhlar Serisi: Picasso</t>
+          <t>İhmal Edilen Anahtar</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257637848</t>
+          <t>9786258498059</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine</t>
+          <t>Aile İçinde</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257637862</t>
+          <t>9786257637466</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyüs</t>
+          <t>Ölümlüler İçin Zamanın Kısa Hikayesi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>240</v>
+        <v>315</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257637886</t>
+          <t>9786258498028</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İradenin Eğitimi</t>
+          <t>Aşk Nedir Sokrates?</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257637879</t>
+          <t>9786258498035</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Melekler Bile Sorar</t>
+          <t>Jürgen Klopp</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>455</v>
+        <v>710</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257637763</t>
+          <t>9786258498011</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Perilerin Dili</t>
+          <t>Ters Lale</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257637398</t>
+          <t>9786257637909</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Dünya</t>
+          <t>Sözün Başladığı Yer</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257637473</t>
+          <t>9786257637930</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat ve Terör Oyunları</t>
+          <t>İspat</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257637381</t>
+          <t>9786057525857</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Medeniyet Yolculuğu</t>
+          <t>Komploların Yüzyılı Yüzyılın Komploları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257637329</t>
+          <t>9786257637893</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Platonia ile Bael</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257637374</t>
+          <t>9786257637916</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Gözlerimde</t>
+          <t>Yüksek Ruhlar Serisi: Picasso</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257637367</t>
+          <t>9786257637848</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Sesler</t>
+          <t>Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>480</v>
+        <v>265</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257637343</t>
+          <t>9786257637862</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Atom Geometrisi</t>
+          <t>Konfüçyüs</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057037619</t>
+          <t>9786257637886</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Yukarıdan Gelir</t>
+          <t>İradenin Eğitimi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>265</v>
+        <v>380</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257637039</t>
+          <t>9786257637879</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Siyer - Medine Dönemi</t>
+          <t>Melekler Bile Sorar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>500</v>
+        <v>455</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257637336</t>
+          <t>9786257637763</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Estetik Halleri</t>
+          <t>Perilerin Dili</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257637046</t>
+          <t>9786257637398</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İnsan Makamı</t>
+          <t>Neredeyse Dünya</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057037602</t>
+          <t>9786257637473</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ali’nin Parçaları</t>
+          <t>İstihbarat ve Terör Oyunları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789759969172</t>
+          <t>9786257637381</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kolay Çizim Projeleri</t>
+          <t>Türklerin Medeniyet Yolculuğu</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257111997</t>
+          <t>9786257637329</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Asi Yıldız</t>
+          <t>Platonia ile Bael</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257111928</t>
+          <t>9786257637374</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ukeireru</t>
+          <t>Ölüm Gözlerimde</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257111850</t>
+          <t>9786257637367</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Dersleri</t>
+          <t>Kaybolan Sesler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>435</v>
+        <v>480</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257111775</t>
+          <t>9786257637343</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bizi Üzen Bütün Kanatlar</t>
+          <t>Atom Geometrisi</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257111751</t>
+          <t>9786057037619</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kendini İyileştirmenin 2500 Yıllık Tarihi: Yang Sheng</t>
+          <t>Sevgi Yukarıdan Gelir</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>290</v>
+        <v>265</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257111768</t>
+          <t>9786257637039</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>“Kötü Çocuk” Isiah Thomas</t>
+          <t>Herkes İçin Siyer - Medine Dönemi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>395</v>
+        <v>500</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257111799</t>
+          <t>9786257637336</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Niksen</t>
+          <t>Aşkın Estetik Halleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257111782</t>
+          <t>9786257637046</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Jüri</t>
+          <t>İnsan Makamı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>750</v>
+        <v>265</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257111805</t>
+          <t>9786057037602</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Ünlü Denkleminin Biyografisi: E=mc2</t>
+          <t>Ali’nin Parçaları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>435</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789759963774</t>
+          <t>9789759969172</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Şehir ve Kültür İstanbul</t>
+          <t>Kolay Çizim Projeleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257111720</t>
+          <t>9786257111997</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Siyer - Mekke Dönemi</t>
+          <t>Asi Yıldız</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>385</v>
+        <v>400</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257111737</t>
+          <t>9786257111928</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Annelerinin Gözyaşlarında Boğulacaklar</t>
+          <t>Ukeireru</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257111744</t>
+          <t>9786257111850</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Çumra 1965</t>
+          <t>Yaşam Dersleri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>275</v>
+        <v>435</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257111713</t>
+          <t>9786257111775</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İncelikli Haytalar Albümü</t>
+          <t>Bizi Üzen Bütün Kanatlar</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257111669</t>
+          <t>9786257111751</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Dağın Ağacıyım</t>
+          <t>Kendini İyileştirmenin 2500 Yıllık Tarihi: Yang Sheng</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257111706</t>
+          <t>9786257111768</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bütün Ayrılıklar</t>
+          <t>“Kötü Çocuk” Isiah Thomas</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>230</v>
+        <v>395</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257111355</t>
+          <t>9786257111799</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kadınlar Neden Mutlu Değil?</t>
+          <t>Niksen</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>335</v>
+        <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257111683</t>
+          <t>9786257111782</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Minnet Eylemem</t>
+          <t>Jüri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>230</v>
+        <v>750</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257111690</t>
+          <t>9786257111805</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Unutmanın Sabahı</t>
+          <t>Dünyanın En Ünlü Denkleminin Biyografisi: E=mc2</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>230</v>
+        <v>435</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257111652</t>
+          <t>9789759963774</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Hastasıyım Bu Oyunun</t>
+          <t>Şehir ve Kültür İstanbul</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>275</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257111621</t>
+          <t>9786257111720</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat Defteri</t>
+          <t>Herkes İçin Siyer - Mekke Dönemi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>260</v>
+        <v>385</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257111577</t>
+          <t>9786257111737</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Acımasız Şampiyon</t>
+          <t>Annelerinin Gözyaşlarında Boğulacaklar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257111591</t>
+          <t>9786257111744</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Aşk Eski Bir Masal</t>
+          <t>Çumra 1965</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257111614</t>
+          <t>9786257111713</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Büyük Keşiflerin Küçük Kitabı</t>
+          <t>İncelikli Haytalar Albümü</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257111515</t>
+          <t>9786257111669</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Eşimle Tanışmayı Unutmuşuz</t>
+          <t>Ben Bir Dağın Ağacıyım</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257111560</t>
+          <t>9786257111706</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hatıra Kadar Narin Hafıza Kadar Zalim</t>
+          <t>Bütün Ayrılıklar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257111607</t>
+          <t>9786257111355</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Herkes Evine Dönmek İster</t>
+          <t>Güçlü Kadınlar Neden Mutlu Değil?</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>350</v>
+        <v>335</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257111508</t>
+          <t>9786257111683</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kulak Aşık Olurmuş Gözden Evvel</t>
+          <t>Minnet Eylemem</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257111584</t>
+          <t>9786257111690</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Son İnsan</t>
+          <t>Unutmanın Sabahı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257111454</t>
+          <t>9786257111652</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sokrates</t>
+          <t>Hastasıyım Bu Oyunun</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257111485</t>
+          <t>9786257111621</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Tatlıya Bağlayalım</t>
+          <t>Yeni Hayat Defteri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>335</v>
+        <v>260</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257111492</t>
+          <t>9786257111577</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Su Anahtarı</t>
+          <t>Acımasız Şampiyon</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257111522</t>
+          <t>9786257111591</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sarpıncık Feneri</t>
+          <t>Aşk Eski Bir Masal</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257111539</t>
+          <t>9786257111614</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İstikrarlı İlişkiler</t>
+          <t>Büyük Keşiflerin Küçük Kitabı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257111461</t>
+          <t>9786257111515</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Acı Deniz</t>
+          <t>Eşimle Tanışmayı Unutmuşuz</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057525932</t>
+          <t>9786257111560</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sabret, Kabul Et, Şükret</t>
+          <t>Hatıra Kadar Narin Hafıza Kadar Zalim</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257111393</t>
+          <t>9786257111607</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Einstein</t>
+          <t>Herkes Evine Dönmek İster</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257111379</t>
+          <t>9786257111508</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Gün Akşamsızdır</t>
+          <t>Kulak Aşık Olurmuş Gözden Evvel</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>265</v>
+        <v>275</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257111386</t>
+          <t>9786257111584</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Göremediği Rüya</t>
+          <t>Son İnsan</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257111416</t>
+          <t>9786257111454</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Enerji Vampirleri</t>
+          <t>Sokrates</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257111447</t>
+          <t>9786257111485</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Bu Kadar Güzelken</t>
+          <t>Tatlıya Bağlayalım</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>335</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257111409</t>
+          <t>9786257111492</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Bilgeler</t>
+          <t>Su Anahtarı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257111362</t>
+          <t>9786257111522</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yapma Sanatı</t>
+          <t>Sarpıncık Feneri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257111348</t>
+          <t>9786257111539</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Pratik Sihrin El Kitabı</t>
+          <t>İstikrarlı İlişkiler</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257111317</t>
+          <t>9786257111461</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kocaların Gizli Hayatı</t>
+          <t>Acı Deniz</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057525925</t>
+          <t>9786057525932</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kararsızlar Dağıtıldıktan Sonra</t>
+          <t>Sabret, Kabul Et, Şükret</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257111294</t>
+          <t>9786257111393</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Gıdanın Geleceği</t>
+          <t>Einstein</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057525956</t>
+          <t>9786257111379</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Elastik</t>
+          <t>Gün Akşamsızdır</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>430</v>
+        <v>265</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257111300</t>
+          <t>9786257111386</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Salgın Zamanlarında</t>
+          <t>Freud’un Göremediği Rüya</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057525963</t>
+          <t>9786257111416</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Günleri</t>
+          <t>Enerji Vampirleri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>580</v>
+        <v>225</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057525918</t>
+          <t>9786257111447</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Beyin</t>
+          <t>Sevmek Bu Kadar Güzelken</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>510</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057525901</t>
+          <t>9786257111409</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Katillerle Geçen Ömrüm</t>
+          <t>Sessiz Bilgeler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057525864</t>
+          <t>9786257111362</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Mafya</t>
+          <t>Felsefe Yapma Sanatı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>540</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057525888</t>
+          <t>9786257111348</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İnsan Türü</t>
+          <t>Pratik Sihrin El Kitabı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>345</v>
+        <v>420</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057525871</t>
+          <t>9786257111317</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kimseden Bana İnanmasını Beklemiyorum</t>
+          <t>Kocaların Gizli Hayatı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>395</v>
+        <v>265</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057525833</t>
+          <t>9786057525925</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Hakikat İncinmesin</t>
+          <t>Kararsızlar Dağıtıldıktan Sonra</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057525840</t>
+          <t>9786257111294</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Gülümsemenin Kitabı</t>
+          <t>Gıdanın Geleceği</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057525826</t>
+          <t>9786057525956</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Fabrika Ayarı</t>
+          <t>Elastik</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>265</v>
+        <v>430</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057525819</t>
+          <t>9786257111300</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Suya Yansıyan</t>
+          <t>Salgın Zamanlarında</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057525703</t>
+          <t>9786057525963</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Evim Temiz Mutluyum</t>
+          <t>Kıyamet Günleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057525796</t>
+          <t>9786057525918</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Dün Bu Saatlerde</t>
+          <t>Devrimci Beyin</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>230</v>
+        <v>510</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057525772</t>
+          <t>9786057525901</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Trendeki Derviş</t>
+          <t>Katillerle Geçen Ömrüm</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057525802</t>
+          <t>9786057525864</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Bir de Bakmışsın Uzaklardasın</t>
+          <t>Mafya</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057525789</t>
+          <t>9786057525888</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Adamları</t>
+          <t>İnsan Türü</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>325</v>
+        <v>345</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057525765</t>
+          <t>9786057525871</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>Kimseden Bana İnanmasını Beklemiyorum</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>645</v>
+        <v>395</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789759969028</t>
+          <t>9786057525833</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar Hüzün Park</t>
+          <t>Hakikat İncinmesin</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057525734</t>
+          <t>9786057525840</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Neşeli</t>
+          <t>Gülümsemenin Kitabı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>510</v>
+        <v>260</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057525741</t>
+          <t>9786057525826</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Metrobüs Domates ve Ev Kirası</t>
+          <t>Fabrika Ayarı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789759969004</t>
+          <t>9786057525819</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Keskin Nişancılar</t>
+          <t>Suya Yansıyan</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>645</v>
+        <v>230</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057525758</t>
+          <t>9786057525703</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Özel Kütüphanesi</t>
+          <t>Evim Temiz Mutluyum</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789759969011</t>
+          <t>9786057525796</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynliği Hissetmek</t>
+          <t>Dün Bu Saatlerde</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057525697</t>
+          <t>9786057525772</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Papağanın Vaazı</t>
+          <t>Trendeki Derviş</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789759968397</t>
+          <t>9786057525802</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Oyun Biter Efsaneler Bitmez</t>
+          <t>Bir de Bakmışsın Uzaklardasın</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>560</v>
+        <v>240</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057525727</t>
+          <t>9786057525789</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilmek</t>
+          <t>Allah'ın Adamları</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057525680</t>
+          <t>9786057525765</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kaybetmeden Önce</t>
+          <t>7</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>265</v>
+        <v>645</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057525673</t>
+          <t>9789759969028</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Kader</t>
+          <t>Üsküdar Hüzün Park</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057525635</t>
+          <t>9786057525734</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Diyamandi</t>
+          <t>Neşeli</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>395</v>
+        <v>510</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057525659</t>
+          <t>9786057525741</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Cehaletin Sosyolojisi</t>
+          <t>Metrobüs Domates ve Ev Kirası</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057525666</t>
+          <t>9789759969004</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tekrar Selam Ederim</t>
+          <t>Keskin Nişancılar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>645</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057525642</t>
+          <t>9786057525758</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Josef Mengele'nin Kayboluşu</t>
+          <t>Hitler'in Özel Kütüphanesi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057525611</t>
+          <t>9789759969011</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ben Kendim ve Saçım</t>
+          <t>Ebeveynliği Hissetmek</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>395</v>
+        <v>240</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057525628</t>
+          <t>9786057525697</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kimlik</t>
+          <t>Papağanın Vaazı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057525604</t>
+          <t>9789759968397</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Evren Gibi Görünen Küçük Bahçemiz</t>
+          <t>Oyun Biter Efsaneler Bitmez</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>395</v>
+        <v>560</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789759967475</t>
+          <t>9786057525727</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Karakter</t>
+          <t>Kendini Bilmek</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789759967970</t>
+          <t>9786057525680</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Öncesi</t>
+          <t>Kaybetmeden Önce</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789759968373</t>
+          <t>9786057525673</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kısa Çizgiye Kısa Diyebilenlerin Hikayesi</t>
+          <t>Yüksek Kader</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057525581</t>
+          <t>9786057525635</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Silah</t>
+          <t>Diyamandi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>585</v>
+        <v>395</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057525598</t>
+          <t>9786057525659</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Sazlar Başka Söz Başka</t>
+          <t>Bilinçli Cehaletin Sosyolojisi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789759966713</t>
+          <t>9786057525666</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Qur'an Olmak</t>
+          <t>Tekrar Selam Ederim</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>560</v>
+        <v>300</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789759969790</t>
+          <t>9786057525642</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Herkes Örgü Örebilir</t>
+          <t>Josef Mengele'nin Kayboluşu</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>575</v>
+        <v>300</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057525574</t>
+          <t>9786057525611</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>İsmet Badem Efsanesi</t>
+          <t>Ben Kendim ve Saçım</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>540</v>
+        <v>395</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057525048</t>
+          <t>9786057525628</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Ustalar Gibi Çizmek</t>
+          <t>Kimlik</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057525536</t>
+          <t>9786057525604</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>Evren Gibi Görünen Küçük Bahçemiz</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057525550</t>
+          <t>9789759967475</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Dile Gelenler</t>
+          <t>Türkçe Karakter</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057525468</t>
+          <t>9789759967970</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Evimiz Olan Ülke</t>
+          <t>Ölüm Öncesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057525444</t>
+          <t>9789759968373</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayıp Kız</t>
+          <t>Kısa Çizgiye Kısa Diyebilenlerin Hikayesi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>625</v>
+        <v>250</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057525512</t>
+          <t>9786057525581</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Naz Kahvesi</t>
+          <t>Mükemmel Silah</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>265</v>
+        <v>585</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057525529</t>
+          <t>9786057525598</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Yuvamızda Huzur Bulalım Diye</t>
+          <t>İçimdeki Sazlar Başka Söz Başka</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>350</v>
+        <v>265</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057525475</t>
+          <t>9789759966713</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Congolos</t>
+          <t>Ehl-i Qur'an Olmak</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>335</v>
+        <v>560</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057525451</t>
+          <t>9789759969790</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Zaman Hiçbir Şey</t>
+          <t>Herkes Örgü Örebilir</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>280</v>
+        <v>575</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057525345</t>
+          <t>9786057525574</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Olumsuz Bir Dünyada Olumlu Çocuklar Yetiştirmek</t>
+          <t>İsmet Badem Efsanesi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>370</v>
+        <v>540</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057525383</t>
+          <t>9786057525048</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Sonu Kasvetli Yeni Dünya</t>
+          <t>Ustalar Gibi Çizmek</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789759964771</t>
+          <t>9786057525536</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzüne Mektuplar</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057525406</t>
+          <t>9786057525550</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Savaşçıları</t>
+          <t>Dile Gelenler</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>370</v>
+        <v>275</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789759968601</t>
+          <t>9786057525468</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Korece Yunus Emre Divanı Seçme Şiirler</t>
+          <t>Bir Zamanlar Evimiz Olan Ülke</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>110</v>
+        <v>600</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057525239</t>
+          <t>9786057525444</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kallocain</t>
+          <t>Küçük Kayıp Kız</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>260</v>
+        <v>625</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057525352</t>
+          <t>9786057525512</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Ölümü</t>
+          <t>Naz Kahvesi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>515</v>
+        <v>265</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057525376</t>
+          <t>9786057525529</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Çekmeceleri</t>
+          <t>Yuvamızda Huzur Bulalım Diye</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057525369</t>
+          <t>9786057525475</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kamçatka</t>
+          <t>Congolos</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>315</v>
+        <v>335</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789759969882</t>
+          <t>9786057525451</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>50 Çizim Projesi</t>
+          <t>Hiçbir Zaman Hiçbir Şey</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>780</v>
+        <v>280</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057525246</t>
+          <t>9786057525345</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Yuvayı Keşfetmek</t>
+          <t>Olumsuz Bir Dünyada Olumlu Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057525222</t>
+          <t>9786057525383</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Kalkınma İçin Yaşayan Kütüphaneler</t>
+          <t>Küreselleşmenin Sonu Kasvetli Yeni Dünya</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>335</v>
+        <v>400</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057525291</t>
+          <t>9789759964771</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Gece Geç</t>
+          <t>Yeryüzüne Mektuplar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057525215</t>
+          <t>9786057525406</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de E-Spor ve League of Legends</t>
+          <t>Özgürlük Savaşçıları</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057525178</t>
+          <t>9789759968601</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kof 98 Um Ol</t>
+          <t>Korece Yunus Emre Divanı Seçme Şiirler</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057525314</t>
+          <t>9786057525239</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Allah Cümlemizi Korusun</t>
+          <t>Kallocain</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057525260</t>
+          <t>9786057525352</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Deli Tomarı</t>
+          <t>Demokrasinin Ölümü</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>325</v>
+        <v>515</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057525185</t>
+          <t>9786057525376</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de E-Spor ve Counter Strike</t>
+          <t>Dünyanın Çekmeceleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057525192</t>
+          <t>9786057525369</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Cern Komplosu</t>
+          <t>Kamçatka</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>275</v>
+        <v>315</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057525161</t>
+          <t>9789759969882</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Düşerken</t>
+          <t>50 Çizim Projesi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>420</v>
+        <v>780</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057525024</t>
+          <t>9786057525246</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir Köpek Satayım</t>
+          <t>Yuvayı Keşfetmek</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>335</v>
+        <v>360</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057525000</t>
+          <t>9786057525222</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Deliorman'dan Çıktım Yola</t>
+          <t>Kültürel Kalkınma İçin Yaşayan Kütüphaneler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>265</v>
+        <v>335</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789759969974</t>
+          <t>9786057525291</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Vahyin 2. Yılı</t>
+          <t>Gece Geç</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057525017</t>
+          <t>9786057525215</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Güzellik</t>
+          <t>Türkiye'de E-Spor ve League of Legends</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057525031</t>
+          <t>9786057525178</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Eylül Biraz</t>
+          <t>Kof 98 Um Ol</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789759969943</t>
+          <t>9786057525314</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Katilim</t>
+          <t>Allah Cümlemizi Korusun</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>335</v>
+        <v>265</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789759969981</t>
+          <t>9786057525260</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Lebron James: Kral’ın Dönüşü</t>
+          <t>Deli Tomarı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>540</v>
+        <v>325</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789759969950</t>
+          <t>9786057525185</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Eylül Şiirleri</t>
+          <t>Türkiye'de E-Spor ve Counter Strike</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789759969967</t>
+          <t>9786057525192</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Bisikletçiler</t>
+          <t>Cern Komplosu</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789759969998</t>
+          <t>9786057525161</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Çimdeki Gölgeler</t>
+          <t>Düşerken</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789759969912</t>
+          <t>9786057525024</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Mühür Kıran</t>
+          <t>Sana Bir Köpek Satayım</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>510</v>
+        <v>335</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789759969929</t>
+          <t>9786057525000</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Mağlubiyet Karinesi</t>
+          <t>Deliorman'dan Çıktım Yola</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789759969936</t>
+          <t>9789759969974</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sonuçlar Açıklandı</t>
+          <t>Vahyin 2. Yılı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789759969875</t>
+          <t>9786057525017</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı : Andres Iniesta</t>
+          <t>Pozitif Güzellik</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>510</v>
+        <v>230</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789759969868</t>
+          <t>9786057525031</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bekleme</t>
+          <t>Eylül Biraz</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789759969837</t>
+          <t>9789759969943</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Haydi Çocuklar Çizelim!</t>
+          <t>Sevgili Katilim</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>600</v>
+        <v>335</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789759969806</t>
+          <t>9789759969981</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Gözlerindeki Sır</t>
+          <t>Lebron James: Kral’ın Dönüşü</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>325</v>
+        <v>540</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789759969844</t>
+          <t>9789759969950</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kupası Tarihi</t>
+          <t>Eylül Şiirleri</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>625</v>
+        <v>230</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789759961374</t>
+          <t>9789759969967</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Maerchen Aus Tausendundeiner Nacht</t>
+          <t>Bisikletçiler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>110</v>
+        <v>395</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789759968038</t>
+          <t>9789759969998</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Nutuk - Boşnakça Seçme Hikayeler</t>
+          <t>Çimdeki Gölgeler</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789759968090</t>
+          <t>9789759969912</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca - Boşnakça Seçme Hikayeler</t>
+          <t>Mühür Kıran</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>110</v>
+        <v>510</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789759968045</t>
+          <t>9789759969929</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig - Boşnakça Seçme Hikayeler</t>
+          <t>Mağlubiyet Karinesi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789759968106</t>
+          <t>9789759969936</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Hacivat - Boşnakça Seçme Hikayeler</t>
+          <t>Sonuçlar Açıklandı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789759968069</t>
+          <t>9789759969875</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut - Boşnakça Seçme Hikayeler</t>
+          <t>Sanatçı : Andres Iniesta</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>110</v>
+        <v>510</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789759968083</t>
+          <t>9789759969868</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Boşnakça Seçme Hikayeler</t>
+          <t>Gönül Bekleme</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>110</v>
+        <v>370</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789759968052</t>
+          <t>9789759969837</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Boşnakça Seçme Hikayeler</t>
+          <t>Haydi Çocuklar Çizelim!</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>110</v>
+        <v>600</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789759968588</t>
+          <t>9789759969806</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Korece Seçme Hikayeler</t>
+          <t>Gözlerindeki Sır</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>110</v>
+        <v>325</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789759968618</t>
+          <t>9789759969844</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Korece Seçme Hikayeler</t>
+          <t>Dünya Kupası Tarihi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>110</v>
+        <v>625</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789759968571</t>
+          <t>9789759961374</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Nutuk - Korece Seçme Hikayeler</t>
+          <t>Ausgewaehlte Maerchen Aus Tausendundeiner Nacht</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789759968021</t>
+          <t>9789759968038</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Boşnakça Seçme Hikayeler</t>
+          <t>Nutuk - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789759968076</t>
+          <t>9789759968090</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Boşnakça Seçme Hikayeler</t>
+          <t>Nasreddin Hoca - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789759968564</t>
+          <t>9789759968045</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig - Korece Seçme Hikayeler</t>
+          <t>Kutadgu Bilig - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789759968557</t>
+          <t>9789759968106</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hacivat Karagöz - Korece Seçme Hikayeler</t>
+          <t>Karagöz Hacivat - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789759968595</t>
+          <t>9789759968069</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Korece Seçme Hikayeler</t>
+          <t>Dede Korkut - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789759968540</t>
+          <t>9789759968083</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut - Korece Seçme Hikayeler</t>
+          <t>Evliya Çelebi - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789759968625</t>
+          <t>9789759968052</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca - Korece Seçme Hikayeler</t>
+          <t>Yunus Emre - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789759969400</t>
+          <t>9789759968588</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Temel Çizim Kitabı</t>
+          <t>Safahat - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>635</v>
+        <v>110</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789759969752</t>
+          <t>9789759968618</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Zaferin Kıyısında</t>
+          <t>Ömer Seyfettin - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>600</v>
+        <v>110</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789759969776</t>
+          <t>9789759968571</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ata Mezarlığı</t>
+          <t>Nutuk - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>660</v>
+        <v>110</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789759969646</t>
+          <t>9789759968021</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Akıl Oyunları</t>
+          <t>Safahat - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>460</v>
+        <v>110</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789759969783</t>
+          <t>9789759968076</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Bir Cihan İmparatoru Fatih Sultan Mehmed Han</t>
+          <t>Ömer Seyfettin - Boşnakça Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789759969813</t>
+          <t>9789759968564</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kibem Diyeti</t>
+          <t>Kutadgu Bilig - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>310</v>
+        <v>110</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789759969721</t>
+          <t>9789759968557</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İpini Koparan</t>
+          <t>Hacivat Karagöz - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789759969738</t>
+          <t>9789759968595</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Vahyin 1.Yılı</t>
+          <t>Evliya Çelebi - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789759969745</t>
+          <t>9789759968540</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Siyah Güzeldir</t>
+          <t>Dede Korkut - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>265</v>
+        <v>110</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789759969714</t>
+          <t>9789759968625</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İncilerin Yıldızı</t>
+          <t>Nasreddin Hoca - Korece Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>265</v>
+        <v>110</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789759969707</t>
+          <t>9789759969400</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Nadir Kuş</t>
+          <t>Temel Çizim Kitabı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>230</v>
+        <v>635</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789759969691</t>
+          <t>9789759969752</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Anka</t>
+          <t>Zaferin Kıyısında</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>395</v>
+        <v>600</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789759969660</t>
+          <t>9789759969776</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Rüyası Ertuğrul</t>
+          <t>Ata Mezarlığı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>430</v>
+        <v>660</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789759969684</t>
+          <t>9789759969646</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Unutma Noktası</t>
+          <t>Felsefi Akıl Oyunları</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789759969677</t>
+          <t>9789759969783</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Tavşanlar ve Boa Yılanları</t>
+          <t>Sorularla Bir Cihan İmparatoru Fatih Sultan Mehmed Han</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789759968236</t>
+          <t>9789759969813</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düzen ve Siyasi Çürüme</t>
+          <t>Kibem Diyeti</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>755</v>
+        <v>310</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789759969622</t>
+          <t>9789759969721</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Ateş Arabaları</t>
+          <t>İpini Koparan</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>465</v>
+        <v>240</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789759969592</t>
+          <t>9789759969738</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Anno Domini 2071</t>
+          <t>Vahyin 1.Yılı</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789759969585</t>
+          <t>9789759969745</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Pentagon’un Beyni</t>
+          <t>Siyah Güzeldir</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>640</v>
+        <v>265</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789759969578</t>
+          <t>9789759969714</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Altın Bilek</t>
+          <t>İncilerin Yıldızı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>435</v>
+        <v>265</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789759969516</t>
+          <t>9789759969707</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Sırt Çantalı Nicolas</t>
+          <t>Nadir Kuş</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789759969608</t>
+          <t>9789759969691</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Nail Art - Tırnak Sanatı</t>
+          <t>Anka</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>300</v>
+        <v>395</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789759969042</t>
+          <t>9789759969660</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bir Çılgınlık Yürüyüşü</t>
+          <t>Abdülhamid’in Rüyası Ertuğrul</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>780</v>
+        <v>430</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789759969561</t>
+          <t>9789759969684</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Acemiler İçin Tarot Rehberi - Boyama Kitabı</t>
+          <t>Unutma Noktası</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789759969493</t>
+          <t>9789759969677</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Söz Verilmiş Bahçe</t>
+          <t>Tavşanlar ve Boa Yılanları</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>265</v>
+        <v>285</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789759969455</t>
+          <t>9789759968236</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Onay Belgesi</t>
+          <t>Siyasi Düzen ve Siyasi Çürüme</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>290</v>
+        <v>755</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789759969509</t>
+          <t>9789759969622</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Geldik Sayılır</t>
+          <t>Ateş Arabaları</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>290</v>
+        <v>465</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789759969462</t>
+          <t>9789759969592</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Tövbe Gölgeliği</t>
+          <t>Anno Domini 2071</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789759969479</t>
+          <t>9789759969585</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Berhayat</t>
+          <t>Pentagon’un Beyni</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>230</v>
+        <v>640</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789759969417</t>
+          <t>9789759969578</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Masumiyetin Son Günleri</t>
+          <t>Altın Bilek</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>345</v>
+        <v>435</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789759969431</t>
+          <t>9789759969516</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk Projeleri</t>
+          <t>Sırt Çantalı Nicolas</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789759969394</t>
+          <t>9789759969608</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hayyam</t>
+          <t>Nail Art - Tırnak Sanatı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789759969370</t>
+          <t>9789759969042</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Yüz Adımlık Yolculuk</t>
+          <t>Bir Çılgınlık Yürüyüşü</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>430</v>
+        <v>780</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789759969325</t>
+          <t>9789759969561</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadar Gamlı Bu Akşam Vakti - Safa Önal Kitabı</t>
+          <t>Acemiler İçin Tarot Rehberi - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>810</v>
+        <v>300</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789759969387</t>
+          <t>9789759969493</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Heavenly Divide</t>
+          <t>Söz Verilmiş Bahçe</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>430</v>
+        <v>265</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789759969349</t>
+          <t>9789759969455</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Net Duruş</t>
+          <t>Mutluluk Onay Belgesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789759969363</t>
+          <t>9789759969509</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Söylem</t>
+          <t>Geldik Sayılır</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789759969332</t>
+          <t>9789759969462</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Genç Müslümana Mektuplar</t>
+          <t>Tövbe Gölgeliği</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789759969257</t>
+          <t>9789759969479</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Halil İnalcık’ın Merceğinden Tarih Bilinci</t>
+          <t>Berhayat</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789759969271</t>
+          <t>9789759969417</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Kalküta</t>
+          <t>Masumiyetin Son Günleri</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>230</v>
+        <v>345</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789759969264</t>
+          <t>9789759969431</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı</t>
+          <t>Kurumsal Sosyal Sorumluluk Projeleri</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789759969288</t>
+          <t>9789759969394</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kağıt Sanatı Yapabilir</t>
+          <t>Hayyam</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>515</v>
+        <v>230</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789759969318</t>
+          <t>9789759969370</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yol Bitmeden</t>
+          <t>Yüz Adımlık Yolculuk</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>265</v>
+        <v>430</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789759969202</t>
+          <t>9789759969325</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kavga Başlıyor</t>
+          <t>Ne Kadar Gamlı Bu Akşam Vakti - Safa Önal Kitabı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>230</v>
+        <v>810</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789759969189</t>
+          <t>9789759969387</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Tarafsız Günler</t>
+          <t>Heavenly Divide</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789759969134</t>
+          <t>9789759969349</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Şovundan Gerçeklik Kurgusuna</t>
+          <t>Net Duruş</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789759969165</t>
+          <t>9789759969363</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Belkide Dilimden Bu Şarkı Düşmez</t>
+          <t>Söylem</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>325</v>
+        <v>265</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789759969097</t>
+          <t>9789759969332</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Gemisi</t>
+          <t>Genç Müslümana Mektuplar</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789759969127</t>
+          <t>9789759969257</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Arka Plan Yazıları</t>
+          <t>Halil İnalcık’ın Merceğinden Tarih Bilinci</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789759969073</t>
+          <t>9789759969271</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Yaralar ve Diğer Sebeplerden</t>
+          <t>Kalküta</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789759969103</t>
+          <t>9789759969264</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şahitlik</t>
+          <t>Osmanlı</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789759969110</t>
+          <t>9789759969288</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiziminin Temelleri</t>
+          <t>Herkes Kağıt Sanatı Yapabilir</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>635</v>
+        <v>515</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789759968793</t>
+          <t>9789759969318</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Manga Çizim Sanatı</t>
+          <t>Yol Bitmeden</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>980</v>
+        <v>265</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789759969059</t>
+          <t>9789759969202</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Çivi</t>
+          <t>Kavga Başlıyor</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789759969080</t>
+          <t>9789759969189</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Sokakta</t>
+          <t>Tarafsız Günler</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>335</v>
+        <v>230</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789759968991</t>
+          <t>9789759969134</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Faul Problemi</t>
+          <t>Gerçeklik Şovundan Gerçeklik Kurgusuna</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789759968977</t>
+          <t>9789759969165</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Belkide Dilimden Bu Şarkı Düşmez</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789759968953</t>
+          <t>9789759969097</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Cuma Günü Uçmayan Kuş</t>
+          <t>Dünyanın En Güzel Gemisi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789759968922</t>
+          <t>9789759969127</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Çoban Ateşi</t>
+          <t>Arka Plan Yazıları</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>510</v>
+        <v>180</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789759968946</t>
+          <t>9789759969073</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Vefa Apartmanı</t>
+          <t>Yaralar ve Diğer Sebeplerden</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>400</v>
+        <v>265</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789759968960</t>
+          <t>9789759969103</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>4 Defter</t>
+          <t>Güzel Şahitlik</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>450</v>
+        <v>265</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789759968908</t>
+          <t>9789759969110</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Yok Bişey</t>
+          <t>Hayvan Çiziminin Temelleri</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>250</v>
+        <v>635</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789759968939</t>
+          <t>9789759968793</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Yeşili</t>
+          <t>Manga Çizim Sanatı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>225</v>
+        <v>980</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789759968830</t>
+          <t>9789759969059</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Görmeden Ölmek</t>
+          <t>Çivi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789759968809</t>
+          <t>9789759969080</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>C’nin Hazırlanmış Hayatı</t>
+          <t>Sokakta</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>230</v>
+        <v>335</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789759968816</t>
+          <t>9789759968991</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Domuz Kasabı</t>
+          <t>Faul Problemi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789759968861</t>
+          <t>9789759968977</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Domino</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789759968854</t>
+          <t>9789759968953</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değiliz</t>
+          <t>Cuma Günü Uçmayan Kuş</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789759968786</t>
+          <t>9789759968922</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Akıntıya Karşı</t>
+          <t>Aşkın Çoban Ateşi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>625</v>
+        <v>510</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789759968823</t>
+          <t>9789759968946</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Başçarşı’da Karşılaşmak</t>
+          <t>Vefa Apartmanı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789759968847</t>
+          <t>9789759968960</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz</t>
+          <t>4 Defter</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789759968748</t>
+          <t>9789759968908</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Ars</t>
+          <t>Yok Bişey</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789759968762</t>
+          <t>9789759968939</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Def</t>
+          <t>Gecenin Yeşili</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789759968779</t>
+          <t>9789759968830</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>İlahi Morluk</t>
+          <t>Görmeden Ölmek</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789759968724</t>
+          <t>9789759968809</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Bir Adam</t>
+          <t>C’nin Hazırlanmış Hayatı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>510</v>
+        <v>230</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789759968694</t>
+          <t>9789759968816</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Futbol Nedir Ki</t>
+          <t>Domuz Kasabı</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789759968717</t>
+          <t>9789759968861</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünyanın Oyunu</t>
+          <t>Domino</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>285</v>
+        <v>335</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789759968731</t>
+          <t>9789759968854</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>İsa Hanginiz?</t>
+          <t>Yalnız Değiliz</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789759968656</t>
+          <t>9789759968786</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kızlarıma İstanbul</t>
+          <t>Akıntıya Karşı</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>350</v>
+        <v>625</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789759968700</t>
+          <t>9789759968823</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Köpekleri</t>
+          <t>Başçarşı’da Karşılaşmak</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789759968670</t>
+          <t>9789759968847</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kara Sevdam Türkiye</t>
+          <t>15 Temmuz</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>445</v>
+        <v>240</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789759968663</t>
+          <t>9789759968748</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>FETÖ</t>
+          <t>Ars</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>640</v>
+        <v>360</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789759968403</t>
+          <t>9789759968762</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Mein Qur’an Tagebuch</t>
+          <t>Def</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789759968410</t>
+          <t>9789759968779</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Yerlilik Düşüncesi</t>
+          <t>İlahi Morluk</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>530</v>
+        <v>240</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789759968519</t>
+          <t>9789759968724</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimi Kaybettim Hükümsüzdür</t>
+          <t>Kocaman Bir Adam</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>290</v>
+        <v>510</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789759968632</t>
+          <t>9789759968694</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Kupa Avrupası</t>
+          <t>Futbol Nedir Ki</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>920</v>
+        <v>240</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789759968304</t>
+          <t>9789759968717</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Kalpleri</t>
+          <t>Başka Bir Dünyanın Oyunu</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>230</v>
+        <v>285</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789759968007</t>
+          <t>9789759968731</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sırlar</t>
+          <t>İsa Hanginiz?</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789759968168</t>
+          <t>9789759968656</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Uzakla Yakının Sınırında</t>
+          <t>Kızlarıma İstanbul</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789759968427</t>
+          <t>9789759968700</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Türk Seri Katiller</t>
+          <t>Cehennem Köpekleri</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789759968205</t>
+          <t>9789759968670</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Benim Hikayem</t>
+          <t>Kara Sevdam Türkiye</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>420</v>
+        <v>445</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789759968441</t>
+          <t>9789759968663</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ayak Oyunlarından Akıl Oyunlarına Futbol</t>
+          <t>FETÖ</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>265</v>
+        <v>640</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789759967888</t>
+          <t>9789759968403</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Halvet Der Encümen</t>
+          <t>Mein Qur’an Tagebuch</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789759968120</t>
+          <t>9789759968410</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Tımarhane Günlerim</t>
+          <t>Yerlilik Düşüncesi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>620</v>
+        <v>530</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789759967901</t>
+          <t>9789759968519</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Balzac</t>
+          <t>Geleceğimi Kaybettim Hükümsüzdür</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789759968014</t>
+          <t>9789759968632</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ataerkil</t>
+          <t>Kupa Avrupası</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>700</v>
+        <v>920</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789759968137</t>
+          <t>9789759968304</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>1 - Denemeden Nasıl Bilinir ki Gerçek Aşk</t>
+          <t>Kelimelerin Kalpleri</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789759967895</t>
+          <t>9789759968007</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uykusu</t>
+          <t>Küçük Sırlar</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789759968113</t>
+          <t>9789759968168</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Hayat Teselli Olmaktır</t>
+          <t>Uzakla Yakının Sınırında</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789759962975</t>
+          <t>9789759968427</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Günlüğü</t>
+          <t>Türk Seri Katiller</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>375</v>
+        <v>410</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789759967918</t>
+          <t>9789759968205</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>ABD'nin Gizli Tarihi</t>
+          <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>1200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789759960339</t>
+          <t>9789759968441</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Uçuş Denemeleri</t>
+          <t>Ayak Oyunlarından Akıl Oyunlarına Futbol</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789759967826</t>
+          <t>9789759967888</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Darbeli ve Çatışmalı Yıllar</t>
+          <t>Halvet Der Encümen</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789759967963</t>
+          <t>9789759968120</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Sürekli Kayıp</t>
+          <t>Tımarhane Günlerim</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>540</v>
+        <v>620</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789759967871</t>
+          <t>9789759967901</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alanda Başörtülüler</t>
+          <t>Vadideki Balzac</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789759967864</t>
+          <t>9789759968014</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Ev Hali</t>
+          <t>Ataerkil</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>265</v>
+        <v>700</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789759964337</t>
+          <t>9789759968137</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Hacı Hostes'in Esma Günlüğü</t>
+          <t>1 - Denemeden Nasıl Bilinir ki Gerçek Aşk</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789759964412</t>
+          <t>9789759967895</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Günler Ne Kadar Kısaldı</t>
+          <t>Kuş Uykusu</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789759961343</t>
+          <t>9789759968113</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Texte Aus Der Reisebeschreibung Seyahatname Von Evliya Çelebi</t>
+          <t>Hayat Teselli Olmaktır</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789759964450</t>
+          <t>9789759962975</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Otobüsname - Yaşadığımız Şehir</t>
+          <t>Kur’an Günlüğü</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789759967796</t>
+          <t>9789759967918</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Ayan Beyan</t>
+          <t>ABD'nin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>230</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789759967802</t>
+          <t>9789759960339</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Uçuş Denemeleri</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789759967666</t>
+          <t>9789759967826</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Şehirleri Süsleyen Yolcu</t>
+          <t>Darbeli ve Çatışmalı Yıllar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789759967673</t>
+          <t>9789759967963</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği İnciten Papağan</t>
+          <t>Sürekli Kayıp</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>230</v>
+        <v>540</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789759967833</t>
+          <t>9789759967871</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Mit Mensubunun Kaleminden Çözüm Sürecinde Güneydoğu Anıları</t>
+          <t>Kamusal Alanda Başörtülüler</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789759967789</t>
+          <t>9789759967864</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Güzeran</t>
+          <t>Ev Hali</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789759967772</t>
+          <t>9789759964337</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Hacı Hostes'in Esma Günlüğü</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789759967765</t>
+          <t>9789759964412</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Ramazanname</t>
+          <t>Günler Ne Kadar Kısaldı</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789759967628</t>
+          <t>9789759961343</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Yüz</t>
+          <t>Ausgewaehlte Texte Aus Der Reisebeschreibung Seyahatname Von Evliya Çelebi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789759967581</t>
+          <t>9789759964450</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kimi Derviş Kimi Sultan</t>
+          <t>Otobüsname - Yaşadığımız Şehir</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789759967574</t>
+          <t>9789759967796</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Suret</t>
+          <t>Ayan Beyan</t>
         </is>
       </c>
       <c r="C483" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789759967543</t>
+          <t>9789759967802</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İkiz Aynası Sanattan Portreler</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789759967567</t>
+          <t>9789759967666</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Aç</t>
+          <t>Şehirleri Süsleyen Yolcu</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789759967000</t>
+          <t>9789759967673</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Poemas Seleccionadas Del Divan De  Yunus Emre</t>
+          <t>Gerçeği İnciten Papağan</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789759966904</t>
+          <t>9789759967833</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Historias Seleccionadas De Seyahatname</t>
+          <t>Eski Bir Mit Mensubunun Kaleminden Çözüm Sürecinde Güneydoğu Anıları</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>110</v>
+        <v>325</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789759966997</t>
+          <t>9789759967789</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Poesias Seleccionadas De Safahat</t>
+          <t>Güzeran</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789759966911</t>
+          <t>9789759967772</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Historias Seleccionadas De Ömer Seyfettin</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789759966898</t>
+          <t>9789759967765</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Historias Seleccionadas De Nasreddin Hoca</t>
+          <t>Ramazanname</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>110</v>
+        <v>265</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789759966966</t>
+          <t>9789759967628</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Partes Seleccionadas De Kutadgu Bilig</t>
+          <t>Yüz</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789759966881</t>
+          <t>9789759967581</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Historias Seleccionadas De Hacivat ve Karagöz</t>
+          <t>Kimi Derviş Kimi Sultan</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789759966874</t>
+          <t>9789759967574</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Fabulas Seleccionados De Dede Korkut</t>
+          <t>Suret</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789759962135</t>
+          <t>9789759967543</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Tenezzül</t>
+          <t>İkiz Aynası Sanattan Portreler</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789759964504</t>
+          <t>9789759967567</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Şapka</t>
+          <t>Aç</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789759963453</t>
+          <t>9789759967000</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Kesik Dil</t>
+          <t>Poemas Seleccionadas Del Divan De  Yunus Emre</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789759966553</t>
+          <t>9789759966904</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Sultan Vahideddin Han</t>
+          <t>Historias Seleccionadas De Seyahatname</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>755</v>
+        <v>110</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789759964894</t>
+          <t>9789759966997</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tünelinden Geçerken</t>
+          <t>Poesias Seleccionadas De Safahat</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789759967482</t>
+          <t>9789759966911</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Gez Göz Esaret</t>
+          <t>Historias Seleccionadas De Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789759967505</t>
+          <t>9789759966898</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Yazıhane Yıllık</t>
+          <t>Historias Seleccionadas De Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789759966980</t>
+          <t>9789759966966</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Poemes Choisises du Divan de Yunus Emre</t>
+          <t>Partes Seleccionadas De Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789759966812</t>
+          <t>9789759966881</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Histoires Choisies du Seyahatname</t>
+          <t>Historias Seleccionadas De Hacivat ve Karagöz</t>
         </is>
       </c>
       <c r="C502" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789759966959</t>
+          <t>9789759966874</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Poemes Choisis de Safahat</t>
+          <t>Fabulas Seleccionados De Dede Korkut</t>
         </is>
       </c>
       <c r="C503" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789759966829</t>
+          <t>9789759962135</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Histoires Choisies de Ömer Seyfettin</t>
+          <t>Tenezzül</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789759966867</t>
+          <t>9789759964504</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Passages Choisis du Nutuk - Le Discours de Mustafa Kemal Atatürk</t>
+          <t>Şapka</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789759966836</t>
+          <t>9789759963453</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Histoires Choisies de Nasreddin Hodja</t>
+          <t>Kesik Dil</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789759966973</t>
+          <t>9789759966553</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Passages Choisis de Kutadgu Bilig</t>
+          <t>Sultan Vahideddin Han</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>110</v>
+        <v>755</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789759966843</t>
+          <t>9789759964894</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Histoires Choisies de Hacivat et Karagöz</t>
+          <t>Zaman Tünelinden Geçerken</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789759966850</t>
+          <t>9789759967482</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Fables Choisies de Dede Korkut</t>
+          <t>Gez Göz Esaret</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789759966744</t>
+          <t>9789759967505</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Kararı</t>
+          <t>Yazıhane Yıllık</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789759967550</t>
+          <t>9789759966980</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Türk Kağanlığı - 1 : Kırık Ok</t>
+          <t>Poemes Choisises du Divan de Yunus Emre</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>560</v>
+        <v>110</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789759967529</t>
+          <t>9789759966812</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Benim Meselem</t>
+          <t>Histoires Choisies du Seyahatname</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>325</v>
+        <v>110</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789759967468</t>
+          <t>9789759966959</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>İnönü ve Bayarlı Yıllar (1938-1960)</t>
+          <t>Poemes Choisis de Safahat</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257111478</t>
+          <t>9789759966829</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Eşimin Eşi Yok</t>
+          <t>Histoires Choisies de Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>265</v>
+        <v>110</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789759966546</t>
+          <t>9789759966867</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Dün Cemaat Bugün Paralel Devlet</t>
+          <t>Passages Choisis du Nutuk - Le Discours de Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>720</v>
+        <v>110</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789759967512</t>
+          <t>9789759966836</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Histoires Choisies de Nasreddin Hodja</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>265</v>
+        <v>110</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789759963613</t>
+          <t>9789759966973</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman Gülüşleri</t>
+          <t>Passages Choisis de Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789759967611</t>
+          <t>9789759966843</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Börü Budun</t>
+          <t>Histoires Choisies de Hacivat et Karagöz</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789759967604</t>
+          <t>9789759966850</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Bermuda</t>
+          <t>Fables Choisies de Dede Korkut</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>325</v>
+        <v>110</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257111430</t>
+          <t>9789759966744</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Eşim Aşkım Olsun</t>
+          <t>Kalbin Kararı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789759966768</t>
+          <t>9789759967550</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>İmgenar Sokağı</t>
+          <t>Türk Kağanlığı - 1 : Kırık Ok</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>230</v>
+        <v>560</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789759966706</t>
+          <t>9789759967529</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>İzmirli</t>
+          <t>Benim Meselem</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>540</v>
+        <v>325</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789759964085</t>
+          <t>9789759967468</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kış Bilgisi</t>
+          <t>İnönü ve Bayarlı Yıllar (1938-1960)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257111324</t>
+          <t>9786257111478</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evlilik Okulu</t>
+          <t>Eşimin Eşi Yok</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>510</v>
+        <v>265</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257111423</t>
+          <t>9789759966546</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Evlendikten Sonra da Muhabbet Olsun</t>
+          <t>Dün Cemaat Bugün Paralel Devlet</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>335</v>
+        <v>720</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789759964955</t>
+          <t>9789759967512</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Şifre Süleymaniye</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789759964979</t>
+          <t>9789759963613</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Tarifler</t>
+          <t>Ahir Zaman Gülüşleri</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>635</v>
+        <v>240</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789759964863</t>
+          <t>9789759967611</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Derin Yara</t>
+          <t>Börü Budun</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789759962388</t>
+          <t>9789759967604</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Yazıları</t>
+          <t>Bermuda</t>
         </is>
       </c>
       <c r="C529" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789759963521</t>
+          <t>9786257111430</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Sirenleri Taşa Tutun</t>
+          <t>Eşim Aşkım Olsun</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789759964757</t>
+          <t>9789759966768</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Rojbaş, Parev, Şalom, Merhaba, Selamün Aleyküm</t>
+          <t>İmgenar Sokağı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789759964672</t>
+          <t>9789759966706</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Meta Data</t>
+          <t>İzmirli</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>230</v>
+        <v>540</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789759964931</t>
+          <t>9789759964085</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Hızır ile Musa</t>
+          <t>Kış Bilgisi</t>
         </is>
       </c>
       <c r="C533" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789759961824</t>
+          <t>9786257111324</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Etkili Öğretmenlik Eğitimi</t>
+          <t>Mutlu Evlilik Okulu</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>540</v>
+        <v>510</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789759964177</t>
+          <t>9786257111423</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Amerika Sen Busun</t>
+          <t>Evlendikten Sonra da Muhabbet Olsun</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>225</v>
+        <v>335</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789759964467</t>
+          <t>9789759964955</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk Öldü</t>
+          <t>Şifre Süleymaniye</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789759964535</t>
+          <t>9789759964979</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Rüya</t>
+          <t>Mutlu Tarifler</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>230</v>
+        <v>635</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789759964528</t>
+          <t>9789759964863</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Öbür Divan</t>
+          <t>Derin Yara</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>395</v>
+        <v>230</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789759964900</t>
+          <t>9789759962388</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>İkiz Aynası</t>
+          <t>Sivil Toplum Yazıları</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789759964733</t>
+          <t>9789759963521</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Medya Senfoni</t>
+          <t>Sirenleri Taşa Tutun</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789759966621</t>
+          <t>9789759964757</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Darılma Bana</t>
+          <t>Rojbaş, Parev, Şalom, Merhaba, Selamün Aleyküm</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789759966652</t>
+          <t>9789759964672</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Vatan Somuttur</t>
+          <t>Meta Data</t>
         </is>
       </c>
       <c r="C542" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789759966676</t>
+          <t>9789759964931</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Çorak Topraklar</t>
+          <t>Hızır ile Musa</t>
         </is>
       </c>
       <c r="C543" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789759966669</t>
+          <t>9789759961824</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ruhuna Karşı</t>
+          <t>Etkili Öğretmenlik Eğitimi</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>360</v>
+        <v>540</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789759966645</t>
+          <t>9789759964177</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Türk Şiiri</t>
+          <t>Amerika Sen Busun</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789759966638</t>
+          <t>9789759964467</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Devamsızlar İçin</t>
+          <t>Bir Çocuk Öldü</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789759964764</t>
+          <t>9789759964535</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Dün, Bugün, Yarın</t>
+          <t>Gerçek Rüya</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>510</v>
+        <v>230</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789759963996</t>
+          <t>9789759964528</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Dünya Görüşü</t>
+          <t>Öbür Divan</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>165</v>
+        <v>395</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789759964702</t>
+          <t>9789759964900</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanda Geleceği Kurmak</t>
+          <t>İkiz Aynası</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789759964283</t>
+          <t>9789759964733</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Öğle Uykusu</t>
+          <t>Medya Senfoni</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>255</v>
+        <v>290</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789759964818</t>
+          <t>9789759966621</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Etyen Mahçupyan'la Yüzyıllık Parantez</t>
+          <t>Darılma Bana</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>345</v>
+        <v>230</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789759964795</t>
+          <t>9789759966652</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Ekranın Kısa Tarihi 2: Dizierkil Ailede Baba Rolü</t>
+          <t>Vatan Somuttur</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789759964832</t>
+          <t>9789759966676</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Gökada</t>
+          <t>Çorak Topraklar</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789759961947</t>
+          <t>9789759966669</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Rusça Seçme Hikayeler Hacivat ve Karagöz</t>
+          <t>Zamanın Ruhuna Karşı</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789759961954</t>
+          <t>9789759966645</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Rusça Seçme Hikayeler Nasreddin Hoca</t>
+          <t>Herkes İçin Türk Şiiri</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789759961978</t>
+          <t>9789759966638</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Rusça Seçme Hikayeler Mesnevi</t>
+          <t>Devamsızlar İçin</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789759963729</t>
+          <t>9789759964764</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Rusça Seçme Hikayeler Nutuk</t>
+          <t>Dün, Bugün, Yarın</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>110</v>
+        <v>510</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789759961930</t>
+          <t>9789759963996</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Rusça Seçme Hikayeler Dede Korkut</t>
+          <t>Dünya Görüşü</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789759961961</t>
+          <t>9789759964702</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Rusça Seçme Hikayeler Yunus Emre</t>
+          <t>Zor Zamanda Geleceği Kurmak</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>110</v>
+        <v>375</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789759964252</t>
+          <t>9789759964283</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Bir Masal İsmet Özel'i</t>
+          <t>Öğle Uykusu</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789759963903</t>
+          <t>9789759964818</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Hakkında Öğrenmek İstediğiniz Her Şey</t>
+          <t>Etyen Mahçupyan'la Yüzyıllık Parantez</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>580</v>
+        <v>345</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789759963583</t>
+          <t>9789759964795</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Kalbi</t>
+          <t>Ekranın Kısa Tarihi 2: Dizierkil Ailede Baba Rolü</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789759962623</t>
+          <t>9789759964832</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Kilit Adam</t>
+          <t>Küçük Bir Gökada</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>395</v>
+        <v>230</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789759960988</t>
+          <t>9789759961947</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Seçme Hikayeler - Mevlana</t>
+          <t>Rusça Seçme Hikayeler Hacivat ve Karagöz</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789759964078</t>
+          <t>9789759961954</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Kürtleri</t>
+          <t>Rusça Seçme Hikayeler Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>575</v>
+        <v>110</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789759964481</t>
+          <t>9789759961978</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Öncesiyle ve Sonrasıyla 9 - 12 Mart Süresi</t>
+          <t>Rusça Seçme Hikayeler Mesnevi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>395</v>
+        <v>110</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789759960257</t>
+          <t>9789759963729</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Yenilenme ve Türkiye’nin Sorunları</t>
+          <t>Rusça Seçme Hikayeler Nutuk</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789759962852</t>
+          <t>9789759961930</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Oma</t>
+          <t>Rusça Seçme Hikayeler Dede Korkut</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>635</v>
+        <v>110</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789759961138</t>
+          <t>9789759961961</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Düşünmenin Gücü</t>
+          <t>Rusça Seçme Hikayeler Yunus Emre</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>395</v>
+        <v>110</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789759964597</t>
+          <t>9789759964252</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Masada Kaybedilen Vatan</t>
+          <t>Bir Masal İsmet Özel'i</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>415</v>
+        <v>240</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789759964689</t>
+          <t>9789759963903</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Yumuşak Güç</t>
+          <t>Karikatür Hakkında Öğrenmek İstediğiniz Her Şey</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>225</v>
+        <v>580</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789759961008</t>
+          <t>9789759963583</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Hacivat ve Karagöz Seçme Hikayeler</t>
+          <t>Kimsenin Kalbi</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789759961541</t>
+          <t>9789759962623</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Uykusu</t>
+          <t>Kilit Adam</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>230</v>
+        <v>395</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789759960308</t>
+          <t>9789759960988</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Hatalı Alanlarınız</t>
+          <t>Mesnevi Seçme Hikayeler - Mevlana</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>395</v>
+        <v>180</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789759964610</t>
+          <t>9789759964078</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Neden Osmanlı</t>
+          <t>Türkiye'nin Kürtleri</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>480</v>
+        <v>575</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789759964580</t>
+          <t>9789759964481</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Tape'den Kodese 2 - Polis Dinlerse Dinlesin</t>
+          <t>Öncesiyle ve Sonrasıyla 9 - 12 Mart Süresi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789759961107</t>
+          <t>9789759960257</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Nokta Atışları</t>
+          <t>Osmanlı’da Yenilenme ve Türkiye’nin Sorunları</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789759964634</t>
+          <t>9789759962852</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Onyedi Gün</t>
+          <t>Oma</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>260</v>
+        <v>635</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789759964603</t>
+          <t>9789759961138</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Hasta ve Doktor İletişimi</t>
+          <t>Olumlu Düşünmenin Gücü</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>420</v>
+        <v>395</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789759968472</t>
+          <t>9789759964597</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ölüm</t>
+          <t>Masada Kaybedilen Vatan</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>325</v>
+        <v>415</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789759968311</t>
+          <t>9789759964689</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>İzinsiz Gösteri</t>
+          <t>Yumuşak Güç</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789759968267</t>
+          <t>9789759961008</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Yürüyüş Atlası</t>
+          <t>Hacivat ve Karagöz Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789759968281</t>
+          <t>9789759961541</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Yolda Anlatırım</t>
+          <t>Güzellik Uykusu</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789759968250</t>
+          <t>9789759960308</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Gariplerin Kitabı</t>
+          <t>Hatalı Alanlarınız</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>230</v>
+        <v>395</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789759968274</t>
+          <t>9789759964610</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Üzüntüden</t>
+          <t>Neden Osmanlı</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789759968243</t>
+          <t>9789759964580</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Yüzümü Tanı</t>
+          <t>Tape'den Kodese 2 - Polis Dinlerse Dinlesin</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789759964306</t>
+          <t>9789759961107</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Çizimin Sırları - 2</t>
+          <t>Nokta Atışları</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>780</v>
+        <v>265</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789759964122</t>
+          <t>9789759964634</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Arka Direkte Kendini Unutturmak</t>
+          <t>Onyedi Gün</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789759964443</t>
+          <t>9789759964603</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Haldun’un Gölgesi</t>
+          <t>Hasta ve Doktor İletişimi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>395</v>
+        <v>420</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789759960889</t>
+          <t>9789759968472</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Srebrenitsa'nın Öyküsü</t>
+          <t>Kızıl Ölüm</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>435</v>
+        <v>325</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789759961367</t>
+          <t>9789759968311</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Geschicten Von Ömer Seyfettin</t>
+          <t>İzinsiz Gösteri</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789759961404</t>
+          <t>9789759968267</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Kapitel Aus Dem Nutuk Aus Der Rede Atatürks An Das Türkische Volk</t>
+          <t>Yürüyüş Atlası</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789759961411</t>
+          <t>9789759968281</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehtle Abschnitte Aus Kutadgu Bilig</t>
+          <t>Yolda Anlatırım</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789759961428</t>
+          <t>9789759968250</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Geschicten Aus Kelile Und Dimne</t>
+          <t>Gariplerin Kitabı</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789759961435</t>
+          <t>9789759968274</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Geschicten Aus Safahat</t>
+          <t>Üzüntüden</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789759964351</t>
+          <t>9789759968243</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Başka Göklerin Altında</t>
+          <t>Yüzümü Tanı</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789759964405</t>
+          <t>9789759964306</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Yol Durumu</t>
+          <t>Çizimin Sırları - 2</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>430</v>
+        <v>780</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789759964092</t>
+          <t>9789759964122</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Yüzümün Çocukluğu</t>
+          <t>Arka Direkte Kendini Unutturmak</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789759960292</t>
+          <t>9789759964443</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Yetenekli Çocuğun Dramı</t>
+          <t>Haldun’un Gölgesi</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>265</v>
+        <v>395</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789759960407</t>
+          <t>9789759960889</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni</t>
+          <t>Srebrenitsa'nın Öyküsü</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>265</v>
+        <v>435</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789759961718</t>
+          <t>9789759961367</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Yanılmışım Tanrı Varmış</t>
+          <t>Ausgewaehlte Geschicten Von Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789759963859</t>
+          <t>9789759961404</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Soğuk Savaş Dönemi</t>
+          <t>Ausgewaehlte Kapitel Aus Dem Nutuk Aus Der Rede Atatürks An Das Türkische Volk</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789759962517</t>
+          <t>9789759961411</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ülke</t>
+          <t>Ausgewaehtle Abschnitte Aus Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>470</v>
+        <v>110</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789759962272</t>
+          <t>9789759961428</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Komplolar ve Provokasyonlar Tarihi</t>
+          <t>Ausgewaehlte Geschicten Aus Kelile Und Dimne</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>430</v>
+        <v>110</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789759964061</t>
+          <t>9789759961435</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Tüm Nefesliler</t>
+          <t>Ausgewaehlte Geschicten Aus Safahat</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789759962821</t>
+          <t>9789759964351</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Tüfeksiz Hareketler</t>
+          <t>Başka Göklerin Altında</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789759963248</t>
+          <t>9789759964405</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Ters Cephe</t>
+          <t>Yol Durumu</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>265</v>
+        <v>430</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789759961176</t>
+          <t>9789759964092</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizle Hesaplaşmak</t>
+          <t>Yüzümün Çocukluğu</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789759963767</t>
+          <t>9789759960292</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Şov ve Mahrem</t>
+          <t>Yetenekli Çocuğun Dramı</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789759964276</t>
+          <t>9789759960407</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki Zamanın İzinde</t>
+          <t>Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789759963316</t>
+          <t>9789759961718</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Şehir ve Kültür - İstanbul</t>
+          <t>Yanılmışım Tanrı Varmış</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>890</v>
+        <v>290</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789759964153</t>
+          <t>9789759963859</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Şafaktan Çok Önce</t>
+          <t>Üçüncü Soğuk Savaş Dönemi</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789759962616</t>
+          <t>9789759962517</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Suikastlar Cumhuriyeti</t>
+          <t>Uzak Ülke</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>500</v>
+        <v>470</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789759963552</t>
+          <t>9789759962272</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Söz</t>
+          <t>Türkiye Komplolar ve Provokasyonlar Tarihi</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>515</v>
+        <v>430</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789759963033</t>
+          <t>9789759964061</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Son On Beş Dakika</t>
+          <t>Tüm Nefesliler</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>335</v>
+        <v>230</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789759963279</t>
+          <t>9789759962821</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler</t>
+          <t>Tüfeksiz Hareketler</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789759960728</t>
+          <t>9789759963248</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories of Seyahatname by Evliya Çelebi Seyahatname</t>
+          <t>Ters Cephe</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>110</v>
+        <v>265</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789759961312</t>
+          <t>9789759961176</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories Of Safahat</t>
+          <t>Tarihimizle Hesaplaşmak</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789759960704</t>
+          <t>9789759963767</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories Of Ömer Seyfettin</t>
+          <t>Şov ve Mahrem</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789759960698</t>
+          <t>9789759964276</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories of Nasraddin Hodja</t>
+          <t>Şimdiki Zamanın İzinde</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789759960667</t>
+          <t>9789759963316</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories of Masnavi</t>
+          <t>Şehir ve Kültür - İstanbul</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>110</v>
+        <v>890</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789759961282</t>
+          <t>9789759964153</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories Of Kelile And Dimne</t>
+          <t>Şafaktan Çok Önce</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789759960674</t>
+          <t>9789759962616</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories of Hacivat and Karagöz</t>
+          <t>Suikastlar Cumhuriyeti</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789759960711</t>
+          <t>9789759963552</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories of Dede Korkut</t>
+          <t>Sözüm Söz</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>110</v>
+        <v>515</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789759960735</t>
+          <t>9789759963033</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories of Arabian Nights</t>
+          <t>Son On Beş Dakika</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>110</v>
+        <v>335</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789759960681</t>
+          <t>9789759963279</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Selected Poems of the Divan of Yunus Emre</t>
+          <t>Sohbetler</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789759961299</t>
+          <t>9789759960728</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Selected Parts Of Kutadgu Bilig</t>
+          <t>Selected Stories of Seyahatname by Evliya Çelebi Seyahatname</t>
         </is>
       </c>
       <c r="C627" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789759963255</t>
+          <t>9789759961312</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Sanat Yok</t>
+          <t>Selected Stories Of Safahat</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789759963019</t>
+          <t>9789759960704</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Salkım Söğütlerin Gölgesinde</t>
+          <t>Selected Stories Of Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>685</v>
+        <v>110</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789759963538</t>
+          <t>9789759960698</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Avı</t>
+          <t>Selected Stories of Nasraddin Hodja</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>265</v>
+        <v>110</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789759962289</t>
+          <t>9789759960667</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Resmi Tarih Yalanları</t>
+          <t>Selected Stories of Masnavi</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>325</v>
+        <v>110</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789759963699</t>
+          <t>9789759961282</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Prozac’ı Bırak Platon’a Bak</t>
+          <t>Selected Stories Of Kelile And Dimne</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>550</v>
+        <v>110</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789759963804</t>
+          <t>9789759960674</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Prizren Dersaadet</t>
+          <t>Selected Stories of Hacivat and Karagöz</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789759961534</t>
+          <t>9789759960711</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Peltek Vaiz</t>
+          <t>Selected Stories of Dede Korkut</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789759961510</t>
+          <t>9789759960735</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Özü Sözü Yirmi Bir</t>
+          <t>Selected Stories of Arabian Nights</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789759964146</t>
+          <t>9789759960681</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Niçin Ağlıyorsun Elisabeth Mutlu Değil miyiz?</t>
+          <t>Selected Poems of the Divan of Yunus Emre</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789759960964</t>
+          <t>9789759961299</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Seçme Hikayeler</t>
+          <t>Selected Parts Of Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789759963125</t>
+          <t>9789759963255</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Mukavemet</t>
+          <t>Sanat Yok</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789759960261</t>
+          <t>9789759963019</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Mağluplarla Beraber</t>
+          <t>Salkım Söğütlerin Gölgesinde</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>300</v>
+        <v>685</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789759963972</t>
+          <t>9789759963538</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Kurtarıcı</t>
+          <t>Rüzgar Avı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789759963118</t>
+          <t>9789759962289</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Kaf ve Rengi</t>
+          <t>Resmi Tarih Yalanları</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789759960346</t>
+          <t>9789759963699</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kriterleri</t>
+          <t>Prozac’ı Bırak Platon’a Bak</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>255</v>
+        <v>550</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789759963989</t>
+          <t>9789759963804</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>İran</t>
+          <t>Prizren Dersaadet</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789759962951</t>
+          <t>9789759961534</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>İmaj ve Takva</t>
+          <t>Peltek Vaiz</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789759964160</t>
+          <t>9789759961510</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>İkisi</t>
+          <t>Özü Sözü Yirmi Bir</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789759963262</t>
+          <t>9789759964146</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>İki Kişilik Rüyalar</t>
+          <t>Niçin Ağlıyorsun Elisabeth Mutlu Değil miyiz?</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789759960032</t>
+          <t>9789759960964</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Son 13 Günü</t>
+          <t>Nasreddin Hoca Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789759963682</t>
+          <t>9789759963125</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Hiçbiryer</t>
+          <t>Mukavemet</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>455</v>
+        <v>230</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789759964108</t>
+          <t>9789759960261</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Heves</t>
+          <t>Mağluplarla Beraber</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789759963811</t>
+          <t>9789759963972</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Her Anne Bir Melektir</t>
+          <t>Kurtarıcı</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789759963781</t>
+          <t>9789759963118</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Her Anne Bir Melektir</t>
+          <t>Kaf ve Rengi</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>395</v>
+        <v>230</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789759963286</t>
+          <t>9789759960346</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>İstanbul Kriterleri</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>585</v>
+        <v>255</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789759963569</t>
+          <t>9789759963989</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Hadis Günlüğü</t>
+          <t>İran</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789759963163</t>
+          <t>9789759962951</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Gülziya</t>
+          <t>İmaj ve Takva</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>420</v>
+        <v>325</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789759960353</t>
+          <t>9789759964160</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Giderken Söylenmiştir</t>
+          <t>İkisi</t>
         </is>
       </c>
       <c r="C655" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789759963644</t>
+          <t>9789759963262</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Genç Matematikçiye Mektuplar</t>
+          <t>İki Kişilik Rüyalar</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789759961657</t>
+          <t>9789759960032</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Galib Dede’nin Aşk Ateşi</t>
+          <t>Hitler’in Son 13 Günü</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789759960971</t>
+          <t>9789759963682</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi Seçme Hikayeler</t>
+          <t>Hiçbiryer</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>180</v>
+        <v>455</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789759961848</t>
+          <t>9789759964108</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Etkili Anne-Baba Eğitimi</t>
+          <t>Heves</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>540</v>
+        <v>230</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789759962012</t>
+          <t>9789759963811</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Etkili Anne Baba Eğitiminde Uygulamalar</t>
+          <t>Her Anne Bir Melektir</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>540</v>
+        <v>240</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789759964016</t>
+          <t>9789759963781</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Entelektüellerin Hurafeleri</t>
+          <t>Her Anne Bir Melektir</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>300</v>
+        <v>395</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789759960278</t>
+          <t>9789759963286</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Doria ve Barbaros</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>395</v>
+        <v>585</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789759961039</t>
+          <t>9789759963569</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Dip</t>
+          <t>Hadis Günlüğü</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789759963194</t>
+          <t>9789759963163</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Gülziya</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789759963392</t>
+          <t>9789759960353</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet</t>
+          <t>Giderken Söylenmiştir</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>455</v>
+        <v>230</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789759960957</t>
+          <t>9789759963644</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Seçme Hikayeler</t>
+          <t>Genç Matematikçiye Mektuplar</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789759963446</t>
+          <t>9789759961657</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Dar Zaman</t>
+          <t>Galib Dede’nin Aşk Ateşi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789759964054</t>
+          <t>9789759960971</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Çizimin Sırları - 1</t>
+          <t>Evliya Çelebi Seyahatnamesi Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>780</v>
+        <v>180</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789759963606</t>
+          <t>9789759961848</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Çizimde Ustalık</t>
+          <t>Etkili Anne-Baba Eğitimi</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>780</v>
+        <v>540</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789759962425</t>
+          <t>9789759962012</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Cuntacılıktan Sivil Topluma</t>
+          <t>Etkili Anne Baba Eğitiminde Uygulamalar</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>325</v>
+        <v>540</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789759962296</t>
+          <t>9789759964016</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Dindar Kadınları</t>
+          <t>Entelektüellerin Hurafeleri</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789759962661</t>
+          <t>9789759960278</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Bir Şair Bisikletle</t>
+          <t>Doria ve Barbaros</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>230</v>
+        <v>395</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789759961398</t>
+          <t>9789759961039</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte te Anekdoten von Karagöz und Hacivat</t>
+          <t>Dip</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789759961381</t>
+          <t>9789759963194</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Geschicten Aus Dem Mesnewi</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789759961336</t>
+          <t>9789759963392</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Geschicten Aus Dem Epos Dede Korkut</t>
+          <t>Derin Devlet</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>110</v>
+        <v>455</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789759961329</t>
+          <t>9789759960957</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Gedichte aus dem Divan von Yunus Emre</t>
+          <t>Dede Korkut Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789759961350</t>
+          <t>9789759963446</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Ausgewaehlte Anekdoten von Nasrettin Hoca, Nasreddin Dem Gelehrten</t>
+          <t>Dar Zaman</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789759964221</t>
+          <t>9789759964054</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Atahunalp Urumgatlı’nın Amel Defteri</t>
+          <t>Çizimin Sırları - 1</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>700</v>
+        <v>780</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789759963101</t>
+          <t>9789759963606</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sırrı Hürrem Sultan</t>
+          <t>Çizimde Ustalık</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>390</v>
+        <v>780</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789759960131</t>
+          <t>9789759962425</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Elif Hali</t>
+          <t>Cuntacılıktan Sivil Topluma</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789759963378</t>
+          <t>9789759962296</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Aşk Düşünce Yollara 2</t>
+          <t>Cumhuriyet’in Dindar Kadınları</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789759963842</t>
+          <t>9789759962661</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Amin</t>
+          <t>Bir Şair Bisikletle</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789759961749</t>
+          <t>9789759961398</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Ağır Misafir</t>
+          <t>Ausgewaehlte te Anekdoten von Karagöz und Hacivat</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789759963798</t>
+          <t>9789759961381</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Afişler Gibi Yüzün</t>
+          <t>Ausgewaehlte Geschicten Aus Dem Mesnewi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
+          <t>9789759961336</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Ausgewaehlte Geschicten Aus Dem Epos Dede Korkut</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9789759961329</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Ausgewaehlte Gedichte aus dem Divan von Yunus Emre</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9789759961350</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Ausgewaehlte Anekdoten von Nasrettin Hoca, Nasreddin Dem Gelehrten</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9789759964221</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Atahunalp Urumgatlı’nın Amel Defteri</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9789759963101</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Sırrı Hürrem Sultan</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9789759960131</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Elif Hali</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9789759963378</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Düşünce Yollara 2</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9789759963842</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Amin</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9789759961749</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Ağır Misafir</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9789759963798</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Afişler Gibi Yüzün</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
           <t>9789759962838</t>
         </is>
       </c>
-      <c r="B685" s="1" t="inlineStr">
+      <c r="B695" s="1" t="inlineStr">
         <is>
           <t>Postacı Kadın</t>
         </is>
       </c>
-      <c r="C685" s="1">
+      <c r="C695" s="1">
         <v>510</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>