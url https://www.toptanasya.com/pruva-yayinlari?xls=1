--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,1120 +85,1135 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256083592</t>
+          <t>9786256083660</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf İkon Türkçe Konu Anlatım Kitabı</t>
+          <t>2. Sınıf 36 Haftalık Denemeler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>480</v>
+        <v>410</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256083622</t>
+          <t>9786256083592</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Sosyal Bilgiler İkon Konu Anlatımlı Fasikül Set</t>
+          <t>6. Sınıf İkon Türkçe Konu Anlatım Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257267403</t>
+          <t>9786256083622</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Üç Günlük Dünyanın İkinci Günü</t>
+          <t>5. Sınıf Sosyal Bilgiler İkon Konu Anlatımlı Fasikül Set</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>60</v>
+        <v>480</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058039704</t>
+          <t>9786257267403</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Köktürkçe</t>
+          <t>Üç Günlük Dünyanın İkinci Günü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058079977</t>
+          <t>9786058039704</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ebter</t>
+          <t>Köktürkçe</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058079991</t>
+          <t>9786058079977</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Uyanmışlar</t>
+          <t>Ebter</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>25</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257267069</t>
+          <t>9786058079991</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Ritmi</t>
+          <t>Uyanmışlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058039766</t>
+          <t>9786257267069</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Eli Kulağında</t>
+          <t>Kainatın Ritmi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058122826</t>
+          <t>9786058039766</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bakış Boşluğu</t>
+          <t>Eli Kulağında</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058009929</t>
+          <t>9786058122826</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Bakış Boşluğu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>55</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257267441</t>
+          <t>9786058009929</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Nüsha</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257267458</t>
+          <t>9786257267441</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Saltanatın Hafızası</t>
+          <t>Kayıp Nüsha</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257267410</t>
+          <t>9786257267458</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Kimlik</t>
+          <t>Saltanatın Hafızası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257267427</t>
+          <t>9786257267410</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Perdesi Yırtık Dünya</t>
+          <t>Müzik ve Kimlik</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257267434</t>
+          <t>9786257267427</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Uğultusu Dışında</t>
+          <t>Perdesi Yırtık Dünya</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058079915</t>
+          <t>9786257267434</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarda Asılı Arp</t>
+          <t>Hayatın Uğultusu Dışında</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257267359</t>
+          <t>9786058079915</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Anarşist Karga</t>
+          <t>Rüzgarda Asılı Arp</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257267342</t>
+          <t>9786257267359</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar Dairesi</t>
+          <t>Anarşist Karga</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257267335</t>
+          <t>9786257267342</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sofya - Bir Zaman Yolculuğu</t>
+          <t>Yabancılar Dairesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257267328</t>
+          <t>9786257267335</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bul Beni Doktor</t>
+          <t>Sofya - Bir Zaman Yolculuğu</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257267373</t>
+          <t>9786257267328</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Akakuçibalar Efsanesi</t>
+          <t>Bul Beni Doktor</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257267366</t>
+          <t>9786257267373</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Modernite Karşısında Bosna ve Boşnaklar</t>
+          <t>Akakuçibalar Efsanesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257267489</t>
+          <t>9786257267366</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gündüz Masalları - Cilt 2</t>
+          <t>Modernite Karşısında Bosna ve Boşnaklar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257267472</t>
+          <t>9786257267489</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gündüz Masalları Cilt 1</t>
+          <t>Binbir Gündüz Masalları - Cilt 2</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257267311</t>
+          <t>9786257267472</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gülme Teorileri</t>
+          <t>Binbir Gündüz Masalları Cilt 1</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257267298</t>
+          <t>9786257267311</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sinema</t>
+          <t>Gülme Teorileri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257267304</t>
+          <t>9786257267298</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Türkiye’de Sinema</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257267281</t>
+          <t>9786257267304</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bakakaldığı Yerlerin Sıradanlığı</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257267274</t>
+          <t>9786257267281</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sesimi Duymadan Geçen</t>
+          <t>Bakakaldığı Yerlerin Sıradanlığı</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257267250</t>
+          <t>9786257267274</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kibrit</t>
+          <t>Sesimi Duymadan Geçen</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257267267</t>
+          <t>9786257267250</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Serbest Okuma</t>
+          <t>Kibrit</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257267243</t>
+          <t>9786257267267</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>On Üç Şehit</t>
+          <t>Serbest Okuma</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257267236</t>
+          <t>9786257267243</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Ötesi Gece</t>
+          <t>On Üç Şehit</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257267212</t>
+          <t>9786257267236</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Vadiler</t>
+          <t>Bir Adım Ötesi Gece</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257267229</t>
+          <t>9786257267212</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Öğleden Sonra Tahran</t>
+          <t>Vadiler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257267199</t>
+          <t>9786257267229</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Saranghae</t>
+          <t>Öğleden Sonra Tahran</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257267205</t>
+          <t>9786257267199</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Terörist</t>
+          <t>Saranghae</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257267137</t>
+          <t>9786257267205</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Grafen Bulut</t>
+          <t>Terörist</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257267113</t>
+          <t>9786257267137</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Son Şam</t>
+          <t>Grafen Bulut</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257267144</t>
+          <t>9786257267113</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Beni Beklemeyin</t>
+          <t>Son Şam</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257267106</t>
+          <t>9786257267144</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yaprağın Düştüğü</t>
+          <t>Beni Beklemeyin</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257267090</t>
+          <t>9786257267106</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bu Senin Hikayen</t>
+          <t>Yaprağın Düştüğü</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257267083</t>
+          <t>9786257267090</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yazının Düşüşü</t>
+          <t>Bu Senin Hikayen</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257267076</t>
+          <t>9786257267083</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran Hikayesi</t>
+          <t>Yazının Düşüşü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257267014</t>
+          <t>9786257267076</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Dijital Dönüşüm</t>
+          <t>Şahmeran Hikayesi</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257267045</t>
+          <t>9786257267014</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Sosyolojik İmkanı</t>
+          <t>Sinemada Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257267007</t>
+          <t>9786257267045</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yedi Dağın Çiçeği</t>
+          <t>Sanatın Sosyolojik İmkanı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257267182</t>
+          <t>9786257267007</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Baktığım Kadar</t>
+          <t>Yedi Dağın Çiçeği</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257267175</t>
+          <t>9786257267182</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bir Bardak Su</t>
+          <t>Baktığım Kadar</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257267168</t>
+          <t>9786257267175</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hücreden Sızan</t>
+          <t>Bir Bardak Su</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257267120</t>
+          <t>9786257267168</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mavi Defter</t>
+          <t>Hücreden Sızan</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257267151</t>
+          <t>9786257267120</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Arafta Uçan Kelebekler</t>
+          <t>Mavi Defter</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050669756</t>
+          <t>9786257267151</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Düşüncemizde Gelenekselci Ekol Eleştirisi</t>
+          <t>Arafta Uçan Kelebekler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050669732</t>
+          <t>9786050669756</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Bir Adım</t>
+          <t>Düşüncemizde Gelenekselci Ekol Eleştirisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050669701</t>
+          <t>9786050669732</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Medyada Türkiye Karşıtlığı</t>
+          <t>Ölüme Bir Adım</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050669725</t>
+          <t>9786050669701</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Amerigo</t>
+          <t>Uluslararası Medyada Türkiye Karşıtlığı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058009950</t>
+          <t>9786050669725</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Gerçeklik ve Roman</t>
+          <t>Amerigo</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>600</v>
+        <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058009981</t>
+          <t>9786058009950</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve İtibar</t>
+          <t>Toplumsal Gerçeklik ve Roman</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>40</v>
+        <v>600</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058009974</t>
+          <t>9786058009981</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Baktığımın Resmi</t>
+          <t>Edebiyat ve İtibar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058009967</t>
+          <t>9786058009974</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şeytan'ın Karısı Jenny Marx</t>
+          <t>Baktığımın Resmi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058039780</t>
+          <t>9786058009967</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yitik Hafızanın Peşinde Üsküp Konuşmaları</t>
+          <t>Şeytan'ın Karısı Jenny Marx</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058009912</t>
+          <t>9786058039780</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Perde</t>
+          <t>Yitik Hafızanın Peşinde Üsküp Konuşmaları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057276865</t>
+          <t>9786058009912</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İ Hali</t>
+          <t>Perde</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058039773</t>
+          <t>9786057276865</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mühimmat</t>
+          <t>İ Hali</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058039728</t>
+          <t>9786058039773</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Bilenim</t>
+          <t>Mühimmat</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058079984</t>
+          <t>9786058039728</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Buhara Konuşmaları</t>
+          <t>Her Şeyi Bilenim</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058079922</t>
+          <t>9786058079984</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Castellio Calvin’e Karşı</t>
+          <t>Buhara Konuşmaları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058079908</t>
+          <t>9786058079922</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yok Yok</t>
+          <t>Castellio Calvin’e Karşı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058009936</t>
+          <t>9786058079908</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te Aşk</t>
+          <t>Yok Yok</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058122840</t>
+          <t>9786058009936</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Militan Kahvesi</t>
+          <t>Endülüs'te Aşk</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058122857</t>
+          <t>9786058122840</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ütopya ve Modern Dünya</t>
+          <t>Militan Kahvesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
+          <t>9786058122857</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Ütopya ve Modern Dünya</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
           <t>9786058009943</t>
         </is>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>İkinci Perde</t>
         </is>
       </c>
-      <c r="C73" s="1">
+      <c r="C74" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>