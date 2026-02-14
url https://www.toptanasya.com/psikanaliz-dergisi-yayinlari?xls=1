--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,175 +85,610 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789758803996</t>
+          <t>9789756947494</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Yazıları 16</t>
+          <t>Psikanaliz Yazıları 2 - Psikanaliz ve Kadınlık</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059911108</t>
+          <t>9786059911658</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Yazıları 30 - Wilfred R. Bion</t>
+          <t>Psikanaliz Yazıları 40 - Düşler Yeniden</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055809966</t>
+          <t>9789756947579</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Yazıları 29 - Ergenlik</t>
+          <t>Psikanaliz Yazıları 3 - Yalnızlık</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059911733</t>
+          <t>9786055809348</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Yazıları 41</t>
+          <t>Psikanaliz Yazıları 21 - Psikanaliz ve Etik</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758803699</t>
+          <t>9789756947982</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Yazıları 13</t>
+          <t>Psikanaliz Yazıları 6 - Hangi Psikanalist?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789758803200</t>
+          <t>9789758803262</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Yazıları 8</t>
+          <t>Psikanaliz Yazıları 9 - Nevrozlar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789758803088</t>
+          <t>9786059911610</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Yazıları 7</t>
+          <t>Psikanaliz Yazıları 39 - Ergenlikte Bağımlılık</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055809409</t>
+          <t>9786055809232</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Yazıları 22</t>
+          <t>Psikanaliz Yazıları 19 - Özne Olarak Anne</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>128</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
+          <t>9789756947807</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 5 - Erkeksilik</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786055809751</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 26 - Müzik ve Psikanaliz</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786055809607</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 25 - Psikanalitik Formasyon</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786055809454</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 23 - Donad W. Winnicott</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786055809300</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 20 - Psikanalizin Dili</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786055809171</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 18 - Psikanaliz ve Sanat</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786055809072</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 17 - Aktarımı ve Karşı Aktarımı</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9789758803866</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 15 - Psikanaliz ve Aile</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9789758803828</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 14 - Annelik</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9789758803651</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 12 - Psikanaliz ve Psikanalitik Psikoterapiler</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9789758803378</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 10 - Psikanalizin Kurumsallaşması</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786256538344</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları – 51</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786256538276</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları - 50</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786256538153</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 49 - Ses</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786256538085</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 47</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786256538115</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 48 - Baba</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786256538030</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 46 - Küçük Hans ve Çocuksu Cinsellik</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786059911870</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 44 - Psikanaliz Aynasında Hayvan</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786059911832</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 43 - Psikoz</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786059911771</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 42</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9789756947371</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 1 - Yüzyıl Sonra Düş ve Düşlerin Yorumu Sonbahar 2000</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9789758803996</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 16</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786059911108</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 30 - Wilfred R. Bion</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786055809966</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 29 - Ergenlik</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786059911733</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 41</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789758803699</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 13</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789758803200</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 8</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9789758803088</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 7</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786055809409</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Yazıları 22</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
           <t>9789756947722</t>
         </is>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Psikanaliz Yazıları 4</t>
         </is>
       </c>
-      <c r="C10" s="1">
+      <c r="C39" s="1">
         <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>