--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,1210 +85,1255 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259622620</t>
+          <t>9786259622651</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çapa Atmak</t>
+          <t>Bir Doz Yaşam</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259622613</t>
+          <t>9786259622644</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kuğulu Günlükleri</t>
+          <t>Travma Bilgili Yoga</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259496290</t>
+          <t>9786259622637</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Sevgili</t>
+          <t>Katmanlı Zihin</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259622606</t>
+          <t>9786259622620</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Hissetmek</t>
+          <t>Çapa Atmak</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259496283</t>
+          <t>9786259622613</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Zihninde Çok Kuran İnsanlar İçin Salabilme Rehberi</t>
+          <t>Kuğulu Günlükleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789759893736</t>
+          <t>9786259496290</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Zihin Gücüyle Nasıl Zayıflanır?</t>
+          <t>Eleştirel Sevgili</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>11.11</v>
+        <v>425</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259496276</t>
+          <t>9786259622606</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Bilişsel-Davranışçı Terapi İçin Bireysel ve Grup Tedavi Protokolleri</t>
+          <t>Daha İyi Hissetmek</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259496269</t>
+          <t>9786259496283</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Terapi Odamda Kesişen Öykülerimiz</t>
+          <t>Zihninde Çok Kuran İnsanlar İçin Salabilme Rehberi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259496252</t>
+          <t>9789759893736</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şefkat Odaklı Terapi</t>
+          <t>Zihin Gücüyle Nasıl Zayıflanır?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>650</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057496522</t>
+          <t>9786259496276</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>10 Günde Özgüven - On Adımla Depresyondan Kurtuluş</t>
+          <t>Pozitif Bilişsel-Davranışçı Terapi İçin Bireysel ve Grup Tedavi Protokolleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>475</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057496515</t>
+          <t>9786259496269</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kaygı ve Endişe Çalışma Kitabı</t>
+          <t>Terapi Odamda Kesişen Öykülerimiz</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259496245</t>
+          <t>9786259496252</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetmek El Kitabı</t>
+          <t>Şefkat Odaklı Terapi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>625</v>
+        <v>650</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259496238</t>
+          <t>9786057496522</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İnsanlara Alışmayın</t>
+          <t>10 Günde Özgüven - On Adımla Depresyondan Kurtuluş</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259496221</t>
+          <t>9786057496515</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İncinmiş Ebeveynlerin Çocukları</t>
+          <t>Kaygı ve Endişe Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259874876</t>
+          <t>9786259496245</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Özüne Güven</t>
+          <t>İyi Hissetmek El Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>425</v>
+        <v>625</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259874852</t>
+          <t>9786259496238</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Güçlüğü, Disleksi Dikkat Eksikliği - Belirtiler, Nedenler, Tanı, Eğitim, Terapi</t>
+          <t>İnsanlara Alışmayın</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259874869</t>
+          <t>9786259496221</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Evrimsel Psikiyatri ve Psikosomatik Tıp - Psikopatolojinin Temelleri</t>
+          <t>İncinmiş Ebeveynlerin Çocukları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>650</v>
+        <v>375</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259496207</t>
+          <t>9786259874876</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Süreç-Temelli Terapiyi Öğrenmek</t>
+          <t>Özüne Güven</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>550</v>
+        <v>425</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259874890</t>
+          <t>9786259874852</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Özgüven Geliştirme</t>
+          <t>Öğrenme Güçlüğü, Disleksi Dikkat Eksikliği - Belirtiler, Nedenler, Tanı, Eğitim, Terapi</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259874883</t>
+          <t>9786259874869</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Dikkat Eksikliği ve Hiperaktivite Bozukluğu</t>
+          <t>Evrimsel Psikiyatri ve Psikosomatik Tıp - Psikopatolojinin Temelleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259874845</t>
+          <t>9786259496207</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şema Terapide Yaratıcı Yöntemler</t>
+          <t>Süreç-Temelli Terapiyi Öğrenmek</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259874838</t>
+          <t>9786259874890</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Travmaya Bağlı Disosiyasyon ile Başaçıkmak</t>
+          <t>Gençler İçin Özgüven Geliştirme</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>600</v>
+        <v>425</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259874821</t>
+          <t>9786259874883</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Farkındalık ve Karakter Güçleri - Gelişmek için Pratik Bir Rehber</t>
+          <t>Yetişkin Dikkat Eksikliği ve Hiperaktivite Bozukluğu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259874807</t>
+          <t>9786259874845</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Motivasyonel Görüşme Tekniği - Davranış Değişikliğini Ortaya Çıkarmak için Pratik bir Yaklaşım</t>
+          <t>Şema Terapide Yaratıcı Yöntemler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259874814</t>
+          <t>9786259874838</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gizli Sosyal Fobi - Utangaç Mesane Sendromu Parürezis</t>
+          <t>Travmaya Bağlı Disosiyasyon ile Başaçıkmak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>425</v>
+        <v>600</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057181732</t>
+          <t>9786259874821</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bağlamsal Şema Terapi</t>
+          <t>Bilinçli Farkındalık ve Karakter Güçleri - Gelişmek için Pratik Bir Rehber</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057181794</t>
+          <t>9786259874807</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Polivagal Teorinin Klinik Uygulamaları</t>
+          <t>Motivasyonel Görüşme Tekniği - Davranış Değişikliğini Ortaya Çıkarmak için Pratik bir Yaklaşım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>675</v>
+        <v>375</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057181770</t>
+          <t>9786259874814</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sokratik Sorgulama Sanatı</t>
+          <t>Gizli Sosyal Fobi - Utangaç Mesane Sendromu Parürezis</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057181787</t>
+          <t>9786057181732</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dönüşümsel Sandalye Çalışması</t>
+          <t>Bağlamsal Şema Terapi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057181763</t>
+          <t>9786057181794</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İçten Dışa Şema Terapi</t>
+          <t>Polivagal Teorinin Klinik Uygulamaları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>525</v>
+        <v>675</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057181756</t>
+          <t>9786057181770</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yeme Bozuklukları için Şema Terapi</t>
+          <t>Sokratik Sorgulama Sanatı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057181749</t>
+          <t>9786057181787</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlarda Ruhsal Dayanıklılık</t>
+          <t>Dönüşümsel Sandalye Çalışması</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057181725</t>
+          <t>9786057181763</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Beyin - Evrim ve Patoloji</t>
+          <t>İçten Dışa Şema Terapi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>650</v>
+        <v>525</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057181718</t>
+          <t>9786057181756</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gençler için Stres Azaltma Çalışma Kitabı / Stresle Başaçıkmada Yardımcı Olacak Farkındalık Becerileri</t>
+          <t>Yeme Bozuklukları için Şema Terapi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057181701</t>
+          <t>9786057181749</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Travma Uygulaması</t>
+          <t>Zor Zamanlarda Ruhsal Dayanıklılık</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>525</v>
+        <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057496584</t>
+          <t>9786057181725</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Polivagal Teori Rehberi - Güvende Hissetmenin Dönüştürücü Gücü</t>
+          <t>Sosyal Beyin - Evrim ve Patoloji</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>525</v>
+        <v>650</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057496508</t>
+          <t>9786057181718</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kekemelik Aşısı</t>
+          <t>Gençler için Stres Azaltma Çalışma Kitabı / Stresle Başaçıkmada Yardımcı Olacak Farkındalık Becerileri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057496591</t>
+          <t>9786057181701</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Endişe Tedavisi</t>
+          <t>Travma Uygulaması</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9756057496570</t>
+          <t>9786057496584</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat İçin Bir Anahtar</t>
+          <t>Polivagal Teori Rehberi - Güvende Hissetmenin Dönüştürücü Gücü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>425</v>
+        <v>525</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057496560</t>
+          <t>9786057496508</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Polivagal Teori</t>
+          <t>Kekemelik Aşısı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>600</v>
+        <v>325</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057496553</t>
+          <t>9786057496591</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Utangaçlık ve Sosyal Kaygı Çalışma Kitabı</t>
+          <t>Endişe Tedavisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>525</v>
+        <v>475</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057496539</t>
+          <t>9756057496570</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Terapide Polivagal Teori</t>
+          <t>Yeni Hayat İçin Bir Anahtar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057496546</t>
+          <t>9786057496560</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>EMDR Terapisi ile Beyinde Değişim</t>
+          <t>Polivagal Teori</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>185</v>
+        <v>600</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056950490</t>
+          <t>9786057496553</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Sınırlar</t>
+          <t>Utangaçlık ve Sosyal Kaygı Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>425</v>
+        <v>525</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056950476</t>
+          <t>9786057496539</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Obsesif Kompulsif Bozukluk Çalışma Kitabı</t>
+          <t>Terapide Polivagal Teori</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>575</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056950469</t>
+          <t>9786057496546</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yeme Bozuklukları ve Bilişsel Davranışçı Terapi</t>
+          <t>EMDR Terapisi ile Beyinde Değişim</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>575</v>
+        <v>185</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056950452</t>
+          <t>9786056950490</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Tuzakları İçin Şema Terapi</t>
+          <t>İyileştiren Sınırlar</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056950445</t>
+          <t>9786056950476</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Psikoloji - Kognitif Yetiler</t>
+          <t>Obsesif Kompulsif Bozukluk Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>375</v>
+        <v>575</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056950438</t>
+          <t>9786056950469</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Yüzler</t>
+          <t>Yeme Bozuklukları ve Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>325</v>
+        <v>575</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056950421</t>
+          <t>9786056950452</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness ve Şema Terapi Uygulama Rehberi</t>
+          <t>Yaşam Tuzakları İçin Şema Terapi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>525</v>
+        <v>425</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056950414</t>
+          <t>9786056950445</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Yemeyi Yenmek</t>
+          <t>Bilişsel Psikoloji - Kognitif Yetiler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056950407</t>
+          <t>9786056950438</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hepsini İstiyorum Hemen İstiyorum</t>
+          <t>Aynadaki Yüzler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056865497</t>
+          <t>9786056950421</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Beden Dismorfik Bozukluğu Çalışma Kitabı</t>
+          <t>Mindfulness ve Şema Terapi Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>500</v>
+        <v>525</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056865480</t>
+          <t>9786056950414</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şizofreninin Bilişsel Tedavisi - Kanıta Dayalı Tedavi Rehberi</t>
+          <t>Aşırı Yemeyi Yenmek</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056865473</t>
+          <t>9786056950407</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şema Masalları</t>
+          <t>Hepsini İstiyorum Hemen İstiyorum</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056865466</t>
+          <t>9786056865497</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Birlikte İyi Hissetmek</t>
+          <t>Beden Dismorfik Bozukluğu Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>475</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056865459</t>
+          <t>9786056865480</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kanser Hastalarıyla Psikoterapi</t>
+          <t>Şizofreninin Bilişsel Tedavisi - Kanıta Dayalı Tedavi Rehberi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056865435</t>
+          <t>9786056865473</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Genç Psikiyatristin El Kitabı</t>
+          <t>Şema Masalları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056865428</t>
+          <t>9786056865466</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yaygın Kaygı Bozukluğu Çalışma Kitabı</t>
+          <t>Birlikte İyi Hissetmek</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056865411</t>
+          <t>9786056865459</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Motivasyon Rehberi</t>
+          <t>Kanser Hastalarıyla Psikoterapi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056865404</t>
+          <t>9786056865435</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergenler İçin Şema Terapi</t>
+          <t>Genç Psikiyatristin El Kitabı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>525</v>
+        <v>425</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058336889</t>
+          <t>9786056865428</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Depresyon</t>
+          <t>Yaygın Kaygı Bozukluğu Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058336834</t>
+          <t>9786056865411</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyne Yabancılaşma Sendromu</t>
+          <t>Motivasyon Rehberi</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058336827</t>
+          <t>9786056865404</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Kronik Yorgunluk ve Üstesinden Gelmek</t>
+          <t>Çocuk ve Ergenler İçin Şema Terapi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>330</v>
+        <v>525</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058336810</t>
+          <t>9786058336889</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Kötü Bir Şey Olacak</t>
+          <t>Depresyon</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058547100</t>
+          <t>9786058336834</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Panik Atakta</t>
+          <t>Ebeveyne Yabancılaşma Sendromu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>600</v>
+        <v>325</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058547193</t>
+          <t>9786058336827</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler</t>
+          <t>Gençlerde Kronik Yorgunluk ve Üstesinden Gelmek</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789759893712</t>
+          <t>9786058336810</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Şema Terapi</t>
+          <t>Eyvah! Kötü Bir Şey Olacak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>600</v>
+        <v>425</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789759893767</t>
+          <t>9786058547100</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Takıntılarla Başa Çıkma</t>
+          <t>Panik Atakta</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058547124</t>
+          <t>9786058547193</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Narsistle Ateşkes</t>
+          <t>İlişkiler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>425</v>
+        <v>170</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789759893798</t>
+          <t>9789759893712</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Rehber</t>
+          <t>Şema Terapi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058547186</t>
+          <t>9789759893767</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Demek ki Oluyormuş</t>
+          <t>Takıntılarla Başa Çıkma</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058547117</t>
+          <t>9786058547124</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mod Terapisi</t>
+          <t>Narsistle Ateşkes</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789759893774</t>
+          <t>9789759893798</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sınır Kişilik Bozukluğu İçin Şema Terapi</t>
+          <t>İçimdeki Rehber</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058336803</t>
+          <t>9786058547186</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Travma Sonrası Psikolojik Tepkileri Anlamak</t>
+          <t>Demek ki Oluyormuş</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789759893750</t>
+          <t>9786058547117</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şema Terapi</t>
+          <t>Mod Terapisi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786056950483</t>
+          <t>9789759893774</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetmek</t>
+          <t>Sınır Kişilik Bozukluğu İçin Şema Terapi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>640</v>
+        <v>375</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
+          <t>9786058336803</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Travma Sonrası Psikolojik Tepkileri Anlamak</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789759893750</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Şema Terapi</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786056950483</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>İyi Hissetmek</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
           <t>9789759893743</t>
         </is>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Hayatı Yeniden Keşfedin</t>
         </is>
       </c>
-      <c r="C79" s="1">
+      <c r="C82" s="1">
         <v>600</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>