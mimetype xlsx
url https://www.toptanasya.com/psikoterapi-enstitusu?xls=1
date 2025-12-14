--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -85,4825 +85,4840 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055548544</t>
+          <t>9786259413204</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kernberg Günleri 1 - Aktarım Odaklı Psikoterapi</t>
+          <t>Aktarım Odaklı Psikoterapi - Kernberg Günleri 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057926791</t>
+          <t>9786055548544</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim ? Kişiliğimizi Tanıyalım (Ciltli)</t>
+          <t>Kernberg Günleri 1 - Aktarım Odaklı Psikoterapi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057926777</t>
+          <t>9786057926791</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Rehberlikte İletişim ve Duygu Düzenleme (Ciltli)</t>
+          <t>Ben Kimim ? Kişiliğimizi Tanıyalım (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057926852</t>
+          <t>9786057926777</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Panik, Obsessif, Anksiyete Bozukluklarında Atölye Çalışması (Ciltli)</t>
+          <t>Rehberlikte İletişim ve Duygu Düzenleme (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057926876</t>
+          <t>9786057926852</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Pandeminin Tetiklediği Travma ve Korkularımız (Ciltli)</t>
+          <t>Panik, Obsessif, Anksiyete Bozukluklarında Atölye Çalışması (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057926890</t>
+          <t>9786057926876</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Örgütlenmeleri: Ben Kimim De Size Terapi Vereceğim? (Ciltli)</t>
+          <t>Pandeminin Tetiklediği Travma ve Korkularımız (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057926913</t>
+          <t>9786057926890</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kendin Olmak Veya Akıl Hastası Olmak (Ciltli)</t>
+          <t>Kişilik Örgütlenmeleri: Ben Kimim De Size Terapi Vereceğim? (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057926937</t>
+          <t>9786057926913</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz ve Psikoterapi (Ciltli)</t>
+          <t>Kendin Olmak Veya Akıl Hastası Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057926838</t>
+          <t>9786057926937</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gençlik, Ergenlik ve Psikohipnoterapi (Ciltli)</t>
+          <t>Hipnoz ve Psikoterapi (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057926920</t>
+          <t>9786057926838</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Yaklaşımla Aile Danışmanlığı Uygulamaları (Ciltli)</t>
+          <t>Gençlik, Ergenlik ve Psikohipnoterapi (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057926944</t>
+          <t>9786057926920</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Psikoterapi Yelpazesinde PDR Hizmetleri (Ciltli)</t>
+          <t>Bütüncül Yaklaşımla Aile Danışmanlığı Uygulamaları (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057926821</t>
+          <t>9786057926944</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Danışmanlık Ve Kriz Yönetimi (Ciltli)</t>
+          <t>Bütüncül Psikoterapi Yelpazesinde PDR Hizmetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057926845</t>
+          <t>9786057926821</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>PDR'de İlk Görüşme Ve Müdahaleler (Ciltli)</t>
+          <t>Psikolojik Danışmanlık Ve Kriz Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057926883</t>
+          <t>9786057926845</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kurumlar ve Yöneticilerin Terapisi (Ciltli)</t>
+          <t>PDR'de İlk Görüşme Ve Müdahaleler (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057926906</t>
+          <t>9786057926883</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Yaklaşımda Kültüre Duyarlı PDR Hizmetleri (Ciltli)</t>
+          <t>Kurumlar ve Yöneticilerin Terapisi (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057926968</t>
+          <t>9786057926906</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu Konferansları: Bütüncül Psikoterapilerde Danışan Olmak (Ciltli)</t>
+          <t>Bütüncül Yaklaşımda Kültüre Duyarlı PDR Hizmetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057926951</t>
+          <t>9786057926968</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu Konferansları: Bütüncül Psikoterapilerde Terapist Olmak (Ciltli)</t>
+          <t>Beyoğlu Konferansları: Bütüncül Psikoterapilerde Danışan Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057926661</t>
+          <t>9786057926951</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Terapistler Kuramları Terapide Nasıl Harmanlar ? (Ciltli)</t>
+          <t>Beyoğlu Konferansları: Bütüncül Psikoterapilerde Terapist Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057926685</t>
+          <t>9786057926661</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Terapistler İçin Hipnoterapi (Ciltli)</t>
+          <t>Terapistler Kuramları Terapide Nasıl Harmanlar ? (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057926722</t>
+          <t>9786057926685</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Bozukluklarda Hipnoterapi (Ciltli)</t>
+          <t>Terapistler İçin Hipnoterapi (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057926869</t>
+          <t>9786057926722</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Anne, Baba ve Evlat Olmak… (Ciltli)</t>
+          <t>Ruhsal Bozukluklarda Hipnoterapi (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057926678</t>
+          <t>9786057926869</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Terapistler İçin Psikohipnoterapi (Ciltli)</t>
+          <t>Anne, Baba ve Evlat Olmak… (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057926692</t>
+          <t>9786057926678</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Terapist, Danışan İlişkisi (Ciltli)</t>
+          <t>Terapistler İçin Psikohipnoterapi (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057926708</t>
+          <t>9786057926692</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Süpervizyon Ve Sempozyum Konuşmaları (Ciltli)</t>
+          <t>Terapist, Danışan İlişkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057926715</t>
+          <t>9786057926708</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Ve Kurumsal Gelişim Hikayeleri (Ciltli)</t>
+          <t>Süpervizyon Ve Sempozyum Konuşmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057926753</t>
+          <t>9786057926715</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Rehberlikte Travma Ve Yasa Müdahale (Ciltli)</t>
+          <t>Ruhsal Ve Kurumsal Gelişim Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057926760</t>
+          <t>9786057926753</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Rehberlikte Krize Müdahale (Ciltli)</t>
+          <t>Rehberlikte Travma Ve Yasa Müdahale (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057926784</t>
+          <t>9786057926760</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapiler Ve Rölatif Bütüncül Yaklaşım (Ciltli)</t>
+          <t>Rehberlikte Krize Müdahale (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057926807</t>
+          <t>9786057926784</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Danışmanlık Ve Zor Vakalar (Ciltli)</t>
+          <t>Psikoterapiler Ve Rölatif Bütüncül Yaklaşım (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057926814</t>
+          <t>9786057926807</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Danışmanlık ve Okullarda Müdahaleler</t>
+          <t>Psikolojik Danışmanlık Ve Zor Vakalar (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054817450</t>
+          <t>9786057926814</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz İle Fobiler, Yas, Travma ve Çoklu Kişiliğin Terapisi</t>
+          <t>Psikolojik Danışmanlık ve Okullarda Müdahaleler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059137515</t>
+          <t>9786054817450</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Borderline Kişilik Bozukluğu İçin Aktarım Odaklı Psikoterapi</t>
+          <t>Hipnoz İle Fobiler, Yas, Travma ve Çoklu Kişiliğin Terapisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1762</v>
+        <v>855</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059137119</t>
+          <t>9786059137515</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hücum Terapisi ve Uygulaması 2</t>
+          <t>Borderline Kişilik Bozukluğu İçin Aktarım Odaklı Psikoterapi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>1133</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057926364</t>
+          <t>9786059137119</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz 1. Cilt</t>
+          <t>Hücum Terapisi ve Uygulaması 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059137171</t>
+          <t>9786057926364</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Terapilerin Özeti (Ciltli)</t>
+          <t>Hipnoz 1. Cilt</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256041257</t>
+          <t>9786059137171</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Nasıl Sağaltır? (Ciltli)</t>
+          <t>Terapilerin Özeti (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1762</v>
+        <v>855</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256041301</t>
+          <t>9786256041257</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hücum Terapi Psikoeğitim Kitapçığı (Ciltli)</t>
+          <t>Psikanaliz Nasıl Sağaltır? (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>899</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256041318</t>
+          <t>9786256041301</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Rölatif Bütüncül Psikoterapide Hücum Terapisi (2 Cilt) (Ciltli)</t>
+          <t>Hücum Terapi Psikoeğitim Kitapçığı (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>1960</v>
+        <v>910</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259413235</t>
+          <t>9786256041318</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Terapilerin Özeti (Ciltli)</t>
+          <t>Rölatif Bütüncül Psikoterapide Hücum Terapisi (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>795</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054817290</t>
+          <t>9786259413235</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Narsisizm ve Terapisi Kendilik Psikolojisi ve Diğer Yaklaşımlar</t>
+          <t>Terapilerin Özeti (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>845</v>
+        <v>795</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054817092</t>
+          <t>9786054817290</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çok Boyutlu Terapi Uygulaması</t>
+          <t>Narsisizm ve Terapisi Kendilik Psikolojisi ve Diğer Yaklaşımlar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1178</v>
+        <v>855</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059137935</t>
+          <t>9786054817092</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Buluttaki Yüzler (Ciltli)</t>
+          <t>Çok Boyutlu Terapi Uygulaması</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1361</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059137386</t>
+          <t>9786059137935</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aile Danışmanlığında Uygulamalı Bütüncül Psikoterapi 2</t>
+          <t>Buluttaki Yüzler (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>705</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>4444444442945</t>
+          <t>9786059137386</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Süresi Sınırlı Dinamik Psikoterapi Eğitimi Ders Notları (3 Kitap) (Ciltli)</t>
+          <t>Aile Danışmanlığında Uygulamalı Bütüncül Psikoterapi 2</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>3399</v>
+        <v>705</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259943084</t>
+          <t>4444444442945</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Süresi Sınırlı Dinamik Psikoterapi Eğitimi - 3. Ay Ders Notları (Ciltli)</t>
+          <t>Süresi Sınırlı Dinamik Psikoterapi Eğitimi Ders Notları (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>1133</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259943091</t>
+          <t>9786259943084</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Süresi Sınırlı Dinamik Psikoterapi Eğitimi - 2. Ay Ders Notları (Ciltli)</t>
+          <t>Süresi Sınırlı Dinamik Psikoterapi Eğitimi - 3. Ay Ders Notları (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259943077</t>
+          <t>9786259943091</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Süresi Sınırlı Dinamik Psikoterapi Eğitimi - 1. Ay Ders Notları (Ciltli)</t>
+          <t>Süresi Sınırlı Dinamik Psikoterapi Eğitimi - 2. Ay Ders Notları (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054817948</t>
+          <t>9786259943077</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Cinler, Korkular, Çoğul Kişilik ve Hipnoterapi</t>
+          <t>Süresi Sınırlı Dinamik Psikoterapi Eğitimi - 1. Ay Ders Notları (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059137560</t>
+          <t>9786054817948</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kaos ve Alan Teorisinde Rüyalar ve Uygulamalı Yorumu 3</t>
+          <t>Cinler, Korkular, Çoğul Kişilik ve Hipnoterapi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059137553</t>
+          <t>9786059137560</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Uygulamalı Yorumu: Kuramlara Göre 2</t>
+          <t>Kaos ve Alan Teorisinde Rüyalar ve Uygulamalı Yorumu 3</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054817955</t>
+          <t>9786059137553</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz ve Uygulama Alanları</t>
+          <t>Rüyaların Uygulamalı Yorumu: Kuramlara Göre 2</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054817931</t>
+          <t>9786054817955</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Haydi Hipnoz Yapalım</t>
+          <t>Hipnoz ve Uygulama Alanları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059137973</t>
+          <t>9786054817931</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Çift Terapisi Eğitimi - 1. Dönem Mayıs 2017 Ders Notları</t>
+          <t>Haydi Hipnoz Yapalım</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059137959</t>
+          <t>9786059137973</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Çift Terapisi Eğitimi 1. Dönem Ağustos 2017 Ders Notları</t>
+          <t>Duygu Odaklı Çift Terapisi Eğitimi - 1. Dönem Mayıs 2017 Ders Notları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059137966</t>
+          <t>9786059137959</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Çift Terapisi Eğitimi 1. Dönem Mart 2017 Ders Notları</t>
+          <t>Duygu Odaklı Çift Terapisi Eğitimi 1. Dönem Ağustos 2017 Ders Notları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059137980</t>
+          <t>9786059137966</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Çift Terapisi Eğitimi - 1. Dönem Nisan 2017 Ders Notları</t>
+          <t>Duygu Odaklı Çift Terapisi Eğitimi 1. Dönem Mart 2017 Ders Notları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059137805</t>
+          <t>9786059137980</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Öznellik ve Bağlamsallıkta Rüyalar</t>
+          <t>Duygu Odaklı Çift Terapisi Eğitimi - 1. Dönem Nisan 2017 Ders Notları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059137812</t>
+          <t>9786059137805</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Fizyolojisi ve Nörofizyolojisi</t>
+          <t>Öznellik ve Bağlamsallıkta Rüyalar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054817962</t>
+          <t>9786059137812</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Hipnoterapi - 4</t>
+          <t>Rüyaların Fizyolojisi ve Nörofizyolojisi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057926111</t>
+          <t>9786054817962</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Masterson Yaklaşımı Eğitimi</t>
+          <t>Bilişsel Davranışçı Hipnoterapi - 4</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057926081</t>
+          <t>9786057926111</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Masterson Yaklaşımı Eğitimi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057926098</t>
+          <t>9786057926081</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Masterson Yaklaşımı Eğitimi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057926104</t>
+          <t>9786057926098</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Masterson Yaklaşımı Eğitimi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057926494</t>
+          <t>9786057926104</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hipnoza Giriş ve Uygulama</t>
+          <t>Masterson Yaklaşımı Eğitimi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057926500</t>
+          <t>9786057926494</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hipnozdan Hipnoterapiye Geçiş</t>
+          <t>Hipnoza Giriş ve Uygulama</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057926487</t>
+          <t>9786057926500</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Kişilik Fobi Bağımlılık ve Hipnoterapi</t>
+          <t>Hipnozdan Hipnoterapiye Geçiş</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057926517</t>
+          <t>9786057926487</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Bozukluklarda Hipnoterapi Uygulamaları</t>
+          <t>Çoklu Kişilik Fobi Bağımlılık ve Hipnoterapi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>4444444443361</t>
+          <t>9786057926517</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Rüya Eğitimi Kitap Seti 5 Kitap</t>
+          <t>Ruhsal Bozukluklarda Hipnoterapi Uygulamaları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>4514</v>
+        <v>855</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>4444444443360</t>
+          <t>4444444443361</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>6. Hipnoz Eğitim Seti (Ciltli)</t>
+          <t>Rüya Eğitimi Kitap Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>3381</v>
+        <v>4568</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>4444444443359</t>
+          <t>4444444443360</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>7. Hipnoz Eğitim Seti</t>
+          <t>6. Hipnoz Eğitim Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>3381</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>4444444443358</t>
+          <t>4444444443359</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Çift Terapisi 2017 Ders Notları Seti</t>
+          <t>7. Hipnoz Eğitim Seti</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>4532</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>4444444443357</t>
+          <t>4444444443358</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Masterson Yaklaşımı Eğitim Seti 4 Kitap</t>
+          <t>Duygu Odaklı Çift Terapisi 2017 Ders Notları Seti</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>3381</v>
+        <v>4586</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057199102</t>
+          <t>4444444443357</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Süresi Sınırlı Dinamik Psikoterapi Eğitimi Ders Notları (4 Cilt Takım) (Ciltli)</t>
+          <t>Masterson Yaklaşımı Eğitim Seti 4 Kitap</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>3381</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256041202</t>
+          <t>9786057199102</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kompleks Travma için Duygu Odaklı Terapi (2 Cilt) (Ciltli)</t>
+          <t>Süresi Sınırlı Dinamik Psikoterapi Eğitimi Ders Notları (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1678</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257309691</t>
+          <t>9786256041202</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Psikodinamik, Bilişsel Davranışçı ve Duygu Odaklı Psikoterapide Duygularla Çalışma (Ciltli)</t>
+          <t>Kompleks Travma için Duygu Odaklı Terapi (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1762</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256041189</t>
+          <t>9786257309691</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Buluttaki Yüzler Kişilik Kuramında Öznelerarasılık (Ciltli)</t>
+          <t>Psikodinamik, Bilişsel Davranışçı ve Duygu Odaklı Psikoterapide Duygularla Çalışma (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1529</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256041172</t>
+          <t>9786256041189</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapide Utanç ve Öfke (Ciltli)</t>
+          <t>Buluttaki Yüzler Kişilik Kuramında Öznelerarasılık (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1708</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256041141</t>
+          <t>9786256041172</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Terapi Darıca I. Dönem Mart-Nisan-Mayıs-Haziran 2017 Ders Deşifreleri (Ciltli)</t>
+          <t>Psikoterapide Utanç ve Öfke (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>11508</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256041158</t>
+          <t>9786256041141</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Terapide Vaka Formülasyonu (Ciltli)</t>
+          <t>Duygu Odaklı Terapi Darıca I. Dönem Mart-Nisan-Mayıs-Haziran 2017 Ders Deşifreleri (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1529</v>
+        <v>11647</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256041134</t>
+          <t>9786256041158</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Çocuklar, Öfkeli Ebeveynler (Ciltli)</t>
+          <t>Duygu Odaklı Terapide Vaka Formülasyonu (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>1529</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256041127</t>
+          <t>9786256041134</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yaygın Kaygının Duygu Odaklı Terapisi (Ciltli)</t>
+          <t>Öfkeli Çocuklar, Öfkeli Ebeveynler (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1762</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259859675</t>
+          <t>9786256041127</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Oyun Terapisi (2 Cilt) (Ciltli)</t>
+          <t>Yaygın Kaygının Duygu Odaklı Terapisi (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>2679</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259859637</t>
+          <t>9786259859675</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yansıtmalı Özdeşim (2 Cilt) (Ciltli)</t>
+          <t>Bütüncül Oyun Terapisi (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>2697</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259859606</t>
+          <t>9786259859637</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Değişimi Kolaylaştırmak: Anbean Süreç (2 Kitap) (Ciltli)</t>
+          <t>Yansıtmalı Özdeşim (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>2482</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258308617</t>
+          <t>9786259859606</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>101 Savunma: Zihnin Kendini Koruma Yolları (Ciltli)</t>
+          <t>Duygusal Değişimi Kolaylaştırmak: Anbean Süreç (2 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1133</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057199140</t>
+          <t>9786258308617</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Çift ve Aile Terapisi - Atölye Çalışması Metinleri (Ciltli)</t>
+          <t>101 Savunma: Zihnin Kendini Koruma Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259413242</t>
+          <t>9786057199140</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çok-Kuramlı Bütüncül Psikoterapi (Ciltli)</t>
+          <t>Bilişsel Davranışçı Çift ve Aile Terapisi - Atölye Çalışması Metinleri (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>2949</v>
+        <v>855</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259943060</t>
+          <t>9786259413242</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Masterson Yaklaşımına Genel Bakış (Ciltli)</t>
+          <t>Çok-Kuramlı Bütüncül Psikoterapi (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>899</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259943039</t>
+          <t>9786259943060</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Somutlaşma Yolları (Ciltli)</t>
+          <t>Masterson Yaklaşımına Genel Bakış (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>845</v>
+        <v>910</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259413228</t>
+          <t>9786259943039</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gelişimsel Nörobiyoloji ve Bağlanma Kuramı (Ciltli)</t>
+          <t>Ruhun Somutlaşma Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257309028</t>
+          <t>9786259413228</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bağlarının Kurulması ve Bozulması (Ciltli)</t>
+          <t>Gelişimsel Nörobiyoloji ve Bağlanma Kuramı (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057236517</t>
+          <t>9786257309028</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hipnoterapi Araştırmaya Yönelik Vaka Kitabı (Ciltli)</t>
+          <t>Sevgi Bağlarının Kurulması ve Bozulması (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>2356</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054817405</t>
+          <t>9786057236517</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Terapi</t>
+          <t>Hipnoterapi Araştırmaya Yönelik Vaka Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>845</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259943008</t>
+          <t>9786054817405</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapiye Üç Farklı Yaklaşımın İncelenmesi</t>
+          <t>Duygu Odaklı Terapi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1762</v>
+        <v>855</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057236593</t>
+          <t>9786259943008</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sağ Beyin Psikoterapisi</t>
+          <t>Psikoterapiye Üç Farklı Yaklaşımın İncelenmesi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1762</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057199119</t>
+          <t>9786057236593</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Beynin Bilinçli Farkındalığı (Ciltli)</t>
+          <t>Sağ Beyin Psikoterapisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1762</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057236562</t>
+          <t>9786057199119</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Anne (Ciltli)</t>
+          <t>Beynin Bilinçli Farkındalığı (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1178</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057236579</t>
+          <t>9786057236562</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Birleştirilmiş Bir Psikoloji Kuramı (2 Cilt) (Ciltli)</t>
+          <t>İçimizdeki Anne (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>2356</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057236548</t>
+          <t>9786057236579</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Terapistin Bilinçli Farkındalığı – Klinisyenin Akılgözü ve Nöral Bütünleşme Rehberi (Ciltli)</t>
+          <t>Birleştirilmiş Bir Psikoloji Kuramı (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1762</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057236531</t>
+          <t>9786057236548</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmette Nörobilim : Güncel Araştırma ve Uygulama (Ciltli)</t>
+          <t>Terapistin Bilinçli Farkındalığı – Klinisyenin Akılgözü ve Nöral Bütünleşme Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>2356</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057236555</t>
+          <t>9786057236531</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Duyguyu Duygu ile Değiştirmek - Bir Uygulayıcı Rehberi (Ciltli)</t>
+          <t>Sosyal Hizmette Nörobilim : Güncel Araştırma ve Uygulama (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>1762</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257309660</t>
+          <t>9786057236555</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Çift Terapisi: Duygu,Sevgi ve Güç Dinamikleri - (2 Kitap Takım) (Ciltli)</t>
+          <t>Duyguyu Duygu ile Değiştirmek - Bir Uygulayıcı Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>2931</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257309592</t>
+          <t>9786257309660</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Depresyonda Duygu Odaklı Tedavi Vaka Çalışmaları - İyi ve Kötü Sonuçların Karşılaştırılması</t>
+          <t>Duygu Odaklı Çift Terapisi: Duygu,Sevgi ve Güç Dinamikleri - (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>1618</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257309547</t>
+          <t>9786257309592</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Duygulanımın Düzenlenmesi ve Kendiliğin Kökeni - Duygusal Gelişimin Nörobiyolojisi - 3 Kitap Takım</t>
+          <t>Depresyonda Duygu Odaklı Tedavi Vaka Çalışmaları - İyi ve Kötü Sonuçların Karşılaştırılması</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>2949</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057236500</t>
+          <t>9786257309547</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Aygıt (Ciltli)</t>
+          <t>Duygulanımın Düzenlenmesi ve Kendiliğin Kökeni - Duygusal Gelişimin Nörobiyolojisi - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>845</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057199126</t>
+          <t>9786057236500</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Kendiliği Ararken (Ciltli)</t>
+          <t>Ruhsal Aygıt (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>899</v>
+        <v>855</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258308556</t>
+          <t>9786057199126</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Terapide Kullanılan Metaforlar (Ciltli)</t>
+          <t>Gerçek Kendiliği Ararken (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>845</v>
+        <v>910</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057236524</t>
+          <t>9786258308556</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bağlanmanın Kökenleri - Bebek Araştırmaları ve Yetişkin Tedavisi (Ciltli)</t>
+          <t>Bütüncül Terapide Kullanılan Metaforlar (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>1762</v>
+        <v>855</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057199188</t>
+          <t>9786057236524</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Süresi Sınırlı Dinamik Psikoterapi (Ciltli)</t>
+          <t>Bağlanmanın Kökenleri - Bebek Araştırmaları ve Yetişkin Tedavisi (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>899</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057199157</t>
+          <t>9786057199188</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Narsisizm Üzerine Konuşmalar ve Olgu Sunumu (Ciltli)</t>
+          <t>Süresi Sınırlı Dinamik Psikoterapi (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>845</v>
+        <v>910</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057199164</t>
+          <t>9786057199157</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çift Terapisinin Kalbi (Ciltli)</t>
+          <t>Narsisizm Üzerine Konuşmalar ve Olgu Sunumu (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>1762</v>
+        <v>855</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059137782</t>
+          <t>9786057199164</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Analitik Hipnoterapi (Ciltli)</t>
+          <t>Çift Terapisinin Kalbi (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>845</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057199133</t>
+          <t>9786059137782</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şifacı - Hipnozun Büyülü Dünyasında Yolculuk Atölye Çalışması Metinleri (Ciltli)</t>
+          <t>Analitik Hipnoterapi (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057926746</t>
+          <t>9786057199133</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sağlığı Yelpazesinde PDR Hizmetleri (Ciltli)</t>
+          <t>İçimizdeki Şifacı - Hipnozun Büyülü Dünyasında Yolculuk Atölye Çalışması Metinleri (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257309851</t>
+          <t>9786057926746</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Bireysel Terapi (Ciltli)</t>
+          <t>Ruh Sağlığı Yelpazesinde PDR Hizmetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257309585</t>
+          <t>9786257309851</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Borderline Hastalar İçin Destekleyici Terapi (Ciltli)</t>
+          <t>Duygu Odaklı Bireysel Terapi (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1762</v>
+        <v>855</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257309301</t>
+          <t>9786257309585</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Rehberlikte Uygulamalı Bütüncül Psikoterapi (Ciltli)</t>
+          <t>Borderline Hastalar İçin Destekleyici Terapi (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1133</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258308594</t>
+          <t>9786257309301</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Aktarım Odaklı Terapi Eğitimi Ders Notları (3 Kitap) (Ciltli)</t>
+          <t>Rehberlikte Uygulamalı Bütüncül Psikoterapi (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>2518</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258308549</t>
+          <t>9786258308594</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Terapide Kişisel Öykünün Yapılandırılması Üzerinde Çalışmak (Ciltli)</t>
+          <t>Aktarım Odaklı Terapi Eğitimi Ders Notları (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>1618</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258308563</t>
+          <t>9786258308549</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Bozukluklarına Kapsamlı Bir Yaklaşım (Ciltli)</t>
+          <t>Duygu Odaklı Terapide Kişisel Öykünün Yapılandırılması Üzerinde Çalışmak (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>845</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258308600</t>
+          <t>9786258308563</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Üstbilişsel Terapi (Ciltli)</t>
+          <t>Kaygı Bozukluklarına Kapsamlı Bir Yaklaşım (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>1178</v>
+        <v>855</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257309868</t>
+          <t>9786258308600</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Aile Danışmanlığında Uygulamalı Bütüncül Psikoterapi II (Ciltli)</t>
+          <t>Üstbilişsel Terapi (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>1043</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057926616</t>
+          <t>9786257309868</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Terapötik Mevcudiyet (Ciltli)</t>
+          <t>Aile Danışmanlığında Uygulamalı Bütüncül Psikoterapi II (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1762</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257309950</t>
+          <t>9786057926616</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Aile Terapileri: Bütünleşme Ve Araştırmalar (Ciltli)</t>
+          <t>Terapötik Mevcudiyet (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>845</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257309875</t>
+          <t>9786257309950</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bilinçdışı Zihnin Gelişimi (Ciltli)</t>
+          <t>Aile Terapileri: Bütünleşme Ve Araştırmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1762</v>
+        <v>855</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257309943</t>
+          <t>9786257309875</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Psikoterapide Kuramlar Arası Yolculuk (Ciltli)</t>
+          <t>Bilinçdışı Zihnin Gelişimi (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>845</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257309936</t>
+          <t>9786257309943</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bütünleştirilmiş İlişkisel Grup Şema Teorisi (Ciltli)</t>
+          <t>Bütüncül Psikoterapide Kuramlar Arası Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257309899</t>
+          <t>9786257309936</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Uzm. Dr. Tahir Özakkaş İle İnteraktif Makale Şehri Günleri (Ciltli)</t>
+          <t>Bütünleştirilmiş İlişkisel Grup Şema Teorisi (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257309882</t>
+          <t>9786257309899</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Evlat! Sen Kimsin? (Ciltli)</t>
+          <t>Uzm. Dr. Tahir Özakkaş İle İnteraktif Makale Şehri Günleri (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257309967</t>
+          <t>9786257309882</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Aktarım Odaklı Terapi İle Patolojik Narsisizmi Tedavi Etmek (2 Cilt) (Ciltli)</t>
+          <t>Evlat! Sen Kimsin? (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>2356</v>
+        <v>855</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257309912</t>
+          <t>9786257309967</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Halk Dilinde Psikoloji (Ciltli)</t>
+          <t>Aktarım Odaklı Terapi İle Patolojik Narsisizmi Tedavi Etmek (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>845</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257309530</t>
+          <t>9786257309912</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi ve Günlük Yaşamda Şu An (Ciltli)</t>
+          <t>Halk Dilinde Psikoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257309820</t>
+          <t>9786257309530</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Düzeyli Kişilik Patolojisi için Dinamik Psikoterapi El Kitabı (Ciltli)</t>
+          <t>Psikoterapi ve Günlük Yaşamda Şu An (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>1762</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257309707</t>
+          <t>9786257309820</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi Sistemleri (3 Cilt)</t>
+          <t>Yüksek Düzeyli Kişilik Patolojisi için Dinamik Psikoterapi El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>2949</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257309844</t>
+          <t>9786257309707</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bağışlamak ve Bırakmak</t>
+          <t>Psikoterapi Sistemleri (3 Cilt)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>1762</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257309639</t>
+          <t>9786257309844</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Borderline Yetişkinlerde Psikoterapi (2 Cilt Shrink) (Ciltli)</t>
+          <t>Bağışlamak ve Bırakmak</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>2356</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257309189</t>
+          <t>9786257309639</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>9. Dönem Hipnoz Eğitimi Ders Notları Seti - 8 Kitap Takım (Ciltli)</t>
+          <t>Borderline Yetişkinlerde Psikoterapi (2 Cilt Shrink) (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>6743</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257309486</t>
+          <t>9786257309189</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapide Bütüncül Yaklaşım - Psikoterapistlerin Kullanımına Yönelik Anti - El Kitabı (Ciltli)</t>
+          <t>9. Dönem Hipnoz Eğitimi Ders Notları Seti - 8 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>1178</v>
+        <v>6825</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257309622</t>
+          <t>9786257309486</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Heinz Konut - Psikanalist Olma Yolunda 2 Cilt Takım (Ciltli)</t>
+          <t>Psikoterapide Bütüncül Yaklaşım - Psikoterapistlerin Kullanımına Yönelik Anti - El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>2931</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257309042</t>
+          <t>9786257309622</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Süresi Sınırlı Dinamik Psikoterapi: Atölye Çalışması Metinleri Bütüncül Seri 11</t>
+          <t>Heinz Konut - Psikanalist Olma Yolunda 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>903</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257309400</t>
+          <t>9786257309042</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Psikanalitik Alan Teorisindeki Gelişmeler: Bağlam ve Geleceğe Yönelik Adımlar</t>
+          <t>Süresi Sınırlı Dinamik Psikoterapi: Atölye Çalışması Metinleri Bütüncül Seri 11</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>1178</v>
+        <v>914</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257309004</t>
+          <t>9786257309400</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Rölatif Bütüncül Psikoterapi Rehberi (18.BPT Teorik Sınav Cevapları)</t>
+          <t>Çağdaş Psikanalitik Alan Teorisindeki Gelişmeler: Bağlam ve Geleceğe Yönelik Adımlar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257309752</t>
+          <t>9786257309004</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İnsan İlişkilerinin Nörobilimi (Ciltli)</t>
+          <t>Rölatif Bütüncül Psikoterapi Rehberi (18.BPT Teorik Sınav Cevapları)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>2697</v>
+        <v>855</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257309479</t>
+          <t>9786257309752</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Hipnoterapi</t>
+          <t>İnsan İlişkilerinin Nörobilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>1133</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257309158</t>
+          <t>9786257309479</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Masterson Günleri IV</t>
+          <t>Açıklamalı Hipnoterapi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057926654</t>
+          <t>9786257309158</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Bir Dayanak</t>
+          <t>Masterson Günleri IV</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257609905</t>
+          <t>9786057926654</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hayat Işığında Psikoterapiye Kapsamlı Bir Bakış (Ciltli)</t>
+          <t>Güvenli Bir Dayanak</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257309370</t>
+          <t>9786257609905</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Depresyonun Duygu Odaklı Terapisi (2 Kitap Takım) (Ciltli)</t>
+          <t>Hayat Işığında Psikoterapiye Kapsamlı Bir Bakış (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>3417</v>
+        <v>845</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257309387</t>
+          <t>9786257309370</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Halk Konferansları (Ciltli)</t>
+          <t>Depresyonun Duygu Odaklı Terapisi (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1133</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257309509</t>
+          <t>9786257309387</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Bozukluklarının Tedavisinde Bütüncül BDT (Ciltli)</t>
+          <t>Halk Konferansları (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1762</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257309462</t>
+          <t>9786257309509</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Çift Ve Aile Terapisi (Ciltli)</t>
+          <t>Kaygı Bozukluklarının Tedavisinde Bütüncül BDT (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>1133</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257309523</t>
+          <t>9786257309462</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Terapistliğe İlk Adım Nasıl Terapist Olunur ? (Ciltli)</t>
+          <t>Bilişsel Davranışçı Çift Ve Aile Terapisi (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257309493</t>
+          <t>9786257309523</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Terapist Olmak (Ciltli)</t>
+          <t>Terapistliğe İlk Adım Nasıl Terapist Olunur ? (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257309349</t>
+          <t>9786257309493</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Terapi</t>
+          <t>Terapist Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>1178</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257309424</t>
+          <t>9786257309349</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Terapinin Dili: Neyi Nasıl Yapmalı? (2 Cilt Takım) (Ciltli)</t>
+          <t>Duygu Odaklı Terapi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>1762</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257309318</t>
+          <t>9786257309424</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Klinik El Kitabı (2 Cilt Takım)</t>
+          <t>Terapinin Dili: Neyi Nasıl Yapmalı? (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1798</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257309271</t>
+          <t>9786257309318</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Gelişim Teorileri Rehberi (2 Cilt Takım) (Ciltli)</t>
+          <t>Duygu Odaklı Klinik El Kitabı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>2356</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257309165</t>
+          <t>9786257309271</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Psikoterapi - Masterson Günleri 5</t>
+          <t>Psikanalitik Gelişim Teorileri Rehberi (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>845</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257309127</t>
+          <t>9786257309165</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Masterson Günleri 1-2</t>
+          <t>Psikanalitik Psikoterapi - Masterson Günleri 5</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257309141</t>
+          <t>9786257309127</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Masterson Günleri 3 - Psikanalitik Psikoterapi</t>
+          <t>Masterson Günleri 1-2</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257309011</t>
+          <t>9786257309141</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bir Ergenin Kişilik Yapılanması Üzerine Dinamik Yönelimli Kısa-Yoğun-Acil Psikoterapi (BEP)</t>
+          <t>Masterson Günleri 3 - Psikanalitik Psikoterapi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>1178</v>
+        <v>855</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257309073</t>
+          <t>9786257309011</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kendilik Psikolojisinde Terapi Teknikleri Ve Klinik Etkileşim: Güdülenme Sistemleri</t>
+          <t>Bir Ergenin Kişilik Yapılanması Üzerine Dinamik Yönelimli Kısa-Yoğun-Acil Psikoterapi (BEP)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>1178</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257309103</t>
+          <t>9786257309073</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>James Fosshage Atölye Çalışması 2. Cilt</t>
+          <t>Kendilik Psikolojisinde Terapi Teknikleri Ve Klinik Etkileşim: Güdülenme Sistemleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257309097</t>
+          <t>9786257309103</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>James Fosshage Atölye Çalışması 1. Cilt</t>
+          <t>James Fosshage Atölye Çalışması 2. Cilt</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057926975</t>
+          <t>9786257309097</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Spyros D. Orfanos Atölye Çalışması</t>
+          <t>James Fosshage Atölye Çalışması 1. Cilt</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057926982</t>
+          <t>9786057926975</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapinin Ortak Altyapısı</t>
+          <t>Spyros D. Orfanos Atölye Çalışması</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057926418</t>
+          <t>9786057926982</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>PDM-2 Psikodinamik Tanı Kılavuzu (3 Cilt Takım) (Ciltli)</t>
+          <t>Psikoterapinin Ortak Altyapısı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>5880</v>
+        <v>855</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257309059</t>
+          <t>9786057926418</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tahir Özakkaş’ın Tüm Konferansları</t>
+          <t>PDM-2 Psikodinamik Tanı Kılavuzu (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>25775</v>
+        <v>5951</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057926531</t>
+          <t>9786257309059</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Terapide Süpervizyonun Temel Esasları</t>
+          <t>Tahir Özakkaş’ın Tüm Konferansları</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>1618</v>
+        <v>26085</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057926401</t>
+          <t>9786057926531</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hipnozun Klinikte Kullanımı : Hipnoterapi</t>
+          <t>Duygu Odaklı Terapide Süpervizyonun Temel Esasları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>1133</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057926470</t>
+          <t>9786057926401</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kohut’u Anlamak İçin Kendilik Çözümlemesi’nin Şerhi</t>
+          <t>Hipnozun Klinikte Kullanımı : Hipnoterapi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057926272</t>
+          <t>9786057926470</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ego Durumları (Rölatif Bütüncül Psikoterapi)</t>
+          <t>Kohut’u Anlamak İçin Kendilik Çözümlemesi’nin Şerhi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057926319</t>
+          <t>9786057926272</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Güdülenme Kuramı</t>
+          <t>Ego Durumları (Rölatif Bütüncül Psikoterapi)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057926258</t>
+          <t>9786057926319</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Zihinlerin Buluşması</t>
+          <t>Güdülenme Kuramı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>1178</v>
+        <v>855</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059137348</t>
+          <t>9786057926258</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Terapi</t>
+          <t>Zihinlerin Buluşması</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057926067</t>
+          <t>9786059137348</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Psikanalitik Alan Kuramı</t>
+          <t>Duygu Odaklı Terapi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>899</v>
+        <v>855</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257309035</t>
+          <t>9786057926067</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Gelişimi (2 Cilt Takım) (Ciltli)</t>
+          <t>Çağdaş Psikanalitik Alan Kuramı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>2949</v>
+        <v>910</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059137997</t>
+          <t>9786257309035</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kendiliğin Canlanması</t>
+          <t>Zihnin Gelişimi (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>1178</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059137867</t>
+          <t>9786059137997</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Terapide Hipnoz Uygulamaları Derlemesi</t>
+          <t>Kendiliğin Canlanması</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>1133</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257309394</t>
+          <t>9786059137867</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Terapi Neden İşe Yarar?</t>
+          <t>Terapide Hipnoz Uygulamaları Derlemesi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>1762</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059137362</t>
+          <t>9786257309394</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İrdeleyici Psikoterapi Rehberi</t>
+          <t>Terapi Neden İşe Yarar?</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>1178</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059137652</t>
+          <t>9786059137362</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Vajinismus Tedavisinde Bilişsel Davranışçı Regresif Hipnoterapi</t>
+          <t>İrdeleyici Psikoterapi Rehberi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059137508</t>
+          <t>9786059137652</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapinin Nörobilimi</t>
+          <t>Vajinismus Tedavisinde Bilişsel Davranışçı Regresif Hipnoterapi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>2356</v>
+        <v>855</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059137461</t>
+          <t>9786059137508</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hipnotik Beyin Atölye Çalışmaları Metinleri 20-21 Eylül 2014</t>
+          <t>Psikoterapinin Nörobilimi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>845</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059137478</t>
+          <t>9786059137461</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hipnozla Tedavi Yöntemleri (Ciltli)</t>
+          <t>Hipnotik Beyin Atölye Çalışmaları Metinleri 20-21 Eylül 2014</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057926623</t>
+          <t>9786059137478</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Kuramları (2 Kitap Takım) (Ciltli)</t>
+          <t>Hipnozla Tedavi Yöntemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>2356</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059137393</t>
+          <t>9786057926623</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizde İletişim Araştırma Ruhu</t>
+          <t>Kişilik Kuramları (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>1178</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059137102</t>
+          <t>9786059137393</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? Ben Neyim?</t>
+          <t>Psikanalizde İletişim Araştırma Ruhu</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059137027</t>
+          <t>9786059137102</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bebeklikten Erişkinliğe Ruhsal Yolculuğumuz</t>
+          <t>Ben Kimim? Ben Neyim?</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059137126</t>
+          <t>9786059137027</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kendim Olmama, Engel Olma / Rölatif Bütüncül Psikoterapi 9</t>
+          <t>Bebeklikten Erişkinliğe Ruhsal Yolculuğumuz</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059137010</t>
+          <t>9786059137126</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Ben Var Ben'de, Ben'den İçerü / Rölatif Bütüncül Psikoterapi 7</t>
+          <t>Kendim Olmama, Engel Olma / Rölatif Bütüncül Psikoterapi 9</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059137355</t>
+          <t>9786059137010</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Aile Danışmanlığında Uygulamalı Bütüncül Psikoterapi 1</t>
+          <t>Bir Ben Var Ben'de, Ben'den İçerü / Rölatif Bütüncül Psikoterapi 7</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059137096</t>
+          <t>9786059137355</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Olgunlaşmanın Yolu Dönüştürerek İçselleştirme / Rölatif Bütüncül Psikoterapi 11</t>
+          <t>Aile Danışmanlığında Uygulamalı Bütüncül Psikoterapi 1</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059137072</t>
+          <t>9786059137096</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? Sahtelikten Gerçekliğe, Kabuktan Öze Yolculuk / Röletif Bütüncül Psikoterapi 10</t>
+          <t>Olgunlaşmanın Yolu Dönüştürerek İçselleştirme / Rölatif Bütüncül Psikoterapi 11</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055241612</t>
+          <t>9786059137072</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kimlik / Kendilik Ego Durumları ve Çoklu Kişilik 7</t>
+          <t>Ben Kimim? Sahtelikten Gerçekliğe, Kabuktan Öze Yolculuk / Röletif Bütüncül Psikoterapi 10</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055241421</t>
+          <t>9786055241612</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Yönelimli İlişkisel Psikoterapi</t>
+          <t>Kimlik / Kendilik Ego Durumları ve Çoklu Kişilik 7</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>1762</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055241513</t>
+          <t>9786055241421</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kendilik Psikolojisi 8</t>
+          <t>Kişilik Yönelimli İlişkisel Psikoterapi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>845</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057926043</t>
+          <t>9786055241513</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dinamik Terapi</t>
+          <t>Kendilik Psikolojisi 8</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>899</v>
+        <v>855</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055241841</t>
+          <t>9786057926043</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Bocalaması Bunalımı ve Ego Psikolojileri 6</t>
+          <t>Kısa Dinamik Terapi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>1133</v>
+        <v>910</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055548568</t>
+          <t>9786055241841</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapide Bütünleşme</t>
+          <t>Kimlik Bocalaması Bunalımı ve Ego Psikolojileri 6</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057926333</t>
+          <t>9786055548568</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Vaka Kitabı - Psikoterapide Bütünleşme</t>
+          <t>Psikoterapide Bütünleşme</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>1762</v>
+        <v>855</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055241506</t>
+          <t>9786057926333</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Savunma Mekanizmaları ve Gelişim Evreleri 3</t>
+          <t>Vaka Kitabı - Psikoterapide Bütünleşme</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>845</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055241803</t>
+          <t>9786055241506</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Savunma Düzenekleri ve Nörobiyoloji 2</t>
+          <t>Ruhsal Savunma Mekanizmaları ve Gelişim Evreleri 3</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059137591</t>
+          <t>9786055241803</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Bozukluklarında Travma</t>
+          <t>Savunma Düzenekleri ve Nörobiyoloji 2</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>1178</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055548605</t>
+          <t>9786059137591</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Süresi Sınırlı Dinamik Psikoterapi</t>
+          <t>Kişilik Bozukluklarında Travma</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055548452</t>
+          <t>9786055548605</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kendilik Bozukluklarının Tedavisinde Yeni Ufuklar</t>
+          <t>Süresi Sınırlı Dinamik Psikoterapi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>1762</v>
+        <v>855</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055548520</t>
+          <t>9786055548452</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Süresi Sınırlı Dinamik Psikoterapi - 1. Atölye Çalışması Malzelemeleri 9-10 Nisan 2011</t>
+          <t>Kendilik Bozukluklarının Tedavisinde Yeni Ufuklar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>845</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055241520</t>
+          <t>9786055548520</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ego Durumları Psikoterapisi 9</t>
+          <t>Süresi Sınırlı Dinamik Psikoterapi - 1. Atölye Çalışması Malzelemeleri 9-10 Nisan 2011</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055241544</t>
+          <t>9786055241520</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Psikoterapi / Dürtü Çatışma Kuramı 5</t>
+          <t>Ego Durumları Psikoterapisi 9</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055241490</t>
+          <t>9786055241544</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Davranışçı Bilişsel Kuram 4</t>
+          <t>Dinamik Psikoterapi / Dürtü Çatışma Kuramı 5</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055241438</t>
+          <t>9786055241490</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Kişilik Bozukluğu</t>
+          <t>Davranışçı Bilişsel Kuram 4</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>1178</v>
+        <v>855</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055548506</t>
+          <t>9786055241438</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Borderline Ergenin Tedavisi</t>
+          <t>Çoklu Kişilik Bozukluğu</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>1178</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055241988</t>
+          <t>9786055548506</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Borderline Ergenden İşlevsel Yetişkine: Zaman Testi</t>
+          <t>Borderline Ergenin Tedavisi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>1178</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055548575</t>
+          <t>9786055241988</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Birleştirilmiş Psikoterapi</t>
+          <t>Borderline Ergenden İşlevsel Yetişkine: Zaman Testi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059137621</t>
+          <t>9786055548575</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Çift Terapisi - Atölye Çalışması Malzemeleri 5-9 Şubat 2012</t>
+          <t>Birleştirilmiş Psikoterapi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057926029</t>
+          <t>9786059137621</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Çift Terapisi 1. Atölye Çalışma Metinleri</t>
+          <t>Duygu Odaklı Çift Terapisi - Atölye Çalışması Malzemeleri 5-9 Şubat 2012</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789757901020</t>
+          <t>9786057926029</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Problemlerde Hipnoterapi</t>
+          <t>Duygu Odaklı Çift Terapisi 1. Atölye Çalışma Metinleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055241827</t>
+          <t>9789757901020</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Psikoterapide Davranışçı Bilişsel Kuram</t>
+          <t>Cinsel Problemlerde Hipnoterapi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055241377</t>
+          <t>9786055241827</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül İlişkisel Psikoterapi</t>
+          <t>Bütüncül Psikoterapide Davranışçı Bilişsel Kuram</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789757901044</t>
+          <t>9786055241377</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hipnoterapi</t>
+          <t>Bütüncül İlişkisel Psikoterapi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>557</v>
+        <v>855</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055241896</t>
+          <t>9789757901044</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Aktarım Odaklı Terapi ve Tedavi Teknikleri</t>
+          <t>Hipnoterapi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>1133</v>
+        <v>564</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055548834</t>
+          <t>9786055241896</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Aktarım Odaklı Psikoterapi</t>
+          <t>Aktarım Odaklı Terapi ve Tedavi Teknikleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055548599</t>
+          <t>9786055548834</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
           <t>Aktarım Odaklı Psikoterapi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055241797</t>
+          <t>9786055548599</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hücum Tedavisi / Psikoterapiye Genel Bakış</t>
+          <t>Aktarım Odaklı Psikoterapi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>3990000015581</t>
+          <t>9786055241797</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Hipnotik Yaş Gerilemesi</t>
+          <t>Hücum Tedavisi / Psikoterapiye Genel Bakış</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>557</v>
+        <v>855</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055241995</t>
+          <t>3990000015581</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ergenliğe Yaklaşımda Psikiyatrinin İkilemi</t>
+          <t>Hipnotik Yaş Gerilemesi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1178</v>
+        <v>564</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055241537</t>
+          <t>9786055241995</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ego Psikolojisi Yaklaşımları 10</t>
+          <t>Ergenliğe Yaklaşımda Psikiyatrinin İkilemi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055241728</t>
+          <t>9786055241537</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Terk Depresyonunu Anlamak</t>
+          <t>Ego Psikolojisi Yaklaşımları 10</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055241605</t>
+          <t>9786055241728</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Rüya Yorumları Dinamik Kuram</t>
+          <t>Terk Depresyonunu Anlamak</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055241575</t>
+          <t>9786055241605</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Vakalarla Psikodinamik Gelişimsel Dönemler</t>
+          <t>Uygulamalı Rüya Yorumları Dinamik Kuram</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055241889</t>
+          <t>9786055241575</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sağ Beyinden Sağ Beyine Nörobiyolojik Gelişimimiz</t>
+          <t>Vakalarla Psikodinamik Gelişimsel Dönemler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054817191</t>
+          <t>9786055241889</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Rüya Analizi Freud'un Kuramı ve Nörobiyoloji</t>
+          <t>Sağ Beyinden Sağ Beyine Nörobiyolojik Gelişimimiz</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055241643</t>
+          <t>9786054817191</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Şizoid- Narsisist- Borderline Kendilik Bozuklukları</t>
+          <t>Rüya Analizi Freud'un Kuramı ve Nörobiyoloji</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055241780</t>
+          <t>9786055241643</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Zihinselleştirme Psikoterapide Formülasyon</t>
+          <t>Şizoid- Narsisist- Borderline Kendilik Bozuklukları</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055241834</t>
+          <t>9786055241780</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Yorumlanması ve Psikanalitik Kuram</t>
+          <t>Zihinselleştirme Psikoterapide Formülasyon</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055241766</t>
+          <t>9786055241834</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçuluk Bütüncül Vak'a Formülasyonları</t>
+          <t>Rüyaların Yorumlanması ve Psikanalitik Kuram</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059137317</t>
+          <t>9786055241766</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerdeki Ruhsal Kavganın ve Korkunun Özü</t>
+          <t>Varoluşçuluk Bütüncül Vak'a Formülasyonları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059137324</t>
+          <t>9786059137317</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz Eğitim Konferansları</t>
+          <t>İşletmelerdeki Ruhsal Kavganın ve Korkunun Özü</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059137263</t>
+          <t>9786059137324</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz ve Ruh Sağlığı Konferansları</t>
+          <t>Hipnoz Eğitim Konferansları</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059137270</t>
+          <t>9786059137263</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Terapistliğe Giriş ve İlk Adım Konferansları</t>
+          <t>Hipnoz ve Ruh Sağlığı Konferansları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059137256</t>
+          <t>9786059137270</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel Psikanalize Giriş</t>
+          <t>Terapistliğe Giriş ve İlk Adım Konferansları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059137201</t>
+          <t>9786059137256</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz Neden Yapar? 3. Basamak</t>
+          <t>İlişkisel Psikanalize Giriş</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059137188</t>
+          <t>9786059137201</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz Ne Yapar? 1. Basamak</t>
+          <t>Hipnoz Neden Yapar? 3. Basamak</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059137218</t>
+          <t>9786059137188</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Vallahi Hekimler De İnsan!</t>
+          <t>Hipnoz Ne Yapar? 1. Basamak</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059137195</t>
+          <t>9786059137218</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz Nasıl Yapar? 2. Basamak</t>
+          <t>Vallahi Hekimler De İnsan!</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257309455</t>
+          <t>9786059137195</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Borderline Kişilik Bozukluğunda Zihinselleştirmeye Dayalı Tedavi - Zihinleştirme Serisi 2</t>
+          <t>Hipnoz Nasıl Yapar? 2. Basamak</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>1178</v>
+        <v>855</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055241681</t>
+          <t>9786257309455</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Terapinin Özü İlk Tanışmanın Sırları - 1</t>
+          <t>Borderline Kişilik Bozukluğunda Zihinselleştirmeye Dayalı Tedavi - Zihinleştirme Serisi 2</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059137034</t>
+          <t>9786055241681</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Çingene Sobası ve Psikiyatrik Bozukluklar - 5</t>
+          <t>Terapinin Özü İlk Tanışmanın Sırları - 1</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055241698</t>
+          <t>9786059137034</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ya Öbür Yarım!.. Ruhumuzun Olgunlaşma Hikayesi - 3</t>
+          <t>Çingene Sobası ve Psikiyatrik Bozukluklar - 5</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059137225</t>
+          <t>9786055241698</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hipnoterapi ve Hipnoanaliz</t>
+          <t>Ya Öbür Yarım!.. Ruhumuzun Olgunlaşma Hikayesi - 3</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>1762</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054817283</t>
+          <t>9786059137225</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ayrışma Bireyleşmede Masterson Yaklaşımı ve Psikoterapisi</t>
+          <t>Hipnoterapi ve Hipnoanaliz</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>845</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059137157</t>
+          <t>9786054817283</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Temel Kitabı Giriş Ve Temel Kavramlar (5 Cilt Takım) (Ciltli)</t>
+          <t>Ayrışma Bireyleşmede Masterson Yaklaşımı ve Psikoterapisi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>5880</v>
+        <v>855</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054817108</t>
+          <t>9786059137157</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Öznelliğin Yapıları</t>
+          <t>Psikanaliz Temel Kitabı Giriş Ve Temel Kavramlar (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>1178</v>
+        <v>5951</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059137638</t>
+          <t>9786054817108</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Sohbetler</t>
+          <t>Öznelliğin Yapıları</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054817207</t>
+          <t>9786059137638</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Rölatif Bütüncül Psikoterapide Davranış, Biliş ve Nörobiyoloji</t>
+          <t>Psikolojik Sohbetler</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054817443</t>
+          <t>9786054817207</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz Nedir ve Tedaviye Nasıl Yardımcı Olur?</t>
+          <t>Rölatif Bütüncül Psikoterapide Davranış, Biliş ve Nörobiyoloji</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055241599</t>
+          <t>9786054817443</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Davranıştan Bilişe Etki-Tepki Sistemleri ve Etki-Tepki-Yorum</t>
+          <t>Hipnoz Nedir ve Tedaviye Nasıl Yardımcı Olur?</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054817436</t>
+          <t>9786055241599</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Aile Terapileri Bütünleşme ve Araştırma</t>
+          <t>Davranıştan Bilişe Etki-Tepki Sistemleri ve Etki-Tepki-Yorum</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059137539</t>
+          <t>9786054817436</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete Bozukluklarında Bilişsel Davranışçı Terapi</t>
+          <t>Aile Terapileri Bütünleşme ve Araştırma</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786055241742</t>
+          <t>9786059137539</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Hamdım Piştim Yandım (Kendilik Psikolojisi)</t>
+          <t>Anksiyete Bozukluklarında Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055241650</t>
+          <t>9786055241742</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı Nedir? - Varoluşçuluk</t>
+          <t>Hamdım Piştim Yandım (Kendilik Psikolojisi)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054817214</t>
+          <t>9786055241650</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Rölatif Bütüncül Psikoterapide Ruhsal Savunmalarımız</t>
+          <t>Hayatın Anlamı Nedir? - Varoluşçuluk</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786055241759</t>
+          <t>9786054817214</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İçe Atımdan Tam Özdeşime Ruhsal Gelişim Ego Durumları ve Kimlik Oluşumu</t>
+          <t>Rölatif Bütüncül Psikoterapide Ruhsal Savunmalarımız</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054817115</t>
+          <t>9786055241759</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Bağlamları</t>
+          <t>İçe Atımdan Tam Özdeşime Ruhsal Gelişim Ego Durumları ve Kimlik Oluşumu</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>1178</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786055241971</t>
+          <t>9786054817115</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Çift Terapisi İleri Düzeyde Atölye Çalışması Malzemeleri 29 Kasım-2 Aralık 2012</t>
+          <t>Varoluşun Bağlamları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055241667</t>
+          <t>9786055241971</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Psikoterapide Hipnoz</t>
+          <t>Duygu Odaklı Çift Terapisi İleri Düzeyde Atölye Çalışması Malzemeleri 29 Kasım-2 Aralık 2012</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054817160</t>
+          <t>9786055241667</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kuklalar ve Yumaklar</t>
+          <t>Bütüncül Psikoterapide Hipnoz</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>593</v>
+        <v>855</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054817559</t>
+          <t>9786054817160</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Hipnotik Beyin - Hipnozun Nörobiyolojik Temelleri Psikanalitik Psikoterapiyle Bütünleştirilmesi</t>
+          <t>Kuklalar ve Yumaklar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>845</v>
+        <v>601</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054817467</t>
+          <t>9786054817559</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kaynağın Keşfinden Tedavinin Sonuna Hipnoterapi</t>
+          <t>Hipnotik Beyin - Hipnozun Nörobiyolojik Temelleri Psikanalitik Psikoterapiyle Bütünleştirilmesi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055241865</t>
+          <t>9786054817467</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İlkelden Olgun Narsisizme Geçişte Kendilik Psikolojisi</t>
+          <t>Kaynağın Keşfinden Tedavinin Sonuna Hipnoterapi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054817320</t>
+          <t>9786055241865</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bedenim Nasıl Ruh Oldu?</t>
+          <t>İlkelden Olgun Narsisizme Geçişte Kendilik Psikolojisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054817313</t>
+          <t>9786054817320</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldiniz Hayata ve Terapiye Giriş</t>
+          <t>Bedenim Nasıl Ruh Oldu?</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059137089</t>
+          <t>9786054817313</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Öleceksin O Halde (Varoluşçuluk)</t>
+          <t>Hoş Geldiniz Hayata ve Terapiye Giriş</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059137065</t>
+          <t>9786059137089</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Olayları, Verdiğin Anlam Belirler</t>
+          <t>Öleceksin O Halde (Varoluşçuluk)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059137003</t>
+          <t>9786059137065</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz Kuram, Araştırma, Uygulama (4 Cilt Takım Kutulu) (Ciltli)</t>
+          <t>Olayları, Verdiğin Anlam Belirler</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>5880</v>
+        <v>855</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054817184</t>
+          <t>9786059137003</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Tedavi</t>
+          <t>Hipnoz Kuram, Araştırma, Uygulama (4 Cilt Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>1178</v>
+        <v>5951</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054817399</t>
+          <t>9786054817184</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Terapi</t>
+          <t>Psikanalitik Tedavi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786055241704</t>
+          <t>9786054817399</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Değerli Olabilirim? Davranışcı Bilişsel Psikoterapi</t>
+          <t>Duygu Odaklı Terapi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055241674</t>
+          <t>9786055241704</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Rahime Düşüş Doğuş Süreci</t>
+          <t>Nasıl Değerli Olabilirim? Davranışcı Bilişsel Psikoterapi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789757901273</t>
+          <t>9786055241674</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Borderline Yetişkinin Psikoterapisinde Yeni Bakış Açıları</t>
+          <t>Ruhsal Rahime Düşüş Doğuş Süreci</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055241711</t>
+          <t>9789757901273</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Freud'un Kuramı Serbest Çağrışım ve Rüyalar</t>
+          <t>Borderline Yetişkinin Psikoterapisinde Yeni Bakış Açıları</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055241735</t>
+          <t>9786055241711</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Çoğul Kişilik Nesne ve Kendilik Tasarımları Bağlantı ve Geçiş Nesnesi</t>
+          <t>Freud'un Kuramı Serbest Çağrışım ve Rüyalar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055241636</t>
+          <t>9786055241735</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kendilik Nesnesi Narsisizm</t>
+          <t>Çoğul Kişilik Nesne ve Kendilik Tasarımları Bağlantı ve Geçiş Nesnesi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054817429</t>
+          <t>9786055241636</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kernberg Günleri 4 Psikoterapi Aktarım Odaklı</t>
+          <t>Kendilik Nesnesi Narsisizm</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786055241568</t>
+          <t>9786054817429</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Ruhsal Varoluşu</t>
+          <t>Kernberg Günleri 4 Psikoterapi Aktarım Odaklı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054817139</t>
+          <t>9786055241568</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi Sanatının Bilimi (Ciltli)</t>
+          <t>İnsanın Ruhsal Varoluşu</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>2356</v>
+        <v>855</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054817375</t>
+          <t>9786054817139</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Saldırganlığın Ayrılmaz Doğası (Ciltli)</t>
+          <t>Psikoterapi Sanatının Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>1762</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054817382</t>
+          <t>9786054817375</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Jung'un Öznelliğinde Kuramlar Arası Bir Gezinti</t>
+          <t>Aşk ve Saldırganlığın Ayrılmaz Doğası (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>557</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786054817368</t>
+          <t>9786054817382</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Çift Terapisi - İleri Düzey Atölye Çalışması Metinleri 29 Kasım - 2 Aralık 2012</t>
+          <t>Jung'un Öznelliğinde Kuramlar Arası Bir Gezinti</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>845</v>
+        <v>564</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786055548773</t>
+          <t>9786054817368</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete Bozuklukları ve Tedavisi</t>
+          <t>Duygu Odaklı Çift Terapisi - İleri Düzey Atölye Çalışması Metinleri 29 Kasım - 2 Aralık 2012</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055241810</t>
+          <t>9786055548773</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Otoniphoz - Hipnotik Trans : İlkel ve Orta Düzey Savunma Düzenekleri 3</t>
+          <t>Anksiyete Bozuklukları ve Tedavisi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055241902</t>
+          <t>9786055241810</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel Psikoterapi ve Paul Watchel'in Döngüsel Bağlamsal Modeli</t>
+          <t>Otoniphoz - Hipnotik Trans : İlkel ve Orta Düzey Savunma Düzenekleri 3</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>1043</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054817474</t>
+          <t>9786055241902</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Cinsel İşlevler, Alt Islatma, Sosyal Fobi ve Ölüm Korkusunda Hipnoterapi</t>
+          <t>İlişkisel Psikoterapi ve Paul Watchel'in Döngüsel Bağlamsal Modeli</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>845</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055548476</t>
+          <t>9786054817474</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Klinik Uygulamada Zihinselleştirme</t>
+          <t>Cinsel İşlevler, Alt Islatma, Sosyal Fobi ve Ölüm Korkusunda Hipnoterapi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>1762</v>
+        <v>855</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055241872</t>
+          <t>9786055548476</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Borderline Narsisist ve Şizoid Kişilikler</t>
+          <t>Klinik Uygulamada Zihinselleştirme</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>1133</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054817269</t>
+          <t>9786055241872</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Rölatif Bütüncül Psikoterapide Nesne İlişkileri</t>
+          <t>Borderline Narsisist ve Şizoid Kişilikler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786054817238</t>
+          <t>9786054817269</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Öznelerarası Alanda Çalışmak</t>
+          <t>Rölatif Bütüncül Psikoterapide Nesne İlişkileri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>1178</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054817153</t>
+          <t>9786054817238</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Öznelerarası Bakış Açısı</t>
+          <t>Öznelerarası Alanda Çalışmak</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>1178</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054817344</t>
+          <t>9786054817153</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Erik Homburger Erikson ve Ego Psikolojileri</t>
+          <t>Öznelerarası Bakış Açısı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786055548841</t>
+          <t>9786054817344</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kernberg Günleri 3 Psikoterapi Aktarım Odaklı</t>
+          <t>Erik Homburger Erikson ve Ego Psikolojileri</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054817306</t>
+          <t>9786055548841</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Her Nesne'nin Bir Bitimi Var Ama Aşka Hudut Çizilmiyor (Varoluşçuluk)</t>
+          <t>Kernberg Günleri 3 Psikoterapi Aktarım Odaklı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054817078</t>
+          <t>9786054817306</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Psikoterapilerin Karşılaştırılması</t>
+          <t>Her Nesne'nin Bir Bitimi Var Ama Aşka Hudut Çizilmiyor (Varoluşçuluk)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>1178</v>
+        <v>855</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786055241858</t>
+          <t>9786054817078</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ayrışma ve Bireyleşme Süreçleri - Paylaşılmış Paranoya 7</t>
+          <t>Psikanalitik Psikoterapilerin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>1133</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786054817177</t>
+          <t>9786055241858</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Aile Psikolojisi</t>
+          <t>Ayrışma ve Bireyleşme Süreçleri - Paylaşılmış Paranoya 7</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>1133</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059137249</t>
+          <t>9786054817177</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Bozuklukların Tedavisinde Kanıta Dayalı Bilişsel Hipnoterapi</t>
+          <t>Aile Psikolojisi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>845</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059137041</t>
+          <t>9786059137249</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Rölatif Bütüncül Psikoterapide Formülasyon : 12. Dönem Serisi 4</t>
+          <t>Duygusal Bozuklukların Tedavisinde Kanıta Dayalı Bilişsel Hipnoterapi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>1133</v>
+        <v>855</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059137294</t>
+          <t>9786059137041</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Klinik Etkileşimler</t>
+          <t>Rölatif Bütüncül Psikoterapide Formülasyon : 12. Dönem Serisi 4</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>1178</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059137300</t>
+          <t>9786059137294</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Güdülenme</t>
+          <t>Klinik Etkileşimler</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>1178</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059137287</t>
+          <t>9786059137300</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kendilik ve Güdülenme Sistemleri</t>
+          <t>Psikanaliz ve Güdülenme</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>1178</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786055548766</t>
+          <t>9786059137287</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Psikoterapi Masterson Yaklaşımı</t>
+          <t>Kendilik ve Güdülenme Sistemleri</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>845</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786055548537</t>
+          <t>9786055548766</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Psychoanalythic Psychhotherapy Masterson’s Days - 5 / Psikoanalitik Psikoterapi Masterson Günleri - 5</t>
+          <t>Psikanalitik Psikoterapi Masterson Yaklaşımı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>845</v>
+        <v>855</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057926050</t>
+          <t>9786055548537</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Klinik Hipnozun Esasları</t>
+          <t>Psychoanalythic Psychhotherapy Masterson’s Days - 5 / Psikoanalitik Psikoterapi Masterson Günleri - 5</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>1178</v>
+        <v>855</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786055548698</t>
+          <t>9786057926050</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kendiliğin Doğuşu</t>
+          <t>Klinik Hipnozun Esasları</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>1178</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257309516</t>
+          <t>9786055548698</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Karşı Aktarım ve Psikoterapötik Teknik (Ciltli)</t>
+          <t>Kendiliğin Doğuşu</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>1178</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789757901198</t>
+          <t>9786257309516</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Dirilişine Kapı Hipnoz II. Cilt</t>
+          <t>Karşı Aktarım ve Psikoterapötik Teknik (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>1133</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786055548667</t>
+          <t>9789757901198</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Duygulanımın Düzenlenmesi ve Kendiliğin Onarımı</t>
+          <t>Gerçeğin Dirilişine Kapı Hipnoz II. Cilt</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>1762</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786055241384</t>
+          <t>9786055548667</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Duygulanım Düzensizliği ve Kendilik Bozukluklar (Ciltli)</t>
+          <t>Duygulanımın Düzenlenmesi ve Kendiliğin Onarımı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>1762</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786055548551</t>
+          <t>9786055241384</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Birleştirilmiş Psikoterapi / Unified Psychotherapy</t>
+          <t>Duygulanım Düzensizliği ve Kendilik Bozukluklar (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>845</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
+          <t>9786055548551</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Birleştirilmiş Psikoterapi / Unified Psychotherapy</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
           <t>9786059137430</t>
         </is>
       </c>
-      <c r="B320" s="1" t="inlineStr">
+      <c r="B321" s="1" t="inlineStr">
         <is>
           <t>Bebeğin Kişilerarası Dünyası</t>
         </is>
       </c>
-      <c r="C320" s="1">
-        <v>1178</v>
+      <c r="C321" s="1">
+        <v>1192</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>