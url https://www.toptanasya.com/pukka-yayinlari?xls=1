--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,2050 +85,2440 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259629155</t>
+          <t>2786258718321</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış</t>
+          <t>Persona (3 Kitaplık Kutu Set - Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>319</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2786259629176</t>
+          <t>2786258718000</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mahi 2 (Kutu Set+Pleksi Bardak Altlığı) (Ciltli)</t>
+          <t>Persona (3 Kitaplık Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>469</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>2786259629169</t>
+          <t>2786258718017</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mahi 2 (Kutu Set) (Ciltli)</t>
+          <t>Persona - 3 (Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>469</v>
+        <v>479</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259629162</t>
+          <t>9786258718010</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mahi 2 (Ciltli)</t>
+          <t>Persona - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2782786321217</t>
+          <t>9786259629179</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kemikler Meclisi Serisi (2 Kitap) - Cadılar Meclisi ve Lanetli</t>
+          <t>Beni Geride Bırak (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>679</v>
+        <v>389</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259961132</t>
+          <t>9786259381244</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Meclisi</t>
+          <t>Kalbimdeki Bıçak (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>319</v>
+        <v>389</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259629124</t>
+          <t>9786259381299</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Birlikte</t>
+          <t>Aşka Düşüş 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>319</v>
+        <v>399</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2786259629138</t>
+          <t>2786259381296</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nakavt (Kutu Set) (Ciltli)</t>
+          <t>Aşka Düşüş 1 - Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>469</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259629131</t>
+          <t>9786259381268</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nakavt (Ciltli)</t>
+          <t>Zora Sarıldık - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259629117</t>
+          <t>2786259381265</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Su Tanrısı'nın Gelini - 2 (Ciltli)</t>
+          <t>Zora Sarıldık - 1 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>399</v>
+        <v>469</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259612850</t>
+          <t>9786259381237</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yasak Atış</t>
+          <t>Zamanın Gölgesi (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>319</v>
+        <v>399</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>2786259520831</t>
+          <t>9786259381220</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İzler Kalır - 1 (Kolyeli) (Ciltli)</t>
+          <t>Karanlığın Kalbi (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>489</v>
+        <v>399</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>2786259520862</t>
+          <t>2786259381227</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İzler Kalır - 1 (Kolyeli - Kutu Set) (Ciltli)</t>
+          <t>Karanlığın Kalbi - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>539</v>
+        <v>469</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259612836</t>
+          <t>9786259381251</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Thousands</t>
+          <t>Hüzün Kovan Kuşu 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>319</v>
+        <v>399</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259612898</t>
+          <t>2786259381258</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Günahkar</t>
+          <t>Hüzün Kovan Kuşu 1 - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>319</v>
+        <v>469</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259612829</t>
+          <t>2786250000080</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Koynunda (Ciltli)</t>
+          <t>İnferno (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>399</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259612881</t>
+          <t>2786259629114</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Virane Düşler (Ciltli)</t>
+          <t>İnferno 3 (Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>399</v>
+        <v>479</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>2786259620012</t>
+          <t>9786259629186</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çizgi İhlali (Kutu Set Kolyeli) (Ciltli)</t>
+          <t>İnferno 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>549</v>
+        <v>399</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>2786259612871</t>
+          <t>2786259629183</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çizgi İhlali (Kutulu Set) (Ciltli)</t>
+          <t>İnferno (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>469</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>2780009612874</t>
+          <t>9786259381213</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çizgi İhlali (Kolyeli) (Ciltli)</t>
+          <t>Zaman Alevi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>479</v>
+        <v>399</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259612874</t>
+          <t>2786259381210</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çizgi İhlali (Ciltli)</t>
+          <t>Zaman Alevi 1 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>399</v>
+        <v>469</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>2780017190366</t>
+          <t>2786259383634</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tadında Aşk Var (Kutu Set) (Ciltli)</t>
+          <t>Kazazede (4 Kitap Yan Boyamalı Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>469</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259612843</t>
+          <t>2786259381203</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Lotus</t>
+          <t>Kazazede (4 Kitap Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>319</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>2786259612864</t>
+          <t>2786259629190</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Beni Geride Bırak (Kutulu Set) (Ciltli)</t>
+          <t>Kazazede - 4 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>449</v>
+        <v>559</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259612867</t>
+          <t>9786259629193</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Beni Geride Bırak (Ciltli)</t>
+          <t>Kazazede - 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>389</v>
+        <v>429</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259612812</t>
+          <t>9786259381206</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Blackout - 2 (Ciltli)</t>
+          <t>Kazazede - 4</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>399</v>
+        <v>379</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>2786259612819</t>
+          <t>9786259629155</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Blackout 1-2 (Ciltli)</t>
+          <t>Parçalanmış</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>898</v>
+        <v>319</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259612805</t>
+          <t>2786259629176</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İnferno - 2 (Ciltli)</t>
+          <t>Mahi 2 (Kutu Set+Pleksi Bardak Altlığı) (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>399</v>
+        <v>469</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9999880101001</t>
+          <t>2786259629169</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kalp Sana Çocuk (Kolyeli) (Ciltli)</t>
+          <t>Mahi 2 (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>469</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259586397</t>
+          <t>9786259629162</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gölgesi – 1 (Ciltli)</t>
+          <t>Mahi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>2786259586394</t>
+          <t>2782786321217</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gölgesi – 1 (Kutu Set) (Ciltli)</t>
+          <t>Kemikler Meclisi Serisi (2 Kitap) - Cadılar Meclisi ve Lanetli</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>469</v>
+        <v>679</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259586304</t>
+          <t>9786259961132</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Verakko'yu Kurtarmak</t>
+          <t>Cadılar Meclisi</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>319</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259586342</t>
+          <t>9786259629124</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Eğer Biz Olsaydık</t>
+          <t>Sonsuza Dek Birlikte</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>319</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>2786258429807</t>
+          <t>2786259629138</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 3 (Kolyeli) (Ciltli)</t>
+          <t>Nakavt (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>489</v>
+        <v>469</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259586366</t>
+          <t>9786259629131</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 3 (Ciltli)</t>
+          <t>Nakavt (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>419</v>
+        <v>399</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259586380</t>
+          <t>9786259629117</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 3</t>
+          <t>Su Tanrısı'nın Gelini - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>369</v>
+        <v>399</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>2786259586370</t>
+          <t>9786259612850</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Saklı – Yasaklı - Bağlı (Kutulu Set) (Ciltli)</t>
+          <t>Yasak Atış</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1365</v>
+        <v>319</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259586373</t>
+          <t>2786259520831</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bağlı</t>
+          <t>İzler Kalır - 1 (Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>339</v>
+        <v>489</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259586359</t>
+          <t>2786259520862</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bağlı (Ciltli)</t>
+          <t>İzler Kalır - 1 (Kolyeli - Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>389</v>
+        <v>539</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259586335</t>
+          <t>9786259612836</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 3</t>
+          <t>Thousands</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>339</v>
+        <v>319</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>2786259586332</t>
+          <t>9786259612898</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun 1-2-3 (Ciltli)</t>
+          <t>Günahkar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1365</v>
+        <v>319</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259586328</t>
+          <t>9786259612829</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 3 (Ciltli)</t>
+          <t>Ateşin Koynunda (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>389</v>
+        <v>399</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>4440000004526</t>
+          <t>9786259612881</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül Davası (İmzalı Kutulu Set) (Ciltli)</t>
+          <t>Virane Düşler (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>449</v>
+        <v>399</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259739182</t>
+          <t>2786259620012</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Son Bir Dilek</t>
+          <t>Çizgi İhlali (Kutu Set Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>319</v>
+        <v>549</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259586311</t>
+          <t>2786259612871</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Anda (Ciltli)</t>
+          <t>Çizgi İhlali (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>399</v>
+        <v>469</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>2786259586318</t>
+          <t>2780009612874</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Anda (Kutu Set) (Ciltli)</t>
+          <t>Çizgi İhlali (Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>469</v>
+        <v>479</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9990010000199</t>
+          <t>9786259612874</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Anda (Pleksi Ayraçlı Kutulu Set) (Ciltli)</t>
+          <t>Çizgi İhlali (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>469</v>
+        <v>399</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>2786259739110</t>
+          <t>2780017190366</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İzler Kalır - 2 (Kutulu Set) (Ciltli)</t>
+          <t>Tadında Aşk Var (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>469</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259739199</t>
+          <t>9786259612843</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İzler Kalır - 2 (Ciltli)</t>
+          <t>Lotus</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>399</v>
+        <v>319</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259739113</t>
+          <t>2786259612864</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tüm Küçük Yağmur Damlaları</t>
+          <t>Beni Geride Bırak (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>319</v>
+        <v>449</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259739168</t>
+          <t>9786259612867</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Neden Ver</t>
+          <t>Beni Geride Bırak (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>319</v>
+        <v>389</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259739106</t>
+          <t>9786259612812</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hundreds</t>
+          <t>Blackout - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>319</v>
+        <v>399</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259499529</t>
+          <t>2786259612819</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kazazede – 2</t>
+          <t>Blackout 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>359</v>
+        <v>898</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259839356</t>
+          <t>9786259612805</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 1</t>
+          <t>İnferno - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>339</v>
+        <v>399</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259839325</t>
+          <t>9999880101001</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tek Vuruş</t>
+          <t>Kalp Sana Çocuk (Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>319</v>
+        <v>469</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259418735</t>
+          <t>9786259586397</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Ayini</t>
+          <t>Zamanın Gölgesi – 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259418704</t>
+          <t>2786259586394</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çalıntı Sözler</t>
+          <t>Zamanın Gölgesi – 1 (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>319</v>
+        <v>469</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>2786259739172</t>
+          <t>9786259586304</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kalp Sana Çocuk (Kutu Set) (Ciltli)</t>
+          <t>Verakko'yu Kurtarmak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>469</v>
+        <v>319</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259739175</t>
+          <t>9786259586342</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kalp Sana Çocuk (Ciltli)</t>
+          <t>Eğer Biz Olsaydık</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>399</v>
+        <v>319</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>2786259739134</t>
+          <t>2786258429807</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çiçeği (Kutulu Set) (Ciltli)</t>
+          <t>Kazazede - 3 (Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>449</v>
+        <v>489</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259739137</t>
+          <t>9786259586366</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çiçeği (Ciltli)</t>
+          <t>Kazazede - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>389</v>
+        <v>419</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259739144</t>
+          <t>9786259586380</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tülün Ardında Kalan (Ciltli)</t>
+          <t>Kazazede - 3</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>379</v>
+        <v>369</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>2786259739158</t>
+          <t>2786259586370</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Persona - 2 (Kutulu Set - Defterli) (Ciltli)</t>
+          <t>Saklı – Yasaklı - Bağlı (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>449</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9999900009099</t>
+          <t>9786259586373</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Persona - 2 (Kutulu Set - Deftersiz) (Ciltli)</t>
+          <t>Bağlı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>399</v>
+        <v>339</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259739151</t>
+          <t>9786259586359</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Persona - 2 (Ciltli)</t>
+          <t>Bağlı (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>2780000009118</t>
+          <t>9786259586335</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Su Tanrısı’nın Gelini - 1 (Kutulu Set) (Ciltli)</t>
+          <t>Kutlu Olsun - 3</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>449</v>
+        <v>339</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259739120</t>
+          <t>2786259586332</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Su Tanrısı’nın Gelini - 1 (Ciltli)</t>
+          <t>Kutlu Olsun 1-2-3 (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>389</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259520896</t>
+          <t>9786259586328</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz - 1 (Ciltli)</t>
+          <t>Kutlu Olsun - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>2786669520094</t>
+          <t>4440000004526</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz - 1 Kutulu Set (Ciltli)</t>
+          <t>Bir Gönül Davası (İmzalı Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>2785226157650</t>
+          <t>9786259739182</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Black Out (Kutulu Set) (Ciltli)</t>
+          <t>Son Bir Dilek</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>449</v>
+        <v>319</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259520889</t>
+          <t>9786259586311</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Seher Yeli - 2 Düğüm (Ciltli)</t>
+          <t>Beklenmedik Anda (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>389</v>
+        <v>399</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259520872</t>
+          <t>2786259586318</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Seher Yeli - 1 Sürgün (Ciltli)</t>
+          <t>Beklenmedik Anda (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>389</v>
+        <v>469</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>2780009520003</t>
+          <t>9990010000199</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Seher Yeli - 1 ve 2 Kutulu Set (Ciltli)</t>
+          <t>Beklenmedik Anda (Pleksi Ayraçlı Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>898</v>
+        <v>469</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259961187</t>
+          <t>2786259739110</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört - 1</t>
+          <t>İzler Kalır - 2 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>339</v>
+        <v>469</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259499574</t>
+          <t>9786259739199</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı</t>
+          <t>İzler Kalır - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>339</v>
+        <v>399</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259839370</t>
+          <t>9786259739113</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Saklı (Ciltli)</t>
+          <t>Tüm Küçük Yağmur Damlaları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>389</v>
+        <v>319</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259961194</t>
+          <t>9786259739168</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört - 1 (Ciltli)</t>
+          <t>Bana Bir Neden Ver</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>389</v>
+        <v>319</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259961163</t>
+          <t>9786259739106</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Persona - 1 (Ciltli)</t>
+          <t>Hundreds</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>389</v>
+        <v>319</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>2781710910121</t>
+          <t>9786259499529</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Mahi 1 - (Kutu Set) (Ciltli)</t>
+          <t>Kazazede – 2</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>469</v>
+        <v>359</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259520858</t>
+          <t>9786259839356</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mahi 1 (Ciltli)</t>
+          <t>Kutlu Olsun - 1</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>399</v>
+        <v>339</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>2780009520065</t>
+          <t>9786259839325</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İzler Kalır - 1 (Kutulu Set) (Ciltli)</t>
+          <t>Tek Vuruş</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>449</v>
+        <v>319</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259520865</t>
+          <t>9786259418735</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İzler Kalır - 1 (Ciltli)</t>
+          <t>Gece Yarısı Ayini</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259520841</t>
+          <t>9786259418704</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 2</t>
+          <t>Çalıntı Sözler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>339</v>
+        <v>319</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259520834</t>
+          <t>2786259739172</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 2 (Ciltli)</t>
+          <t>Kalp Sana Çocuk (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>389</v>
+        <v>469</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259824772</t>
+          <t>9786259739175</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Acı Çikolata - 2</t>
+          <t>Kalp Sana Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>339</v>
+        <v>399</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>2785220007326</t>
+          <t>2786259739134</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Acı Çikolata - 2 (Kutulu Set) (Ciltli)</t>
+          <t>Sevda Çiçeği (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259824765</t>
+          <t>9786259739137</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Acı Çikolata - 2 (Ciltli)</t>
+          <t>Sevda Çiçeği (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259520803</t>
+          <t>9786259739144</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Uygunsuz</t>
+          <t>Tülün Ardında Kalan (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>319</v>
+        <v>379</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259499581</t>
+          <t>2786259739158</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Stinger</t>
+          <t>Persona - 2 (Kutulu Set - Defterli) (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>319</v>
+        <v>449</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259520827</t>
+          <t>9999900009099</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Luka’yı Bulmak</t>
+          <t>Persona - 2 (Kutulu Set - Deftersiz) (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>319</v>
+        <v>399</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259520810</t>
+          <t>9786259739151</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kalp Attığı Sürece</t>
+          <t>Persona - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>319</v>
+        <v>389</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>2786259400096</t>
+          <t>2780000009118</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kıyı Güneşi (Ciltli Kutu Set)</t>
+          <t>Su Tanrısı’nın Gelini - 1 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259499598</t>
+          <t>9786259739120</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kıyı Güneşi (Ciltli)</t>
+          <t>Su Tanrısı’nın Gelini - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259499536</t>
+          <t>9786259520896</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı (Ciltli)</t>
+          <t>Gölgesiz - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259499567</t>
+          <t>2786669520094</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dollars</t>
+          <t>Gölgesiz - 1 Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>319</v>
+        <v>449</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259499550</t>
+          <t>2785226157650</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>En Mükemmel Hatam</t>
+          <t>Black Out (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>319</v>
+        <v>449</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259499543</t>
+          <t>9786259520889</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Aşkın İlk Kıvılcımı</t>
+          <t>Seher Yeli - 2 Düğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259824710</t>
+          <t>9786259520872</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Düşen Korlar</t>
+          <t>Seher Yeli - 1 Sürgün (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>319</v>
+        <v>389</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259499505</t>
+          <t>2780009520003</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İnferno - 1 (Ciltli)</t>
+          <t>Seher Yeli - 1 ve 2 Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>389</v>
+        <v>898</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>2780221017329</t>
+          <t>9786259961187</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İnferno - 1 (Ciltli Kutulu Set)</t>
+          <t>Doksan Artı Dört - 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>449</v>
+        <v>339</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>2785220009511</t>
+          <t>9786259499574</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 2 (Kutulu Set) (Ciltli)</t>
+          <t>Yasaklı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>469</v>
+        <v>339</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259499512</t>
+          <t>9786259839370</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kazazede – 2 (Ciltli)</t>
+          <t>Saklı (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>399</v>
+        <v>389</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259824789</t>
+          <t>9786259961194</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Düşmanlar</t>
+          <t>Doksan Artı Dört - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>319</v>
+        <v>389</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259824758</t>
+          <t>9786259961163</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Blackout - 1 (Ciltli)</t>
+          <t>Persona - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259961170</t>
+          <t>2781710910121</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Duygusuz</t>
+          <t>Mahi 1 - (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>319</v>
+        <v>469</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259824796</t>
+          <t>9786259520858</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Travis</t>
+          <t>Mahi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>319</v>
+        <v>399</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259824727</t>
+          <t>2780009520065</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bize Geri Dön</t>
+          <t>İzler Kalır - 1 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>319</v>
+        <v>449</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259839387</t>
+          <t>9786259520865</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Numara</t>
+          <t>İzler Kalır - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>319</v>
+        <v>389</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>2789701705701</t>
+          <t>9786259520841</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört - 2 (Kutulu Set) (Ciltli)</t>
+          <t>Kutlu Olsun - 2</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>449</v>
+        <v>339</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259824741</t>
+          <t>9786259520834</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört - 2</t>
+          <t>Kutlu Olsun - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>339</v>
+        <v>389</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259824734</t>
+          <t>9786259824772</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört - 2 (Ciltli)</t>
+          <t>Acı Çikolata - 2</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>389</v>
+        <v>339</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259824703</t>
+          <t>2785220007326</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tadında Aşk Var (Ciltli)</t>
+          <t>Acı Çikolata - 2 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>399</v>
+        <v>449</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259839394</t>
+          <t>9786259824765</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Theo’yu Seçmek</t>
+          <t>Acı Çikolata - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>319</v>
+        <v>389</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>2785226255941</t>
+          <t>9786259520803</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 1 (Kutulu Set) (Ciltli)</t>
+          <t>Uygunsuz</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>449</v>
+        <v>319</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259839363</t>
+          <t>9786259499581</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 1 (Ciltli)</t>
+          <t>Stinger</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>389</v>
+        <v>319</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259839349</t>
+          <t>9786259520827</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 1</t>
+          <t>Luka’yı Bulmak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>359</v>
+        <v>319</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259839332</t>
+          <t>9786259520810</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 1 (Ciltli)</t>
+          <t>Kalp Attığı Sürece</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>399</v>
+        <v>319</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>2784813904400</t>
+          <t>2786259400096</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 1 (Kutulu Set) (Ciltli)</t>
+          <t>Kıyı Güneşi (Ciltli Kutu Set)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>469</v>
+        <v>449</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259839318</t>
+          <t>9786259499598</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Pennies</t>
+          <t>Kıyı Güneşi (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>319</v>
+        <v>389</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259418797</t>
+          <t>9786259499536</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Rahip</t>
+          <t>Yasaklı (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>319</v>
+        <v>389</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>2785947111726</t>
+          <t>9786259499567</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Uyumadan Önce Tuttuğum Dilek (Kutulu)</t>
+          <t>Dollars</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>369</v>
+        <v>319</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259839301</t>
+          <t>9786259499550</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Uyumadan Önce Tuttuğum Dilek</t>
+          <t>En Mükemmel Hatam</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>339</v>
+        <v>319</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786259418742</t>
+          <t>9786259499543</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül Davası (Ciltli)</t>
+          <t>Aşkın İlk Kıvılcımı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>2781181182188</t>
+          <t>9786259824710</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül Davası (Kutulu Set) (Ciltli)</t>
+          <t>Düşen Korlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>449</v>
+        <v>319</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786259418773</t>
+          <t>9786259499505</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çiçeği</t>
+          <t>İnferno - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>339</v>
+        <v>389</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786259418780</t>
+          <t>2780221017329</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Düşmanım ile Aşkın Bilimsel Rekabeti</t>
+          <t>İnferno - 1 (Ciltli Kutulu Set)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>319</v>
+        <v>449</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786259418766</t>
+          <t>2785220009511</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış Yıldızlar</t>
+          <t>Kazazede - 2 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>319</v>
+        <v>469</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786259418759</t>
+          <t>9786259499512</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>Kazazede – 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>329</v>
+        <v>399</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259418728</t>
+          <t>9786259824789</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kör Atış</t>
+          <t>Düşmanlar</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>319</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259961156</t>
+          <t>9786259824758</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Persona - 1</t>
+          <t>Blackout - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>339</v>
+        <v>389</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259961149</t>
+          <t>9786259961170</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bayan Doğru ile Sahte Randevu</t>
+          <t>Duygusuz</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>319</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786259961125</t>
+          <t>9786259824796</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Acı Çikolata - 1 (Ciltli)</t>
+          <t>Travis</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>389</v>
+        <v>319</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786259961101</t>
+          <t>9786259824727</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Acı Çikolata - 1</t>
+          <t>Bize Geri Dön</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>339</v>
+        <v>319</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
+          <t>9786259839387</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Yanlış Numara</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>2789701705701</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Doksan Artı Dört - 2 (Kutulu Set) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786259824741</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Doksan Artı Dört - 2</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786259824734</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Doksan Artı Dört - 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786259824703</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Tadında Aşk Var (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786259839394</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Theo’yu Seçmek</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>2785226255941</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Kutlu Olsun - 1 (Kutulu Set) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786259839363</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Kutlu Olsun - 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786259839349</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Kazazede - 1</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786259839332</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Kazazede - 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>2784813904400</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Kazazede - 1 (Kutulu Set) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786259839318</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Pennies</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786259418797</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Rahip</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>2785947111726</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Uyumadan Önce Tuttuğum Dilek (Kutulu)</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786259839301</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Uyumadan Önce Tuttuğum Dilek</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786259418742</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gönül Davası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>2781181182188</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gönül Davası (Kutulu Set) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786259418773</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Sevda Çiçeği</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786259418780</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Düşmanım ile Aşkın Bilimsel Rekabeti</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786259418766</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Parçalanmış Yıldızlar</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786259418759</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Lanetli</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786259418728</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Kör Atış</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786259961156</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Persona - 1</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786259961149</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Bayan Doğru ile Sahte Randevu</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786259961125</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Acı Çikolata - 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786259961101</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Acı Çikolata - 1</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
           <t>9786259961118</t>
         </is>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Gizli Vuruş</t>
         </is>
       </c>
-      <c r="C135" s="1">
+      <c r="C161" s="1">
         <v>319</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>