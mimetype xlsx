--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,2440 +85,2680 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>2786258718321</t>
+          <t>9786258718072</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Persona (3 Kitaplık Kutu Set - Kolyeli) (Ciltli)</t>
+          <t>Şafak Vurgunu – 1 (Kenar Boyamalı)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1399</v>
+        <v>599</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2786258718000</t>
+          <t>2786258718079</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Persona (3 Kitaplık Kutu Set) (Ciltli)</t>
+          <t>Şafak Vurgunu – 1 (Kenar Boyamalı-Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1319</v>
+        <v>769</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>2786258718017</t>
+          <t>9786258718065</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Persona - 3 (Kolyeli) (Ciltli)</t>
+          <t>Şafak Vurgunu – 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>479</v>
+        <v>529</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258718010</t>
+          <t>2786258718062</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Persona - 3 (Ciltli)</t>
+          <t>Şafak Vurgunu – 1 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>399</v>
+        <v>699</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259629179</t>
+          <t>9786258718058</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Beni Geride Bırak (Ciltli)</t>
+          <t>Ay Işığı ve Yakamoz (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>389</v>
+        <v>519</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259381244</t>
+          <t>2786258718055</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Bıçak (Ciltli)</t>
+          <t>Ay Işığı ve Yakamoz (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>389</v>
+        <v>629</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259381299</t>
+          <t>2786258718307</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Aşka Düşüş 1 (Ciltli)</t>
+          <t>Gölgesiz - 2 (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>399</v>
+        <v>629</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2786259381296</t>
+          <t>9786258718041</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aşka Düşüş 1 - Kutulu (Ciltli)</t>
+          <t>Gölgesiz - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>469</v>
+        <v>519</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259381268</t>
+          <t>9786258718027</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Zora Sarıldık - 1 (Ciltli)</t>
+          <t>Kızıltepe - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>399</v>
+        <v>519</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>2786259381265</t>
+          <t>9786258718023</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Zora Sarıldık - 1 (Kutulu Set) (Ciltli)</t>
+          <t>Kızıltepe - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>469</v>
+        <v>519</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259381237</t>
+          <t>9786259629100</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gölgesi (Ciltli)</t>
+          <t>Kızıl Gerdan (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>399</v>
+        <v>519</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259381220</t>
+          <t>2780010000037</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Kalbi (Ciltli)</t>
+          <t>Yasaklı (Ciltli Kutu Set)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>399</v>
+        <v>629</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>2786259381227</t>
+          <t>2785226157651</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Kalbi - Kutulu Set (Ciltli)</t>
+          <t>Blackout - 1 Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>469</v>
+        <v>629</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259381251</t>
+          <t>9786259418711</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Kovan Kuşu 1 (Ciltli)</t>
+          <t>Saklı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>399</v>
+        <v>379</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>2786259381258</t>
+          <t>9786259629148</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Kovan Kuşu 1 - Kutulu Set (Ciltli)</t>
+          <t>Older</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>469</v>
+        <v>359</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>2786250000080</t>
+          <t>9786259381275</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İnferno (3 Kitap Takım) (Ciltli)</t>
+          <t>Millions</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1319</v>
+        <v>359</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>2786259629114</t>
+          <t>2786258718321</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İnferno 3 (Kolyeli) (Ciltli)</t>
+          <t>Persona (3 Kitaplık Kutu Set - Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>479</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259629186</t>
+          <t>2786258718000</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İnferno 3 (Ciltli)</t>
+          <t>Persona (3 Kitaplık Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>399</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>2786259629183</t>
+          <t>2786258718017</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İnferno (3 Kitap Takım) (Ciltli)</t>
+          <t>Persona - 3 (Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1399</v>
+        <v>599</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259381213</t>
+          <t>9786258718010</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zaman Alevi 1 (Ciltli)</t>
+          <t>Persona - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>399</v>
+        <v>519</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>2786259381210</t>
+          <t>9786259629179</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zaman Alevi 1 (Kutulu Set) (Ciltli)</t>
+          <t>Beni Geride Bırak (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>469</v>
+        <v>499</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>2786259383634</t>
+          <t>9786259381244</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kazazede (4 Kitap Yan Boyamalı Kutulu) (Ciltli)</t>
+          <t>Kalbimdeki Bıçak (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>2499</v>
+        <v>499</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>2786259381203</t>
+          <t>9786259381299</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kazazede (4 Kitap Kutulu) (Ciltli)</t>
+          <t>Aşka Düşüş 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1999</v>
+        <v>519</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>2786259629190</t>
+          <t>2786259381296</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 4 (Kutulu Set) (Ciltli)</t>
+          <t>Aşka Düşüş 1 - Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>559</v>
+        <v>629</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259629193</t>
+          <t>9786259381268</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 4 (Ciltli)</t>
+          <t>Zora Sarıldık - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>429</v>
+        <v>519</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259381206</t>
+          <t>2786259381265</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 4</t>
+          <t>Zora Sarıldık - 1 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>379</v>
+        <v>629</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259629155</t>
+          <t>9786259381237</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış</t>
+          <t>Zamanın Gölgesi (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>2786259629176</t>
+          <t>9786259381220</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mahi 2 (Kutu Set+Pleksi Bardak Altlığı) (Ciltli)</t>
+          <t>Karanlığın Kalbi (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>469</v>
+        <v>519</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>2786259629169</t>
+          <t>2786259381227</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mahi 2 (Kutu Set) (Ciltli)</t>
+          <t>Karanlığın Kalbi - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>469</v>
+        <v>629</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259629162</t>
+          <t>9786259381251</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mahi 2 (Ciltli)</t>
+          <t>Hüzün Kovan Kuşu 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>399</v>
+        <v>519</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>2782786321217</t>
+          <t>2786259381258</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kemikler Meclisi Serisi (2 Kitap) - Cadılar Meclisi ve Lanetli</t>
+          <t>Hüzün Kovan Kuşu 1 - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>679</v>
+        <v>629</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259961132</t>
+          <t>2786250000080</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Meclisi</t>
+          <t>İnferno (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>319</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259629124</t>
+          <t>2786259629114</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Birlikte</t>
+          <t>İnferno 3 (Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>319</v>
+        <v>599</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>2786259629138</t>
+          <t>9786259629186</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Nakavt (Kutu Set) (Ciltli)</t>
+          <t>İnferno 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>469</v>
+        <v>519</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259629131</t>
+          <t>2786259629183</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Nakavt (Ciltli)</t>
+          <t>İnferno (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>399</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259629117</t>
+          <t>9786259381213</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Su Tanrısı'nın Gelini - 2 (Ciltli)</t>
+          <t>Zaman Alevi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>399</v>
+        <v>519</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259612850</t>
+          <t>2786259381210</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yasak Atış</t>
+          <t>Zaman Alevi 1 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>319</v>
+        <v>629</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>2786259520831</t>
+          <t>2786259383634</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İzler Kalır - 1 (Kolyeli) (Ciltli)</t>
+          <t>Kazazede (4 Kitap Yan Boyamalı Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>489</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>2786259520862</t>
+          <t>2786259381203</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İzler Kalır - 1 (Kolyeli - Kutu Set) (Ciltli)</t>
+          <t>Kazazede (4 Kitap Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>539</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259612836</t>
+          <t>2786259629190</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Thousands</t>
+          <t>Kazazede - 4 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>319</v>
+        <v>699</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259612898</t>
+          <t>9786259629193</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Günahkar</t>
+          <t>Kazazede - 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259612829</t>
+          <t>9786259381206</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Koynunda (Ciltli)</t>
+          <t>Kazazede - 4</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259612881</t>
+          <t>9786259629155</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Virane Düşler (Ciltli)</t>
+          <t>Parçalanmış</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>399</v>
+        <v>359</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>2786259620012</t>
+          <t>2786259629176</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çizgi İhlali (Kutu Set Kolyeli) (Ciltli)</t>
+          <t>Mahi 2 (Kutu Set+Pleksi Bardak Altlığı) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>549</v>
+        <v>469</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>2786259612871</t>
+          <t>2786259629169</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çizgi İhlali (Kutulu Set) (Ciltli)</t>
+          <t>Mahi 2 (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>469</v>
+        <v>629</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>2780009612874</t>
+          <t>9786259629162</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çizgi İhlali (Kolyeli) (Ciltli)</t>
+          <t>Mahi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>479</v>
+        <v>519</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259612874</t>
+          <t>2782786321217</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çizgi İhlali (Ciltli)</t>
+          <t>Kemikler Meclisi Serisi (2 Kitap) - Cadılar Meclisi ve Lanetli</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>399</v>
+        <v>749</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>2780017190366</t>
+          <t>9786259961132</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tadında Aşk Var (Kutu Set) (Ciltli)</t>
+          <t>Cadılar Meclisi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>469</v>
+        <v>359</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259612843</t>
+          <t>9786259629124</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Lotus</t>
+          <t>Sonsuza Dek Birlikte</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>319</v>
+        <v>359</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>2786259612864</t>
+          <t>2786259629138</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Beni Geride Bırak (Kutulu Set) (Ciltli)</t>
+          <t>Nakavt (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>449</v>
+        <v>629</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259612867</t>
+          <t>9786259629131</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Beni Geride Bırak (Ciltli)</t>
+          <t>Nakavt (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>389</v>
+        <v>519</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259612812</t>
+          <t>9786259629117</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Blackout - 2 (Ciltli)</t>
+          <t>Su Tanrısı'nın Gelini - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>399</v>
+        <v>519</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>2786259612819</t>
+          <t>9786259612850</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Blackout 1-2 (Ciltli)</t>
+          <t>Yasak Atış</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>898</v>
+        <v>359</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259612805</t>
+          <t>2786259520831</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İnferno - 2 (Ciltli)</t>
+          <t>İzler Kalır - 1 (Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>399</v>
+        <v>599</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9999880101001</t>
+          <t>2786259520862</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kalp Sana Çocuk (Kolyeli) (Ciltli)</t>
+          <t>İzler Kalır - 1 (Kolyeli - Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>469</v>
+        <v>699</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259586397</t>
+          <t>9786259612836</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gölgesi – 1 (Ciltli)</t>
+          <t>Thousands</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>399</v>
+        <v>359</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>2786259586394</t>
+          <t>9786259612898</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gölgesi – 1 (Kutu Set) (Ciltli)</t>
+          <t>Günahkar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>469</v>
+        <v>359</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259586304</t>
+          <t>9786259612829</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Verakko'yu Kurtarmak</t>
+          <t>Ateşin Koynunda (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259586342</t>
+          <t>9786259612881</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Eğer Biz Olsaydık</t>
+          <t>Virane Düşler (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>2786258429807</t>
+          <t>2786259620012</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 3 (Kolyeli) (Ciltli)</t>
+          <t>Çizgi İhlali (Kutu Set Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>489</v>
+        <v>699</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259586366</t>
+          <t>2786259612871</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 3 (Ciltli)</t>
+          <t>Çizgi İhlali (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>419</v>
+        <v>629</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259586380</t>
+          <t>2780009612874</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 3</t>
+          <t>Çizgi İhlali (Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>369</v>
+        <v>599</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>2786259586370</t>
+          <t>9786259612874</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Saklı – Yasaklı - Bağlı (Kutulu Set) (Ciltli)</t>
+          <t>Çizgi İhlali (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1365</v>
+        <v>519</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259586373</t>
+          <t>2780017190366</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bağlı</t>
+          <t>Tadında Aşk Var (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>339</v>
+        <v>629</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259586359</t>
+          <t>9786259612843</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bağlı (Ciltli)</t>
+          <t>Lotus</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>389</v>
+        <v>359</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259586335</t>
+          <t>2786259612864</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 3</t>
+          <t>Beni Geride Bırak (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>339</v>
+        <v>599</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>2786259586332</t>
+          <t>9786259612867</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun 1-2-3 (Ciltli)</t>
+          <t>Beni Geride Bırak (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>1365</v>
+        <v>499</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259586328</t>
+          <t>9786259612812</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 3 (Ciltli)</t>
+          <t>Blackout - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>389</v>
+        <v>519</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>4440000004526</t>
+          <t>2786259612819</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül Davası (İmzalı Kutulu Set) (Ciltli)</t>
+          <t>Blackout 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>449</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259739182</t>
+          <t>9786259612805</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Son Bir Dilek</t>
+          <t>İnferno - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259586311</t>
+          <t>9999880101001</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Anda (Ciltli)</t>
+          <t>Kalp Sana Çocuk (Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>399</v>
+        <v>599</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>2786259586318</t>
+          <t>9786259586397</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Anda (Kutu Set) (Ciltli)</t>
+          <t>Zamanın Gölgesi – 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>469</v>
+        <v>519</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9990010000199</t>
+          <t>2786259586394</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Anda (Pleksi Ayraçlı Kutulu Set) (Ciltli)</t>
+          <t>Zamanın Gölgesi – 1 (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>469</v>
+        <v>629</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>2786259739110</t>
+          <t>9786259586304</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İzler Kalır - 2 (Kutulu Set) (Ciltli)</t>
+          <t>Verakko'yu Kurtarmak</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>469</v>
+        <v>359</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259739199</t>
+          <t>9786259586342</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İzler Kalır - 2 (Ciltli)</t>
+          <t>Eğer Biz Olsaydık</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>399</v>
+        <v>359</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259739113</t>
+          <t>2786258429807</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tüm Küçük Yağmur Damlaları</t>
+          <t>Kazazede - 3 (Kolyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>319</v>
+        <v>599</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259739168</t>
+          <t>9786259586366</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Neden Ver</t>
+          <t>Kazazede - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259739106</t>
+          <t>9786259586380</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hundreds</t>
+          <t>Kazazede - 3</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>319</v>
+        <v>399</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259499529</t>
+          <t>2786259586370</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kazazede – 2</t>
+          <t>Saklı – Yasaklı - Bağlı (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>359</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259839356</t>
+          <t>9786259586373</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 1</t>
+          <t>Bağlı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>339</v>
+        <v>379</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259839325</t>
+          <t>9786259586359</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tek Vuruş</t>
+          <t>Bağlı (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259418735</t>
+          <t>9786259586335</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Ayini</t>
+          <t>Kutlu Olsun - 3</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>299</v>
+        <v>379</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259418704</t>
+          <t>2786259586332</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çalıntı Sözler</t>
+          <t>Kutlu Olsun 1-2-3 (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>319</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>2786259739172</t>
+          <t>9786259586328</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kalp Sana Çocuk (Kutu Set) (Ciltli)</t>
+          <t>Kutlu Olsun - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>469</v>
+        <v>519</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259739175</t>
+          <t>4440000004526</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kalp Sana Çocuk (Ciltli)</t>
+          <t>Bir Gönül Davası (İmzalı Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>399</v>
+        <v>449</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>2786259739134</t>
+          <t>9786259739182</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çiçeği (Kutulu Set) (Ciltli)</t>
+          <t>Son Bir Dilek</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>449</v>
+        <v>359</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259739137</t>
+          <t>9786259586311</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çiçeği (Ciltli)</t>
+          <t>Beklenmedik Anda (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>389</v>
+        <v>519</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259739144</t>
+          <t>2786259586318</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Tülün Ardında Kalan (Ciltli)</t>
+          <t>Beklenmedik Anda (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>379</v>
+        <v>629</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>2786259739158</t>
+          <t>9990010000199</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Persona - 2 (Kutulu Set - Defterli) (Ciltli)</t>
+          <t>Beklenmedik Anda (Pleksi Ayraçlı Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>449</v>
+        <v>469</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9999900009099</t>
+          <t>2786259739110</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Persona - 2 (Kutulu Set - Deftersiz) (Ciltli)</t>
+          <t>İzler Kalır - 2 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>399</v>
+        <v>629</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259739151</t>
+          <t>9786259739199</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Persona - 2 (Ciltli)</t>
+          <t>İzler Kalır - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>389</v>
+        <v>519</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>2780000009118</t>
+          <t>9786259739113</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Su Tanrısı’nın Gelini - 1 (Kutulu Set) (Ciltli)</t>
+          <t>Tüm Küçük Yağmur Damlaları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>449</v>
+        <v>359</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259739120</t>
+          <t>9786259739168</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Su Tanrısı’nın Gelini - 1 (Ciltli)</t>
+          <t>Bana Bir Neden Ver</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>389</v>
+        <v>359</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259520896</t>
+          <t>9786259739106</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz - 1 (Ciltli)</t>
+          <t>Hundreds</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>389</v>
+        <v>359</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>2786669520094</t>
+          <t>9786259499529</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz - 1 Kutulu Set (Ciltli)</t>
+          <t>Kazazede – 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>449</v>
+        <v>399</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>2785226157650</t>
+          <t>9786259839356</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Black Out (Kutulu Set) (Ciltli)</t>
+          <t>Kutlu Olsun - 1</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>449</v>
+        <v>379</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259520889</t>
+          <t>9786259839325</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Seher Yeli - 2 Düğüm (Ciltli)</t>
+          <t>Tek Vuruş</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>389</v>
+        <v>359</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259520872</t>
+          <t>9786259418735</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Seher Yeli - 1 Sürgün (Ciltli)</t>
+          <t>Gece Yarısı Ayini</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>389</v>
+        <v>339</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>2780009520003</t>
+          <t>9786259418704</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Seher Yeli - 1 ve 2 Kutulu Set (Ciltli)</t>
+          <t>Çalıntı Sözler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>898</v>
+        <v>359</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259961187</t>
+          <t>2786259739172</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört - 1</t>
+          <t>Kalp Sana Çocuk (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>339</v>
+        <v>629</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259499574</t>
+          <t>9786259739175</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı</t>
+          <t>Kalp Sana Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>339</v>
+        <v>519</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259839370</t>
+          <t>2786259739134</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Saklı (Ciltli)</t>
+          <t>Sevda Çiçeği (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>389</v>
+        <v>629</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259961194</t>
+          <t>9786259739137</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört - 1 (Ciltli)</t>
+          <t>Sevda Çiçeği (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>389</v>
+        <v>519</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259961163</t>
+          <t>9786259739144</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Persona - 1 (Ciltli)</t>
+          <t>Tülün Ardında Kalan (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>389</v>
+        <v>499</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>2781710910121</t>
+          <t>2786259739158</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mahi 1 - (Kutu Set) (Ciltli)</t>
+          <t>Persona - 2 (Kutulu Set - Defterli) (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>469</v>
+        <v>629</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259520858</t>
+          <t>9999900009099</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mahi 1 (Ciltli)</t>
+          <t>Persona - 2 (Kutulu Set - Deftersiz) (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>2780009520065</t>
+          <t>9786259739151</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İzler Kalır - 1 (Kutulu Set) (Ciltli)</t>
+          <t>Persona - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>449</v>
+        <v>519</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259520865</t>
+          <t>2780000009118</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İzler Kalır - 1 (Ciltli)</t>
+          <t>Su Tanrısı’nın Gelini - 1 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>389</v>
+        <v>629</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259520841</t>
+          <t>9786259739120</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 2</t>
+          <t>Su Tanrısı’nın Gelini - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>339</v>
+        <v>519</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259520834</t>
+          <t>9786259520896</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 2 (Ciltli)</t>
+          <t>Gölgesiz - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>389</v>
+        <v>519</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259824772</t>
+          <t>2786669520094</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Acı Çikolata - 2</t>
+          <t>Gölgesiz - 1 Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>339</v>
+        <v>629</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>2785220007326</t>
+          <t>2785226157650</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Acı Çikolata - 2 (Kutulu Set) (Ciltli)</t>
+          <t>Black Out (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259824765</t>
+          <t>9786259520889</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Acı Çikolata - 2 (Ciltli)</t>
+          <t>Seher Yeli - 2 Düğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>389</v>
+        <v>519</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259520803</t>
+          <t>9786259520872</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Uygunsuz</t>
+          <t>Seher Yeli - 1 Sürgün (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259499581</t>
+          <t>2780009520003</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Stinger</t>
+          <t>Seher Yeli - 1 ve 2 Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>319</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259520827</t>
+          <t>9786259961187</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Luka’yı Bulmak</t>
+          <t>Doksan Artı Dört - 1</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>319</v>
+        <v>379</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259520810</t>
+          <t>9786259499574</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kalp Attığı Sürece</t>
+          <t>Yasaklı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>319</v>
+        <v>379</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>2786259400096</t>
+          <t>9786259839370</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kıyı Güneşi (Ciltli Kutu Set)</t>
+          <t>Saklı (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>449</v>
+        <v>519</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259499598</t>
+          <t>9786259961194</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kıyı Güneşi (Ciltli)</t>
+          <t>Doksan Artı Dört - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>389</v>
+        <v>519</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259499536</t>
+          <t>9786259961163</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı (Ciltli)</t>
+          <t>Persona - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>389</v>
+        <v>519</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259499567</t>
+          <t>2781710910121</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dollars</t>
+          <t>Mahi 1 - (Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>319</v>
+        <v>629</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259499550</t>
+          <t>9786259520858</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>En Mükemmel Hatam</t>
+          <t>Mahi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786259499543</t>
+          <t>2780009520065</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Aşkın İlk Kıvılcımı</t>
+          <t>İzler Kalır - 1 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>299</v>
+        <v>629</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786259824710</t>
+          <t>9786259520865</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Düşen Korlar</t>
+          <t>İzler Kalır - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786259499505</t>
+          <t>9786259520841</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İnferno - 1 (Ciltli)</t>
+          <t>Kutlu Olsun - 2</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>389</v>
+        <v>379</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>2780221017329</t>
+          <t>9786259520834</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İnferno - 1 (Ciltli Kutulu Set)</t>
+          <t>Kutlu Olsun - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>449</v>
+        <v>519</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>2785220009511</t>
+          <t>9786259824772</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 2 (Kutulu Set) (Ciltli)</t>
+          <t>Acı Çikolata - 2</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>469</v>
+        <v>379</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786259499512</t>
+          <t>2785220007326</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kazazede – 2 (Ciltli)</t>
+          <t>Acı Çikolata - 2 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>399</v>
+        <v>629</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259824789</t>
+          <t>9786259824765</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Düşmanlar</t>
+          <t>Acı Çikolata - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259824758</t>
+          <t>9786259520803</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Blackout - 1 (Ciltli)</t>
+          <t>Uygunsuz</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>389</v>
+        <v>359</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259961170</t>
+          <t>9786259499581</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Duygusuz</t>
+          <t>Stinger</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>319</v>
+        <v>359</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786259824796</t>
+          <t>9786259520827</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Travis</t>
+          <t>Luka’yı Bulmak</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>319</v>
+        <v>359</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786259824727</t>
+          <t>9786259520810</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bize Geri Dön</t>
+          <t>Kalp Attığı Sürece</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>319</v>
+        <v>359</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786259839387</t>
+          <t>2786259400096</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Numara</t>
+          <t>Kıyı Güneşi (Ciltli Kutu Set)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>319</v>
+        <v>629</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>2789701705701</t>
+          <t>9786259499598</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört - 2 (Kutulu Set) (Ciltli)</t>
+          <t>Kıyı Güneşi (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>449</v>
+        <v>519</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786259824741</t>
+          <t>9786259499536</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört - 2</t>
+          <t>Yasaklı (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>339</v>
+        <v>519</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786259824734</t>
+          <t>9786259499567</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Doksan Artı Dört - 2 (Ciltli)</t>
+          <t>Dollars</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>389</v>
+        <v>359</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786259824703</t>
+          <t>9786259499550</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tadında Aşk Var (Ciltli)</t>
+          <t>En Mükemmel Hatam</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>399</v>
+        <v>359</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259839394</t>
+          <t>9786259499543</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Theo’yu Seçmek</t>
+          <t>Aşkın İlk Kıvılcımı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>319</v>
+        <v>339</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>2785226255941</t>
+          <t>9786259824710</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 1 (Kutulu Set) (Ciltli)</t>
+          <t>Düşen Korlar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>449</v>
+        <v>359</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786259839363</t>
+          <t>9786259499505</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Olsun - 1 (Ciltli)</t>
+          <t>İnferno - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>389</v>
+        <v>519</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786259839349</t>
+          <t>2780221017329</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 1</t>
+          <t>İnferno - 1 (Ciltli Kutulu Set)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>359</v>
+        <v>629</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259839332</t>
+          <t>2785220009511</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 1 (Ciltli)</t>
+          <t>Kazazede - 2 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>399</v>
+        <v>629</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>2784813904400</t>
+          <t>9786259499512</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kazazede - 1 (Kutulu Set) (Ciltli)</t>
+          <t>Kazazede – 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>469</v>
+        <v>519</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786259839318</t>
+          <t>9786259824789</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Pennies</t>
+          <t>Düşmanlar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>319</v>
+        <v>359</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786259418797</t>
+          <t>9786259824758</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Rahip</t>
+          <t>Blackout - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>2785947111726</t>
+          <t>9786259961170</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Uyumadan Önce Tuttuğum Dilek (Kutulu)</t>
+          <t>Duygusuz</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>369</v>
+        <v>359</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786259839301</t>
+          <t>9786259824796</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Uyumadan Önce Tuttuğum Dilek</t>
+          <t>Travis</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>339</v>
+        <v>359</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786259418742</t>
+          <t>9786259824727</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül Davası (Ciltli)</t>
+          <t>Bize Geri Dön</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>389</v>
+        <v>359</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>2781181182188</t>
+          <t>9786259839387</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül Davası (Kutulu Set) (Ciltli)</t>
+          <t>Yanlış Numara</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>449</v>
+        <v>359</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786259418773</t>
+          <t>2789701705701</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çiçeği</t>
+          <t>Doksan Artı Dört - 2 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>339</v>
+        <v>629</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786259418780</t>
+          <t>9786259824741</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Düşmanım ile Aşkın Bilimsel Rekabeti</t>
+          <t>Doksan Artı Dört - 2</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>319</v>
+        <v>379</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786259418766</t>
+          <t>9786259824734</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış Yıldızlar</t>
+          <t>Doksan Artı Dört - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786259418759</t>
+          <t>9786259824703</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>Tadında Aşk Var (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>329</v>
+        <v>519</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786259418728</t>
+          <t>9786259839394</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kör Atış</t>
+          <t>Theo’yu Seçmek</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>319</v>
+        <v>359</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786259961156</t>
+          <t>2785226255941</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Persona - 1</t>
+          <t>Kutlu Olsun - 1 (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>339</v>
+        <v>629</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786259961149</t>
+          <t>9786259839363</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bayan Doğru ile Sahte Randevu</t>
+          <t>Kutlu Olsun - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786259961125</t>
+          <t>9786259839349</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Acı Çikolata - 1 (Ciltli)</t>
+          <t>Kazazede - 1</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>389</v>
+        <v>399</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786259961101</t>
+          <t>9786259839332</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Acı Çikolata - 1</t>
+          <t>Kazazede - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>339</v>
+        <v>519</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
+          <t>2784813904400</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Kazazede - 1 (Kutulu Set) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786259839318</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Pennies</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786259418797</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Rahip</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>2785947111726</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Uyumadan Önce Tuttuğum Dilek (Kutulu)</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786259839301</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Uyumadan Önce Tuttuğum Dilek</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786259418742</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gönül Davası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>2781181182188</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gönül Davası (Kutulu Set) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786259418773</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Sevda Çiçeği</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786259418780</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Düşmanım ile Aşkın Bilimsel Rekabeti</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786259418766</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Parçalanmış Yıldızlar</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786259418759</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Lanetli</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786259418728</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Kör Atış</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786259961156</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Persona - 1</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786259961149</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Bayan Doğru ile Sahte Randevu</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786259961125</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Acı Çikolata - 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786259961101</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Acı Çikolata - 1</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
           <t>9786259961118</t>
         </is>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Gizli Vuruş</t>
         </is>
       </c>
-      <c r="C161" s="1">
-        <v>319</v>
+      <c r="C177" s="1">
+        <v>359</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>