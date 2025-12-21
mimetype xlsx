--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,3625 +85,3700 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057869494</t>
+          <t>9786258035995</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mandala Ayraç / Bahar</t>
+          <t>Kalbim Durmadan Anlatmam Lazım</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258035827</t>
+          <t>9786057869586</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mandala Ayraç / Desenler</t>
+          <t>Mandala Ayraç - Kuşlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>179</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258035810</t>
+          <t>9786057869906</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mandala Ayraç / Motif</t>
+          <t>Mandala Ayraç - Küçük Prens</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>179</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258035803</t>
+          <t>9786258035940</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mandala Ayraç / Renk Cümbüşü</t>
+          <t>Mandala Ayraç - Köpekler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>179</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059491273</t>
+          <t>9786258035957</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Milleti Sadıka’dan 1915 Ermeni Tehcirine Pederimin Anıları</t>
+          <t>Mandala Ayraç - Kediler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>179</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258035926</t>
+          <t>9786057869494</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Evrimi</t>
+          <t>Mandala Ayraç - Bahar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>190</v>
+        <v>179</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058035681</t>
+          <t>9786258035827</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Mandala Ayraç - Desenler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258035933</t>
+          <t>9786258035810</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Peri’nin Gelecek Günlüğü</t>
+          <t>Mandala Ayraç - Motif</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9788659901121</t>
+          <t>9786258035803</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Puslu Mandala Ayraç - Yetişkin Set</t>
+          <t>Mandala Ayraç - Renk Cümbüşü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>2400</v>
+        <v>179</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9787856182647</t>
+          <t>9786059491273</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Puslu Mandala Ayraç - Çocuk Set</t>
+          <t>Milleti Sadıka’dan 1915 Ermeni Tehcirine Pederimin Anıları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>3360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258035872</t>
+          <t>9786258035926</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Puslu Mandala Çocuk Ayraç/ Harfler</t>
+          <t>Aşkın Evrimi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258035889</t>
+          <t>9786058035681</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Puslu Mandala Çocuk Ayraç/ İngilizce Türkçe İlk Kelimelerim</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258035902</t>
+          <t>9786258035933</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Puslu Mandala Çocuk Ayraç / Hayvanlar</t>
+          <t>Peri’nin Gelecek Günlüğü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258035896</t>
+          <t>9788659901121</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Puslu Mandala Çocuk Ayraç/ Taşıtlar</t>
+          <t>Puslu Mandala Ayraç - Yetişkin Set</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258035919</t>
+          <t>9787856182647</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Yaşam</t>
+          <t>Puslu Mandala Ayraç - Çocuk Set</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258035865</t>
+          <t>9786258035872</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamını Arama Yolculuğu</t>
+          <t>Puslu Mandala Çocuk Ayraç - Harfler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258035834</t>
+          <t>9786258035889</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Peri’nin Rüya Günlüğü</t>
+          <t>Puslu Mandala Çocuk Ayraç - İngilizce Türkçe İlk Kelimelerim</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059491778</t>
+          <t>9786258035902</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Define</t>
+          <t>Puslu Mandala Çocuk Ayraç - Hayvanlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057869395</t>
+          <t>9786258035896</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Korku Vadisi</t>
+          <t>Puslu Mandala Çocuk Ayraç - Taşıtlar</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057869302</t>
+          <t>9786258035919</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Kadın ve Yaşam</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057869456</t>
+          <t>9786258035865</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Hayatın Anlamını Arama Yolculuğu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057869104</t>
+          <t>9786258035834</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Leporella</t>
+          <t>Peri’nin Rüya Günlüğü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258035780</t>
+          <t>9786059491778</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygular</t>
+          <t>Define</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258035797</t>
+          <t>9786057869395</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Azim ve Şans</t>
+          <t>Sherlock Holmes - Korku Vadisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057869463</t>
+          <t>9786057869302</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kahvaltıyı Balkonda Yapalım</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258035773</t>
+          <t>9786057869456</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Büyük İkramiye</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258035759</t>
+          <t>9786057869104</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Leyla Aşk’a İnanmıyor</t>
+          <t>Leporella</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258035766</t>
+          <t>9786258035780</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kale</t>
+          <t>Karmaşık Duygular</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059491990</t>
+          <t>9786258035797</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Azim ve Şans</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>70</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057869135</t>
+          <t>9786057869463</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Kitapları Seti (9 Kitap Kutulu)</t>
+          <t>Kahvaltıyı Balkonda Yapalım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057869234</t>
+          <t>9786258035773</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kilitbahir</t>
+          <t>Büyük İkramiye</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258035735</t>
+          <t>9786258035759</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bizim Hayalimiz - Mutlu Olduğumuz Yerdeyiz</t>
+          <t>Leyla Aşk’a İnanmıyor</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258035698</t>
+          <t>9786258035766</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Şu Hergele Dünyada</t>
+          <t>Gizemli Kale</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258035681</t>
+          <t>9786059491990</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258035674</t>
+          <t>9786057869135</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Böyle Söyledi Zerdüşt</t>
+          <t>Sabahattin Ali Kitapları Seti (9 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258035650</t>
+          <t>9786057869234</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Kilitbahir</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258035667</t>
+          <t>9786258035735</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri</t>
+          <t>Bizim Hayalimiz - Mutlu Olduğumuz Yerdeyiz</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258035643</t>
+          <t>9786258035698</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum</t>
+          <t>Şu Hergele Dünyada</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258035414</t>
+          <t>9786258035681</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz İnsanlarımızla Konuşmalar</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059491594</t>
+          <t>9786258035674</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Peri'nin Hiyeroglif Günlüğü</t>
+          <t>Böyle Söyledi Zerdüşt</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258035360</t>
+          <t>9786258035650</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258035384</t>
+          <t>9786258035667</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Annem Kokuyordu Beyrut</t>
+          <t>Morgue Sokağı Cinayetleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258035377</t>
+          <t>9786258035643</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Genç Kız Kalbi</t>
+          <t>Çocukluğum</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258035407</t>
+          <t>9786258035414</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Horosan’dan Balkanlara Bin Yıllık Asimilasyon (Kıyımlarla Üstü Örtülen İnsancıl Kültür)</t>
+          <t>Unutulmaz İnsanlarımızla Konuşmalar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258035353</t>
+          <t>9786059491594</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Peri'nin Hiyeroglif Günlüğü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258035346</t>
+          <t>9786258035360</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Zaman Koruyucuları Asil ile Aslı</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258035308</t>
+          <t>9786258035384</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gökkurt’un Çocukları</t>
+          <t>Annem Kokuyordu Beyrut</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258035322</t>
+          <t>9786258035377</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma</t>
+          <t>Genç Kız Kalbi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258035339</t>
+          <t>9786258035407</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Uzaklarda</t>
+          <t>Horosan’dan Balkanlara Bin Yıllık Asimilasyon (Kıyımlarla Üstü Örtülen İnsancıl Kültür)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258035285</t>
+          <t>9786258035353</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Gözleri</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>49</v>
+        <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258035131</t>
+          <t>9786258035346</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Zaman Koruyucuları Asil ile Aslı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057869937</t>
+          <t>9786258035308</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Senin İçin</t>
+          <t>Gökkurt’un Çocukları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258035162</t>
+          <t>9786258035322</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Kuşatma</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>70</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258035179</t>
+          <t>9786258035339</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Uzaklarda</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258035186</t>
+          <t>9786258035285</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>İstanbul’un Gözleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>70</v>
+        <v>49</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258035230</t>
+          <t>9786258035131</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali- Hayatı, Eserleri, Mektupları</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258035261</t>
+          <t>9786057869937</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
+          <t>Hepsi Senin İçin</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258035278</t>
+          <t>9786258035162</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ben Gibi</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>89</v>
+        <v>70</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258035247</t>
+          <t>9786258035179</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Karanlığımın Kapkara Gözleri Var</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258035254</t>
+          <t>9786258035186</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Güç Mahatma Gandhi</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258035223</t>
+          <t>9786258035230</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bay Güncel</t>
+          <t>Sabahattin Ali- Hayatı, Eserleri, Mektupları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258035193</t>
+          <t>9786258035261</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi ve Şamanizm</t>
+          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258035155</t>
+          <t>9786258035278</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Yeniden Başlasa</t>
+          <t>Ben Gibi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>59</v>
+        <v>89</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258035124</t>
+          <t>9786258035247</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Karanlığımın Kapkara Gözleri Var</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258035148</t>
+          <t>9786258035254</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Sessiz Güç Mahatma Gandhi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057869913</t>
+          <t>9786258035223</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Bay Güncel</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258035056</t>
+          <t>9786258035193</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bu Da Benim Hayatım</t>
+          <t>Türk Mitolojisi ve Şamanizm</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258035025</t>
+          <t>9786258035155</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu'nun Çocukları</t>
+          <t>Her Şey Yeniden Başlasa</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>280</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057869920</t>
+          <t>9786258035124</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258035032</t>
+          <t>9786258035148</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun G Noktası</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>39</v>
+        <v>140</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258035001</t>
+          <t>9786057869913</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Solcu Türkler</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057869951</t>
+          <t>9786258035056</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Umudun Yaşam Savaşı</t>
+          <t>Bu Da Benim Hayatım</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258035049</t>
+          <t>9786258035025</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Güney Kitabı</t>
+          <t>Kayıp Kıta Mu'nun Çocukları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258035018</t>
+          <t>9786057869920</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>İskandinav Mitolojisi</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057869890</t>
+          <t>9786258035032</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Ruhumun G Noktası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>39</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057869999</t>
+          <t>9786258035001</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Düş Ağacı</t>
+          <t>Osmanlı'dan Cumhuriyet'e Solcu Türkler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057869968</t>
+          <t>9786057869951</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yönetmen Koltuğu</t>
+          <t>Umudun Yaşam Savaşı</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057869876</t>
+          <t>9786258035049</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tütün Kutusu ve Parasız Aşklar</t>
+          <t>Yılmaz Güney Kitabı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057869982</t>
+          <t>9786258035018</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057869869</t>
+          <t>9786057869890</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Oyuk İğne’nin Esrarı - Arsen Lüpen</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057869852</t>
+          <t>9786057869999</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Eugenie Grandet</t>
+          <t>Düş Ağacı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057869838</t>
+          <t>9786057869968</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Beyin Programcısı</t>
+          <t>Yönetmen Koltuğu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057869807</t>
+          <t>9786057869876</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dişlerinden Utanmadan</t>
+          <t>Tütün Kutusu ve Parasız Aşklar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>28</v>
+        <v>140</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057869821</t>
+          <t>9786057869982</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Düzlükotu</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>69</v>
+        <v>340</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057869814</t>
+          <t>9786057869869</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanın Bekçisi</t>
+          <t>Oyuk İğne’nin Esrarı - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057869791</t>
+          <t>9786057869852</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aspidistra Solmasın</t>
+          <t>Eugenie Grandet</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057869784</t>
+          <t>9786057869838</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri</t>
+          <t>Beyin Programcısı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057869739</t>
+          <t>9786057869807</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Parion Efsanesi</t>
+          <t>Dişlerinden Utanmadan</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>99</v>
+        <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057869678</t>
+          <t>9786057869821</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dolunay’da Vuslat</t>
+          <t>Düzlükotu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>69</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057869715</t>
+          <t>9786057869814</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Troas Epos</t>
+          <t>Kayıp Zamanın Bekçisi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>99</v>
+        <v>320</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057869661</t>
+          <t>9786057869791</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>The Legend of Parion</t>
+          <t>Aspidistra Solmasın</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057869777</t>
+          <t>9786057869784</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Orhan Veli - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057869760</t>
+          <t>9786057869739</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Bir Parion Efsanesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>99</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057869685</t>
+          <t>9786057869678</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Dolunay’da Vuslat</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057869708</t>
+          <t>9786057869715</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey İle Rakım Efendi</t>
+          <t>Troas Epos</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>99</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057869692</t>
+          <t>9786057869661</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>The Legend of Parion</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>70</v>
+        <v>99</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057869722</t>
+          <t>9786057869777</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çocukluktan Yetişkinliğe Kaygı</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057869647</t>
+          <t>9786057869760</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Şans Kader Töre</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057869524</t>
+          <t>9786057869685</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Kimi Boğduruldu, Kimi İdam Edildi, Kimi de...</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057869500</t>
+          <t>9786057869708</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Felatun Bey İle Rakım Efendi</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057869487</t>
+          <t>9786057869692</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Dört Küçük Afacan</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057869432</t>
+          <t>9786057869722</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid ve Siyaseti</t>
+          <t>Çocukluktan Yetişkinliğe Kaygı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057869364</t>
+          <t>9786057869647</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Babaanne ve Torunu</t>
+          <t>Şans Kader Töre</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057869470</t>
+          <t>9786057869524</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Osmanlı’da Kimi Boğduruldu, Kimi İdam Edildi, Kimi de...</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057869210</t>
+          <t>9786057869500</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057869272</t>
+          <t>9786057869487</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veba</t>
+          <t>Dört Küçük Afacan</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057869296</t>
+          <t>9786057869432</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Manzara</t>
+          <t>Sultan Abdülhamid ve Siyaseti</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057869333</t>
+          <t>9786057869364</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mert Galatasaray Stadında</t>
+          <t>Babaanne ve Torunu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057869340</t>
+          <t>9786057869470</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Eren Trabzonspor Stadında</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057869357</t>
+          <t>9786057869210</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Can Beşiktaş Stadında</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057869326</t>
+          <t>9786057869272</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ozan Fenerbahçe Stadında</t>
+          <t>Kızıl Veba</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057869401</t>
+          <t>9786057869296</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlü İttifak</t>
+          <t>Kadın ve Manzara</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057869425</t>
+          <t>9786057869333</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bohemya’da Skandal</t>
+          <t>Mert Galatasaray Stadında</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057869371</t>
+          <t>9786057869340</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville’lerin Köpeği</t>
+          <t>Eren Trabzonspor Stadında</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057869388</t>
+          <t>9786057869357</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Soruşturma</t>
+          <t>Can Beşiktaş Stadında</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057869418</t>
+          <t>9786057869326</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Reigate Bulmacası Çözülüyor / Gloria Scott Vakası</t>
+          <t>Ozan Fenerbahçe Stadında</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057869289</t>
+          <t>9786057869401</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Sherlock Holmes - Dörtlü İttifak</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057869319</t>
+          <t>9786057869425</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Gemisi</t>
+          <t>Sherlock Holmes - Bohemya’da Skandal</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>59</v>
+        <v>69</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057869265</t>
+          <t>9786057869371</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Sherlock Holmes - Baskerville’lerin Köpeği</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057869227</t>
+          <t>9786057869388</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Sherlock Holmes - Kızıl Soruşturma</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059491761</t>
+          <t>9786057869418</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>O Sen Olmalıydın</t>
+          <t>Sherlock Holmes - Reigate Bulmacası Çözülüyor / Gloria Scott Vakası</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>140</v>
+        <v>69</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057869258</t>
+          <t>9786057869289</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İlluminati Gizli Örgütler</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057869142</t>
+          <t>9786057869319</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>İyi Geceler Gemisi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>280</v>
+        <v>59</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057869111</t>
+          <t>9786057869265</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Düşler</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057869197</t>
+          <t>9786057869227</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057869173</t>
+          <t>9786059491761</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>O Sen Olmalıydın</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057869166</t>
+          <t>9786057869258</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Burun</t>
+          <t>İlluminati Gizli Örgütler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>70</v>
+        <v>320</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057869203</t>
+          <t>9786057869142</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbin Çöküşü</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057869180</t>
+          <t>9786057869111</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Unutulmuş Düşler</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057869128</t>
+          <t>9786057869197</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sessizlik</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786056198564</t>
+          <t>9786057869173</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sarıyerli Şaban Reis</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>39</v>
+        <v>280</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055099466</t>
+          <t>9786057869166</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Gün Boyu Sarıyer'de Dolaşmak</t>
+          <t>Burun</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057869043</t>
+          <t>9786057869203</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Toplu Şiirleri</t>
+          <t>Bir Kalbin Çöküşü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059491389</t>
+          <t>9786057869180</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>280</v>
+        <v>70</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057869081</t>
+          <t>9786057869128</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Üzerindeki Yıldız</t>
+          <t>Beyaz Sessizlik</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057869098</t>
+          <t>9786056198564</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Sarıyerli Şaban Reis</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>70</v>
+        <v>39</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057869050</t>
+          <t>9786055099466</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Gün Boyu Sarıyer'de Dolaşmak</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059491969</t>
+          <t>9786057869043</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Toplu Şiirleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057869074</t>
+          <t>9786059491389</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bukalemun - Babamın Daktilosu</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>29</v>
+        <v>280</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057869012</t>
+          <t>9786057869081</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Ormanın Üzerindeki Yıldız</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057869067</t>
+          <t>9786057869098</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>En Büyük İhaneti Yaşamak</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>29</v>
+        <v>70</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059491938</t>
+          <t>9786057869050</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059491945</t>
+          <t>9786059491969</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059491976</t>
+          <t>9786057869074</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Bukalemun - Babamın Daktilosu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>180</v>
+        <v>29</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057869029</t>
+          <t>9786057869012</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059491952</t>
+          <t>9786057869067</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>En Büyük İhaneti Yaşamak</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>29</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057869005</t>
+          <t>9786059491938</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Puslu Düş Bahçesi</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059491921</t>
+          <t>9786059491945</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ucuz Serseriler</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059491907</t>
+          <t>9786059491976</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'u Adım Adım Yaşamak</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059491853</t>
+          <t>9786057869029</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Zorunluluk</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059491860</t>
+          <t>9786059491952</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşkın Tarihi</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057869593</t>
+          <t>9786057869005</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu - İnsanlığın Anayurdu</t>
+          <t>Puslu Düş Bahçesi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059491877</t>
+          <t>9786059491921</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Ucuz Serseriler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059491891</t>
+          <t>9786059491907</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>İstanbul'u Adım Adım Yaşamak</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059491884</t>
+          <t>9786059491853</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Zorunluluk</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059491280</t>
+          <t>9786059491860</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Bir Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059491624</t>
+          <t>9786057869593</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Kayıp Kıta Mu - İnsanlığın Anayurdu</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059491730</t>
+          <t>9786059491877</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059491815</t>
+          <t>9786059491891</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059491723</t>
+          <t>9786059491884</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059491792</t>
+          <t>9786059491280</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059491822</t>
+          <t>9786059491624</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Günü Unutma Vakti</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>79</v>
+        <v>280</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059491747</t>
+          <t>9786059491730</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaşında Osmanlı ve Filistin</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059491754</t>
+          <t>9786059491815</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İslam Mimarlık Sanatı</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059491617</t>
+          <t>9786059491723</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Her Açıdan Sevr Antlaşması</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059491648</t>
+          <t>9786059491792</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Umudum Sensin</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059491686</t>
+          <t>9786059491822</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Önce Benden Sonraki Sen</t>
+          <t>Günü Unutma Vakti</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>29.9</v>
+        <v>79</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059491662</t>
+          <t>9786059491747</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyi Anlatmak</t>
+          <t>Dünya Savaşında Osmanlı ve Filistin</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>29</v>
+        <v>180</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059491631</t>
+          <t>9786059491754</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>İslam Mimarlık Sanatı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059491587</t>
+          <t>9786059491617</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Atatürk</t>
+          <t>Her Açıdan Sevr Antlaşması</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059491532</t>
+          <t>9786059491648</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Umudum Sensin</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059491525</t>
+          <t>9786059491686</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Önce Benden Sonraki Sen</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>100</v>
+        <v>29.9</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059491471</t>
+          <t>9786059491662</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Genç Dev</t>
+          <t>Sevgiyi Anlatmak</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>70</v>
+        <v>29</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059491518</t>
+          <t>9786059491631</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Şişedeki Cin</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059491495</t>
+          <t>9786059491587</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>On İki Avcı</t>
+          <t>Benim Adım Atatürk</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>70</v>
+        <v>165</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059491464</t>
+          <t>9786059491532</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Avanak Hans</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059491563</t>
+          <t>9786059491525</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059491570</t>
+          <t>9786059491471</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>70'lerin Tuvaleti</t>
+          <t>Genç Dev</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059491556</t>
+          <t>9786059491518</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kumsalın Sonu</t>
+          <t>Şişedeki Cin</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>39</v>
+        <v>50</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059491419</t>
+          <t>9786059491495</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sensizlik Dokunurdu</t>
+          <t>On İki Avcı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>39</v>
+        <v>70</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059491396</t>
+          <t>9786059491464</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Erika Ewald’in Aşkı</t>
+          <t>Avanak Hans</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059491402</t>
+          <t>9786059491563</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059491358</t>
+          <t>9786059491570</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Erenler Şahı - Hacı Bektaş Veli</t>
+          <t>70'lerin Tuvaleti</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059491365</t>
+          <t>9786059491556</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Kumsalın Sonu</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>140</v>
+        <v>39</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059491372</t>
+          <t>9786059491419</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Sensizlik Dokunurdu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>70</v>
+        <v>39</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059491303</t>
+          <t>9786059491396</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Hiçbir Şey</t>
+          <t>Erika Ewald’in Aşkı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>89</v>
+        <v>70</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059491341</t>
+          <t>9786059491402</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059491334</t>
+          <t>9786059491358</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yazarlıkla İlgili En İyi 99 Film</t>
+          <t>Erenler Şahı - Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059491235</t>
+          <t>9786059491365</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel İnsanın El kitabı</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059491228</t>
+          <t>9786059491372</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kral Soytarı Donu Giyer</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059491198</t>
+          <t>9786059491303</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Sevdalar</t>
+          <t>Hoşçakal Hiçbir Şey</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>89</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059491204</t>
+          <t>9786059491341</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kimliğimiz İçin Direniş</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>69</v>
+        <v>140</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059491181</t>
+          <t>9786059491334</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Unutmalar Şehri - 1980</t>
+          <t>Yazarlıkla İlgili En İyi 99 Film</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>69</v>
+        <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059491051</t>
+          <t>9786059491235</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Can Baba</t>
+          <t>Mükemmel İnsanın El kitabı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059491105</t>
+          <t>9786059491228</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Milli Mücadele</t>
+          <t>Kral Soytarı Donu Giyer</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059491099</t>
+          <t>9786059491198</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Karaya Vuran Yunus</t>
+          <t>Unutulmayan Sevdalar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>29.9</v>
+        <v>89</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786058615496</t>
+          <t>9786059491204</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Zor Yıllar</t>
+          <t>Çağdaş Kimliğimiz İçin Direniş</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>29</v>
+        <v>69</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059491006</t>
+          <t>9786059491181</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Biraz Mavi Gibi</t>
+          <t>Unutmalar Şehri - 1980</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>29</v>
+        <v>69</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055099626</t>
+          <t>9786059491051</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hece</t>
+          <t>Can Baba</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>29</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055099978</t>
+          <t>9786059491105</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hayata Serenad</t>
+          <t>50 Soruda Milli Mücadele</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>29</v>
+        <v>240</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055099015</t>
+          <t>9786059491099</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kalfasıyız</t>
+          <t>Karaya Vuran Yunus</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>140</v>
+        <v>29.9</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055099237</t>
+          <t>9786058615496</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Zor Yıllar</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055099893</t>
+          <t>9786059491006</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Düşü</t>
+          <t>Biraz Mavi Gibi</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055099985</t>
+          <t>9786055099626</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İtibarsız Adam</t>
+          <t>Kayıp Hece</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>140</v>
+        <v>29</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055099886</t>
+          <t>9786055099978</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerde Yürüyüş</t>
+          <t>Hayata Serenad</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055099916</t>
+          <t>9786055099015</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bir Karamsar</t>
+          <t>Hayatın Kalfasıyız</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>29</v>
+        <v>140</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055099848</t>
+          <t>9786055099237</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Benim Gizli Cennetim</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055099817</t>
+          <t>9786055099893</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kırılmış Parçaları</t>
+          <t>Gelincik Düşü</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055099701</t>
+          <t>9786055099985</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bu Kez Başka</t>
+          <t>İtibarsız Adam</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>29</v>
+        <v>140</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055099787</t>
+          <t>9786055099886</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Aşktroloji</t>
+          <t>Düşüncelerde Yürüyüş</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>79</v>
+        <v>29</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055099725</t>
+          <t>9786055099916</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Zannettik</t>
+          <t>Bir Karamsar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>160</v>
+        <v>29</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055099428</t>
+          <t>9786055099848</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Şekerci İbrahim</t>
+          <t>Benim Gizli Cennetim</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055099534</t>
+          <t>9786055099817</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Reçete</t>
+          <t>Aşkın Kırılmış Parçaları</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055099510</t>
+          <t>9786055099701</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Darüşşifa - Delilik Mevsimi</t>
+          <t>Bu Kez Başka</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>320</v>
+        <v>29</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786056198502</t>
+          <t>9786055099787</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>A Chain Of Historical Glimpse On Asia Minor</t>
+          <t>Aşktroloji</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>29</v>
+        <v>79</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055099503</t>
+          <t>9786055099725</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hala Sarıysa Mimozalar</t>
+          <t>Zannettik</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055099329</t>
+          <t>9786055099428</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Şekerci İbrahim</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>70</v>
+        <v>29</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055099480</t>
+          <t>9786055099534</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Sever</t>
+          <t>Kayıp Reçete</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>39</v>
+        <v>29</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055099411</t>
+          <t>9786055099510</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yakarım Canını</t>
+          <t>Darüşşifa - Delilik Mevsimi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>49</v>
+        <v>320</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055099404</t>
+          <t>9786056198502</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>The Boss</t>
+          <t>A Chain Of Historical Glimpse On Asia Minor</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>240</v>
+        <v>29</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055099367</t>
+          <t>9786055099503</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Anonim Şirketi</t>
+          <t>Hala Sarıysa Mimozalar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>29</v>
+        <v>120</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055099305</t>
+          <t>9786055099329</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ay Burcu Mucizesi</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055099275</t>
+          <t>9786055099480</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yaradılıştan Günümüze Cinselliğin Tarih</t>
+          <t>Erkekler Sever</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>280</v>
+        <v>39</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055099633</t>
+          <t>9786055099411</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Aştan da Üstün</t>
+          <t>Yakarım Canını</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055099206</t>
+          <t>9786055099404</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ayrılığın Dört Hali</t>
+          <t>The Boss</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>39</v>
+        <v>240</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055099220</t>
+          <t>9786055099367</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Ev</t>
+          <t>Evlilik Anonim Şirketi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>180</v>
+        <v>29</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055099213</t>
+          <t>9786055099305</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Senede Bir Gün</t>
+          <t>Ay Burcu Mucizesi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>29</v>
+        <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055099190</t>
+          <t>9786055099275</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Gölgesinde Fırtınalar</t>
+          <t>Yaradılıştan Günümüze Cinselliğin Tarih</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055099060</t>
+          <t>9786055099633</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Aşklar</t>
+          <t>Aştan da Üstün</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>320</v>
+        <v>29</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055099145</t>
+          <t>9786055099206</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam</t>
+          <t>Ayrılığın Dört Hali</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>180</v>
+        <v>39</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055099053</t>
+          <t>9786258035728</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikteki Elektrik Kaçağı TRT (Türkiye, Rant, Televizyon)</t>
+          <t>Tepedeki Ev</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>49</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786056198540</t>
+          <t>9786055099213</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Turkey</t>
+          <t>Senede Bir Gün</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786058649071</t>
+          <t>9786055099190</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sanal Aşk Kaçamakları</t>
+          <t>Devrimin Gölgesinde Fırtınalar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>39</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786058649019</t>
+          <t>9786055099060</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlüğün Sırrı</t>
+          <t>Tarihe Yön Veren Aşklar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>40</v>
+        <v>320</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786058649033</t>
+          <t>9786055099145</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nun Sonunda Yeşeren Türkiye Cumhuriyeti’nde Bir Türk Kızı</t>
+          <t>Ömer Hayyam</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786058615465</t>
+          <t>9786055099053</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Tanrıları</t>
+          <t>Çiftlikteki Elektrik Kaçağı TRT (Türkiye, Rant, Televizyon)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>320</v>
+        <v>49</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786058615427</t>
+          <t>9786056198540</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Her Şair Ölümü Tadacaktır</t>
+          <t>Turkey</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786058615458</t>
+          <t>9786058649071</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Eski Tüfeklerin Sonbaharı</t>
+          <t>Sanal Aşk Kaçamakları</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>240</v>
+        <v>39</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
+          <t>9786058649019</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Ölümsüzlüğün Sırrı</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786058649033</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı İmparatorluğu’nun Sonunda Yeşeren Türkiye Cumhuriyeti’nde Bir Türk Kızı</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786058615465</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Mitoloji Tanrıları</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786058615427</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Her Şair Ölümü Tadacaktır</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786058615458</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Eski Tüfeklerin Sonbaharı</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
           <t>3990000015753</t>
         </is>
       </c>
-      <c r="B240" s="1" t="inlineStr">
+      <c r="B245" s="1" t="inlineStr">
         <is>
           <t>En Az Üç Diyorlar Ama</t>
         </is>
       </c>
-      <c r="C240" s="1">
+      <c r="C245" s="1">
         <v>39</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>