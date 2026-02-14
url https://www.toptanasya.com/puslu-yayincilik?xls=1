--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,3700 +85,3715 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258035995</t>
+          <t>6299552291562</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Durmadan Anlatmam Lazım</t>
+          <t>Mandala Ayraç - Yetişkin Set</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>440</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057869586</t>
+          <t>9786258035995</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mandala Ayraç - Kuşlar</t>
+          <t>Kalbim Durmadan Anlatmam Lazım</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>179</v>
+        <v>440</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057869906</t>
+          <t>9786057869586</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mandala Ayraç - Küçük Prens</t>
+          <t>Mandala Ayraç - Kuşlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>179</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258035940</t>
+          <t>9786057869906</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mandala Ayraç - Köpekler</t>
+          <t>Mandala Ayraç - Küçük Prens</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>179</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258035957</t>
+          <t>9786258035940</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mandala Ayraç - Kediler</t>
+          <t>Mandala Ayraç - Köpekler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>179</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057869494</t>
+          <t>9786258035957</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mandala Ayraç - Bahar</t>
+          <t>Mandala Ayraç - Kediler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>179</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258035827</t>
+          <t>9786057869494</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mandala Ayraç - Desenler</t>
+          <t>Mandala Ayraç - Bahar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>179</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258035810</t>
+          <t>9786258035827</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mandala Ayraç - Motif</t>
+          <t>Mandala Ayraç - Desenler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>179</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258035803</t>
+          <t>9786258035810</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mandala Ayraç - Renk Cümbüşü</t>
+          <t>Mandala Ayraç - Motif</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>179</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059491273</t>
+          <t>9786258035803</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Milleti Sadıka’dan 1915 Ermeni Tehcirine Pederimin Anıları</t>
+          <t>Mandala Ayraç - Renk Cümbüşü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258035926</t>
+          <t>9786059491273</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Evrimi</t>
+          <t>Milleti Sadıka’dan 1915 Ermeni Tehcirine Pederimin Anıları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058035681</t>
+          <t>9786258035926</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Aşkın Evrimi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258035933</t>
+          <t>9786058035681</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Peri’nin Gelecek Günlüğü</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9788659901121</t>
+          <t>9786258035933</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Puslu Mandala Ayraç - Yetişkin Set</t>
+          <t>Peri’nin Gelecek Günlüğü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>2400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9787856182647</t>
+          <t>9788659901121</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Puslu Mandala Ayraç - Çocuk Set</t>
+          <t>Puslu Mandala Ayraç - Yetişkin Set</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>3360</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258035872</t>
+          <t>9787856182647</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Puslu Mandala Çocuk Ayraç - Harfler</t>
+          <t>Puslu Mandala Ayraç - Çocuk Set</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258035889</t>
+          <t>9786258035872</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Puslu Mandala Çocuk Ayraç - İngilizce Türkçe İlk Kelimelerim</t>
+          <t>Puslu Mandala Çocuk Ayraç - Harfler</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258035902</t>
+          <t>9786258035889</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Puslu Mandala Çocuk Ayraç - Hayvanlar</t>
+          <t>Puslu Mandala Çocuk Ayraç - İngilizce Türkçe İlk Kelimelerim</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258035896</t>
+          <t>9786258035902</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Puslu Mandala Çocuk Ayraç - Taşıtlar</t>
+          <t>Puslu Mandala Çocuk Ayraç - Hayvanlar</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258035919</t>
+          <t>9786258035896</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Yaşam</t>
+          <t>Puslu Mandala Çocuk Ayraç - Taşıtlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258035865</t>
+          <t>9786258035919</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamını Arama Yolculuğu</t>
+          <t>Kadın ve Yaşam</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258035834</t>
+          <t>9786258035865</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Peri’nin Rüya Günlüğü</t>
+          <t>Hayatın Anlamını Arama Yolculuğu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059491778</t>
+          <t>9786258035834</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Define</t>
+          <t>Peri’nin Rüya Günlüğü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057869395</t>
+          <t>9786059491778</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Korku Vadisi</t>
+          <t>Define</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057869302</t>
+          <t>9786057869395</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Sherlock Holmes - Korku Vadisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057869456</t>
+          <t>9786057869302</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057869104</t>
+          <t>9786057869456</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Leporella</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258035780</t>
+          <t>9786057869104</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygular</t>
+          <t>Leporella</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258035797</t>
+          <t>9786258035780</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Azim ve Şans</t>
+          <t>Karmaşık Duygular</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057869463</t>
+          <t>9786258035797</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kahvaltıyı Balkonda Yapalım</t>
+          <t>Azim ve Şans</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258035773</t>
+          <t>9786057869463</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Büyük İkramiye</t>
+          <t>Kahvaltıyı Balkonda Yapalım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258035759</t>
+          <t>9786258035773</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Leyla Aşk’a İnanmıyor</t>
+          <t>Büyük İkramiye</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258035766</t>
+          <t>9786258035759</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kale</t>
+          <t>Leyla Aşk’a İnanmıyor</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059491990</t>
+          <t>9786258035766</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Gizemli Kale</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057869135</t>
+          <t>9786059491990</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Kitapları Seti (9 Kitap Kutulu)</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057869234</t>
+          <t>9786057869135</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kilitbahir</t>
+          <t>Sabahattin Ali Kitapları Seti (9 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258035735</t>
+          <t>9786057869234</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bizim Hayalimiz - Mutlu Olduğumuz Yerdeyiz</t>
+          <t>Kilitbahir</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258035698</t>
+          <t>9786258035735</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şu Hergele Dünyada</t>
+          <t>Bizim Hayalimiz - Mutlu Olduğumuz Yerdeyiz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258035681</t>
+          <t>9786258035698</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Şu Hergele Dünyada</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258035674</t>
+          <t>9786258035681</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Böyle Söyledi Zerdüşt</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258035650</t>
+          <t>9786258035674</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Böyle Söyledi Zerdüşt</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258035667</t>
+          <t>9786258035650</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258035643</t>
+          <t>9786258035667</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum</t>
+          <t>Morgue Sokağı Cinayetleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258035414</t>
+          <t>9786258035643</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz İnsanlarımızla Konuşmalar</t>
+          <t>Çocukluğum</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059491594</t>
+          <t>9786258035414</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Peri'nin Hiyeroglif Günlüğü</t>
+          <t>Unutulmaz İnsanlarımızla Konuşmalar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258035360</t>
+          <t>9786059491594</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Peri'nin Hiyeroglif Günlüğü</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258035384</t>
+          <t>9786258035360</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Annem Kokuyordu Beyrut</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258035377</t>
+          <t>9786258035384</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Genç Kız Kalbi</t>
+          <t>Annem Kokuyordu Beyrut</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258035407</t>
+          <t>9786258035377</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Horosan’dan Balkanlara Bin Yıllık Asimilasyon (Kıyımlarla Üstü Örtülen İnsancıl Kültür)</t>
+          <t>Genç Kız Kalbi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258035353</t>
+          <t>9786258035407</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Horosan’dan Balkanlara Bin Yıllık Asimilasyon (Kıyımlarla Üstü Örtülen İnsancıl Kültür)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258035346</t>
+          <t>9786258035353</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zaman Koruyucuları Asil ile Aslı</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258035308</t>
+          <t>9786258035346</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gökkurt’un Çocukları</t>
+          <t>Zaman Koruyucuları Asil ile Aslı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258035322</t>
+          <t>9786258035308</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma</t>
+          <t>Gökkurt’un Çocukları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258035339</t>
+          <t>9786258035322</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Uzaklarda</t>
+          <t>Kuşatma</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258035285</t>
+          <t>9786258035339</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Gözleri</t>
+          <t>Uzaklarda</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>49</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258035131</t>
+          <t>9786258035285</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>İstanbul’un Gözleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>49</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057869937</t>
+          <t>9786258035131</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Senin İçin</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258035162</t>
+          <t>9786057869937</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Hepsi Senin İçin</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258035179</t>
+          <t>9786258035162</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258035186</t>
+          <t>9786258035179</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258035230</t>
+          <t>9786258035186</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali- Hayatı, Eserleri, Mektupları</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258035261</t>
+          <t>9786258035230</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
+          <t>Sabahattin Ali- Hayatı, Eserleri, Mektupları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258035278</t>
+          <t>9786258035261</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ben Gibi</t>
+          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>89</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258035247</t>
+          <t>9786258035278</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Karanlığımın Kapkara Gözleri Var</t>
+          <t>Ben Gibi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>140</v>
+        <v>89</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258035254</t>
+          <t>9786258035247</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Güç Mahatma Gandhi</t>
+          <t>Karanlığımın Kapkara Gözleri Var</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258035223</t>
+          <t>9786258035254</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bay Güncel</t>
+          <t>Sessiz Güç Mahatma Gandhi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258035193</t>
+          <t>9786258035223</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi ve Şamanizm</t>
+          <t>Bay Güncel</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258035155</t>
+          <t>9786258035193</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Yeniden Başlasa</t>
+          <t>Türk Mitolojisi ve Şamanizm</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>59</v>
+        <v>320</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258035124</t>
+          <t>9786258035155</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Her Şey Yeniden Başlasa</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>59</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258035148</t>
+          <t>9786258035124</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057869913</t>
+          <t>9786258035148</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258035056</t>
+          <t>9786057869913</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bu Da Benim Hayatım</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258035025</t>
+          <t>9786258035056</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu'nun Çocukları</t>
+          <t>Bu Da Benim Hayatım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057869920</t>
+          <t>9786258035025</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi</t>
+          <t>Kayıp Kıta Mu'nun Çocukları</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258035032</t>
+          <t>9786057869920</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun G Noktası</t>
+          <t>İskandinav Mitolojisi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>39</v>
+        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258035001</t>
+          <t>9786258035032</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Solcu Türkler</t>
+          <t>Ruhumun G Noktası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>39</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057869951</t>
+          <t>9786258035001</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Umudun Yaşam Savaşı</t>
+          <t>Osmanlı'dan Cumhuriyet'e Solcu Türkler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258035049</t>
+          <t>9786057869951</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Güney Kitabı</t>
+          <t>Umudun Yaşam Savaşı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258035018</t>
+          <t>9786258035049</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Yılmaz Güney Kitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057869890</t>
+          <t>9786258035018</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057869999</t>
+          <t>9786057869890</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Düş Ağacı</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057869968</t>
+          <t>9786057869999</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yönetmen Koltuğu</t>
+          <t>Düş Ağacı</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057869876</t>
+          <t>9786057869968</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tütün Kutusu ve Parasız Aşklar</t>
+          <t>Yönetmen Koltuğu</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057869982</t>
+          <t>9786057869876</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Tütün Kutusu ve Parasız Aşklar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057869869</t>
+          <t>9786057869982</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Oyuk İğne’nin Esrarı - Arsen Lüpen</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057869852</t>
+          <t>9786057869869</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Eugenie Grandet</t>
+          <t>Oyuk İğne’nin Esrarı - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057869838</t>
+          <t>9786057869852</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Beyin Programcısı</t>
+          <t>Eugenie Grandet</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057869807</t>
+          <t>9786057869838</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dişlerinden Utanmadan</t>
+          <t>Beyin Programcısı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>28</v>
+        <v>160</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057869821</t>
+          <t>9786057869807</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Düzlükotu</t>
+          <t>Dişlerinden Utanmadan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>69</v>
+        <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057869814</t>
+          <t>9786057869821</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanın Bekçisi</t>
+          <t>Düzlükotu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>320</v>
+        <v>69</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057869791</t>
+          <t>9786057869814</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Aspidistra Solmasın</t>
+          <t>Kayıp Zamanın Bekçisi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057869784</t>
+          <t>9786057869791</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri</t>
+          <t>Aspidistra Solmasın</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057869739</t>
+          <t>9786057869784</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bir Parion Efsanesi</t>
+          <t>Orhan Veli - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>99</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057869678</t>
+          <t>9786057869739</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dolunay’da Vuslat</t>
+          <t>Bir Parion Efsanesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>180</v>
+        <v>99</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057869715</t>
+          <t>9786057869678</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Troas Epos</t>
+          <t>Dolunay’da Vuslat</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>99</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057869661</t>
+          <t>9786057869715</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>The Legend of Parion</t>
+          <t>Troas Epos</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057869777</t>
+          <t>9786057869661</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>The Legend of Parion</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057869760</t>
+          <t>9786057869777</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057869685</t>
+          <t>9786057869760</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057869708</t>
+          <t>9786057869685</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey İle Rakım Efendi</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057869692</t>
+          <t>9786057869708</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Felatun Bey İle Rakım Efendi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057869722</t>
+          <t>9786057869692</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çocukluktan Yetişkinliğe Kaygı</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057869647</t>
+          <t>9786057869722</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Şans Kader Töre</t>
+          <t>Çocukluktan Yetişkinliğe Kaygı</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057869524</t>
+          <t>9786057869647</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Kimi Boğduruldu, Kimi İdam Edildi, Kimi de...</t>
+          <t>Şans Kader Töre</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057869500</t>
+          <t>9786057869524</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Osmanlı’da Kimi Boğduruldu, Kimi İdam Edildi, Kimi de...</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057869487</t>
+          <t>9786057869500</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dört Küçük Afacan</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057869432</t>
+          <t>9786057869487</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid ve Siyaseti</t>
+          <t>Dört Küçük Afacan</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057869364</t>
+          <t>9786057869432</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Babaanne ve Torunu</t>
+          <t>Sultan Abdülhamid ve Siyaseti</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057869470</t>
+          <t>9786057869364</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Babaanne ve Torunu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057869210</t>
+          <t>9786057869470</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057869272</t>
+          <t>9786057869210</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veba</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057869296</t>
+          <t>9786057869272</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Manzara</t>
+          <t>Kızıl Veba</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057869333</t>
+          <t>9786057869296</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mert Galatasaray Stadında</t>
+          <t>Kadın ve Manzara</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057869340</t>
+          <t>9786057869333</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Eren Trabzonspor Stadında</t>
+          <t>Mert Galatasaray Stadında</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057869357</t>
+          <t>9786057869340</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Can Beşiktaş Stadında</t>
+          <t>Eren Trabzonspor Stadında</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057869326</t>
+          <t>9786057869357</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ozan Fenerbahçe Stadında</t>
+          <t>Can Beşiktaş Stadında</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057869401</t>
+          <t>9786057869326</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlü İttifak</t>
+          <t>Ozan Fenerbahçe Stadında</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057869425</t>
+          <t>9786057869401</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bohemya’da Skandal</t>
+          <t>Sherlock Holmes - Dörtlü İttifak</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>69</v>
+        <v>180</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057869371</t>
+          <t>9786057869425</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville’lerin Köpeği</t>
+          <t>Sherlock Holmes - Bohemya’da Skandal</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>140</v>
+        <v>69</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057869388</t>
+          <t>9786057869371</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Soruşturma</t>
+          <t>Sherlock Holmes - Baskerville’lerin Köpeği</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057869418</t>
+          <t>9786057869388</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Reigate Bulmacası Çözülüyor / Gloria Scott Vakası</t>
+          <t>Sherlock Holmes - Kızıl Soruşturma</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>69</v>
+        <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057869289</t>
+          <t>9786057869418</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Sherlock Holmes - Reigate Bulmacası Çözülüyor / Gloria Scott Vakası</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>140</v>
+        <v>69</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057869319</t>
+          <t>9786057869289</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Gemisi</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>59</v>
+        <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057869265</t>
+          <t>9786057869319</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>İyi Geceler Gemisi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>59</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057869227</t>
+          <t>9786057869265</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059491761</t>
+          <t>9786057869227</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>O Sen Olmalıydın</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057869258</t>
+          <t>9786059491761</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İlluminati Gizli Örgütler</t>
+          <t>O Sen Olmalıydın</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057869142</t>
+          <t>9786057869258</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>İlluminati Gizli Örgütler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057869111</t>
+          <t>9786057869142</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Düşler</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057869197</t>
+          <t>9786057869111</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Unutulmuş Düşler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057869173</t>
+          <t>9786057869197</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057869166</t>
+          <t>9786057869173</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Burun</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057869203</t>
+          <t>9786057869166</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbin Çöküşü</t>
+          <t>Burun</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057869180</t>
+          <t>9786057869203</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Bir Kalbin Çöküşü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057869128</t>
+          <t>9786057869180</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sessizlik</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786056198564</t>
+          <t>9786057869128</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sarıyerli Şaban Reis</t>
+          <t>Beyaz Sessizlik</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>39</v>
+        <v>70</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055099466</t>
+          <t>9786056198564</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gün Boyu Sarıyer'de Dolaşmak</t>
+          <t>Sarıyerli Şaban Reis</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>120</v>
+        <v>39</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057869043</t>
+          <t>9786055099466</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Toplu Şiirleri</t>
+          <t>Gün Boyu Sarıyer'de Dolaşmak</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059491389</t>
+          <t>9786057869043</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Toplu Şiirleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057869081</t>
+          <t>9786059491389</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Üzerindeki Yıldız</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057869098</t>
+          <t>9786057869081</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Ormanın Üzerindeki Yıldız</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057869050</t>
+          <t>9786057869098</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059491969</t>
+          <t>9786057869050</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057869074</t>
+          <t>9786059491969</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bukalemun - Babamın Daktilosu</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>29</v>
+        <v>140</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057869012</t>
+          <t>9786057869074</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Bukalemun - Babamın Daktilosu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>140</v>
+        <v>29</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057869067</t>
+          <t>9786057869012</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>En Büyük İhaneti Yaşamak</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>29</v>
+        <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059491938</t>
+          <t>9786057869067</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>En Büyük İhaneti Yaşamak</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059491945</t>
+          <t>9786059491938</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059491976</t>
+          <t>9786059491945</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057869029</t>
+          <t>9786059491976</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059491952</t>
+          <t>9786057869029</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057869005</t>
+          <t>9786059491952</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Puslu Düş Bahçesi</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059491921</t>
+          <t>9786057869005</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ucuz Serseriler</t>
+          <t>Puslu Düş Bahçesi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059491907</t>
+          <t>9786059491921</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'u Adım Adım Yaşamak</t>
+          <t>Ucuz Serseriler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059491853</t>
+          <t>9786059491907</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Zorunluluk</t>
+          <t>İstanbul'u Adım Adım Yaşamak</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059491860</t>
+          <t>9786059491853</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşkın Tarihi</t>
+          <t>Zorunluluk</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057869593</t>
+          <t>9786059491860</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu - İnsanlığın Anayurdu</t>
+          <t>Bir Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059491877</t>
+          <t>9786057869593</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Kayıp Kıta Mu - İnsanlığın Anayurdu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059491891</t>
+          <t>9786059491877</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059491884</t>
+          <t>9786059491891</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059491280</t>
+          <t>9786059491884</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059491624</t>
+          <t>9786059491280</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059491730</t>
+          <t>9786059491624</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059491815</t>
+          <t>9786059491730</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059491723</t>
+          <t>9786059491815</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059491792</t>
+          <t>9786059491723</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059491822</t>
+          <t>9786059491792</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Günü Unutma Vakti</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>79</v>
+        <v>90</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059491747</t>
+          <t>9786059491822</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaşında Osmanlı ve Filistin</t>
+          <t>Günü Unutma Vakti</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>79</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059491754</t>
+          <t>9786059491747</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İslam Mimarlık Sanatı</t>
+          <t>Dünya Savaşında Osmanlı ve Filistin</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059491617</t>
+          <t>9786059491754</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Her Açıdan Sevr Antlaşması</t>
+          <t>İslam Mimarlık Sanatı</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059491648</t>
+          <t>9786059491617</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Umudum Sensin</t>
+          <t>Her Açıdan Sevr Antlaşması</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059491686</t>
+          <t>9786059491648</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Önce Benden Sonraki Sen</t>
+          <t>Umudum Sensin</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>29.9</v>
+        <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059491662</t>
+          <t>9786059491686</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyi Anlatmak</t>
+          <t>Önce Benden Sonraki Sen</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>29</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059491631</t>
+          <t>9786059491662</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Sevgiyi Anlatmak</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>70</v>
+        <v>29</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059491587</t>
+          <t>9786059491631</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Atatürk</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>165</v>
+        <v>90</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059491532</t>
+          <t>9786059491587</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Benim Adım Atatürk</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059491525</t>
+          <t>9786059491532</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059491471</t>
+          <t>9786059491525</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Genç Dev</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059491518</t>
+          <t>9786059491471</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Şişedeki Cin</t>
+          <t>Genç Dev</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059491495</t>
+          <t>9786059491518</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>On İki Avcı</t>
+          <t>Şişedeki Cin</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059491464</t>
+          <t>9786059491495</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Avanak Hans</t>
+          <t>On İki Avcı</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059491563</t>
+          <t>9786059491464</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Avanak Hans</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059491570</t>
+          <t>9786059491563</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>70'lerin Tuvaleti</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059491556</t>
+          <t>9786059491570</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kumsalın Sonu</t>
+          <t>70'lerin Tuvaleti</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>39</v>
+        <v>140</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059491419</t>
+          <t>9786059491556</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sensizlik Dokunurdu</t>
+          <t>Kumsalın Sonu</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>39</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059491396</t>
+          <t>9786059491419</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Erika Ewald’in Aşkı</t>
+          <t>Sensizlik Dokunurdu</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>70</v>
+        <v>39</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059491402</t>
+          <t>9786059491396</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Erika Ewald’in Aşkı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059491358</t>
+          <t>9786059491402</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Erenler Şahı - Hacı Bektaş Veli</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059491365</t>
+          <t>9786059491358</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Erenler Şahı - Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059491372</t>
+          <t>9786059491365</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059491303</t>
+          <t>9786059491372</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Hiçbir Şey</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059491341</t>
+          <t>9786059491303</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Hoşçakal Hiçbir Şey</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>140</v>
+        <v>89</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059491334</t>
+          <t>9786059491341</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yazarlıkla İlgili En İyi 99 Film</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059491235</t>
+          <t>9786059491334</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel İnsanın El kitabı</t>
+          <t>Yazarlıkla İlgili En İyi 99 Film</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059491228</t>
+          <t>9786059491235</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kral Soytarı Donu Giyer</t>
+          <t>Mükemmel İnsanın El kitabı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059491198</t>
+          <t>9786059491228</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Sevdalar</t>
+          <t>Kral Soytarı Donu Giyer</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>89</v>
+        <v>140</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059491204</t>
+          <t>9786059491198</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kimliğimiz İçin Direniş</t>
+          <t>Unutulmayan Sevdalar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>69</v>
+        <v>89</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059491181</t>
+          <t>9786059491204</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Unutmalar Şehri - 1980</t>
+          <t>Çağdaş Kimliğimiz İçin Direniş</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>69</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059491051</t>
+          <t>9786059491181</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Can Baba</t>
+          <t>Unutmalar Şehri - 1980</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>150</v>
+        <v>69</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059491105</t>
+          <t>9786059491051</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Milli Mücadele</t>
+          <t>Can Baba</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059491099</t>
+          <t>9786059491105</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Karaya Vuran Yunus</t>
+          <t>50 Soruda Milli Mücadele</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>29.9</v>
+        <v>240</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786058615496</t>
+          <t>9786059491099</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Zor Yıllar</t>
+          <t>Karaya Vuran Yunus</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>29</v>
+        <v>29.9</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059491006</t>
+          <t>9786058615496</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Biraz Mavi Gibi</t>
+          <t>Zor Yıllar</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055099626</t>
+          <t>9786059491006</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hece</t>
+          <t>Biraz Mavi Gibi</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055099978</t>
+          <t>9786055099626</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hayata Serenad</t>
+          <t>Kayıp Hece</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055099015</t>
+          <t>9786055099978</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kalfasıyız</t>
+          <t>Hayata Serenad</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>140</v>
+        <v>29</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055099237</t>
+          <t>9786055099015</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Hayatın Kalfasıyız</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>29</v>
+        <v>140</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055099893</t>
+          <t>9786055099237</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Düşü</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055099985</t>
+          <t>9786055099893</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İtibarsız Adam</t>
+          <t>Gelincik Düşü</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>140</v>
+        <v>29</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055099886</t>
+          <t>9786055099985</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerde Yürüyüş</t>
+          <t>İtibarsız Adam</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>29</v>
+        <v>140</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055099916</t>
+          <t>9786055099886</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bir Karamsar</t>
+          <t>Düşüncelerde Yürüyüş</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055099848</t>
+          <t>9786055099916</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Benim Gizli Cennetim</t>
+          <t>Bir Karamsar</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055099817</t>
+          <t>9786055099848</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kırılmış Parçaları</t>
+          <t>Benim Gizli Cennetim</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055099701</t>
+          <t>9786055099817</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bu Kez Başka</t>
+          <t>Aşkın Kırılmış Parçaları</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055099787</t>
+          <t>9786055099701</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Aşktroloji</t>
+          <t>Bu Kez Başka</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>79</v>
+        <v>29</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055099725</t>
+          <t>9786055099787</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Zannettik</t>
+          <t>Aşktroloji</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>160</v>
+        <v>79</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055099428</t>
+          <t>9786055099725</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Şekerci İbrahim</t>
+          <t>Zannettik</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>29</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055099534</t>
+          <t>9786055099428</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Reçete</t>
+          <t>Şekerci İbrahim</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055099510</t>
+          <t>9786055099534</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Darüşşifa - Delilik Mevsimi</t>
+          <t>Kayıp Reçete</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>320</v>
+        <v>29</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786056198502</t>
+          <t>9786055099510</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>A Chain Of Historical Glimpse On Asia Minor</t>
+          <t>Darüşşifa - Delilik Mevsimi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>29</v>
+        <v>390</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055099503</t>
+          <t>9786056198502</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Hala Sarıysa Mimozalar</t>
+          <t>A Chain Of Historical Glimpse On Asia Minor</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>120</v>
+        <v>29</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055099329</t>
+          <t>9786055099503</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Hala Sarıysa Mimozalar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055099480</t>
+          <t>9786055099329</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Sever</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>39</v>
+        <v>90</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055099411</t>
+          <t>9786055099480</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yakarım Canını</t>
+          <t>Erkekler Sever</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055099404</t>
+          <t>9786055099411</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>The Boss</t>
+          <t>Yakarım Canını</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>240</v>
+        <v>49</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055099367</t>
+          <t>9786055099404</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Anonim Şirketi</t>
+          <t>The Boss</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>29</v>
+        <v>240</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055099305</t>
+          <t>9786055099367</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ay Burcu Mucizesi</t>
+          <t>Evlilik Anonim Şirketi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>29</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055099275</t>
+          <t>9786055099305</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yaradılıştan Günümüze Cinselliğin Tarih</t>
+          <t>Ay Burcu Mucizesi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055099633</t>
+          <t>9786055099275</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Aştan da Üstün</t>
+          <t>Yaradılıştan Günümüze Cinselliğin Tarih</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>29</v>
+        <v>280</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055099206</t>
+          <t>9786055099633</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ayrılığın Dört Hali</t>
+          <t>Aştan da Üstün</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>39</v>
+        <v>29</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258035728</t>
+          <t>9786055099206</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Ev</t>
+          <t>Ayrılığın Dört Hali</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>39</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055099213</t>
+          <t>9786258035728</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Senede Bir Gün</t>
+          <t>Tepedeki Ev</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>29</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055099190</t>
+          <t>9786055099213</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Gölgesinde Fırtınalar</t>
+          <t>Senede Bir Gün</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>29</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055099060</t>
+          <t>9786055099190</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Aşklar</t>
+          <t>Devrimin Gölgesinde Fırtınalar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055099145</t>
+          <t>9786055099060</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam</t>
+          <t>Tarihe Yön Veren Aşklar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055099053</t>
+          <t>9786055099145</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikteki Elektrik Kaçağı TRT (Türkiye, Rant, Televizyon)</t>
+          <t>Ömer Hayyam</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>49</v>
+        <v>180</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786056198540</t>
+          <t>9786055099053</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Turkey</t>
+          <t>Çiftlikteki Elektrik Kaçağı TRT (Türkiye, Rant, Televizyon)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786058649071</t>
+          <t>9786056198540</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sanal Aşk Kaçamakları</t>
+          <t>Turkey</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>39</v>
+        <v>29</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786058649019</t>
+          <t>9786058649071</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlüğün Sırrı</t>
+          <t>Sanal Aşk Kaçamakları</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786058649033</t>
+          <t>9786058649019</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nun Sonunda Yeşeren Türkiye Cumhuriyeti’nde Bir Türk Kızı</t>
+          <t>Ölümsüzlüğün Sırrı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786058615465</t>
+          <t>9786058649033</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Tanrıları</t>
+          <t>Osmanlı İmparatorluğu’nun Sonunda Yeşeren Türkiye Cumhuriyeti’nde Bir Türk Kızı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786058615427</t>
+          <t>9786058615465</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Her Şair Ölümü Tadacaktır</t>
+          <t>Mitoloji Tanrıları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>29</v>
+        <v>320</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786058615458</t>
+          <t>9786058615427</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Eski Tüfeklerin Sonbaharı</t>
+          <t>Her Şair Ölümü Tadacaktır</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>240</v>
+        <v>29</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
+          <t>9786058615458</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Eski Tüfeklerin Sonbaharı</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
           <t>3990000015753</t>
         </is>
       </c>
-      <c r="B245" s="1" t="inlineStr">
+      <c r="B246" s="1" t="inlineStr">
         <is>
           <t>En Az Üç Diyorlar Ama</t>
         </is>
       </c>
-      <c r="C245" s="1">
+      <c r="C246" s="1">
         <v>39</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>