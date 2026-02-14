--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,1255 +85,1315 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054912940</t>
+          <t>9786054912896</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Longevity ve Psikofonksiyonel Tıp</t>
+          <t>Metapsikoterapi - Psikodinamik Psikoterapi Kuram ve Uygulamaları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054912933</t>
+          <t>9786054912650</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Orgazm</t>
+          <t>Çözüm Odaklı Terapi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054912926</t>
+          <t>9786054912698</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ateşi</t>
+          <t>Duygusal Şema Duygusal Zeka</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054912902</t>
+          <t>9786054912629</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri ve Cinsel Tıp Ruh Sağlığı Uzmanları İçin Kapsamlı Kılavuz</t>
+          <t>Duygusal Şema Terapi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054912919</t>
+          <t>9786054912940</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Anneliğin Muhteşem Tarihi Yolculuğu</t>
+          <t>Longevity ve Psikofonksiyonel Tıp</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054912773</t>
+          <t>9786054912933</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Vajinismus ve Disparoni</t>
+          <t>Orgazm</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054912858</t>
+          <t>9786054912926</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bilgece Farkındalık El Kitabı</t>
+          <t>Anadolu Ateşi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054912834</t>
+          <t>9786054912902</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud</t>
+          <t>Psikiyatri ve Cinsel Tıp Ruh Sağlığı Uzmanları İçin Kapsamlı Kılavuz</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054912827</t>
+          <t>9786054912919</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz İle İyileşmek</t>
+          <t>Anneliğin Muhteşem Tarihi Yolculuğu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054912803</t>
+          <t>9786054912773</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sevişme Sanatı ve Kadim Seks Sırları - MetaSeks Cinsel Terapi Teknikleri</t>
+          <t>Vajinismus ve Disparoni</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054912780</t>
+          <t>9786054912858</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Erken Boşalma ve Taocu Seks</t>
+          <t>Bilgece Farkındalık El Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054912414</t>
+          <t>9786054912834</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Psikofelsefe</t>
+          <t>Sigmund Freud</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054912360</t>
+          <t>9786054912827</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Psikanalitik Biyografisi</t>
+          <t>Hipnoz İle İyileşmek</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054912483</t>
+          <t>9786054912803</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Psikolojik Boyutlarıyla Uluslararası Terörizm</t>
+          <t>Güzel Sevişme Sanatı ve Kadim Seks Sırları - MetaSeks Cinsel Terapi Teknikleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054912131</t>
+          <t>9786054912780</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>EFT ile İyileşin, İyileştirin</t>
+          <t>Erken Boşalma ve Taocu Seks</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054912346</t>
+          <t>9786054912414</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kayıptan Sonra Yaşam</t>
+          <t>Psikofelsefe</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054912223</t>
+          <t>9786054912360</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nevroz Kader Değildir</t>
+          <t>Atatürk'ün Psikanalitik Biyografisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058739628</t>
+          <t>9786054912483</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yatak Efsaneleri</t>
+          <t>Tarihi ve Psikolojik Boyutlarıyla Uluslararası Terörizm</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058739673</t>
+          <t>9786054912131</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kadim Aşk Öğretileri</t>
+          <t>EFT ile İyileşin, İyileştirin</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058739642</t>
+          <t>9786054912346</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Çift Terapisi</t>
+          <t>Kayıptan Sonra Yaşam</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054912094</t>
+          <t>9786054912223</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hipnozun Kitabı</t>
+          <t>Nevroz Kader Değildir</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054912230</t>
+          <t>9786058739628</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Erkekçe</t>
+          <t>Yatak Efsaneleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054912162</t>
+          <t>9786058739673</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ustaca Yaşamak ve Otantik Varoluş</t>
+          <t>Kadim Aşk Öğretileri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054912605</t>
+          <t>9786058739642</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Borderline Kişilik Bozukluğu Tanı ve Tedavisi</t>
+          <t>Evlilik ve Çift Terapisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054912667</t>
+          <t>9786054912094</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kontrol Sende Güç Sende</t>
+          <t>Hipnozun Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054912551</t>
+          <t>9786054912230</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Terapisi Teknikleri El Kitabı</t>
+          <t>Erkekçe</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054912636</t>
+          <t>9786054912162</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kadının Cinsel Yaşamı</t>
+          <t>Ustaca Yaşamak ve Otantik Varoluş</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054912490</t>
+          <t>9786054912605</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tantrik Cinsel Sırlar</t>
+          <t>Borderline Kişilik Bozukluğu Tanı ve Tedavisi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054912889</t>
+          <t>9786054912667</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Longevity Seks - Sürdürülebilir Cinsel Yaşam</t>
+          <t>Kontrol Sende Güç Sende</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054912865</t>
+          <t>9786054912551</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tantra - Öğretisi, Felsefesi, Sanatı</t>
+          <t>Evlilik Terapisi Teknikleri El Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054912841</t>
+          <t>9786054912636</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmak Zor Zanaat</t>
+          <t>Kadının Cinsel Yaşamı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054912353</t>
+          <t>9786054912490</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapistin El Kitabı</t>
+          <t>Tantrik Cinsel Sırlar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054912254</t>
+          <t>9786054912889</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Nazi Mirası</t>
+          <t>Longevity Seks - Sürdürülebilir Cinsel Yaşam</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054912216</t>
+          <t>9786054912865</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>En İyi Terapistim Ben</t>
+          <t>Tantra - Öğretisi, Felsefesi, Sanatı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054912766</t>
+          <t>9786054912841</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Metaseks - Cinsel Terapi</t>
+          <t>İnsan Olmak Zor Zanaat</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056409943</t>
+          <t>9786054912353</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Senden Nefret Ediyorum Ne Olur Beni Terk Etme</t>
+          <t>Psikoterapistin El Kitabı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054912759</t>
+          <t>9786054912254</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kadın Cinselliği ve Kadın Cinsel İşlev Bozuklukları</t>
+          <t>Nazi Mirası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054912735</t>
+          <t>9786054912216</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bir Hücreden İnsana Evrim Yolculuğu</t>
+          <t>En İyi Terapistim Ben</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054912711</t>
+          <t>9786054912766</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Obezite ve Beslenme Stratejileri</t>
+          <t>Metaseks - Cinsel Terapi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054912728</t>
+          <t>9786056409943</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Notalardan Şantiyelere Uzana Bir Ömür</t>
+          <t>Senden Nefret Ediyorum Ne Olur Beni Terk Etme</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054912674</t>
+          <t>9786054912759</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness ve Kabul Temelli Psikoterapi</t>
+          <t>Kadın Cinselliği ve Kadın Cinsel İşlev Bozuklukları</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054912643</t>
+          <t>9786054912735</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bence</t>
+          <t>Bir Hücreden İnsana Evrim Yolculuğu</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054912612</t>
+          <t>9786054912711</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Şifa Olsun</t>
+          <t>Obezite ve Beslenme Stratejileri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054912582</t>
+          <t>9786054912728</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Borderline Kişilik Bozukluğu Tedavisinde İyi Psikiyatrik Yönetim Modeli El Kitabı</t>
+          <t>Notalardan Şantiyelere Uzana Bir Ömür</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054912575</t>
+          <t>9786054912674</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Benim De Bebeğim Olsun</t>
+          <t>Mindfulness ve Kabul Temelli Psikoterapi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054912568</t>
+          <t>9786054912643</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Hipnozu</t>
+          <t>Bence</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054912544</t>
+          <t>9786054912612</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Pelin Narin Tekinsoy'la Para Koçluğu</t>
+          <t>Şifa Olsun</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054912537</t>
+          <t>9786054912582</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kimsin Sen?</t>
+          <t>Borderline Kişilik Bozukluğu Tedavisinde İyi Psikiyatrik Yönetim Modeli El Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054912520</t>
+          <t>9786054912575</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bir Babanın Doğuşu</t>
+          <t>Benim De Bebeğim Olsun</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054912513</t>
+          <t>9786054912568</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sistemik Cinsel Terapi El Kitabı</t>
+          <t>Evlilik Hipnozu</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054912506</t>
+          <t>9786054912544</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kefaret</t>
+          <t>Pelin Narin Tekinsoy'la Para Koçluğu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054912476</t>
+          <t>9786054912537</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kompulsif Cinsel Davranışların Tedavisinde Bilişsel Davranışçı Terapi</t>
+          <t>Kimsin Sen?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054912308</t>
+          <t>9786054912520</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Aldatma ve Sadakatsizlik</t>
+          <t>Bir Babanın Doğuşu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054912292</t>
+          <t>9786054912513</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kadınca</t>
+          <t>Sistemik Cinsel Terapi El Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054912285</t>
+          <t>9786054912506</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kadında Biseksüalite</t>
+          <t>Kefaret</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054912278</t>
+          <t>9786054912476</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz En Uzun Gece</t>
+          <t>Kompulsif Cinsel Davranışların Tedavisinde Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054912407</t>
+          <t>9786054912308</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin Cinsel Yaşamı</t>
+          <t>Aldatma ve Sadakatsizlik</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054912438</t>
+          <t>9786054912292</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Sırları</t>
+          <t>Kadınca</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054912421</t>
+          <t>9786054912285</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapiler</t>
+          <t>Kadında Biseksüalite</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054912469</t>
+          <t>9786054912278</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bedenimdeki Sır</t>
+          <t>15 Temmuz En Uzun Gece</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054912384</t>
+          <t>9786054912407</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz, EFT, NLP Teknikleriyle Zihinden Zayıflama</t>
+          <t>Erkeğin Cinsel Yaşamı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054912377</t>
+          <t>9786054912438</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşam Kılavuzu</t>
+          <t>Ruhun Sırları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054912322</t>
+          <t>9786054912421</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Göçmenler ve Mülteciler</t>
+          <t>Psikoterapiler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054912315</t>
+          <t>9786054912469</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Simurg Olmak</t>
+          <t>Bedenimdeki Sır</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054912179</t>
+          <t>9786054912384</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Patronca</t>
+          <t>Hipnoz, EFT, NLP Teknikleriyle Zihinden Zayıflama</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054912155</t>
+          <t>9786054912377</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Regresyon Hipnoterapisi</t>
+          <t>Mutlu Yaşam Kılavuzu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054912124</t>
+          <t>9786054912322</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Krem - Cilt Sağlığının ABC’si</t>
+          <t>Göçmenler ve Mülteciler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054912100</t>
+          <t>9786054912315</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>En Derin Hipnozumuz - Değersizlik İnancı</t>
+          <t>Simurg Olmak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054912209</t>
+          <t>9786054912179</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesinin Serencamı</t>
+          <t>Patronca</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054912452</t>
+          <t>9786054912155</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz Değilsiniz Çare Sizsiniz</t>
+          <t>Regresyon Hipnoterapisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056409929</t>
+          <t>9786054912124</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Dayanılmaz Ağırlığı</t>
+          <t>Krem - Cilt Sağlığının ABC’si</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056409998</t>
+          <t>9786054912100</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kocama Tuzak Kurdum</t>
+          <t>En Derin Hipnozumuz - Değersizlik İnancı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054912117</t>
+          <t>9786054912209</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Hipnozunu Bozmak</t>
+          <t>Türk Modernleşmesinin Serencamı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054912032</t>
+          <t>9786054912452</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz Telkinleri</t>
+          <t>Çaresiz Değilsiniz Çare Sizsiniz</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054912261</t>
+          <t>9786056409929</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sevemez Kimse Beni Benim Sevdiğim Kadar</t>
+          <t>Cinselliğin Dayanılmaz Ağırlığı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054912445</t>
+          <t>9786056409998</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İktidarsızlık</t>
+          <t>Kocama Tuzak Kurdum</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058739659</t>
+          <t>9786054912117</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Terapisi ve Cinsel Terapiyi Bütünleştirmek</t>
+          <t>Geçmişin Hipnozunu Bozmak</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054912063</t>
+          <t>9786054912032</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Erken Boşalma'nın Üstesinden Gelmek</t>
+          <t>Hipnoz Telkinleri</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054912049</t>
+          <t>9786054912261</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaçınma ve Erteleme Hastalığı Olan Vajinismus'un Üstesinden Gelmek</t>
+          <t>Sevemez Kimse Beni Benim Sevdiğim Kadar</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054912056</t>
+          <t>9786054912445</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Vajinismus Tedavisi</t>
+          <t>İktidarsızlık</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
+          <t>9786058739659</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Evlilik Terapisi ve Cinsel Terapiyi Bütünleştirmek</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786054912063</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Erken Boşalma'nın Üstesinden Gelmek</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786054912049</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kaçınma ve Erteleme Hastalığı Olan Vajinismus'un Üstesinden Gelmek</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786054912056</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>10 Adımda Vajinismus Tedavisi</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
           <t>9786054912391</t>
         </is>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>10 Adımda Erken Boşalma Tedavisi</t>
         </is>
       </c>
-      <c r="C82" s="1">
-        <v>300</v>
+      <c r="C86" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>