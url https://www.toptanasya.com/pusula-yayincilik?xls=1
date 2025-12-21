--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -94,51 +94,51 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786052359327</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>STEM Program Kitabı: Aşılamayan Nehir ve Duvarımda Var Bir Delik - İlkokul 2. 3. ve 4. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>266</v>
+        <v>368</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786056730153</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Endüstri 4.0</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>231</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9789944711265</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
@@ -184,51 +184,51 @@
         <is>
           <t>9789944711586</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Nokia Uygulama Geliştirme</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>78.4</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9789944711609</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Java Me</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>329</v>
+        <v>379</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9789944711876</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Hosting ve Bulut Rehberi</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>329</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9789944711746</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
@@ -289,51 +289,51 @@
         <is>
           <t>9786056730160</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>ASP.NET MVC ile E-Ticaret</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>154</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786055106249</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Dreamweaver CS6</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>329</v>
+        <v>345</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786055106188</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Windows Phone 8 İçin Uygulama Geliştirme Rehberi</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>329</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789944711449</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
@@ -439,51 +439,51 @@
         <is>
           <t>9789944711210</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Dreamweaver CS3</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>231</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9789944711982</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Microsoft Windows Server 2012</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>329</v>
+        <v>379</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786058359390</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Temel Robotik Eğitimi - 2</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789757092876</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
@@ -3634,51 +3634,51 @@
         <is>
           <t>9786056460845</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
           <t>Android Programlama Eğitimi - Başlangıçtan İleri Seviyeye Akademik Kaynak</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>64</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
           <t>9786052359877</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
           <t>Windows Sistemlerine Yönelik Saldırı ve Savunma Yöntemleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>90</v>
+        <v>345</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
           <t>9789944711364</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
           <t>.NET ile Mobil ve Gömülü Sistemler</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>22</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
           <t>9789944711357</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
@@ -4189,756 +4189,756 @@
         <is>
           <t>9789757092875</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
           <t>Yeni Ufuklar Seti (Set 12)</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>2338</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
           <t>9786052359518</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
           <t>STEM Eğitimi Uygulamaları 2</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>395</v>
+        <v>455</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
           <t>9786052359501</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
           <t>STEM Eğitimi Uygulamaları 1</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>395</v>
+        <v>455</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
           <t>9786052359365</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
           <t>Nmap İle Ağ Keşfi</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>353</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
           <t>9786052359556</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Tinkercad ile 3B Tasarım</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>353</v>
+        <v>406</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
           <t>9786052359679</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
           <t>Okul Öncesi Algoritmik Düşünme ve Kodlamaya Giriş Etkinlikleri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>378</v>
+        <v>435</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
           <t>9786052359761</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
           <t>Kodlama Öğreniyorum - 4. Sınıflar için</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>378</v>
+        <v>435</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
           <t>9786052359150</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
           <t>Kodlama Öğreniyorum - 3. Sınıflar için</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>378</v>
+        <v>435</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
           <t>9786052359068</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
           <t>Kodlama Öğreniyorum - 2. Sınıflar için</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>378</v>
+        <v>435</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
           <t>9786052359402</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
           <t>Bahçede Neler Oluyor? Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>319</v>
+        <v>368</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
           <t>9786052359419</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
           <t>Bahçede Neler Oluyor?</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>302</v>
+        <v>348</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
           <t>9786052359433</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
           <t>Orbi’nin Derdi Ne? Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>319.2</v>
+        <v>368</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
           <t>9786052359440</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
           <t>Orbi’nin Derdi Ne?</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>302.4</v>
+        <v>348</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
           <t>9786052359044</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
           <t>Oyun Tasarımı ve Etkinlik Kitabı 1. Sınıf</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>252</v>
+        <v>290</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
           <t>9786052359259</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
           <t>STEM Program Kitabı: Bir İnşaat Aranıyor! - Mars'ta Yaşam</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>319</v>
+        <v>368</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
           <t>9786058309883</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
           <t>Ar-Ge Teşvikleri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>269</v>
+        <v>310</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
           <t>9786056730122</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
           <t>STEM</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>454</v>
+        <v>522</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
           <t>9786058359376</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
           <t>Temel Kodlama Eğitimi 2</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>378</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
           <t>9786052359785</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
           <t>Çocuklar için Algoritma Temelli Bilgisayarsız Kodlama Etkinlikleri</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
           <t>9786057147301</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
           <t>Dijital Varlık Ekonomisi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>462</v>
+        <v>532</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
           <t>9786052359952</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
           <t>Elekto ve Büyük Bilgi Denizi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>277.2</v>
+        <v>319</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
           <t>9786052359945</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Python</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>353</v>
+        <v>406</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
           <t>9786052359860</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
           <t>UML Swift ve Kotlin İle Dizayn Paternleri</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>454</v>
+        <v>522</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
           <t>9786052359792</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
           <t>Kodi: Rodo'nun Dönüşü</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>277.2</v>
+        <v>319</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
           <t>9786052359808</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
           <t>Kodlama Korsanları Yolculuk Başlıyor</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>378</v>
+        <v>435</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
           <t>9786052359693</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
           <t>Elekto ve Teknolojik Araç Avcıları</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>277.2</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
           <t>9786052359754</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
           <t>Teknoloji Dünyasında Ailem Güvende</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>302</v>
+        <v>348</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
           <t>9786052359730</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
           <t>Dijital Hikaye Tasarımı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>252</v>
+        <v>290</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
           <t>9786052359709</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Uygulamalarla 3B Tasarım</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>353</v>
+        <v>406</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
           <t>9786052359686</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
           <t>Blokzincir Mimarisi ve Uygulamalar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>428</v>
+        <v>493</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
           <t>9786052359655</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
           <t>Adım Adım Bigdata ve Uygulamaları</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>428</v>
+        <v>493</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
           <t>9786052359631</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
           <t>Kodi: Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>277</v>
+        <v>319</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
           <t>9786052359617</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
           <t>Internet Information Services IIS10.0</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>353</v>
+        <v>406</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
           <t>9786052359600</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
           <t>Dijitopya</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>521</v>
+        <v>599</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
           <t>9786052359075</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
           <t>Oyun Tasarımı ve Etkinlik Kitabı 2. Sınıf</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>252</v>
+        <v>290</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
           <t>9786052359273</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
           <t>Aşılamayan Nehir</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>302.4</v>
+        <v>348</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
           <t>9786052359303</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
           <t>Duvarımda Var Bir Delik (Stem Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>319.2</v>
+        <v>368</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
           <t>9786052359297</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
           <t>Duvarımda Var Bir Delik</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>302.4</v>
+        <v>348</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
           <t>9786052359280</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
           <t>Aşılamayan Nehir (Stem Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>319.2</v>
+        <v>368</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
           <t>9786052359563</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
           <t>SAS Enterprise Miner ile Metin Madenciliği</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>315</v>
+        <v>363</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
           <t>9786052359174</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
           <t>Çocuklar için Mobil Programlama</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>327.6</v>
+        <v>377</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
           <t>9786052359181</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
           <t>Çocuklar için Small Basic ile Programlama</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>327.6</v>
+        <v>377</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
           <t>9786052359747</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Arduino ile Programlama</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>328</v>
+        <v>377</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
           <t>9786052359235</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Minecraft Education 101</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>327.6</v>
+        <v>377</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
           <t>9786056730191</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Marsta Yaşam Hikaye</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>302.4</v>
+        <v>348</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
           <t>9786052359006</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Marsta Yaşam Etkinlik</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>319.2</v>
+        <v>368</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
           <t>9786056730184</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Bir İnşaat Aranıyor Hikaye</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>302.4</v>
+        <v>348</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
           <t>9786056730177</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Bir İnşaat Aranıyor Etkinlik</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>319.2</v>
+        <v>368</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
           <t>9786052359389</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
           <t>Bitcoin ve Kripto Paralar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>428</v>
+        <v>493</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
           <t>9786052359372</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
           <t>Türkiye'nin Seyahat Rotaları ile Termal SPA - Wellness Rehberi</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>273</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
           <t>9786056730146</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
@@ -4969,316 +4969,316 @@
         <is>
           <t>9786058309838</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
           <t>Siz Hiç ODTÜ'de Çocuk Oldunuz mu?</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>277</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
           <t>9786058309814</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
           <t>İntel Edison ile Nesnelerin İnterneti</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>224</v>
+        <v>258</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
           <t>9786058359352</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
           <t>Dijital Oyun Tasarımı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>327.6</v>
+        <v>377</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
           <t>9786058359321</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin İnovasyon</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>352.8</v>
+        <v>406</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
           <t>9786056460876</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
           <t>BT Uzmanları için Windows 10</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>329</v>
+        <v>379</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
           <t>9786052359358</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
           <t>Ağ Teknolojileri ve Telekomünikasyon</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
           <t>9786055106119</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
           <t>Bilginin Gücü</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>252</v>
+        <v>290</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
           <t>9786055106034</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
           <t>Indesign CS6</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>329</v>
+        <v>345</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
           <t>9786055106089</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
           <t>Struts ile MVC: Model View Controller</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>329</v>
+        <v>379</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
           <t>9786055106065</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
           <t>ASP İle Web Programcılığı ve Elektronik Ticaret</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>329</v>
+        <v>379</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
           <t>9786052359846</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
           <t>Java ile Programlama ve Veri Yapıları</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>378</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
           <t>9786056460807</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
           <t>İleri AutoCAD 2014</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>378</v>
+        <v>435</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
           <t>9786056604331</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
           <t>Arduino'yu 25 Proje İle Keşfet!</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
           <t>9789944711975</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
           <t>TeknoŞirketlerde Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>277</v>
+        <v>319</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
           <t>9786058309852</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
           <t>Süper Satıcı Olmak: Proje Nasıl Satılır?</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>269</v>
+        <v>310</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
           <t>9789944711838</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
           <t>Revit Architecture 2013</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>336</v>
+        <v>387</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
           <t>9789944711814</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
           <t>Oracle Database 11g R2 - İleri Veritabanı Yönetimi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>454</v>
+        <v>522</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
           <t>9786055106027</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
           <t>Ne Kadar Hayvansın</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>277</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
           <t>9786055106041</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
           <t>JSP</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>329</v>
+        <v>379</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
           <t>9786052359266</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
           <t>İnternette Reklamcılık</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>302</v>
+        <v>348</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>