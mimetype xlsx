--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -3919,66 +3919,66 @@
         <is>
           <t>9786052359723</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
           <t>Çocuklar için Scratch 3</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>58</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
           <t>9786054912810</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
           <t>Kadınlar Venüs'e Erkekler Mars'a</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
           <t>9786054912797</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
           <t>Erkek Cinselliği ve Erkek Cinsel İşlev Bozuklukları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
           <t>9789757092885</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
           <t>İlkokullar İçin Stem Seti (Set 4)</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>1036</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
           <t>9789758859596</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>