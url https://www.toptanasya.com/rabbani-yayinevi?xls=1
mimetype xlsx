--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -85,385 +85,400 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257429160</t>
+          <t>9786257429108</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tanıma Sanatı (İlm-i Sima)</t>
+          <t>Yeniden İslama</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786250002476</t>
+          <t>9786257429160</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze İsmailağa Taş Medrese - 1</t>
+          <t>İnsan Tanıma Sanatı (İlm-i Sima)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056652738</t>
+          <t>9786250002476</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Dair Notlar</t>
+          <t>Geçmişten Günümüze İsmailağa Taş Medrese - 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050310115</t>
+          <t>9786056652738</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Fıkhu'l Ekber (Ciltli)</t>
+          <t>İslam'a Dair Notlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050629774</t>
+          <t>9786050310115</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Sohbetleri (Ciltli)</t>
+          <t>Fıkhu'l Ekber (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257429115</t>
+          <t>9786050629774</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Şuurlu Mümin Olmak</t>
+          <t>Hidayet Sohbetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254009341</t>
+          <t>9786257429115</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Akaidin Lami Cimi</t>
+          <t>Modern Dünyada Şuurlu Mümin Olmak</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257429191</t>
+          <t>9786254009341</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dini Hayatımızı Manipüle Eden Sloganlar</t>
+          <t>Akaidin Lami Cimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257429177</t>
+          <t>9786257429191</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kadının Kocasına Karşı Vazifeleri ve Sorumlulukları</t>
+          <t>Dini Hayatımızı Manipüle Eden Sloganlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257429184</t>
+          <t>9786257429177</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin Hanımına Karşı Vazifeleri ve Sorumlulukları</t>
+          <t>Kadının Kocasına Karşı Vazifeleri ve Sorumlulukları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>85</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050629729</t>
+          <t>9786257429184</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazıya Giriş</t>
+          <t>Erkeğin Hanımına Karşı Vazifeleri ve Sorumlulukları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786250084625</t>
+          <t>9786050629729</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Günahlardan Korunmuşluğu</t>
+          <t>Arapça Yazıya Giriş</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257429153</t>
+          <t>9786250084625</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Vahideddin Sultan'a Atılan İftiralara Belgelerle Cevaplar</t>
+          <t>Peygamberlerin Günahlardan Korunmuşluğu</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786250006733</t>
+          <t>9786257429153</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tesirli Dualar</t>
+          <t>Vahideddin Sultan'a Atılan İftiralara Belgelerle Cevaplar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257429122</t>
+          <t>9786250006733</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mektubat-ı Rabbani’den Dualar</t>
+          <t>Tesirli Dualar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050629767</t>
+          <t>9786257429122</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Maksut Dersleri (Kırık Mana – Geniş İzah – Şemalar İlaller Soru Bankası)</t>
+          <t>Mektubat-ı Rabbani’den Dualar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050629781</t>
+          <t>9786050629767</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Rabıta (Akli İzahı, Kitap, Sünnet ve Kıyastan Delilleri)</t>
+          <t>Maksut Dersleri (Kırık Mana – Geniş İzah – Şemalar İlaller Soru Bankası)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050629750</t>
+          <t>9786050629781</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kurraları</t>
+          <t>Rabıta (Akli İzahı, Kitap, Sünnet ve Kıyastan Delilleri)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254006203</t>
+          <t>9786050629750</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kuran ve Sünnet Işığında Aile ve Çocuk Terbiyesi</t>
+          <t>Osmanlı Kurraları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050603637</t>
+          <t>9786254006203</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Rabbaniyye</t>
+          <t>Kuran ve Sünnet Işığında Aile ve Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050603620</t>
+          <t>9786050603637</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dünü Bugünü ve Yarını İle Müslüman Kadın</t>
+          <t>Evrad-ı Rabbaniyye</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050603606</t>
+          <t>9786050603620</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kolaya Kaçmanın Adıdır Deizm</t>
+          <t>Dünü Bugünü ve Yarını İle Müslüman Kadın</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
+          <t>9786050603606</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Kolaya Kaçmanın Adıdır Deizm</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
           <t>9786056513848</t>
         </is>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Çocuk Eğitiminde Altın Kurallar</t>
         </is>
       </c>
-      <c r="C24" s="1">
+      <c r="C25" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>