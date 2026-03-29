--- v1 (2026-02-04)
+++ v2 (2026-03-29)
@@ -85,400 +85,790 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257429108</t>
+          <t>9786257429078</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yeniden İslama</t>
+          <t>Ariflerin Sultanı Cüneyd-i Bağdadi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257429160</t>
+          <t>9786257429054</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tanıma Sanatı (İlm-i Sima)</t>
+          <t>Beyazıd-i Bistami - Aşkın Sultanı Hidayet Öncüleri 4</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786250002476</t>
+          <t>9786257429023</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze İsmailağa Taş Medrese - 1</t>
+          <t>Güneşler Güneşi Halid-i Bağdadi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056652738</t>
+          <t>9786257429061</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Dair Notlar</t>
+          <t>Aşkın Gözyaşı Hallac-ı Mansur</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050310115</t>
+          <t>9786257429047</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Fıkhu'l Ekber (Ciltli)</t>
+          <t>Dinde Fakihi Hasan-ı Basri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050629774</t>
+          <t>9786257429009</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Sohbetleri (Ciltli)</t>
+          <t>İlahi Aşkın Kölesi İbrahim Bin Edhem</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>650</v>
+        <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257429115</t>
+          <t>9786257429016</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Şuurlu Mümin Olmak</t>
+          <t>İkinci Bin Yılın Müceddidi İmam-ı Rabbani</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254009341</t>
+          <t>9786257429085</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Akaidin Lami Cimi</t>
+          <t>Aşkın Yolunda Bir Veli Muhyiddin İbn-i Arabi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257429191</t>
+          <t>9786050629798</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dini Hayatımızı Manipüle Eden Sloganlar</t>
+          <t>Kadın Evliya Rabiatu'l Adeviyye</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257429177</t>
+          <t>9786257429030</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kadının Kocasına Karşı Vazifeleri ve Sorumlulukları</t>
+          <t>Evliyalar Başbuğu Şah-ı Nakşibend</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257429184</t>
+          <t>9786056652745</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin Hanımına Karşı Vazifeleri ve Sorumlulukları</t>
+          <t>Muhtasar - Fıkıh Tarihi ve Hanefi Mazhebi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050629729</t>
+          <t>9786056652752</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Arapça Yazıya Giriş</t>
+          <t>Başka Bir Açıdan Osmanlı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786250084625</t>
+          <t>9786056652707</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Günahlardan Korunmuşluğu</t>
+          <t>Ölüm ve Sonrası (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257429153</t>
+          <t>9786056652721</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Vahideddin Sultan'a Atılan İftiralara Belgelerle Cevaplar</t>
+          <t>El-Muğrib Fi I'Rab'ul Kur'an (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786250006733</t>
+          <t>9786056652714</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tesirli Dualar</t>
+          <t>Allah'ın Kullarından Salih Bir Kul (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257429122</t>
+          <t>3990000049223</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mektubat-ı Rabbani’den Dualar</t>
+          <t>Yasin Orta Boy (Kod:T080)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050629767</t>
+          <t>3990000031903</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Maksut Dersleri (Kırık Mana – Geniş İzah – Şemalar İlaller Soru Bankası)</t>
+          <t>Beyaz Minare</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050629781</t>
+          <t>9786056513855</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Rabıta (Akli İzahı, Kitap, Sünnet ve Kıyastan Delilleri)</t>
+          <t>Kadının Kocasına Karşı Vazifeleri ve Sorumlulukları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050629750</t>
+          <t>9786056513831</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kurraları</t>
+          <t>Erkeğin Hanımına Karşı Vazifeleri ve Sorumlulukları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254006203</t>
+          <t>9786050629736</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kuran ve Sünnet Işığında Aile ve Çocuk Terbiyesi</t>
+          <t>İslam'da Mezhepler ve Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050603637</t>
+          <t>9786050629743</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Rabbaniyye</t>
+          <t>Arapça - Türkçe Mukayeseli Dilbilgisi (Gramer)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050603620</t>
+          <t>9786257429092</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dünü Bugünü ve Yarını İle Müslüman Kadın</t>
+          <t>Müslümanların Gerilemesiyle Dünya Neler Kaybetti?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050603606</t>
+          <t>9786050603682</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kolaya Kaçmanın Adıdır Deizm</t>
+          <t>Salgın Hastalıklardan Korunmanın Manevi Yolları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>130</v>
+        <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
+          <t>9786050629712</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlıca Rika Yazı Alıştırma Defteri</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786056652769</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Abdülmetin Balkanlıoğlu Hocaefendi'nin Sohbetleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786056652783</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Tefekkürden Teyakkuza</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786257429108</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden İslama</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786257429160</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Tanıma Sanatı (İlm-i Sima)</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786250002476</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze İsmailağa Taş Medrese - 1</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786056652738</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>İslam'a Dair Notlar</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786050310115</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Fıkhu'l Ekber (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786050629774</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Hidayet Sohbetleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786257429115</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Modern Dünyada Şuurlu Mümin Olmak</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786254009341</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Akaidin Lami Cimi</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786257429191</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Dini Hayatımızı Manipüle Eden Sloganlar</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786257429177</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Kadının Kocasına Karşı Vazifeleri ve Sorumlulukları</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786257429184</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Erkeğin Hanımına Karşı Vazifeleri ve Sorumlulukları</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786050629729</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Yazıya Giriş</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786250084625</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberlerin Günahlardan Korunmuşluğu</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786257429153</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Vahideddin Sultan'a Atılan İftiralara Belgelerle Cevaplar</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786250006733</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Tesirli Dualar</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786257429122</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Mektubat-ı Rabbani’den Dualar</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786050629767</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Maksut Dersleri (Kırık Mana – Geniş İzah – Şemalar İlaller Soru Bankası)</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786050629781</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Rabıta (Akli İzahı, Kitap, Sünnet ve Kıyastan Delilleri)</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786050629750</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Kurraları</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786254006203</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Kuran ve Sünnet Işığında Aile ve Çocuk Terbiyesi</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786050603637</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Evrad-ı Rabbaniyye</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786050603620</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Dünü Bugünü ve Yarını İle Müslüman Kadın</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786050603606</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Kolaya Kaçmanın Adıdır Deizm</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
           <t>9786056513848</t>
         </is>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Çocuk Eğitiminde Altın Kurallar</t>
         </is>
       </c>
-      <c r="C25" s="1">
+      <c r="C51" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>