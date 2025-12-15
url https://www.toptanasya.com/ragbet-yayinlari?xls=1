--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,7285 +85,7435 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059475532</t>
+          <t>9786256889606</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Edebiyatı</t>
+          <t>Hakikat Sonrası: Bir Vadide Kaybolmak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059475853</t>
+          <t>9786256889569</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Empatik Anlayış</t>
+          <t>Meşhur Halife Harunürreşid'in Şairliği ve Çevresindeki Şairler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789756373316</t>
+          <t>9786256889583</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Dünyada Mevlana Nefesi</t>
+          <t>Mekke’den Mavera’ya Yolculuk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055378332</t>
+          <t>9786256889576</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Süryaniler Açısından 451 Kadıköy Konsili</t>
+          <t>Kırklar Arasında Hızır’ı Aramak</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055378059</t>
+          <t>9786256889545</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Süryani Ortodoks Kilisesi’nde İbadet</t>
+          <t>İbadetlerin Fazileti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054074969</t>
+          <t>9786256889552</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Aydınlığında Yürümek</t>
+          <t>Dua ve Zikir</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>124</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054074211</t>
+          <t>9786256889590</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mevlevilik ve Musiki - İsmail-i Ankaravi ve Musiki Risalesi</t>
+          <t>Babaannemin Sandığı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054074532</t>
+          <t>9786059475174</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’da Aşk</t>
+          <t>Herkes İçin Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055378363</t>
+          <t>9786054074402</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Melekler Hakkında Söylenti</t>
+          <t>İslam Düşünce Tarihinde 73 Fırka Anlayışı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054074082</t>
+          <t>9786057699619</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Üstü Siyaset</t>
+          <t>Klasik ve Modern Arapça Metinler-1 (Metinlerin Tercümesi ve Alıştırmaların Çözümü)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>385</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9799756835509</t>
+          <t>9786059475532</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Metafizik Bir Alem: Cennet</t>
+          <t>Türk İslam Edebiyatı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055378424</t>
+          <t>9786059475853</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Kur’an</t>
+          <t>Kur'an'a Göre Empatik Anlayış</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>310</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055378318</t>
+          <t>9789756373316</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kur’an - Astronomi İlişkisi</t>
+          <t>Tarih Boyunca Dünyada Mevlana Nefesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>560</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055378035</t>
+          <t>9786055378332</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kölelikten Önderliğe</t>
+          <t>Süryaniler Açısından 451 Kadıköy Konsili</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054074990</t>
+          <t>9786055378059</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kamil Mü’min Olmak İsteyenlere Rehber</t>
+          <t>Süryani Ortodoks Kilisesi’nde İbadet</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055378400</t>
+          <t>9786054074969</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İslam Fıkıh Mezhepleri</t>
+          <t>Sünnetin Aydınlığında Yürümek</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>380</v>
+        <v>124</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9799756835530</t>
+          <t>9786054074211</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Yeni Arayışlar 3</t>
+          <t>Mevlevilik ve Musiki - İsmail-i Ankaravi ve Musiki Risalesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9799756835196</t>
+          <t>9786054074532</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Yeni Arayışlar 2</t>
+          <t>Mevlana’da Aşk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9799756835011</t>
+          <t>9786055378363</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Yeni Arayışlar - 1</t>
+          <t>Melekler Hakkında Söylenti</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9799756835912</t>
+          <t>9786054074082</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İnciyar</t>
+          <t>Siyaset Üstü Siyaset</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054074907</t>
+          <t>9799756835509</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hz.Ömer’in Kur’an Anlayışı ve Tefsir İlmine Katkıları</t>
+          <t>Kur’an’da Metafizik Bir Alem: Cennet</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055378110</t>
+          <t>9786055378424</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Ayet Bir Hadis</t>
+          <t>Kur’an’a Göre Kur’an</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>580</v>
+        <v>310</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055378745</t>
+          <t>9786055378318</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kitabu's-Sıdk - Doğruluk Kitabı</t>
+          <t>Kur’an - Astronomi İlişkisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>144</v>
+        <v>560</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055378790</t>
+          <t>9786055378035</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Oynayalım Öğrenelim</t>
+          <t>Kölelikten Önderliğe</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055378714</t>
+          <t>9786054074990</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Engelli ve Yaşlı Hizmetlerinde Sosyal Bakım</t>
+          <t>Kamil Mü’min Olmak İsteyenlere Rehber</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>530</v>
+        <v>360</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059852111</t>
+          <t>9786055378400</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Fıkıh Usalü Anlayışı</t>
+          <t>İslam Fıkıh Mezhepleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059852708</t>
+          <t>9799756835530</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İslam Kelamında Yahudilik Eleştirisi</t>
+          <t>İslam Düşüncesinde Yeni Arayışlar 3</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055378844</t>
+          <t>9799756835196</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Belagat Terimleri Sözlüğü</t>
+          <t>İslam Düşüncesinde Yeni Arayışlar 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059475150</t>
+          <t>9799756835011</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika</t>
+          <t>İslam Düşüncesinde Yeni Arayışlar - 1</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>630</v>
+        <v>390</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059852401</t>
+          <t>9799756835912</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Deyimler Darb-ı Meseller ve Bazı Gerçekler (Ciltli)</t>
+          <t>İnciyar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059852364</t>
+          <t>9786054074907</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Beyan Üslubu (Ciltli)</t>
+          <t>Hz.Ömer’in Kur’an Anlayışı ve Tefsir İlmine Katkıları</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059852531</t>
+          <t>9786055378110</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Her Güne Bir Ayet Bir Hadis</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>500</v>
+        <v>580</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055378899</t>
+          <t>9786055378745</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Din ve Sivil İtaatsizlik</t>
+          <t>Kitabu's-Sıdk - Doğruluk Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059852241</t>
+          <t>9786055378790</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Cevap Anahtarlı ve Fiil Çekim Cetvelli Arapça Dilbilgisi</t>
+          <t>Oynayalım Öğrenelim</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>756</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059852371</t>
+          <t>9786055378714</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'e Göre Allah Kimleri Sever Kimleri Sevmez?</t>
+          <t>Engelli ve Yaşlı Hizmetlerinde Sosyal Bakım</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055378493</t>
+          <t>9786059852111</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türk Mutfak Kültürü ve Din</t>
+          <t>Osmanlı’da Fıkıh Usalü Anlayışı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054074150</t>
+          <t>9786059852708</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Sosyal Hizmetlerde Manevi Bakım</t>
+          <t>İslam Kelamında Yahudilik Eleştirisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059852715</t>
+          <t>9786055378844</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Müteşabih Hadislerin Yorumu</t>
+          <t>Belagat Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059852319</t>
+          <t>9786059475150</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Anlamı Etkileyen Kıraat Farklılıklarının Tevcihi</t>
+          <t>Sosyal Politika</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>210</v>
+        <v>630</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059852142</t>
+          <t>9786059852401</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Aşk</t>
+          <t>Kur'an'da Deyimler Darb-ı Meseller ve Bazı Gerçekler (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>144</v>
+        <v>550</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054074846</t>
+          <t>9786059852364</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi Terimleri Sözlüğü</t>
+          <t>Kur'an'ın Beyan Üslubu (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>470</v>
+        <v>520</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054074563</t>
+          <t>9786059852531</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Dinler ve Mezhepler</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059475778</t>
+          <t>9786055378899</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Savaş ve Meşruiyeti</t>
+          <t>Gençlerde Din ve Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059475846</t>
+          <t>9786059852241</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mitfahul Mehara</t>
+          <t>Cevap Anahtarlı ve Fiil Çekim Cetvelli Arapça Dilbilgisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>380</v>
+        <v>756</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059475112</t>
+          <t>9786059852371</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kıraat Tarihi ve Kıraat Farklılıklarının Kur'an Tefsirine Etkisi</t>
+          <t>Kur'an-ı Kerim'e Göre Allah Kimleri Sever Kimleri Sevmez?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057699145</t>
+          <t>9786055378493</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tevcid-i Mahir</t>
+          <t>Türk Mutfak Kültürü ve Din</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756835715</t>
+          <t>9786054074150</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Demetleri</t>
+          <t>Tıbbi Sosyal Hizmetlerde Manevi Bakım</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>144</v>
+        <v>450</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055378394</t>
+          <t>9786059852715</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Et-Tarikatü’l-Muhammediyye</t>
+          <t>Müteşabih Hadislerin Yorumu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055378523</t>
+          <t>9786059852319</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dinlerde Hakikat</t>
+          <t>Anlamı Etkileyen Kıraat Farklılıklarının Tevcihi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756373880</t>
+          <t>9786059852142</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Din-Ahlak Ekseninde Hz.Muhammed</t>
+          <t>Tasavvufta Aşk</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>310</v>
+        <v>144</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055378479</t>
+          <t>9786054074846</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim’in İttifak Ettiği Hadislerden 40 Hadis</t>
+          <t>Din Sosyolojisi Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>260</v>
+        <v>470</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054074525</t>
+          <t>9786054074563</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ben Niçin Varım?</t>
+          <t>Geçmişten Günümüze Dinler ve Mezhepler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>345</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756373965</t>
+          <t>9786059475778</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Peygamberimiz (Ciltli)</t>
+          <t>İslam Hukukunda Savaş ve Meşruiyeti</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1092</v>
+        <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055378004</t>
+          <t>9786059475846</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerden Dualar ve Zikirler</t>
+          <t>Mitfahul Mehara</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756835494</t>
+          <t>9786059475112</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Bulmaca Sözlüğü</t>
+          <t>Kıraat Tarihi ve Kıraat Farklılıklarının Kur'an Tefsirine Etkisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057699350</t>
+          <t>9786057699145</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İtikat İbadet ve Hukuk</t>
+          <t>Tevcid-i Mahir</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057699688</t>
+          <t>9789756835715</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Zaaflar ve Hz. Peygamberden Psikoterapi</t>
+          <t>Gelincik Demetleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>144</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059475921</t>
+          <t>9786055378394</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Tarihselliği Yanılgısı</t>
+          <t>Et-Tarikatü’l-Muhammediyye</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059475495</t>
+          <t>9786055378523</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Allah Rasulü'nden İki Demet Kırk Hadis-i Şerif</t>
+          <t>Dinlerde Hakikat</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>95</v>
+        <v>330</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9799756373040</t>
+          <t>9789756373880</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mesihi Beklerken</t>
+          <t>Din-Ahlak Ekseninde Hz.Muhammed</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756373804</t>
+          <t>9786055378479</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İbadete Çağrı Olan Ezan</t>
+          <t>Buhari ve Müslim’in İttifak Ettiği Hadislerden 40 Hadis</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059852043</t>
+          <t>9786054074525</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın İşari Yorumu</t>
+          <t>Ben Niçin Varım?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>320</v>
+        <v>345</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059852500</t>
+          <t>9789756373965</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Açıdan Deprem ve Din</t>
+          <t>Ayet ve Hadislerle Peygamberimiz (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>400</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059852258</t>
+          <t>9786055378004</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hitabet Sanatı -Hatip ve Vaizlere Yardımcı Notlar</t>
+          <t>Ayet ve Hadislerden Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>672</v>
+        <v>210</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057699305</t>
+          <t>9789756835494</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsanlara Yöneltilen Sorular</t>
+          <t>Alternatif Bulmaca Sözlüğü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054074778</t>
+          <t>9786057699350</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Sorularla İtikat İbadet ve Hukuk</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055378202</t>
+          <t>9786057699688</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Amca Hasan Ağa Vakfı</t>
+          <t>Psikolojik Zaaflar ve Hz. Peygamberden Psikoterapi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>444</v>
+        <v>225</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256889514</t>
+          <t>9786059475921</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İyiliği Emretmek Kötülükten Sakındırmak</t>
+          <t>Kur'an'ın Tarihselliği Yanılgısı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9787862568893</t>
+          <t>9786059475495</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>The Argument From Design In Contemporary Thought</t>
+          <t>Allah Rasulü'nden İki Demet Kırk Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256889507</t>
+          <t>9799756373040</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Türkçe İle Anlatımı (Meal)</t>
+          <t>Mesihi Beklerken</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256889118</t>
+          <t>9789756373804</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh İlmine Giriş</t>
+          <t>İbadete Çağrı Olan Ezan</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256889538</t>
+          <t>9786059852043</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Akademik Sohbetler 3 İslam Düşüncesi (Felsefe-Sosyoloji)</t>
+          <t>Kur'an'ın İşari Yorumu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256889439</t>
+          <t>9786059852500</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (Ciltli)</t>
+          <t>Sosyolojik Açıdan Deprem ve Din</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>600</v>
+        <v>425</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256889477</t>
+          <t>9786059852258</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Kasabası; Sihirli Bastonun Tuhaf Maceraları-4</t>
+          <t>Hitabet Sanatı -Hatip ve Vaizlere Yardımcı Notlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>180</v>
+        <v>715</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256889484</t>
+          <t>9786057699305</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Karakalem Dünya; Sihirli Bastonun Tuhaf</t>
+          <t>Kur'an'da İnsanlara Yöneltilen Sorular</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256889453</t>
+          <t>9786054074778</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi Ortaçağ ve Yeniçağ</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256889460</t>
+          <t>9786055378202</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Babaya İtaat</t>
+          <t>Amca Hasan Ağa Vakfı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256889224</t>
+          <t>9786256889514</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sarf-Nahiv Edatlar İmla ve Terimler (Ciltli)</t>
+          <t>İyiliği Emretmek Kötülükten Sakındırmak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256889064</t>
+          <t>9787862568893</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sürmeli Sözler: Dişil Karakterli Kelimeler Sözlüğü</t>
+          <t>The Argument From Design In Contemporary Thought</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059852920</t>
+          <t>9786256889507</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Bağlayıcılığı</t>
+          <t>Kur’an-ı Kerim’in Türkçe İle Anlatımı (Meal)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059475228</t>
+          <t>9786256889118</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Eğitimi</t>
+          <t>Fıkıh İlmine Giriş</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055378998</t>
+          <t>9786256889538</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Diyarbakır Ermenileri</t>
+          <t>Akademik Sohbetler 3 İslam Düşüncesi (Felsefe-Sosyoloji)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9799756835929</t>
+          <t>9786256889439</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İçkinin Zararları</t>
+          <t>Marifetname (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055378462</t>
+          <t>9786256889477</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler ve Dini İlimlerde Davranış Kuramları</t>
+          <t>Tuhaflıklar Kasabası; Sihirli Bastonun Tuhaf Maceraları-4</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059475167</t>
+          <t>9786256889484</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İngilizce YDS ve YÖKDİL</t>
+          <t>Karakalem Dünya; Sihirli Bastonun Tuhaf</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1164</v>
+        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789756835746</t>
+          <t>9786256889453</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Gece</t>
+          <t>Felsefe Tarihi Ortaçağ ve Yeniçağ</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>145</v>
+        <v>510</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059475969</t>
+          <t>9786256889460</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>Anne ve Babaya İtaat</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059475945</t>
+          <t>9786256889224</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>Sarf-Nahiv Edatlar İmla ve Terimler (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059475976</t>
+          <t>9786256889064</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>Sürmeli Sözler: Dişil Karakterli Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>415</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059475952</t>
+          <t>9786059852920</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>Sünnetin Bağlayıcılığı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059475983</t>
+          <t>9786059475228</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>Tasavvuf Eğitimi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057699176</t>
+          <t>9786055378998</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün Fethini Müjdeleyen Endülüslü Sufi İbn Berrecan</t>
+          <t>Osmanlı İmparatorluğu’nda Diyarbakır Ermenileri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>360</v>
+        <v>470</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256889415</t>
+          <t>9799756835929</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tövbe Kitabı – Kitabu’t-Tevbe</t>
+          <t>İçkinin Zararları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256889422</t>
+          <t>9786055378462</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Nefis Terbiyesi</t>
+          <t>Sosyal Bilimler ve Dini İlimlerde Davranış Kuramları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>335</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059699473</t>
+          <t>9786059475167</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l İber</t>
+          <t>İngilizce YDS ve YÖKDİL</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>178</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054074419</t>
+          <t>9789756835746</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik ve Din</t>
+          <t>Dilsiz Gece</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059852302</t>
+          <t>9786059475969</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Miftahu’l-İber</t>
+          <t>6. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>178</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054074624</t>
+          <t>9786059475945</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesine Giriş</t>
+          <t>4. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256889378</t>
+          <t>9786059475976</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Vezin Vezin Fiiller</t>
+          <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>702</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256889361</t>
+          <t>9786059475952</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Konularına Göre İlahiler (Açıklamaları ve Örnek Eserleriyle)</t>
+          <t>5. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>366</v>
+        <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256889392</t>
+          <t>9786059475983</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’da Aşkın Dili</t>
+          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256889408</t>
+          <t>9786057699176</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kutsalın İzini Sürmek</t>
+          <t>Kudüs’ün Fethini Müjdeleyen Endülüslü Sufi İbn Berrecan</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256889385</t>
+          <t>9786256889415</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Yaşamak</t>
+          <t>Tövbe Kitabı – Kitabu’t-Tevbe</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>580</v>
+        <v>230</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054074389</t>
+          <t>9786256889422</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>El- Va'du'l- Hak Haksöz</t>
+          <t>Nefis Terbiyesi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057699671</t>
+          <t>9786059699473</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ulumü'l-Hadis</t>
+          <t>Miftahu'l İber</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>744</v>
+        <v>178</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756835289</t>
+          <t>9786054074419</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Arapça’da İ’rab</t>
+          <t>Cinsellik ve Din</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256889316</t>
+          <t>9786059852302</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Aykırı Görülen Hadisler</t>
+          <t>Miftahu’l-İber</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>400</v>
+        <v>178</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059852982</t>
+          <t>9786054074624</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mantığa Giriş</t>
+          <t>Din Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>400</v>
+        <v>155</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756373040</t>
+          <t>9786256889378</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mesihi Beklerken - Mesihçi ve Millenarist Hareketler</t>
+          <t>Vezin Vezin Fiiller</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>105</v>
+        <v>750</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256889330</t>
+          <t>9786256889361</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Nikah Adabı</t>
+          <t>Konularına Göre İlahiler (Açıklamaları ve Örnek Eserleriyle)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256889347</t>
+          <t>9786256889392</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Helaller ve Haramlar - Kitabu’l-Helali Ve’l-Haram</t>
+          <t>Mevlana’da Aşkın Dili</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256889323</t>
+          <t>9786256889408</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Ölüm Arasında</t>
+          <t>Kutsalın İzini Sürmek</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256889293</t>
+          <t>9786256889385</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Resim ve Ahlak</t>
+          <t>Kur'an'ı Yaşamak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>190</v>
+        <v>620</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256889286</t>
+          <t>9786054074389</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Aile Birey ve Toplum</t>
+          <t>El- Va'du'l- Hak Haksöz</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>190</v>
+        <v>315</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256889163</t>
+          <t>9786057699671</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Onlar Böyleydi - Arifler Bahçesi (Büstanü'l-Arifin)</t>
+          <t>Ulumü'l-Hadis</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>230</v>
+        <v>790</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256889156</t>
+          <t>9789756835289</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Nefsini Bilen Rabbini Bilir</t>
+          <t>Arapça’da İ’rab</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256889149</t>
+          <t>9786256889316</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Faziletleri - Fezailül Kur'an</t>
+          <t>Kur’an’a Aykırı Görülen Hadisler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256889125</t>
+          <t>9786059852982</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>Mantığa Giriş</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>425</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256889132</t>
+          <t>9789756373040</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Allah'a Adamak - Kitabüz Zühd</t>
+          <t>Mesihi Beklerken - Mesihçi ve Millenarist Hareketler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>240</v>
+        <v>105</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756373149</t>
+          <t>9786256889330</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Surelerinin Sıralanışındaki Sırlar</t>
+          <t>Evlilik ve Nikah Adabı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057699428</t>
+          <t>9786256889347</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İslam Tasavvuf Düşüncesinin Teşekkülü</t>
+          <t>Helaller ve Haramlar - Kitabu’l-Helali Ve’l-Haram</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>760</v>
+        <v>320</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057699947</t>
+          <t>9786256889323</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Adalet</t>
+          <t>Yaşam ve Ölüm Arasında</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256889187</t>
+          <t>9786256889293</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesinde Devlet Liderlik ve Bilgelik</t>
+          <t>Resim ve Ahlak</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>450</v>
+        <v>215</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057699732</t>
+          <t>9786256889286</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Eyyubiler - 1</t>
+          <t>İslam’da Aile Birey ve Toplum</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256889248</t>
+          <t>9786256889163</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul - Eyyühel Veled</t>
+          <t>Onlar Böyleydi - Arifler Bahçesi (Büstanü'l-Arifin)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256889279</t>
+          <t>9786256889156</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dilin Afetleri - Afatül Lisan</t>
+          <t>Nefsini Bilen Rabbini Bilir</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256889255</t>
+          <t>9786256889149</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yemek ve Şehvet Terbiyesi - Kitabü Kesri'ş-Şehveteyn</t>
+          <t>Kur'an-ı Kerim'in Faziletleri - Fezailül Kur'an</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256889262</t>
+          <t>9786256889125</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dalaletten Hidayete - El Munkız Mined Dalal</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055378417</t>
+          <t>9786256889132</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Teist Varoluşçularda İman - Ahlak İlişkisi</t>
+          <t>Hayatı Allah'a Adamak - Kitabüz Zühd</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057699053</t>
+          <t>9789756373149</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonundaki Saat - Sihirli Bastonun Tuhaf Maceraları 1</t>
+          <t>Kur’an Surelerinin Sıralanışındaki Sırlar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>220</v>
+        <v>335</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256889071</t>
+          <t>9786057699428</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Bizi “Hakikat” ten Koru</t>
+          <t>İslam Tasavvuf Düşüncesinin Teşekkülü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>400</v>
+        <v>820</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256889095</t>
+          <t>9786057699947</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Gel ve Ol; Mevlana ve Yunus Emre’de Anadolu İrfanının Ahlaki Boyutu</t>
+          <t>Ahlak ve Adalet</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256889057</t>
+          <t>9786256889187</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Akademik Sohbetler 1 Hadis - Fıkıh</t>
+          <t>İslam Siyaset Düşüncesinde Devlet Liderlik ve Bilgelik</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256889088</t>
+          <t>9786057699732</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Prens ve Ölüm</t>
+          <t>Eyyubiler - 1</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>145</v>
+        <v>335</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256889101</t>
+          <t>9786256889248</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dindarlığın Sosyolojisi</t>
+          <t>Ey Oğul - Eyyühel Veled</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256889019</t>
+          <t>9786256889279</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Sünnetinde İtaat</t>
+          <t>Dilin Afetleri - Afatül Lisan</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256889040</t>
+          <t>9786256889255</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü</t>
+          <t>Yemek ve Şehvet Terbiyesi - Kitabü Kesri'ş-Şehveteyn</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257699213</t>
+          <t>9786256889262</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Zulüm Bizdense Ben Bizden Değilim</t>
+          <t>Dalaletten Hidayete - El Munkız Mined Dalal</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057699510</t>
+          <t>9786055378417</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Arapça Grameri Temel Sarf Bilgileri</t>
+          <t>Teist Varoluşçularda İman - Ahlak İlişkisi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>372</v>
+        <v>360</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059475747</t>
+          <t>9786057699053</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Arapça Öğretimi - 1</t>
+          <t>Dünyanın Sonundaki Saat - Sihirli Bastonun Tuhaf Maceraları 1</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059475754</t>
+          <t>9786256889071</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Arapça Öğretimi 1 - Çeviri Rehberi</t>
+          <t>Tanrım Bizi “Hakikat” ten Koru</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>700</v>
+        <v>425</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059475099</t>
+          <t>9786256889095</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Eğlenerek Öğrenelim 3 - Arapça Kıssalar</t>
+          <t>Gel ve Ol; Mevlana ve Yunus Emre’de Anadolu İrfanının Ahlaki Boyutu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>504</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059852821</t>
+          <t>9786256889057</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kolaylaştırılmış Arapça Grameri Nahiv</t>
+          <t>Akademik Sohbetler 1 Hadis - Fıkıh</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>216</v>
+        <v>415</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059852876</t>
+          <t>9786256889088</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Modern Metodla Arapça İmla Kuralları</t>
+          <t>Prens ve Ölüm</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>588</v>
+        <v>160</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059852906</t>
+          <t>9786256889101</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kolaylaştırılmış Arapça Grameri Sarf</t>
+          <t>Dindarlığın Sosyolojisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059852609</t>
+          <t>9786256889019</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Arapça Metinler 1</t>
+          <t>Hz. Peygamberin Sünnetinde İtaat</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>624</v>
+        <v>530</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059475389</t>
+          <t>9786256889040</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>El Muderrecul Basit Fi İlmin Nahiv-1</t>
+          <t>Hadis Usulü</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059475396</t>
+          <t>9786257699213</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>El Muktedabu Fil Belağati Arabiyyeti</t>
+          <t>Zulüm Bizdense Ben Bizden Değilim</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059475372</t>
+          <t>9786057699510</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>El Muderrecul Basit Fi İlmin Nahiv-2</t>
+          <t>Arapça Grameri Temel Sarf Bilgileri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>672</v>
+        <v>395</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059475327</t>
+          <t>9786059475747</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Arapça Metinler -2</t>
+          <t>Adım Adım Arapça Öğretimi - 1</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>480</v>
+        <v>690</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059852791</t>
+          <t>9786059475754</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Arapça Uzun Hikayeler 2. Kitap</t>
+          <t>Adım Adım Arapça Öğretimi 1 - Çeviri Rehberi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>830</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057699695</t>
+          <t>9786059475099</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Türkçeden Arapçaya Tercüme Teknikleri</t>
+          <t>Arapçayı Eğlenerek Öğrenelim 3 - Arapça Kıssalar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>400</v>
+        <v>540</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055378288</t>
+          <t>9786059852821</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Arapça Metinler-2</t>
+          <t>Kolaylaştırılmış Arapça Grameri Nahiv</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057699848</t>
+          <t>9786059852876</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İmam Beyhaki ve Kitabu'd-De'avati'l Kebir'i</t>
+          <t>Modern Metodla Arapça İmla Kuralları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>135</v>
+        <v>625</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057699978</t>
+          <t>9786059852906</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Tarih Bilim ve Medeniyet</t>
+          <t>Kolaylaştırılmış Arapça Grameri Sarf</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057699954</t>
+          <t>9786059852609</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hace Muhammed Parsa ve Nakşibendilik</t>
+          <t>Klasik ve Modern Arapça Metinler 1</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>360</v>
+        <v>665</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789756373002</t>
+          <t>9786059475389</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Genç Adam</t>
+          <t>El Muderrecul Basit Fi İlmin Nahiv-1</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054074105</t>
+          <t>9786059475396</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Devletler ve İslam Hukukunda Deniz</t>
+          <t>El Muktedabu Fil Belağati Arabiyyeti</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>340</v>
+        <v>255</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057699602</t>
+          <t>9786059475372</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Ahlakın Şartı Kaç?</t>
+          <t>El Muderrecul Basit Fi İlmin Nahiv-2</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>230</v>
+        <v>715</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057699879</t>
+          <t>9786059475327</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde İlimler Tasnifi ve Makasid Anlayışı</t>
+          <t>Klasik ve Modern Arapça Metinler -2</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>190</v>
+        <v>510</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057699855</t>
+          <t>9786059852791</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İslam Dininin Temel Dayanakları Akıl, Kur'an ve Peygamber</t>
+          <t>Arapça Uzun Hikayeler 2. Kitap</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>760</v>
+        <v>320</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057699862</t>
+          <t>9786057699695</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Sünnet - Hadis - Amel Tartışmaları</t>
+          <t>Türkçeden Arapçaya Tercüme Teknikleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057699886</t>
+          <t>9786055378288</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Tanrı</t>
+          <t>Klasik ve Modern Arapça Metinler-2</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>680</v>
+        <v>320</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789756373507</t>
+          <t>9786057699848</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İnsan Gerçeği ve İslami Hayat</t>
+          <t>İmam Beyhaki ve Kitabu'd-De'avati'l Kebir'i</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>560</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057699725</t>
+          <t>9786057699978</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kötülük ve Teodise</t>
+          <t>İslam'da Tarih Bilim ve Medeniyet</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057699718</t>
+          <t>9786057699954</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'dan Örneklerle Klasik Ve İnformel Mantık</t>
+          <t>Hace Muhammed Parsa ve Nakşibendilik</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057699473</t>
+          <t>9789756373002</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Miftahu’l-İber - İnsanlık ve Peygamberler Tarihine Giriş</t>
+          <t>Genç Adam</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057699527</t>
+          <t>9786054074105</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ömerül Adil (Fütuhat, Evail ve İstikrar)</t>
+          <t>Devletler ve İslam Hukukunda Deniz</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057699657</t>
+          <t>9786057699602</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yasin Suresi Türkçe Anlamı ile Tefsir ve Yorumu</t>
+          <t>İslam'da Ahlakın Şartı Kaç?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059852470</t>
+          <t>9786057699879</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Beddua (Ciltli)</t>
+          <t>İslam Medeniyetinde İlimler Tasnifi ve Makasid Anlayışı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>480</v>
+        <v>215</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059475105</t>
+          <t>9786057699855</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesine Giriş</t>
+          <t>İslam Dininin Temel Dayanakları Akıl, Kur'an ve Peygamber</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>360</v>
+        <v>820</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9799756373100</t>
+          <t>9786057699862</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Sıhhat</t>
+          <t>Erken Dönem Sünnet - Hadis - Amel Tartışmaları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>120</v>
+        <v>335</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055378356</t>
+          <t>9786057699886</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Çokkültürlülük ve İslam</t>
+          <t>Bir Dünya Tanrı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>720</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059852357</t>
+          <t>9789756373507</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Horasan ve Maveraünnehir'de Ilımlı Bir İslam Politikası - Kerrami Söylem ve Yansımaları</t>
+          <t>İnsan Gerçeği ve İslami Hayat</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>430</v>
+        <v>600</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059852050</t>
+          <t>9786057699725</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Edirne Romanlarında Geçiş Ritüelleri ve Din</t>
+          <t>Kötülük ve Teodise</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057699091</t>
+          <t>9786057699718</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kompozisyon Çalışma Defteri 1</t>
+          <t>Kur'an'dan Örneklerle Klasik Ve İnformel Mantık</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057699107</t>
+          <t>9786057699473</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kompozisyon Çalışma Defteri 2</t>
+          <t>Miftahu’l-İber - İnsanlık ve Peygamberler Tarihine Giriş</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>588</v>
+        <v>450</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057699817</t>
+          <t>9786057699527</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi - Üzerinde İttifak Edilen Esaslar</t>
+          <t>Ömerül Adil (Fütuhat, Evail ve İstikrar)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059475235</t>
+          <t>9786057699657</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kıyamet</t>
+          <t>Yasin Suresi Türkçe Anlamı ile Tefsir ve Yorumu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>560</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057699824</t>
+          <t>9786059852470</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Politikamız ve Felsefemiz</t>
+          <t>Hz. Peygamber ve Beddua (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>360</v>
+        <v>510</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057699800</t>
+          <t>9786059475105</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Taha Abdurrahman’ın Felsefesi - Seküler Dünyaya Hikmetli Cevap</t>
+          <t>Din Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057699794</t>
+          <t>9799756373100</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası Bunalımları</t>
+          <t>Bir Nefes Sıhhat</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>410</v>
+        <v>140</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057699787</t>
+          <t>9786055378356</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Hadis Eleştirisi</t>
+          <t>Küreselleşme Çokkültürlülük ve İslam</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>320</v>
+        <v>335</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057699503</t>
+          <t>9786059852357</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Sahabe</t>
+          <t>Horasan ve Maveraünnehir'de Ilımlı Bir İslam Politikası - Kerrami Söylem ve Yansımaları</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057699763</t>
+          <t>9786059852050</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kudüs</t>
+          <t>Edirne Romanlarında Geçiş Ritüelleri ve Din</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057699770</t>
+          <t>9786057699091</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Cinlerle İlgili Hadislerin Değerlendirilmesi</t>
+          <t>Arapça Kompozisyon Çalışma Defteri 1</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>340</v>
+        <v>640</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057699756</t>
+          <t>9786057699107</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a İşari Yaklaşımlar</t>
+          <t>Arapça Kompozisyon Çalışma Defteri 2</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>190</v>
+        <v>625</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057699664</t>
+          <t>9786057699817</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kum Şehrinin Çocukları</t>
+          <t>İslam Akaidi - Üzerinde İttifak Edilen Esaslar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059475655</t>
+          <t>9786059475235</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dualar ve Zikirler</t>
+          <t>Kızıl Kıyamet</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057699497</t>
+          <t>9786057699824</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca İnanç Tıp İlişkisi</t>
+          <t>Eğitim Politikamız ve Felsefemiz</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059475358</t>
+          <t>9786057699800</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Hastalık Algılanmasında Dua Şifa İlişkisi</t>
+          <t>Taha Abdurrahman’ın Felsefesi - Seküler Dünyaya Hikmetli Cevap</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057699633</t>
+          <t>9786057699794</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatla İlgili Hadis Makaleleri-3</t>
+          <t>Hakikat Sonrası Bunalımları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>460</v>
+        <v>435</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057699626</t>
+          <t>9786057699787</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aklını Kurmak</t>
+          <t>Ehl-i Hadis Eleştirisi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057699640</t>
+          <t>9786057699503</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İki Münzevi Şair ve Hattat; İnzivadan Bilgeliğe</t>
+          <t>Arkadaşım Sahabe</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>460</v>
+        <v>120</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057699572</t>
+          <t>9786057699763</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kurşuni Kalem</t>
+          <t>Arkadaşım Kudüs</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057699541</t>
+          <t>9786057699770</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa İnecek mi?</t>
+          <t>Cinlerle İlgili Hadislerin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057699558</t>
+          <t>9786057699756</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hasılı Ve'l-Kalem</t>
+          <t>Kur'an'a İşari Yaklaşımlar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>340</v>
+        <v>215</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057699381</t>
+          <t>9786057699664</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Haritada Kaybolan Ok - Sihirli Bastonun Tuhaf Maceraları 2</t>
+          <t>Kum Şehrinin Çocukları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059475129</t>
+          <t>9786059475655</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Cemaat ve Tarikat Ekseninde Kadın</t>
+          <t>Seçme Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057699336</t>
+          <t>9786057699497</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Evliyanın Seyir Defteri</t>
+          <t>Tarih Boyunca İnanç Tıp İlişkisi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>520</v>
+        <v>410</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059852944</t>
+          <t>9786059475358</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Arapça'da Alkışlar ve Kargışlar</t>
+          <t>Tarih Boyunca Hastalık Algılanmasında Dua Şifa İlişkisi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789756835821</t>
+          <t>9786057699633</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Peygamberi ve Yetişkin Din Eğitimi</t>
+          <t>Sosyal Hayatla İlgili Hadis Makaleleri-3</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>280</v>
+        <v>490</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057699466</t>
+          <t>9786057699626</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Fıkhın Bedene Bürünüşü: İmam-ı A'zam Ebu Hanife</t>
+          <t>Müslüman Aklını Kurmak</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057699459</t>
+          <t>9786057699640</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Hadis Ya Da Doktor ve Eczacı</t>
+          <t>İki Münzevi Şair ve Hattat; İnzivadan Bilgeliğe</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057699480</t>
+          <t>9786057699572</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Afetlere Dini Bir Bakış</t>
+          <t>Kurşuni Kalem</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057699442</t>
+          <t>9786057699541</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Vesvese Problemleri ve Hz. Peygamberden Önemli Tavsiyeler</t>
+          <t>Hz. İsa İnecek mi?</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057699411</t>
+          <t>9786057699558</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İlmi Makaleler</t>
+          <t>Hasılı Ve'l-Kalem</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>510</v>
+        <v>380</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059475075</t>
+          <t>9786057699381</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Huzur Kapısı</t>
+          <t>Haritada Kaybolan Ok - Sihirli Bastonun Tuhaf Maceraları 2</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059475082</t>
+          <t>9786059475129</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Din Bilimlerinde Klasik ve Çağdaş Yaklaşımlar</t>
+          <t>Cemaat ve Tarikat Ekseninde Kadın</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>520</v>
+        <v>480</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059475273</t>
+          <t>9786057699336</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>114 Kod: Hazret-i Peygamber'in Duygu Düşünce Davranış Konuşma Atlası (Ciltli)</t>
+          <t>Evliyanın Seyir Defteri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>610</v>
+        <v>570</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057699114</t>
+          <t>9786059852944</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sünnet-Bid'at Tartışmalarının Mahiyeti ve Değerlendirilmesi</t>
+          <t>Arapça'da Alkışlar ve Kargışlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>620</v>
+        <v>150</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057699398</t>
+          <t>9789756835821</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Birlik ve Bütünlüğünün Önündeki En Büyük Engel - Dini Grupçuluk</t>
+          <t>Sevgi Peygamberi ve Yetişkin Din Eğitimi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>560</v>
+        <v>315</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059852432</t>
+          <t>9786057699466</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Zikir ve Dualar</t>
+          <t>Fıkhın Bedene Bürünüşü: İmam-ı A'zam Ebu Hanife</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>490</v>
+        <v>170</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059852869</t>
+          <t>9786057699459</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Kur'an Hazret-i Peygamber (Ciltli)</t>
+          <t>Fıkıh ve Hadis Ya Da Doktor ve Eczacı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057699169</t>
+          <t>9786057699480</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kitabu't-Telvihat</t>
+          <t>Afetlere Dini Bir Bakış</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059475143</t>
+          <t>9786057699442</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Nebe' Suresinde Haşrin Delilleri</t>
+          <t>Vesvese Problemleri ve Hz. Peygamberden Önemli Tavsiyeler</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059852487</t>
+          <t>9786057699411</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Abdullah İbn Mübarek</t>
+          <t>İlmi Makaleler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>290</v>
+        <v>560</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059475181</t>
+          <t>9786059475075</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>114 Kod: Hazret-i Peygamber'in Duygu Düşünce Davranış Konuşma Atlası</t>
+          <t>Huzur Kapısı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>510</v>
+        <v>130</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059475068</t>
+          <t>9786059475082</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Nübüvvetini İnkar Konusunda Müşriklerin Tutarsızlığı</t>
+          <t>Din Bilimlerinde Klasik ve Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>570</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057699367</t>
+          <t>9786059475273</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla ve Tartışılan Yönleriyle Tasavvuf</t>
+          <t>114 Kod: Hazret-i Peygamber'in Duygu Düşünce Davranış Konuşma Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>480</v>
+        <v>700</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057699329</t>
+          <t>9786057699114</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yolda Olabilmek Yolda Kalabilmek</t>
+          <t>Sünnet-Bid'at Tartışmalarının Mahiyeti ve Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059475280</t>
+          <t>9786057699398</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İbn Kudame Penceresinden Fıkıh Usulü</t>
+          <t>Müslümanların Birlik ve Bütünlüğünün Önündeki En Büyük Engel - Dini Grupçuluk</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057699435</t>
+          <t>9786059852432</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Zühd ve Ahlak Risaleleri; Dünyevileşmeye Direniş</t>
+          <t>Zikir ve Dualar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>444</v>
+        <v>510</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057699404</t>
+          <t>9786059852869</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Külli Kaideler - Hanefi Fıkhı</t>
+          <t>Yaşayan Kur'an Hazret-i Peygamber (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>372</v>
+        <v>650</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059475242</t>
+          <t>9786057699169</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Belagatında Hitap ve Muhatap İlişkisi</t>
+          <t>Kitabu't-Telvihat</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>530</v>
+        <v>325</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057699299</t>
+          <t>9786059475143</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Klasik İslam Hukuk Metinleri</t>
+          <t>Nebe' Suresinde Haşrin Delilleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>264</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057699237</t>
+          <t>9786059852487</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Akılcı Düşüncenin Önderleri Ebu Hanife ve Vasıl Bin Ata</t>
+          <t>Abdullah İbn Mübarek</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057699374</t>
+          <t>9786059475181</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Farklı Alanlarında Kadın</t>
+          <t>114 Kod: Hazret-i Peygamber'in Duygu Düşünce Davranış Konuşma Atlası</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>280</v>
+        <v>570</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059475297</t>
+          <t>9786059475068</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Şia’da Hadis Usulü</t>
+          <t>Hz. Peygamber'in Nübüvvetini İnkar Konusunda Müşriklerin Tutarsızlığı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>648</v>
+        <v>225</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057699251</t>
+          <t>9786057699367</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'yı Yalan Çıkarmak</t>
+          <t>Ana Hatlarıyla ve Tartışılan Yönleriyle Tasavvuf</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>240</v>
+        <v>510</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057699275</t>
+          <t>9786057699329</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Sağlık İçin En Muhteşem Dualar</t>
+          <t>Yolda Olabilmek Yolda Kalabilmek</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057699268</t>
+          <t>9786059475280</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Genlere Müdahale - İlahi Kader İlişkisi</t>
+          <t>İbn Kudame Penceresinden Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057699008</t>
+          <t>9786057699435</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>El-Belagatu'l-Vadıha Tercümesi</t>
+          <t>Zühd ve Ahlak Risaleleri; Dünyevileşmeye Direniş</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>696</v>
+        <v>475</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057699152</t>
+          <t>9786057699404</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Tekke Musikisi</t>
+          <t>Külli Kaideler - Hanefi Fıkhı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>300</v>
+        <v>395</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057699282</t>
+          <t>9786059475242</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültürünün Ortak Değeri Hz. Peygamber ve Ehl-i Beyt Sevgisi</t>
+          <t>Kur'an Belagatında Hitap ve Muhatap İlişkisi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>160</v>
+        <v>580</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057699183</t>
+          <t>9786057699299</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Din Sosyolojisi: Naima Örneği</t>
+          <t>Klasik İslam Hukuk Metinleri</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057699244</t>
+          <t>9786057699237</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Merdan Hz. Ali ve Fitne Yılları</t>
+          <t>İslam'da Akılcı Düşüncenin Önderleri Ebu Hanife ve Vasıl Bin Ata</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057699121</t>
+          <t>9786057699374</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Temel İslami Bilgiler ve Genel Kültür</t>
+          <t>Hayatın Farklı Alanlarında Kadın</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>264</v>
+        <v>315</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059852883</t>
+          <t>9786059475297</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sure İsimlerinin Anlamı ve Surelerin Kısaca Muhtevası</t>
+          <t>Şia’da Hadis Usulü</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>280</v>
+        <v>690</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059852784</t>
+          <t>9786057699251</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlak Esasları ve Felsefesi</t>
+          <t>Tanrı'yı Yalan Çıkarmak</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057699060</t>
+          <t>9786057699275</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Mütekellim Yöntemi İslam Hukuk Metodolojisi</t>
+          <t>Ruhsal Sağlık İçin En Muhteşem Dualar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057699138</t>
+          <t>9786057699268</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Nil ile Fırat’ı Kavuşturan Alim İbn Hallikan</t>
+          <t>Genlere Müdahale - İlahi Kader İlişkisi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>360</v>
+        <v>335</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057699084</t>
+          <t>9786057699008</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tartışılan Ayetler</t>
+          <t>El-Belagatu'l-Vadıha Tercümesi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>648</v>
+        <v>740</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059852722</t>
+          <t>9786057699152</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Dini Söylemde Rahmet ve Lanet Dili</t>
+          <t>Tekke Musikisi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059475563</t>
+          <t>9786057699282</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Konuşma Sanatı</t>
+          <t>İslam Kültürünün Ortak Değeri Hz. Peygamber ve Ehl-i Beyt Sevgisi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059475556</t>
+          <t>9786057699183</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Lisandan İnsana</t>
+          <t>Osmanlıda Din Sosyolojisi: Naima Örneği</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>400</v>
+        <v>315</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057699077</t>
+          <t>9786057699244</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Arayışında Akıl ve Kalp</t>
+          <t>Şah-ı Merdan Hz. Ali ve Fitne Yılları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057699039</t>
+          <t>9786057699121</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kader İnancının Dini Temelleri</t>
+          <t>Sorulu Cevaplı Temel İslami Bilgiler ve Genel Kültür</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057699046</t>
+          <t>9786059852883</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve Hadisler Işığında Kur'an ve Mahiyeti 2</t>
+          <t>Kur’an’da Sure İsimlerinin Anlamı ve Surelerin Kısaca Muhtevası</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059475891</t>
+          <t>9786059852784</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Anahtarı: Sünneti Delil Kabul Etmek</t>
+          <t>İslam Ahlak Esasları ve Felsefesi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>250</v>
+        <v>620</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057699022</t>
+          <t>9786057699060</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Anne-Baba ve Öğretmenler İçin Ergen Psikolojisi ve İletişim</t>
+          <t>Mütekellim Yöntemi İslam Hukuk Metodolojisi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059475860</t>
+          <t>9786057699138</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Usulüne Giriş</t>
+          <t>Nil ile Fırat’ı Kavuşturan Alim İbn Hallikan</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057699015</t>
+          <t>9786057699084</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Baba Etkisi</t>
+          <t>Tartışılan Ayetler</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>240</v>
+        <v>690</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059475785</t>
+          <t>9786059852722</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Çelişkili Hadisler ve Çözüm Yolları</t>
+          <t>Dini Söylemde Rahmet ve Lanet Dili</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>780</v>
+        <v>380</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059475907</t>
+          <t>9786059475563</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Nakil</t>
+          <t>Yıldızların Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>560</v>
+        <v>315</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059475808</t>
+          <t>9786059475556</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlmine Giriş</t>
+          <t>Lisandan İnsana</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>504</v>
+        <v>425</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059852777</t>
+          <t>9786057699077</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Hadis Meseleleri</t>
+          <t>Hakikat Arayışında Akıl ve Kalp</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>430</v>
+        <v>510</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059852760</t>
+          <t>9786057699039</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hayır ve Şer</t>
+          <t>Kader İnancının Dini Temelleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>400</v>
+        <v>335</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059475693</t>
+          <t>9786057699046</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Salih İnsanın Yol Haritası</t>
+          <t>Ayetler ve Hadisler Işığında Kur'an ve Mahiyeti 2</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059475990</t>
+          <t>9786059475891</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Toplumun İnşaasında Kur’an-ı Kerim’in Rolü</t>
+          <t>Cennetin Anahtarı: Sünneti Delil Kabul Etmek</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057699312</t>
+          <t>9786057699022</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Davranış Göstergeleri</t>
+          <t>Anne-Baba ve Öğretmenler İçin Ergen Psikolojisi ve İletişim</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059475709</t>
+          <t>9786059475860</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Modernlik</t>
+          <t>Tefsir Usulüne Giriş</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>410</v>
+        <v>130</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059475938</t>
+          <t>9786057699015</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Mecelle'nin Küllı Kadileleri</t>
+          <t>Çocuk Eğitiminde Baba Etkisi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059475914</t>
+          <t>9786059475785</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Adil Bir Dünya Ümidi</t>
+          <t>Çelişkili Hadisler ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>240</v>
+        <v>830</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059475204</t>
+          <t>9786059475907</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Ahlak ve Hikmet Açısından Sünnet</t>
+          <t>Akıl ve Nakil</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059475648</t>
+          <t>9786059475808</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kaynaklarının Dili</t>
+          <t>Hadis İlmine Giriş</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>170</v>
+        <v>540</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059475884</t>
+          <t>9786059852777</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Fikri İhtilaflar ve Havadis</t>
+          <t>Sorularla Hadis Meseleleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059475877</t>
+          <t>9786059852760</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Hukukçularının Sünnet Anlayışı</t>
+          <t>Kur’an’da Hayır ve Şer</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>460</v>
+        <v>425</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059475839</t>
+          <t>9786059475693</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Savaşın Meşruiyet Sebepleri</t>
+          <t>Salih İnsanın Yol Haritası</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059475266</t>
+          <t>9786059475990</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Suyuti’nin Hadis İlmindeki Yeri</t>
+          <t>Toplumun İnşaasında Kur’an-ı Kerim’in Rolü</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059475822</t>
+          <t>9786057699312</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve Hadisler Işığında Kur’an ve Mahiyeti</t>
+          <t>Kur’an’da Davranış Göstergeleri</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059475686</t>
+          <t>9786059475709</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Müslümanca Düşünmek 2</t>
+          <t>İslam ve Modernlik</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>720</v>
+        <v>435</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059475679</t>
+          <t>9786059475938</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Müslümanca Düşünmek 1</t>
+          <t>Mecelle'nin Küllı Kadileleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>740</v>
+        <v>130</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059475792</t>
+          <t>9786059475914</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ayrılık Psikolojisi</t>
+          <t>Adil Bir Dünya Ümidi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059475723</t>
+          <t>9786059475204</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in (S.A.S) Diplomasi Anlayışı</t>
+          <t>Bilgi Ahlak ve Hikmet Açısından Sünnet</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>510</v>
+        <v>380</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059475761</t>
+          <t>9786059475648</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Varoluşsal Sancı</t>
+          <t>Hadis Kaynaklarının Dili</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059475730</t>
+          <t>9786059475884</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Cami Musikisi</t>
+          <t>Fikri İhtilaflar ve Havadis</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>288</v>
+        <v>260</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059475716</t>
+          <t>9786059475877</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Bilgisi</t>
+          <t>Erken Dönem İslam Hukukçularının Sünnet Anlayışı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>432</v>
+        <v>490</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059475051</t>
+          <t>9786059475839</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Dönemi Anadolu'da Bilimin Güneşi</t>
+          <t>İslam’da Savaşın Meşruiyet Sebepleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059475631</t>
+          <t>9786059475266</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hitabet</t>
+          <t>Suyuti’nin Hadis İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>510</v>
+        <v>270</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059475662</t>
+          <t>9786059475822</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Öteki</t>
+          <t>Ayetler ve Hadisler Işığında Kur’an ve Mahiyeti</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059475457</t>
+          <t>9786059475686</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Fırkacılık Olgusuna Yaklaşımı</t>
+          <t>Modern Dünyada Müslümanca Düşünmek 2</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>440</v>
+        <v>780</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059475549</t>
+          <t>9786059475679</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Diksiyondan Mikrofona</t>
+          <t>Modern Dünyada Müslümanca Düşünmek 1</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>340</v>
+        <v>800</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059475624</t>
+          <t>9786059475792</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatla İlgili Hadis Makaleleri 2</t>
+          <t>Aşk ve Ayrılık Psikolojisi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059475617</t>
+          <t>9786059475723</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatla İlgili Hadis Makaleleri 1</t>
+          <t>Hz. Muhammed'in (S.A.S) Diplomasi Anlayışı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>500</v>
+        <v>560</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059475600</t>
+          <t>9786059475761</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İnancının Akliliği</t>
+          <t>Varoluşsal Sancı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059475570</t>
+          <t>9786059475730</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Şafi'i İlmihali</t>
+          <t>Cami Musikisi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059475594</t>
+          <t>9786059475716</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Muhtelif Milletlerde Kadın Eğitimi</t>
+          <t>Sahabe Bilgisi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059475587</t>
+          <t>9786059475051</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Belağat Tarihi</t>
+          <t>Selçuklu Dönemi Anadolu'da Bilimin Güneşi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059475525</t>
+          <t>9786059475631</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi ve Göstergebilim</t>
+          <t>Karşılaştırmalı Hitabet</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>280</v>
+        <v>560</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055378912</t>
+          <t>9786059475662</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Dini Misak’in Güncellenmesi Dua ve Tövbe</t>
+          <t>İslam ve Öteki</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>430</v>
+        <v>540</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059852647</t>
+          <t>9786059475457</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Açlık</t>
+          <t>Kur'an'ın Fırkacılık Olgusuna Yaklaşımı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059852326</t>
+          <t>9786059475549</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Tahsilu Nezairi’l-Kur’an’ı Bağlamında Hakim Tirmizi’de Vücuh ve Nezair</t>
+          <t>Diksiyondan Mikrofona</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059852746</t>
+          <t>9786059475624</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Okulda İşte ve Sosyal Hayatta İnsanı Tanıma Teknikleri</t>
+          <t>Sosyal Hayatla İlgili Hadis Makaleleri 2</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>400</v>
+        <v>530</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059852456</t>
+          <t>9786059475617</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Keşfi</t>
+          <t>Sosyal Hayatla İlgili Hadis Makaleleri 1</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059852807</t>
+          <t>9786059475600</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Evet Ama Formülü ile Yaşamak</t>
+          <t>Tanrı İnancının Akliliği</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>135</v>
+        <v>315</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059852838</t>
+          <t>9786059475570</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Penceresinden Hz.Peygamber(s.a.v.)in Eşsiz Örnekliği</t>
+          <t>Muhtasar Şafi'i İlmihali</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059852845</t>
+          <t>9786059475594</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Değişme ve Dini Normlar</t>
+          <t>Tarih Boyunca Muhtelif Milletlerde Kadın Eğitimi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059852890</t>
+          <t>9786059475587</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>En-Nahvu’l-Vadıh Tercümesi 2 / İleri Seviye</t>
+          <t>Belağat Tarihi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>768</v>
+        <v>320</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059852913</t>
+          <t>9786059475525</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Maturidilik ve Hadis</t>
+          <t>Din Sosyolojisi ve Göstergebilim</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>740</v>
+        <v>315</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059852289</t>
+          <t>9786055378912</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kelam Geleneğinde Temel Kaynaklardan İstifade Yöntemleri</t>
+          <t>Dini Misak’in Güncellenmesi Dua ve Tövbe</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>470</v>
+        <v>460</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059475518</t>
+          <t>9786059852647</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Emirler-Yasaklar ve Düşündüren Sorular</t>
+          <t>Kutsal Açlık</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059475488</t>
+          <t>9786059852326</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Hukuk Düşüncesinde Re'y ve Hadis</t>
+          <t>Tahsilu Nezairi’l-Kur’an’ı Bağlamında Hakim Tirmizi’de Vücuh ve Nezair</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>460</v>
+        <v>335</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059475440</t>
+          <t>9786059852746</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İslam Astronomi Tarihi</t>
+          <t>Okulda İşte ve Sosyal Hayatta İnsanı Tanıma Teknikleri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>888</v>
+        <v>425</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059475198</t>
+          <t>9786059852456</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ayetleri Fihristi (Ciltli)</t>
+          <t>Hakikatin Keşfi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>528</v>
+        <v>200</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059475433</t>
+          <t>9786059852807</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Şeb-i Arus - Düğün Gecesi</t>
+          <t>Hayatı Evet Ama Formülü ile Yaşamak</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059475501</t>
+          <t>9786059852838</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Mütekellim Yöntemi Fıkıh Usulü</t>
+          <t>Kur’an-ı Kerim Penceresinden Hz.Peygamber(s.a.v.)in Eşsiz Örnekliği</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>444</v>
+        <v>400</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059475471</t>
+          <t>9786059852845</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Hayatım ve Din Hizmetinde Geçen 40 Yılım</t>
+          <t>Sosyal Değişme ve Dini Normlar</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>900</v>
+        <v>360</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059475044</t>
+          <t>9786059852890</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Anlatımlı Kur'an Belagatı</t>
+          <t>En-Nahvu’l-Vadıh Tercümesi 2 / İleri Seviye</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>492</v>
+        <v>820</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059475464</t>
+          <t>9786059852913</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Vatan ve Şehitlik</t>
+          <t>Maturidilik ve Hadis</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059475211</t>
+          <t>9786059852289</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Osmanlı Ceza Hukuku Uygulaması</t>
+          <t>Kelam Geleneğinde Temel Kaynaklardan İstifade Yöntemleri</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059852753</t>
+          <t>9786059475518</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bir Fakih Olarak İmam Nevevi</t>
+          <t>Kur’an’da Emirler-Yasaklar ve Düşündüren Sorular</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059475037</t>
+          <t>9786059475488</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Tanıtan Güzel İsimler</t>
+          <t>Erken Dönem İslam Hukuk Düşüncesinde Re'y ve Hadis</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059475341</t>
+          <t>9786059475440</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Erillik ve Din</t>
+          <t>İslam Astronomi Tarihi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>360</v>
+        <v>950</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059475402</t>
+          <t>9786059475198</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Anlaşılmasında Aklın ve Fıkhın Rolü</t>
+          <t>Kur'an Ayetleri Fihristi (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786055378615</t>
+          <t>9786059475433</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Dinde Hakikat: Dinlerin Çokluğu ve Hakikatin Birliği</t>
+          <t>Şeb-i Arus - Düğün Gecesi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059475334</t>
+          <t>9786059475501</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Felsefesinde Makasudü'ş - Şeria</t>
+          <t>Mütekellim Yöntemi Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>588</v>
+        <v>475</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059475310</t>
+          <t>9786059475471</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Örnek Toplum-Hz. Peygamber’in Mesajlarında</t>
+          <t>Hayatım ve Din Hizmetinde Geçen 40 Yılım</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>320</v>
+        <v>960</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059475303</t>
+          <t>9786059475044</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Hadis İnkarcılığı-Hadis Karşıtlarının İddiaları ve Cevaplar</t>
+          <t>Anlatımlı Kur'an Belagatı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>320</v>
+        <v>525</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059475006</t>
+          <t>9786059475464</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Ta’lil Tartışmaları</t>
+          <t>Vatan ve Şehitlik</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>560</v>
+        <v>270</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059852951</t>
+          <t>9786059475211</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik Ve Psikolojik Danışma</t>
+          <t>Tanzimat Dönemi Osmanlı Ceza Hukuku Uygulaması</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>408</v>
+        <v>370</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059852975</t>
+          <t>9786059852753</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Mukıza</t>
+          <t>Bir Fakih Olarak İmam Nevevi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>145</v>
+        <v>315</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059475013</t>
+          <t>9786059475037</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Klasik İslam Eğitimcileri</t>
+          <t>Allah'ı Tanıtan Güzel İsimler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>760</v>
+        <v>325</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059852999</t>
+          <t>9786059475341</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Din ve Toplum Görüşleriyle Cemil Meriç</t>
+          <t>Erillik ve Din</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059475020</t>
+          <t>9786059475402</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Ailede Mutluluk Rehberi</t>
+          <t>Hadislerin Anlaşılmasında Aklın ve Fıkhın Rolü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059852739</t>
+          <t>9786055378615</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları</t>
+          <t>Dinde Hakikat: Dinlerin Çokluğu ve Hakikatin Birliği</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059852654</t>
+          <t>9786059475334</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Has Oda</t>
+          <t>İslam Hukuk Felsefesinde Makasudü'ş - Şeria</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>200</v>
+        <v>625</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059852692</t>
+          <t>9786059475310</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Sosyal Dayanışma</t>
+          <t>Örnek Toplum-Hz. Peygamber’in Mesajlarında</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>135</v>
+        <v>360</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059852623</t>
+          <t>9786059475303</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Taziye Gelenekleri ve Ziyaret Fenomeni</t>
+          <t>Hadis İnkarcılığı-Hadis Karşıtlarının İddiaları ve Cevaplar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059852630</t>
+          <t>9786059475006</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Acil Manevi Destek</t>
+          <t>Fıkıh Usulünde Ta’lil Tartışmaları</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059852661</t>
+          <t>9786059852951</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>En-Nahvu'l-Vadıh Tercümesi</t>
+          <t>Rehberlik Ve Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>576</v>
+        <v>535</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059852562</t>
+          <t>9786059852975</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Yönelik Bazı Şüpheler ve Cevapları</t>
+          <t>Mukıza</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059852463</t>
+          <t>9786059475013</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Komutan Sahabiler</t>
+          <t>Klasik İslam Eğitimcileri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>500</v>
+        <v>820</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059852616</t>
+          <t>9786059852999</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kısa Hikayeler 1.Kitap</t>
+          <t>Din ve Toplum Görüşleriyle Cemil Meriç</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>336</v>
+        <v>280</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059852685</t>
+          <t>9786059475020</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Kutsiyet Atfedilen Fenomenlerin Dini Değeri</t>
+          <t>Ailede Mutluluk Rehberi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059852678</t>
+          <t>9786059852739</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Engellilerde Toplumsal Bütünleşme ve Dindarlık</t>
+          <t>İslam İnanç Esasları</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059852388</t>
+          <t>9786059852654</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>M. Şemsettin Günaltay</t>
+          <t>Has Oda</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>510</v>
+        <v>225</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059852579</t>
+          <t>9786059852692</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Engelliler</t>
+          <t>Hadisler Işığında Sosyal Dayanışma</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>410</v>
+        <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059852555</t>
+          <t>9786059852623</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Taziye Gelenekleri ve Ziyaret Fenomeni</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059852272</t>
+          <t>9786059852630</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Gıyabi Yargılama</t>
+          <t>Acil Manevi Destek</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059852593</t>
+          <t>9786059852661</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>En-Nahvu'l-Vadıh Tercümesi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>130</v>
+        <v>610</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059852036</t>
+          <t>9786059852562</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Gençliğinde Vefa Duygusu</t>
+          <t>Kur'an'a Yönelik Bazı Şüpheler ve Cevapları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059852586</t>
+          <t>9786059852463</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Medeniyet Projesi</t>
+          <t>Komutan Sahabiler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059852210</t>
+          <t>9786059852616</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Tarikat Adabı</t>
+          <t>Arapça Kısa Hikayeler 1.Kitap</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059852203</t>
+          <t>9786059852685</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı Tefsirinde Tasavvuf</t>
+          <t>Hadislerde Kutsiyet Atfedilen Fenomenlerin Dini Değeri</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059852104</t>
+          <t>9786059852678</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Türk Din Musikisi</t>
+          <t>Engellilerde Toplumsal Bütünleşme ve Dindarlık</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059852227</t>
+          <t>9786059852388</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Semantik Metod</t>
+          <t>M. Şemsettin Günaltay</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>1296</v>
+        <v>560</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059852265</t>
+          <t>9786059852579</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Din Eğitimi</t>
+          <t>Meşhur Engelliler</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>372</v>
+        <v>435</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059852098</t>
+          <t>9786059852555</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kaza Namazlarının Sünnetteki Yeri</t>
+          <t>Kadın</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>100</v>
+        <v>315</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059852197</t>
+          <t>9786059852272</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Felsefesi</t>
+          <t>Gıyabi Yargılama</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059852180</t>
+          <t>9786059852593</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hangi İslam</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059852166</t>
+          <t>9786059852036</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Teravih Namazı</t>
+          <t>Üniversite Gençliğinde Vefa Duygusu</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059852159</t>
+          <t>9786059852586</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Hz. Peygamber'in Medeniyet Projesi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>530</v>
+        <v>500</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059852081</t>
+          <t>9786059852210</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İslam Kelamında Cedel Anlayışı</t>
+          <t>Tarikat Adabı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>276</v>
+        <v>450</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059852128</t>
+          <t>9786059852203</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Tarikatlar</t>
+          <t>Elmalılı Tefsirinde Tasavvuf</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>720</v>
+        <v>415</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059852067</t>
+          <t>9786059852104</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Peygamberlik ve Peygamberimiz Hz. Muhammed Mustafa (SAV)</t>
+          <t>Türk Din Musikisi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>600</v>
+        <v>640</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786055378981</t>
+          <t>9786059852227</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Terimleri</t>
+          <t>Tefsirde Semantik Metod</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>720</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059852029</t>
+          <t>9786059852265</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>ABD'nin İslam Algısı</t>
+          <t>Nasıl Bir Din Eğitimi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>440</v>
+        <v>395</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055378936</t>
+          <t>9786059852098</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Okuyarak Tedavi (Rukye)</t>
+          <t>Kaza Namazlarının Sünnetteki Yeri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055378974</t>
+          <t>9786059852197</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Bakım Güvenliği</t>
+          <t>İslami Sosyal Bilimler Felsefesi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>240</v>
+        <v>335</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055378950</t>
+          <t>9786059852180</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İzlenesi Filmler</t>
+          <t>Hangi İslam</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055378660</t>
+          <t>9786059852166</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Hadisler Işığında Müslümanda Olması Gereken Özellikler</t>
+          <t>Hadisler Işığında Teravih Namazı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>145</v>
+        <v>235</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786055378943</t>
+          <t>9786059852159</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Cin ve Şeytan</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>290</v>
+        <v>580</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055378875</t>
+          <t>9786059852081</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kabe’nin İşgali</t>
+          <t>İslam Kelamında Cedel Anlayışı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059852012</t>
+          <t>9786059852128</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisinin İmkanı</t>
+          <t>Tasavvuf ve Tarikatlar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>320</v>
+        <v>770</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055378967</t>
+          <t>9786059852067</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hasta, Engelli ve Yaşlı Hizmetlerinde Bakım Terimleri</t>
+          <t>Kur’an’da Peygamberlik ve Peygamberimiz Hz. Muhammed Mustafa (SAV)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>530</v>
+        <v>650</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059852005</t>
+          <t>9786055378981</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Hilafetin Kureyşiliği Tartışmaları ve Hindistan Örneği</t>
+          <t>Ahlak Terimleri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>340</v>
+        <v>780</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055378868</t>
+          <t>9786059852029</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Din Samimiyettir</t>
+          <t>ABD'nin İslam Algısı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>125</v>
+        <v>470</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055378752</t>
+          <t>9786055378936</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Dünyası - Çocuk Eğitim Rehberi</t>
+          <t>Hadislerde Okuyarak Tedavi (Rukye)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055378738</t>
+          <t>9786055378974</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Nur-i Muhammedi</t>
+          <t>Sağlık Hizmetlerinde Bakım Güvenliği</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055378769</t>
+          <t>9786055378950</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Hadis Fetvaları</t>
+          <t>İzlenesi Filmler</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055378646</t>
+          <t>9786055378660</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalı Çağdaş Arapça Seçme Metinler</t>
+          <t>Kur'an ve Hadisler Işığında Müslümanda Olması Gereken Özellikler</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054074426</t>
+          <t>9786055378943</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Mutluluğa Çağrı</t>
+          <t>Kur’an’da Cin ve Şeytan</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054074365</t>
+          <t>9786055378875</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Gül 40 Hadis</t>
+          <t>Geçmişten Günümüze Kabe’nin İşgali</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054074198</t>
+          <t>9786059852012</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Tarihinde Mezhepler</t>
+          <t>İslam Sosyolojisinin İmkanı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>432</v>
+        <v>370</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9799756373223</t>
+          <t>9786055378967</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Din ve Sosyal Bütünleşme</t>
+          <t>Hasta, Engelli ve Yaşlı Hizmetlerinde Bakım Terimleri</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>380</v>
+        <v>580</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059852548</t>
+          <t>9786059852005</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Üveys ile Giydim Hırka (Ciltli)</t>
+          <t>İslam Hukukunda Hilafetin Kureyşiliği Tartışmaları ve Hindistan Örneği</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>125</v>
+        <v>380</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059852494</t>
+          <t>9786055378868</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Literatüründe Hz. Musa (Ciltli)</t>
+          <t>Din Samimiyettir</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059852425</t>
+          <t>9786055378752</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İbn Aşur Tefsirinde Siyaset Toplum ve Kadın</t>
+          <t>Çocukların Dünyası - Çocuk Eğitim Rehberi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>410</v>
+        <v>380</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059852449</t>
+          <t>9786055378738</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ahkam-ı Kur’an</t>
+          <t>Nur-i Muhammedi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>360</v>
+        <v>215</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059852517</t>
+          <t>9786055378769</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Dilinden Hazret-i Peygamber (Ciltli)</t>
+          <t>Hadis Fetvaları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055378813</t>
+          <t>9786055378646</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Hadis</t>
+          <t>Alıştırmalı Çağdaş Arapça Seçme Metinler</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059852524</t>
+          <t>9786054074426</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Gerçek Mutluluğa Çağrı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>444</v>
+        <v>290</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055378882</t>
+          <t>9786054074365</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İlimleri ve Tefsir Usulü</t>
+          <t>Bir Demet Gül 40 Hadis</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054074686</t>
+          <t>9786054074198</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü</t>
+          <t>İslam Düşünce Tarihinde Mezhepler</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>684</v>
+        <v>460</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786055378684</t>
+          <t>9799756373223</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Evrimci Politeizm - Devrimci Monoteizm</t>
+          <t>Din ve Sosyal Bütünleşme</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>636</v>
+        <v>415</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055378783</t>
+          <t>9786059852548</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ümmü'l Kur'an ve En Hayırlı Üç Sure</t>
+          <t>Üveys ile Giydim Hırka (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055378677</t>
+          <t>9786059852494</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Doğru Anlamak</t>
+          <t>İslam Hukuk Literatüründe Hz. Musa (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055378691</t>
+          <t>9786059852425</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Camiler ve Din Görevlileri</t>
+          <t>İbn Aşur Tefsirinde Siyaset Toplum ve Kadın</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>360</v>
+        <v>435</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786055378929</t>
+          <t>9786059852449</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Süryani Kadim Metropolit Hanna Dolapönü</t>
+          <t>Ahkam-ı Kur’an</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055378080</t>
+          <t>9786059852517</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Etkili İletişim</t>
+          <t>Hadislerin Dilinden Hazret-i Peygamber (Ciltli)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786055378547</t>
+          <t>9786055378813</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Biricik Önderim Peygamberim Efendim</t>
+          <t>Türk Kültüründe Hadis</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786054074822</t>
+          <t>9786059852524</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İmanı, Heyecanı, İdeali, Kimliği ve Hedefleriyle Genç Adam</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>140</v>
+        <v>475</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054074792</t>
+          <t>9786055378882</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Yolların En Güzeli</t>
+          <t>Kur’an İlimleri ve Tefsir Usulü</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055378349</t>
+          <t>9786054074686</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ziyaret Fenomeni Çerçevesinde Dua ve Sosyal Sorunlar</t>
+          <t>Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>500</v>
+        <v>730</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054074099</t>
+          <t>9786055378684</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Değişen Türkiye'de Değişmeyen Gündem</t>
+          <t>Evrimci Politeizm - Devrimci Monoteizm</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>240</v>
+        <v>680</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9799756835950</t>
+          <t>9786055378783</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyalleşme ve Hoşgörü</t>
+          <t>Ümmü'l Kur'an ve En Hayırlı Üç Sure</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>410</v>
+        <v>225</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059852074</t>
+          <t>9786055378677</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Feraiz - İslam Miras Hukuku</t>
+          <t>Sünneti Doğru Anlamak</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>276</v>
+        <v>470</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059852234</t>
+          <t>9786055378691</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Dünya'da ve Türkiye'de Engelli Dostu Sosyal Politikalar</t>
+          <t>Camiler ve Din Görevlileri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>744</v>
+        <v>400</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059852296</t>
+          <t>9786055378929</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsanın Mutluluğu</t>
+          <t>Süryani Kadim Metropolit Hanna Dolapönü</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055378141</t>
+          <t>9786055378080</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Fakirlik ve Zenginlik Problemi</t>
+          <t>Din Eğitiminde Etkili İletişim</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>400</v>
+        <v>470</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054074747</t>
+          <t>9786055378547</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Hadise Giriş</t>
+          <t>Biricik Önderim Peygamberim Efendim</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059852395</t>
+          <t>9786054074822</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>İmanı, Heyecanı, İdeali, Kimliği ve Hedefleriyle Genç Adam</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>444</v>
+        <v>160</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9799756373117</t>
+          <t>9786054074792</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığında Reenkarnasyon</t>
+          <t>Yolların En Güzeli</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054074280</t>
+          <t>9786055378349</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Entegre Muhafazakar</t>
+          <t>Ziyaret Fenomeni Çerçevesinde Dua ve Sosyal Sorunlar</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055378707</t>
+          <t>9786054074099</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Arapça Okuma ve Yazma Kitabı</t>
+          <t>Değişen Türkiye'de Değişmeyen Gündem</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054074488</t>
+          <t>9799756835950</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gelişmelere Göre Kur'a-ı Kerim'in Eşsizliği</t>
+          <t>Din Sosyalleşme ve Hoşgörü</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>150</v>
+        <v>435</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9799756373513</t>
+          <t>9786059852074</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>İlmihal Kitaplarında İman Esasları</t>
+          <t>Feraiz - İslam Miras Hukuku</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055378042</t>
+          <t>9786059852234</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Nikah Cennetten Çıkmadır</t>
+          <t>Dünya'da ve Türkiye'de Engelli Dostu Sosyal Politikalar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>280</v>
+        <v>790</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9799756373087</t>
+          <t>9786059852296</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Kur'an'a Yönelmek</t>
+          <t>Kur'an'da İnsanın Mutluluğu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>130</v>
+        <v>540</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055378028</t>
+          <t>9786055378141</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında İnançla İlgili Güncel Konular</t>
+          <t>Hadislerde Fakirlik ve Zenginlik Problemi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>130</v>
+        <v>425</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789756373958</t>
+          <t>9786054074747</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Diyaloğun Acı Meyveleri</t>
+          <t>Hadise Giriş</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>530</v>
+        <v>510</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789756373736</t>
+          <t>9786059852395</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Aile Hayatı</t>
+          <t>Din Psikolojisi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>240</v>
+        <v>475</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059475815</t>
+          <t>9799756373117</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Hadis Problemleri</t>
+          <t>Kur'an Işığında Reenkarnasyon</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>530</v>
+        <v>235</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789756835166</t>
+          <t>9786054074280</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Tevhid</t>
+          <t>Entegre Muhafazakar</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054074617</t>
+          <t>9786055378707</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İnsan Hürriyeti</t>
+          <t>Arapça Okuma ve Yazma Kitabı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054074228</t>
+          <t>9786054074488</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaid Metinleri</t>
+          <t>Yeni Gelişmelere Göre Kur'a-ı Kerim'in Eşsizliği</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>384</v>
+        <v>170</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054074716</t>
+          <t>9799756373513</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İnformel Mantık</t>
+          <t>İlmihal Kitaplarında İman Esasları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9799756373438</t>
+          <t>9786055378042</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İnanç Devleti</t>
+          <t>Nikah Cennetten Çıkmadır</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>510</v>
+        <v>315</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789756835708</t>
+          <t>9799756373087</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İmanın Psikolojik Yapısı</t>
+          <t>Yeniden Kur'an'a Yönelmek</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786054074921</t>
+          <t>9786055378028</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İmamiyye Şiası’na Göre Cerh ve Ta’dil</t>
+          <t>Kur'an ve Sünnet Işığında İnançla İlgili Güncel Konular</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>500</v>
+        <v>145</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055378516</t>
+          <t>9789756373958</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İmam Şarani ve Muhyiddin İbnü’l-Arabi’ye Göre Nübüvvet İnancı</t>
+          <t>Diyaloğun Acı Meyveleri</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>500</v>
+        <v>580</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789756373156</t>
+          <t>9789756373736</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Hüccet Değeri ve Tedvin Açısından Sünnet</t>
+          <t>Aile Hayatı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789756373019</t>
+          <t>9786059475815</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Hocalık Sanattır</t>
+          <t>Günümüz Hadis Problemleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>120</v>
+        <v>580</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055378011</t>
+          <t>9789756835166</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlık ve İslamiyet’te Günah</t>
+          <t>İslam Düşüncesinde Tevhid</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>250</v>
+        <v>335</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055378585</t>
+          <t>9786054074617</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair 40 Hadis, 40 Yorum</t>
+          <t>İslam Düşüncesinde İnsan Hürriyeti</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054074235</t>
+          <t>9786054074228</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Gaye</t>
+          <t>İslam Akaid Metinleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>500</v>
+        <v>410</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789756373743</t>
+          <t>9786054074716</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hadiste Emsal</t>
+          <t>İnformel Mantık</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786054074938</t>
+          <t>9799756373438</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Anlaşılmasında Yöntem Tartışmaları</t>
+          <t>İnanç Devleti</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>320</v>
+        <v>560</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786054074396</t>
+          <t>9789756835708</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Rukye Şifa Hadisleri</t>
+          <t>İmanın Psikolojik Yapısı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059852340</t>
+          <t>9786054074921</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tespit Yöntemi</t>
+          <t>İmamiyye Şiası’na Göre Cerh ve Ta’dil</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>300</v>
+        <v>530</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789756373286</t>
+          <t>9786055378516</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Haccın Manası</t>
+          <t>İmam Şarani ve Muhyiddin İbnü’l-Arabi’ye Göre Nübüvvet İnancı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>380</v>
+        <v>540</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786054074648</t>
+          <t>9789756373156</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Güncel Hadis Yorum ve Tartışmaları</t>
+          <t>Hüccet Değeri ve Tedvin Açısından Sünnet</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>720</v>
+        <v>370</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055378325</t>
+          <t>9789756373019</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Gençlere İnanç İlmihali</t>
+          <t>Hocalık Sanattır</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>580</v>
+        <v>140</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055378158</t>
+          <t>9786055378011</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Gazzali’nin Kıyas Anlayışında Münasebe Kavramı</t>
+          <t>Hıristiyanlık ve İslamiyet’te Günah</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786054074693</t>
+          <t>9786055378585</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Engel Tanımaz</t>
+          <t>Hayata Dair 40 Hadis, 40 Yorum</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>290</v>
+        <v>335</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786054074372</t>
+          <t>9786054074235</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hadis Usulü</t>
+          <t>Hayat ve Gaye</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>924</v>
+        <v>540</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055378165</t>
+          <t>9789756373743</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Mallarının Zekatı</t>
+          <t>Hadiste Emsal</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789756373064</t>
+          <t>9786054074938</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta İslami Hassasiyet</t>
+          <t>Hadislerin Anlaşılmasında Yöntem Tartışmaları</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055378554</t>
+          <t>9786054074396</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Günümüzde Mehdilik</t>
+          <t>Hadislerde Rukye Şifa Hadisleri</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055378240</t>
+          <t>9786059852340</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Şüheda-i Uhud</t>
+          <t>Hadis Tespit Yöntemi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789756373248</t>
+          <t>9789756373286</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Şifreci Yanılgı</t>
+          <t>Haccın Manası</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786054074594</t>
+          <t>9786054074648</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın 7 Sorusu</t>
+          <t>Güncel Hadis Yorum ve Tartışmaları</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>300</v>
+        <v>770</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789756373309</t>
+          <t>9786055378325</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Sünnet’in Bağlayıcılığı</t>
+          <t>Gençlere İnanç İlmihali</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>180</v>
+        <v>620</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786054074808</t>
+          <t>9786055378158</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin En Güzeli</t>
+          <t>Gazzali’nin Kıyas Anlayışında Münasebe Kavramı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786054074815</t>
+          <t>9786054074693</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Davranışlarda Ölçüler</t>
+          <t>Yıldızlar Engel Tanımaz</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055378134</t>
+          <t>9786054074372</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilim Paradigmaları Açısından Sosyolojik Metodoloji</t>
+          <t>Yeni Hadis Usulü</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>250</v>
+        <v>924</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786054074181</t>
+          <t>9786055378165</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Aklı Karışıklar İçin One Minute</t>
+          <t>Ticaret Mallarının Zekatı</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055378370</t>
+          <t>9789756373064</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Sosyolojisi</t>
+          <t>Tasavvufta İslami Hassasiyet</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055378301</t>
+          <t>9786055378554</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Pratik Hac ve Umre Rehberi</t>
+          <t>Tarihte ve Günümüzde Mehdilik</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>100</v>
+        <v>315</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789756373071</t>
+          <t>9786055378240</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Gençliğe Yaklaşımı</t>
+          <t>Şüheda-i Uhud</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789756835043</t>
+          <t>9789756373248</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Veda Hutbesi</t>
+          <t>Şifreci Yanılgı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786055378561</t>
+          <t>9786054074594</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Perdeden Gönüllere</t>
+          <t>Şeytanın 7 Sorusu</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>200</v>
+        <v>335</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054074112</t>
+          <t>9789756373309</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Özgün Bir Kur’an Yorumu</t>
+          <t>Sünnet’in Bağlayıcılığı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055378264</t>
+          <t>9786054074808</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Örnek ve Önder İnsan Hz. Muhammed (A.S.)</t>
+          <t>Sözlerin En Güzeli</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789756835234</t>
+          <t>9786054074815</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Zaman ve Mekanlar</t>
+          <t>Sosyal Davranışlarda Ölçüler</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055378455</t>
+          <t>9786055378134</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Pergelinde Toplum</t>
+          <t>Sosyal Bilim Paradigmaları Açısından Sosyolojik Metodoloji</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055378608</t>
+          <t>9786054074181</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Merak Edilen Dini Konular</t>
+          <t>Siyasal Aklı Karışıklar İçin One Minute</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>380</v>
+        <v>145</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786054074020</t>
+          <t>9786055378370</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Medya Sözlüğü</t>
+          <t>Sevgi Sosyolojisi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>900</v>
+        <v>370</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786054074068</t>
+          <t>9786055378301</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Manevi Sosyal Hizmetler</t>
+          <t>Pratik Hac ve Umre Rehberi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786054074297</t>
+          <t>9789756373071</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sevgi</t>
+          <t>Peygamberimizin Gençliğe Yaklaşımı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786054074471</t>
+          <t>9789756835043</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hz.Peygamber’e Yapılan Uyarılar</t>
+          <t>Peygamber Efendimizin Veda Hutbesi</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789756835456</t>
+          <t>9786055378561</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’ten Dualar ve Yakarışlar</t>
+          <t>Perdeden Gönüllere</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>340</v>
+        <v>225</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786054074464</t>
+          <t>9786054074112</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’e Göre Ümmet-i Muhammed’in Özellikleri</t>
+          <t>Özgün Bir Kur’an Yorumu</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>500</v>
+        <v>410</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054074891</t>
+          <t>9786055378264</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Aydınlığında Aile İçi İletişim</t>
+          <t>Örnek ve Önder İnsan Hz. Muhammed (A.S.)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786054074877</t>
+          <t>9789756835234</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Öğrencisine Öğütler</t>
+          <t>Mukaddes Zaman ve Mekanlar</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>150</v>
+        <v>415</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789756373057</t>
+          <t>9786055378455</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kulluk</t>
+          <t>Mevlana Pergelinde Toplum</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786054074518</t>
+          <t>9786055378608</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>İyi Müslüman Olma Sanatı</t>
+          <t>Merak Edilen Dini Konular</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>200</v>
+        <v>415</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786054074129</t>
+          <t>9786054074020</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Şiddet Karşılığı</t>
+          <t>Medya Sözlüğü</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>360</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789756373460</t>
+          <t>9786054074068</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Çocuk Terbiyesi</t>
+          <t>Manevi Sosyal Hizmetler</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789756835098</t>
+          <t>9786054074297</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Felsefesi</t>
+          <t>Kur’an’da Sevgi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>768</v>
+        <v>530</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059475419</t>
+          <t>9786054074471</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Ekolleri ve Maslahat Teorisi</t>
+          <t>Kur’an’da Hz.Peygamber’e Yapılan Uyarılar</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9799756373414</t>
+          <t>9789756835456</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Emsal-i Ali</t>
+          <t>Kur’an ve Sünnet’ten Dualar ve Yakarışlar</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786054074358</t>
+          <t>9786054074464</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Dini Tecrübe ve Meunet</t>
+          <t>Kur’an ve Sünnet’e Göre Ümmet-i Muhammed’in Özellikleri</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>220</v>
+        <v>530</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054074761</t>
+          <t>9786054074891</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlileri Sınavlara Hazırlık ve Soru Bankası</t>
+          <t>Kur’an ve Sünnet Aydınlığında Aile İçi İletişim</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>648</v>
+        <v>180</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054074754</t>
+          <t>9786054074877</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Caferilik</t>
+          <t>Kur’an Öğrencisine Öğütler</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789756835562</t>
+          <t>9789756373057</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel ve Dini Açıdan Rüyalar ve Kabuslar</t>
+          <t>Kulluk</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055378189</t>
+          <t>9786054074518</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Aradığın Şeysin</t>
+          <t>İyi Müslüman Olma Sanatı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786055378271</t>
+          <t>9786054074129</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Allah’a İman</t>
+          <t>İslam’ın Şiddet Karşılığı</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055378530</t>
+          <t>9789756373460</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Alevi Gözüyle Din Kültürü ve Ahlak Bilgisi</t>
+          <t>İslam’da Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>372</v>
+        <v>160</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786055378509</t>
+          <t>9789756835098</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Aile Problemlerine Hz. Peygamberden Çözümler</t>
+          <t>İslam Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>160</v>
+        <v>820</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786054074457</t>
+          <t>9786059475419</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Etik</t>
+          <t>İslam Hukuk Ekolleri ve Maslahat Teorisi</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>460</v>
+        <v>290</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
+          <t>9799756373414</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Emsal-i Ali</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786054074358</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Dini Tecrübe ve Meunet</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786054074761</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Din Görevlileri Sınavlara Hazırlık ve Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786054074754</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Caferilik</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9789756835562</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel ve Dini Açıdan Rüyalar ve Kabuslar</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786055378189</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Aradığın Şeysin</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786055378271</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Allah’a İman</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786055378530</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Alevi Gözüyle Din Kültürü ve Ahlak Bilgisi</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786055378509</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Aile Problemlerine Hz. Peygamberden Çözümler</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786054074457</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak ve Etik</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
           <t>9786055378448</t>
         </is>
       </c>
-      <c r="B484" s="1" t="inlineStr">
+      <c r="B494" s="1" t="inlineStr">
         <is>
           <t>Ahfeş ve Kıraatler</t>
         </is>
       </c>
-      <c r="C484" s="1">
-        <v>340</v>
+      <c r="C494" s="1">
+        <v>380</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>