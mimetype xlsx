--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,7435 +85,7450 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256889606</t>
+          <t>9786256889620</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası: Bir Vadide Kaybolmak</t>
+          <t>Olaylardan Umdelere</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>720</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256889569</t>
+          <t>9786256889606</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Halife Harunürreşid'in Şairliği ve Çevresindeki Şairler</t>
+          <t>Hakikat Sonrası: Bir Vadide Kaybolmak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256889583</t>
+          <t>9786256889569</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mekke’den Mavera’ya Yolculuk</t>
+          <t>Meşhur Halife Harunürreşid'in Şairliği ve Çevresindeki Şairler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256889576</t>
+          <t>9786256889583</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Arasında Hızır’ı Aramak</t>
+          <t>Mekke’den Mavera’ya Yolculuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256889545</t>
+          <t>9786256889576</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin Fazileti</t>
+          <t>Kırklar Arasında Hızır’ı Aramak</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256889552</t>
+          <t>9786256889545</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Zikir</t>
+          <t>İbadetlerin Fazileti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256889590</t>
+          <t>9786256889552</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Sandığı</t>
+          <t>Dua ve Zikir</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059475174</t>
+          <t>9786256889590</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Temel Dini Bilgiler</t>
+          <t>Babaannemin Sandığı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054074402</t>
+          <t>9786059475174</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Tarihinde 73 Fırka Anlayışı</t>
+          <t>Herkes İçin Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057699619</t>
+          <t>9786054074402</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Arapça Metinler-1 (Metinlerin Tercümesi ve Alıştırmaların Çözümü)</t>
+          <t>İslam Düşünce Tarihinde 73 Fırka Anlayışı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>385</v>
+        <v>170</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059475532</t>
+          <t>9786057699619</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Edebiyatı</t>
+          <t>Klasik ve Modern Arapça Metinler-1 (Metinlerin Tercümesi ve Alıştırmaların Çözümü)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>600</v>
+        <v>385</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059475853</t>
+          <t>9786059475532</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Empatik Anlayış</t>
+          <t>Türk İslam Edebiyatı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756373316</t>
+          <t>9786059475853</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Dünyada Mevlana Nefesi</t>
+          <t>Kur'an'a Göre Empatik Anlayış</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055378332</t>
+          <t>9789756373316</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Süryaniler Açısından 451 Kadıköy Konsili</t>
+          <t>Tarih Boyunca Dünyada Mevlana Nefesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055378059</t>
+          <t>9786055378332</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Süryani Ortodoks Kilisesi’nde İbadet</t>
+          <t>Süryaniler Açısından 451 Kadıköy Konsili</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054074969</t>
+          <t>9786055378059</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Aydınlığında Yürümek</t>
+          <t>Süryani Ortodoks Kilisesi’nde İbadet</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>124</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054074211</t>
+          <t>9786054074969</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mevlevilik ve Musiki - İsmail-i Ankaravi ve Musiki Risalesi</t>
+          <t>Sünnetin Aydınlığında Yürümek</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>124</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054074532</t>
+          <t>9786054074211</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’da Aşk</t>
+          <t>Mevlevilik ve Musiki - İsmail-i Ankaravi ve Musiki Risalesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055378363</t>
+          <t>9786054074532</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Melekler Hakkında Söylenti</t>
+          <t>Mevlana’da Aşk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054074082</t>
+          <t>9786055378363</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Üstü Siyaset</t>
+          <t>Melekler Hakkında Söylenti</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9799756835509</t>
+          <t>9786054074082</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Metafizik Bir Alem: Cennet</t>
+          <t>Siyaset Üstü Siyaset</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055378424</t>
+          <t>9799756835509</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Kur’an</t>
+          <t>Kur’an’da Metafizik Bir Alem: Cennet</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055378318</t>
+          <t>9786055378424</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kur’an - Astronomi İlişkisi</t>
+          <t>Kur’an’a Göre Kur’an</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>560</v>
+        <v>310</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055378035</t>
+          <t>9786055378318</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kölelikten Önderliğe</t>
+          <t>Kur’an - Astronomi İlişkisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>210</v>
+        <v>560</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054074990</t>
+          <t>9786055378035</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kamil Mü’min Olmak İsteyenlere Rehber</t>
+          <t>Kölelikten Önderliğe</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055378400</t>
+          <t>9786054074990</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İslam Fıkıh Mezhepleri</t>
+          <t>Kamil Mü’min Olmak İsteyenlere Rehber</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9799756835530</t>
+          <t>9786055378400</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Yeni Arayışlar 3</t>
+          <t>İslam Fıkıh Mezhepleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9799756835196</t>
+          <t>9799756835530</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Yeni Arayışlar 2</t>
+          <t>İslam Düşüncesinde Yeni Arayışlar 3</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9799756835011</t>
+          <t>9799756835196</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Yeni Arayışlar - 1</t>
+          <t>İslam Düşüncesinde Yeni Arayışlar 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9799756835912</t>
+          <t>9799756835011</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İnciyar</t>
+          <t>İslam Düşüncesinde Yeni Arayışlar - 1</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054074907</t>
+          <t>9799756835912</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hz.Ömer’in Kur’an Anlayışı ve Tefsir İlmine Katkıları</t>
+          <t>İnciyar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>520</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055378110</t>
+          <t>9786054074907</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Ayet Bir Hadis</t>
+          <t>Hz.Ömer’in Kur’an Anlayışı ve Tefsir İlmine Katkıları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>580</v>
+        <v>520</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055378745</t>
+          <t>9786055378110</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kitabu's-Sıdk - Doğruluk Kitabı</t>
+          <t>Her Güne Bir Ayet Bir Hadis</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>144</v>
+        <v>580</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055378790</t>
+          <t>9786055378745</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Oynayalım Öğrenelim</t>
+          <t>Kitabu's-Sıdk - Doğruluk Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055378714</t>
+          <t>9786055378790</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Engelli ve Yaşlı Hizmetlerinde Sosyal Bakım</t>
+          <t>Oynayalım Öğrenelim</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>530</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059852111</t>
+          <t>9786055378714</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Fıkıh Usalü Anlayışı</t>
+          <t>Engelli ve Yaşlı Hizmetlerinde Sosyal Bakım</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>530</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059852708</t>
+          <t>9786059852111</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İslam Kelamında Yahudilik Eleştirisi</t>
+          <t>Osmanlı’da Fıkıh Usalü Anlayışı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055378844</t>
+          <t>9786059852708</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Belagat Terimleri Sözlüğü</t>
+          <t>İslam Kelamında Yahudilik Eleştirisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059475150</t>
+          <t>9786055378844</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika</t>
+          <t>Belagat Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>630</v>
+        <v>360</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059852401</t>
+          <t>9786059475150</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Deyimler Darb-ı Meseller ve Bazı Gerçekler (Ciltli)</t>
+          <t>Sosyal Politika</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>550</v>
+        <v>630</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059852364</t>
+          <t>9786059852401</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Beyan Üslubu (Ciltli)</t>
+          <t>Kur'an'da Deyimler Darb-ı Meseller ve Bazı Gerçekler (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>520</v>
+        <v>550</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059852531</t>
+          <t>9786059852364</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Kur'an'ın Beyan Üslubu (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055378899</t>
+          <t>9786059852531</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Din ve Sivil İtaatsizlik</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059852241</t>
+          <t>9786055378899</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Cevap Anahtarlı ve Fiil Çekim Cetvelli Arapça Dilbilgisi</t>
+          <t>Gençlerde Din ve Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>756</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059852371</t>
+          <t>9786059852241</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'e Göre Allah Kimleri Sever Kimleri Sevmez?</t>
+          <t>Cevap Anahtarlı ve Fiil Çekim Cetvelli Arapça Dilbilgisi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>756</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055378493</t>
+          <t>9786059852371</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türk Mutfak Kültürü ve Din</t>
+          <t>Kur'an-ı Kerim'e Göre Allah Kimleri Sever Kimleri Sevmez?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054074150</t>
+          <t>9786055378493</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Sosyal Hizmetlerde Manevi Bakım</t>
+          <t>Türk Mutfak Kültürü ve Din</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059852715</t>
+          <t>9786054074150</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Müteşabih Hadislerin Yorumu</t>
+          <t>Tıbbi Sosyal Hizmetlerde Manevi Bakım</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059852319</t>
+          <t>9786059852715</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Anlamı Etkileyen Kıraat Farklılıklarının Tevcihi</t>
+          <t>Müteşabih Hadislerin Yorumu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059852142</t>
+          <t>9786059852319</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Aşk</t>
+          <t>Anlamı Etkileyen Kıraat Farklılıklarının Tevcihi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>144</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054074846</t>
+          <t>9786059852142</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi Terimleri Sözlüğü</t>
+          <t>Tasavvufta Aşk</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>470</v>
+        <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054074563</t>
+          <t>9786054074846</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Dinler ve Mezhepler</t>
+          <t>Din Sosyolojisi Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059475778</t>
+          <t>9786054074563</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Savaş ve Meşruiyeti</t>
+          <t>Geçmişten Günümüze Dinler ve Mezhepler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059475846</t>
+          <t>9786059475778</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mitfahul Mehara</t>
+          <t>İslam Hukukunda Savaş ve Meşruiyeti</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059475112</t>
+          <t>9786059475846</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kıraat Tarihi ve Kıraat Farklılıklarının Kur'an Tefsirine Etkisi</t>
+          <t>Mitfahul Mehara</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057699145</t>
+          <t>9786059475112</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tevcid-i Mahir</t>
+          <t>Kıraat Tarihi ve Kıraat Farklılıklarının Kur'an Tefsirine Etkisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756835715</t>
+          <t>9786057699145</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Demetleri</t>
+          <t>Tevcid-i Mahir</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>144</v>
+        <v>490</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055378394</t>
+          <t>9789756835715</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Et-Tarikatü’l-Muhammediyye</t>
+          <t>Gelincik Demetleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>144</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055378523</t>
+          <t>9786055378394</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dinlerde Hakikat</t>
+          <t>Et-Tarikatü’l-Muhammediyye</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789756373880</t>
+          <t>9786055378523</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Din-Ahlak Ekseninde Hz.Muhammed</t>
+          <t>Dinlerde Hakikat</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055378479</t>
+          <t>9789756373880</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim’in İttifak Ettiği Hadislerden 40 Hadis</t>
+          <t>Din-Ahlak Ekseninde Hz.Muhammed</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054074525</t>
+          <t>9786055378479</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ben Niçin Varım?</t>
+          <t>Buhari ve Müslim’in İttifak Ettiği Hadislerden 40 Hadis</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>345</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756373965</t>
+          <t>9786054074525</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Peygamberimiz (Ciltli)</t>
+          <t>Ben Niçin Varım?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1092</v>
+        <v>345</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055378004</t>
+          <t>9789756373965</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerden Dualar ve Zikirler</t>
+          <t>Ayet ve Hadislerle Peygamberimiz (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>210</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756835494</t>
+          <t>9786055378004</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Bulmaca Sözlüğü</t>
+          <t>Ayet ve Hadislerden Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>650</v>
+        <v>210</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057699350</t>
+          <t>9789756835494</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İtikat İbadet ve Hukuk</t>
+          <t>Alternatif Bulmaca Sözlüğü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057699688</t>
+          <t>9786057699350</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Zaaflar ve Hz. Peygamberden Psikoterapi</t>
+          <t>Sorularla İtikat İbadet ve Hukuk</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059475921</t>
+          <t>9786057699688</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Tarihselliği Yanılgısı</t>
+          <t>Psikolojik Zaaflar ve Hz. Peygamberden Psikoterapi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059475495</t>
+          <t>9786059475921</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Allah Rasulü'nden İki Demet Kırk Hadis-i Şerif</t>
+          <t>Kur'an'ın Tarihselliği Yanılgısı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9799756373040</t>
+          <t>9786059475495</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mesihi Beklerken</t>
+          <t>Allah Rasulü'nden İki Demet Kırk Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756373804</t>
+          <t>9799756373040</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İbadete Çağrı Olan Ezan</t>
+          <t>Mesihi Beklerken</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059852043</t>
+          <t>9789756373804</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın İşari Yorumu</t>
+          <t>İbadete Çağrı Olan Ezan</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059852500</t>
+          <t>9786059852043</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Açıdan Deprem ve Din</t>
+          <t>Kur'an'ın İşari Yorumu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>425</v>
+        <v>360</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059852258</t>
+          <t>9786059852500</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hitabet Sanatı -Hatip ve Vaizlere Yardımcı Notlar</t>
+          <t>Sosyolojik Açıdan Deprem ve Din</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>715</v>
+        <v>425</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057699305</t>
+          <t>9786059852258</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsanlara Yöneltilen Sorular</t>
+          <t>Hitabet Sanatı -Hatip ve Vaizlere Yardımcı Notlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>715</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054074778</t>
+          <t>9786057699305</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Kur'an'da İnsanlara Yöneltilen Sorular</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055378202</t>
+          <t>9786054074778</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Amca Hasan Ağa Vakfı</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>475</v>
+        <v>550</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256889514</t>
+          <t>9786055378202</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İyiliği Emretmek Kötülükten Sakındırmak</t>
+          <t>Amca Hasan Ağa Vakfı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>230</v>
+        <v>475</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9787862568893</t>
+          <t>9786256889514</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>The Argument From Design In Contemporary Thought</t>
+          <t>İyiliği Emretmek Kötülükten Sakındırmak</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>410</v>
+        <v>230</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256889507</t>
+          <t>9787862568893</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Türkçe İle Anlatımı (Meal)</t>
+          <t>The Argument From Design In Contemporary Thought</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>500</v>
+        <v>410</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256889118</t>
+          <t>9786256889507</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh İlmine Giriş</t>
+          <t>Kur’an-ı Kerim’in Türkçe İle Anlatımı (Meal)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256889538</t>
+          <t>9786256889118</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Akademik Sohbetler 3 İslam Düşüncesi (Felsefe-Sosyoloji)</t>
+          <t>Fıkıh İlmine Giriş</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>460</v>
+        <v>375</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256889439</t>
+          <t>9786256889538</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (Ciltli)</t>
+          <t>Akademik Sohbetler 3 İslam Düşüncesi (Felsefe-Sosyoloji)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>900</v>
+        <v>460</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256889477</t>
+          <t>9786256889439</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Kasabası; Sihirli Bastonun Tuhaf Maceraları-4</t>
+          <t>Marifetname (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>230</v>
+        <v>900</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256889484</t>
+          <t>9786256889477</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Karakalem Dünya; Sihirli Bastonun Tuhaf</t>
+          <t>Tuhaflıklar Kasabası; Sihirli Bastonun Tuhaf Maceraları-4</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256889453</t>
+          <t>9786256889484</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi Ortaçağ ve Yeniçağ</t>
+          <t>Karakalem Dünya; Sihirli Bastonun Tuhaf</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>510</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256889460</t>
+          <t>9786256889453</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Babaya İtaat</t>
+          <t>Felsefe Tarihi Ortaçağ ve Yeniçağ</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>290</v>
+        <v>510</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256889224</t>
+          <t>9786256889460</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sarf-Nahiv Edatlar İmla ve Terimler (Ciltli)</t>
+          <t>Anne ve Babaya İtaat</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256889064</t>
+          <t>9786256889224</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sürmeli Sözler: Dişil Karakterli Kelimeler Sözlüğü</t>
+          <t>Sarf-Nahiv Edatlar İmla ve Terimler (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>415</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059852920</t>
+          <t>9786256889064</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Bağlayıcılığı</t>
+          <t>Sürmeli Sözler: Dişil Karakterli Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>415</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059475228</t>
+          <t>9786059852920</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Eğitimi</t>
+          <t>Sünnetin Bağlayıcılığı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055378998</t>
+          <t>9786059475228</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Diyarbakır Ermenileri</t>
+          <t>Tasavvuf Eğitimi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>470</v>
+        <v>325</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9799756835929</t>
+          <t>9786055378998</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İçkinin Zararları</t>
+          <t>Osmanlı İmparatorluğu’nda Diyarbakır Ermenileri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>470</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055378462</t>
+          <t>9799756835929</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler ve Dini İlimlerde Davranış Kuramları</t>
+          <t>İçkinin Zararları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>335</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059475167</t>
+          <t>9786055378462</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İngilizce YDS ve YÖKDİL</t>
+          <t>Sosyal Bilimler ve Dini İlimlerde Davranış Kuramları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1164</v>
+        <v>335</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756835746</t>
+          <t>9786059475167</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Gece</t>
+          <t>İngilizce YDS ve YÖKDİL</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059475969</t>
+          <t>9789756835746</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>Dilsiz Gece</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059475945</t>
+          <t>9786059475969</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>6. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059475976</t>
+          <t>9786059475945</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>4. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059475952</t>
+          <t>9786059475976</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059475983</t>
+          <t>9786059475952</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>5. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057699176</t>
+          <t>9786059475983</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün Fethini Müjdeleyen Endülüslü Sufi İbn Berrecan</t>
+          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256889415</t>
+          <t>9786057699176</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tövbe Kitabı – Kitabu’t-Tevbe</t>
+          <t>Kudüs’ün Fethini Müjdeleyen Endülüslü Sufi İbn Berrecan</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256889422</t>
+          <t>9786256889415</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Nefis Terbiyesi</t>
+          <t>Tövbe Kitabı – Kitabu’t-Tevbe</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059699473</t>
+          <t>9786256889422</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l İber</t>
+          <t>Nefis Terbiyesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>178</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054074419</t>
+          <t>9786059699473</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik ve Din</t>
+          <t>Miftahu'l İber</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>450</v>
+        <v>178</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059852302</t>
+          <t>9786054074419</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Miftahu’l-İber</t>
+          <t>Cinsellik ve Din</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>178</v>
+        <v>450</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054074624</t>
+          <t>9786059852302</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesine Giriş</t>
+          <t>Miftahu’l-İber</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>155</v>
+        <v>178</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256889378</t>
+          <t>9786054074624</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Vezin Vezin Fiiller</t>
+          <t>Din Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>750</v>
+        <v>155</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256889361</t>
+          <t>9786256889378</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Konularına Göre İlahiler (Açıklamaları ve Örnek Eserleriyle)</t>
+          <t>Vezin Vezin Fiiller</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>390</v>
+        <v>750</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256889392</t>
+          <t>9786256889361</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’da Aşkın Dili</t>
+          <t>Konularına Göre İlahiler (Açıklamaları ve Örnek Eserleriyle)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256889408</t>
+          <t>9786256889392</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kutsalın İzini Sürmek</t>
+          <t>Mevlana’da Aşkın Dili</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256889385</t>
+          <t>9786256889408</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Yaşamak</t>
+          <t>Kutsalın İzini Sürmek</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>620</v>
+        <v>410</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054074389</t>
+          <t>9786256889385</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>El- Va'du'l- Hak Haksöz</t>
+          <t>Kur'an'ı Yaşamak</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>315</v>
+        <v>620</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057699671</t>
+          <t>9786054074389</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ulumü'l-Hadis</t>
+          <t>El- Va'du'l- Hak Haksöz</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>790</v>
+        <v>315</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756835289</t>
+          <t>9786057699671</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Arapça’da İ’rab</t>
+          <t>Ulumü'l-Hadis</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>145</v>
+        <v>790</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256889316</t>
+          <t>9789756835289</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Aykırı Görülen Hadisler</t>
+          <t>Arapça’da İ’rab</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>400</v>
+        <v>145</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059852982</t>
+          <t>9786256889316</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mantığa Giriş</t>
+          <t>Kur’an’a Aykırı Görülen Hadisler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756373040</t>
+          <t>9786059852982</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mesihi Beklerken - Mesihçi ve Millenarist Hareketler</t>
+          <t>Mantığa Giriş</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>105</v>
+        <v>425</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256889330</t>
+          <t>9789756373040</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Nikah Adabı</t>
+          <t>Mesihi Beklerken - Mesihçi ve Millenarist Hareketler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>190</v>
+        <v>105</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256889347</t>
+          <t>9786256889330</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Helaller ve Haramlar - Kitabu’l-Helali Ve’l-Haram</t>
+          <t>Evlilik ve Nikah Adabı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256889323</t>
+          <t>9786256889347</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Ölüm Arasında</t>
+          <t>Helaller ve Haramlar - Kitabu’l-Helali Ve’l-Haram</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256889293</t>
+          <t>9786256889323</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Resim ve Ahlak</t>
+          <t>Yaşam ve Ölüm Arasında</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256889286</t>
+          <t>9786256889293</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Aile Birey ve Toplum</t>
+          <t>Resim ve Ahlak</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256889163</t>
+          <t>9786256889286</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Onlar Böyleydi - Arifler Bahçesi (Büstanü'l-Arifin)</t>
+          <t>İslam’da Aile Birey ve Toplum</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256889156</t>
+          <t>9786256889163</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Nefsini Bilen Rabbini Bilir</t>
+          <t>Onlar Böyleydi - Arifler Bahçesi (Büstanü'l-Arifin)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256889149</t>
+          <t>9786256889156</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Faziletleri - Fezailül Kur'an</t>
+          <t>Nefsini Bilen Rabbini Bilir</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256889125</t>
+          <t>9786256889149</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>Kur'an-ı Kerim'in Faziletleri - Fezailül Kur'an</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256889132</t>
+          <t>9786256889125</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Allah'a Adamak - Kitabüz Zühd</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756373149</t>
+          <t>9786256889132</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Surelerinin Sıralanışındaki Sırlar</t>
+          <t>Hayatı Allah'a Adamak - Kitabüz Zühd</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>335</v>
+        <v>240</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057699428</t>
+          <t>9789756373149</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İslam Tasavvuf Düşüncesinin Teşekkülü</t>
+          <t>Kur’an Surelerinin Sıralanışındaki Sırlar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>820</v>
+        <v>335</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057699947</t>
+          <t>9786057699428</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Adalet</t>
+          <t>İslam Tasavvuf Düşüncesinin Teşekkülü</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>450</v>
+        <v>820</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256889187</t>
+          <t>9786057699947</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesinde Devlet Liderlik ve Bilgelik</t>
+          <t>Ahlak ve Adalet</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057699732</t>
+          <t>9786256889187</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Eyyubiler - 1</t>
+          <t>İslam Siyaset Düşüncesinde Devlet Liderlik ve Bilgelik</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>335</v>
+        <v>480</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256889248</t>
+          <t>9786057699732</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul - Eyyühel Veled</t>
+          <t>Eyyubiler - 1</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>335</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256889279</t>
+          <t>9786256889248</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dilin Afetleri - Afatül Lisan</t>
+          <t>Ey Oğul - Eyyühel Veled</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256889255</t>
+          <t>9786256889279</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yemek ve Şehvet Terbiyesi - Kitabü Kesri'ş-Şehveteyn</t>
+          <t>Dilin Afetleri - Afatül Lisan</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256889262</t>
+          <t>9786256889255</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dalaletten Hidayete - El Munkız Mined Dalal</t>
+          <t>Yemek ve Şehvet Terbiyesi - Kitabü Kesri'ş-Şehveteyn</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055378417</t>
+          <t>9786256889262</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Teist Varoluşçularda İman - Ahlak İlişkisi</t>
+          <t>Dalaletten Hidayete - El Munkız Mined Dalal</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057699053</t>
+          <t>9786055378417</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonundaki Saat - Sihirli Bastonun Tuhaf Maceraları 1</t>
+          <t>Teist Varoluşçularda İman - Ahlak İlişkisi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256889071</t>
+          <t>9786057699053</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Bizi “Hakikat” ten Koru</t>
+          <t>Dünyanın Sonundaki Saat - Sihirli Bastonun Tuhaf Maceraları 1</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>425</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256889095</t>
+          <t>9786256889071</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Gel ve Ol; Mevlana ve Yunus Emre’de Anadolu İrfanının Ahlaki Boyutu</t>
+          <t>Tanrım Bizi “Hakikat” ten Koru</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256889057</t>
+          <t>9786256889095</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Akademik Sohbetler 1 Hadis - Fıkıh</t>
+          <t>Gel ve Ol; Mevlana ve Yunus Emre’de Anadolu İrfanının Ahlaki Boyutu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>415</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256889088</t>
+          <t>9786256889057</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Prens ve Ölüm</t>
+          <t>Akademik Sohbetler 1 Hadis - Fıkıh</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>415</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256889101</t>
+          <t>9786256889088</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Dindarlığın Sosyolojisi</t>
+          <t>Prens ve Ölüm</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256889019</t>
+          <t>9786256889101</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Sünnetinde İtaat</t>
+          <t>Dindarlığın Sosyolojisi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>530</v>
+        <v>130</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256889040</t>
+          <t>9786256889019</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü</t>
+          <t>Hz. Peygamberin Sünnetinde İtaat</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>385</v>
+        <v>530</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257699213</t>
+          <t>9786256889040</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Zulüm Bizdense Ben Bizden Değilim</t>
+          <t>Hadis Usulü</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>145</v>
+        <v>385</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057699510</t>
+          <t>9786257699213</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Arapça Grameri Temel Sarf Bilgileri</t>
+          <t>Zulüm Bizdense Ben Bizden Değilim</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>395</v>
+        <v>145</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059475747</t>
+          <t>9786057699510</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Arapça Öğretimi - 1</t>
+          <t>Arapça Grameri Temel Sarf Bilgileri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>690</v>
+        <v>395</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059475754</t>
+          <t>9786059475747</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Arapça Öğretimi 1 - Çeviri Rehberi</t>
+          <t>Adım Adım Arapça Öğretimi - 1</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>830</v>
+        <v>690</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059475099</t>
+          <t>9786059475754</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Eğlenerek Öğrenelim 3 - Arapça Kıssalar</t>
+          <t>Adım Adım Arapça Öğretimi 1 - Çeviri Rehberi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>540</v>
+        <v>830</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059852821</t>
+          <t>9786059475099</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kolaylaştırılmış Arapça Grameri Nahiv</t>
+          <t>Arapçayı Eğlenerek Öğrenelim 3 - Arapça Kıssalar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>230</v>
+        <v>540</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059852876</t>
+          <t>9786059852821</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Modern Metodla Arapça İmla Kuralları</t>
+          <t>Kolaylaştırılmış Arapça Grameri Nahiv</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>625</v>
+        <v>230</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059852906</t>
+          <t>9786059852876</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kolaylaştırılmış Arapça Grameri Sarf</t>
+          <t>Modern Metodla Arapça İmla Kuralları</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>255</v>
+        <v>625</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059852609</t>
+          <t>9786059852906</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Arapça Metinler 1</t>
+          <t>Kolaylaştırılmış Arapça Grameri Sarf</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>665</v>
+        <v>255</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059475389</t>
+          <t>9786059852609</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>El Muderrecul Basit Fi İlmin Nahiv-1</t>
+          <t>Klasik ve Modern Arapça Metinler 1</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>410</v>
+        <v>665</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059475396</t>
+          <t>9786059475389</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>El Muktedabu Fil Belağati Arabiyyeti</t>
+          <t>El Muderrecul Basit Fi İlmin Nahiv-1</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>255</v>
+        <v>410</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059475372</t>
+          <t>9786059475396</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>El Muderrecul Basit Fi İlmin Nahiv-2</t>
+          <t>El Muktedabu Fil Belağati Arabiyyeti</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>715</v>
+        <v>255</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059475327</t>
+          <t>9786059475372</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Arapça Metinler -2</t>
+          <t>El Muderrecul Basit Fi İlmin Nahiv-2</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>510</v>
+        <v>715</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059852791</t>
+          <t>9786059475327</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Arapça Uzun Hikayeler 2. Kitap</t>
+          <t>Klasik ve Modern Arapça Metinler -2</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>320</v>
+        <v>510</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057699695</t>
+          <t>9786059852791</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Türkçeden Arapçaya Tercüme Teknikleri</t>
+          <t>Arapça Uzun Hikayeler 2. Kitap</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055378288</t>
+          <t>9786057699695</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Arapça Metinler-2</t>
+          <t>Türkçeden Arapçaya Tercüme Teknikleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057699848</t>
+          <t>9786055378288</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İmam Beyhaki ve Kitabu'd-De'avati'l Kebir'i</t>
+          <t>Klasik ve Modern Arapça Metinler-2</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057699978</t>
+          <t>9786057699848</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Tarih Bilim ve Medeniyet</t>
+          <t>İmam Beyhaki ve Kitabu'd-De'avati'l Kebir'i</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057699954</t>
+          <t>9786057699978</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hace Muhammed Parsa ve Nakşibendilik</t>
+          <t>İslam'da Tarih Bilim ve Medeniyet</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756373002</t>
+          <t>9786057699954</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Genç Adam</t>
+          <t>Hace Muhammed Parsa ve Nakşibendilik</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054074105</t>
+          <t>9789756373002</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Devletler ve İslam Hukukunda Deniz</t>
+          <t>Genç Adam</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057699602</t>
+          <t>9786054074105</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Ahlakın Şartı Kaç?</t>
+          <t>Devletler ve İslam Hukukunda Deniz</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057699879</t>
+          <t>9786057699602</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde İlimler Tasnifi ve Makasid Anlayışı</t>
+          <t>İslam'da Ahlakın Şartı Kaç?</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>215</v>
+        <v>260</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057699855</t>
+          <t>9786057699879</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İslam Dininin Temel Dayanakları Akıl, Kur'an ve Peygamber</t>
+          <t>İslam Medeniyetinde İlimler Tasnifi ve Makasid Anlayışı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>820</v>
+        <v>215</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057699862</t>
+          <t>9786057699855</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Sünnet - Hadis - Amel Tartışmaları</t>
+          <t>İslam Dininin Temel Dayanakları Akıl, Kur'an ve Peygamber</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>335</v>
+        <v>820</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057699886</t>
+          <t>9786057699862</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Tanrı</t>
+          <t>Erken Dönem Sünnet - Hadis - Amel Tartışmaları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>720</v>
+        <v>335</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789756373507</t>
+          <t>9786057699886</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İnsan Gerçeği ve İslami Hayat</t>
+          <t>Bir Dünya Tanrı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>600</v>
+        <v>720</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057699725</t>
+          <t>9789756373507</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kötülük ve Teodise</t>
+          <t>İnsan Gerçeği ve İslami Hayat</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057699718</t>
+          <t>9786057699725</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'dan Örneklerle Klasik Ve İnformel Mantık</t>
+          <t>Kötülük ve Teodise</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057699473</t>
+          <t>9786057699718</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Miftahu’l-İber - İnsanlık ve Peygamberler Tarihine Giriş</t>
+          <t>Kur'an'dan Örneklerle Klasik Ve İnformel Mantık</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057699527</t>
+          <t>9786057699473</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ömerül Adil (Fütuhat, Evail ve İstikrar)</t>
+          <t>Miftahu’l-İber - İnsanlık ve Peygamberler Tarihine Giriş</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057699657</t>
+          <t>9786057699527</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yasin Suresi Türkçe Anlamı ile Tefsir ve Yorumu</t>
+          <t>Ömerül Adil (Fütuhat, Evail ve İstikrar)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059852470</t>
+          <t>9786057699657</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Beddua (Ciltli)</t>
+          <t>Yasin Suresi Türkçe Anlamı ile Tefsir ve Yorumu</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>510</v>
+        <v>400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059475105</t>
+          <t>9786059852470</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesine Giriş</t>
+          <t>Hz. Peygamber ve Beddua (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9799756373100</t>
+          <t>9786059475105</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Sıhhat</t>
+          <t>Din Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055378356</t>
+          <t>9799756373100</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Çokkültürlülük ve İslam</t>
+          <t>Bir Nefes Sıhhat</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>335</v>
+        <v>140</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059852357</t>
+          <t>9786055378356</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Horasan ve Maveraünnehir'de Ilımlı Bir İslam Politikası - Kerrami Söylem ve Yansımaları</t>
+          <t>Küreselleşme Çokkültürlülük ve İslam</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>460</v>
+        <v>335</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059852050</t>
+          <t>9786059852357</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Edirne Romanlarında Geçiş Ritüelleri ve Din</t>
+          <t>Horasan ve Maveraünnehir'de Ilımlı Bir İslam Politikası - Kerrami Söylem ve Yansımaları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>360</v>
+        <v>460</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057699091</t>
+          <t>9786059852050</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kompozisyon Çalışma Defteri 1</t>
+          <t>Edirne Romanlarında Geçiş Ritüelleri ve Din</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>640</v>
+        <v>360</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057699107</t>
+          <t>9786057699091</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kompozisyon Çalışma Defteri 2</t>
+          <t>Arapça Kompozisyon Çalışma Defteri 1</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>625</v>
+        <v>640</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057699817</t>
+          <t>9786057699107</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi - Üzerinde İttifak Edilen Esaslar</t>
+          <t>Arapça Kompozisyon Çalışma Defteri 2</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>130</v>
+        <v>625</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059475235</t>
+          <t>9786057699817</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kıyamet</t>
+          <t>İslam Akaidi - Üzerinde İttifak Edilen Esaslar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057699824</t>
+          <t>9786059475235</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Politikamız ve Felsefemiz</t>
+          <t>Kızıl Kıyamet</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057699800</t>
+          <t>9786057699824</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Taha Abdurrahman’ın Felsefesi - Seküler Dünyaya Hikmetli Cevap</t>
+          <t>Eğitim Politikamız ve Felsefemiz</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>410</v>
+        <v>400</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057699794</t>
+          <t>9786057699800</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası Bunalımları</t>
+          <t>Taha Abdurrahman’ın Felsefesi - Seküler Dünyaya Hikmetli Cevap</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>435</v>
+        <v>410</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057699787</t>
+          <t>9786057699794</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Hadis Eleştirisi</t>
+          <t>Hakikat Sonrası Bunalımları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>370</v>
+        <v>435</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057699503</t>
+          <t>9786057699787</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Sahabe</t>
+          <t>Ehl-i Hadis Eleştirisi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057699763</t>
+          <t>9786057699503</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kudüs</t>
+          <t>Arkadaşım Sahabe</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057699770</t>
+          <t>9786057699763</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Cinlerle İlgili Hadislerin Değerlendirilmesi</t>
+          <t>Arkadaşım Kudüs</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057699756</t>
+          <t>9786057699770</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a İşari Yaklaşımlar</t>
+          <t>Cinlerle İlgili Hadislerin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>215</v>
+        <v>380</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057699664</t>
+          <t>9786057699756</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kum Şehrinin Çocukları</t>
+          <t>Kur'an'a İşari Yaklaşımlar</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059475655</t>
+          <t>9786057699664</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dualar ve Zikirler</t>
+          <t>Kum Şehrinin Çocukları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057699497</t>
+          <t>9786059475655</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca İnanç Tıp İlişkisi</t>
+          <t>Seçme Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>410</v>
+        <v>425</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059475358</t>
+          <t>9786057699497</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Hastalık Algılanmasında Dua Şifa İlişkisi</t>
+          <t>Tarih Boyunca İnanç Tıp İlişkisi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057699633</t>
+          <t>9786059475358</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatla İlgili Hadis Makaleleri-3</t>
+          <t>Tarih Boyunca Hastalık Algılanmasında Dua Şifa İlişkisi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057699626</t>
+          <t>9786057699633</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aklını Kurmak</t>
+          <t>Sosyal Hayatla İlgili Hadis Makaleleri-3</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057699640</t>
+          <t>9786057699626</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İki Münzevi Şair ve Hattat; İnzivadan Bilgeliğe</t>
+          <t>Müslüman Aklını Kurmak</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057699572</t>
+          <t>9786057699640</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kurşuni Kalem</t>
+          <t>İki Münzevi Şair ve Hattat; İnzivadan Bilgeliğe</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057699541</t>
+          <t>9786057699572</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa İnecek mi?</t>
+          <t>Kurşuni Kalem</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057699558</t>
+          <t>9786057699541</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hasılı Ve'l-Kalem</t>
+          <t>Hz. İsa İnecek mi?</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057699381</t>
+          <t>9786057699558</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Haritada Kaybolan Ok - Sihirli Bastonun Tuhaf Maceraları 2</t>
+          <t>Hasılı Ve'l-Kalem</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059475129</t>
+          <t>9786057699381</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Cemaat ve Tarikat Ekseninde Kadın</t>
+          <t>Haritada Kaybolan Ok - Sihirli Bastonun Tuhaf Maceraları 2</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057699336</t>
+          <t>9786059475129</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Evliyanın Seyir Defteri</t>
+          <t>Cemaat ve Tarikat Ekseninde Kadın</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>570</v>
+        <v>480</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059852944</t>
+          <t>9786057699336</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Arapça'da Alkışlar ve Kargışlar</t>
+          <t>Evliyanın Seyir Defteri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>570</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789756835821</t>
+          <t>9786059852944</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Peygamberi ve Yetişkin Din Eğitimi</t>
+          <t>Arapça'da Alkışlar ve Kargışlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>315</v>
+        <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057699466</t>
+          <t>9789756835821</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Fıkhın Bedene Bürünüşü: İmam-ı A'zam Ebu Hanife</t>
+          <t>Sevgi Peygamberi ve Yetişkin Din Eğitimi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057699459</t>
+          <t>9786057699466</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Hadis Ya Da Doktor ve Eczacı</t>
+          <t>Fıkhın Bedene Bürünüşü: İmam-ı A'zam Ebu Hanife</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057699480</t>
+          <t>9786057699459</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Afetlere Dini Bir Bakış</t>
+          <t>Fıkıh ve Hadis Ya Da Doktor ve Eczacı</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057699442</t>
+          <t>9786057699480</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Vesvese Problemleri ve Hz. Peygamberden Önemli Tavsiyeler</t>
+          <t>Afetlere Dini Bir Bakış</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057699411</t>
+          <t>9786057699442</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İlmi Makaleler</t>
+          <t>Vesvese Problemleri ve Hz. Peygamberden Önemli Tavsiyeler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>560</v>
+        <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059475075</t>
+          <t>9786057699411</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Huzur Kapısı</t>
+          <t>İlmi Makaleler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>130</v>
+        <v>560</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059475082</t>
+          <t>9786059475075</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Din Bilimlerinde Klasik ve Çağdaş Yaklaşımlar</t>
+          <t>Huzur Kapısı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>570</v>
+        <v>130</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059475273</t>
+          <t>9786059475082</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>114 Kod: Hazret-i Peygamber'in Duygu Düşünce Davranış Konuşma Atlası (Ciltli)</t>
+          <t>Din Bilimlerinde Klasik ve Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>700</v>
+        <v>570</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057699114</t>
+          <t>9786059475273</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sünnet-Bid'at Tartışmalarının Mahiyeti ve Değerlendirilmesi</t>
+          <t>114 Kod: Hazret-i Peygamber'in Duygu Düşünce Davranış Konuşma Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057699398</t>
+          <t>9786057699114</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Birlik ve Bütünlüğünün Önündeki En Büyük Engel - Dini Grupçuluk</t>
+          <t>Sünnet-Bid'at Tartışmalarının Mahiyeti ve Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059852432</t>
+          <t>9786057699398</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Zikir ve Dualar</t>
+          <t>Müslümanların Birlik ve Bütünlüğünün Önündeki En Büyük Engel - Dini Grupçuluk</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>510</v>
+        <v>600</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059852869</t>
+          <t>9786059852432</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Kur'an Hazret-i Peygamber (Ciltli)</t>
+          <t>Zikir ve Dualar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>650</v>
+        <v>510</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057699169</t>
+          <t>9786059852869</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kitabu't-Telvihat</t>
+          <t>Yaşayan Kur'an Hazret-i Peygamber (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>325</v>
+        <v>650</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059475143</t>
+          <t>9786057699169</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Nebe' Suresinde Haşrin Delilleri</t>
+          <t>Kitabu't-Telvihat</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059852487</t>
+          <t>9786059475143</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Abdullah İbn Mübarek</t>
+          <t>Nebe' Suresinde Haşrin Delilleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059475181</t>
+          <t>9786059852487</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>114 Kod: Hazret-i Peygamber'in Duygu Düşünce Davranış Konuşma Atlası</t>
+          <t>Abdullah İbn Mübarek</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>570</v>
+        <v>325</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059475068</t>
+          <t>9786059475181</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Nübüvvetini İnkar Konusunda Müşriklerin Tutarsızlığı</t>
+          <t>114 Kod: Hazret-i Peygamber'in Duygu Düşünce Davranış Konuşma Atlası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>225</v>
+        <v>570</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057699367</t>
+          <t>9786059475068</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla ve Tartışılan Yönleriyle Tasavvuf</t>
+          <t>Hz. Peygamber'in Nübüvvetini İnkar Konusunda Müşriklerin Tutarsızlığı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>510</v>
+        <v>225</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057699329</t>
+          <t>9786057699367</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yolda Olabilmek Yolda Kalabilmek</t>
+          <t>Ana Hatlarıyla ve Tartışılan Yönleriyle Tasavvuf</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>530</v>
+        <v>510</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059475280</t>
+          <t>9786057699329</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İbn Kudame Penceresinden Fıkıh Usulü</t>
+          <t>Yolda Olabilmek Yolda Kalabilmek</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>425</v>
+        <v>530</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057699435</t>
+          <t>9786059475280</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Zühd ve Ahlak Risaleleri; Dünyevileşmeye Direniş</t>
+          <t>İbn Kudame Penceresinden Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057699404</t>
+          <t>9786057699435</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Külli Kaideler - Hanefi Fıkhı</t>
+          <t>Zühd ve Ahlak Risaleleri; Dünyevileşmeye Direniş</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059475242</t>
+          <t>9786057699404</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Belagatında Hitap ve Muhatap İlişkisi</t>
+          <t>Külli Kaideler - Hanefi Fıkhı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>580</v>
+        <v>395</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057699299</t>
+          <t>9786059475242</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Klasik İslam Hukuk Metinleri</t>
+          <t>Kur'an Belagatında Hitap ve Muhatap İlişkisi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>280</v>
+        <v>580</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057699237</t>
+          <t>9786057699299</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Akılcı Düşüncenin Önderleri Ebu Hanife ve Vasıl Bin Ata</t>
+          <t>Klasik İslam Hukuk Metinleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057699374</t>
+          <t>9786057699237</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Farklı Alanlarında Kadın</t>
+          <t>İslam'da Akılcı Düşüncenin Önderleri Ebu Hanife ve Vasıl Bin Ata</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>315</v>
+        <v>380</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059475297</t>
+          <t>9786057699374</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Şia’da Hadis Usulü</t>
+          <t>Hayatın Farklı Alanlarında Kadın</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>690</v>
+        <v>315</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057699251</t>
+          <t>9786059475297</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'yı Yalan Çıkarmak</t>
+          <t>Şia’da Hadis Usulü</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>270</v>
+        <v>690</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057699275</t>
+          <t>9786057699251</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Sağlık İçin En Muhteşem Dualar</t>
+          <t>Tanrı'yı Yalan Çıkarmak</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057699268</t>
+          <t>9786057699275</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Genlere Müdahale - İlahi Kader İlişkisi</t>
+          <t>Ruhsal Sağlık İçin En Muhteşem Dualar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>335</v>
+        <v>170</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057699008</t>
+          <t>9786057699268</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>El-Belagatu'l-Vadıha Tercümesi</t>
+          <t>Genlere Müdahale - İlahi Kader İlişkisi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>740</v>
+        <v>335</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057699152</t>
+          <t>9786057699008</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Tekke Musikisi</t>
+          <t>El-Belagatu'l-Vadıha Tercümesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>320</v>
+        <v>740</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057699282</t>
+          <t>9786057699152</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültürünün Ortak Değeri Hz. Peygamber ve Ehl-i Beyt Sevgisi</t>
+          <t>Tekke Musikisi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057699183</t>
+          <t>9786057699282</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Din Sosyolojisi: Naima Örneği</t>
+          <t>İslam Kültürünün Ortak Değeri Hz. Peygamber ve Ehl-i Beyt Sevgisi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>315</v>
+        <v>180</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057699244</t>
+          <t>9786057699183</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Merdan Hz. Ali ve Fitne Yılları</t>
+          <t>Osmanlıda Din Sosyolojisi: Naima Örneği</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057699121</t>
+          <t>9786057699244</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Temel İslami Bilgiler ve Genel Kültür</t>
+          <t>Şah-ı Merdan Hz. Ali ve Fitne Yılları</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059852883</t>
+          <t>9786057699121</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sure İsimlerinin Anlamı ve Surelerin Kısaca Muhtevası</t>
+          <t>Sorulu Cevaplı Temel İslami Bilgiler ve Genel Kültür</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>315</v>
+        <v>280</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059852784</t>
+          <t>9786059852883</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlak Esasları ve Felsefesi</t>
+          <t>Kur’an’da Sure İsimlerinin Anlamı ve Surelerin Kısaca Muhtevası</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>620</v>
+        <v>315</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057699060</t>
+          <t>9786059852784</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Mütekellim Yöntemi İslam Hukuk Metodolojisi</t>
+          <t>İslam Ahlak Esasları ve Felsefesi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>470</v>
+        <v>620</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057699138</t>
+          <t>9786057699060</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Nil ile Fırat’ı Kavuşturan Alim İbn Hallikan</t>
+          <t>Mütekellim Yöntemi İslam Hukuk Metodolojisi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>400</v>
+        <v>470</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057699084</t>
+          <t>9786057699138</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Tartışılan Ayetler</t>
+          <t>Nil ile Fırat’ı Kavuşturan Alim İbn Hallikan</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>690</v>
+        <v>400</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059852722</t>
+          <t>9786057699084</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Dini Söylemde Rahmet ve Lanet Dili</t>
+          <t>Tartışılan Ayetler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>380</v>
+        <v>690</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059475563</t>
+          <t>9786059852722</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Konuşma Sanatı</t>
+          <t>Dini Söylemde Rahmet ve Lanet Dili</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>315</v>
+        <v>380</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059475556</t>
+          <t>9786059475563</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Lisandan İnsana</t>
+          <t>Yıldızların Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>425</v>
+        <v>315</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057699077</t>
+          <t>9786059475556</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Arayışında Akıl ve Kalp</t>
+          <t>Lisandan İnsana</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>510</v>
+        <v>425</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057699039</t>
+          <t>9786057699077</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kader İnancının Dini Temelleri</t>
+          <t>Hakikat Arayışında Akıl ve Kalp</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>335</v>
+        <v>510</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057699046</t>
+          <t>9786057699039</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve Hadisler Işığında Kur'an ve Mahiyeti 2</t>
+          <t>Kader İnancının Dini Temelleri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059475891</t>
+          <t>9786057699046</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Anahtarı: Sünneti Delil Kabul Etmek</t>
+          <t>Ayetler ve Hadisler Işığında Kur'an ve Mahiyeti 2</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057699022</t>
+          <t>9786059475891</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Anne-Baba ve Öğretmenler İçin Ergen Psikolojisi ve İletişim</t>
+          <t>Cennetin Anahtarı: Sünneti Delil Kabul Etmek</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059475860</t>
+          <t>9786057699022</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Usulüne Giriş</t>
+          <t>Anne-Baba ve Öğretmenler İçin Ergen Psikolojisi ve İletişim</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057699015</t>
+          <t>9786059475860</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Baba Etkisi</t>
+          <t>Tefsir Usulüne Giriş</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059475785</t>
+          <t>9786057699015</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Çelişkili Hadisler ve Çözüm Yolları</t>
+          <t>Çocuk Eğitiminde Baba Etkisi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>830</v>
+        <v>270</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059475907</t>
+          <t>9786059475785</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Nakil</t>
+          <t>Çelişkili Hadisler ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>600</v>
+        <v>830</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059475808</t>
+          <t>9786059475907</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlmine Giriş</t>
+          <t>Akıl ve Nakil</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>540</v>
+        <v>600</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059852777</t>
+          <t>9786059475808</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Hadis Meseleleri</t>
+          <t>Hadis İlmine Giriş</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>460</v>
+        <v>540</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059852760</t>
+          <t>9786059852777</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hayır ve Şer</t>
+          <t>Sorularla Hadis Meseleleri</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>425</v>
+        <v>460</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059475693</t>
+          <t>9786059852760</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Salih İnsanın Yol Haritası</t>
+          <t>Kur’an’da Hayır ve Şer</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059475990</t>
+          <t>9786059475693</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Toplumun İnşaasında Kur’an-ı Kerim’in Rolü</t>
+          <t>Salih İnsanın Yol Haritası</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057699312</t>
+          <t>9786059475990</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Davranış Göstergeleri</t>
+          <t>Toplumun İnşaasında Kur’an-ı Kerim’in Rolü</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059475709</t>
+          <t>9786057699312</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Modernlik</t>
+          <t>Kur’an’da Davranış Göstergeleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>435</v>
+        <v>225</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059475938</t>
+          <t>9786059475709</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Mecelle'nin Küllı Kadileleri</t>
+          <t>İslam ve Modernlik</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>130</v>
+        <v>435</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059475914</t>
+          <t>9786059475938</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Adil Bir Dünya Ümidi</t>
+          <t>Mecelle'nin Küllı Kadileleri</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059475204</t>
+          <t>9786059475914</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Ahlak ve Hikmet Açısından Sünnet</t>
+          <t>Adil Bir Dünya Ümidi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059475648</t>
+          <t>9786059475204</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kaynaklarının Dili</t>
+          <t>Bilgi Ahlak ve Hikmet Açısından Sünnet</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059475884</t>
+          <t>9786059475648</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Fikri İhtilaflar ve Havadis</t>
+          <t>Hadis Kaynaklarının Dili</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059475877</t>
+          <t>9786059475884</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Hukukçularının Sünnet Anlayışı</t>
+          <t>Fikri İhtilaflar ve Havadis</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>490</v>
+        <v>260</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059475839</t>
+          <t>9786059475877</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Savaşın Meşruiyet Sebepleri</t>
+          <t>Erken Dönem İslam Hukukçularının Sünnet Anlayışı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>315</v>
+        <v>490</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059475266</t>
+          <t>9786059475839</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Suyuti’nin Hadis İlmindeki Yeri</t>
+          <t>İslam’da Savaşın Meşruiyet Sebepleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>270</v>
+        <v>315</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059475822</t>
+          <t>9786059475266</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve Hadisler Işığında Kur’an ve Mahiyeti</t>
+          <t>Suyuti’nin Hadis İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059475686</t>
+          <t>9786059475822</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Müslümanca Düşünmek 2</t>
+          <t>Ayetler ve Hadisler Işığında Kur’an ve Mahiyeti</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>780</v>
+        <v>180</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059475679</t>
+          <t>9786059475686</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Müslümanca Düşünmek 1</t>
+          <t>Modern Dünyada Müslümanca Düşünmek 2</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>800</v>
+        <v>780</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059475792</t>
+          <t>9786059475679</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ayrılık Psikolojisi</t>
+          <t>Modern Dünyada Müslümanca Düşünmek 1</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>270</v>
+        <v>800</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059475723</t>
+          <t>9786059475792</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in (S.A.S) Diplomasi Anlayışı</t>
+          <t>Aşk ve Ayrılık Psikolojisi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>560</v>
+        <v>270</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059475761</t>
+          <t>9786059475723</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Varoluşsal Sancı</t>
+          <t>Hz. Muhammed'in (S.A.S) Diplomasi Anlayışı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>360</v>
+        <v>560</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059475730</t>
+          <t>9786059475761</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Cami Musikisi</t>
+          <t>Varoluşsal Sancı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059475716</t>
+          <t>9786059475730</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Bilgisi</t>
+          <t>Cami Musikisi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059475051</t>
+          <t>9786059475716</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Dönemi Anadolu'da Bilimin Güneşi</t>
+          <t>Sahabe Bilgisi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059475631</t>
+          <t>9786059475051</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hitabet</t>
+          <t>Selçuklu Dönemi Anadolu'da Bilimin Güneşi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>560</v>
+        <v>280</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059475662</t>
+          <t>9786059475631</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Öteki</t>
+          <t>Karşılaştırmalı Hitabet</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>540</v>
+        <v>560</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059475457</t>
+          <t>9786059475662</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Fırkacılık Olgusuna Yaklaşımı</t>
+          <t>İslam ve Öteki</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>470</v>
+        <v>540</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059475549</t>
+          <t>9786059475457</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Diksiyondan Mikrofona</t>
+          <t>Kur'an'ın Fırkacılık Olgusuna Yaklaşımı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>380</v>
+        <v>470</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059475624</t>
+          <t>9786059475549</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatla İlgili Hadis Makaleleri 2</t>
+          <t>Diksiyondan Mikrofona</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>530</v>
+        <v>380</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059475617</t>
+          <t>9786059475624</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatla İlgili Hadis Makaleleri 1</t>
+          <t>Sosyal Hayatla İlgili Hadis Makaleleri 2</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>550</v>
+        <v>530</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059475600</t>
+          <t>9786059475617</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İnancının Akliliği</t>
+          <t>Sosyal Hayatla İlgili Hadis Makaleleri 1</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>315</v>
+        <v>550</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059475570</t>
+          <t>9786059475600</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Şafi'i İlmihali</t>
+          <t>Tanrı İnancının Akliliği</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>130</v>
+        <v>315</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059475594</t>
+          <t>9786059475570</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Muhtelif Milletlerde Kadın Eğitimi</t>
+          <t>Muhtasar Şafi'i İlmihali</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059475587</t>
+          <t>9786059475594</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Belağat Tarihi</t>
+          <t>Tarih Boyunca Muhtelif Milletlerde Kadın Eğitimi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059475525</t>
+          <t>9786059475587</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi ve Göstergebilim</t>
+          <t>Belağat Tarihi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055378912</t>
+          <t>9786059475525</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Dini Misak’in Güncellenmesi Dua ve Tövbe</t>
+          <t>Din Sosyolojisi ve Göstergebilim</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>460</v>
+        <v>315</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059852647</t>
+          <t>9786055378912</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Açlık</t>
+          <t>Dini Misak’in Güncellenmesi Dua ve Tövbe</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059852326</t>
+          <t>9786059852647</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Tahsilu Nezairi’l-Kur’an’ı Bağlamında Hakim Tirmizi’de Vücuh ve Nezair</t>
+          <t>Kutsal Açlık</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>335</v>
+        <v>370</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059852746</t>
+          <t>9786059852326</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Okulda İşte ve Sosyal Hayatta İnsanı Tanıma Teknikleri</t>
+          <t>Tahsilu Nezairi’l-Kur’an’ı Bağlamında Hakim Tirmizi’de Vücuh ve Nezair</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>425</v>
+        <v>335</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059852456</t>
+          <t>9786059852746</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Keşfi</t>
+          <t>Okulda İşte ve Sosyal Hayatta İnsanı Tanıma Teknikleri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059852807</t>
+          <t>9786059852456</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Evet Ama Formülü ile Yaşamak</t>
+          <t>Hakikatin Keşfi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059852838</t>
+          <t>9786059852807</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Penceresinden Hz.Peygamber(s.a.v.)in Eşsiz Örnekliği</t>
+          <t>Hayatı Evet Ama Formülü ile Yaşamak</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059852845</t>
+          <t>9786059852838</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Değişme ve Dini Normlar</t>
+          <t>Kur’an-ı Kerim Penceresinden Hz.Peygamber(s.a.v.)in Eşsiz Örnekliği</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059852890</t>
+          <t>9786059852845</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>En-Nahvu’l-Vadıh Tercümesi 2 / İleri Seviye</t>
+          <t>Sosyal Değişme ve Dini Normlar</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>820</v>
+        <v>360</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059852913</t>
+          <t>9786059852890</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Maturidilik ve Hadis</t>
+          <t>En-Nahvu’l-Vadıh Tercümesi 2 / İleri Seviye</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>800</v>
+        <v>820</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059852289</t>
+          <t>9786059852913</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kelam Geleneğinde Temel Kaynaklardan İstifade Yöntemleri</t>
+          <t>Maturidilik ve Hadis</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>490</v>
+        <v>800</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059475518</t>
+          <t>9786059852289</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Emirler-Yasaklar ve Düşündüren Sorular</t>
+          <t>Kelam Geleneğinde Temel Kaynaklardan İstifade Yöntemleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>225</v>
+        <v>490</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059475488</t>
+          <t>9786059475518</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Hukuk Düşüncesinde Re'y ve Hadis</t>
+          <t>Kur’an’da Emirler-Yasaklar ve Düşündüren Sorular</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>490</v>
+        <v>225</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059475440</t>
+          <t>9786059475488</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>İslam Astronomi Tarihi</t>
+          <t>Erken Dönem İslam Hukuk Düşüncesinde Re'y ve Hadis</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>950</v>
+        <v>490</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059475198</t>
+          <t>9786059475440</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ayetleri Fihristi (Ciltli)</t>
+          <t>İslam Astronomi Tarihi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>560</v>
+        <v>950</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059475433</t>
+          <t>9786059475198</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Şeb-i Arus - Düğün Gecesi</t>
+          <t>Kur'an Ayetleri Fihristi (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>280</v>
+        <v>560</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059475501</t>
+          <t>9786059475433</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Mütekellim Yöntemi Fıkıh Usulü</t>
+          <t>Şeb-i Arus - Düğün Gecesi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>475</v>
+        <v>280</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059475471</t>
+          <t>9786059475501</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Hayatım ve Din Hizmetinde Geçen 40 Yılım</t>
+          <t>Mütekellim Yöntemi Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>960</v>
+        <v>475</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059475044</t>
+          <t>9786059475471</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Anlatımlı Kur'an Belagatı</t>
+          <t>Hayatım ve Din Hizmetinde Geçen 40 Yılım</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>525</v>
+        <v>960</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059475464</t>
+          <t>9786059475044</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Vatan ve Şehitlik</t>
+          <t>Anlatımlı Kur'an Belagatı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>270</v>
+        <v>525</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059475211</t>
+          <t>9786059475464</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Osmanlı Ceza Hukuku Uygulaması</t>
+          <t>Vatan ve Şehitlik</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059852753</t>
+          <t>9786059475211</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Bir Fakih Olarak İmam Nevevi</t>
+          <t>Tanzimat Dönemi Osmanlı Ceza Hukuku Uygulaması</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>315</v>
+        <v>370</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059475037</t>
+          <t>9786059852753</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Tanıtan Güzel İsimler</t>
+          <t>Bir Fakih Olarak İmam Nevevi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>325</v>
+        <v>315</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059475341</t>
+          <t>9786059475037</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Erillik ve Din</t>
+          <t>Allah'ı Tanıtan Güzel İsimler</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059475402</t>
+          <t>9786059475341</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Anlaşılmasında Aklın ve Fıkhın Rolü</t>
+          <t>Erillik ve Din</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786055378615</t>
+          <t>9786059475402</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Dinde Hakikat: Dinlerin Çokluğu ve Hakikatin Birliği</t>
+          <t>Hadislerin Anlaşılmasında Aklın ve Fıkhın Rolü</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059475334</t>
+          <t>9786055378615</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Felsefesinde Makasudü'ş - Şeria</t>
+          <t>Dinde Hakikat: Dinlerin Çokluğu ve Hakikatin Birliği</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>625</v>
+        <v>260</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059475310</t>
+          <t>9786059475334</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Örnek Toplum-Hz. Peygamber’in Mesajlarında</t>
+          <t>İslam Hukuk Felsefesinde Makasudü'ş - Şeria</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>360</v>
+        <v>625</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059475303</t>
+          <t>9786059475310</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Hadis İnkarcılığı-Hadis Karşıtlarının İddiaları ve Cevaplar</t>
+          <t>Örnek Toplum-Hz. Peygamber’in Mesajlarında</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059475006</t>
+          <t>9786059475303</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Ta’lil Tartışmaları</t>
+          <t>Hadis İnkarcılığı-Hadis Karşıtlarının İddiaları ve Cevaplar</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059852951</t>
+          <t>9786059475006</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik Ve Psikolojik Danışma</t>
+          <t>Fıkıh Usulünde Ta’lil Tartışmaları</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>535</v>
+        <v>600</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059852975</t>
+          <t>9786059852951</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Mukıza</t>
+          <t>Rehberlik Ve Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>160</v>
+        <v>535</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059475013</t>
+          <t>9786059852975</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Klasik İslam Eğitimcileri</t>
+          <t>Mukıza</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>820</v>
+        <v>160</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059852999</t>
+          <t>9786059475013</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Din ve Toplum Görüşleriyle Cemil Meriç</t>
+          <t>Klasik İslam Eğitimcileri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>280</v>
+        <v>820</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059475020</t>
+          <t>9786059852999</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ailede Mutluluk Rehberi</t>
+          <t>Din ve Toplum Görüşleriyle Cemil Meriç</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059852739</t>
+          <t>9786059475020</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları</t>
+          <t>Ailede Mutluluk Rehberi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059852654</t>
+          <t>9786059852739</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Has Oda</t>
+          <t>İslam İnanç Esasları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059852692</t>
+          <t>9786059852654</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Sosyal Dayanışma</t>
+          <t>Has Oda</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059852623</t>
+          <t>9786059852692</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Taziye Gelenekleri ve Ziyaret Fenomeni</t>
+          <t>Hadisler Işığında Sosyal Dayanışma</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059852630</t>
+          <t>9786059852623</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Acil Manevi Destek</t>
+          <t>Taziye Gelenekleri ve Ziyaret Fenomeni</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059852661</t>
+          <t>9786059852630</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>En-Nahvu'l-Vadıh Tercümesi</t>
+          <t>Acil Manevi Destek</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>610</v>
+        <v>180</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059852562</t>
+          <t>9786059852661</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Yönelik Bazı Şüpheler ve Cevapları</t>
+          <t>En-Nahvu'l-Vadıh Tercümesi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>180</v>
+        <v>610</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059852463</t>
+          <t>9786059852562</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Komutan Sahabiler</t>
+          <t>Kur'an'a Yönelik Bazı Şüpheler ve Cevapları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059852616</t>
+          <t>9786059852463</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kısa Hikayeler 1.Kitap</t>
+          <t>Komutan Sahabiler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059852685</t>
+          <t>9786059852616</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Kutsiyet Atfedilen Fenomenlerin Dini Değeri</t>
+          <t>Arapça Kısa Hikayeler 1.Kitap</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>410</v>
+        <v>360</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059852678</t>
+          <t>9786059852685</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Engellilerde Toplumsal Bütünleşme ve Dindarlık</t>
+          <t>Hadislerde Kutsiyet Atfedilen Fenomenlerin Dini Değeri</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>360</v>
+        <v>410</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059852388</t>
+          <t>9786059852678</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>M. Şemsettin Günaltay</t>
+          <t>Engellilerde Toplumsal Bütünleşme ve Dindarlık</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>560</v>
+        <v>360</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059852579</t>
+          <t>9786059852388</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Engelliler</t>
+          <t>M. Şemsettin Günaltay</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>435</v>
+        <v>560</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059852555</t>
+          <t>9786059852579</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Meşhur Engelliler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>315</v>
+        <v>435</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059852272</t>
+          <t>9786059852555</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Gıyabi Yargılama</t>
+          <t>Kadın</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059852593</t>
+          <t>9786059852272</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>Gıyabi Yargılama</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059852036</t>
+          <t>9786059852593</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Gençliğinde Vefa Duygusu</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059852586</t>
+          <t>9786059852036</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Medeniyet Projesi</t>
+          <t>Üniversite Gençliğinde Vefa Duygusu</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059852210</t>
+          <t>9786059852586</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Tarikat Adabı</t>
+          <t>Hz. Peygamber'in Medeniyet Projesi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059852203</t>
+          <t>9786059852210</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı Tefsirinde Tasavvuf</t>
+          <t>Tarikat Adabı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>415</v>
+        <v>450</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059852104</t>
+          <t>9786059852203</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Türk Din Musikisi</t>
+          <t>Elmalılı Tefsirinde Tasavvuf</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>640</v>
+        <v>415</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059852227</t>
+          <t>9786059852104</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Semantik Metod</t>
+          <t>Türk Din Musikisi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>1296</v>
+        <v>640</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059852265</t>
+          <t>9786059852227</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Din Eğitimi</t>
+          <t>Tefsirde Semantik Metod</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>395</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059852098</t>
+          <t>9786059852265</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kaza Namazlarının Sünnetteki Yeri</t>
+          <t>Nasıl Bir Din Eğitimi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>120</v>
+        <v>395</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059852197</t>
+          <t>9786059852098</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Felsefesi</t>
+          <t>Kaza Namazlarının Sünnetteki Yeri</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>335</v>
+        <v>120</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059852180</t>
+          <t>9786059852197</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Hangi İslam</t>
+          <t>İslami Sosyal Bilimler Felsefesi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>225</v>
+        <v>335</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059852166</t>
+          <t>9786059852180</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Teravih Namazı</t>
+          <t>Hangi İslam</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059852159</t>
+          <t>9786059852166</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Hadisler Işığında Teravih Namazı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>580</v>
+        <v>235</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059852081</t>
+          <t>9786059852159</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>İslam Kelamında Cedel Anlayışı</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>295</v>
+        <v>580</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059852128</t>
+          <t>9786059852081</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Tarikatlar</t>
+          <t>İslam Kelamında Cedel Anlayışı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>770</v>
+        <v>295</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059852067</t>
+          <t>9786059852128</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Peygamberlik ve Peygamberimiz Hz. Muhammed Mustafa (SAV)</t>
+          <t>Tasavvuf ve Tarikatlar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>650</v>
+        <v>770</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055378981</t>
+          <t>9786059852067</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Terimleri</t>
+          <t>Kur’an’da Peygamberlik ve Peygamberimiz Hz. Muhammed Mustafa (SAV)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>780</v>
+        <v>650</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059852029</t>
+          <t>9786055378981</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>ABD'nin İslam Algısı</t>
+          <t>Ahlak Terimleri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>470</v>
+        <v>780</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055378936</t>
+          <t>9786059852029</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Okuyarak Tedavi (Rukye)</t>
+          <t>ABD'nin İslam Algısı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>160</v>
+        <v>470</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055378974</t>
+          <t>9786055378936</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Bakım Güvenliği</t>
+          <t>Hadislerde Okuyarak Tedavi (Rukye)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055378950</t>
+          <t>9786055378974</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İzlenesi Filmler</t>
+          <t>Sağlık Hizmetlerinde Bakım Güvenliği</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055378660</t>
+          <t>9786055378950</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Hadisler Işığında Müslümanda Olması Gereken Özellikler</t>
+          <t>İzlenesi Filmler</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055378943</t>
+          <t>9786055378660</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Cin ve Şeytan</t>
+          <t>Kur'an ve Hadisler Işığında Müslümanda Olması Gereken Özellikler</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055378875</t>
+          <t>9786055378943</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kabe’nin İşgali</t>
+          <t>Kur’an’da Cin ve Şeytan</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059852012</t>
+          <t>9786055378875</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisinin İmkanı</t>
+          <t>Geçmişten Günümüze Kabe’nin İşgali</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786055378967</t>
+          <t>9786059852012</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Hasta, Engelli ve Yaşlı Hizmetlerinde Bakım Terimleri</t>
+          <t>İslam Sosyolojisinin İmkanı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>580</v>
+        <v>370</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059852005</t>
+          <t>9786055378967</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Hilafetin Kureyşiliği Tartışmaları ve Hindistan Örneği</t>
+          <t>Hasta, Engelli ve Yaşlı Hizmetlerinde Bakım Terimleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>380</v>
+        <v>580</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786055378868</t>
+          <t>9786059852005</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Din Samimiyettir</t>
+          <t>İslam Hukukunda Hilafetin Kureyşiliği Tartışmaları ve Hindistan Örneği</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055378752</t>
+          <t>9786055378868</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Dünyası - Çocuk Eğitim Rehberi</t>
+          <t>Din Samimiyettir</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055378738</t>
+          <t>9786055378752</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Nur-i Muhammedi</t>
+          <t>Çocukların Dünyası - Çocuk Eğitim Rehberi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>215</v>
+        <v>380</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786055378769</t>
+          <t>9786055378738</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Hadis Fetvaları</t>
+          <t>Nur-i Muhammedi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055378646</t>
+          <t>9786055378769</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalı Çağdaş Arapça Seçme Metinler</t>
+          <t>Hadis Fetvaları</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054074426</t>
+          <t>9786055378646</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Mutluluğa Çağrı</t>
+          <t>Alıştırmalı Çağdaş Arapça Seçme Metinler</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054074365</t>
+          <t>9786054074426</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Gül 40 Hadis</t>
+          <t>Gerçek Mutluluğa Çağrı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054074198</t>
+          <t>9786054074365</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Tarihinde Mezhepler</t>
+          <t>Bir Demet Gül 40 Hadis</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9799756373223</t>
+          <t>9786054074198</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Din ve Sosyal Bütünleşme</t>
+          <t>İslam Düşünce Tarihinde Mezhepler</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>415</v>
+        <v>460</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059852548</t>
+          <t>9799756373223</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Üveys ile Giydim Hırka (Ciltli)</t>
+          <t>Din ve Sosyal Bütünleşme</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>140</v>
+        <v>415</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059852494</t>
+          <t>9786059852548</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Literatüründe Hz. Musa (Ciltli)</t>
+          <t>Üveys ile Giydim Hırka (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059852425</t>
+          <t>9786059852494</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İbn Aşur Tefsirinde Siyaset Toplum ve Kadın</t>
+          <t>İslam Hukuk Literatüründe Hz. Musa (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>435</v>
+        <v>360</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059852449</t>
+          <t>9786059852425</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Ahkam-ı Kur’an</t>
+          <t>İbn Aşur Tefsirinde Siyaset Toplum ve Kadın</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>400</v>
+        <v>435</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059852517</t>
+          <t>9786059852449</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Dilinden Hazret-i Peygamber (Ciltli)</t>
+          <t>Ahkam-ı Kur’an</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786055378813</t>
+          <t>9786059852517</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Hadis</t>
+          <t>Hadislerin Dilinden Hazret-i Peygamber (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059852524</t>
+          <t>9786055378813</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Türk Kültüründe Hadis</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>475</v>
+        <v>270</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055378882</t>
+          <t>9786059852524</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İlimleri ve Tefsir Usulü</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>290</v>
+        <v>475</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786054074686</t>
+          <t>9786055378882</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü</t>
+          <t>Kur’an İlimleri ve Tefsir Usulü</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>730</v>
+        <v>290</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055378684</t>
+          <t>9786054074686</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Evrimci Politeizm - Devrimci Monoteizm</t>
+          <t>Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>680</v>
+        <v>730</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055378783</t>
+          <t>9786055378684</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Ümmü'l Kur'an ve En Hayırlı Üç Sure</t>
+          <t>Evrimci Politeizm - Devrimci Monoteizm</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>225</v>
+        <v>680</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055378677</t>
+          <t>9786055378783</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Doğru Anlamak</t>
+          <t>Ümmü'l Kur'an ve En Hayırlı Üç Sure</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>470</v>
+        <v>225</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055378691</t>
+          <t>9786055378677</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Camiler ve Din Görevlileri</t>
+          <t>Sünneti Doğru Anlamak</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>400</v>
+        <v>470</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055378929</t>
+          <t>9786055378691</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Süryani Kadim Metropolit Hanna Dolapönü</t>
+          <t>Camiler ve Din Görevlileri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055378080</t>
+          <t>9786055378929</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Etkili İletişim</t>
+          <t>Süryani Kadim Metropolit Hanna Dolapönü</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>470</v>
+        <v>130</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055378547</t>
+          <t>9786055378080</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Biricik Önderim Peygamberim Efendim</t>
+          <t>Din Eğitiminde Etkili İletişim</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>140</v>
+        <v>470</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054074822</t>
+          <t>9786055378547</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İmanı, Heyecanı, İdeali, Kimliği ve Hedefleriyle Genç Adam</t>
+          <t>Biricik Önderim Peygamberim Efendim</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054074792</t>
+          <t>9786054074822</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yolların En Güzeli</t>
+          <t>İmanı, Heyecanı, İdeali, Kimliği ve Hedefleriyle Genç Adam</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055378349</t>
+          <t>9786054074792</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Ziyaret Fenomeni Çerçevesinde Dua ve Sosyal Sorunlar</t>
+          <t>Yolların En Güzeli</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054074099</t>
+          <t>9786055378349</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Değişen Türkiye'de Değişmeyen Gündem</t>
+          <t>Ziyaret Fenomeni Çerçevesinde Dua ve Sosyal Sorunlar</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9799756835950</t>
+          <t>9786054074099</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyalleşme ve Hoşgörü</t>
+          <t>Değişen Türkiye'de Değişmeyen Gündem</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>435</v>
+        <v>270</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059852074</t>
+          <t>9799756835950</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Feraiz - İslam Miras Hukuku</t>
+          <t>Din Sosyalleşme ve Hoşgörü</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>295</v>
+        <v>435</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059852234</t>
+          <t>9786059852074</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Dünya'da ve Türkiye'de Engelli Dostu Sosyal Politikalar</t>
+          <t>Feraiz - İslam Miras Hukuku</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>790</v>
+        <v>295</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059852296</t>
+          <t>9786059852234</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsanın Mutluluğu</t>
+          <t>Dünya'da ve Türkiye'de Engelli Dostu Sosyal Politikalar</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>540</v>
+        <v>790</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055378141</t>
+          <t>9786059852296</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Fakirlik ve Zenginlik Problemi</t>
+          <t>Kur'an'da İnsanın Mutluluğu</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>425</v>
+        <v>540</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786054074747</t>
+          <t>9786055378141</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hadise Giriş</t>
+          <t>Hadislerde Fakirlik ve Zenginlik Problemi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>510</v>
+        <v>425</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059852395</t>
+          <t>9786054074747</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>Hadise Giriş</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>475</v>
+        <v>510</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9799756373117</t>
+          <t>9786059852395</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığında Reenkarnasyon</t>
+          <t>Din Psikolojisi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>235</v>
+        <v>475</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786054074280</t>
+          <t>9799756373117</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Entegre Muhafazakar</t>
+          <t>Kur'an Işığında Reenkarnasyon</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055378707</t>
+          <t>9786054074280</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Arapça Okuma ve Yazma Kitabı</t>
+          <t>Entegre Muhafazakar</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054074488</t>
+          <t>9786055378707</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gelişmelere Göre Kur'a-ı Kerim'in Eşsizliği</t>
+          <t>Arapça Okuma ve Yazma Kitabı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9799756373513</t>
+          <t>9786054074488</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İlmihal Kitaplarında İman Esasları</t>
+          <t>Yeni Gelişmelere Göre Kur'a-ı Kerim'in Eşsizliği</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055378042</t>
+          <t>9799756373513</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Nikah Cennetten Çıkmadır</t>
+          <t>İlmihal Kitaplarında İman Esasları</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9799756373087</t>
+          <t>9786055378042</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Kur'an'a Yönelmek</t>
+          <t>Nikah Cennetten Çıkmadır</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>145</v>
+        <v>315</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055378028</t>
+          <t>9799756373087</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında İnançla İlgili Güncel Konular</t>
+          <t>Yeniden Kur'an'a Yönelmek</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789756373958</t>
+          <t>9786055378028</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Diyaloğun Acı Meyveleri</t>
+          <t>Kur'an ve Sünnet Işığında İnançla İlgili Güncel Konular</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>580</v>
+        <v>145</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789756373736</t>
+          <t>9789756373958</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Aile Hayatı</t>
+          <t>Diyaloğun Acı Meyveleri</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>270</v>
+        <v>580</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059475815</t>
+          <t>9789756373736</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Hadis Problemleri</t>
+          <t>Aile Hayatı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789756835166</t>
+          <t>9786059475815</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Tevhid</t>
+          <t>Günümüz Hadis Problemleri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>335</v>
+        <v>580</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786054074617</t>
+          <t>9789756835166</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İnsan Hürriyeti</t>
+          <t>İslam Düşüncesinde Tevhid</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>225</v>
+        <v>335</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054074228</t>
+          <t>9786054074617</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaid Metinleri</t>
+          <t>İslam Düşüncesinde İnsan Hürriyeti</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>410</v>
+        <v>225</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786054074716</t>
+          <t>9786054074228</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İnformel Mantık</t>
+          <t>İslam Akaid Metinleri</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>270</v>
+        <v>410</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9799756373438</t>
+          <t>9786054074716</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>İnanç Devleti</t>
+          <t>İnformel Mantık</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>560</v>
+        <v>270</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789756835708</t>
+          <t>9799756373438</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>İmanın Psikolojik Yapısı</t>
+          <t>İnanç Devleti</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>370</v>
+        <v>560</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786054074921</t>
+          <t>9789756835708</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>İmamiyye Şiası’na Göre Cerh ve Ta’dil</t>
+          <t>İmanın Psikolojik Yapısı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>530</v>
+        <v>370</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055378516</t>
+          <t>9786054074921</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>İmam Şarani ve Muhyiddin İbnü’l-Arabi’ye Göre Nübüvvet İnancı</t>
+          <t>İmamiyye Şiası’na Göre Cerh ve Ta’dil</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>540</v>
+        <v>530</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789756373156</t>
+          <t>9786055378516</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Hüccet Değeri ve Tedvin Açısından Sünnet</t>
+          <t>İmam Şarani ve Muhyiddin İbnü’l-Arabi’ye Göre Nübüvvet İnancı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>370</v>
+        <v>540</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789756373019</t>
+          <t>9789756373156</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Hocalık Sanattır</t>
+          <t>Hüccet Değeri ve Tedvin Açısından Sünnet</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>140</v>
+        <v>370</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055378011</t>
+          <t>9789756373019</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlık ve İslamiyet’te Günah</t>
+          <t>Hocalık Sanattır</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055378585</t>
+          <t>9786055378011</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair 40 Hadis, 40 Yorum</t>
+          <t>Hıristiyanlık ve İslamiyet’te Günah</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>335</v>
+        <v>280</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786054074235</t>
+          <t>9786055378585</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Gaye</t>
+          <t>Hayata Dair 40 Hadis, 40 Yorum</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>540</v>
+        <v>335</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789756373743</t>
+          <t>9786054074235</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Hadiste Emsal</t>
+          <t>Hayat ve Gaye</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>250</v>
+        <v>540</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054074938</t>
+          <t>9789756373743</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Anlaşılmasında Yöntem Tartışmaları</t>
+          <t>Hadiste Emsal</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786054074396</t>
+          <t>9786054074938</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Rukye Şifa Hadisleri</t>
+          <t>Hadislerin Anlaşılmasında Yöntem Tartışmaları</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059852340</t>
+          <t>9786054074396</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tespit Yöntemi</t>
+          <t>Hadislerde Rukye Şifa Hadisleri</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789756373286</t>
+          <t>9786059852340</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Haccın Manası</t>
+          <t>Hadis Tespit Yöntemi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786054074648</t>
+          <t>9789756373286</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Güncel Hadis Yorum ve Tartışmaları</t>
+          <t>Haccın Manası</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>770</v>
+        <v>410</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786055378325</t>
+          <t>9786054074648</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Gençlere İnanç İlmihali</t>
+          <t>Güncel Hadis Yorum ve Tartışmaları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>620</v>
+        <v>770</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055378158</t>
+          <t>9786055378325</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Gazzali’nin Kıyas Anlayışında Münasebe Kavramı</t>
+          <t>Gençlere İnanç İlmihali</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>260</v>
+        <v>620</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786054074693</t>
+          <t>9786055378158</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Engel Tanımaz</t>
+          <t>Gazzali’nin Kıyas Anlayışında Münasebe Kavramı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786054074372</t>
+          <t>9786054074693</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hadis Usulü</t>
+          <t>Yıldızlar Engel Tanımaz</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>924</v>
+        <v>325</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055378165</t>
+          <t>9786054074372</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Mallarının Zekatı</t>
+          <t>Yeni Hadis Usulü</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>380</v>
+        <v>924</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789756373064</t>
+          <t>9786055378165</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta İslami Hassasiyet</t>
+          <t>Ticaret Mallarının Zekatı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055378554</t>
+          <t>9789756373064</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Günümüzde Mehdilik</t>
+          <t>Tasavvufta İslami Hassasiyet</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>315</v>
+        <v>130</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055378240</t>
+          <t>9786055378554</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Şüheda-i Uhud</t>
+          <t>Tarihte ve Günümüzde Mehdilik</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789756373248</t>
+          <t>9786055378240</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Şifreci Yanılgı</t>
+          <t>Şüheda-i Uhud</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786054074594</t>
+          <t>9789756373248</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın 7 Sorusu</t>
+          <t>Şifreci Yanılgı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>335</v>
+        <v>280</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789756373309</t>
+          <t>9786054074594</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Sünnet’in Bağlayıcılığı</t>
+          <t>Şeytanın 7 Sorusu</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>180</v>
+        <v>335</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786054074808</t>
+          <t>9789756373309</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin En Güzeli</t>
+          <t>Sünnet’in Bağlayıcılığı</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786054074815</t>
+          <t>9786054074808</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Davranışlarda Ölçüler</t>
+          <t>Sözlerin En Güzeli</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055378134</t>
+          <t>9786054074815</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilim Paradigmaları Açısından Sosyolojik Metodoloji</t>
+          <t>Sosyal Davranışlarda Ölçüler</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786054074181</t>
+          <t>9786055378134</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Aklı Karışıklar İçin One Minute</t>
+          <t>Sosyal Bilim Paradigmaları Açısından Sosyolojik Metodoloji</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055378370</t>
+          <t>9786054074181</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Sosyolojisi</t>
+          <t>Siyasal Aklı Karışıklar İçin One Minute</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>370</v>
+        <v>145</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055378301</t>
+          <t>9786055378370</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Pratik Hac ve Umre Rehberi</t>
+          <t>Sevgi Sosyolojisi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789756373071</t>
+          <t>9786055378301</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Gençliğe Yaklaşımı</t>
+          <t>Pratik Hac ve Umre Rehberi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789756835043</t>
+          <t>9789756373071</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Veda Hutbesi</t>
+          <t>Peygamberimizin Gençliğe Yaklaşımı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055378561</t>
+          <t>9789756835043</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Perdeden Gönüllere</t>
+          <t>Peygamber Efendimizin Veda Hutbesi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786054074112</t>
+          <t>9786055378561</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Özgün Bir Kur’an Yorumu</t>
+          <t>Perdeden Gönüllere</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>410</v>
+        <v>225</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055378264</t>
+          <t>9786054074112</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Örnek ve Önder İnsan Hz. Muhammed (A.S.)</t>
+          <t>Özgün Bir Kur’an Yorumu</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789756835234</t>
+          <t>9786055378264</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Zaman ve Mekanlar</t>
+          <t>Örnek ve Önder İnsan Hz. Muhammed (A.S.)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>415</v>
+        <v>290</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786055378455</t>
+          <t>9789756835234</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Pergelinde Toplum</t>
+          <t>Mukaddes Zaman ve Mekanlar</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>225</v>
+        <v>415</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055378608</t>
+          <t>9786055378455</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Merak Edilen Dini Konular</t>
+          <t>Mevlana Pergelinde Toplum</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>415</v>
+        <v>225</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786054074020</t>
+          <t>9786055378608</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Medya Sözlüğü</t>
+          <t>Merak Edilen Dini Konular</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>1000</v>
+        <v>415</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786054074068</t>
+          <t>9786054074020</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Manevi Sosyal Hizmetler</t>
+          <t>Medya Sözlüğü</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>650</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054074297</t>
+          <t>9786054074068</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sevgi</t>
+          <t>Manevi Sosyal Hizmetler</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>530</v>
+        <v>650</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786054074471</t>
+          <t>9786054074297</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hz.Peygamber’e Yapılan Uyarılar</t>
+          <t>Kur’an’da Sevgi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>400</v>
+        <v>530</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789756835456</t>
+          <t>9786054074471</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’ten Dualar ve Yakarışlar</t>
+          <t>Kur’an’da Hz.Peygamber’e Yapılan Uyarılar</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786054074464</t>
+          <t>9789756835456</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’e Göre Ümmet-i Muhammed’in Özellikleri</t>
+          <t>Kur’an ve Sünnet’ten Dualar ve Yakarışlar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>530</v>
+        <v>380</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054074891</t>
+          <t>9786054074464</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Aydınlığında Aile İçi İletişim</t>
+          <t>Kur’an ve Sünnet’e Göre Ümmet-i Muhammed’in Özellikleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>180</v>
+        <v>530</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054074877</t>
+          <t>9786054074891</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Öğrencisine Öğütler</t>
+          <t>Kur’an ve Sünnet Aydınlığında Aile İçi İletişim</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789756373057</t>
+          <t>9786054074877</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kulluk</t>
+          <t>Kur’an Öğrencisine Öğütler</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786054074518</t>
+          <t>9789756373057</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İyi Müslüman Olma Sanatı</t>
+          <t>Kulluk</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786054074129</t>
+          <t>9786054074518</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Şiddet Karşılığı</t>
+          <t>İyi Müslüman Olma Sanatı</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789756373460</t>
+          <t>9786054074129</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Çocuk Terbiyesi</t>
+          <t>İslam’ın Şiddet Karşılığı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789756835098</t>
+          <t>9789756373460</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Felsefesi</t>
+          <t>İslam’da Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>820</v>
+        <v>160</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059475419</t>
+          <t>9789756835098</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Ekolleri ve Maslahat Teorisi</t>
+          <t>İslam Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>290</v>
+        <v>820</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9799756373414</t>
+          <t>9786059475419</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Emsal-i Ali</t>
+          <t>İslam Hukuk Ekolleri ve Maslahat Teorisi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054074358</t>
+          <t>9799756373414</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Dini Tecrübe ve Meunet</t>
+          <t>Emsal-i Ali</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786054074761</t>
+          <t>9786054074358</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlileri Sınavlara Hazırlık ve Soru Bankası</t>
+          <t>Dini Tecrübe ve Meunet</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>690</v>
+        <v>250</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786054074754</t>
+          <t>9786054074761</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Caferilik</t>
+          <t>Din Görevlileri Sınavlara Hazırlık ve Soru Bankası</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>280</v>
+        <v>690</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789756835562</t>
+          <t>9786054074754</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel ve Dini Açıdan Rüyalar ve Kabuslar</t>
+          <t>Caferilik</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786055378189</t>
+          <t>9789756835562</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Aradığın Şeysin</t>
+          <t>Bilimsel ve Dini Açıdan Rüyalar ve Kabuslar</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>315</v>
+        <v>225</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786055378271</t>
+          <t>9786055378189</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Allah’a İman</t>
+          <t>Aradığın Şeysin</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055378530</t>
+          <t>9786055378271</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Alevi Gözüyle Din Kültürü ve Ahlak Bilgisi</t>
+          <t>Allah’a İman</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>395</v>
+        <v>290</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786055378509</t>
+          <t>9786055378530</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Aile Problemlerine Hz. Peygamberden Çözümler</t>
+          <t>Alevi Gözüyle Din Kültürü ve Ahlak Bilgisi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>180</v>
+        <v>395</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786054074457</t>
+          <t>9786055378509</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Etik</t>
+          <t>Aile Problemlerine Hz. Peygamberden Çözümler</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>490</v>
+        <v>180</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
+          <t>9786054074457</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak ve Etik</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
           <t>9786055378448</t>
         </is>
       </c>
-      <c r="B494" s="1" t="inlineStr">
+      <c r="B495" s="1" t="inlineStr">
         <is>
           <t>Ahfeş ve Kıraatler</t>
         </is>
       </c>
-      <c r="C494" s="1">
+      <c r="C495" s="1">
         <v>380</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>