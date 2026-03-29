--- v2 (2026-02-04)
+++ v3 (2026-03-29)
@@ -85,7450 +85,9895 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256889620</t>
+          <t>9786256889644</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Olaylardan Umdelere</t>
+          <t>İslam’da Mücadele Fetih ve Coğrafya</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>720</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256889606</t>
+          <t>9786256889637</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası: Bir Vadide Kaybolmak</t>
+          <t>İnsan Anlam ve Hakikat</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256889569</t>
+          <t>9786256889354</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Halife Harunürreşid'in Şairliği ve Çevresindeki Şairler</t>
+          <t>Arvasiler (Menşei, Meşhurları, Kolları)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256889583</t>
+          <t>9799756373179</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mekke’den Mavera’ya Yolculuk</t>
+          <t>Biricik Önderim Peygamberim Efendim</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>310</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256889576</t>
+          <t>9786059475259</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Arasında Hızır’ı Aramak</t>
+          <t>Cennete Götüren Yol</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256889545</t>
+          <t>9789756835036</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin Fazileti</t>
+          <t>Hakkı Tavsiye</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256889552</t>
+          <t>9786054074976</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Zikir</t>
+          <t>İslam Alimlerinin Gözüyle Zamanın Kıymeti</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256889590</t>
+          <t>9786054074839</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Sandığı</t>
+          <t>Sosyal Değişme, Kadın ve Din</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>98</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059475174</t>
+          <t>9799756835752</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Temel Dini Bilgiler</t>
+          <t>Düşünce Damlaları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054074402</t>
+          <t>9789756835548</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Tarihinde 73 Fırka Anlayışı</t>
+          <t>Tefsir ve Hadiste İsrailiyyat</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>170</v>
+        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057699619</t>
+          <t>9786054074655</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Arapça Metinler-1 (Metinlerin Tercümesi ve Alıştırmaların Çözümü)</t>
+          <t>Tarihsel Addedilen Ayetlerin Evrenselliği</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>385</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059475532</t>
+          <t>9789756835739</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Edebiyatı</t>
+          <t>Şeyhülislam Musa Kazım Efendi’nin Hayatı ve Fetvaları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>600</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059475853</t>
+          <t>9786054074587</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Empatik Anlayış</t>
+          <t>Şatıbi’de Makasıd ve Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1120</v>
+        <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756373316</t>
+          <t>9799756835394</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Dünyada Mevlana Nefesi</t>
+          <t>Sünnetin İslamdaki Yeri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055378332</t>
+          <t>9789756373200</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Süryaniler Açısından 451 Kadıköy Konsili</t>
+          <t>Suudi Arabistan ve Vehhabilik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>130</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055378059</t>
+          <t>9789756373866</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Süryani Ortodoks Kilisesi’nde İbadet</t>
+          <t>Sözün Dili Dilin Sözü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054074969</t>
+          <t>9799756373490</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Aydınlığında Yürümek</t>
+          <t>Sosyo-Kültürel Hayatta Tasavvuf</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>124</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054074211</t>
+          <t>9789756835111</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mevlevilik ve Musiki - İsmail-i Ankaravi ve Musiki Risalesi</t>
+          <t>Sosyal Gelişme ve İslam</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>290</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054074532</t>
+          <t>9799756373193</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’da Aşk</t>
+          <t>Sosyal Değişme ve Din Trabzon İl Merkezi Örneği</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055378363</t>
+          <t>9789756835814</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Melekler Hakkında Söylenti</t>
+          <t>Sevgi ve Mutluluk Üzerine Tatlı Sözler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>260</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054074082</t>
+          <t>9789756835401</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Üstü Siyaset</t>
+          <t>Sevgi Medeniyeti</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9799756835509</t>
+          <t>9799756835677</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Metafizik Bir Alem: Cennet</t>
+          <t>Sevdamın Resmi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055378424</t>
+          <t>9799756835295</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Kur’an</t>
+          <t>Sevda Nöbetleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>310</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055378318</t>
+          <t>9786055378486</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kur’an - Astronomi İlişkisi</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>560</v>
+        <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055378035</t>
+          <t>9786054074174</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kölelikten Önderliğe</t>
+          <t>Sahabeye Yapılan İftiralara Cevaplar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>210</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054074990</t>
+          <t>9786054074327</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kamil Mü’min Olmak İsteyenlere Rehber</t>
+          <t>Putperestliğin Tarihi Seyri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>360</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055378400</t>
+          <t>9789756835586</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İslam Fıkıh Mezhepleri</t>
+          <t>Pratik Arapça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>380</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9799756835530</t>
+          <t>9789756835104</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Yeni Arayışlar 3</t>
+          <t>Peygamberimizin Yanılma(ma)sı Meselesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>420</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9799756835196</t>
+          <t>9789756373972</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Yeni Arayışlar 2</t>
+          <t>Kutlu Misafir Peygamberimizin (s.a.v) Görüldüğü Rüyalar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>270</v>
+        <v>45</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9799756835011</t>
+          <t>9789756373552</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Yeni Arayışlar - 1</t>
+          <t>Peygamber Müezzini Hz.Bilal</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>390</v>
+        <v>45</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9799756835912</t>
+          <t>9786054074167</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İnciyar</t>
+          <t>Peygamber Dostları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054074907</t>
+          <t>9789756835388</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hz.Ömer’in Kur’an Anlayışı ve Tefsir İlmine Katkıları</t>
+          <t>Örneklerle İslam Ahlakı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>520</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055378110</t>
+          <t>9789756373569</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Ayet Bir Hadis</t>
+          <t>Ömer B. Abdülaziz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>580</v>
+        <v>58</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055378745</t>
+          <t>9789756373385</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kitabu's-Sıdk - Doğruluk Kitabı</t>
+          <t>Ölümün Gülen Yüzü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>144</v>
+        <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055378790</t>
+          <t>9786055378578</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Oynayalım Öğrenelim</t>
+          <t>Ölüm ve Ötesi Halk İnançları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055378714</t>
+          <t>9789756835357</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Engelli ve Yaşlı Hizmetlerinde Sosyal Bakım</t>
+          <t>Osmanlı’ya Dair</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>530</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059852111</t>
+          <t>9779756835181</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Fıkıh Usalü Anlayışı</t>
+          <t>Osmanlı’dan Cumhuriyet’e Siyaset ve Değer Tartışmaları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059852708</t>
+          <t>9786054074044</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İslam Kelamında Yahudilik Eleştirisi</t>
+          <t>Osmanlı Devletinde Devşirme Sistemi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>320</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055378844</t>
+          <t>9789756835262</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Belagat Terimleri Sözlüğü</t>
+          <t>Osmanlı Devletinde Çağdaşlaşma ve Eğitim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>360</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059475150</t>
+          <t>9799756835936</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika</t>
+          <t>Oryantalistlerin Gözüyle İslam</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>630</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059852401</t>
+          <t>9786054074440</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Deyimler Darb-ı Meseller ve Bazı Gerçekler (Ciltli)</t>
+          <t>Onlar Böyleydi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>550</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059852364</t>
+          <t>9789756373231</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Beyan Üslubu (Ciltli)</t>
+          <t>Olay ve Ölçü Olarak Hicret</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>520</v>
+        <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059852531</t>
+          <t>9786054074266</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Olağanüstü Olaylar ve Aralarındaki Farklar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055378899</t>
+          <t>9789756373989</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Din ve Sivil İtaatsizlik</t>
+          <t>Oku ve Başar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>280</v>
+        <v>45</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059852241</t>
+          <t>9799756373407</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Cevap Anahtarlı ve Fiil Çekim Cetvelli Arapça Dilbilgisi</t>
+          <t>Nuh Tufanı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>756</v>
+        <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059852371</t>
+          <t>9789756835685</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'e Göre Allah Kimleri Sever Kimleri Sevmez?</t>
+          <t>Necmuddin Daye ve Tasavvufi Tefsiri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055378493</t>
+          <t>9789756373934</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Türk Mutfak Kültürü ve Din</t>
+          <t>Müslümanın Sanat Anlayışı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054074150</t>
+          <t>9789756373347</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Sosyal Hizmetlerde Manevi Bakım</t>
+          <t>Müslümanın Müslümanlaşması</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059852715</t>
+          <t>9789756373330</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Müteşabih Hadislerin Yorumu</t>
+          <t>Müslümanın Güzelleşmesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059852319</t>
+          <t>9789756373651</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Anlamı Etkileyen Kıraat Farklılıklarının Tevcihi</t>
+          <t>Müslümanın Evliliği ve Aile Hayatı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>210</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059852142</t>
+          <t>9789756835319</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Aşk</t>
+          <t>Mutlu Bir Yuva İçin</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>144</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054074846</t>
+          <t>9799756373599</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi Terimleri Sözlüğü</t>
+          <t>Mutlu Bir Aile İçin</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>470</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054074563</t>
+          <t>9786055378219</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Dinler ve Mezhepler</t>
+          <t>Mukayeseli Medeni Hukuk</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059475778</t>
+          <t>9799756835943</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Savaş ve Meşruiyeti</t>
+          <t>Medreseden Mektebe Geçiş Sürecinde Darülhilafe Medreseleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>190</v>
+        <v>58</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059475846</t>
+          <t>9786054074259</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mitfahul Mehara</t>
+          <t>Matüridi’de Günah Problemi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>380</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059475112</t>
+          <t>9786054074556</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kıraat Tarihi ve Kıraat Farklılıklarının Kur'an Tefsirine Etkisi</t>
+          <t>Makasıd ve İctihad</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057699145</t>
+          <t>9799756835226</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tevcid-i Mahir</t>
+          <t>Kutsal Topraklarda On Beş Gün Umre Günlüğü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>490</v>
+        <v>45</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789756835715</t>
+          <t>9786054074785</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Demetleri</t>
+          <t>Kutsal Şemsiye Dinin Sosyolojik Teorisinin Ana Unsurları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>144</v>
+        <v>135</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055378394</t>
+          <t>9789756373675</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Et-Tarikatü’l-Muhammediyye</t>
+          <t>Kur’an-ı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055378523</t>
+          <t>9789756835784</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dinlerde Hakikat</t>
+          <t>Kur’anı Nasıl Anlamalıyız?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>330</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756373880</t>
+          <t>9799756373032</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Din-Ahlak Ekseninde Hz.Muhammed</t>
+          <t>Kur’an’da Ümmet Kavramı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>310</v>
+        <v>45</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055378479</t>
+          <t>9799756373476</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim’in İttifak Ettiği Hadislerden 40 Hadis</t>
+          <t>Kur’an’da İnsan ve Hz. Muhammed</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>260</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054074525</t>
+          <t>9789756373682</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ben Niçin Varım?</t>
+          <t>Kur’an’ın Türkçe Tercümeleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>345</v>
+        <v>98</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789756373965</t>
+          <t>9799756835967</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Peygamberimiz (Ciltli)</t>
+          <t>Kur’an’da Fitne Kavramı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>1092</v>
+        <v>45</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055378004</t>
+          <t>9789756835876</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerden Dualar ve Zikirler</t>
+          <t>Kur’an Yorumlarında Kadın</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>210</v>
+        <v>58</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756835494</t>
+          <t>9789756373392</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Bulmaca Sözlüğü</t>
+          <t>Kur’an ve Ekoloji</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>650</v>
+        <v>95</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057699350</t>
+          <t>9799756835868</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İtikat İbadet ve Hukuk</t>
+          <t>Kur’an Işığında Mucize ve Peygamber</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>320</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057699688</t>
+          <t>9786054074631</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Zaaflar ve Hz. Peygamberden Psikoterapi</t>
+          <t>Klasik Mantık</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>225</v>
+        <v>58</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059475921</t>
+          <t>9789756835647</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Tarihselliği Yanılgısı</t>
+          <t>Kamu Hukuku Açısından Hz. Peygamber’in Gayri Müslimlerle İlişkileri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059475495</t>
+          <t>9789756835661</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Allah Rasulü'nden İki Demet Kırk Hadis-i Şerif</t>
+          <t>Kadının Yaratılışı İlgili Rivayetler Bağlamında Yeni Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>110</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9799756373040</t>
+          <t>9789756373814</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mesihi Beklerken</t>
+          <t>İsra, Mirac ve Namaz</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>280</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756373804</t>
+          <t>9799756835479</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İbadete Çağrı Olan Ezan</t>
+          <t>İslam İnsan ve Toplum Felsefesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059852043</t>
+          <t>9789756835760</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın İşari Yorumu</t>
+          <t>İslam İnanç Sisteminde Akılcılık ve Kadı Abdulcebbar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>360</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059852500</t>
+          <t>9789756835050</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Açıdan Deprem ve Din</t>
+          <t>İslam Hukukunda Küçüklerin Himayesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>425</v>
+        <v>58</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059852258</t>
+          <t>9789756835982</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hitabet Sanatı -Hatip ve Vaizlere Yardımcı Notlar</t>
+          <t>İslam Hukukunda Gaye Problemi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>715</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057699305</t>
+          <t>9789756835067</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsanlara Yöneltilen Sorular</t>
+          <t>İslam Hukukunda Evlilik ve Hısımlık Nafakası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>58</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054074778</t>
+          <t>9789756835616</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>İslam’da Kadın</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>550</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055378202</t>
+          <t>9789756373835</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Amca Hasan Ağa Vakfı</t>
+          <t>İslam Hukuku Açısından Nişanlılık</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>475</v>
+        <v>58</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256889514</t>
+          <t>9799756835776</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İyiliği Emretmek Kötülükten Sakındırmak</t>
+          <t>İslam Hayat Prensipleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>230</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9787862568893</t>
+          <t>9786055378431</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>The Argument From Design In Contemporary Thought</t>
+          <t>İslam Düşüncesinin İki Kurucu Önderi İmam Ebu Hanife ve Vasıl Bin Ata</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>410</v>
+        <v>135</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256889507</t>
+          <t>9786055378172</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Türkçe İle Anlatımı (Meal)</t>
+          <t>Yüzyılın Ufkunda İslam Dünyası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256889118</t>
+          <t>9786054074075</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh İlmine Giriş</t>
+          <t>İslam Ceza Hukuku Etrafındaki Tartışmalar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>375</v>
+        <v>98</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256889538</t>
+          <t>9786054074204</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Akademik Sohbetler 3 İslam Düşüncesi (Felsefe-Sosyoloji)</t>
+          <t>İnandıkları Gibi Yaşayanlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>460</v>
+        <v>45</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256889439</t>
+          <t>9789756835593</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (Ciltli)</t>
+          <t>İnanç ve İş</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>900</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256889477</t>
+          <t>9789756373583</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Kasabası; Sihirli Bastonun Tuhaf Maceraları-4</t>
+          <t>İmandaki Teselli</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>230</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256889484</t>
+          <t>9789756835975</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Karakalem Dünya; Sihirli Bastonun Tuhaf</t>
+          <t>İmam-ı A’zam Ebu Hanife’nin Hadis İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256889453</t>
+          <t>9779756835211</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi Ortaçağ ve Yeniçağ</t>
+          <t>İmamet Mücadelesi ve Haşimoğulları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>510</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256889460</t>
+          <t>9789756373163</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Babaya İtaat</t>
+          <t>İmam Şafii’nin Kur’an Okumaları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256889224</t>
+          <t>9789756835081</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sarf-Nahiv Edatlar İmla ve Terimler (Ciltli)</t>
+          <t>İlk Dönem İslam Hukuk Biliminin Gelişimi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>1400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256889064</t>
+          <t>9789756373620</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sürmeli Sözler: Dişil Karakterli Kelimeler Sözlüğü</t>
+          <t>İdeal Kişilik Modeli Olarak İnsan-ı Kamil</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>415</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059852920</t>
+          <t>9789756373828</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Bağlayıcılığı</t>
+          <t>İbn Rüşd’ün Felsefi Düşüncesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059475228</t>
+          <t>9799756373124</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Eğitimi</t>
+          <t>İbn Rüşd’ün Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>325</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055378998</t>
+          <t>9789756835722</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Diyarbakır Ermenileri</t>
+          <t>Hz. Peygamberin Seriyyeleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>470</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9799756835929</t>
+          <t>9786054074303</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İçkinin Zararları</t>
+          <t>Hz. Peygamberden Yansıyan Nükteli Latifeler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055378462</t>
+          <t>9789756373378</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler ve Dini İlimlerde Davranış Kuramları</t>
+          <t>Hz. Ali’nin Hayret Ettikleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>335</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059475167</t>
+          <t>9789756835029</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İngilizce YDS ve YÖKDİL</t>
+          <t>Hurafeler ve Batıl İnanışlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1164</v>
+        <v>45</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756835746</t>
+          <t>9786054074679</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Gece</t>
+          <t>Hikmet ve İmtihan Boyutuyla Kaderi Anlamak</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>58</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059475969</t>
+          <t>9789756373255</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>Hayatın Manâsı Gerçek ve Ötesi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>120</v>
+        <v>58</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059475945</t>
+          <t>9789756835142</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>Hayatın İçinden Fıkıh</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059475976</t>
+          <t>9786054074341</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>Hayatı Allah’a Adamak</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059475952</t>
+          <t>9786055378820</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>Tasavvufi Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059475983</t>
+          <t>9789756373781</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
+          <t>Hicret</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057699176</t>
+          <t>9786054074273</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün Fethini Müjdeleyen Endülüslü Sufi İbn Berrecan</t>
+          <t>Hadiste Metin Tenkidi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256889415</t>
+          <t>9786055378837</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tövbe Kitabı – Kitabu’t-Tevbe</t>
+          <t>Hadisler ve Yorumları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256889422</t>
+          <t>9786055378776</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Nefis Terbiyesi</t>
+          <t>Mus'ab Bin Umeyr'in Hayatı ve Kişiliği</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>58</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059699473</t>
+          <t>9789756373576</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l İber</t>
+          <t>Kaosun Jeopolitiği ve Dinler Arası Diyalog</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>178</v>
+        <v>58</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054074419</t>
+          <t>9799756235231</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik ve Din</t>
+          <t>Çağdaşlaşma Yabancılaşma ve Kimlik</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>450</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059852302</t>
+          <t>9786054074433</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Miftahu’l-İber</t>
+          <t>Gül Gibisin</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>178</v>
+        <v>54</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054074624</t>
+          <t>9799756373353</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesine Giriş</t>
+          <t>Gönül Penceresinden Sevgili Peygamber Efendimiz</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>155</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256889378</t>
+          <t>9789756373101</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Vezin Vezin Fiiller</t>
+          <t>Bir Nefes Sıhhat</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>750</v>
+        <v>35</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256889361</t>
+          <t>9786055378721</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Konularına Göre İlahiler (Açıklamaları ve Örnek Eserleriyle)</t>
+          <t>Gündelik Hayat Sosyolojisi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256889392</t>
+          <t>9786059852814</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’da Aşkın Dili</t>
+          <t>Güncel Fıkıh Problemleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256889408</t>
+          <t>9786059852852</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kutsalın İzini Sürmek</t>
+          <t>Mukayeseli Hukuk</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>410</v>
+        <v>210</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256889385</t>
+          <t>9786059852747</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Yaşamak</t>
+          <t>Hz. Peygamber ve Beddua (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>620</v>
+        <v>205</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054074389</t>
+          <t>9786059852418</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>El- Va'du'l- Hak Haksöz</t>
+          <t>Allah'ın Uyardığı Peygamberler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>315</v>
+        <v>58</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057699671</t>
+          <t>9786059852333</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ulumü'l-Hadis</t>
+          <t>Hucurat Suresi Işığında Sosyal Hayatın Ahlaki Prensipleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>790</v>
+        <v>135</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756835289</t>
+          <t>9789756835883</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Arapça’da İ’rab</t>
+          <t>Türklerin Dini Tarihi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>145</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256889316</t>
+          <t>9786054074051</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Aykırı Görülen Hadisler</t>
+          <t>Türk İslam Edebiyatı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>400</v>
+        <v>252</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059852982</t>
+          <t>9789756373279</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mantığa Giriş</t>
+          <t>Toplumsal Dönüşümde Sünnet</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>425</v>
+        <v>58</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756373040</t>
+          <t>9786055378066</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Mesihi Beklerken - Mesihçi ve Millenarist Hareketler</t>
+          <t>Tefsirde İhtilaflar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>105</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256889330</t>
+          <t>9786055378905</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Nikah Adabı</t>
+          <t>Modern Teoriler Açısından Hz.Muhammed (sas)’in Örnek Liderliği</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256889347</t>
+          <t>9786054074136</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Helaller ve Haramlar - Kitabu’l-Helali Ve’l-Haram</t>
+          <t>Gençlerin Hayat Prensipleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256889323</t>
+          <t>9786055378806</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Ölüm Arasında</t>
+          <t>YDS Arapça</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256889293</t>
+          <t>9789756373668</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Resim ve Ahlak</t>
+          <t>Şevkani'nin Fethu'l Kadir'inde Esbab-ı Nüzul ve Kur'an'ın Anlaşılması</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>215</v>
+        <v>58</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256889286</t>
+          <t>9799756835899</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Aile Birey ve Toplum</t>
+          <t>İslam Ceza Hukukunda İçtima</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>215</v>
+        <v>58</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256889163</t>
+          <t>9786054074549</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Onlar Böyleydi - Arifler Bahçesi (Büstanü'l-Arifin)</t>
+          <t>Zihinsel Özgürlülük Açısından Şakacı Sahabi Hz. Nuayman</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256889156</t>
+          <t>9786054074310</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Nefsini Bilen Rabbini Bilir</t>
+          <t>Peygamber Efendimizin Güzel Ahlakı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>54</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256889149</t>
+          <t>9786054074501</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Faziletleri - Fezailül Kur'an</t>
+          <t>Türkiye'de Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>98</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256889125</t>
+          <t>9789756373897</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>Anahatlarıyla Tefsir Tarihi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>110</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256889132</t>
+          <t>3990000014692</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Allah'a Adamak - Kitabüz Zühd</t>
+          <t>Fıkıh Mezheplerine Giriş</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>240</v>
+        <v>7</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756373149</t>
+          <t>9789756835791</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Surelerinin Sıralanışındaki Sırlar</t>
+          <t>Hikmet Damlaları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>335</v>
+        <v>3</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057699428</t>
+          <t>9786054074143</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İslam Tasavvuf Düşüncesinin Teşekkülü</t>
+          <t>Hadis Tesbit Yöntemi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>820</v>
+        <v>14</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057699947</t>
+          <t>9789756096307</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Adalet</t>
+          <t>Bediüzzaman Said Nursi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>450</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256889187</t>
+          <t>9789756373217</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesinde Devlet Liderlik ve Bilgelik</t>
+          <t>Sosyal İlişkilerin Düzenlenmesinde İyi Davranışın Rolü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>480</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057699732</t>
+          <t>9789756373606</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Eyyubiler - 1</t>
+          <t>Ateş Soylu Kelimeler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>335</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256889248</t>
+          <t>9799756835202</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul - Eyyühel Veled</t>
+          <t>Hadislerde Koruyucu Hekimlik</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256889279</t>
+          <t>9786054074945</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Dilin Afetleri - Afatül Lisan</t>
+          <t>Hadisler ve Zihinlerdeki Sorular</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256889255</t>
+          <t>9786054074006</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yemek ve Şehvet Terbiyesi - Kitabü Kesri'ş-Şehveteyn</t>
+          <t>Hadisçiler ve Çelişki</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256889262</t>
+          <t>9789756835623</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dalaletten Hidayete - El Munkız Mined Dalal</t>
+          <t>Hadis Problemleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>170</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055378417</t>
+          <t>9786054074013</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Teist Varoluşçularda İman - Ahlak İlişkisi</t>
+          <t>Hadis Meseleleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057699053</t>
+          <t>9789756373767</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonundaki Saat - Sihirli Bastonun Tuhaf Maceraları 1</t>
+          <t>Güller Gülünden İki Demet 40 Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256889071</t>
+          <t>9789756835906</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Bizi “Hakikat” ten Koru</t>
+          <t>Görünmeyen Din</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>425</v>
+        <v>90</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256889095</t>
+          <t>9799756373537</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gel ve Ol; Mevlana ve Yunus Emre’de Anadolu İrfanının Ahlaki Boyutu</t>
+          <t>Gevrekzade Hafız Hasan Efendi ve Musiki Risalesi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256889057</t>
+          <t>9789756373996</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Akademik Sohbetler 1 Hadis - Fıkıh</t>
+          <t>Müslümanın Akaidi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>415</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256889088</t>
+          <t>9789756835654</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Prens ve Ölüm</t>
+          <t>Geleneksel Hadis Yorumculuğu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256889101</t>
+          <t>9786055378073</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Dindarlığın Sosyolojisi</t>
+          <t>Feminist Teori ve Tarihsel Süreçte Türk Kadını</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256889019</t>
+          <t>9786055378127</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Sünnetinde İtaat</t>
+          <t>Felsefi ve Teolojik Açıdan Mucize</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>530</v>
+        <v>58</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256889040</t>
+          <t>9799756373452</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü</t>
+          <t>Felsefe ve Bilim Işığında Kur’an’da Zaman Kavramı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>385</v>
+        <v>165</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257699213</t>
+          <t>9786054074723</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Zulüm Bizdense Ben Bizden Değilim</t>
+          <t>Farklı Bir Bakış Açısıyla Kur’an ve Sünnet’te Çevre</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057699510</t>
+          <t>3990000006834</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Arapça Grameri Temel Sarf Bilgileri</t>
+          <t>Ehl-i Sünnet ve Şia’da Mut’a Nikahı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>395</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059475747</t>
+          <t>9789756835302</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Arapça Öğretimi - 1</t>
+          <t>Çağdaş İhtiyaçlar ve İslâm Hukuku</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>690</v>
+        <v>98</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059475754</t>
+          <t>9786055378196</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Arapça Öğretimi 1 - Çeviri Rehberi</t>
+          <t>Cumhuriyet Dönemi Aydın Kimliği, Sekülerleşme ve Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>830</v>
+        <v>58</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059475099</t>
+          <t>9789758271917</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Eğlenerek Öğrenelim 3 - Arapça Kıssalar</t>
+          <t>Bulgaristan Mektupları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>540</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059852821</t>
+          <t>9799756373445</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kolaylaştırılmış Arapça Grameri Nahiv</t>
+          <t>Biz Kardeşiz</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>230</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059852876</t>
+          <t>9786055378295</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Modern Metodla Arapça İmla Kuralları</t>
+          <t>Arapça Örnek Testler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>625</v>
+        <v>230</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059852906</t>
+          <t>9799756373322</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kolaylaştırılmış Arapça Grameri Sarf</t>
+          <t>Arapça Dilbilgisi Sarf</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>255</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059852609</t>
+          <t>9799756373025</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Arapça Metinler 1</t>
+          <t>Arapça - Türkçe / Türkçe - Arapça Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>665</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059475389</t>
+          <t>3990000004080</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>El Muderrecul Basit Fi İlmin Nahiv-1</t>
+          <t>Din ve Düşünce Açısından Dua</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>410</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059475396</t>
+          <t>9799756373360</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>El Muktedabu Fil Belağati Arabiyyeti</t>
+          <t>Allah’a Ulaşmak İsteyenlere Rehber</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>255</v>
+        <v>45</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059475372</t>
+          <t>9789756835630</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>El Muderrecul Basit Fi İlmin Nahiv-2</t>
+          <t>Ashabının Dilinden Peygamberimiz</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>715</v>
+        <v>65</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059475327</t>
+          <t>9786055378387</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Arapça Metinler -2</t>
+          <t>Akademik Dini Bilgi ve Toplum</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>510</v>
+        <v>60</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059852791</t>
+          <t>9789756835074</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Arapça Uzun Hikayeler 2. Kitap</t>
+          <t>Aile Reisi ve Baba Olarak Hz. Peygamber</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>320</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057699695</t>
+          <t>9786059699008</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türkçeden Arapçaya Tercüme Teknikleri</t>
+          <t>El Belagatu'l Vadıha Tercümesi ve Alıştırmaların Çözümleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055378288</t>
+          <t>9786256889620</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Arapça Metinler-2</t>
+          <t>Olaylardan Umdelere</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>320</v>
+        <v>720</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057699848</t>
+          <t>9786256889606</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İmam Beyhaki ve Kitabu'd-De'avati'l Kebir'i</t>
+          <t>Hakikat Sonrası: Bir Vadide Kaybolmak</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057699978</t>
+          <t>9786256889569</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Tarih Bilim ve Medeniyet</t>
+          <t>Meşhur Halife Harunürreşid'in Şairliği ve Çevresindeki Şairler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057699954</t>
+          <t>9786256889583</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hace Muhammed Parsa ve Nakşibendilik</t>
+          <t>Mekke’den Mavera’ya Yolculuk</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756373002</t>
+          <t>9786256889576</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Genç Adam</t>
+          <t>Kırklar Arasında Hızır’ı Aramak</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054074105</t>
+          <t>9786256889545</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Devletler ve İslam Hukukunda Deniz</t>
+          <t>İbadetlerin Fazileti</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057699602</t>
+          <t>9786256889552</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Ahlakın Şartı Kaç?</t>
+          <t>Dua ve Zikir</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057699879</t>
+          <t>9786256889590</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde İlimler Tasnifi ve Makasid Anlayışı</t>
+          <t>Babaannemin Sandığı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057699855</t>
+          <t>9786059475174</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İslam Dininin Temel Dayanakları Akıl, Kur'an ve Peygamber</t>
+          <t>Herkes İçin Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>820</v>
+        <v>120</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057699862</t>
+          <t>9786054074402</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Sünnet - Hadis - Amel Tartışmaları</t>
+          <t>İslam Düşünce Tarihinde 73 Fırka Anlayışı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>335</v>
+        <v>170</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057699886</t>
+          <t>9786057699619</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Tanrı</t>
+          <t>Klasik ve Modern Arapça Metinler-1 (Metinlerin Tercümesi ve Alıştırmaların Çözümü)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>720</v>
+        <v>385</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756373507</t>
+          <t>9786059475532</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İnsan Gerçeği ve İslami Hayat</t>
+          <t>Türk İslam Edebiyatı</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057699725</t>
+          <t>9786059475853</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kötülük ve Teodise</t>
+          <t>Kur'an'a Göre Empatik Anlayış</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>325</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057699718</t>
+          <t>9789756373316</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'dan Örneklerle Klasik Ve İnformel Mantık</t>
+          <t>Tarih Boyunca Dünyada Mevlana Nefesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057699473</t>
+          <t>9786055378332</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Miftahu’l-İber - İnsanlık ve Peygamberler Tarihine Giriş</t>
+          <t>Süryaniler Açısından 451 Kadıköy Konsili</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057699527</t>
+          <t>9786055378059</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ömerül Adil (Fütuhat, Evail ve İstikrar)</t>
+          <t>Süryani Ortodoks Kilisesi’nde İbadet</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057699657</t>
+          <t>9786054074969</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yasin Suresi Türkçe Anlamı ile Tefsir ve Yorumu</t>
+          <t>Sünnetin Aydınlığında Yürümek</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>400</v>
+        <v>124</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059852470</t>
+          <t>9786054074211</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Beddua (Ciltli)</t>
+          <t>Mevlevilik ve Musiki - İsmail-i Ankaravi ve Musiki Risalesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>510</v>
+        <v>290</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059475105</t>
+          <t>9786054074532</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesine Giriş</t>
+          <t>Mevlana’da Aşk</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9799756373100</t>
+          <t>9786055378363</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Sıhhat</t>
+          <t>Melekler Hakkında Söylenti</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055378356</t>
+          <t>9786054074082</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Çokkültürlülük ve İslam</t>
+          <t>Siyaset Üstü Siyaset</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>335</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059852357</t>
+          <t>9799756835509</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Horasan ve Maveraünnehir'de Ilımlı Bir İslam Politikası - Kerrami Söylem ve Yansımaları</t>
+          <t>Kur’an’da Metafizik Bir Alem: Cennet</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059852050</t>
+          <t>9786055378424</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Edirne Romanlarında Geçiş Ritüelleri ve Din</t>
+          <t>Kur’an’a Göre Kur’an</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057699091</t>
+          <t>9786055378318</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kompozisyon Çalışma Defteri 1</t>
+          <t>Kur’an - Astronomi İlişkisi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>640</v>
+        <v>560</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057699107</t>
+          <t>9786055378035</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kompozisyon Çalışma Defteri 2</t>
+          <t>Kölelikten Önderliğe</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>625</v>
+        <v>210</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057699817</t>
+          <t>9786054074990</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi - Üzerinde İttifak Edilen Esaslar</t>
+          <t>Kamil Mü’min Olmak İsteyenlere Rehber</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059475235</t>
+          <t>9786055378400</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kıyamet</t>
+          <t>İslam Fıkıh Mezhepleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>600</v>
+        <v>380</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057699824</t>
+          <t>9799756835530</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Politikamız ve Felsefemiz</t>
+          <t>İslam Düşüncesinde Yeni Arayışlar 3</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057699800</t>
+          <t>9799756835196</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Taha Abdurrahman’ın Felsefesi - Seküler Dünyaya Hikmetli Cevap</t>
+          <t>İslam Düşüncesinde Yeni Arayışlar 2</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>410</v>
+        <v>270</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057699794</t>
+          <t>9799756835011</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası Bunalımları</t>
+          <t>İslam Düşüncesinde Yeni Arayışlar - 1</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>435</v>
+        <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057699787</t>
+          <t>9799756835912</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Hadis Eleştirisi</t>
+          <t>İnciyar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057699503</t>
+          <t>9786054074907</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Sahabe</t>
+          <t>Hz.Ömer’in Kur’an Anlayışı ve Tefsir İlmine Katkıları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>520</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057699763</t>
+          <t>9786055378110</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kudüs</t>
+          <t>Her Güne Bir Ayet Bir Hadis</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>170</v>
+        <v>580</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057699770</t>
+          <t>9786055378745</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Cinlerle İlgili Hadislerin Değerlendirilmesi</t>
+          <t>Kitabu's-Sıdk - Doğruluk Kitabı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>380</v>
+        <v>144</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057699756</t>
+          <t>9786055378790</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a İşari Yaklaşımlar</t>
+          <t>Oynayalım Öğrenelim</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057699664</t>
+          <t>9786055378714</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kum Şehrinin Çocukları</t>
+          <t>Engelli ve Yaşlı Hizmetlerinde Sosyal Bakım</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>250</v>
+        <v>530</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059475655</t>
+          <t>9786059852111</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dualar ve Zikirler</t>
+          <t>Osmanlı’da Fıkıh Usalü Anlayışı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057699497</t>
+          <t>9786059852708</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca İnanç Tıp İlişkisi</t>
+          <t>İslam Kelamında Yahudilik Eleştirisi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059475358</t>
+          <t>9786055378844</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Hastalık Algılanmasında Dua Şifa İlişkisi</t>
+          <t>Belagat Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057699633</t>
+          <t>9786059475150</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatla İlgili Hadis Makaleleri-3</t>
+          <t>Sosyal Politika</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>490</v>
+        <v>630</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057699626</t>
+          <t>9786059852401</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aklını Kurmak</t>
+          <t>Kur'an'da Deyimler Darb-ı Meseller ve Bazı Gerçekler (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057699640</t>
+          <t>9786059852364</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İki Münzevi Şair ve Hattat; İnzivadan Bilgeliğe</t>
+          <t>Kur'an'ın Beyan Üslubu (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>490</v>
+        <v>520</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057699572</t>
+          <t>9786059852531</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kurşuni Kalem</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057699541</t>
+          <t>9786055378899</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa İnecek mi?</t>
+          <t>Gençlerde Din ve Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057699558</t>
+          <t>9786059852241</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hasılı Ve'l-Kalem</t>
+          <t>Cevap Anahtarlı ve Fiil Çekim Cetvelli Arapça Dilbilgisi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>380</v>
+        <v>756</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057699381</t>
+          <t>9786059852371</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Haritada Kaybolan Ok - Sihirli Bastonun Tuhaf Maceraları 2</t>
+          <t>Kur'an-ı Kerim'e Göre Allah Kimleri Sever Kimleri Sevmez?</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059475129</t>
+          <t>9786055378493</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Cemaat ve Tarikat Ekseninde Kadın</t>
+          <t>Türk Mutfak Kültürü ve Din</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057699336</t>
+          <t>9786054074150</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Evliyanın Seyir Defteri</t>
+          <t>Tıbbi Sosyal Hizmetlerde Manevi Bakım</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>570</v>
+        <v>450</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059852944</t>
+          <t>9786059852715</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Arapça'da Alkışlar ve Kargışlar</t>
+          <t>Müteşabih Hadislerin Yorumu</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789756835821</t>
+          <t>9786059852319</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Peygamberi ve Yetişkin Din Eğitimi</t>
+          <t>Anlamı Etkileyen Kıraat Farklılıklarının Tevcihi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>315</v>
+        <v>210</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057699466</t>
+          <t>9786059852142</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Fıkhın Bedene Bürünüşü: İmam-ı A'zam Ebu Hanife</t>
+          <t>Tasavvufta Aşk</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>170</v>
+        <v>144</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057699459</t>
+          <t>9786054074846</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Hadis Ya Da Doktor ve Eczacı</t>
+          <t>Din Sosyolojisi Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>450</v>
+        <v>470</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057699480</t>
+          <t>9786054074563</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Afetlere Dini Bir Bakış</t>
+          <t>Geçmişten Günümüze Dinler ve Mezhepler</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057699442</t>
+          <t>9786059475778</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Vesvese Problemleri ve Hz. Peygamberden Önemli Tavsiyeler</t>
+          <t>İslam Hukukunda Savaş ve Meşruiyeti</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057699411</t>
+          <t>9786059475846</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İlmi Makaleler</t>
+          <t>Mitfahul Mehara</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>560</v>
+        <v>380</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059475075</t>
+          <t>9786059475112</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Huzur Kapısı</t>
+          <t>Kıraat Tarihi ve Kıraat Farklılıklarının Kur'an Tefsirine Etkisi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059475082</t>
+          <t>9786057699145</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Din Bilimlerinde Klasik ve Çağdaş Yaklaşımlar</t>
+          <t>Tevcid-i Mahir</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>570</v>
+        <v>490</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059475273</t>
+          <t>9789756835715</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>114 Kod: Hazret-i Peygamber'in Duygu Düşünce Davranış Konuşma Atlası (Ciltli)</t>
+          <t>Gelincik Demetleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>700</v>
+        <v>144</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057699114</t>
+          <t>9786055378394</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sünnet-Bid'at Tartışmalarının Mahiyeti ve Değerlendirilmesi</t>
+          <t>Et-Tarikatü’l-Muhammediyye</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057699398</t>
+          <t>9786055378523</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Birlik ve Bütünlüğünün Önündeki En Büyük Engel - Dini Grupçuluk</t>
+          <t>Dinlerde Hakikat</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>600</v>
+        <v>330</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059852432</t>
+          <t>9789756373880</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Zikir ve Dualar</t>
+          <t>Din-Ahlak Ekseninde Hz.Muhammed</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>510</v>
+        <v>310</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059852869</t>
+          <t>9786055378479</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Kur'an Hazret-i Peygamber (Ciltli)</t>
+          <t>Buhari ve Müslim’in İttifak Ettiği Hadislerden 40 Hadis</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057699169</t>
+          <t>9786054074525</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kitabu't-Telvihat</t>
+          <t>Ben Niçin Varım?</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>325</v>
+        <v>345</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059475143</t>
+          <t>9789756373965</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Nebe' Suresinde Haşrin Delilleri</t>
+          <t>Ayet ve Hadislerle Peygamberimiz (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059852487</t>
+          <t>9786055378004</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Abdullah İbn Mübarek</t>
+          <t>Ayet ve Hadislerden Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>325</v>
+        <v>210</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059475181</t>
+          <t>9789756835494</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>114 Kod: Hazret-i Peygamber'in Duygu Düşünce Davranış Konuşma Atlası</t>
+          <t>Alternatif Bulmaca Sözlüğü</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>570</v>
+        <v>650</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059475068</t>
+          <t>9786057699350</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Nübüvvetini İnkar Konusunda Müşriklerin Tutarsızlığı</t>
+          <t>Sorularla İtikat İbadet ve Hukuk</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057699367</t>
+          <t>9786057699688</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla ve Tartışılan Yönleriyle Tasavvuf</t>
+          <t>Psikolojik Zaaflar ve Hz. Peygamberden Psikoterapi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>510</v>
+        <v>225</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057699329</t>
+          <t>9786059475921</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yolda Olabilmek Yolda Kalabilmek</t>
+          <t>Kur'an'ın Tarihselliği Yanılgısı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>530</v>
+        <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059475280</t>
+          <t>9786059475495</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İbn Kudame Penceresinden Fıkıh Usulü</t>
+          <t>Allah Rasulü'nden İki Demet Kırk Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>425</v>
+        <v>110</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057699435</t>
+          <t>9799756373040</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Zühd ve Ahlak Risaleleri; Dünyevileşmeye Direniş</t>
+          <t>Mesihi Beklerken</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>475</v>
+        <v>280</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057699404</t>
+          <t>9789756373804</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Külli Kaideler - Hanefi Fıkhı</t>
+          <t>İbadete Çağrı Olan Ezan</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>395</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059475242</t>
+          <t>9786059852043</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Belagatında Hitap ve Muhatap İlişkisi</t>
+          <t>Kur'an'ın İşari Yorumu</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>580</v>
+        <v>360</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057699299</t>
+          <t>9786059852500</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Klasik İslam Hukuk Metinleri</t>
+          <t>Sosyolojik Açıdan Deprem ve Din</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>280</v>
+        <v>425</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057699237</t>
+          <t>9786059852258</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Akılcı Düşüncenin Önderleri Ebu Hanife ve Vasıl Bin Ata</t>
+          <t>Hitabet Sanatı -Hatip ve Vaizlere Yardımcı Notlar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>380</v>
+        <v>715</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057699374</t>
+          <t>9786057699305</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Farklı Alanlarında Kadın</t>
+          <t>Kur'an'da İnsanlara Yöneltilen Sorular</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>315</v>
+        <v>300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059475297</t>
+          <t>9786054074778</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Şia’da Hadis Usulü</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>690</v>
+        <v>550</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057699251</t>
+          <t>9786055378202</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'yı Yalan Çıkarmak</t>
+          <t>Amca Hasan Ağa Vakfı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>270</v>
+        <v>475</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057699275</t>
+          <t>9786256889514</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Sağlık İçin En Muhteşem Dualar</t>
+          <t>İyiliği Emretmek Kötülükten Sakındırmak</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057699268</t>
+          <t>9787862568893</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Genlere Müdahale - İlahi Kader İlişkisi</t>
+          <t>The Argument From Design In Contemporary Thought</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>335</v>
+        <v>410</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057699008</t>
+          <t>9786256889507</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>El-Belagatu'l-Vadıha Tercümesi</t>
+          <t>Kur’an-ı Kerim’in Türkçe İle Anlatımı (Meal)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>740</v>
+        <v>500</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057699152</t>
+          <t>9786256889118</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Tekke Musikisi</t>
+          <t>Fıkıh İlmine Giriş</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057699282</t>
+          <t>9786256889538</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültürünün Ortak Değeri Hz. Peygamber ve Ehl-i Beyt Sevgisi</t>
+          <t>Akademik Sohbetler 3 İslam Düşüncesi (Felsefe-Sosyoloji)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057699183</t>
+          <t>9786256889439</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Din Sosyolojisi: Naima Örneği</t>
+          <t>Marifetname (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>315</v>
+        <v>900</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057699244</t>
+          <t>9786256889477</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Merdan Hz. Ali ve Fitne Yılları</t>
+          <t>Tuhaflıklar Kasabası; Sihirli Bastonun Tuhaf Maceraları-4</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057699121</t>
+          <t>9786256889484</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Temel İslami Bilgiler ve Genel Kültür</t>
+          <t>Karakalem Dünya; Sihirli Bastonun Tuhaf</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059852883</t>
+          <t>9786256889453</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sure İsimlerinin Anlamı ve Surelerin Kısaca Muhtevası</t>
+          <t>Felsefe Tarihi Ortaçağ ve Yeniçağ</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>315</v>
+        <v>510</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059852784</t>
+          <t>9786256889460</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlak Esasları ve Felsefesi</t>
+          <t>Anne ve Babaya İtaat</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>620</v>
+        <v>290</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057699060</t>
+          <t>9786256889224</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mütekellim Yöntemi İslam Hukuk Metodolojisi</t>
+          <t>Sarf-Nahiv Edatlar İmla ve Terimler (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>470</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057699138</t>
+          <t>9786256889064</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Nil ile Fırat’ı Kavuşturan Alim İbn Hallikan</t>
+          <t>Sürmeli Sözler: Dişil Karakterli Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>400</v>
+        <v>415</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057699084</t>
+          <t>9786059852920</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Tartışılan Ayetler</t>
+          <t>Sünnetin Bağlayıcılığı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>690</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059852722</t>
+          <t>9786059475228</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Dini Söylemde Rahmet ve Lanet Dili</t>
+          <t>Tasavvuf Eğitimi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>380</v>
+        <v>325</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059475563</t>
+          <t>9786055378998</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Konuşma Sanatı</t>
+          <t>Osmanlı İmparatorluğu’nda Diyarbakır Ermenileri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>315</v>
+        <v>470</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059475556</t>
+          <t>9799756835929</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Lisandan İnsana</t>
+          <t>İçkinin Zararları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>425</v>
+        <v>120</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057699077</t>
+          <t>9786055378462</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Arayışında Akıl ve Kalp</t>
+          <t>Sosyal Bilimler ve Dini İlimlerde Davranış Kuramları</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>510</v>
+        <v>335</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057699039</t>
+          <t>9786059475167</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kader İnancının Dini Temelleri</t>
+          <t>İngilizce YDS ve YÖKDİL</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>335</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057699046</t>
+          <t>9789756835746</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve Hadisler Işığında Kur'an ve Mahiyeti 2</t>
+          <t>Dilsiz Gece</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059475891</t>
+          <t>9786059475969</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Anahtarı: Sünneti Delil Kabul Etmek</t>
+          <t>6. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057699022</t>
+          <t>9786059475945</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Anne-Baba ve Öğretmenler İçin Ergen Psikolojisi ve İletişim</t>
+          <t>4. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059475860</t>
+          <t>9786059475976</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Usulüne Giriş</t>
+          <t>7. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057699015</t>
+          <t>9786059475952</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Baba Etkisi</t>
+          <t>5. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059475785</t>
+          <t>9786059475983</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Çelişkili Hadisler ve Çözüm Yolları</t>
+          <t>8. Sınıf Din Kültürü ve Ahlak Bilgisi Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>830</v>
+        <v>120</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059475907</t>
+          <t>9786057699176</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Nakil</t>
+          <t>Kudüs’ün Fethini Müjdeleyen Endülüslü Sufi İbn Berrecan</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059475808</t>
+          <t>9786256889415</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlmine Giriş</t>
+          <t>Tövbe Kitabı – Kitabu’t-Tevbe</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>540</v>
+        <v>230</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059852777</t>
+          <t>9786256889422</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Hadis Meseleleri</t>
+          <t>Nefis Terbiyesi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>460</v>
+        <v>160</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059852760</t>
+          <t>9786059699473</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hayır ve Şer</t>
+          <t>Miftahu'l İber</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>425</v>
+        <v>178</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059475693</t>
+          <t>9786054074419</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Salih İnsanın Yol Haritası</t>
+          <t>Cinsellik ve Din</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059475990</t>
+          <t>9786059852302</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Toplumun İnşaasında Kur’an-ı Kerim’in Rolü</t>
+          <t>Miftahu’l-İber</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>400</v>
+        <v>178</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057699312</t>
+          <t>9786054074624</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Davranış Göstergeleri</t>
+          <t>Din Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>225</v>
+        <v>155</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059475709</t>
+          <t>9786256889378</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Modernlik</t>
+          <t>Vezin Vezin Fiiller</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>435</v>
+        <v>750</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059475938</t>
+          <t>9786256889361</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Mecelle'nin Küllı Kadileleri</t>
+          <t>Konularına Göre İlahiler (Açıklamaları ve Örnek Eserleriyle)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059475914</t>
+          <t>9786256889392</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Adil Bir Dünya Ümidi</t>
+          <t>Mevlana’da Aşkın Dili</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059475204</t>
+          <t>9786256889408</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Ahlak ve Hikmet Açısından Sünnet</t>
+          <t>Kutsalın İzini Sürmek</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059475648</t>
+          <t>9786256889385</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kaynaklarının Dili</t>
+          <t>Kur'an'ı Yaşamak</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>190</v>
+        <v>620</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059475884</t>
+          <t>9786054074389</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Fikri İhtilaflar ve Havadis</t>
+          <t>El- Va'du'l- Hak Haksöz</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>260</v>
+        <v>315</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059475877</t>
+          <t>9786057699671</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Hukukçularının Sünnet Anlayışı</t>
+          <t>Ulumü'l-Hadis</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>490</v>
+        <v>790</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059475839</t>
+          <t>9789756835289</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Savaşın Meşruiyet Sebepleri</t>
+          <t>Arapça’da İ’rab</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>315</v>
+        <v>145</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059475266</t>
+          <t>9786256889316</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Suyuti’nin Hadis İlmindeki Yeri</t>
+          <t>Kur’an’a Aykırı Görülen Hadisler</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059475822</t>
+          <t>9786059852982</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve Hadisler Işığında Kur’an ve Mahiyeti</t>
+          <t>Mantığa Giriş</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>180</v>
+        <v>425</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059475686</t>
+          <t>9789756373040</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Müslümanca Düşünmek 2</t>
+          <t>Mesihi Beklerken - Mesihçi ve Millenarist Hareketler</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>780</v>
+        <v>105</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059475679</t>
+          <t>9786256889330</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Müslümanca Düşünmek 1</t>
+          <t>Evlilik ve Nikah Adabı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059475792</t>
+          <t>9786256889347</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ayrılık Psikolojisi</t>
+          <t>Helaller ve Haramlar - Kitabu’l-Helali Ve’l-Haram</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059475723</t>
+          <t>9786256889323</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in (S.A.S) Diplomasi Anlayışı</t>
+          <t>Yaşam ve Ölüm Arasında</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>560</v>
+        <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059475761</t>
+          <t>9786256889293</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Varoluşsal Sancı</t>
+          <t>Resim ve Ahlak</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>360</v>
+        <v>215</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059475730</t>
+          <t>9786256889286</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Cami Musikisi</t>
+          <t>İslam’da Aile Birey ve Toplum</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059475716</t>
+          <t>9786256889163</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Bilgisi</t>
+          <t>Onlar Böyleydi - Arifler Bahçesi (Büstanü'l-Arifin)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>460</v>
+        <v>250</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059475051</t>
+          <t>9786256889156</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Dönemi Anadolu'da Bilimin Güneşi</t>
+          <t>Nefsini Bilen Rabbini Bilir</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059475631</t>
+          <t>9786256889149</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hitabet</t>
+          <t>Kur'an-ı Kerim'in Faziletleri - Fezailül Kur'an</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>560</v>
+        <v>220</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059475662</t>
+          <t>9786256889125</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Öteki</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>540</v>
+        <v>110</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059475457</t>
+          <t>9786256889132</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Fırkacılık Olgusuna Yaklaşımı</t>
+          <t>Hayatı Allah'a Adamak - Kitabüz Zühd</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>470</v>
+        <v>240</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059475549</t>
+          <t>9789756373149</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Diksiyondan Mikrofona</t>
+          <t>Kur’an Surelerinin Sıralanışındaki Sırlar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>380</v>
+        <v>335</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059475624</t>
+          <t>9786057699428</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatla İlgili Hadis Makaleleri 2</t>
+          <t>İslam Tasavvuf Düşüncesinin Teşekkülü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>530</v>
+        <v>820</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059475617</t>
+          <t>9786057699947</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayatla İlgili Hadis Makaleleri 1</t>
+          <t>Ahlak ve Adalet</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059475600</t>
+          <t>9786256889187</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İnancının Akliliği</t>
+          <t>İslam Siyaset Düşüncesinde Devlet Liderlik ve Bilgelik</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>315</v>
+        <v>480</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059475570</t>
+          <t>9786057699732</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Şafi'i İlmihali</t>
+          <t>Eyyubiler - 1</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>130</v>
+        <v>335</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059475594</t>
+          <t>9786256889248</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Muhtelif Milletlerde Kadın Eğitimi</t>
+          <t>Ey Oğul - Eyyühel Veled</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059475587</t>
+          <t>9786256889279</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Belağat Tarihi</t>
+          <t>Dilin Afetleri - Afatül Lisan</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059475525</t>
+          <t>9786256889255</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi ve Göstergebilim</t>
+          <t>Yemek ve Şehvet Terbiyesi - Kitabü Kesri'ş-Şehveteyn</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>315</v>
+        <v>140</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786055378912</t>
+          <t>9786256889262</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Dini Misak’in Güncellenmesi Dua ve Tövbe</t>
+          <t>Dalaletten Hidayete - El Munkız Mined Dalal</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>460</v>
+        <v>170</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059852647</t>
+          <t>9786055378417</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Açlık</t>
+          <t>Teist Varoluşçularda İman - Ahlak İlişkisi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059852326</t>
+          <t>9786057699053</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Tahsilu Nezairi’l-Kur’an’ı Bağlamında Hakim Tirmizi’de Vücuh ve Nezair</t>
+          <t>Dünyanın Sonundaki Saat - Sihirli Bastonun Tuhaf Maceraları 1</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>335</v>
+        <v>240</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059852746</t>
+          <t>9786256889071</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Okulda İşte ve Sosyal Hayatta İnsanı Tanıma Teknikleri</t>
+          <t>Tanrım Bizi “Hakikat” ten Koru</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059852456</t>
+          <t>9786256889095</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Keşfi</t>
+          <t>Gel ve Ol; Mevlana ve Yunus Emre’de Anadolu İrfanının Ahlaki Boyutu</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059852807</t>
+          <t>9786256889057</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Evet Ama Formülü ile Yaşamak</t>
+          <t>Akademik Sohbetler 1 Hadis - Fıkıh</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>150</v>
+        <v>415</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059852838</t>
+          <t>9786256889088</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Penceresinden Hz.Peygamber(s.a.v.)in Eşsiz Örnekliği</t>
+          <t>Prens ve Ölüm</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059852845</t>
+          <t>9786256889101</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Değişme ve Dini Normlar</t>
+          <t>Dindarlığın Sosyolojisi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059852890</t>
+          <t>9786256889019</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>En-Nahvu’l-Vadıh Tercümesi 2 / İleri Seviye</t>
+          <t>Hz. Peygamberin Sünnetinde İtaat</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>820</v>
+        <v>530</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059852913</t>
+          <t>9786256889040</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Maturidilik ve Hadis</t>
+          <t>Hadis Usulü</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>800</v>
+        <v>385</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059852289</t>
+          <t>9786257699213</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kelam Geleneğinde Temel Kaynaklardan İstifade Yöntemleri</t>
+          <t>Zulüm Bizdense Ben Bizden Değilim</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>490</v>
+        <v>145</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059475518</t>
+          <t>9786057699510</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Emirler-Yasaklar ve Düşündüren Sorular</t>
+          <t>Arapça Grameri Temel Sarf Bilgileri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059475488</t>
+          <t>9786059475747</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Hukuk Düşüncesinde Re'y ve Hadis</t>
+          <t>Adım Adım Arapça Öğretimi - 1</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>490</v>
+        <v>690</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059475440</t>
+          <t>9786059475754</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İslam Astronomi Tarihi</t>
+          <t>Adım Adım Arapça Öğretimi 1 - Çeviri Rehberi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>950</v>
+        <v>830</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059475198</t>
+          <t>9786059475099</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ayetleri Fihristi (Ciltli)</t>
+          <t>Arapçayı Eğlenerek Öğrenelim 3 - Arapça Kıssalar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>560</v>
+        <v>540</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059475433</t>
+          <t>9786059852821</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Şeb-i Arus - Düğün Gecesi</t>
+          <t>Kolaylaştırılmış Arapça Grameri Nahiv</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059475501</t>
+          <t>9786059852876</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Mütekellim Yöntemi Fıkıh Usulü</t>
+          <t>Modern Metodla Arapça İmla Kuralları</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>475</v>
+        <v>625</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059475471</t>
+          <t>9786059852906</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Hayatım ve Din Hizmetinde Geçen 40 Yılım</t>
+          <t>Kolaylaştırılmış Arapça Grameri Sarf</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>960</v>
+        <v>255</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059475044</t>
+          <t>9786059852609</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Anlatımlı Kur'an Belagatı</t>
+          <t>Klasik ve Modern Arapça Metinler 1</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>525</v>
+        <v>665</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059475464</t>
+          <t>9786059475389</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Vatan ve Şehitlik</t>
+          <t>El Muderrecul Basit Fi İlmin Nahiv-1</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>270</v>
+        <v>410</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059475211</t>
+          <t>9786059475396</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Osmanlı Ceza Hukuku Uygulaması</t>
+          <t>El Muktedabu Fil Belağati Arabiyyeti</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>370</v>
+        <v>255</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059852753</t>
+          <t>9786059475372</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Bir Fakih Olarak İmam Nevevi</t>
+          <t>El Muderrecul Basit Fi İlmin Nahiv-2</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>315</v>
+        <v>715</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059475037</t>
+          <t>9786059475327</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Tanıtan Güzel İsimler</t>
+          <t>Klasik ve Modern Arapça Metinler -2</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>325</v>
+        <v>510</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059475341</t>
+          <t>9786059852791</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Erillik ve Din</t>
+          <t>Arapça Uzun Hikayeler 2. Kitap</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059475402</t>
+          <t>9786057699695</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Anlaşılmasında Aklın ve Fıkhın Rolü</t>
+          <t>Türkçeden Arapçaya Tercüme Teknikleri</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786055378615</t>
+          <t>9786055378288</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Dinde Hakikat: Dinlerin Çokluğu ve Hakikatin Birliği</t>
+          <t>Klasik ve Modern Arapça Metinler-2</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059475334</t>
+          <t>9786057699848</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Felsefesinde Makasudü'ş - Şeria</t>
+          <t>İmam Beyhaki ve Kitabu'd-De'avati'l Kebir'i</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>625</v>
+        <v>150</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059475310</t>
+          <t>9786057699978</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Örnek Toplum-Hz. Peygamber’in Mesajlarında</t>
+          <t>İslam'da Tarih Bilim ve Medeniyet</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059475303</t>
+          <t>9786057699954</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Hadis İnkarcılığı-Hadis Karşıtlarının İddiaları ve Cevaplar</t>
+          <t>Hace Muhammed Parsa ve Nakşibendilik</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059475006</t>
+          <t>9789756373002</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Ta’lil Tartışmaları</t>
+          <t>Genç Adam</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059852951</t>
+          <t>9786054074105</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik Ve Psikolojik Danışma</t>
+          <t>Devletler ve İslam Hukukunda Deniz</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>535</v>
+        <v>380</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059852975</t>
+          <t>9786057699602</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Mukıza</t>
+          <t>İslam'da Ahlakın Şartı Kaç?</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059475013</t>
+          <t>9786057699879</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Klasik İslam Eğitimcileri</t>
+          <t>İslam Medeniyetinde İlimler Tasnifi ve Makasid Anlayışı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>820</v>
+        <v>215</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059852999</t>
+          <t>9786057699855</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Din ve Toplum Görüşleriyle Cemil Meriç</t>
+          <t>İslam Dininin Temel Dayanakları Akıl, Kur'an ve Peygamber</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>280</v>
+        <v>820</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059475020</t>
+          <t>9786057699862</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ailede Mutluluk Rehberi</t>
+          <t>Erken Dönem Sünnet - Hadis - Amel Tartışmaları</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>335</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059852739</t>
+          <t>9786057699886</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları</t>
+          <t>Bir Dünya Tanrı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>360</v>
+        <v>720</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059852654</t>
+          <t>9789756373507</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Has Oda</t>
+          <t>İnsan Gerçeği ve İslami Hayat</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>225</v>
+        <v>600</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059852692</t>
+          <t>9786057699725</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Sosyal Dayanışma</t>
+          <t>Kötülük ve Teodise</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059852623</t>
+          <t>9786057699718</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Taziye Gelenekleri ve Ziyaret Fenomeni</t>
+          <t>Kur'an'dan Örneklerle Klasik Ve İnformel Mantık</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059852630</t>
+          <t>9786057699473</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Acil Manevi Destek</t>
+          <t>Miftahu’l-İber - İnsanlık ve Peygamberler Tarihine Giriş</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059852661</t>
+          <t>9786057699527</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>En-Nahvu'l-Vadıh Tercümesi</t>
+          <t>Ömerül Adil (Fütuhat, Evail ve İstikrar)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>610</v>
+        <v>180</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059852562</t>
+          <t>9786057699657</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Yönelik Bazı Şüpheler ve Cevapları</t>
+          <t>Yasin Suresi Türkçe Anlamı ile Tefsir ve Yorumu</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059852463</t>
+          <t>9786059852470</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Komutan Sahabiler</t>
+          <t>Hz. Peygamber ve Beddua (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>550</v>
+        <v>510</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059852616</t>
+          <t>9786059475105</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kısa Hikayeler 1.Kitap</t>
+          <t>Din Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059852685</t>
+          <t>9799756373100</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Kutsiyet Atfedilen Fenomenlerin Dini Değeri</t>
+          <t>Bir Nefes Sıhhat</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>410</v>
+        <v>140</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059852678</t>
+          <t>9786055378356</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Engellilerde Toplumsal Bütünleşme ve Dindarlık</t>
+          <t>Küreselleşme Çokkültürlülük ve İslam</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>360</v>
+        <v>335</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059852388</t>
+          <t>9786059852357</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>M. Şemsettin Günaltay</t>
+          <t>Horasan ve Maveraünnehir'de Ilımlı Bir İslam Politikası - Kerrami Söylem ve Yansımaları</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>560</v>
+        <v>460</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059852579</t>
+          <t>9786059852050</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Engelliler</t>
+          <t>Edirne Romanlarında Geçiş Ritüelleri ve Din</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>435</v>
+        <v>360</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059852555</t>
+          <t>9786057699091</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Arapça Kompozisyon Çalışma Defteri 1</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>315</v>
+        <v>640</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059852272</t>
+          <t>9786057699107</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Gıyabi Yargılama</t>
+          <t>Arapça Kompozisyon Çalışma Defteri 2</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>200</v>
+        <v>625</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059852593</t>
+          <t>9786057699817</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>İslam Akaidi - Üzerinde İttifak Edilen Esaslar</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059852036</t>
+          <t>9786059475235</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Gençliğinde Vefa Duygusu</t>
+          <t>Kızıl Kıyamet</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059852586</t>
+          <t>9786057699824</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Medeniyet Projesi</t>
+          <t>Eğitim Politikamız ve Felsefemiz</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059852210</t>
+          <t>9786057699800</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Tarikat Adabı</t>
+          <t>Taha Abdurrahman’ın Felsefesi - Seküler Dünyaya Hikmetli Cevap</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>450</v>
+        <v>410</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059852203</t>
+          <t>9786057699794</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı Tefsirinde Tasavvuf</t>
+          <t>Hakikat Sonrası Bunalımları</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>415</v>
+        <v>435</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059852104</t>
+          <t>9786057699787</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Türk Din Musikisi</t>
+          <t>Ehl-i Hadis Eleştirisi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>640</v>
+        <v>370</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059852227</t>
+          <t>9786057699503</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Semantik Metod</t>
+          <t>Arkadaşım Sahabe</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>1296</v>
+        <v>120</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059852265</t>
+          <t>9786057699763</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Din Eğitimi</t>
+          <t>Arkadaşım Kudüs</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>395</v>
+        <v>170</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059852098</t>
+          <t>9786057699770</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kaza Namazlarının Sünnetteki Yeri</t>
+          <t>Cinlerle İlgili Hadislerin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059852197</t>
+          <t>9786057699756</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Felsefesi</t>
+          <t>Kur'an'a İşari Yaklaşımlar</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>335</v>
+        <v>215</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059852180</t>
+          <t>9786057699664</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hangi İslam</t>
+          <t>Kum Şehrinin Çocukları</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059852166</t>
+          <t>9786059475655</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Teravih Namazı</t>
+          <t>Seçme Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>235</v>
+        <v>425</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059852159</t>
+          <t>9786057699497</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Tarih Boyunca İnanç Tıp İlişkisi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>580</v>
+        <v>410</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059852081</t>
+          <t>9786059475358</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İslam Kelamında Cedel Anlayışı</t>
+          <t>Tarih Boyunca Hastalık Algılanmasında Dua Şifa İlişkisi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059852128</t>
+          <t>9786057699633</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Tarikatlar</t>
+          <t>Sosyal Hayatla İlgili Hadis Makaleleri-3</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>770</v>
+        <v>490</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059852067</t>
+          <t>9786057699626</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Peygamberlik ve Peygamberimiz Hz. Muhammed Mustafa (SAV)</t>
+          <t>Müslüman Aklını Kurmak</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055378981</t>
+          <t>9786057699640</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Terimleri</t>
+          <t>İki Münzevi Şair ve Hattat; İnzivadan Bilgeliğe</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>780</v>
+        <v>490</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059852029</t>
+          <t>9786057699572</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>ABD'nin İslam Algısı</t>
+          <t>Kurşuni Kalem</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>470</v>
+        <v>360</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055378936</t>
+          <t>9786057699541</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Okuyarak Tedavi (Rukye)</t>
+          <t>Hz. İsa İnecek mi?</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055378974</t>
+          <t>9786057699558</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Bakım Güvenliği</t>
+          <t>Hasılı Ve'l-Kalem</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055378950</t>
+          <t>9786057699381</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>İzlenesi Filmler</t>
+          <t>Haritada Kaybolan Ok - Sihirli Bastonun Tuhaf Maceraları 2</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055378660</t>
+          <t>9786059475129</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Hadisler Işığında Müslümanda Olması Gereken Özellikler</t>
+          <t>Cemaat ve Tarikat Ekseninde Kadın</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055378943</t>
+          <t>9786057699336</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Cin ve Şeytan</t>
+          <t>Evliyanın Seyir Defteri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>325</v>
+        <v>570</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055378875</t>
+          <t>9786059852944</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kabe’nin İşgali</t>
+          <t>Arapça'da Alkışlar ve Kargışlar</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059852012</t>
+          <t>9789756835821</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisinin İmkanı</t>
+          <t>Sevgi Peygamberi ve Yetişkin Din Eğitimi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>370</v>
+        <v>315</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055378967</t>
+          <t>9786057699466</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Hasta, Engelli ve Yaşlı Hizmetlerinde Bakım Terimleri</t>
+          <t>Fıkhın Bedene Bürünüşü: İmam-ı A'zam Ebu Hanife</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>580</v>
+        <v>170</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059852005</t>
+          <t>9786057699459</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Hilafetin Kureyşiliği Tartışmaları ve Hindistan Örneği</t>
+          <t>Fıkıh ve Hadis Ya Da Doktor ve Eczacı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055378868</t>
+          <t>9786057699480</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Din Samimiyettir</t>
+          <t>Afetlere Dini Bir Bakış</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055378752</t>
+          <t>9786057699442</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Dünyası - Çocuk Eğitim Rehberi</t>
+          <t>Vesvese Problemleri ve Hz. Peygamberden Önemli Tavsiyeler</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786055378738</t>
+          <t>9786057699411</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Nur-i Muhammedi</t>
+          <t>İlmi Makaleler</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>215</v>
+        <v>560</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055378769</t>
+          <t>9786059475075</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Hadis Fetvaları</t>
+          <t>Huzur Kapısı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786055378646</t>
+          <t>9786059475082</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalı Çağdaş Arapça Seçme Metinler</t>
+          <t>Din Bilimlerinde Klasik ve Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>500</v>
+        <v>570</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054074426</t>
+          <t>9786059475273</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Mutluluğa Çağrı</t>
+          <t>114 Kod: Hazret-i Peygamber'in Duygu Düşünce Davranış Konuşma Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054074365</t>
+          <t>9786057699114</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Gül 40 Hadis</t>
+          <t>Sünnet-Bid'at Tartışmalarının Mahiyeti ve Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054074198</t>
+          <t>9786057699398</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Tarihinde Mezhepler</t>
+          <t>Müslümanların Birlik ve Bütünlüğünün Önündeki En Büyük Engel - Dini Grupçuluk</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>460</v>
+        <v>600</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9799756373223</t>
+          <t>9786059852432</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Din ve Sosyal Bütünleşme</t>
+          <t>Zikir ve Dualar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>415</v>
+        <v>510</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059852548</t>
+          <t>9786059852869</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Üveys ile Giydim Hırka (Ciltli)</t>
+          <t>Yaşayan Kur'an Hazret-i Peygamber (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059852494</t>
+          <t>9786057699169</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Literatüründe Hz. Musa (Ciltli)</t>
+          <t>Kitabu't-Telvihat</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059852425</t>
+          <t>9786059475143</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İbn Aşur Tefsirinde Siyaset Toplum ve Kadın</t>
+          <t>Nebe' Suresinde Haşrin Delilleri</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>435</v>
+        <v>200</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059852449</t>
+          <t>9786059852487</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ahkam-ı Kur’an</t>
+          <t>Abdullah İbn Mübarek</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059852517</t>
+          <t>9786059475181</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Dilinden Hazret-i Peygamber (Ciltli)</t>
+          <t>114 Kod: Hazret-i Peygamber'in Duygu Düşünce Davranış Konuşma Atlası</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>450</v>
+        <v>570</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055378813</t>
+          <t>9786059475068</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Hadis</t>
+          <t>Hz. Peygamber'in Nübüvvetini İnkar Konusunda Müşriklerin Tutarsızlığı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059852524</t>
+          <t>9786057699367</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Ana Hatlarıyla ve Tartışılan Yönleriyle Tasavvuf</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>475</v>
+        <v>510</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055378882</t>
+          <t>9786057699329</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İlimleri ve Tefsir Usulü</t>
+          <t>Yolda Olabilmek Yolda Kalabilmek</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>290</v>
+        <v>530</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054074686</t>
+          <t>9786059475280</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü</t>
+          <t>İbn Kudame Penceresinden Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>730</v>
+        <v>425</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055378684</t>
+          <t>9786057699435</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Evrimci Politeizm - Devrimci Monoteizm</t>
+          <t>Zühd ve Ahlak Risaleleri; Dünyevileşmeye Direniş</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>680</v>
+        <v>475</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055378783</t>
+          <t>9786057699404</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Ümmü'l Kur'an ve En Hayırlı Üç Sure</t>
+          <t>Külli Kaideler - Hanefi Fıkhı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055378677</t>
+          <t>9786059475242</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Doğru Anlamak</t>
+          <t>Kur'an Belagatında Hitap ve Muhatap İlişkisi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>470</v>
+        <v>580</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055378691</t>
+          <t>9786057699299</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Camiler ve Din Görevlileri</t>
+          <t>Klasik İslam Hukuk Metinleri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055378929</t>
+          <t>9786057699237</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Süryani Kadim Metropolit Hanna Dolapönü</t>
+          <t>İslam'da Akılcı Düşüncenin Önderleri Ebu Hanife ve Vasıl Bin Ata</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055378080</t>
+          <t>9786057699374</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Etkili İletişim</t>
+          <t>Hayatın Farklı Alanlarında Kadın</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>470</v>
+        <v>315</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055378547</t>
+          <t>9786059475297</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Biricik Önderim Peygamberim Efendim</t>
+          <t>Şia’da Hadis Usulü</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>140</v>
+        <v>690</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054074822</t>
+          <t>9786057699251</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>İmanı, Heyecanı, İdeali, Kimliği ve Hedefleriyle Genç Adam</t>
+          <t>Tanrı'yı Yalan Çıkarmak</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054074792</t>
+          <t>9786057699275</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yolların En Güzeli</t>
+          <t>Ruhsal Sağlık İçin En Muhteşem Dualar</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055378349</t>
+          <t>9786057699268</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Ziyaret Fenomeni Çerçevesinde Dua ve Sosyal Sorunlar</t>
+          <t>Genlere Müdahale - İlahi Kader İlişkisi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>550</v>
+        <v>335</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054074099</t>
+          <t>9786057699008</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Değişen Türkiye'de Değişmeyen Gündem</t>
+          <t>El-Belagatu'l-Vadıha Tercümesi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>270</v>
+        <v>740</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9799756835950</t>
+          <t>9786057699152</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyalleşme ve Hoşgörü</t>
+          <t>Tekke Musikisi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>435</v>
+        <v>320</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059852074</t>
+          <t>9786057699282</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Feraiz - İslam Miras Hukuku</t>
+          <t>İslam Kültürünün Ortak Değeri Hz. Peygamber ve Ehl-i Beyt Sevgisi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059852234</t>
+          <t>9786057699183</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Dünya'da ve Türkiye'de Engelli Dostu Sosyal Politikalar</t>
+          <t>Osmanlıda Din Sosyolojisi: Naima Örneği</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>790</v>
+        <v>315</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059852296</t>
+          <t>9786057699244</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsanın Mutluluğu</t>
+          <t>Şah-ı Merdan Hz. Ali ve Fitne Yılları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>540</v>
+        <v>290</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055378141</t>
+          <t>9786057699121</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Fakirlik ve Zenginlik Problemi</t>
+          <t>Sorulu Cevaplı Temel İslami Bilgiler ve Genel Kültür</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054074747</t>
+          <t>9786059852883</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Hadise Giriş</t>
+          <t>Kur’an’da Sure İsimlerinin Anlamı ve Surelerin Kısaca Muhtevası</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>510</v>
+        <v>315</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059852395</t>
+          <t>9786059852784</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>İslam Ahlak Esasları ve Felsefesi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>475</v>
+        <v>620</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9799756373117</t>
+          <t>9786057699060</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığında Reenkarnasyon</t>
+          <t>Mütekellim Yöntemi İslam Hukuk Metodolojisi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>235</v>
+        <v>470</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054074280</t>
+          <t>9786057699138</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Entegre Muhafazakar</t>
+          <t>Nil ile Fırat’ı Kavuşturan Alim İbn Hallikan</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055378707</t>
+          <t>9786057699084</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Arapça Okuma ve Yazma Kitabı</t>
+          <t>Tartışılan Ayetler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>300</v>
+        <v>690</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054074488</t>
+          <t>9786059852722</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gelişmelere Göre Kur'a-ı Kerim'in Eşsizliği</t>
+          <t>Dini Söylemde Rahmet ve Lanet Dili</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9799756373513</t>
+          <t>9786059475563</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İlmihal Kitaplarında İman Esasları</t>
+          <t>Yıldızların Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055378042</t>
+          <t>9786059475556</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Nikah Cennetten Çıkmadır</t>
+          <t>Lisandan İnsana</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>315</v>
+        <v>425</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9799756373087</t>
+          <t>9786057699077</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Kur'an'a Yönelmek</t>
+          <t>Hakikat Arayışında Akıl ve Kalp</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>145</v>
+        <v>510</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055378028</t>
+          <t>9786057699039</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında İnançla İlgili Güncel Konular</t>
+          <t>Kader İnancının Dini Temelleri</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>145</v>
+        <v>335</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789756373958</t>
+          <t>9786057699046</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Diyaloğun Acı Meyveleri</t>
+          <t>Ayetler ve Hadisler Işığında Kur'an ve Mahiyeti 2</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>580</v>
+        <v>190</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789756373736</t>
+          <t>9786059475891</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Aile Hayatı</t>
+          <t>Cennetin Anahtarı: Sünneti Delil Kabul Etmek</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059475815</t>
+          <t>9786057699022</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Hadis Problemleri</t>
+          <t>Anne-Baba ve Öğretmenler İçin Ergen Psikolojisi ve İletişim</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789756835166</t>
+          <t>9786059475860</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Tevhid</t>
+          <t>Tefsir Usulüne Giriş</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>335</v>
+        <v>130</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054074617</t>
+          <t>9786057699015</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İnsan Hürriyeti</t>
+          <t>Çocuk Eğitiminde Baba Etkisi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786054074228</t>
+          <t>9786059475785</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaid Metinleri</t>
+          <t>Çelişkili Hadisler ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>410</v>
+        <v>830</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786054074716</t>
+          <t>9786059475907</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>İnformel Mantık</t>
+          <t>Akıl ve Nakil</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9799756373438</t>
+          <t>9786059475808</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>İnanç Devleti</t>
+          <t>Hadis İlmine Giriş</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>560</v>
+        <v>540</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789756835708</t>
+          <t>9786059852777</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>İmanın Psikolojik Yapısı</t>
+          <t>Sorularla Hadis Meseleleri</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054074921</t>
+          <t>9786059852760</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>İmamiyye Şiası’na Göre Cerh ve Ta’dil</t>
+          <t>Kur’an’da Hayır ve Şer</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>530</v>
+        <v>425</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055378516</t>
+          <t>9786059475693</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İmam Şarani ve Muhyiddin İbnü’l-Arabi’ye Göre Nübüvvet İnancı</t>
+          <t>Salih İnsanın Yol Haritası</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>540</v>
+        <v>400</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789756373156</t>
+          <t>9786059475990</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Hüccet Değeri ve Tedvin Açısından Sünnet</t>
+          <t>Toplumun İnşaasında Kur’an-ı Kerim’in Rolü</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789756373019</t>
+          <t>9786057699312</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Hocalık Sanattır</t>
+          <t>Kur’an’da Davranış Göstergeleri</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055378011</t>
+          <t>9786059475709</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlık ve İslamiyet’te Günah</t>
+          <t>İslam ve Modernlik</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>280</v>
+        <v>435</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055378585</t>
+          <t>9786059475938</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair 40 Hadis, 40 Yorum</t>
+          <t>Mecelle'nin Küllı Kadileleri</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>335</v>
+        <v>130</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054074235</t>
+          <t>9786059475914</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Gaye</t>
+          <t>Adil Bir Dünya Ümidi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>540</v>
+        <v>270</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789756373743</t>
+          <t>9786059475204</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Hadiste Emsal</t>
+          <t>Bilgi Ahlak ve Hikmet Açısından Sünnet</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786054074938</t>
+          <t>9786059475648</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Anlaşılmasında Yöntem Tartışmaları</t>
+          <t>Hadis Kaynaklarının Dili</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786054074396</t>
+          <t>9786059475884</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Rukye Şifa Hadisleri</t>
+          <t>Fikri İhtilaflar ve Havadis</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059852340</t>
+          <t>9786059475877</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tespit Yöntemi</t>
+          <t>Erken Dönem İslam Hukukçularının Sünnet Anlayışı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789756373286</t>
+          <t>9786059475839</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Haccın Manası</t>
+          <t>İslam’da Savaşın Meşruiyet Sebepleri</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>410</v>
+        <v>315</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054074648</t>
+          <t>9786059475266</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Güncel Hadis Yorum ve Tartışmaları</t>
+          <t>Suyuti’nin Hadis İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>770</v>
+        <v>270</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055378325</t>
+          <t>9786059475822</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Gençlere İnanç İlmihali</t>
+          <t>Ayetler ve Hadisler Işığında Kur’an ve Mahiyeti</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>620</v>
+        <v>180</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055378158</t>
+          <t>9786059475686</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Gazzali’nin Kıyas Anlayışında Münasebe Kavramı</t>
+          <t>Modern Dünyada Müslümanca Düşünmek 2</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>260</v>
+        <v>780</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786054074693</t>
+          <t>9786059475679</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Engel Tanımaz</t>
+          <t>Modern Dünyada Müslümanca Düşünmek 1</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>325</v>
+        <v>800</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786054074372</t>
+          <t>9786059475792</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hadis Usulü</t>
+          <t>Aşk ve Ayrılık Psikolojisi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>924</v>
+        <v>270</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055378165</t>
+          <t>9786059475723</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Mallarının Zekatı</t>
+          <t>Hz. Muhammed'in (S.A.S) Diplomasi Anlayışı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>380</v>
+        <v>560</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789756373064</t>
+          <t>9786059475761</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta İslami Hassasiyet</t>
+          <t>Varoluşsal Sancı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055378554</t>
+          <t>9786059475730</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Günümüzde Mehdilik</t>
+          <t>Cami Musikisi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>315</v>
+        <v>300</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055378240</t>
+          <t>9786059475716</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Şüheda-i Uhud</t>
+          <t>Sahabe Bilgisi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789756373248</t>
+          <t>9786059475051</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Şifreci Yanılgı</t>
+          <t>Selçuklu Dönemi Anadolu'da Bilimin Güneşi</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054074594</t>
+          <t>9786059475631</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın 7 Sorusu</t>
+          <t>Karşılaştırmalı Hitabet</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>335</v>
+        <v>560</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789756373309</t>
+          <t>9786059475662</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Sünnet’in Bağlayıcılığı</t>
+          <t>İslam ve Öteki</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>180</v>
+        <v>540</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786054074808</t>
+          <t>9786059475457</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin En Güzeli</t>
+          <t>Kur'an'ın Fırkacılık Olgusuna Yaklaşımı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>160</v>
+        <v>470</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786054074815</t>
+          <t>9786059475549</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Davranışlarda Ölçüler</t>
+          <t>Diksiyondan Mikrofona</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055378134</t>
+          <t>9786059475624</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilim Paradigmaları Açısından Sosyolojik Metodoloji</t>
+          <t>Sosyal Hayatla İlgili Hadis Makaleleri 2</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>280</v>
+        <v>530</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786054074181</t>
+          <t>9786059475617</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Aklı Karışıklar İçin One Minute</t>
+          <t>Sosyal Hayatla İlgili Hadis Makaleleri 1</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>145</v>
+        <v>550</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055378370</t>
+          <t>9786059475600</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Sosyolojisi</t>
+          <t>Tanrı İnancının Akliliği</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>370</v>
+        <v>315</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786055378301</t>
+          <t>9786059475570</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Pratik Hac ve Umre Rehberi</t>
+          <t>Muhtasar Şafi'i İlmihali</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789756373071</t>
+          <t>9786059475594</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Gençliğe Yaklaşımı</t>
+          <t>Tarih Boyunca Muhtelif Milletlerde Kadın Eğitimi</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789756835043</t>
+          <t>9786059475587</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Veda Hutbesi</t>
+          <t>Belağat Tarihi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055378561</t>
+          <t>9786059475525</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Perdeden Gönüllere</t>
+          <t>Din Sosyolojisi ve Göstergebilim</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>225</v>
+        <v>315</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054074112</t>
+          <t>9786055378912</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Özgün Bir Kur’an Yorumu</t>
+          <t>Dini Misak’in Güncellenmesi Dua ve Tövbe</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>410</v>
+        <v>460</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786055378264</t>
+          <t>9786059852647</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Örnek ve Önder İnsan Hz. Muhammed (A.S.)</t>
+          <t>Kutsal Açlık</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789756835234</t>
+          <t>9786059852326</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Zaman ve Mekanlar</t>
+          <t>Tahsilu Nezairi’l-Kur’an’ı Bağlamında Hakim Tirmizi’de Vücuh ve Nezair</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>415</v>
+        <v>335</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055378455</t>
+          <t>9786059852746</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Pergelinde Toplum</t>
+          <t>Okulda İşte ve Sosyal Hayatta İnsanı Tanıma Teknikleri</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055378608</t>
+          <t>9786059852456</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Merak Edilen Dini Konular</t>
+          <t>Hakikatin Keşfi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>415</v>
+        <v>200</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786054074020</t>
+          <t>9786059852807</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Medya Sözlüğü</t>
+          <t>Hayatı Evet Ama Formülü ile Yaşamak</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054074068</t>
+          <t>9786059852838</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Manevi Sosyal Hizmetler</t>
+          <t>Kur’an-ı Kerim Penceresinden Hz.Peygamber(s.a.v.)in Eşsiz Örnekliği</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786054074297</t>
+          <t>9786059852845</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sevgi</t>
+          <t>Sosyal Değişme ve Dini Normlar</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>530</v>
+        <v>360</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786054074471</t>
+          <t>9786059852890</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hz.Peygamber’e Yapılan Uyarılar</t>
+          <t>En-Nahvu’l-Vadıh Tercümesi 2 / İleri Seviye</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>400</v>
+        <v>820</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789756835456</t>
+          <t>9786059852913</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’ten Dualar ve Yakarışlar</t>
+          <t>Maturidilik ve Hadis</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>380</v>
+        <v>800</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054074464</t>
+          <t>9786059852289</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’e Göre Ümmet-i Muhammed’in Özellikleri</t>
+          <t>Kelam Geleneğinde Temel Kaynaklardan İstifade Yöntemleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>530</v>
+        <v>490</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054074891</t>
+          <t>9786059475518</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Aydınlığında Aile İçi İletişim</t>
+          <t>Kur’an’da Emirler-Yasaklar ve Düşündüren Sorular</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786054074877</t>
+          <t>9786059475488</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Öğrencisine Öğütler</t>
+          <t>Erken Dönem İslam Hukuk Düşüncesinde Re'y ve Hadis</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789756373057</t>
+          <t>9786059475440</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kulluk</t>
+          <t>İslam Astronomi Tarihi</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>160</v>
+        <v>950</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786054074518</t>
+          <t>9786059475198</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İyi Müslüman Olma Sanatı</t>
+          <t>Kur'an Ayetleri Fihristi (Ciltli)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>225</v>
+        <v>560</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786054074129</t>
+          <t>9786059475433</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Şiddet Karşılığı</t>
+          <t>Şeb-i Arus - Düğün Gecesi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789756373460</t>
+          <t>9786059475501</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Çocuk Terbiyesi</t>
+          <t>Mütekellim Yöntemi Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>160</v>
+        <v>475</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789756835098</t>
+          <t>9786059475471</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Felsefesi</t>
+          <t>Hayatım ve Din Hizmetinde Geçen 40 Yılım</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>820</v>
+        <v>960</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059475419</t>
+          <t>9786059475044</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Ekolleri ve Maslahat Teorisi</t>
+          <t>Anlatımlı Kur'an Belagatı</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>290</v>
+        <v>525</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9799756373414</t>
+          <t>9786059475464</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Emsal-i Ali</t>
+          <t>Vatan ve Şehitlik</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786054074358</t>
+          <t>9786059475211</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Dini Tecrübe ve Meunet</t>
+          <t>Tanzimat Dönemi Osmanlı Ceza Hukuku Uygulaması</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786054074761</t>
+          <t>9786059852753</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlileri Sınavlara Hazırlık ve Soru Bankası</t>
+          <t>Bir Fakih Olarak İmam Nevevi</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>690</v>
+        <v>315</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786054074754</t>
+          <t>9786059475037</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Caferilik</t>
+          <t>Allah'ı Tanıtan Güzel İsimler</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789756835562</t>
+          <t>9786059475341</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel ve Dini Açıdan Rüyalar ve Kabuslar</t>
+          <t>Erillik ve Din</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786055378189</t>
+          <t>9786059475402</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Aradığın Şeysin</t>
+          <t>Hadislerin Anlaşılmasında Aklın ve Fıkhın Rolü</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>315</v>
+        <v>225</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055378271</t>
+          <t>9786055378615</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Allah’a İman</t>
+          <t>Dinde Hakikat: Dinlerin Çokluğu ve Hakikatin Birliği</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786055378530</t>
+          <t>9786059475334</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Alevi Gözüyle Din Kültürü ve Ahlak Bilgisi</t>
+          <t>İslam Hukuk Felsefesinde Makasudü'ş - Şeria</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>395</v>
+        <v>625</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786055378509</t>
+          <t>9786059475310</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Aile Problemlerine Hz. Peygamberden Çözümler</t>
+          <t>Örnek Toplum-Hz. Peygamber’in Mesajlarında</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786054074457</t>
+          <t>9786059475303</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Etik</t>
+          <t>Hadis İnkarcılığı-Hadis Karşıtlarının İddiaları ve Cevaplar</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>490</v>
+        <v>360</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
+          <t>9786059475006</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh Usulünde Ta’lil Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786059852951</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Rehberlik Ve Psikolojik Danışma</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786059852975</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Mukıza</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786059475013</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Klasik İslam Eğitimcileri</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786059852999</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Toplum Görüşleriyle Cemil Meriç</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786059475020</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Ailede Mutluluk Rehberi</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786059852739</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>İslam İnanç Esasları</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786059852654</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Has Oda</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786059852692</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Hadisler Işığında Sosyal Dayanışma</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786059852623</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Taziye Gelenekleri ve Ziyaret Fenomeni</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786059852630</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Acil Manevi Destek</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786059852661</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>En-Nahvu'l-Vadıh Tercümesi</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786059852562</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'a Yönelik Bazı Şüpheler ve Cevapları</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786059852463</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Komutan Sahabiler</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786059852616</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Kısa Hikayeler 1.Kitap</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786059852685</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerde Kutsiyet Atfedilen Fenomenlerin Dini Değeri</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786059852678</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Engellilerde Toplumsal Bütünleşme ve Dindarlık</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786059852388</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>M. Şemsettin Günaltay</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786059852579</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Meşhur Engelliler</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786059852555</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Kadın</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786059852272</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Gıyabi Yargılama</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786059852593</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Hadis</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786059852036</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Gençliğinde Vefa Duygusu</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786059852586</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber'in Medeniyet Projesi</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786059852210</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Tarikat Adabı</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786059852203</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Elmalılı Tefsirinde Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786059852104</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Türk Din Musikisi</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786059852227</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Tefsirde Semantik Metod</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786059852265</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Bir Din Eğitimi</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786059852098</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Kaza Namazlarının Sünnetteki Yeri</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786059852197</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>İslami Sosyal Bilimler Felsefesi</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786059852180</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Hangi İslam</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786059852166</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Hadisler Işığında Teravih Namazı</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786059852159</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786059852081</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>İslam Kelamında Cedel Anlayışı</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786059852128</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf ve Tarikatlar</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786059852067</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Peygamberlik ve Peygamberimiz Hz. Muhammed Mustafa (SAV)</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786055378981</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak Terimleri</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786059852029</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>ABD'nin İslam Algısı</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786055378936</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerde Okuyarak Tedavi (Rukye)</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786055378974</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Hizmetlerinde Bakım Güvenliği</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786055378950</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>İzlenesi Filmler</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786055378660</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an ve Hadisler Işığında Müslümanda Olması Gereken Özellikler</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786055378943</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Cin ve Şeytan</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786055378875</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Kabe’nin İşgali</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786059852012</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>İslam Sosyolojisinin İmkanı</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786055378967</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Hasta, Engelli ve Yaşlı Hizmetlerinde Bakım Terimleri</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786059852005</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Hilafetin Kureyşiliği Tartışmaları ve Hindistan Örneği</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786055378868</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Din Samimiyettir</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786055378752</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Çocukların Dünyası - Çocuk Eğitim Rehberi</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786055378738</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Nur-i Muhammedi</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786055378769</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Fetvaları</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786055378646</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Alıştırmalı Çağdaş Arapça Seçme Metinler</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786054074426</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Mutluluğa Çağrı</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786054074365</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Bir Demet Gül 40 Hadis</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786054074198</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşünce Tarihinde Mezhepler</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9799756373223</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Sosyal Bütünleşme</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786059852548</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Üveys ile Giydim Hırka (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786059852494</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuk Literatüründe Hz. Musa (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786059852425</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>İbn Aşur Tefsirinde Siyaset Toplum ve Kadın</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786059852449</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Ahkam-ı Kur’an</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786059852517</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerin Dilinden Hazret-i Peygamber (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786055378813</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kültüründe Hadis</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786059852524</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Din Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786055378882</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an İlimleri ve Tefsir Usulü</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786054074686</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh Usulü</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786055378684</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Evrimci Politeizm - Devrimci Monoteizm</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786055378783</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Ümmü'l Kur'an ve En Hayırlı Üç Sure</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786055378677</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Sünneti Doğru Anlamak</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786055378691</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Camiler ve Din Görevlileri</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786055378929</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Süryani Kadim Metropolit Hanna Dolapönü</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786055378080</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Din Eğitiminde Etkili İletişim</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786055378547</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Biricik Önderim Peygamberim Efendim</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786054074822</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>İmanı, Heyecanı, İdeali, Kimliği ve Hedefleriyle Genç Adam</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786054074792</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Yolların En Güzeli</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786055378349</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Ziyaret Fenomeni Çerçevesinde Dua ve Sosyal Sorunlar</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786054074099</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Türkiye'de Değişmeyen Gündem</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9799756835950</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Din Sosyalleşme ve Hoşgörü</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786059852074</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Feraiz - İslam Miras Hukuku</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786059852234</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Dünya'da ve Türkiye'de Engelli Dostu Sosyal Politikalar</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786059852296</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da İnsanın Mutluluğu</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786055378141</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerde Fakirlik ve Zenginlik Problemi</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786054074747</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Hadise Giriş</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786059852395</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Din Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9799756373117</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Işığında Reenkarnasyon</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786054074280</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Entegre Muhafazakar</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786055378707</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Okuma ve Yazma Kitabı</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786054074488</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Gelişmelere Göre Kur'a-ı Kerim'in Eşsizliği</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9799756373513</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>İlmihal Kitaplarında İman Esasları</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786055378042</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Nikah Cennetten Çıkmadır</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9799756373087</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Kur'an'a Yönelmek</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786055378028</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an ve Sünnet Işığında İnançla İlgili Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9789756373958</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Diyaloğun Acı Meyveleri</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9789756373736</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Aile Hayatı</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786059475815</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Günümüz Hadis Problemleri</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9789756835166</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesinde Tevhid</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786054074617</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesinde İnsan Hürriyeti</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786054074228</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>İslam Akaid Metinleri</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786054074716</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>İnformel Mantık</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9799756373438</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>İnanç Devleti</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9789756835708</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>İmanın Psikolojik Yapısı</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786054074921</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>İmamiyye Şiası’na Göre Cerh ve Ta’dil</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786055378516</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>İmam Şarani ve Muhyiddin İbnü’l-Arabi’ye Göre Nübüvvet İnancı</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9789756373156</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Hüccet Değeri ve Tedvin Açısından Sünnet</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9789756373019</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Hocalık Sanattır</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786055378011</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Hıristiyanlık ve İslamiyet’te Günah</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786055378585</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Dair 40 Hadis, 40 Yorum</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786054074235</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Hayat ve Gaye</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9789756373743</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Hadiste Emsal</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786054074938</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerin Anlaşılmasında Yöntem Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786054074396</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerde Rukye Şifa Hadisleri</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786059852340</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Tespit Yöntemi</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9789756373286</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Haccın Manası</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786054074648</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Hadis Yorum ve Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786055378325</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Gençlere İnanç İlmihali</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786055378158</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Gazzali’nin Kıyas Anlayışında Münasebe Kavramı</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786054074693</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlar Engel Tanımaz</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786054074372</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Hadis Usulü</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786055378165</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Ticaret Mallarının Zekatı</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9789756373064</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvufta İslami Hassasiyet</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786055378554</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte ve Günümüzde Mehdilik</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786055378240</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Şüheda-i Uhud</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9789756373248</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Şifreci Yanılgı</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786054074594</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın 7 Sorusu</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9789756373309</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Sünnet’in Bağlayıcılığı</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786054074808</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Sözlerin En Güzeli</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786054074815</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Davranışlarda Ölçüler</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786055378134</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilim Paradigmaları Açısından Sosyolojik Metodoloji</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786054074181</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Aklı Karışıklar İçin One Minute</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786055378370</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786055378301</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Hac ve Umre Rehberi</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9789756373071</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Gençliğe Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9789756835043</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Efendimizin Veda Hutbesi</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786055378561</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Perdeden Gönüllere</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786054074112</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Özgün Bir Kur’an Yorumu</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786055378264</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Örnek ve Önder İnsan Hz. Muhammed (A.S.)</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9789756835234</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Mukaddes Zaman ve Mekanlar</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786055378455</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana Pergelinde Toplum</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786055378608</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Merak Edilen Dini Konular</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786054074020</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Medya Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786054074068</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Manevi Sosyal Hizmetler</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786054074297</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Sevgi</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786054074471</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Hz.Peygamber’e Yapılan Uyarılar</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9789756835456</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Sünnet’ten Dualar ve Yakarışlar</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786054074464</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Sünnet’e Göre Ümmet-i Muhammed’in Özellikleri</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786054074891</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Sünnet Aydınlığında Aile İçi İletişim</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786054074877</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Öğrencisine Öğütler</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9789756373057</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Kulluk</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786054074518</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>İyi Müslüman Olma Sanatı</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786054074129</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>İslam’ın Şiddet Karşılığı</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9789756373460</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Çocuk Terbiyesi</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9789756835098</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuk Felsefesi</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786059475419</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuk Ekolleri ve Maslahat Teorisi</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9799756373414</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Emsal-i Ali</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786054074358</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Dini Tecrübe ve Meunet</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786054074761</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Din Görevlileri Sınavlara Hazırlık ve Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786054074754</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Caferilik</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9789756835562</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel ve Dini Açıdan Rüyalar ve Kabuslar</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786055378189</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Aradığın Şeysin</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786055378271</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Allah’a İman</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786055378530</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Alevi Gözüyle Din Kültürü ve Ahlak Bilgisi</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786055378509</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Aile Problemlerine Hz. Peygamberden Çözümler</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786054074457</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak ve Etik</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
           <t>9786055378448</t>
         </is>
       </c>
-      <c r="B495" s="1" t="inlineStr">
+      <c r="B658" s="1" t="inlineStr">
         <is>
           <t>Ahfeş ve Kıraatler</t>
         </is>
       </c>
-      <c r="C495" s="1">
+      <c r="C658" s="1">
         <v>380</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>