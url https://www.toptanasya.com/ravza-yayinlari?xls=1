--- v0 (2026-02-04)
+++ v1 (2026-03-29)
@@ -85,13720 +85,13795 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255804297</t>
+          <t>9786255804464</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Haşiyetü Takribi’l-Meda ila Şerhi Katri’n-Neda (Ciltli)</t>
+          <t>Dinde Edeb – Vaaz Risalesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1000</v>
+        <v>130</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256715912</t>
+          <t>9786255804495</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu (1. Cilt)</t>
+          <t>Ahirete Dair Sorulara Cevaplar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1000</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255804105</t>
+          <t>9786255804556</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Cevherleri</t>
+          <t>Ruhbanlık Değil Rabbanilik</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258081992</t>
+          <t>9786255804563</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kutsi Hadislerle Öğütler</t>
+          <t>Müslümanların Gerilemesi ile Dünya Neler Kaybetti?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255804198</t>
+          <t>9786255804433</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mu/hafız-ı Kur’an Hazreti Osman</t>
+          <t>Gölgeli Amme Cüzü 30. Cüz</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255995537</t>
+          <t>9786255804297</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Haşiyetü'l-Celali Ala Tefsiri'l-Beyzavi (10 Cilt)</t>
+          <t>Haşiyetü Takribi’l-Meda ila Şerhi Katri’n-Neda (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>10000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255804259</t>
+          <t>9786256715912</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Şerhi</t>
+          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu (1. Cilt)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255804228</t>
+          <t>9786255804105</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumi’d-Din 40 Kitap</t>
+          <t>Kur'an'ın Cevherleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>8130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255804310</t>
+          <t>9786258081992</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dini İlimlerin İhyası Dördüncü Set Kurtarıcı Ameller (10 kitap)</t>
+          <t>Kutsi Hadislerle Öğütler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>2320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257682602</t>
+          <t>9786255804198</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dini İlimlerin İhyası Üçüncü Set Helak Edici Ameller (10 kitap)</t>
+          <t>Mu/hafız-ı Kur’an Hazreti Osman</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1980</v>
+        <v>600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255995766</t>
+          <t>9786255995537</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dini İlimlerin İhyası İkinci Set Sosyal İlişkiler (10 kitap)</t>
+          <t>Haşiyetü'l-Celali Ala Tefsiri'l-Beyzavi (10 Cilt)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1980</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255804327</t>
+          <t>9786255804259</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dini İlimlerin İhyası Birinci Set İbadetler (10 kitap)</t>
+          <t>Esma-i Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>2030</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255995834</t>
+          <t>9786255804228</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dinde Kırk Esas</t>
+          <t>İhyau Ulumi’d-Din 40 Kitap</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>8130</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255804273</t>
+          <t>9786255804310</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kur’an Dili</t>
+          <t>Dini İlimlerin İhyası Dördüncü Set Kurtarıcı Ameller (10 kitap)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255804150</t>
+          <t>9786257682602</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Molla Hüsrev Hayatı ve İlmi Şahsiyeti</t>
+          <t>Dini İlimlerin İhyası Üçüncü Set Helak Edici Ameller (10 kitap)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255804280</t>
+          <t>9786255995766</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İslami, İmani Gerçekler ve Şirk</t>
+          <t>Dini İlimlerin İhyası İkinci Set Sosyal İlişkiler (10 kitap)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255995957</t>
+          <t>9786255804327</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Arifler Meclisi</t>
+          <t>Dini İlimlerin İhyası Birinci Set İbadetler (10 kitap)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255995995</t>
+          <t>9786255995834</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sevgi, Özlem, Ünsiyet ve Rıza</t>
+          <t>Dinde Kırk Esas</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255995643</t>
+          <t>9786255804273</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Camiu Keramati’l-Evliya (4 Cilt Takım)</t>
+          <t>Yeni Kur’an Dili</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>4000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258081329</t>
+          <t>9786255804150</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İman - Küfür Sınırı</t>
+          <t>Şeyhülislam Molla Hüsrev Hayatı ve İlmi Şahsiyeti</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255804082</t>
+          <t>9786255804280</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta İletişim</t>
+          <t>İslami, İmani Gerçekler ve Şirk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255804143</t>
+          <t>9786255995957</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları</t>
+          <t>Arifler Meclisi</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255995032</t>
+          <t>9786255995995</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Özü</t>
+          <t>Sevgi, Özlem, Ünsiyet ve Rıza</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255995964</t>
+          <t>9786255995643</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün ve Diğer Mahlûkatın Yaratılış Hikmetleri</t>
+          <t>Camiu Keramati’l-Evliya (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255995988</t>
+          <t>9786258081329</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Ledün</t>
+          <t>İman - Küfür Sınırı</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255995971</t>
+          <t>9786255804082</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Nurların Nuru Mişkatü'l-Envar</t>
+          <t>Tasavvufta İletişim</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258081480</t>
+          <t>9786255804143</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Alemlerin Sırrı ve İki Dünyada Olanların Keşfi</t>
+          <t>İslam İnanç Esasları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258081985</t>
+          <t>9786255995032</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Tasavvufun Özü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255804068</t>
+          <t>9786255995964</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İman ve İffet Timsali Hanım Sahabiler (Ciltli)</t>
+          <t>Gökyüzünün ve Diğer Mahlûkatın Yaratılış Hikmetleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257682893</t>
+          <t>9786255995988</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tunus’ta Bir Yer</t>
+          <t>İlm-i Ledün</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256715325</t>
+          <t>9786255995971</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şifa-i Şerif (Ciltli)</t>
+          <t>Nurların Nuru Mişkatü'l-Envar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255995902</t>
+          <t>9786258081480</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sen Ençok Kimi Seviyorsun</t>
+          <t>Alemlerin Sırrı ve İki Dünyada Olanların Keşfi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255995889</t>
+          <t>9786258081985</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dua Bilinci Dua’m İman’ıma Şahit Olsun</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257682879</t>
+          <t>9786255804068</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Büyük İmam Ebu Hanife</t>
+          <t>İman ve İffet Timsali Hanım Sahabiler (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255995872</t>
+          <t>9786257682893</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Asr Suresi Nuruyla İman Bilinci</t>
+          <t>Tunus’ta Bir Yer</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256715318</t>
+          <t>9786256715325</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şehit Abdullah Azzam Külliyatı Şehadet Mektebi 11 Kitap</t>
+          <t>Şifa-i Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>2050</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255995896</t>
+          <t>9786255995902</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali Kalbin Eğitimi Serisi (4 Kitap)</t>
+          <t>Sen Ençok Kimi Seviyorsun</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1030</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>4444444443902</t>
+          <t>9786255995889</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali 4'lü Set - 3</t>
+          <t>Dua Bilinci Dua’m İman’ıma Şahit Olsun</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>680</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258081534</t>
+          <t>9786257682879</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar İçin İlim Seti (3 Kitap) (Ciltli)</t>
+          <t>Büyük İmam Ebu Hanife</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255995698</t>
+          <t>9786255995872</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hafızadan Hayata 1001 Hadis</t>
+          <t>Asr Suresi Nuruyla İman Bilinci</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258081206</t>
+          <t>9786256715318</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihin Bilinmeyen Gerçekleri Serisi (4 Kitap)</t>
+          <t>Şehit Abdullah Azzam Külliyatı Şehadet Mektebi 11 Kitap</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1950</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258081978</t>
+          <t>9786255995896</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Ahlak ve Kültürü Serisi (4 Kitap)</t>
+          <t>İmam Gazali Kalbin Eğitimi Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1080</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256715974</t>
+          <t>4444444443902</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ben Hazırım Ya Rabbi</t>
+          <t>İmam Gazali 4'lü Set - 3</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>680</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256715998</t>
+          <t>9786258081534</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali Nefisle Mücadele Seti - İki Şehvetin Kırılması, Hased Kin, Nefsin Terbiyesi (3 Kitap Set)</t>
+          <t>Hanımlar İçin İlim Seti (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>510</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255995001</t>
+          <t>9786255995698</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali – 4’lü Manevi Eğitim Seti</t>
+          <t>Hafızadan Hayata 1001 Hadis</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>940</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255995520</t>
+          <t>9786258081206</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Hastalıklarıyla Mücadele – İmam Gazalî Ahlak Serisi</t>
+          <t>Yakın Tarihin Bilinmeyen Gerçekleri Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>760</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256715981</t>
+          <t>9786258081978</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali Kitapları Seti (15 Kitap)</t>
+          <t>Müslüman Kadının Ahlak ve Kültürü Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>3410</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256715066</t>
+          <t>9786256715974</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali – 4’lü Manevî Rehberlik Seti</t>
+          <t>Ben Hazırım Ya Rabbi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>680</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256715790</t>
+          <t>9786256715998</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gazali Külliyati 47 Kitap Set</t>
+          <t>İmam Gazali Nefisle Mücadele Seti - İki Şehvetin Kırılması, Hased Kin, Nefsin Terbiyesi (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>10240</v>
+        <v>510</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255995513</t>
+          <t>9786255995001</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Okuma Adabı/ Et-Tibyan fi Adabı Hamaletil-Kur’an</t>
+          <t>İmam Gazali – 4’lü Manevi Eğitim Seti</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>940</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255995469</t>
+          <t>9786255995520</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamit - Arakan Rohingyali Şehit</t>
+          <t>Kalbin Hastalıklarıyla Mücadele – İmam Gazalî Ahlak Serisi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>760</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255995438</t>
+          <t>9786256715981</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Rim - Filistinli Şehit</t>
+          <t>İmam Gazali Kitapları Seti (15 Kitap)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255995476</t>
+          <t>9786256715066</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Oğuz - Doğu Türkistanlı Şehit</t>
+          <t>İmam Gazali – 4’lü Manevî Rehberlik Seti</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>680</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255995452</t>
+          <t>9786256715790</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İzzet - Bosnalı Şehit</t>
+          <t>Gazali Külliyati 47 Kitap Set</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>10240</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255995483</t>
+          <t>9786255995513</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yakup - Afganistanlı Şehit</t>
+          <t>Kur’an-ı Kerim Okuma Adabı/ Et-Tibyan fi Adabı Hamaletil-Kur’an</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255995445</t>
+          <t>9786255995469</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Aylan - Suriyeli Şehit</t>
+          <t>Abdülhamit - Arakan Rohingyali Şehit</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259901374</t>
+          <t>9786255995438</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Müsnedü’l-İmam Ebi Hanife en-Numan</t>
+          <t>Rim - Filistinli Şehit</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786250024379</t>
+          <t>9786255995476</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i Ebed Müddet: Saliha Eş , Hayırlı Evlat! “Son Kalemiz Aile”</t>
+          <t>Oğuz - Doğu Türkistanlı Şehit</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255995261</t>
+          <t>9786255995452</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Annem Yuvamızın Şefkati</t>
+          <t>İzzet - Bosnalı Şehit</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255995278</t>
+          <t>9786255995483</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yuvam Aile Sıcaklığı</t>
+          <t>Yakup - Afganistanlı Şehit</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255995254</t>
+          <t>9786255995445</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Babam Evimizin Direği</t>
+          <t>Aylan - Suriyeli Şehit</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256715462</t>
+          <t>9786259901374</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İhya-u Ulumid-din Tahkikli ve Tahriçli Tercüme</t>
+          <t>Müsnedü’l-İmam Ebi Hanife en-Numan</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>5000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255995179</t>
+          <t>9786250024379</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mistik Hayvan Hikayeleri</t>
+          <t>Devlet-i Ebed Müddet: Saliha Eş , Hayırlı Evlat! “Son Kalemiz Aile”</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255995148</t>
+          <t>9786255995261</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Hayvan Hikayeleri</t>
+          <t>Annem Yuvamızın Şefkati</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255995155</t>
+          <t>9786255995278</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Hayvan Hikayeleri</t>
+          <t>Yuvam Aile Sıcaklığı</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255995162</t>
+          <t>9786255995254</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Hayvan Hikayeleri</t>
+          <t>Babam Evimizin Direği</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256715875</t>
+          <t>9786256715462</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tehafütü’l Felasife Filozofların Tutarsızlığı</t>
+          <t>İhya-u Ulumid-din Tahkikli ve Tahriçli Tercüme</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256715813</t>
+          <t>9786255995179</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çağımız Müslümanına İslami Vaazlar (Ciltli)</t>
+          <t>Mistik Hayvan Hikayeleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256715882</t>
+          <t>9786255995148</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Fahr-i Alem Peygamberimizin Hayatı</t>
+          <t>Seçkin Hayvan Hikayeleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255995124</t>
+          <t>9786255995155</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Siyerden Hayata Hz. Peygamberden Gençlere</t>
+          <t>Esrarlı Hayvan Hikayeleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256715943</t>
+          <t>9786255995162</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyete Öğrenci Hareketleri 1</t>
+          <t>Gizemli Hayvan Hikayeleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256715967</t>
+          <t>9786256715875</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Dönemi Türkiye’de Gençlik Hareketleri 2</t>
+          <t>Tehafütü’l Felasife Filozofların Tutarsızlığı</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256715929</t>
+          <t>9786256715813</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Sure İsimleri ve Anlamları</t>
+          <t>Çağımız Müslümanına İslami Vaazlar (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256715950</t>
+          <t>9786256715882</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>1960 Yılı Sonrası Türkiye’de Gençlik Hareketleri 3</t>
+          <t>Fahr-i Alem Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255995070</t>
+          <t>9786255995124</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Kadın ve Aile İlmihali</t>
+          <t>Siyerden Hayata Hz. Peygamberden Gençlere</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256715899</t>
+          <t>9786256715943</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Kuranı Kerimden Öğren</t>
+          <t>Osmanlı’dan Cumhuriyete Öğrenci Hareketleri 1</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255995025</t>
+          <t>9786256715967</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İzzetin ve Hakimiyetin Tek Anahtarı Cihad</t>
+          <t>Modernleşme Dönemi Türkiye’de Gençlik Hareketleri 2</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256715639</t>
+          <t>9786256715929</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Vehhabiliğe Reddiye</t>
+          <t>Kur’an-ı Kerim Sure İsimleri ve Anlamları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057442901</t>
+          <t>9786256715950</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Giden Yol</t>
+          <t>1960 Yılı Sonrası Türkiye’de Gençlik Hareketleri 3</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256715844</t>
+          <t>9786255995070</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Güncel Kelam Tartışmaları [II]</t>
+          <t>Delilleriyle Kadın ve Aile İlmihali</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256715837</t>
+          <t>9786256715899</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Güncel Kelam Tartışmaları [I]</t>
+          <t>Arapçayı Kuranı Kerimden Öğren</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256715738</t>
+          <t>9786255995025</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Vakt-i Kıyam</t>
+          <t>İzzetin ve Hakimiyetin Tek Anahtarı Cihad</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256715851</t>
+          <t>9786256715639</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Buzullara Üflemek</t>
+          <t>Vehhabiliğe Reddiye</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258081947</t>
+          <t>9786057442901</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Menakıpname-i Şeyh Muhammed Kazım Aydın (k.s.)</t>
+          <t>Allah’a Giden Yol</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257229067</t>
+          <t>9786256715844</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Buharalı Cengaver Zaferhan</t>
+          <t>Güncel Kelam Tartışmaları [II]</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256715615</t>
+          <t>9786256715837</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüş Hareketi'nin Kıbrıs Politikası</t>
+          <t>Güncel Kelam Tartışmaları [I]</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256715769</t>
+          <t>9786256715738</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Faslu’l-Hitab fi Mevafiki’l-Eshab</t>
+          <t>Vakt-i Kıyam</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256715776</t>
+          <t>9786256715851</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>El-İcabetü’l-Bahira</t>
+          <t>Buzullara Üflemek</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256715806</t>
+          <t>9786258081947</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gölgeli Kur’an-ı Kerim - Kalemle Yazılabilen Kur’an-ı Kerim (Ciltli)</t>
+          <t>Menakıpname-i Şeyh Muhammed Kazım Aydın (k.s.)</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256715417</t>
+          <t>9786257229067</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umrenin Tüm Duaları</t>
+          <t>Buharalı Cengaver Zaferhan</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256715585</t>
+          <t>9786256715615</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Evlilik ve Aile Mutluluğu</t>
+          <t>Milli Görüş Hareketi'nin Kıbrıs Politikası</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256715394</t>
+          <t>9786256715769</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tibyan Kur’an Okuma Adapları (Ciltli)</t>
+          <t>Faslu’l-Hitab fi Mevafiki’l-Eshab</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256715172</t>
+          <t>9786256715776</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>El Lübab Hanefi Fıkhı 2 Cilt (Ciltli)</t>
+          <t>El-İcabetü’l-Bahira</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>2000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786058147140</t>
+          <t>9786256715806</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kaynak'tan Damlalar Hidayet, Mutluluk Yolu Rehberi?</t>
+          <t>Gölgeli Kur’an-ı Kerim - Kalemle Yazılabilen Kur’an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786058147157</t>
+          <t>9786256715417</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kaynak'tan Damlalar Kim?</t>
+          <t>Hac ve Umrenin Tüm Duaları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256715448</t>
+          <t>9786256715585</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sema ve Vecd Adabı</t>
+          <t>İslam’da Evlilik ve Aile Mutluluğu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256715431</t>
+          <t>9786256715394</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Tevekkül</t>
+          <t>Tibyan Kur’an Okuma Adapları (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256715424</t>
+          <t>9786256715172</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Uzlete Çekilmenin Adabı</t>
+          <t>El Lübab Hanefi Fıkhı 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>3339876064139</t>
+          <t>9786058147140</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Cihad Öğretmeni Şehid Dr. Abdullah Azzam Külliyatı (11 Kitap Takım)</t>
+          <t>Kaynak'tan Damlalar Hidayet, Mutluluk Yolu Rehberi?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1540</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256715370</t>
+          <t>9786058147157</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Saliha Annelik Üzerine Tefekkür</t>
+          <t>Kaynak'tan Damlalar Kim?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256409668</t>
+          <t>9786256715448</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Etkili Olunan Dualar</t>
+          <t>Sema ve Vecd Adabı</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256715400</t>
+          <t>9786256715431</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Gölgeli Kur'an-ı Kerim / Kalemle Yazılabilen Bilgisayar Hatlı Yazı Mushafı (Ciltli)</t>
+          <t>Tevhid ve Tevekkül</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256409989</t>
+          <t>9786256715424</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Huzurun Gerçek Yolu</t>
+          <t>Uzlete Çekilmenin Adabı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256715332</t>
+          <t>3339876064139</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Edebü'd Dünya ve'd Din (Ciltli)</t>
+          <t>Cihad Öğretmeni Şehid Dr. Abdullah Azzam Külliyatı (11 Kitap Takım)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>900</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256409569</t>
+          <t>9786256715370</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Muvazzah İlmi Kelam Dersleri</t>
+          <t>Saliha Annelik Üzerine Tefekkür</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256409200</t>
+          <t>9786256409668</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (S.A.V.)'in Tevhid Mücadelesi (Ciltli)</t>
+          <t>Etkili Olunan Dualar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258081701</t>
+          <t>9786256715400</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Evlenme Adabı ve Evlilik Hükümleri</t>
+          <t>Gölgeli Kur'an-ı Kerim / Kalemle Yazılabilen Bilgisayar Hatlı Yazı Mushafı (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786058021198</t>
+          <t>9786256409989</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Edebü'd Dünya ve'd Din</t>
+          <t>Başarı ve Huzurun Gerçek Yolu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>3339876064148</t>
+          <t>9786256715332</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şerhul Muğni Arapça (2 Renk) (Ciltli)</t>
+          <t>Edebü'd Dünya ve'd Din (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256409705</t>
+          <t>9786256409569</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İslam Kelamında Siyaset ve İmamet Tartışmaları</t>
+          <t>Muvazzah İlmi Kelam Dersleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256409712</t>
+          <t>9786256409200</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Siyasal Düşüncesinin Oluşumu</t>
+          <t>Hz. Muhammed (S.A.V.)'in Tevhid Mücadelesi (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>600</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256409972</t>
+          <t>9786258081701</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ta'limü'l Müteallim</t>
+          <t>Evlenme Adabı ve Evlilik Hükümleri</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256715035</t>
+          <t>9786058021198</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Taharetin Önemi ve Sırları</t>
+          <t>Edebü'd Dünya ve'd Din</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256409965</t>
+          <t>3339876064148</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Rahman Suresi Işığında İnsanın Hakikat Arayışı</t>
+          <t>Şerhul Muğni Arapça (2 Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256715042</t>
+          <t>9786256409705</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mal Sevgisinin ve Cimriliğin Kötülenmesi</t>
+          <t>İslam Kelamında Siyaset ve İmamet Tartışmaları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256715059</t>
+          <t>9786256409712</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kibir ve Kendini Beğenmenin Kötülenmesi</t>
+          <t>Ehl-i Sünnet Siyasal Düşüncesinin Oluşumu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256409750</t>
+          <t>9786256409972</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Cinsiyet, Cinsellik ve Evlilik</t>
+          <t>Ta'limü'l Müteallim</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256409873</t>
+          <t>9786256715035</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Bilim</t>
+          <t>Taharetin Önemi ve Sırları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256715028</t>
+          <t>9786256409965</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Eserut-Ticahi’l-Belağa fi fehmi’n-Nusus</t>
+          <t>Rahman Suresi Işığında İnsanın Hakikat Arayışı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256409880</t>
+          <t>9786256715042</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteden Medreseye Betül</t>
+          <t>Mal Sevgisinin ve Cimriliğin Kötülenmesi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256715011</t>
+          <t>9786256715059</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Minhacu - Din ve Tasavvuf Yolu</t>
+          <t>Kibir ve Kendini Beğenmenin Kötülenmesi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256409903</t>
+          <t>9786256409750</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ablamın Şiirleri (Ciltli)</t>
+          <t>İslam'da Cinsiyet, Cinsellik ve Evlilik</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256409606</t>
+          <t>9786256409873</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Muhtasarı Tecrid-i Sarih ve Tercemesi (2 Cilt - Tahkikli) (Ciltli)</t>
+          <t>İslam ve Bilim</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256409576</t>
+          <t>9786256715028</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Müslim Muhtasarı ve Tercümesi (Ciltli)</t>
+          <t>Eserut-Ticahi’l-Belağa fi fehmi’n-Nusus</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256409897</t>
+          <t>9786256409880</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ablamın Yolu (Ciltli)</t>
+          <t>Üniversiteden Medreseye Betül</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256409927</t>
+          <t>9786256715011</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Akrep</t>
+          <t>Minhacu - Din ve Tasavvuf Yolu</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256409866</t>
+          <t>9786256409903</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Cihadın Fazileti</t>
+          <t>Ablamın Şiirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256409859</t>
+          <t>9786256409606</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Emperyalist İşgallere Karşı Topraklarımızı Savunmak</t>
+          <t>Sahih-i Buhari Muhtasarı Tecrid-i Sarih ve Tercemesi (2 Cilt - Tahkikli) (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256409934</t>
+          <t>9786256409576</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Cihad Dünya Gündeminde</t>
+          <t>Sahih-i Müslim Muhtasarı ve Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256409941</t>
+          <t>9786256409897</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Afgan Cihadında İlahi Yardımlar</t>
+          <t>Ablamın Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256409835</t>
+          <t>9786256409927</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Halkın Cihadı</t>
+          <t>Kızıl Akrep</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256409804</t>
+          <t>9786256409866</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsanlığın Geleceği</t>
+          <t>İslam’da Cihadın Fazileti</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256409729</t>
+          <t>9786256409859</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Siretü Hatemi’n Nebiyyin (Ciltli)</t>
+          <t>Emperyalist İşgallere Karşı Topraklarımızı Savunmak</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257810500</t>
+          <t>9786256409934</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sera’ul Mana fi’l Kur’an-i Kerim</t>
+          <t>Cihad Dünya Gündeminde</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258081435</t>
+          <t>9786256409941</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Gömlek</t>
+          <t>Afgan Cihadında İlahi Yardımlar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256409842</t>
+          <t>9786256409835</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Cihad Kervanı</t>
+          <t>Müslüman Halkın Cihadı</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256409828</t>
+          <t>9786256409804</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Cihad Ahkamı</t>
+          <t>İslam ve İnsanlığın Geleceği</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256409644</t>
+          <t>9786256409729</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Lozan'a Hayır Diyenler</t>
+          <t>Siretü Hatemi’n Nebiyyin (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256409811</t>
+          <t>9786257810500</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İslam Akidesinin Özellikleri</t>
+          <t>Sera’ul Mana fi’l Kur’an-i Kerim</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258081855</t>
+          <t>9786258081435</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İlcamü’l-Avam An İlmi’l-Kelam</t>
+          <t>Kanlı Gömlek</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256409743</t>
+          <t>9786256409842</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Fatihi - Abdurrahman Gazi</t>
+          <t>Cihad Kervanı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256409736</t>
+          <t>9786256409828</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Mezhebine Göre İbadetler Fıkhı</t>
+          <t>Cihad Ahkamı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256409699</t>
+          <t>9786256409644</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Hadis ve Sünneti Bağlamında İslam Medeniyeti</t>
+          <t>Lozan'a Hayır Diyenler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256409675</t>
+          <t>9786256409811</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hicaz - Mekan ve Mana Rehberi (Ciltli)</t>
+          <t>İslam Akidesinin Özellikleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256409682</t>
+          <t>9786258081855</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yavru Vatan Kıbrıs Büyük İsrail Olmasın!</t>
+          <t>İlcamü’l-Avam An İlmi’l-Kelam</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>3339876064011</t>
+          <t>9786256409743</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Özel Tarasrimli Huzur Ajandası - Beni Cennete Götürecek Dostlarım Var (Ciltli)</t>
+          <t>Erzurum Fatihi - Abdurrahman Gazi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258081695</t>
+          <t>9786256409736</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hased, Kin ve Öfkenin Afetleri</t>
+          <t>Hanefi Mezhebine Göre İbadetler Fıkhı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257810401</t>
+          <t>9786256409699</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hz. Meryem</t>
+          <t>Hz. Peygamber’in Hadis ve Sünneti Bağlamında İslam Medeniyeti</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256409408</t>
+          <t>9786256409675</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Nefis Gerçeği</t>
+          <t>Hicaz - Mekan ve Mana Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256409316</t>
+          <t>9786256409682</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Son Osmanlı Kadir Mısıroğlu</t>
+          <t>Yavru Vatan Kıbrıs Büyük İsrail Olmasın!</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256409422</t>
+          <t>3339876064011</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Varoluş</t>
+          <t>Özel Tarasrimli Huzur Ajandası - Beni Cennete Götürecek Dostlarım Var (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256409255</t>
+          <t>9786258081695</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Cahili Karanlıktan Vahyin Aydınlığına</t>
+          <t>Hased, Kin ve Öfkenin Afetleri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256409293</t>
+          <t>9786257810401</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Sosyolojik İkazlar</t>
+          <t>Hz. Meryem</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256409262</t>
+          <t>9786256409408</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Şuuru</t>
+          <t>İnsan ve Nefis Gerçeği</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256409224</t>
+          <t>9786256409316</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İnsanlarla İyi Geçinebilme Sanatı</t>
+          <t>Son Osmanlı Kadir Mısıroğlu</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258081596</t>
+          <t>9786256409422</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hadis İnkarcılarına Cevaplar</t>
+          <t>Ahlak ve Varoluş</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258081602</t>
+          <t>9786256409255</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ateist İtirazlara Cevaplar</t>
+          <t>Cahili Karanlıktan Vahyin Aydınlığına</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258081589</t>
+          <t>9786256409293</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Uydurulmuş Dine Çağıran Adama Cevap</t>
+          <t>Kur'an'da Sosyolojik İkazlar</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258081558</t>
+          <t>9786256409262</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Modernist ve Oryantalist İddialara Cevaplar</t>
+          <t>Kulluk Şuuru</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258081428</t>
+          <t>9786256409224</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mealist İddialara Cevaplar</t>
+          <t>İnsanlarla İyi Geçinebilme Sanatı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057279422</t>
+          <t>9786258081596</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muaviye Müdafaası</t>
+          <t>Hadis İnkarcılarına Cevaplar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057279453</t>
+          <t>9786258081602</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Akıl Kitabı - 9</t>
+          <t>Ateist İtirazlara Cevaplar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256409231</t>
+          <t>9786258081589</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İslam Fıkhında Gayrimüslimlerle Ferdi Münasebetler</t>
+          <t>Uydurulmuş Dine Çağıran Adama Cevap</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258081756</t>
+          <t>9786258081558</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Çokça Nafile İbadet Etmenin Hükmü</t>
+          <t>Modernist ve Oryantalist İddialara Cevaplar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256409217</t>
+          <t>9786258081428</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Nur Suresi Tefsiri Ve Hükümleri</t>
+          <t>Mealist İddialara Cevaplar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>900</v>
+        <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258081824</t>
+          <t>9786057279422</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Hayret Uyandıran Halleri</t>
+          <t>Hazreti Muaviye Müdafaası</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057279439</t>
+          <t>9786057279453</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Günahları Silen Söz ve Davranışlar</t>
+          <t>Akıl Kitabı - 9</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258081923</t>
+          <t>9786256409231</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Tercüme Ve Şerhi 1. Cilt (Ciltli)</t>
+          <t>İslam Fıkhında Gayrimüslimlerle Ferdi Münasebetler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>1000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258081961</t>
+          <t>9786258081756</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Tercüme Ve Şerhi 3. Cilt (Ciltli)</t>
+          <t>Çokça Nafile İbadet Etmenin Hükmü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258081930</t>
+          <t>9786256409217</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Tercüme Ve Şerhi 2. Cilt (Ciltli)</t>
+          <t>Nur Suresi Tefsiri Ve Hükümleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>1000</v>
+        <v>900</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258081886</t>
+          <t>9786258081824</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Cennet Bahçeleri İmanın Hakikatleri</t>
+          <t>Kalbin Hayret Uyandıran Halleri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258081626</t>
+          <t>9786057279439</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ta’Limu’d-Din</t>
+          <t>Günahları Silen Söz ve Davranışlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057279408</t>
+          <t>9786258081923</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Şir’Atü’l İslam (Ciltli)</t>
+          <t>Sahih-i Buhari Tercüme Ve Şerhi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258081398</t>
+          <t>9786258081961</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatu Silsileti Es-Seyyid Süleyman El-Halidi En-Nakşibendi</t>
+          <t>Sahih-i Buhari Tercüme Ve Şerhi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258081879</t>
+          <t>9786258081930</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Doğru Bir Namaz Nasıl Kılınır?</t>
+          <t>Sahih-i Buhari Tercüme Ve Şerhi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258081954</t>
+          <t>9786258081886</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Keşfü’l Mufassal (Ciltli)</t>
+          <t>Cennet Bahçeleri İmanın Hakikatleri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258081893</t>
+          <t>9786258081626</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çocukken Ölenlerin Durumu ve Anne-Babalarına Faydaları</t>
+          <t>Ta’Limu’d-Din</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258081817</t>
+          <t>9786057279408</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Nefsin Terbiyesi ve Ahlakın Güzelleştirilmesi</t>
+          <t>Şir’Atü’l İslam (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258081862</t>
+          <t>9786258081398</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Helaller ve Haramlar</t>
+          <t>Mecmuatu Silsileti Es-Seyyid Süleyman El-Halidi En-Nakşibendi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258081909</t>
+          <t>9786258081879</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Medine Sevgisi</t>
+          <t>Doğru Bir Namaz Nasıl Kılınır?</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258081688</t>
+          <t>9786258081954</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Ümit</t>
+          <t>Keşfü’l Mufassal (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258081671</t>
+          <t>9786258081893</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Rivayetler Işığında Nafile Namazlar</t>
+          <t>Çocukken Ölenlerin Durumu ve Anne-Babalarına Faydaları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258081718</t>
+          <t>9786258081817</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Akaid Esasları</t>
+          <t>Nefsin Terbiyesi ve Ahlakın Güzelleştirilmesi</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258081831</t>
+          <t>9786258081862</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Gafletin Kötülenmesi</t>
+          <t>Helaller ve Haramlar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258081763</t>
+          <t>9786258081909</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bidayetü’l Hidaye - Kurtuluş Yolu</t>
+          <t>Medine Sevgisi</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258081770</t>
+          <t>9786258081688</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Adabı</t>
+          <t>Korku ve Ümit</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258081787</t>
+          <t>9786258081671</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Müsned</t>
+          <t>Rivayetler Işığında Nafile Namazlar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258081848</t>
+          <t>9786258081718</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kötülenmesi</t>
+          <t>Akaid Esasları</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258081800</t>
+          <t>9786258081831</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sabır ve Şükür</t>
+          <t>Gurur ve Gafletin Kötülenmesi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258081725</t>
+          <t>9786258081763</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Sahabilerin Hayatı</t>
+          <t>Bidayetü’l Hidaye - Kurtuluş Yolu</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258081381</t>
+          <t>9786258081770</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Müftünün Hatıraları</t>
+          <t>Yolculuk Adabı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258081619</t>
+          <t>9786258081787</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Deryadan Soru Cevaplar</t>
+          <t>Müsned</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258081497</t>
+          <t>9786258081848</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sahihi Buhari Muhtasarı - Tecrid-i Sahih Kürtçe Tercümesi Gula Curi Muxtesera Sehiha Buxari (Ciltli)</t>
+          <t>Dünyanın Kötülenmesi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>1500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258081541</t>
+          <t>9786258081800</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İtikadda İtidal</t>
+          <t>Sabır ve Şükür</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258081572</t>
+          <t>9786258081725</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İci Tefsiri - Tahkiku't-Tefsir fi Teksiri't-Tenvir - تفسير الإيجي (Ciltli)</t>
+          <t>Seçkin Sahabilerin Hayatı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>1500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258081657</t>
+          <t>9786258081381</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Halilu’r-Rahman Hz. İbrahim</t>
+          <t>Bir Müftünün Hatıraları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258081473</t>
+          <t>9786258081619</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Hamidiyye</t>
+          <t>Deryadan Soru Cevaplar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258081404</t>
+          <t>9786258081497</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Nebevi İklim</t>
+          <t>Sahihi Buhari Muhtasarı - Tecrid-i Sahih Kürtçe Tercümesi Gula Curi Muxtesera Sehiha Buxari (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>500</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258081640</t>
+          <t>9786258081541</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Konulu Hadis Metinleri</t>
+          <t>İtikadda İtidal</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258081664</t>
+          <t>9786258081572</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İki Şehvetin Kırılması</t>
+          <t>İci Tefsiri - Tahkiku't-Tefsir fi Teksiri't-Tenvir - تفسير الإيجي (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258081374</t>
+          <t>9786258081657</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İbn Şihab Ez-Zühri</t>
+          <t>Halilu’r-Rahman Hz. İbrahim</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257580755</t>
+          <t>9786258081473</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ahkamu'l Kur'an (8 Cilt) (Ciltli)</t>
+          <t>Risale-i Hamidiyye</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>8000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258081411</t>
+          <t>9786258081404</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Emin Saraç Hocaefendi</t>
+          <t>Nebevi İklim</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>3339876062974</t>
+          <t>9786258081640</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yesil Renk Kur’an-i Kerim Bilgisayar Hatlı Orta Boy (Ciltli)</t>
+          <t>Konulu Hadis Metinleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>3339876062975</t>
+          <t>9786258081664</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bordo Renkli Kur’an-i Kerim Bilgisayar Hatlı Orta Boy (Ciltli)</t>
+          <t>İki Şehvetin Kırılması</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>3330000026683</t>
+          <t>9786258081374</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Fıkhu's-Sire - Resulullah'ın Hayatı ve Daveti (Şamua Kağıt) (Ciltli)</t>
+          <t>İbn Şihab Ez-Zühri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>3330000028635</t>
+          <t>9786257580755</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Temel Şafii Fıkhı (2 Cilt Takım - Şamua) (Ciltli)</t>
+          <t>Ahkamu'l Kur'an (8 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>1500</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258081251</t>
+          <t>9786258081411</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Theodor Herzl</t>
+          <t>Mehmet Emin Saraç Hocaefendi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054818693</t>
+          <t>3339876062974</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kolay Arapça Dersleri (3 Kitap Takım - Citli) (Ciltli)</t>
+          <t>Yesil Renk Kur’an-i Kerim Bilgisayar Hatlı Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>3000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054411023</t>
+          <t>3339876062975</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Şura</t>
+          <t>Bordo Renkli Kur’an-i Kerim Bilgisayar Hatlı Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>3330000030871</t>
+          <t>3330000026683</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair</t>
+          <t>Fıkhu's-Sire - Resulullah'ın Hayatı ve Daveti (Şamua Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>3339876062434</t>
+          <t>3330000028635</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Et-Tarif Bitarihi Masadari’l Hadis’in-Nebebiyyi’ş- Şerif (Ciltli)</t>
+          <t>Temel Şafii Fıkhı (2 Cilt Takım - Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258081220</t>
+          <t>9786258081251</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Et-Tebsira fi Kavaidi’l Kitabeti’l Arabiyeti’l Müyessera</t>
+          <t>Theodor Herzl</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>3330000013121</t>
+          <t>9786054818693</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi El Kitabı (Ciltli)</t>
+          <t>Kolay Arapça Dersleri (3 Kitap Takım - Citli) (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>800</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057577832</t>
+          <t>9786054411023</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali</t>
+          <t>İslam’da Şura</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054411337</t>
+          <t>3330000030871</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet Dersleri 1 (2. Hamur) (Ciltli)</t>
+          <t>Hayata Dair</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258081268</t>
+          <t>3339876062434</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Mantık</t>
+          <t>Et-Tarif Bitarihi Masadari’l Hadis’in-Nebebiyyi’ş- Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258081176</t>
+          <t>9786258081220</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>El-Kavaninü'l Fıkhiyye cilt 2 (Ciltli)</t>
+          <t>Et-Tebsira fi Kavaidi’l Kitabeti’l Arabiyeti’l Müyessera</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>2000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257580731</t>
+          <t>3330000013121</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'e Ses Ver!</t>
+          <t>Çocuk Eğitimi El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257682930</t>
+          <t>9786057577832</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumi'd-Din 4 Cilt (Ciltli)</t>
+          <t>Büyük İslam İlmihali</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>4000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257810555</t>
+          <t>9786054411337</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumi'd - Din 4 Cilt (Ciltli)</t>
+          <t>Asr-ı Saadet Dersleri 1 (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>5000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258081244</t>
+          <t>9786258081268</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Terğib ve Terhib (Ciltli - İthal)</t>
+          <t>Mantık</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054811816</t>
+          <t>9786258081176</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Muvazzah İlmi Kelam Ehli Sünnet İtikadı</t>
+          <t>El-Kavaninü'l Fıkhiyye cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>300</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257980029</t>
+          <t>9786257580731</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi (Şamua) (Ciltli)</t>
+          <t>Kudüs'e Ses Ver!</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>4440000000487</t>
+          <t>9786257682930</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Kadın İlmihali (Ciltli)</t>
+          <t>İhyau Ulumi'd-Din 4 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>600</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257810425</t>
+          <t>9786257810555</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Riyazü’s Salihin (Tek Cilt - Küçük Boy - Şamua) (Ciltli)</t>
+          <t>İhyau Ulumi'd - Din 4 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>900</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>3330000025926</t>
+          <t>9786258081244</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar İçin Asr-ı Saadet Dersleri 1 (2. Hamur) (Ciltli)</t>
+          <t>Muhtasar Terğib ve Terhib (Ciltli - İthal)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054818020</t>
+          <t>9786054811816</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>IV. Halife Hz. Ali (ra) Hayatı - Şahsiyeti - Dönemi (Ciltli)</t>
+          <t>Muvazzah İlmi Kelam Ehli Sünnet İtikadı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054818075</t>
+          <t>9786257980029</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi - İslam Tarihi Asrı Saadet Medine Dönemi (2 Cilt Takım, Şamua) (Ciltli)</t>
+          <t>Kalplerin Keşfi (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>2000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>3339876062906</t>
+          <t>4440000000487</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Ali Muhammed Sallabi - 14 Kitap</t>
+          <t>Delilleriyle Kadın İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>6500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9280000009086</t>
+          <t>9786257810425</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Davette Fikri Hastalıklar</t>
+          <t>Riyazü’s Salihin (Tek Cilt - Küçük Boy - Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>3330000021740</t>
+          <t>3330000025926</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancı</t>
+          <t>Hanımlar İçin Asr-ı Saadet Dersleri 1 (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>3330000009268</t>
+          <t>9786054818020</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İslam Işığında Hareketler ve İdeolojiler</t>
+          <t>IV. Halife Hz. Ali (ra) Hayatı - Şahsiyeti - Dönemi (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789756500170</t>
+          <t>9786054818075</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesine Giriş</t>
+          <t>Siyer-i Nebi - İslam Tarihi Asrı Saadet Medine Dönemi (2 Cilt Takım, Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>300</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257895255</t>
+          <t>3339876062906</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İyiliği Emretmek ve Kötülükten Sakındırmak</t>
+          <t>İslam Tarihi Ali Muhammed Sallabi - 14 Kitap</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>1002364102379</t>
+          <t>9280000009086</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif - İman ve Aksiyon Adamı</t>
+          <t>İslam'a Davette Fikri Hastalıklar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059261289</t>
+          <t>3330000021740</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne - Gençler İçin</t>
+          <t>İslam İnancı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257980982</t>
+          <t>3330000009268</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kitabu'l - İlim - İlmin ve İlim Ehlinin Fazileti</t>
+          <t>İslam Işığında Hareketler ve İdeolojiler</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059261906</t>
+          <t>9789756500170</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kısasun Nebiyyin Lil - Etfal (Arapça - Roman Boy) (Ciltli)</t>
+          <t>İslam Düşüncesine Giriş</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9280000009048</t>
+          <t>9786257895255</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İdeolojilerin Çöküşü ve İslamın Evrenselliği</t>
+          <t>İyiliği Emretmek ve Kötülükten Sakındırmak</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257895781</t>
+          <t>1002364102379</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İdeolojiler ve Arka Bahçeleri</t>
+          <t>Mehmed Akif - İman ve Aksiyon Adamı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>3330000035972</t>
+          <t>9786059261289</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Islahu’l Medaris</t>
+          <t>Kelile ve Dimne - Gençler İçin</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257980203</t>
+          <t>9786257980982</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kimyayı Saadet - Mutluluğun Sırları (2. Hamur)</t>
+          <t>Kitabu'l - İlim - İlmin ve İlim Ehlinin Fazileti</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057577214</t>
+          <t>9786059261906</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu - 8 Cilt (Ciltli)</t>
+          <t>Kısasun Nebiyyin Lil - Etfal (Arapça - Roman Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>5000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9280000008997</t>
+          <t>9280000009048</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu İslami Eğitim</t>
+          <t>İdeolojilerin Çöküşü ve İslamın Evrenselliği</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257895743</t>
+          <t>9786257895781</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Örnek İnsan - Üsve-i Hasene</t>
+          <t>İdeolojiler ve Arka Bahçeleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257682510</t>
+          <t>3330000035972</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Helal Kazanç ve Geçim Adabı</t>
+          <t>Islahu’l Medaris</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257810364</t>
+          <t>9786257980203</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Hz. Muhammed'in Aile Hayatı</t>
+          <t>Kimyayı Saadet - Mutluluğun Sırları (2. Hamur)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052154700</t>
+          <t>9786057577214</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hayru’l Hedy Hedyi Muhammed - Seçme Hadisler</t>
+          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu - 8 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>800</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257895620</t>
+          <t>9280000008997</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Haşiyetü'l Ebrar Ala Tefsiri'l Mühmel El Müsemma Dürrü'l Esrar - 2 Cilt Takım (Ciltli)</t>
+          <t>Koruyucu İslami Eğitim</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>3000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052154489</t>
+          <t>9786257895743</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İlim Kavramı</t>
+          <t>Kur'an ve Sünnet Işığında Örnek İnsan - Üsve-i Hasene</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>1002364103179</t>
+          <t>9786257682510</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Ateş</t>
+          <t>Helal Kazanç ve Geçim Adabı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786058564626</t>
+          <t>9786257810364</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da ve Hadislerde Belirtilen Kıyamet Alametlerine Mukayeseli Bir Yaklaşım</t>
+          <t>Kur'an'a Göre Hz. Muhammed'in Aile Hayatı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052154908</t>
+          <t>9786052154700</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar - 10 Kitap Kutulu</t>
+          <t>Hayru’l Hedy Hedyi Muhammed - Seçme Hadisler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>1600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>3330000020653</t>
+          <t>9786257895620</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Yüce Meali (Hafız Boy 1. Hamur Metinsiz)</t>
+          <t>Haşiyetü'l Ebrar Ala Tefsiri'l Mühmel El Müsemma Dürrü'l Esrar - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>350</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786058021181</t>
+          <t>9786052154489</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Küçükağa - Gerçek Bir Muasır İslam Davetçisi</t>
+          <t>Kur'an'da İlim Kavramı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>1500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257682503</t>
+          <t>1002364103179</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerimi Okuma Adabı</t>
+          <t>Gül ve Ateş</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257810265</t>
+          <t>9786058564626</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Fi Balati Hirakl Hadisi Ebi Süfyan</t>
+          <t>Kur'an'da ve Hadislerde Belirtilen Kıyamet Alametlerine Mukayeseli Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>3330000026366</t>
+          <t>9786052154908</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Fıkhu's-Sire - Resulullah'ın Hayatı ve Daveti (İthal Kağıt) (Ciltli)</t>
+          <t>Gökteki Yıldızlar - 10 Kitap Kutulu</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>800</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789756500880</t>
+          <t>3330000020653</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Faiz</t>
+          <t>Kur'an-ı Kerim'in Yüce Meali (Hafız Boy 1. Hamur Metinsiz)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>3330000024935</t>
+          <t>9786058021181</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Et-Ta’bir</t>
+          <t>Mehmet Küçükağa - Gerçek Bir Muasır İslam Davetçisi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>350</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257980012</t>
+          <t>9786257682503</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>En-Nahvu'l Vadıh (Liseler İçin)</t>
+          <t>Kur'an-ı Kerimi Okuma Adabı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9280000008898</t>
+          <t>9786257810265</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif ve İnanan İnsan</t>
+          <t>Fi Balati Hirakl Hadisi Ebi Süfyan</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257810258</t>
+          <t>3330000026366</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>El-Üsvetü'l Hasene</t>
+          <t>Fıkhu's-Sire - Resulullah'ın Hayatı ve Daveti (İthal Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>125</v>
+        <v>800</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057577481</t>
+          <t>9789756500880</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>El-Miftah Serhu Nuri’l Izah Nuru’l Izah Tercüme ve Şerhi (Ciltli)</t>
+          <t>Faiz</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>600</v>
+        <v>125</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>3330000032491</t>
+          <t>3330000024935</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Metnüz - Zübed (Şafi Fıkhı - Manzum) Arapça</t>
+          <t>Et-Ta’bir</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257810746</t>
+          <t>9786257980012</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>الحركة الاسلامية - el-Hareketü’l İslamiyye</t>
+          <t>En-Nahvu'l Vadıh (Liseler İçin)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>70</v>
+        <v>600</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789756161395</t>
+          <t>9280000008898</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>El-Esmaü'l Hüsna</t>
+          <t>Mehmed Akif ve İnanan İnsan</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052154236</t>
+          <t>9786257810258</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Hayatü's Sahabe (İthal Kağıt) (Ciltli)</t>
+          <t>El-Üsvetü'l Hasene</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059261586</t>
+          <t>9786057577481</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Meşhur Külliyatı (18 Kitap - Kutulu)</t>
+          <t>El-Miftah Serhu Nuri’l Izah Nuru’l Izah Tercüme ve Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>4130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059261012</t>
+          <t>3330000032491</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>El-Munkız Mine'd-Dalal</t>
+          <t>Metnüz - Zübed (Şafi Fıkhı - Manzum) Arapça</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9280000011942</t>
+          <t>9786257810746</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Siyasal Hakları</t>
+          <t>الحركة الاسلامية - el-Hareketü’l İslamiyye</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257895644</t>
+          <t>9789756161395</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Edebü'l Alim ve'l Müteallim ve Menhecü't Talim ve't Teallüm</t>
+          <t>El-Esmaü'l Hüsna</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257682527</t>
+          <t>9786052154236</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Zikirler</t>
+          <t>Muhtasar Hayatü's Sahabe (İthal Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9280000009116</t>
+          <t>9786059261586</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Davetçiye Notlar</t>
+          <t>Mustafa Meşhur Külliyatı (18 Kitap - Kutulu)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054818853</t>
+          <t>9786059261012</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Müsned</t>
+          <t>El-Munkız Mine'd-Dalal</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059261494</t>
+          <t>9280000011942</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Davetçinin Ölçüleri</t>
+          <t>Müslüman Kadının Siyasal Hakları</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>2890000004256</t>
+          <t>9786257895644</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Davet Yolunda Hazırlık</t>
+          <t>Edebü'l Alim ve'l Müteallim ve Menhecü't Talim ve't Teallüm</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9280000009222</t>
+          <t>9786257682527</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Davet Yolunda Dökülenler</t>
+          <t>Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>2890000005222</t>
+          <t>9280000009116</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Davet ve Davetçinin Problemleri</t>
+          <t>Davetçiye Notlar</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>3330000020658</t>
+          <t>9786054818853</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Nesefi Tefsiri 1. Cilt (Ciltli)</t>
+          <t>Müsned</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9280000009055</t>
+          <t>9786059261494</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Saldırılar Karşısında İslam Alemi</t>
+          <t>Davetçinin Ölçüleri</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059261036</t>
+          <t>2890000004256</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Müslüman Devlette Vatandaşlık ve Vatan Kavramı</t>
+          <t>Davet Yolunda Hazırlık</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789752419667</t>
+          <t>9280000009222</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Nesefi Tefsiri (Arapça 6 Cilt) (Ciltli)</t>
+          <t>Davet Yolunda Dökülenler</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>6000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>4440000000469</t>
+          <t>2890000005222</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Davet Önderleri</t>
+          <t>Davet ve Davetçinin Problemleri</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059261548</t>
+          <t>3330000020658</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Cennete Kavuşturan Abidler Yolu (Ciltli)</t>
+          <t>Nesefi Tefsiri 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>900</v>
+        <v>750</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257980111</t>
+          <t>9280000009055</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Ölüm ve Ahiret Halleri (Ciltli)</t>
+          <t>Çağdaş Saldırılar Karşısında İslam Alemi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054411313</t>
+          <t>9786059261036</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Öteki Arasındaki Diyalog Mantığı</t>
+          <t>Çağdaş Müslüman Devlette Vatandaşlık ve Vatan Kavramı</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257682497</t>
+          <t>9789752419667</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Niyet ve İhlas</t>
+          <t>Nesefi Tefsiri (Arapça 6 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>180</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786058564619</t>
+          <t>4440000000469</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Ateistik Problemler ve Teolojik Çözümler</t>
+          <t>Çağdaş Davet Önderleri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257810333</t>
+          <t>9786059261548</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ölmesini Bilenler</t>
+          <t>Cennete Kavuşturan Abidler Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>3330000026578</t>
+          <t>9786257980111</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet Dersleri 2 (2.Hamur) (Ciltli)</t>
+          <t>Bütün Yönleriyle Ölüm ve Ahiret Halleri (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>2890000005352</t>
+          <t>9786054411313</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Müslim Muhtasarı (Şamua Kağıt) (Ciltli)</t>
+          <t>Ben ve Öteki Arasındaki Diyalog Mantığı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>1200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>4440000000466</t>
+          <t>9786257682497</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Yönelenlerin Rehberi</t>
+          <t>Niyet ve İhlas</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>4440000000465</t>
+          <t>9786058564619</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ali Nar Hoca ve Düşünce Yapısı</t>
+          <t>Ateistik Problemler ve Teolojik Çözümler</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>1002364102079</t>
+          <t>9786257810333</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Raşid Halifeler Devrinde Kadın</t>
+          <t>Ölmesini Bilenler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257580670</t>
+          <t>3330000026578</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu ve Mutlu Bir Yuva Için Müslüman Ailelere Tavsiyeler</t>
+          <t>Asr-ı Saadet Dersleri 2 (2.Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257810715</t>
+          <t>2890000005352</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Raşid Halifeler Seti (4 Kitap Takım)</t>
+          <t>Sahih-i Müslim Muhtasarı (Şamua Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>2700</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>1002364101479</t>
+          <t>4440000000466</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Selef Müdafaası</t>
+          <t>Allah'a Yönelenlerin Rehberi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>1002364101899</t>
+          <t>4440000000465</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sevgiliyi Sevince</t>
+          <t>Ali Nar Hoca ve Düşünce Yapısı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>3339876054447</t>
+          <t>1002364102079</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Süreç ve Kapitalizm</t>
+          <t>Raşid Halifeler Devrinde Kadın</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257980081</t>
+          <t>9786257580670</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Tartışma Usulü</t>
+          <t>Huzurlu ve Mutlu Bir Yuva Için Müslüman Ailelere Tavsiyeler</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>3330000023517</t>
+          <t>9786257810715</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Teravih Namazı</t>
+          <t>Raşid Halifeler Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>150</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257682480</t>
+          <t>1002364101479</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Tevbe - Kitabu’t Tevbeti</t>
+          <t>Selef Müdafaası</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>3330000032456</t>
+          <t>1002364101899</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Usulut - Tahric (Arapça)</t>
+          <t>Sevgiliyi Sevince</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257580908</t>
+          <t>3339876054447</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Tebyinü’l Meharim (6 Cilt) (Ciltli)</t>
+          <t>Süreç ve Kapitalizm</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>5000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257580892</t>
+          <t>9786257980081</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Dil Oyunları</t>
+          <t>Tartışma Usulü</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257580885</t>
+          <t>3330000023517</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Akıl Kitabı - 8</t>
+          <t>Teravih Namazı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257580786</t>
+          <t>9786257682480</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Akıl Kitabı - 7</t>
+          <t>Tevbe - Kitabu’t Tevbeti</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257810302</t>
+          <t>3330000032456</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ın Sahabeye Kazandırdığı Cihad Ruhu</t>
+          <t>Usulut - Tahric (Arapça)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257895422</t>
+          <t>9786257580908</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Tarihinde Fukahanın Mezhep Değiştirmesi ve Mezhep Değiştiren Fukaha</t>
+          <t>Tebyinü’l Meharim (6 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>500</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>4440000000374</t>
+          <t>9786257580892</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>El-İhtiyar Li Ta'lil'l Muhtar Delilleriyle Hanefi Fıkhı Cilt: 1 (Ciltli)</t>
+          <t>Dil Oyunları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>4440000000373</t>
+          <t>9786257580885</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>El-İhtiyar Li Ta'lil'l Muhtar Delilleriyle Hanefi Fıkhı Cilt: 3 (Ciltli)</t>
+          <t>Akıl Kitabı - 8</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257580779</t>
+          <t>9786257580786</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Mürşidim Ve Manevi Babam Şeyh Muhammed Kazım Hazretleri (Ciltli)</t>
+          <t>Akıl Kitabı - 7</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054411139</t>
+          <t>9786257810302</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Tecridi Sarih - Sahihi Buhari (Ciltli)</t>
+          <t>Resulullah’ın Sahabeye Kazandırdığı Cihad Ruhu</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>1200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257580564</t>
+          <t>9786257895422</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Yasin Suresi Işığında Kur'an'ın Kalbinden İnsanın İdrakine Yolculuk</t>
+          <t>İslam Hukuk Tarihinde Fukahanın Mezhep Değiştirmesi ve Mezhep Değiştiren Fukaha</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257580540</t>
+          <t>4440000000374</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Halasatü İlmi'l-Vaz'</t>
+          <t>El-İhtiyar Li Ta'lil'l Muhtar Delilleriyle Hanefi Fıkhı Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257810043</t>
+          <t>4440000000373</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Siirtli Molla Halil’in İsagocisi ve Tercümesi</t>
+          <t>El-İhtiyar Li Ta'lil'l Muhtar Delilleriyle Hanefi Fıkhı Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789756500996</t>
+          <t>9786257580779</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Dönemi 2</t>
+          <t>Mürşidim Ve Manevi Babam Şeyh Muhammed Kazım Hazretleri (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786058147133</t>
+          <t>9786054411139</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kaynaktan Damlalar - Sevgilinin Öğrettiklerinden</t>
+          <t>Muhtasar Tecridi Sarih - Sahihi Buhari (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>700</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257580403</t>
+          <t>9786257580564</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Mezhebine Göre İbadetler Fıkhı (Ciltli)</t>
+          <t>Yasin Suresi Işığında Kur'an'ın Kalbinden İnsanın İdrakine Yolculuk</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789752419032</t>
+          <t>9786257580540</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsan Hakları</t>
+          <t>Halasatü İlmi'l-Vaz'</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057577740</t>
+          <t>9786257810043</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Sözüne Ihtimam Göstermek</t>
+          <t>Siirtli Molla Halil’in İsagocisi ve Tercümesi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057577689</t>
+          <t>9789756500996</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Adil Ekonomik Düzen'de Kredi Sistemi ve Uygulamaları</t>
+          <t>Emeviler Dönemi 2</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057577641</t>
+          <t>9786058147133</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yiyecek ve İçeceklerimizde Helal Haram Ölçüleri</t>
+          <t>Kaynaktan Damlalar - Sevgilinin Öğrettiklerinden</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052154243</t>
+          <t>9786257580403</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>İslamı Nasıl Anlamalıyız?</t>
+          <t>Hanefi Mezhebine Göre İbadetler Fıkhı (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057577375</t>
+          <t>9789752419032</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Veda Vakti</t>
+          <t>İslam ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057577436</t>
+          <t>9786057577740</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Allah Resulünce Lanetlenmiş Kişiler ve İşler</t>
+          <t>Hz. Peygamber'in Sözüne Ihtimam Göstermek</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057577085</t>
+          <t>9786057577689</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Ahlaka Dair Kırk Hadis</t>
+          <t>Adil Ekonomik Düzen'de Kredi Sistemi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057577078</t>
+          <t>9786057577641</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Cevamiü'l-Kelim-i Ahmediyyeden Kırk Hadis</t>
+          <t>Yiyecek ve İçeceklerimizde Helal Haram Ölçüleri</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057577184</t>
+          <t>9786052154243</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kadın İlmihali (Ciltli)</t>
+          <t>İslamı Nasıl Anlamalıyız?</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057577207</t>
+          <t>9786057577375</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ali B. Süleyman El-Mansuri ve Meşhur Mısır Tariki Kurraları</t>
+          <t>Veda Vakti</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052154519</t>
+          <t>9786057577436</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ta'limü'l Müteallim Öğretmen - Öğrenci İlişkileri (Şamua) (Ciltli)</t>
+          <t>Allah Resulünce Lanetlenmiş Kişiler ve İşler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054818723</t>
+          <t>9786057577085</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Et-Tergib ve't-Terhib (Arapça) (Ciltli)</t>
+          <t>Ahlaka Dair Kırk Hadis</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052154717</t>
+          <t>9786057577078</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İskender Trabzoni'nin Hıristiyanlık Eleştirisi</t>
+          <t>Cevamiü'l-Kelim-i Ahmediyyeden Kırk Hadis</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052154595</t>
+          <t>9786057577184</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Orucun Sırları</t>
+          <t>Kadın İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057577573</t>
+          <t>9786057577207</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İnfak Paylaşmakta Hayat Var</t>
+          <t>Ali B. Süleyman El-Mansuri ve Meşhur Mısır Tariki Kurraları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052154915</t>
+          <t>9786052154519</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar - 3</t>
+          <t>Ta'limü'l Müteallim Öğretmen - Öğrenci İlişkileri (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057577115</t>
+          <t>9786054818723</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin (3 Cilt Takım, Ciltli, 2. Hamur)</t>
+          <t>Muhtasar Et-Tergib ve't-Terhib (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>2000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052154793</t>
+          <t>9786052154717</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Toplumların Liderlere Tepkileri</t>
+          <t>İskender Trabzoni'nin Hıristiyanlık Eleştirisi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059261500</t>
+          <t>9786052154595</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnette Zulüm Kavramı</t>
+          <t>Orucun Sırları</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059261685</t>
+          <t>9786057577573</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kimyayı Saadet (2. Hamur) (Ciltli)</t>
+          <t>İnfak Paylaşmakta Hayat Var</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789752419018</t>
+          <t>9786052154915</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kısasun Minet-Tarihil İslami Liletfal</t>
+          <t>Gökteki Yıldızlar - 3</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059261524</t>
+          <t>9786057577115</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareketin Toplumsal İşlevi</t>
+          <t>Riyazü's Salihin (3 Cilt Takım, Ciltli, 2. Hamur)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054411047</t>
+          <t>9786052154793</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İslam Dersi</t>
+          <t>Kur'an'da Toplumların Liderlere Tepkileri</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059261142</t>
+          <t>9786059261500</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukukunda Velayet</t>
+          <t>Kur'an ve Sünnette Zulüm Kavramı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059261401</t>
+          <t>9786059261685</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İrfan Pınarı</t>
+          <t>Kimyayı Saadet (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059261463</t>
+          <t>9789752419018</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İman ve İbadet Rehberi</t>
+          <t>Kısasun Minet-Tarihil İslami Liletfal</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789752419001</t>
+          <t>9786059261524</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İlim Yolcusuna Kitabu'l Hass Alâ Talebi'l-İlm ve'l İctihad fi Cem'ihi</t>
+          <t>İslami Hareketin Toplumsal İşlevi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054818044</t>
+          <t>9786054411047</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer (ra) Hayatı - Şahsiyeti ve Dönemi (Ciltli)</t>
+          <t>İslam Dersi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>1100</v>
+        <v>100</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054818037</t>
+          <t>9786059261142</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir (ra) Hayatı - Şahsiyeti, ve Dönemi (Ciltli)</t>
+          <t>İslam Aile Hukukunda Velayet</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789756500174</t>
+          <t>9786059261401</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Hayatında Ticaret Tebliğ İlişkisi</t>
+          <t>İrfan Pınarı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054818822</t>
+          <t>9786059261463</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin ve Kerbela</t>
+          <t>İman ve İbadet Rehberi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789756500163</t>
+          <t>9789752419001</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Hissettim ve Sevdim</t>
+          <t>İlim Yolcusuna Kitabu'l Hass Alâ Talebi'l-İlm ve'l İctihad fi Cem'ihi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054818914</t>
+          <t>9786054818044</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar İçin Hadis-i Şerif Dersleri (Ciltli)</t>
+          <t>Hz. Ömer (ra) Hayatı - Şahsiyeti ve Dönemi (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>650</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054411443</t>
+          <t>9786054818037</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hamdaniler</t>
+          <t>Hz. Ebubekir (ra) Hayatı - Şahsiyeti, ve Dönemi (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054411429</t>
+          <t>9789756500174</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Doğduğu Yer</t>
+          <t>Hz. Peygamber'in Hayatında Ticaret Tebliğ İlişkisi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059261265</t>
+          <t>9786054818822</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Gülistan (Seçmeler)</t>
+          <t>Hz. Hüseyin ve Kerbela</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059261319</t>
+          <t>9789756500163</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ferdi Davet ve Cemaat Olma</t>
+          <t>Hissettim ve Sevdim</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789756500743</t>
+          <t>9786054818914</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Dönemi - 1</t>
+          <t>Hanımlar İçin Hadis-i Şerif Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>800</v>
+        <v>650</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059261005</t>
+          <t>9786054411443</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>El Miftah-Şerhu Nuru'l İzah</t>
+          <t>Hamdaniler</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059261807</t>
+          <t>9786054411429</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>El-Miftah Şerhu Nuri'l İzah Nuru'l İzah Tercüme ve Şerhi Arapça - Türkçe (Ciltli, Şamua)</t>
+          <t>Güneşin Doğduğu Yer</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054818815</t>
+          <t>9786059261265</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>El Munkiz Mined'dalal: Dalaletten Kurtuluş</t>
+          <t>Gülistan (Seçmeler)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059261869</t>
+          <t>9786059261319</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>El Gaznevi Ve Eseri El Bedi Fi'l İrab Metodu Ve Nahiv Tarihi Açısından Önemi</t>
+          <t>Ferdi Davet ve Cemaat Olma</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059261067</t>
+          <t>9789756500743</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ehli Sünnet Akaidi</t>
+          <t>Emeviler Dönemi - 1</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054411375</t>
+          <t>9786059261005</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler</t>
+          <t>El Miftah-Şerhu Nuru'l İzah</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054411009</t>
+          <t>9786059261807</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler Dönemi ve Murabıtlar Devleti</t>
+          <t>El-Miftah Şerhu Nuri'l İzah Nuru'l İzah Tercüme ve Şerhi Arapça - Türkçe (Ciltli, Şamua)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789756500507</t>
+          <t>9786054818815</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Avutulmuş Acılar</t>
+          <t>El Munkiz Mined'dalal: Dalaletten Kurtuluş</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789756500767</t>
+          <t>9786059261869</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Beşeriyeti Aydınlatan Kutlu Doğum</t>
+          <t>El Gaznevi Ve Eseri El Bedi Fi'l İrab Metodu Ve Nahiv Tarihi Açısından Önemi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789756500255</t>
+          <t>9786059261067</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Bir Yastıkta Ömür Boyu Mutluluk</t>
+          <t>Ehli Sünnet Akaidi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059261241</t>
+          <t>9786054411375</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Bostan (Gençler İçin)</t>
+          <t>Dini Bilgiler</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059261531</t>
+          <t>9786054411009</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Cebrail'in Kanadından İlhamlar ve Muhammed İkbal (Ciltli)</t>
+          <t>Abbasiler Dönemi ve Murabıtlar Devleti</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059261395</t>
+          <t>9789756500507</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Davet Yolunda Örneklik</t>
+          <t>Avutulmuş Acılar</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059261104</t>
+          <t>9789756500767</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Deryadan Damlalar (Ciltli)</t>
+          <t>Beşeriyeti Aydınlatan Kutlu Doğum</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054818792</t>
+          <t>9789756500255</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Buluğu'l Meram Tercüme ve Şerhi (Arapça) (Ciltli)</t>
+          <t>Bir Yastıkta Ömür Boyu Mutluluk</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059261517</t>
+          <t>9786059261241</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İslami Çalışmalarda Vahdet</t>
+          <t>Bostan (Gençler İçin)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057577344</t>
+          <t>9786059261531</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kötü Akıbet Hakkında 50 Kıssa</t>
+          <t>Cebrail'in Kanadından İlhamlar ve Muhammed İkbal (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057577382</t>
+          <t>9786059261395</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Şahsiyeti Kültür ve Daveti</t>
+          <t>Davet Yolunda Örneklik</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786057577030</t>
+          <t>9786059261104</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar 8</t>
+          <t>Deryadan Damlalar (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057577191</t>
+          <t>9786054818792</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Vaazlar ve Öğütler (Ciltli)</t>
+          <t>Buluğu'l Meram Tercüme ve Şerhi (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>3990000007899</t>
+          <t>9786059261517</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Evlilik ve Mahremiyetleri</t>
+          <t>İslami Çalışmalarda Vahdet</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054818389</t>
+          <t>9786057577344</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Yüksek İslam Ahlakı</t>
+          <t>Kötü Akıbet Hakkında 50 Kıssa</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054411818</t>
+          <t>9786057577382</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>101 Hadis-i Şerif</t>
+          <t>Müslüman Kadının Şahsiyeti Kültür ve Daveti</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054818686</t>
+          <t>9786057577030</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kolay Arapça Dersleri (3 Kitap Takım - Karton Kapak)</t>
+          <t>Gökteki Yıldızlar 8</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>1500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789752419834</t>
+          <t>9786057577191</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Yere Düşen Yapraklar</t>
+          <t>En Güzel Vaazlar ve Öğütler (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789752419827</t>
+          <t>3990000007899</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşmenin Tereddüdü</t>
+          <t>Kur'an ve Sünnet Işığında Evlilik ve Mahremiyetleri</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789752419414</t>
+          <t>9786054818389</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Abdulkadir Geylani (Arapça)</t>
+          <t>Yüksek İslam Ahlakı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789752419285</t>
+          <t>9786054411818</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Genç Müslümanın Lideri  Abdullah İbn-i Mes'ud (Radıyallahu Anh)</t>
+          <t>101 Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752419605</t>
+          <t>9786054818686</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Müslümana Din Uydurmak</t>
+          <t>Kolay Arapça Dersleri (3 Kitap Takım - Karton Kapak)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>300</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789752419452</t>
+          <t>9789752419834</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet (Arapça)</t>
+          <t>Yere Düşen Yapraklar</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789752419438</t>
+          <t>9789752419827</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İz Bin Abdüsselam (Arapça)</t>
+          <t>Yüzleşmenin Tereddüdü</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9280000013540</t>
+          <t>9789752419414</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Evlilik ve Mahremiyetleri (Ciltli Küçük Boy)</t>
+          <t>Abdulkadir Geylani (Arapça)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789752419759</t>
+          <t>9789752419285</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Gölgesinde Kadın</t>
+          <t>Genç Müslümanın Lideri  Abdullah İbn-i Mes'ud (Radıyallahu Anh)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054411191</t>
+          <t>9789752419605</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin (2. Hamur) (Ciltli)</t>
+          <t>Müslümana Din Uydurmak</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786054818457</t>
+          <t>9789752419452</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Gülleri</t>
+          <t>Fatih Sultan Mehmet (Arapça)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059261944</t>
+          <t>9789752419438</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Peygamber Kıssaları</t>
+          <t>İz Bin Abdüsselam (Arapça)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>3990000017546</t>
+          <t>9280000013540</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis</t>
+          <t>Kur'an ve Sünnet Işığında Evlilik ve Mahremiyetleri (Ciltli Küçük Boy)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>5</v>
+        <v>600</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789756500439</t>
+          <t>9789752419759</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Kur'an'ın Gölgesinde Kadın</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789756500576</t>
+          <t>9786054411191</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>2. Halife Hz. Ömer (ra) - Hayatı, Şahsiyeti ve Dönemi</t>
+          <t>Riyazü's Salihin (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>700</v>
+        <v>800</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>3990000026742</t>
+          <t>9786054818457</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığında Peygamberler</t>
+          <t>Kerbela Gülleri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>14</v>
+        <v>500</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789756500842</t>
+          <t>9786059261944</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ayrıldıkça Kavuşanlar</t>
+          <t>Kur'an-ı Kerim'de Peygamber Kıssaları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9999990272665</t>
+          <t>3990000017546</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabeler</t>
+          <t>40 Hadis</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>1002364102489</t>
+          <t>9789756500439</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Minberden Mü'min Gönüllere Hutbeler</t>
+          <t>Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059261333</t>
+          <t>9789756500576</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Namazla Diriliş</t>
+          <t>2. Halife Hz. Ömer (ra) - Hayatı, Şahsiyeti ve Dönemi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789757422044</t>
+          <t>3990000026742</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram Hakkında Müslümanların Nezih İtikadları</t>
+          <t>Kur'an Işığında Peygamberler</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>350</v>
+        <v>14</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054818594</t>
+          <t>9789756500842</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Telhisül Esasi Şerhül Binai (Ciltli)</t>
+          <t>Ayrıldıkça Kavuşanlar</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054818532</t>
+          <t>9999990272665</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sahih Sıfatu Salatin Nebi (Ciltli)</t>
+          <t>Hanım Sahabeler</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>800</v>
+        <v>10</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054818563</t>
+          <t>1002364102489</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin (Arapça) (Ciltli)</t>
+          <t>Minberden Mü'min Gönüllere Hutbeler</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054818259</t>
+          <t>9786059261333</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Müslim Muhtasarı (İthal Kağıt) (Ciltli)</t>
+          <t>Namazla Diriliş</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789756500552</t>
+          <t>9789757422044</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi (2 Cilt Takım, Karton Kapak, 2. Hamur)</t>
+          <t>Ashab-ı Kiram Hakkında Müslümanların Nezih İtikadları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>1500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054411092</t>
+          <t>9786054818594</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Fıkhu'n Nasr Ve't- Temkin (Ciltli)</t>
+          <t>Telhisül Esasi Şerhül Binai (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786054411085</t>
+          <t>9786054818532</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Resulullah'ın (Sav) Dilinden Dualar ve Zikirler El Ezkar (Şamua) (Ciltli)</t>
+          <t>Sahih Sıfatu Salatin Nebi (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054411894</t>
+          <t>9786054818563</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Temel Şafii Fıkhı (2 Cilt Takım) (Ciltli)</t>
+          <t>Riyazü's Salihin (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>1200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>3990000027415</t>
+          <t>9786054818259</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin (3 Cilt Takım) (Ciltli)</t>
+          <t>Sahih-i Müslim Muhtasarı (İthal Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789752419858</t>
+          <t>9789756500552</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Arapça Türkçe - Türkçe Arapça Cep Lugatı</t>
+          <t>Siyer-i Nebi (2 Cilt Takım, Karton Kapak, 2. Hamur)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>400</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>3990000027413</t>
+          <t>9786054411092</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Mü'minlere Nidalar</t>
+          <t>Kur'an-ı Kerim'de Fıkhu'n Nasr Ve't- Temkin (Ciltli)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054818433</t>
+          <t>9786054411085</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dildeki Sonsuz Mu'cize</t>
+          <t>Resulullah'ın (Sav) Dilinden Dualar ve Zikirler El Ezkar (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789756500002</t>
+          <t>9786054411894</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kıyamet Sahneleri</t>
+          <t>Temel Şafii Fıkhı (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>60</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789756500217</t>
+          <t>3990000027415</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Fethi ve Fatih Sultan Mehmed</t>
+          <t>Riyazü's Salihin (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789756500613</t>
+          <t>9789752419858</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Temizlik İlmihali</t>
+          <t>Arapça Türkçe - Türkçe Arapça Cep Lugatı</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>3990000018033</t>
+          <t>3990000027413</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kur'an-ı Kerimden Dini Hikayeler</t>
+          <t>Kur'an-ı Kerim'de Mü'minlere Nidalar</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>8</v>
+        <v>400</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>3990000026609</t>
+          <t>9786054818433</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Yol Azığı</t>
+          <t>Kur'an Dildeki Sonsuz Mu'cize</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>14</v>
+        <v>400</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>3330000027195</t>
+          <t>9789756500002</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sünen-i İbni Mace Tercemesi ve Şerhi (10 Cilt Takım) (Ciltli)</t>
+          <t>Kur'an'da Kıyamet Sahneleri</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>10000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786054411573</t>
+          <t>9789756500217</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Fıkhu’s-Sire (Ciltli)</t>
+          <t>İstanbul'un Fethi ve Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258081275</t>
+          <t>9789756500613</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle İslami Hayat (4 Cilt Takım) (Ciltli)</t>
+          <t>Ayet ve Hadisler Işığında Temizlik İlmihali</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>3200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786054818761</t>
+          <t>3990000018033</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Rivayet ve Dirayet Tefsiri (5 Cilt Takım) (Ciltli)</t>
+          <t>Çocuklar İçin Kur'an-ı Kerimden Dini Hikayeler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>250</v>
+        <v>8</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054818204</t>
+          <t>3990000026609</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar İçin Tefsir Dersleri (Ciltli)</t>
+          <t>Müslümanın Yol Azığı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>650</v>
+        <v>14</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789756500675</t>
+          <t>3330000027195</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Allah'a İman</t>
+          <t>Sünen-i İbni Mace Tercemesi ve Şerhi (10 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>400</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059261951</t>
+          <t>9786054411573</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz. Muhammed</t>
+          <t>Muhtasar Fıkhu’s-Sire (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786054411016</t>
+          <t>9786258081275</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Ahirete İman</t>
+          <t>Ayet ve Hadislerle İslami Hayat (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>400</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786054411597</t>
+          <t>9786054818761</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ilımlı İslam</t>
+          <t>Kur'an-ı Kerim'in Rivayet ve Dirayet Tefsiri (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054818839</t>
+          <t>9786054818204</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Bela ve İmtihan</t>
+          <t>Hanımlar İçin Tefsir Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786054818471</t>
+          <t>9789756500675</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'e ve Diğer Semavi Kitaplara İman</t>
+          <t>Allah'a İman</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786054411870</t>
+          <t>9786059261951</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yaşayanların Dilinden Milli Görüş</t>
+          <t>Son Peygamber Hz. Muhammed</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>3990000027388</t>
+          <t>9786054411016</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Resulullah'ın Sahabeye Kazandırdığı Cihad Ruhu</t>
+          <t>Ahirete İman</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>25</v>
+        <v>400</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786054411580</t>
+          <t>9786054411597</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Paradigmatik Dönüşümün Öncüsü Hz. Muhammed</t>
+          <t>Ilımlı İslam</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786054818006</t>
+          <t>9786054818839</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Vesikalarda 1933 Doğu Türkistan İslam Cumhuriyeti ve Anayasası</t>
+          <t>Bela ve İmtihan</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>10</v>
+        <v>130</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054411344</t>
+          <t>9786054818471</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Yarını Umutla Beklerken</t>
+          <t>Kur'an-ı Kerim'e ve Diğer Semavi Kitaplara İman</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257895750</t>
+          <t>9786054411870</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>İstikbal İslamındır</t>
+          <t>Yaşayanların Dilinden Milli Görüş</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>3990000027384</t>
+          <t>3990000027388</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Afgan Cihadında Rahmanın Ayetleri</t>
+          <t>Resulullah'ın Sahabeye Kazandırdığı Cihad Ruhu</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786054411726</t>
+          <t>9786054411580</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Kimliği</t>
+          <t>Paradigmatik Dönüşümün Öncüsü Hz. Muhammed</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054411290</t>
+          <t>9786054818006</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İman</t>
+          <t>Tarihi Vesikalarda 1933 Doğu Türkistan İslam Cumhuriyeti ve Anayasası</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>3990000027382</t>
+          <t>9786054411344</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Gençler Anlayınca!</t>
+          <t>Yarını Umutla Beklerken</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789756500262</t>
+          <t>9786257895750</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kavga</t>
+          <t>İstikbal İslamındır</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257895736</t>
+          <t>3990000027384</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İsyan</t>
+          <t>Afgan Cihadında Rahmanın Ayetleri</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>350</v>
+        <v>8</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786052154977</t>
+          <t>9786054411726</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Büyük Günahlar</t>
+          <t>Müslüman Kadının Kimliği</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789756500019</t>
+          <t>9786054411290</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Harbiyeli</t>
+          <t>İman</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786054818518</t>
+          <t>3990000027382</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İmamet ve Hilafet</t>
+          <t>Gençler Anlayınca!</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052154748</t>
+          <t>9789756500262</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Kadın ve Aile İlmihali (Ciltli, Şamua)</t>
+          <t>Büyük Kavga</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059261555</t>
+          <t>9786257895736</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kolay Arapça Öğrenimi İçin Arapça-Türkçe Hikayeler (Ciltli, Şamua)</t>
+          <t>İslam Hukukunda İsyan</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786054818648</t>
+          <t>9786052154977</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Fıkhu's-Sire 2</t>
+          <t>Büyük Günahlar</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786054818631</t>
+          <t>9789756500019</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Fıkhu's -Sire 1 (Karton Kapak, 2. Hamur)</t>
+          <t>Harbiyeli</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786054818464</t>
+          <t>9786054818518</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Şerhi ve İnsan Üzerindeki Tecellileri (Ciltli, Şamua)</t>
+          <t>İslam'da İmamet ve Hilafet</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>900</v>
+        <v>50</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054411276</t>
+          <t>9786052154748</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet Dersleri 1 (Ciltli, Şamua)</t>
+          <t>Delilleriyle Kadın ve Aile İlmihali (Ciltli, Şamua)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>800</v>
+        <v>700</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059261654</t>
+          <t>9786059261555</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar El-İtkan Fi Ulum'il-Kur'an - Kur'an İlimleri</t>
+          <t>Kolay Arapça Öğrenimi İçin Arapça-Türkçe Hikayeler (Ciltli, Şamua)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9280000009451</t>
+          <t>9786054818648</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İslam Tarihi Seti (5 Kitap Takım)</t>
+          <t>Fıkhu's-Sire 2</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>750</v>
+        <v>60</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057577887</t>
+          <t>9786054818631</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Nesefi Tefsiri (10 Cilt Takım) (Ciltli)</t>
+          <t>Fıkhu's -Sire 1 (Karton Kapak, 2. Hamur)</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>10000</v>
+        <v>30</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786054818228</t>
+          <t>9786054818464</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu (8 Cilt Takım) (Ciltli)</t>
+          <t>Esma-i Hüsna Şerhi ve İnsan Üzerindeki Tecellileri (Ciltli, Şamua)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>3000</v>
+        <v>900</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786054411160</t>
+          <t>9786054411276</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kadere İman</t>
+          <t>Asr-ı Saadet Dersleri 1 (Ciltli, Şamua)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052154823</t>
+          <t>9786059261654</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dersleri : Durusu'l-Lugati'l-Arabiyye (4 Kitap Takım)</t>
+          <t>Muhtasar El-İtkan Fi Ulum'il-Kur'an - Kur'an İlimleri</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257810579</t>
+          <t>9280000009451</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Şamua Kağıt) (Ciltli)</t>
+          <t>Çocuklar İçin İslam Tarihi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>900</v>
+        <v>750</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786054411474</t>
+          <t>9786057577887</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar İçin Asr-ı Saadet Dersleri 1 (Şamua) (Ciltli)</t>
+          <t>Nesefi Tefsiri (10 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>800</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786054818143</t>
+          <t>9786054818228</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Siret-i İbni Hişam (4 Cilt Takım) (Ciltli)</t>
+          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>2000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789756500910</t>
+          <t>9786054411160</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin (3 Kitap Takım)</t>
+          <t>Kadere İman</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>3330000029443</t>
+          <t>9786052154823</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet Dersleri 3 (Ciltli, Şamua)</t>
+          <t>Arapça Dersleri : Durusu'l-Lugati'l-Arabiyye (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052154113</t>
+          <t>9786257810579</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet Dersleri 2 (Ciltli, Şamua)</t>
+          <t>Büyük İslam İlmihali (Şamua Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786054818280</t>
+          <t>9786054411474</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Mekke'den Doğan Nur</t>
+          <t>Hanımlar İçin Asr-ı Saadet Dersleri 1 (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>20</v>
+        <v>800</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786054411108</t>
+          <t>9786054818143</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ve Sana Döndüm</t>
+          <t>İslam Tarihi Siret-i İbni Hişam (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>100</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786054818662</t>
+          <t>9789756500910</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Sualli-Cevaplı Dini Bilgiler</t>
+          <t>Riyazü's Salihin (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>3990000027330</t>
+          <t>3330000029443</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Resulullah (sav)'in Dilinden Dualar ve Zikirler el-me'surat</t>
+          <t>Asr-ı Saadet Dersleri 3 (Ciltli, Şamua)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>8</v>
+        <v>500</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>4440000000470</t>
+          <t>9786052154113</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Davet Yolunda Nebevi Nurlar 1</t>
+          <t>Asr-ı Saadet Dersleri 2 (Ciltli, Şamua)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>3990000027328</t>
+          <t>9786054818280</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>El-Kırae</t>
+          <t>Mekke'den Doğan Nur</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>3990000027327</t>
+          <t>9786054411108</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen Hanımlar</t>
+          <t>Ve Sana Döndüm</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786054818679</t>
+          <t>9786054818662</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi-12 Zengiler Dönemi</t>
+          <t>Sualli-Cevaplı Dini Bilgiler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054411856</t>
+          <t>3990000027330</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Erbakan Risaleleri : 1 Erbakanın Dilinden Milli Görüş</t>
+          <t>Resulullah (sav)'in Dilinden Dualar ve Zikirler el-me'surat</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>150</v>
+        <v>8</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789752419742</t>
+          <t>4440000000470</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Edebi Tasvir</t>
+          <t>Davet Yolunda Nebevi Nurlar 1</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786054818242</t>
+          <t>3990000027328</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Anlamak</t>
+          <t>El-Kırae</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257895767</t>
+          <t>3990000027327</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Vatandaşlık</t>
+          <t>Cennetle Müjdelenen Hanımlar</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>3990000027324</t>
+          <t>9786054818679</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Mamak Zindanlarında Bir Akıncı Tarihe Notlar</t>
+          <t>İslam Tarihi-12 Zengiler Dönemi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786054411061</t>
+          <t>9786054411856</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Erbakan Risaleleri : 1 Erbakanın Dilinden Milli Görüş</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789756500774</t>
+          <t>9789752419742</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Namazın Ruhu</t>
+          <t>Kur'an'da Edebi Tasvir</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>8</v>
+        <v>250</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052154557</t>
+          <t>9786054818242</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (Sav) Devrinde Mescid ve Fonksiyonları</t>
+          <t>Sünneti Anlamak</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786054818549</t>
+          <t>9786257895767</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Özlü Nasihatler</t>
+          <t>İslam Hukukunda Vatandaşlık</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>3990000027322</t>
+          <t>3990000027324</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Tebessümleri</t>
+          <t>Mamak Zindanlarında Bir Akıncı Tarihe Notlar</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>3990000027321</t>
+          <t>9786054411061</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Riyazu's-Salihin Tercümesi</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>20.37</v>
+        <v>200</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786054818358</t>
+          <t>9789756500774</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Dinimi Öğreniyorum</t>
+          <t>Namazın Ruhu</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>500</v>
+        <v>8</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786058759114</t>
+          <t>9786052154557</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Ulumu'l Kur'an ve Tesfir Usulü</t>
+          <t>Hz. Muhammed (Sav) Devrinde Mescid ve Fonksiyonları</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>35</v>
+        <v>250</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786054411542</t>
+          <t>9786054818549</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Arapça Dilbilgisi Sarf</t>
+          <t>Özlü Nasihatler</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786054411672</t>
+          <t>3990000027322</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Ahteri ve Manzum Kırk Hadis Tercümesi</t>
+          <t>Peygamber Efendimizin Tebessümleri</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>3990000027320</t>
+          <t>3990000027321</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sahabeye Dil Uzatanlara Cevaplar</t>
+          <t>Riyazu's-Salihin Tercümesi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786054411665</t>
+          <t>9786054818358</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Peygamberimi Öğreniyorum</t>
+          <t>Sorularla Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>3990000027331</t>
+          <t>9786058759114</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bütün Eserleri 4: Müceddid Şah Veliyullah Dehlevi / Tasavvuf Anlayışı Islahat Çalışmaları</t>
+          <t>Ulumu'l Kur'an ve Tesfir Usulü</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786054818365</t>
+          <t>9786054411542</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Tesfir Çalışmalarında Klasik-Modern Algısı</t>
+          <t>Uygulamalı Arapça Dilbilgisi Sarf</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789756500392</t>
+          <t>9786054411672</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Gülümün Açtığı Sabah</t>
+          <t>Ahteri ve Manzum Kırk Hadis Tercümesi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789756500330</t>
+          <t>3990000027320</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Filistin İslami Direniş Hareketi Hamas</t>
+          <t>Sahabeye Dil Uzatanlara Cevaplar</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>200</v>
+        <v>5</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786057577351</t>
+          <t>9786054411665</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve Milli Barış</t>
+          <t>Sorularla Peygamberimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786057577726</t>
+          <t>3990000027331</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dört Halifenin Hayatı</t>
+          <t>Bütün Eserleri 4: Müceddid Şah Veliyullah Dehlevi / Tasavvuf Anlayışı Islahat Çalışmaları</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786057577733</t>
+          <t>9786054818365</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hanım Sahabelerin Hayatı</t>
+          <t>Türkçe Tesfir Çalışmalarında Klasik-Modern Algısı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052154922</t>
+          <t>9789756500392</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar - 2</t>
+          <t>Gülümün Açtığı Sabah</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052154939</t>
+          <t>9789756500330</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar - 1</t>
+          <t>Filistin İslami Direniş Hareketi Hamas</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052154953</t>
+          <t>9786057577351</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Yolcuların El Kitabı</t>
+          <t>Adalet ve Milli Barış</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786054818860</t>
+          <t>9786057577726</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar 70 Öncü Sahabe</t>
+          <t>Çocuklar İçin Dört Halifenin Hayatı</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>3330000009249</t>
+          <t>9786057577733</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Olmam Neyi Gerektirir?</t>
+          <t>Çocuklar İçin Hanım Sahabelerin Hayatı</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789752419933</t>
+          <t>9786052154922</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar İçin İlmihal Dersleri (Ciltli)</t>
+          <t>Gökteki Yıldızlar - 2</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786059261180</t>
+          <t>9786052154939</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (2. Hamur) - Sadeleştirilmiş (Ciltli)</t>
+          <t>Gökteki Yıldızlar - 1</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786059261883</t>
+          <t>9786052154953</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Yüce Meali (Şamua)</t>
+          <t>Tasavvuf Yolcuların El Kitabı</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052154441</t>
+          <t>9786054818860</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Hayatü's Sahabe (2. Hamur)</t>
+          <t>Gökteki Yıldızlar 70 Öncü Sahabe</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052154434</t>
+          <t>3330000009249</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin (2. Hamur - Metinsiz)</t>
+          <t>Müslüman Olmam Neyi Gerektirir?</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052154298</t>
+          <t>9789752419933</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Hac Risalesi</t>
+          <t>Hanımlar İçin İlmihal Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789752419087</t>
+          <t>9786059261180</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dini Hikayeler</t>
+          <t>Büyük İslam İlmihali (2. Hamur) - Sadeleştirilmiş (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789752419209</t>
+          <t>9786059261883</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi İslam Tarihi Asrı Saadet Dönemi (2 Cilt Takım, Karton Kapak, 1. Hamur)</t>
+          <t>Kur'an-ı Kerim'in Yüce Meali (Şamua)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>1800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789752419643</t>
+          <t>9786052154441</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Terğib ve Terhib</t>
+          <t>Muhtasar Hayatü's Sahabe (2. Hamur)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9280000009215</t>
+          <t>9786052154434</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Fethi Yeken Külliyatı (14 Kitap Takım)</t>
+          <t>Riyazü's Salihin (2. Hamur - Metinsiz)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>3100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052154496</t>
+          <t>9786052154298</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Usul-ü Tahric - Hadis Araştırma ve Tahric Yöntemleri</t>
+          <t>Hac Risalesi</t>
         </is>
       </c>
       <c r="C515" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789752419988</t>
+          <t>9789752419087</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Selim Han Dönemi - Kanuni Sultan Süleyman Sonrası Osmanlı Devleti</t>
+          <t>Çocuklar İçin Dini Hikayeler</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786059261029</t>
+          <t>9789752419209</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Kamus-i Türki (Ciltli)</t>
+          <t>Siyer-i Nebi İslam Tarihi Asrı Saadet Dönemi (2 Cilt Takım, Karton Kapak, 1. Hamur)</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>1000</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>3990000029326</t>
+          <t>9789752419643</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Yüce Meali (Ciltli)</t>
+          <t>Muhtasar Terğib ve Terhib</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>55</v>
+        <v>300</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786054411511</t>
+          <t>9280000009215</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>İz bin Abdüsselam - Sultanu’l Ulema Ve Bayiu’l Ümera</t>
+          <t>Fethi Yeken Külliyatı (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>300</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786054818990</t>
+          <t>9786052154496</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Davet ve Davetçi</t>
+          <t>Muhtasar Usul-ü Tahric - Hadis Araştırma ve Tahric Yöntemleri</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786059261746</t>
+          <t>9789752419988</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Mutasarul Kuduri (Arapça) (Ciltli)</t>
+          <t>Sultan 2. Selim Han Dönemi - Kanuni Sultan Süleyman Sonrası Osmanlı Devleti</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786059261739</t>
+          <t>9786059261029</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>El- İhtiyar Metni El-Muhtar Li’l-Fetva (Ciltli)</t>
+          <t>Kamus-i Türki (Ciltli)</t>
         </is>
       </c>
       <c r="C522" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052154205</t>
+          <t>3990000029326</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Davanın Esasları - Risaleler 1</t>
+          <t>Kur'an-ı Kerim ve Yüce Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052154786</t>
+          <t>9786054411511</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Liderlik ve Liderlerin Toplumlar Üzerindeki Etkisi</t>
+          <t>İz bin Abdüsselam - Sultanu’l Ulema Ve Bayiu’l Ümera</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052154656</t>
+          <t>9786054818990</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler Soru Bankası</t>
+          <t>Kur’an ve Sünnet Işığında Davet ve Davetçi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789752419131</t>
+          <t>9786059261746</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Ebubekir Zekeriyya Er-Razi'nin Felsefi Görüşleri</t>
+          <t>Mutasarul Kuduri (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>3990000069785</t>
+          <t>9786059261739</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>El- İhtiyar Metni El-Muhtar Li’l-Fetva (Ciltli)</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>7</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>3990000027342</t>
+          <t>9786052154205</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Evlatların Cehaleti ve Alimlerin Acizliği Karşısında İslam</t>
+          <t>Davanın Esasları - Risaleler 1</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052154540</t>
+          <t>9786052154786</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Yüce Meali</t>
+          <t>Kur'an'da Liderlik ve Liderlerin Toplumlar Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C529" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257810326</t>
+          <t>9786052154656</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Aile Eğitimi</t>
+          <t>Temel Dini Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>3990000027339</t>
+          <t>9789752419131</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Akrep</t>
+          <t>Ebubekir Zekeriyya Er-Razi'nin Felsefi Görüşleri</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>10</v>
+        <v>250</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786054818426</t>
+          <t>3990000069785</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Kadın ve Aile İlmihali (Karton Kapak, 2. Hamur)</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>450</v>
+        <v>7</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786057577443</t>
+          <t>3990000027342</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Fazilet ve Hikmetleriyle Üç Aylar Mübarek Günler ve Geceler</t>
+          <t>Evlatların Cehaleti ve Alimlerin Acizliği Karşısında İslam</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786057577276</t>
+          <t>9786052154540</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Arapça Türkçe Fıkralar</t>
+          <t>Kur'an-ı Kerim'in Yüce Meali</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786059261982</t>
+          <t>9786257810326</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatü's Sarf Bilgisayar Hatlı (Ciltli)</t>
+          <t>Gençlere Aile Eğitimi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052154571</t>
+          <t>3990000027339</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Onun Adıyla Başlamak Yaşama</t>
+          <t>Kızıl Akrep</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>500</v>
+        <v>10</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052154564</t>
+          <t>9786054818426</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Hücciyyetü’s Sünneti’n Nebeviyye Mine’l Kur’âni’l Azim (Sünnetin Delil Oluşu)</t>
+          <t>Delilleriyle Kadın ve Aile İlmihali (Karton Kapak, 2. Hamur)</t>
         </is>
       </c>
       <c r="C537" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789752419841</t>
+          <t>9786057577443</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ın Medresesinde Yetişen Hanım Sahabeler (Ciltli)</t>
+          <t>Fazilet ve Hikmetleriyle Üç Aylar Mübarek Günler ve Geceler</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789752419766</t>
+          <t>9786057577276</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Namaz Hayattır</t>
+          <t>Resimlerle Arapça Türkçe Fıkralar</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786054411320</t>
+          <t>9786059261982</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis</t>
+          <t>Mecmuatü's Sarf Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786059261593</t>
+          <t>9786052154571</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Kabe Desenli (Orta Boy) (Ciltli)</t>
+          <t>Onun Adıyla Başlamak Yaşama</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>3990000030665</t>
+          <t>9786052154564</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim ve Yüce Meali (Ciltli)</t>
+          <t>Hücciyyetü’s Sünneti’n Nebeviyye Mine’l Kur’âni’l Azim (Sünnetin Delil Oluşu)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789752419865</t>
+          <t>9789752419841</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Çağımızda Hak-Batıl Mücadelesi</t>
+          <t>Resulullah’ın Medresesinde Yetişen Hanım Sahabeler (Ciltli)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789752419872</t>
+          <t>9789752419766</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İman ve Aksiyon Sahibi İdeal Gençlik</t>
+          <t>Namaz Hayattır</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789752419889</t>
+          <t>9786054411320</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Erbakan'ın İslam Birliği Mücadelesi</t>
+          <t>40 Hadis</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052154588</t>
+          <t>9786059261593</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Dilin Afetleri Dil Belaları</t>
+          <t>Kur'an-ı Kerim Kabe Desenli (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786054818068</t>
+          <t>3990000030665</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi, İslam Tarihi Asrı Saadet Dönemi (2 Cilt Takım) (Ciltli)</t>
+          <t>Kuran-ı Kerim ve Yüce Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052154397</t>
+          <t>9789752419865</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssalarının İslam Ahlakı Açısından Yorumu</t>
+          <t>Çağımızda Hak-Batıl Mücadelesi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789752419223</t>
+          <t>9789752419872</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman Hayatı ve Şahsiyeti (Arapça)</t>
+          <t>İman ve Aksiyon Sahibi İdeal Gençlik</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789756500293</t>
+          <t>9789752419889</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat Hastalıklarımız</t>
+          <t>Erbakan'ın İslam Birliği Mücadelesi</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786054411122</t>
+          <t>9786052154588</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari (Ciltli)</t>
+          <t>Dilin Afetleri Dil Belaları</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786054818846</t>
+          <t>9786054818068</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul</t>
+          <t>Siyer-i Nebi, İslam Tarihi Asrı Saadet Dönemi (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786054818976</t>
+          <t>9786052154397</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Cennete Kavuşturulan Abidler Yolu</t>
+          <t>Kur'an Kıssalarının İslam Ahlakı Açısından Yorumu</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786059261302</t>
+          <t>9789752419223</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Resulullah'ın Dilinden En Güzel Dualar (Ciltli)</t>
+          <t>Hz. Osman Hayatı ve Şahsiyeti (Arapça)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>800</v>
+        <v>700</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786059261418</t>
+          <t>9789756500293</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Sapmalara Karşı İslam'a Davet Yolu</t>
+          <t>Teşkilat Hastalıklarımız</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786059261425</t>
+          <t>9786054411122</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Üyelik ve Liderlik Açısından Davet Yolu</t>
+          <t>Sahih-i Buhari (Ciltli)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789752419049</t>
+          <t>9786054818846</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Mantık İsagoci Tercümesi</t>
+          <t>Ey Oğul</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786059261678</t>
+          <t>9786054818976</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Doğuşundan Günümüze Şiilik ve Rafizilik</t>
+          <t>Cennete Kavuşturulan Abidler Yolu</t>
         </is>
       </c>
       <c r="C558" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786059261326</t>
+          <t>9786059261302</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>İman Etmek Neyi Gerektirir</t>
+          <t>Resulullah'ın Dilinden En Güzel Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786059261692</t>
+          <t>9786059261418</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>En-Nahvu'l Vadıh</t>
+          <t>Sapmalara Karşı İslam'a Davet Yolu</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786059261357</t>
+          <t>9786059261425</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Davet Yolu Üzerinde Sorular</t>
+          <t>Üyelik ve Liderlik Açısından Davet Yolu</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786059261364</t>
+          <t>9789752419049</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Davet Yolunda Temel Meseleler</t>
+          <t>Mantık İsagoci Tercümesi</t>
         </is>
       </c>
       <c r="C562" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052154182</t>
+          <t>9786059261678</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kadın</t>
+          <t>Doğuşundan Günümüze Şiilik ve Rafizilik</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786059261159</t>
+          <t>9786059261326</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>İslam Vakıf Hukuku ve Sivas Daruşşifa Vakfiyesi</t>
+          <t>İman Etmek Neyi Gerektirir</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786059261173</t>
+          <t>9786059261692</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Al-Quran Al-Karim (İngilizce Kuran)</t>
+          <t>En-Nahvu'l Vadıh</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786059261432</t>
+          <t>9786059261357</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Goncaları (Ciltli)</t>
+          <t>Davet Yolu Üzerinde Sorular</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789752419803</t>
+          <t>9786059261364</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Negro</t>
+          <t>Davet Yolunda Temel Meseleler</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789756500316</t>
+          <t>9786052154182</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>O'nun Kokusu</t>
+          <t>İslam'da Kadın</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789756500286</t>
+          <t>9786059261159</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Niçin Yılda Bir Ay Oruç Tutmalıyız?</t>
+          <t>İslam Vakıf Hukuku ve Sivas Daruşşifa Vakfiyesi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786059261210</t>
+          <t>9786059261173</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Modern ve Tarihselci Aklın Kur'an Okumaları</t>
+          <t>Al-Quran Al-Karim (İngilizce Kuran)</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786059261272</t>
+          <t>9786059261432</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Hikayeler</t>
+          <t>Hikmet Goncaları (Ciltli)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786059261456</t>
+          <t>9789752419803</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatun-Nahiv (Arapça) (Ciltli)</t>
+          <t>Negro</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786058564602</t>
+          <t>9789756500316</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Kabul ve Reddettiği Mesih Problemleri</t>
+          <t>O'nun Kokusu</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>30</v>
+        <v>400</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786054818181</t>
+          <t>9789756500286</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Ahirete İmanın Önemi</t>
+          <t>Niçin Yılda Bir Ay Oruç Tutmalıyız?</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789752419100</t>
+          <t>9786059261210</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Seküler Kimliğin Aydın(Laşma) Krizi</t>
+          <t>Modern ve Tarihselci Aklın Kur'an Okumaları</t>
         </is>
       </c>
       <c r="C575" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789752419094</t>
+          <t>9786059261272</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Necmettin Erbakan ve Devruhu Fi'l Hareketi'l İslamiyyeti'l Muasıra (Arapça)</t>
+          <t>Mesnevi'den Hikayeler</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789752419421</t>
+          <t>9786059261456</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali (Arapça)</t>
+          <t>Mecmuatun-Nahiv (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>900</v>
+        <v>600</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786059261296</t>
+          <t>9786058564602</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Safahat'tan Seçmeler</t>
+          <t>Kur'an'ın Kabul ve Reddettiği Mesih Problemleri</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789756500149</t>
+          <t>9786054818181</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Kur'an'a Göre Ahirete İmanın Önemi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786059261371</t>
+          <t>9789752419100</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Rabbanilik ve Maddecilik Arasında Müslüman</t>
+          <t>Türkiye'de Seküler Kimliğin Aydın(Laşma) Krizi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786059261135</t>
+          <t>9789752419094</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere İman</t>
+          <t>Necmettin Erbakan ve Devruhu Fi'l Hareketi'l İslamiyyeti'l Muasıra (Arapça)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789756500347</t>
+          <t>9789752419421</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tefsir Tarihi -Tabakatü'l-Müfessirin (2 Cilt Takım) (Ciltli)</t>
+          <t>İmam Gazali (Arapça)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>1800</v>
+        <v>900</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789756500651</t>
+          <t>9786059261296</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ailemizin Din ve Ahlak Hocası</t>
+          <t>Safahat'tan Seçmeler</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>3990000027318</t>
+          <t>9789756500149</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Mücadele</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052154465</t>
+          <t>9786059261371</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumuna Doğru</t>
+          <t>Rabbanilik ve Maddecilik Arasında Müslüman</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257810388</t>
+          <t>9786059261135</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Biz Olmasak Cellatlar Aç(mı) Kalır(dı)</t>
+          <t>Peygamberlere İman</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786054818501</t>
+          <t>9789756500347</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Tesettür</t>
+          <t>Büyük Tefsir Tarihi -Tabakatü'l-Müfessirin (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>250</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786054818419</t>
+          <t>9789756500651</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Asrın Lideri Erbakan</t>
+          <t>Ailemizin Din ve Ahlak Hocası</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>17</v>
+        <v>400</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786054818266</t>
+          <t>3990000027318</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>İnciller ve Kur'an-ı Kerim'de Hz. İsa</t>
+          <t>Zorlu Mücadele</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>14</v>
+        <v>300</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789756542585</t>
+          <t>9786052154465</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>El-İcabetü’l Bahira Ala Es’ileti Teteallagu Bimen Yesubbu’s Sahabete’t Tahira</t>
+          <t>İslam Toplumuna Doğru</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789752419278</t>
+          <t>9786257810388</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Ahlak</t>
+          <t>Biz Olmasak Cellatlar Aç(mı) Kalır(dı)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786059261487</t>
+          <t>9786054818501</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Davet Yolunda Dualar</t>
+          <t>Bütün Yönleriyle Tesettür</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786059261999</t>
+          <t>9786054818419</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Aradığım Mutluluk</t>
+          <t>Asrın Lideri Erbakan</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786059261203</t>
+          <t>9786054818266</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Terğib ve Terhib (Ciltli)</t>
+          <t>İnciller ve Kur'an-ı Kerim'de Hz. İsa</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>900</v>
+        <v>14</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786059261111</t>
+          <t>9789756542585</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>İrşadu'l İbad İla Sebili'r Raşed (Ciltli)</t>
+          <t>El-İcabetü’l Bahira Ala Es’ileti Teteallagu Bimen Yesubbu’s Sahabete’t Tahira</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786059261340</t>
+          <t>9789752419278</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Tek Yol Cihad</t>
+          <t>Nebevi Ahlak</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786059261197</t>
+          <t>9786059261487</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Muhammed El Hazin Divanı (Ciltli)</t>
+          <t>Davet Yolunda Dualar</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>2000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786059261449</t>
+          <t>9786059261999</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname</t>
+          <t>Aradığım Mutluluk</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>650</v>
+        <v>15</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786059261784</t>
+          <t>9786059261203</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kızlara</t>
+          <t>Muhtasar Terğib ve Terhib (Ciltli)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786054411849</t>
+          <t>9786059261111</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Mantıku’t-Tayr Kuş Dili</t>
+          <t>İrşadu'l İbad İla Sebili'r Raşed (Ciltli)</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786054411238</t>
+          <t>9786059261340</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Tek Yol Cihad</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786054411450</t>
+          <t>9786059261197</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Tarım Bilgisi</t>
+          <t>Şeyh Muhammed El Hazin Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>50</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786057577597</t>
+          <t>9786059261449</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Seçkin Sahabelerin Hayatı</t>
+          <t>Seyahatname</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786057577603</t>
+          <t>9786059261784</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Peygamberimizin Hayatı</t>
+          <t>Müslüman Kızlara</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786054411245</t>
+          <t>9786054411849</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Mantıku’t-Tayr Kuş Dili</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786054411399</t>
+          <t>9786054411238</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789752419971</t>
+          <t>9786054411450</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Büyük Şafii İlmihali (Ciltli, Şamua)</t>
+          <t>Ekolojik Tarım Bilgisi</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>1000</v>
+        <v>50</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786054411221</t>
+          <t>9786057577597</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Hayatü's Sahabe (Ciltli, Şamua)</t>
+          <t>Çocuklar İçin Seçkin Sahabelerin Hayatı</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789756500811</t>
+          <t>9786057577603</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Pratik Arapça Konuşma Kılavuzu</t>
+          <t>Çocuklar İçin Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786054411696</t>
+          <t>9786054411245</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Sultanu'l Arifin Abdülkadir Geylani</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789756500248</t>
+          <t>9786054411399</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Niçin Günde Beş Vakit Namaz Kılmalıyız</t>
+          <t>A’mak-ı Hayal</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789756500491</t>
+          <t>9789752419971</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Delilleriyle Büyük Şafii İlmihali (Ciltli, Şamua)</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789756500712</t>
+          <t>9786054411221</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Davetin Öncelikleri</t>
+          <t>Muhtasar Hayatü's Sahabe (Ciltli, Şamua)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789752419995</t>
+          <t>9789756500811</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hasan (r.a) Hayatı - Şahsiyeti - Dönemi (Ciltli)</t>
+          <t>Pratik Arapça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>3990000020321</t>
+          <t>9786054411696</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi (2 Cilt Takım, Kahverengi Kapak) (Ciltli)</t>
+          <t>Sultanu'l Arifin Abdülkadir Geylani</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786054818051</t>
+          <t>9789756500248</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Hayatı Şahsiyeti ve Dönemi (Ciltli)</t>
+          <t>Niçin Günde Beş Vakit Namaz Kılmalıyız</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>1200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789756500224</t>
+          <t>9789756500491</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir (Radıyallahu Anh) Hayatı - Şahsiyeti - Dönemi</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789756500569</t>
+          <t>9789756500712</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>3. Halife Hz. Osman Hayatı Şahsiyeti ve Dönemi</t>
+          <t>İslam'a Davetin Öncelikleri</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789756500323</t>
+          <t>9789752419995</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü</t>
+          <t>Hz. Hasan (r.a) Hayatı - Şahsiyeti - Dönemi (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>50</v>
+        <v>900</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786054818624</t>
+          <t>3990000020321</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Fıkhu's-s Sire (2 Kitap Takım)</t>
+          <t>Siyer-i Nebi (2 Cilt Takım, Kahverengi Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789756500989</t>
+          <t>9786054818051</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Eyyübi Devleti Selahaddin Eyyübi ve Kudüs'ün Yeniden Fethi</t>
+          <t>Hz. Ali Hayatı Şahsiyeti ve Dönemi (Ciltli)</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>900</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>3990000027420</t>
+          <t>9789756500224</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kısasun Nebiyyin (Ciltli, Şamua) Küçük Boy</t>
+          <t>Hz. Ebubekir (Radıyallahu Anh) Hayatı - Şahsiyeti - Dönemi</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>35</v>
+        <v>600</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786059261890</t>
+          <t>9789756500569</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kısasun Nebiyyin (Karton Kapak, 2. Hamur) Roman Boy</t>
+          <t>3. Halife Hz. Osman Hayatı Şahsiyeti ve Dönemi</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>3990000027421</t>
+          <t>9789756500323</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Kısasun Nebiyyin (Ciltli, Şamua) Büyük Boy</t>
+          <t>Hadis Usulü</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>3990000027423</t>
+          <t>9786054818624</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Kısasun Nebiyyin (Ciltli, 2. Hamur) Büyük Boy</t>
+          <t>Fıkhu's-s Sire (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>30</v>
+        <v>800</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>3990000027424</t>
+          <t>9789756500989</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Cevahirül Kelamiye Arapça</t>
+          <t>Eyyübi Devleti Selahaddin Eyyübi ve Kudüs'ün Yeniden Fethi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>8</v>
+        <v>900</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786054818730</t>
+          <t>3990000027420</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Arapça</t>
+          <t>Kısasun Nebiyyin (Ciltli, Şamua) Küçük Boy</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786054818600</t>
+          <t>9786059261890</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>El-İhtiyar Li Talili'l Muhtar (2 Cilt) Arapça (Ciltli)</t>
+          <t>Kısasun Nebiyyin (Karton Kapak, 2. Hamur) Roman Boy</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>2000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>3330000024937</t>
+          <t>3990000027421</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>En-Nususu'l Edebiyye</t>
+          <t>Kısasun Nebiyyin (Ciltli, Şamua) Büyük Boy</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>3990000027196</t>
+          <t>3990000027423</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle El Esmaü'l Hüsna</t>
+          <t>Kısasun Nebiyyin (Ciltli, 2. Hamur) Büyük Boy</t>
         </is>
       </c>
       <c r="C630" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789752419650</t>
+          <t>3990000027424</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Haşiyetü’l Vadıhi’l Mesalik Ala Tefsiri’l Medarik (Ciltli, Şamua)</t>
+          <t>Cevahirül Kelamiye Arapça</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>700</v>
+        <v>8</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789752419711</t>
+          <t>9786054818730</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Sohbetler</t>
+          <t>Kırk Hadis Arapça</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789782419704</t>
+          <t>9786054818600</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi İhtilafların Sebepleri</t>
+          <t>El-İhtiyar Li Talili'l Muhtar (2 Cilt) Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>150</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789752419681</t>
+          <t>3330000024937</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>El Ezkar Resulullah'ın Dilinden Dualar ve Zikirler</t>
+          <t>En-Nususu'l Edebiyye</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789752419674</t>
+          <t>3990000027196</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Aslını Arayış</t>
+          <t>Ayet ve Hadislerle El Esmaü'l Hüsna</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786054818907</t>
+          <t>9789752419650</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Riyadur-Rağibin (Arapça) (Ciltli)</t>
+          <t>Haşiyetü’l Vadıhi’l Mesalik Ala Tefsiri’l Medarik (Ciltli, Şamua)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>1000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786054818778</t>
+          <t>9789752419711</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Islah ve Tecdid Önderi Ömer Bin Abdülaziz</t>
+          <t>Muhtasar Sohbetler</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786054818877</t>
+          <t>9789782419704</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Doğuşundan Günümüze Hariciler</t>
+          <t>Fıkhi İhtilafların Sebepleri</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789752419780</t>
+          <t>9789752419681</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Siretü Hatemi’n Nebiyyin (Son Peygamber Arapça) 2 Renk B.Boy</t>
+          <t>El Ezkar Resulullah'ın Dilinden Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>3990000044896</t>
+          <t>9789752419674</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Muhcetüt Tarf Fi-ilmin Nahvi Vessarf (Arapça) (Ciltli)</t>
+          <t>Aslını Arayış</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052154687</t>
+          <t>9786054818907</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Mektubatı Rabbani (2 Cilt Takım Arapça) (Ciltli)</t>
+          <t>Riyadur-Rağibin (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>1400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786059261609</t>
+          <t>9786054818778</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatü's Sarf Eski Yazı (Arapça) (Ciltli)</t>
+          <t>Islah ve Tecdid Önderi Ömer Bin Abdülaziz</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786059261715</t>
+          <t>9786054818877</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Hayat İçin Yazılar</t>
+          <t>Doğuşundan Günümüze Hariciler</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786059261722</t>
+          <t>9789752419780</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Namazla Yükseliş</t>
+          <t>Siretü Hatemi’n Nebiyyin (Son Peygamber Arapça) 2 Renk B.Boy</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786059261661</t>
+          <t>3990000044896</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları</t>
+          <t>Muhcetüt Tarf Fi-ilmin Nahvi Vessarf (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9280000001912</t>
+          <t>9786052154687</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Hayata Düşen Notlar</t>
+          <t>Mektubatı Rabbani (2 Cilt Takım Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>200</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786054818785</t>
+          <t>9786059261609</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar (Ciltli)</t>
+          <t>Mecmuatü's Sarf Eski Yazı (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>1000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>8690103046238</t>
+          <t>9786059261715</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Nasıl Davet Edelim</t>
+          <t>Hayat İçin Yazılar</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786034411289</t>
+          <t>9786059261722</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>İzahlı Avamil</t>
+          <t>Namazla Yükseliş</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786059261098</t>
+          <t>9786059261661</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Buluğu'l Meram Tercüme ve Şerhi (Ciltli)</t>
+          <t>İslam İnanç Esasları</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052154830</t>
+          <t>9280000001912</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Anadili Arapça Olmayanlar İçin Arapça Dersleri - Durusu'l-Luğati'l-Arabiyye 1</t>
+          <t>Hayata Düşen Notlar</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786057577993</t>
+          <t>9786054818785</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Anadili Arapça Olmayanlar İçin Arapça Dersleri - Durusu'l-Luğati'l-Arabiyye 2</t>
+          <t>Gökteki Yıldızlar (Ciltli)</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257895590</t>
+          <t>8690103046238</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Anadili Arapça Olmayanlar İçin Arapça Dersleri - Durusu'l-Luğati'l-Arabiyye 3</t>
+          <t>İslam'a Nasıl Davet Edelim</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257895606</t>
+          <t>9786034411289</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Anadili Arapça Olmayanlar İçin Arapça Dersleri - Durusu'l-Luğati'l-Arabiyye 4</t>
+          <t>İzahlı Avamil</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>3990000028403</t>
+          <t>9786059261098</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Peygamberlerin Hayatı - Dini Hikayeler</t>
+          <t>Buluğu'l Meram Tercüme ve Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>12.5</v>
+        <v>900</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786054411733</t>
+          <t>9786052154830</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Temel Şafii İlmihali</t>
+          <t>Anadili Arapça Olmayanlar İçin Arapça Dersleri - Durusu'l-Luğati'l-Arabiyye 1</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786054411405</t>
+          <t>9786057577993</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Daveti</t>
+          <t>Anadili Arapça Olmayanlar İçin Arapça Dersleri - Durusu'l-Luğati'l-Arabiyye 2</t>
         </is>
       </c>
       <c r="C657" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786054411863</t>
+          <t>9786257895590</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların İlmi Keşifleri ve Batı İlminin Çıkmazları</t>
+          <t>Anadili Arapça Olmayanlar İçin Arapça Dersleri - Durusu'l-Luğati'l-Arabiyye 3</t>
         </is>
       </c>
       <c r="C658" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786054818747</t>
+          <t>9786257895606</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Fıkh-ı Ekber</t>
+          <t>Anadili Arapça Olmayanlar İçin Arapça Dersleri - Durusu'l-Luğati'l-Arabiyye 4</t>
         </is>
       </c>
       <c r="C659" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>3990000027452</t>
+          <t>3990000028403</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur'an-ı Kerim Bilgisayar Hatlı (Ciltli)</t>
+          <t>Çocuklar İçin Peygamberlerin Hayatı - Dini Hikayeler</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>96.24</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>3990000027451</t>
+          <t>9786054411733</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim Bilgisayar Hatlı (Ciltli)</t>
+          <t>Temel Şafii İlmihali</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>85.54</v>
+        <v>200</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>3990000029680</t>
+          <t>9786054411405</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim Bilgisayar Hatlı (Ciltli)</t>
+          <t>Tevhid Daveti</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786054818372</t>
+          <t>9786054411863</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Üç Mescid</t>
+          <t>Müslümanların İlmi Keşifleri ve Batı İlminin Çıkmazları</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786054411436</t>
+          <t>9786054818747</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>İyaz B. Ganm</t>
+          <t>Fıkh-ı Ekber</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786057577719</t>
+          <t>3990000027452</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>İslam Davetçilerine</t>
+          <t>Cami Boy Kur'an-ı Kerim Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>400</v>
+        <v>96.24</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>1002364101729</t>
+          <t>3990000027451</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareket Metodu</t>
+          <t>Rahle Boy Kur'an-ı Kerim Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>200</v>
+        <v>85.54</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>3990000027407</t>
+          <t>3990000029680</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sahabeler</t>
+          <t>Orta Boy Kur'an-ı Kerim Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>10</v>
+        <v>55</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257810319</t>
+          <t>9786054818372</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Davet Yolunda Nebevi Nurlar 2</t>
+          <t>Üç Mescid</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786054818112</t>
+          <t>9786054411436</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve İbadetin İnsan Ruhuna Etkileri</t>
+          <t>İyaz B. Ganm</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786054411825</t>
+          <t>9786057577719</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Adam Arıyorum</t>
+          <t>İslam Davetçilerine</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786054818396</t>
+          <t>1002364101729</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Cehennem</t>
+          <t>İslami Hareket Metodu</t>
         </is>
       </c>
       <c r="C671" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786054411184</t>
+          <t>3990000027407</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Meleklere İman</t>
+          <t>Çocuk Sahabeler</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257895712</t>
+          <t>9786257810319</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Bağcılık ve Gübreleme</t>
+          <t>Davet Yolunda Nebevi Nurlar 2</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789756500279</t>
+          <t>9786054818112</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Teşkilatçının Başarı Kılavuzu</t>
+          <t>İnanç ve İbadetin İnsan Ruhuna Etkileri</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789756500477</t>
+          <t>9786054411825</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dilbilgisi</t>
+          <t>Adam Arıyorum</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786054411788</t>
+          <t>9786054818396</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dersler 1</t>
+          <t>Kur'an'da Cehennem</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>13.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>3990000027403</t>
+          <t>9786054411184</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Beşeri Kanunlar</t>
+          <t>Meleklere İman</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786054818334</t>
+          <t>9786257895712</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Ağır Sanayi Davası</t>
+          <t>Bağcılık ve Gübreleme</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786054818341</t>
+          <t>9789756500279</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Faiz Belası - Erbakan Risaleleri: 4</t>
+          <t>Teşkilatçının Başarı Kılavuzu</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786054411610</t>
+          <t>9789756500477</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Babadan Oğluna Nasihatler</t>
+          <t>Arapça Dilbilgisi</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786059261470</t>
+          <t>9786054411788</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Davet Yolu</t>
+          <t>Arapça Dersler 1</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>300</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786054818174</t>
+          <t>3990000027403</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Tevhid</t>
+          <t>İslam ve Beşeri Kanunlar</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>160</v>
+        <v>15</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789756500958</t>
+          <t>9786054818334</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Neslinin Hadis İlmine Katkıları</t>
+          <t>Ağır Sanayi Davası</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789756500804</t>
+          <t>9786054818341</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İman Sorununa Felsefi Yaklaşım</t>
+          <t>Faiz Belası - Erbakan Risaleleri: 4</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786054411535</t>
+          <t>9786054411610</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Süfyan-ı Sevri</t>
+          <t>Babadan Oğluna Nasihatler</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786054818273</t>
+          <t>9786059261470</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Erbakan Risaleleri: 3 Adil Düzen</t>
+          <t>Davet Yolu</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786054411658</t>
+          <t>9786054818174</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Arapça DilBilgisi Nahiv</t>
+          <t>İlm-i Tevhid</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257895774</t>
+          <t>9789756500958</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>İlahi Mesaj Namaz</t>
+          <t>Sahabe Neslinin Hadis İlmine Katkıları</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>3990000099992</t>
+          <t>9789756500804</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Kolay Arapça Dersleri -3</t>
+          <t>İslam Düşüncesinde İman Sorununa Felsefi Yaklaşım</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>3990000099993</t>
+          <t>9786054411535</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kolay Arapça Dersleri -2</t>
+          <t>Süfyan-ı Sevri</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786059261388</t>
+          <t>9786054818273</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Davetçinin Yol Azığı</t>
+          <t>Erbakan Risaleleri: 3 Adil Düzen</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>3990000078912</t>
+          <t>9786054411658</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kısasun Nebiyyin (Karton Kapak, 2. Hamur) Büyük Boy</t>
+          <t>Arapça DilBilgisi Nahiv</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786059261050</t>
+          <t>9786257895774</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kitabu'l Melahim</t>
+          <t>İlahi Mesaj Namaz</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789758896714</t>
+          <t>3990000099992</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hayatından Tablolar 3 Cilt Takım (Ciltli)</t>
+          <t>Kolay Arapça Dersleri -3</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>2400</v>
+        <v>15</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786054411351</t>
+          <t>3990000099993</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Vahiy Kültürü</t>
+          <t>Kolay Arapça Dersleri -2</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786054411931</t>
+          <t>9786059261388</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Eşler Arasında Karşılıklı Hoşgörü</t>
+          <t>Davetçinin Yol Azığı</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786054411924</t>
+          <t>3990000078912</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Eşler Arasında Karşılıklı Saygı</t>
+          <t>Kısasun Nebiyyin (Karton Kapak, 2. Hamur) Büyük Boy</t>
         </is>
       </c>
       <c r="C697" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786054411917</t>
+          <t>9786059261050</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Eşler Arasında Karşılıklı Sevgi</t>
+          <t>Kitabu'l Melahim</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786059261760</t>
+          <t>9789758896714</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Osman Siraceddin-i Tavili ve Ailesi</t>
+          <t>Sahabe Hayatından Tablolar 3 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>100</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786059261777</t>
+          <t>9786054411351</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>İslami Açıdan Aşırılık ve Şiddet</t>
+          <t>Vahiy Kültürü</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786054411948</t>
+          <t>9786054411931</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Eşler Arasında Karşılıklı Güven</t>
+          <t>Eşler Arasında Karşılıklı Hoşgörü</t>
         </is>
       </c>
       <c r="C701" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786054411955</t>
+          <t>9786054411924</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Eşler Arasında Karşılıklı Fikir Birliği</t>
+          <t>Eşler Arasında Karşılıklı Saygı</t>
         </is>
       </c>
       <c r="C702" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789756500699</t>
+          <t>9786054411917</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kendinle Yarış ve Başar</t>
+          <t>Eşler Arasında Karşılıklı Sevgi</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789756500514</t>
+          <t>9786059261760</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'de Geçen Hikayeler</t>
+          <t>Osman Siraceddin-i Tavili ve Ailesi</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789756500828</t>
+          <t>9786059261777</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Güller Ağlar Ülkemde</t>
+          <t>İslami Açıdan Aşırılık ve Şiddet</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>25</v>
+        <v>400</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786054818099</t>
+          <t>9786054411948</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular</t>
+          <t>Eşler Arasında Karşılıklı Güven</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786054818440</t>
+          <t>9786054411955</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Eşler Arasında Karşılıklı Fikir Birliği</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789756500606</t>
+          <t>9789756500699</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Aylar Günler ve Gecelerin Faziletleri</t>
+          <t>Kendinle Yarış ve Başar</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786054818570</t>
+          <t>9789756500514</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ötesi</t>
+          <t>Mesnevi'de Geçen Hikayeler</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257682701</t>
+          <t>9789756500828</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Mürşidim Şeyh Muhammed Kazım Aydın (K.S) El-Halidi En-Nakşibendi ile 19 Saadetli Yıl (Ciltli)</t>
+          <t>Güller Ağlar Ülkemde</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>400</v>
+        <v>25</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257682572</t>
+          <t>9786054818099</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin Dirilişi</t>
+          <t>Selçuklular</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257682794</t>
+          <t>9786054818440</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Seyahat ve Hükümleri</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257580069</t>
+          <t>9789756500606</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Nasıl Düştü?</t>
+          <t>Mübarek Aylar Günler ve Gecelerin Faziletleri</t>
         </is>
       </c>
       <c r="C713" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257682909</t>
+          <t>9786054818570</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Örgün Eğitim Kapsamında Hafızlık</t>
+          <t>Ölüm ve Ötesi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257580076</t>
+          <t>9786257682701</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>İmam Buhari - Sahih-i Buhari Muhtasarı Tecrid-i Sarih</t>
+          <t>Mürşidim Şeyh Muhammed Kazım Aydın (K.S) El-Halidi En-Nakşibendi ile 19 Saadetli Yıl (Ciltli)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786057577702</t>
+          <t>9786257682572</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Elifbası</t>
+          <t>Gönüllerin Dirilişi</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257682336</t>
+          <t>9786257682794</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Geriye Kalan</t>
+          <t>İslam Hukukunda Seyahat ve Hükümleri</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257895866</t>
+          <t>9786257580069</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı (5'li Set)</t>
+          <t>Kudüs Nasıl Düştü?</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257810449</t>
+          <t>9786257682909</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Akıl Kitabı - 1</t>
+          <t>Örgün Eğitim Kapsamında Hafızlık</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789756500934</t>
+          <t>9786257580076</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin 2.Cilt</t>
+          <t>İmam Buhari - Sahih-i Buhari Muhtasarı Tecrid-i Sarih</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>25</v>
+        <v>450</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789756500408</t>
+          <t>9786057577702</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi (Ciltli)</t>
+          <t>Kur'an-ı Kerim Elifbası</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>800</v>
+        <v>50</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786054818891</t>
+          <t>9786257682336</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi</t>
+          <t>Hayalden Geriye Kalan</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786257810739</t>
+          <t>9786257895866</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Bilinç ve Put</t>
+          <t>Boyama Kitabı (5'li Set)</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257682565</t>
+          <t>9786257810449</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Sosyal Medya İlmihali</t>
+          <t>Akıl Kitabı - 1</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257682558</t>
+          <t>9789756500934</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Aklın İlkeleri ve İlk Bilgileri</t>
+          <t>Riyazü's Salihin 2.Cilt</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257895613</t>
+          <t>9789756500408</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>İmam Birgivi ve Kitabu'l-İman</t>
+          <t>Kalplerin Keşfi (Ciltli)</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257682022</t>
+          <t>9786054818891</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Tefsiru'l Kur'an (6 Cilt Takım) (Ciltli)</t>
+          <t>Kalplerin Keşfi</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>6000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786058021143</t>
+          <t>9786257810739</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Ölüm ve Ahiret Halleri (Ciltli)</t>
+          <t>Bilinç ve Put</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257682459</t>
+          <t>9786257682565</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Durusu’l-Luğati’l-Arabiyye 5 – Muhadese Arapça Diyaloglar</t>
+          <t>Gençler İçin Sosyal Medya İlmihali</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786257682466</t>
+          <t>9786257682558</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Sehit Hasan El-Benna’dan Müslüman Gençlere</t>
+          <t>Aklın İlkeleri ve İlk Bilgileri</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257810074</t>
+          <t>9786257895613</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Es - Sahih el-Muhtasar min Sireti Hayri’l Beşer</t>
+          <t>İmam Birgivi ve Kitabu'l-İman</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257895811</t>
+          <t>9786257682022</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Ed-Dimokratiyyetü'l Mahsube</t>
+          <t>Tefsiru'l Kur'an (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>400</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786257895835</t>
+          <t>9786058021143</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Zekeriya Muhyiddin - Belağatu's Samt</t>
+          <t>Bütün Yönleriyle Ölüm ve Ahiret Halleri (Ciltli)</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257895828</t>
+          <t>9786257682459</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Rıhalat Fi Biladi'l-Arab</t>
+          <t>Durusu’l-Luğati’l-Arabiyye 5 – Muhadese Arapça Diyaloglar</t>
         </is>
       </c>
       <c r="C734" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786257895897</t>
+          <t>9786257682466</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>İfrikiye’s Sahine fi’l Harbi’l Baride</t>
+          <t>Sehit Hasan El-Benna’dan Müslüman Gençlere</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786257895798</t>
+          <t>9786257810074</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Eş - Şem'atü'l - Emrikiyye-Fi Nehdati’ş Şam es-Sikafetiyyeti’l Hadisiyye</t>
+          <t>Es - Sahih el-Muhtasar min Sireti Hayri’l Beşer</t>
         </is>
       </c>
       <c r="C736" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786257895804</t>
+          <t>9786257895811</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>El - Kaidü'ş - Şehid - Abdulmün'im Riyad</t>
+          <t>Ed-Dimokratiyyetü'l Mahsube</t>
         </is>
       </c>
       <c r="C737" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786257895873</t>
+          <t>9786257895835</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>El- Ayşü mine'l Asife el-Bakuri ve'l Behiyy ve Abdunnasır</t>
+          <t>Zekeriya Muhyiddin - Belağatu's Samt</t>
         </is>
       </c>
       <c r="C738" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786257895842</t>
+          <t>9786257895828</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Cemal Salim Neşvetü's Sulta</t>
+          <t>Rıhalat Fi Biladi'l-Arab</t>
         </is>
       </c>
       <c r="C739" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786257980968</t>
+          <t>9786257895897</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Zekatın Sırları</t>
+          <t>İfrikiye’s Sahine fi’l Harbi’l Baride</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786257980944</t>
+          <t>9786257895798</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Haccın Sırları</t>
+          <t>Eş - Şem'atü'l - Emrikiyye-Fi Nehdati’ş Şam es-Sikafetiyyeti’l Hadisiyye</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786257980951</t>
+          <t>9786257895804</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>İslam Kardeşliği</t>
+          <t>El - Kaidü'ş - Şehid - Abdulmün'im Riyad</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786257580533</t>
+          <t>9786257895873</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dersleri Durusul Lugatil Arabiyye (Tek Cilt) (Ciltli)</t>
+          <t>El- Ayşü mine'l Asife el-Bakuri ve'l Behiyy ve Abdunnasır</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786058021136</t>
+          <t>9786257895842</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakültelerinde Kuran Eğitim ve Öğretimi</t>
+          <t>Cemal Salim Neşvetü's Sulta</t>
         </is>
       </c>
       <c r="C744" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786054411900</t>
+          <t>9786257980968</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Kainatta Her Şey Diyor Ki Allah Vardır</t>
+          <t>Zekatın Sırları</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786054818136</t>
+          <t>9786257980944</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii</t>
+          <t>Haccın Sırları</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786257895415</t>
+          <t>9786257980951</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Hicab Örtünmenin Dini Ölçüleri</t>
+          <t>İslam Kardeşliği</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786257682060</t>
+          <t>9786257580533</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Akıl Kitabı - 3</t>
+          <t>Arapça Dersleri Durusul Lugatil Arabiyye (Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786257682053</t>
+          <t>9786058021136</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Akıl Kitabı - 2</t>
+          <t>İlahiyat Fakültelerinde Kuran Eğitim ve Öğretimi</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786257682305</t>
+          <t>9786054411900</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Akıl Kitabı - 4</t>
+          <t>Kainatta Her Şey Diyor Ki Allah Vardır</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789756500583</t>
+          <t>9786054818136</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali - İslam Tarihi 6</t>
+          <t>İmam Şafii</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786257980074</t>
+          <t>9786257895415</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Dini Düşünce</t>
+          <t>Hicab Örtünmenin Dini Ölçüleri</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786257980654</t>
+          <t>9786257682060</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>El-Edebü'l Müfred</t>
+          <t>Akıl Kitabı - 3</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786257810050</t>
+          <t>9786257682053</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Hazihi Hiye Rahmetü’l İslam</t>
+          <t>Akıl Kitabı - 2</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786054818402</t>
+          <t>9786257682305</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Kolay Arapça Öğrenimi İçin Arapça-Türkçe Hikayeler</t>
+          <t>Akıl Kitabı - 4</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>3990000065165</t>
+          <t>9789756500583</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin 3.Cilt</t>
+          <t>Hz. Ali - İslam Tarihi 6</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>25</v>
+        <v>800</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786257895880</t>
+          <t>9786257980074</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Zübdetü'l Mecelle</t>
+          <t>Çağdaş Dini Düşünce</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786257895224</t>
+          <t>9786257980654</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Ashab'dan Öğütler</t>
+          <t>El-Edebü'l Müfred</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786057577856</t>
+          <t>9786257810050</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Resulullah'ın Eğitim Metodu</t>
+          <t>Hazihi Hiye Rahmetü’l İslam</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>3990000980067</t>
+          <t>9786054818402</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 7 (Ciltli)</t>
+          <t>Kolay Arapça Öğrenimi İçin Arapça-Türkçe Hikayeler</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>68.75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>3990000073364</t>
+          <t>3990000065165</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 8.Cilt (Ciltli)</t>
+          <t>Riyazü's Salihin 3.Cilt</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>68.75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786257810548</t>
+          <t>9786257895880</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehrin Ebabili</t>
+          <t>Zübdetü'l Mecelle</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786257682541</t>
+          <t>9786257895224</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>U Dönüşü</t>
+          <t>Ashab'dan Öğütler</t>
         </is>
       </c>
       <c r="C763" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786257682718</t>
+          <t>9786057577856</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Ayetleri ve Tarihselcilik</t>
+          <t>Resulullah'ın Eğitim Metodu</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786257580397</t>
+          <t>3990000980067</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti İslam Devleti Olarak Kuruldu</t>
+          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>200</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786257580366</t>
+          <t>3990000073364</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Yaratılışın Başlangıcı ve Hz. Adem'in Yaratılışı (2 Cilt Takım)</t>
+          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 8.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>1000</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786257580243</t>
+          <t>9786257810548</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Doğru İnancın Peşinde</t>
+          <t>Bir Şehrin Ebabili</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786257580090</t>
+          <t>9786257682541</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Ailede Gençliğin Eğitimi (Ciltli)</t>
+          <t>U Dönüşü</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786257580342</t>
+          <t>9786257682718</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Şarkın Büyük Şeyhi Şeyh Ali Sebti Palevi ve Şeyhü’ş Şüyuh Risalesi</t>
+          <t>Ahkam Ayetleri ve Tarihselcilik</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786257580236</t>
+          <t>9786257580397</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Özlü Hutbeler</t>
+          <t>Türkiye Cumhuriyeti İslam Devleti Olarak Kuruldu</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786054411801</t>
+          <t>9786257580366</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Arapça Güzel Yazı Defteri</t>
+          <t>Yaratılışın Başlangıcı ve Hz. Adem'in Yaratılışı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786257580410</t>
+          <t>9786257580243</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>El-İmamü Ebu Hanifete’n-Numan ve Hakikatü Nakdi Muhalifihi</t>
+          <t>Doğru İnancın Peşinde</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786059261791</t>
+          <t>9786257580090</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Ta'limü'l Müteallim Öğretmen - Öğrenci İlişkileri</t>
+          <t>Müslüman Ailede Gençliğin Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>3990000017537</t>
+          <t>9786257580342</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali</t>
+          <t>Şarkın Büyük Şeyhi Şeyh Ali Sebti Palevi ve Şeyhü’ş Şüyuh Risalesi</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786054818167</t>
+          <t>9786257580236</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Muvazzah İlmi Kelam Dersleri Ehli Sünnet İtikadı</t>
+          <t>Özlü Hutbeler</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786257580526</t>
+          <t>9786054411801</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Esmaye Husna</t>
+          <t>Arapça Güzel Yazı Defteri</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789756500590</t>
+          <t>9786257580410</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hasan (r.a) Hayatı - Şahsiyeti - Dönemi (Karton Kapak)</t>
+          <t>El-İmamü Ebu Hanifete’n-Numan ve Hakikatü Nakdi Muhalifihi</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786257980876</t>
+          <t>9786059261791</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşının Çocuk Kahramanları</t>
+          <t>Ta'limü'l Müteallim Öğretmen - Öğrenci İlişkileri</t>
         </is>
       </c>
       <c r="C778" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786257980388</t>
+          <t>3990000017537</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Namazın Önemi ve Sırları</t>
+          <t>İmam Gazali</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>3990000098869</t>
+          <t>9786054818167</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 5 (Ciltli)</t>
+          <t>Muvazzah İlmi Kelam Dersleri Ehli Sünnet İtikadı</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786257580519</t>
+          <t>9786257580526</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Ta'limü'l Müteallim Öğretmen - Öğrenci İlişkileri</t>
+          <t>Esmaye Husna</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786057577177</t>
+          <t>9789756500590</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Büyük Dua Kitabı (Ciltli)</t>
+          <t>Hz. Hasan (r.a) Hayatı - Şahsiyeti - Dönemi (Karton Kapak)</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786257980975</t>
+          <t>9786257980876</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Sen Ey Müslüman Genç!</t>
+          <t>Kurtuluş Savaşının Çocuk Kahramanları</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786257682596</t>
+          <t>9786257980388</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Tefsiri</t>
+          <t>Namazın Önemi ve Sırları</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786257682749</t>
+          <t>3990000098869</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kitabu'l-Mukarabeti Ve'l-Muhasebeti Murakabe ve Muhasebe</t>
+          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786257682756</t>
+          <t>9786257580519</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kitabu'l-Fakri Ve'zühd Fakr ve Zühd</t>
+          <t>Ta'limü'l Müteallim Öğretmen - Öğrenci İlişkileri</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786257682923</t>
+          <t>9786057577177</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Akıl Kitabı - 6</t>
+          <t>Büyük Dua Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786257682916</t>
+          <t>9786257980975</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Akıl Kitabı - 5</t>
+          <t>Sen Ey Müslüman Genç!</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>3990000095006</t>
+          <t>9786257682596</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi 2. Cilt (Ciltli)</t>
+          <t>Sayıların Tefsiri</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>3990000093307</t>
+          <t>9786257682749</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin 3.Cilt (Ciltli)</t>
+          <t>Kitabu'l-Mukarabeti Ve'l-Muhasebeti Murakabe ve Muhasebe</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786257895705</t>
+          <t>9786257682756</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Zahidlerin İmamı Hasan El-Basri</t>
+          <t>Kitabu'l-Fakri Ve'zühd Fakr ve Zühd</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786257682015</t>
+          <t>9786257682923</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Siyer Ders Notları</t>
+          <t>Akıl Kitabı - 6</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>3990000073370</t>
+          <t>9786257682916</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 6.Cilt (Ciltli)</t>
+          <t>Akıl Kitabı - 5</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>68.75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>3990000073369</t>
+          <t>3990000095006</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 5.Cilt (Ciltli)</t>
+          <t>İslam Tarihi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>68.75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>3990000073368</t>
+          <t>3990000093307</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 4.Cilt (Ciltli)</t>
+          <t>Riyazü's Salihin 3.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>68.75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>3990000073367</t>
+          <t>9786257895705</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 3.Cilt (Ciltli)</t>
+          <t>Zahidlerin İmamı Hasan El-Basri</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>68.75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>3990000073366</t>
+          <t>9786257682015</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 2.Cilt (Ciltli)</t>
+          <t>Siyer Ders Notları</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>68.75</v>
+        <v>600</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>3990000073365</t>
+          <t>3990000073370</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 1.Cilt (Ciltli)</t>
+          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 6.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C798" s="1">
         <v>68.75</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052154861</t>
+          <t>3990000073369</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin Cilt 1 (Ciltli)</t>
+          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 5.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>1500</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>3990006500538</t>
+          <t>3990000073368</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi Cilt 1</t>
+          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 4.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>70</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786057577955</t>
+          <t>3990000073367</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Tefsire Giriş</t>
+          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 3.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>180</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786057577467</t>
+          <t>3990000073366</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnete Göre Müslüman Şahsiyeti</t>
+          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 2.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>250</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>3990000031451</t>
+          <t>3990000073365</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Kabeli Kuran Orta Boy (Ciltli)</t>
+          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>70</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786257980135</t>
+          <t>9786052154861</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Dosdoğru Yolu</t>
+          <t>Riyazü's Salihin Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>25</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786257980159</t>
+          <t>3990006500538</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Ne İfrat Ne Tefrit Vasat Bir Din</t>
+          <t>Siyer-i Nebi Cilt 1</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786057577757</t>
+          <t>9786057577955</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kız Çocuklarının Eğitimi (Ciltli)</t>
+          <t>Tefsire Giriş</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786057577788</t>
+          <t>9786057577467</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Risale Fi Hakkil Kader Veyeliha Kitabü’n Nühceti’z Zekiyye Fi Adabi’t Tarikati’n Nakşibendiyye</t>
+          <t>Kur’an ve Sünnete Göre Müslüman Şahsiyeti</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786257810883</t>
+          <t>3990000031451</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Et-Teshil fi İlmi'l Belağati mine’l Beyan ve’l Meani ve’l Bedi</t>
+          <t>Kabeli Kuran Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>500</v>
+        <v>70</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786257682787</t>
+          <t>9786257980135</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim'in İttifak Ettiği Hadis-i Şerifler El-Lü'lüü Ve'l Mercan</t>
+          <t>Allah'ın Dosdoğru Yolu</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>450</v>
+        <v>25</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786257810432</t>
+          <t>9786257980159</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Usulü</t>
+          <t>Ne İfrat Ne Tefrit Vasat Bir Din</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786257980395</t>
+          <t>9786057577757</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Muhtasaru’l Kuduri (Ciltli)</t>
+          <t>İslam'da Kız Çocuklarının Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>1200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786257980173</t>
+          <t>9786057577788</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Dava ve Davetçiden Hatıralar (İhvan-ı Müslimin) (Ciltli)</t>
+          <t>Risale Fi Hakkil Kader Veyeliha Kitabü’n Nühceti’z Zekiyye Fi Adabi’t Tarikati’n Nakşibendiyye</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786057577252</t>
+          <t>9786257810883</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Resulullah'ın Hareket Metodu (Ciltli)</t>
+          <t>Et-Teshil fi İlmi'l Belağati mine’l Beyan ve’l Meani ve’l Bedi</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>1200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789756500972</t>
+          <t>9786257682787</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Büyük Şafii İlmihali (İthal - Ciltli)</t>
+          <t>Buhari ve Müslim'in İttifak Ettiği Hadis-i Şerifler El-Lü'lüü Ve'l Mercan</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786257682725</t>
+          <t>9786257810432</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Virdlerin Tertibi ve Geceleri İhya Etmenin Fazileti</t>
+          <t>İslam Hukuk Usulü</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786257682732</t>
+          <t>9786257980395</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Kitabı</t>
+          <t>Muhtasaru’l Kuduri (Ciltli)</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>180</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786257682763</t>
+          <t>9786257980173</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin (S.A.V) Edeb ve Ahlakı</t>
+          <t>Dava ve Davetçiden Hatıralar (İhvan-ı Müslimin) (Ciltli)</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786257682299</t>
+          <t>9786057577252</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Ontolojisi</t>
+          <t>Resulullah'ın Hareket Metodu (Ciltli)</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>250</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>3990000051988</t>
+          <t>9789756500972</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 8 (Ciltli)</t>
+          <t>Delilleriyle Büyük Şafii İlmihali (İthal - Ciltli)</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>50</v>
+        <v>750</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>3990000051987</t>
+          <t>9786257682725</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-i islamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 7 (Ciltli)</t>
+          <t>Virdlerin Tertibi ve Geceleri İhya Etmenin Fazileti</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>3990000051986</t>
+          <t>9786257682732</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 6 (Ciltli)</t>
+          <t>Tefekkür Kitabı</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>3990000051985</t>
+          <t>9786257682763</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 4 (Ciltli)</t>
+          <t>Peygamberimizin (S.A.V) Edeb ve Ahlakı</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>3990000051984</t>
+          <t>9786257682299</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 3 (Ciltli)</t>
+          <t>Bilginin Ontolojisi</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>3990000051983</t>
+          <t>3990000051988</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 2 (Ciltli)</t>
+          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C824" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786054818129</t>
+          <t>3990000051987</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>40 Şiirde 40 Hadis-i Şerif ve Rasulullah (Sav)</t>
+          <t>Hukuk-i islamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786257980661</t>
+          <t>3990000051986</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Bir Refik'in Gözünden Dijital Çölde Yaşam</t>
+          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786257895859</t>
+          <t>3990000051985</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Istişraf Işkaliyati'l Müstakbeli'l Islami</t>
+          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789756500927</t>
+          <t>3990000051984</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin Cilt: 1</t>
+          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>3990000051657</t>
+          <t>3990000051983</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt 1 (Ciltli)</t>
+          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C829" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789756500354</t>
+          <t>9786054818129</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tefsir Tarihi Cilt: 1 (Ciltli)</t>
+          <t>40 Şiirde 40 Hadis-i Şerif ve Rasulullah (Sav)</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786257810111</t>
+          <t>9786257980661</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Kalbi Atanlara 83 Ayette Yasin Hikayesi</t>
+          <t>Bir Refik'in Gözünden Dijital Çölde Yaşam</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786257810517</t>
+          <t>9786257895859</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Kur'an-ı Kerim Elifbası</t>
+          <t>Istişraf Işkaliyati'l Müstakbeli'l Islami</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786257810395</t>
+          <t>9789756500927</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Et-Tevhidü'l Halis Lillahi Teala</t>
+          <t>Riyazü's Salihin Cilt: 1</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>1000</v>
+        <v>20</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>3990000083201</t>
+          <t>3990000051657</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'n Türkçe Meali Alisi ve Tefsiri Cilt: 5 (Ciltli)</t>
+          <t>Hukuk-i İslamiyye ve Istılahat-ı Fıkhiyye Kamusu Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>62.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>3990000062102</t>
+          <t>9789756500354</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Haşiyetü’l Vadıhi’l Mesalik Ala Tefsiri’l Medarik Cilt 3 (Ciltli)</t>
+          <t>Büyük Tefsir Tarihi Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>59.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>3990000062101</t>
+          <t>9786257810111</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Haşiyetü’l Vadıhi’l Mesalik Ala Tefsiri’l Medarik Cilt 2 (Ciltli)</t>
+          <t>Kalbi Atanlara 83 Ayette Yasin Hikayesi</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>59.9</v>
+        <v>150</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>3990000062100</t>
+          <t>9786257810517</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Haşiyetü’l Vadıhi’l Mesalik Ala Tefsiri’l Medarik Cilt 1 (Ciltli)</t>
+          <t>Boyamalı Kur'an-ı Kerim Elifbası</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>59.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786257810340</t>
+          <t>9786257810395</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareketten Halkımıza</t>
+          <t>Et-Tevhidü'l Halis Lillahi Teala</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>3330000032525</t>
+          <t>3990000083201</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Divanı’I Seyyid Husameddin Mollakendi</t>
+          <t>Kur'an-ı Kerim'n Türkçe Meali Alisi ve Tefsiri Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>700</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786057577061</t>
+          <t>3990000062102</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Kur'ana Konan Bal Arısı - Bir Nahl Suresi Hikayesi</t>
+          <t>Haşiyetü’l Vadıhi’l Mesalik Ala Tefsiri’l Medarik Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>180</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052154816</t>
+          <t>3990000062101</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>El-Kavaninü’l Hadisiyye Fi Davi’l-Manzumeti’l Beykûniyye (Beykuniyye Şerhi)</t>
+          <t>Haşiyetü’l Vadıhi’l Mesalik Ala Tefsiri’l Medarik Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>500</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786057577399</t>
+          <t>3990000062100</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Muhadese</t>
+          <t>Haşiyetü’l Vadıhi’l Mesalik Ala Tefsiri’l Medarik Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>150</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786257895262</t>
+          <t>9786257810340</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Nuh (Aleyhiseselam) ve Büyük Tufan</t>
+          <t>İslami Hareketten Halkımıza</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786257980999</t>
+          <t>3330000032525</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Yeme-İçme Adabı</t>
+          <t>Divanı’I Seyyid Husameddin Mollakendi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9782915915650</t>
+          <t>9786057577061</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>İslam Gençliği</t>
+          <t>Kur'ana Konan Bal Arısı - Bir Nahl Suresi Hikayesi</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786057577542</t>
+          <t>9786052154816</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İslam Tarihinden Kıssalar</t>
+          <t>El-Kavaninü’l Hadisiyye Fi Davi’l-Manzumeti’l Beykûniyye (Beykuniyye Şerhi)</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786257810418</t>
+          <t>9786057577399</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Fetih Suresi Tefsiri - İ'tila-i İslam</t>
+          <t>Muhadese</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786257895361</t>
+          <t>9786257895262</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>El-Lü'Lüü Ve'l-Mercan (Şamua) (Ciltli)</t>
+          <t>Hazreti Nuh (Aleyhiseselam) ve Büyük Tufan</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786257980067</t>
+          <t>9786257980999</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri (8 Cilt Takım) (Ciltli)</t>
+          <t>Yeme-İçme Adabı</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>5000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786057577818</t>
+          <t>9782915915650</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Kıraat İlminde Hemze Üzerinde Vakf Meselesi</t>
+          <t>İslam Gençliği</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786057577559</t>
+          <t>9786057577542</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>İti - Razı Olan Var mı?</t>
+          <t>Çocuklar İçin İslam Tarihinden Kıssalar</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786052154250</t>
+          <t>9786257810418</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>İslamın Işığında Meselelerimiz ve Çözüm Yolları</t>
+          <t>Fetih Suresi Tefsiri - İ'tila-i İslam</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786257895217</t>
+          <t>9786257895361</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Nereye Gidiyoruz ?</t>
+          <t>El-Lü'Lüü Ve'l-Mercan (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786257895194</t>
+          <t>9786257980067</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Sonraki Hayat</t>
+          <t>Kur'an-ı Kerim'in Türkçe Meali Alisi ve Tefsiri (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>150</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786257895200</t>
+          <t>9786057577818</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>İslam' da Evlilik ve Mut' a</t>
+          <t>Kıraat İlminde Hemze Üzerinde Vakf Meselesi</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786257895408</t>
+          <t>9786057577559</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>İrtiyahu'l Ukul ila Risaleti'r Resul</t>
+          <t>İti - Razı Olan Var mı?</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786059261968</t>
+          <t>9786052154250</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Kimyayı Saadet (Şamua) (Ciltli)</t>
+          <t>İslamın Işığında Meselelerimiz ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786057577825</t>
+          <t>9786257895217</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’e Uyanmak</t>
+          <t>Nereye Gidiyoruz ?</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9280000009246</t>
+          <t>9786257895194</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratikte İslam</t>
+          <t>Ölümden Sonraki Hayat</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786058147126</t>
+          <t>9786257895200</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Kaynak'tan Damlalar Mü’min</t>
+          <t>İslam' da Evlilik ve Mut' a</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786057577368</t>
+          <t>9786257895408</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Zarif Nükteler (Ciltli)</t>
+          <t>İrtiyahu'l Ukul ila Risaleti'r Resul</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786059261258</t>
+          <t>9786059261968</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Camiu'l Mesail ve Menahicuhu fi'l Fıkhıl İslami (Ciltli)</t>
+          <t>Kimyayı Saadet (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>1200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786057577153</t>
+          <t>9786057577825</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler ve Gençler</t>
+          <t>Kudüs’e Uyanmak</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>3990000074976</t>
+          <t>9280000009246</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Evlilik ve Mahremiyetleri (Ciltli)</t>
+          <t>Teori ve Pratikte İslam</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052154281</t>
+          <t>9786058147126</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>3. Halife Hz. Osman Hayatı Şahsiyeti ve Dönemi (Ciltli)</t>
+          <t>Kaynak'tan Damlalar Mü’min</t>
         </is>
       </c>
       <c r="C865" s="1">
         <v>900</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>3990000022705</t>
+          <t>9786057577368</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>El İhtiyar Arapça (2 Cilt Takım) (Ciltli)</t>
+          <t>Zarif Nükteler (Ciltli)</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>180</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786057577696</t>
+          <t>9786059261258</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Dava Erleri</t>
+          <t>Camiu'l Mesail ve Menahicuhu fi'l Fıkhıl İslami (Ciltli)</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786057577764</t>
+          <t>9786057577153</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer</t>
+          <t>Peygamberler ve Gençler</t>
         </is>
       </c>
       <c r="C868" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786057577771</t>
+          <t>3990000074976</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ebu Bekir</t>
+          <t>Kur'an ve Sünnet Işığında Evlilik ve Mahremiyetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786057577016</t>
+          <t>9786052154281</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar - 6</t>
+          <t>3. Halife Hz. Osman Hayatı Şahsiyeti ve Dönemi (Ciltli)</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786057577023</t>
+          <t>3990000022705</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar - 7</t>
+          <t>El İhtiyar Arapça (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C871" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786057577160</t>
+          <t>9786057577696</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Tamamı Kelime Manalı Kaside- i Bürde Kaside- i Mudariyye Kaside- i Muhammediyye</t>
+          <t>Dava Erleri</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786059261913</t>
+          <t>9786057577764</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Baharın İlk Çiçeği Erbakan</t>
+          <t>Hazreti Ömer</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052154601</t>
+          <t>9786057577771</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Orjinal Metin) (Ciltli)</t>
+          <t>Hazreti Ebu Bekir</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786057577429</t>
+          <t>9786057577016</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Resulullah'ın (Sav) Dilinden Dualar ve Zikirler El Ezkar (2. Hamur) (Ciltli)</t>
+          <t>Gökteki Yıldızlar - 6</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052154625</t>
+          <t>9786057577023</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Mi'racın Konağı Arz'ı Mukaddes</t>
+          <t>Gökteki Yıldızlar - 7</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>20</v>
+        <v>180</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>3990000089944</t>
+          <t>9786057577160</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Orta Boy, Bilgisayar Hatlı) (Ciltli)</t>
+          <t>Tamamı Kelime Manalı Kaside- i Bürde Kaside- i Mudariyye Kaside- i Muhammediyye</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>3990000047837</t>
+          <t>9786059261913</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Şehadet</t>
+          <t>Baharın İlk Çiçeği Erbakan</t>
         </is>
       </c>
       <c r="C878" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789752419773</t>
+          <t>9786052154601</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>El-Cevahiru’l Kelamiyye fi İzahi’l Akıdeti’l İslamiyye (Sorulu Cevaplı İslam Akaidi Arapça)</t>
+          <t>Büyük İslam İlmihali (Orjinal Metin) (Ciltli)</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>125</v>
+        <v>900</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786057577092</t>
+          <t>9786057577429</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden 60 Hikaye</t>
+          <t>Resulullah'ın (Sav) Dilinden Dualar ve Zikirler El Ezkar (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052154472</t>
+          <t>9786052154625</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Hadise Giriş</t>
+          <t>Mi'racın Konağı Arz'ı Mukaddes</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786059261708</t>
+          <t>3990000089944</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>En Nahvul Vadıh 1. Aşama (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Orta Boy, Bilgisayar Hatlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>700</v>
+        <v>60</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052154090</t>
+          <t>3990000047837</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Cihad İlmihali</t>
+          <t>Şehadet</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786257980166</t>
+          <t>9789752419773</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Dava ve Davetçiden Hatıralar</t>
+          <t>El-Cevahiru’l Kelamiyye fi İzahi’l Akıdeti’l İslamiyye (Sorulu Cevaplı İslam Akaidi Arapça)</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786257980098</t>
+          <t>9786057577092</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>En-Nahvul Vadih - Arapça (Liseler İçin) (Ciltli)</t>
+          <t>Hayatın İçinden 60 Hikaye</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257980050</t>
+          <t>9786052154472</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Tüm Gerçekleriyle Hz. İsa Aleyhisselam</t>
+          <t>Hadise Giriş</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786057577634</t>
+          <t>9786059261708</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Ailede Problemler ve Çözümler</t>
+          <t>En Nahvul Vadıh 1. Aşama (Ciltli)</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786057577665</t>
+          <t>9786052154090</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi (Ciltli 10 Kitap Takım)</t>
+          <t>Cihad İlmihali</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>9000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786057577238</t>
+          <t>9786257980166</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Çöl Aslanı Ömer Muhtar</t>
+          <t>Dava ve Davetçiden Hatıralar</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786057577320</t>
+          <t>9786257980098</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>El-İhtiyar Li Ta'lil'l Muhtar Delilleriyle Hanefi Fıkhı Seyi (4 Kitap Takım) (Ciltli)</t>
+          <t>En-Nahvul Vadih - Arapça (Liseler İçin) (Ciltli)</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>3500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>3330000020606</t>
+          <t>9786257980050</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin (Şamua) (Ciltli)</t>
+          <t>Tüm Gerçekleriyle Hz. İsa Aleyhisselam</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786057577047</t>
+          <t>9786057577634</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar - 9</t>
+          <t>Ailede Problemler ve Çözümler</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786057577054</t>
+          <t>9786057577665</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar - 10</t>
+          <t>İslam Tarihi (Ciltli 10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>160</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786057577108</t>
+          <t>9786057577238</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>İslam Kahramanları</t>
+          <t>Çöl Aslanı Ömer Muhtar</t>
         </is>
       </c>
       <c r="C894" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052154892</t>
+          <t>9786057577320</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Elifba Cüzü (Boyamalı)</t>
+          <t>El-İhtiyar Li Ta'lil'l Muhtar Delilleriyle Hanefi Fıkhı Seyi (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>200</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9280000007723</t>
+          <t>3330000020606</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Miftahu'l Edeb Li Fehm-i Kelami'l Arap ve Yelihi Cevahirü'l İkan (Arap Dili ve Edebiyatından Şiirler)</t>
+          <t>Riyazü's Salihin (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052154694</t>
+          <t>9786057577047</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Hay Ru'l Hedy Hedyi Muhammad (S.a.v) Seçme Hadisler (Arapça)</t>
+          <t>Gökteki Yıldızlar - 9</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789752419117</t>
+          <t>9786057577054</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Hayatı ve Şahsiyeti (Arapça)</t>
+          <t>Gökteki Yıldızlar - 10</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789752419216</t>
+          <t>9786057577108</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hasan Bin Ali Hayatı ve Şahsiyeti (Arapça)</t>
+          <t>İslam Kahramanları</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789756500545</t>
+          <t>9786052154892</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi İslam Tarihi Asr-ı Saadet Dönemi Cilt: 1 (Ciltli)</t>
+          <t>Elifba Cüzü (Boyamalı)</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>55</v>
+        <v>200</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052154670</t>
+          <t>9280000007723</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin er-Razi'nin Mantık Görüşleri</t>
+          <t>Miftahu'l Edeb Li Fehm-i Kelami'l Arap ve Yelihi Cevahirü'l İkan (Arap Dili ve Edebiyatından Şiirler)</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>12</v>
+        <v>350</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789752419124</t>
+          <t>9786052154694</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir Hayatı ve Şahsiyeti (Arapça)</t>
+          <t>Hay Ru'l Hedy Hedyi Muhammad (S.a.v) Seçme Hadisler (Arapça)</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786057577009</t>
+          <t>9789752419117</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar - 5</t>
+          <t>Hz. Ali Hayatı ve Şahsiyeti (Arapça)</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052154991</t>
+          <t>9789752419216</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar - 4</t>
+          <t>Hz. Hasan Bin Ali Hayatı ve Şahsiyeti (Arapça)</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052154847</t>
+          <t>9789756500545</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Yürürlükteki Kanunlar</t>
+          <t>Siyer-i Nebi İslam Tarihi Asr-ı Saadet Dönemi Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052154229</t>
+          <t>9786052154670</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Cihad - Risaleler 2</t>
+          <t>Fahreddin er-Razi'nin Mantık Görüşleri</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>170</v>
+        <v>12</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789752419810</t>
+          <t>9789752419124</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Peygamberimizin Hayatı</t>
+          <t>Hz. Ebubekir Hayatı ve Şahsiyeti (Arapça)</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>25</v>
+        <v>700</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052154632</t>
+          <t>9786057577009</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Mülkü Olmayanın Hükmü Olmaz</t>
+          <t>Gökteki Yıldızlar - 5</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789752419261</t>
+          <t>9786052154991</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer Hayatı ve Şahsiyeti (Arapça)</t>
+          <t>Gökteki Yıldızlar - 4</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>850</v>
+        <v>160</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>3990000030630</t>
+          <t>9786052154847</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Yüce Meali (2. Hamur)</t>
+          <t>İslam ve Yürürlükteki Kanunlar</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>17</v>
+        <v>300</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786257580687</t>
+          <t>9786052154229</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali 2’li Derinlik ve Hikmet Seti</t>
+          <t>Gençlik ve Cihad - Risaleler 2</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>900</v>
+        <v>170</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786257580229</t>
+          <t>9789752419810</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi (Ciltli)</t>
+          <t>Sorularla Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>1000</v>
+        <v>25</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
+          <t>9786052154632</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Mülkü Olmayanın Hükmü Olmaz</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9789752419261</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Ömer Hayatı ve Şahsiyeti (Arapça)</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>3990000030630</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim'in Yüce Meali (2. Hamur)</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9786257580687</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>İmam Gazali 2’li Derinlik ve Hikmet Seti</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786257580229</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
           <t>9786257895231</t>
         </is>
       </c>
-      <c r="B913" s="1" t="inlineStr">
+      <c r="B918" s="1" t="inlineStr">
         <is>
           <t>El-Lü'Lüü Ve'l-Mercan (2. Hamur) (Ciltli)</t>
         </is>
       </c>
-      <c r="C913" s="1">
+      <c r="C918" s="1">
         <v>900</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>