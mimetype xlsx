--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -85,1330 +85,1345 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057222367</t>
+          <t>9786255624451</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Düşsel Sevda</t>
+          <t>Aşkın (H)iç Yüzü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>96</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054497768</t>
+          <t>9786057222367</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Özgürlük</t>
+          <t>Düşsel Sevda</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059014687</t>
+          <t>9786054497768</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğa Yolculuk</t>
+          <t>Hakikat ve Özgürlük</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>16</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059014564</t>
+          <t>9786059014687</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Bahar</t>
+          <t>Sonsuzluğa Yolculuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>48</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259896861</t>
+          <t>9786059014564</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar</t>
+          <t>Beklenen Bahar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256271067</t>
+          <t>9786259896861</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ben Kendim Öteki</t>
+          <t>İz Bırakanlar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256271050</t>
+          <t>9786256271067</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Derin Düşüş</t>
+          <t>Ben Kendim Öteki</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259874289</t>
+          <t>9786256271050</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Anı Bir Dünya</t>
+          <t>Derin Düşüş</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259874265</t>
+          <t>9786259874289</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Yol Hikayesi Olmalıydı</t>
+          <t>Bir Anı Bir Dünya</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259874258</t>
+          <t>9786259874265</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Boğuşma</t>
+          <t>Bu Bir Yol Hikayesi Olmalıydı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259874227</t>
+          <t>9786259874258</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Hırka</t>
+          <t>Boğuşma</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259874272</t>
+          <t>9786259874227</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sarhoş Atlar Kopenhag</t>
+          <t>Kırmızı Hırka</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259924618</t>
+          <t>9786259874272</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Heybet</t>
+          <t>Sarhoş Atlar Kopenhag</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057222374</t>
+          <t>9786259924618</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sarmal Yankılar</t>
+          <t>Heybet</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057222343</t>
+          <t>9786057222374</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sahibini Uyandırmayan Mektuplar</t>
+          <t>Sarmal Yankılar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057222329</t>
+          <t>9786057222343</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Kadınlar</t>
+          <t>Sahibini Uyandırmayan Mektuplar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259924687</t>
+          <t>9786057222329</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tentene</t>
+          <t>Yıkıcı Kadınlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259896816</t>
+          <t>9786259924687</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kiriv</t>
+          <t>Tentene</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259924663</t>
+          <t>9786259896816</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aynanın Uykusunda</t>
+          <t>Kiriv</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259888613</t>
+          <t>9786259924663</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ay Üşüyormuş</t>
+          <t>Aynanın Uykusunda</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058813052</t>
+          <t>9786259888613</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kimlik İstemem</t>
+          <t>Ay Üşüyormuş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054497409</t>
+          <t>9786058813052</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İssiz Çıra</t>
+          <t>Kimlik İstemem</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054497249</t>
+          <t>9786054497409</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gece Güneşi</t>
+          <t>İssiz Çıra</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055683207</t>
+          <t>9786054497249</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma Adası</t>
+          <t>Gece Güneşi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057535740</t>
+          <t>9786055683207</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Nalina Dil</t>
+          <t>Kavuşma Adası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059295178</t>
+          <t>9786057535740</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumuzun Sersem Yüzü</t>
+          <t>Nalina Dil</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055683368</t>
+          <t>9786059295178</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yakasa</t>
+          <t>Çocukluğumuzun Sersem Yüzü</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054497225</t>
+          <t>9786055683368</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Uyuyanlar</t>
+          <t>Yakasa</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055683337</t>
+          <t>9786054497225</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Umudun Bittiği Yerde</t>
+          <t>Uyuyanlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055683344</t>
+          <t>9786055683337</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Süveyda</t>
+          <t>Umudun Bittiği Yerde</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055683351</t>
+          <t>9786055683344</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Susuyordum</t>
+          <t>Süveyda</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054497508</t>
+          <t>9786055683351</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sorgu Yarına Kalıyor</t>
+          <t>Susuyordum</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054497645</t>
+          <t>9786054497508</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Portatif Şeyler</t>
+          <t>Sorgu Yarına Kalıyor</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056211201</t>
+          <t>9786054497645</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Pas</t>
+          <t>Portatif Şeyler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055683320</t>
+          <t>9786056211201</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kızelet Kuşlar</t>
+          <t>Pas</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>515</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054497218</t>
+          <t>9786055683320</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak</t>
+          <t>Kızelet Kuşlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>190</v>
+        <v>515</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058813007</t>
+          <t>9786054497218</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Amed’te Devler Oturur</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054497577</t>
+          <t>9786058813007</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Avaz</t>
+          <t>Amed’te Devler Oturur</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259874210</t>
+          <t>9786054497577</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Özlem'e Şiirler</t>
+          <t>Avaz</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259874234</t>
+          <t>9786259874210</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kavramımı Morfinledim</t>
+          <t>Özlem'e Şiirler</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057222381</t>
+          <t>9786259874234</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Melisa</t>
+          <t>Zaman Kavramımı Morfinledim</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259924625</t>
+          <t>9786057222381</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gör Yaşa Bırak</t>
+          <t>Melisa</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259888606</t>
+          <t>9786259924625</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kokusu</t>
+          <t>Gör Yaşa Bırak</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259888668</t>
+          <t>9786259888606</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Beni Kırdın Frida</t>
+          <t>Güneşin Kokusu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259888862</t>
+          <t>9786259888668</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Lilit</t>
+          <t>Beni Kırdın Frida</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259924601</t>
+          <t>9786259888862</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzel Benim Ülkem</t>
+          <t>Lilit</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057222398</t>
+          <t>9786259924601</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>William'ın Sanrı Aynası</t>
+          <t>Ne Güzel Benim Ülkem</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057222350</t>
+          <t>9786057222398</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Delirdiğim Herkeslik</t>
+          <t>William'ın Sanrı Aynası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057222305</t>
+          <t>9786057222350</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sampera</t>
+          <t>Delirdiğim Herkeslik</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057222336</t>
+          <t>9786057222305</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Olmanın Korkusu</t>
+          <t>Sampera</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057222312</t>
+          <t>9786057222336</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Söğüt Gölgesi</t>
+          <t>Olmanın Korkusu</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259896854</t>
+          <t>9786057222312</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Wolfgang'i Aydınlatan Kadın</t>
+          <t>Söğüt Gölgesi</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259924670</t>
+          <t>9786259896854</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yadigar'ın Yüksek Topukları</t>
+          <t>Wolfgang'i Aydınlatan Kadın</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259924694</t>
+          <t>9786259924670</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şevba'nın Yazılmamış Tarihi</t>
+          <t>Yadigar'ın Yüksek Topukları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259924632</t>
+          <t>9786259924694</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin Yalazında</t>
+          <t>Şevba'nın Yazılmamış Tarihi</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259896809</t>
+          <t>9786259924632</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Özümsen Diyarbekir</t>
+          <t>Sözlerin Yalazında</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259924656</t>
+          <t>9786259896809</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Masum Saat</t>
+          <t>Özümsen Diyarbekir</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259896885</t>
+          <t>9786259924656</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İki Satır Arası</t>
+          <t>Masum Saat</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259896892</t>
+          <t>9786259896885</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>His</t>
+          <t>İki Satır Arası</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259896823</t>
+          <t>9786259896892</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Söyleşi Kitabıdır</t>
+          <t>His</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259896878</t>
+          <t>9786259896823</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Biraz Pembe Panter Biraz Kara Jaguar</t>
+          <t>Bu Bir Söyleşi Kitabıdır</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259896830</t>
+          <t>9786259896878</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Düş Çatlağı</t>
+          <t>Biraz Pembe Panter Biraz Kara Jaguar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259888644</t>
+          <t>9786259896830</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Babam Uzak Bir Dağdı</t>
+          <t>Düş Çatlağı</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259924649</t>
+          <t>9786259888644</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Alışkın Hüzünler</t>
+          <t>Babam Uzak Bir Dağdı</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057496638</t>
+          <t>9786259924649</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bilmenin Bilincindeydi Zaman</t>
+          <t>Alışkın Hüzünler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>4440000002902</t>
+          <t>9786057496638</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sarum</t>
+          <t>Bilmenin Bilincindeydi Zaman</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>192</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257724449</t>
+          <t>4440000002902</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Pratika Xwendina Bi Lez</t>
+          <t>Sarum</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>210</v>
+        <v>192</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257724463</t>
+          <t>9786257724449</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okuma Pratiği</t>
+          <t>Pratika Xwendina Bi Lez</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257724470</t>
+          <t>9786257724463</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kadınlar Köprüsü</t>
+          <t>Hızlı Okuma Pratiği</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257724388</t>
+          <t>9786257724470</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Penaber</t>
+          <t>Bilge Kadınlar Köprüsü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257724210</t>
+          <t>9786257724388</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Derviş</t>
+          <t>Penaber</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054497652</t>
+          <t>9786257724210</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Flu Gizem</t>
+          <t>Derviş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257724180</t>
+          <t>9786054497652</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Sen</t>
+          <t>Flu Gizem</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257724128</t>
+          <t>9786257724180</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Meryem Narçıl Hayatlar</t>
+          <t>İçimdeki Sen</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059295390</t>
+          <t>9786257724128</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Notalar</t>
+          <t>Meryem Narçıl Hayatlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059014663</t>
+          <t>9786059295390</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Aşka Ağıt</t>
+          <t>İsimsiz Notalar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>385</v>
+        <v>175</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059014373</t>
+          <t>9786059014663</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Halklar Kuşlara Benzer</t>
+          <t>Düşmüş Aşka Ağıt</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>190</v>
+        <v>385</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059014144</t>
+          <t>9786059014373</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Luna</t>
+          <t>Halklar Kuşlara Benzer</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059014182</t>
+          <t>9786059014144</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Yer Değiştiriyor</t>
+          <t>Luna</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054497690</t>
+          <t>9786059014182</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Vatansız</t>
+          <t>Yalnızlık Yer Değiştiriyor</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059014038</t>
+          <t>9786054497690</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yasaklarda Üşüyorum</t>
+          <t>Vatansız</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059014014</t>
+          <t>9786059014038</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Roboski: Kayıp ve Uzaksın</t>
+          <t>Yasaklarda Üşüyorum</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054497867</t>
+          <t>9786059014014</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Düşen Canlar</t>
+          <t>Roboski: Kayıp ve Uzaksın</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054497829</t>
+          <t>9786054497867</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Habil'in Katlinden Beri</t>
+          <t>Düşen Canlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>215</v>
+        <v>490</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054497843</t>
+          <t>9786054497829</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çölde Son Gece</t>
+          <t>Habil'in Katlinden Beri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
+          <t>9786054497843</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Çölde Son Gece</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
           <t>9786054497393</t>
         </is>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Esmer Bir Kardan Adam</t>
         </is>
       </c>
-      <c r="C87" s="1">
+      <c r="C88" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>