--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,4315 +85,4360 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256998926</t>
+          <t>9786256998957</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dönme Dolap</t>
+          <t>En Yakın Arkadaşım</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256998933</t>
+          <t>9786256998964</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İşler Döndü Tersine!</t>
+          <t>Dedem Bir Japon Balığı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256998919</t>
+          <t>9786256998940</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yaşıma Girmeden Önce Bilmem Grekenler</t>
+          <t>En Güzel Şey</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256998902</t>
+          <t>9786256998926</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sıra Sende!</t>
+          <t>Dönme Dolap</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256998889</t>
+          <t>9786256998933</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler - Gizli Yediler Macerası</t>
+          <t>İşler Döndü Tersine!</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256998872</t>
+          <t>9786256998919</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler - Gizli Yediler</t>
+          <t>Yedi Yaşıma Girmeden Önce Bilmem Grekenler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256998896</t>
+          <t>9786256998902</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler - Aferin Gizli Yediler</t>
+          <t>Sıra Sende!</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256998865</t>
+          <t>9786256998889</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yetiş Kaplan!</t>
+          <t>Gizli Yediler - Gizli Yediler Macerası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054119431</t>
+          <t>9786256998872</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Ay</t>
+          <t>Gizli Yediler - Gizli Yediler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256998834</t>
+          <t>9786256998896</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Derman İpucu Peşinde</t>
+          <t>Gizli Yediler - Aferin Gizli Yediler</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256998841</t>
+          <t>9786256998865</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Derman Define Peşinde</t>
+          <t>Yetiş Kaplan!</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256998858</t>
+          <t>9786054119431</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Derman Bilmece Peşinde</t>
+          <t>Kaybolan Ay</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256998810</t>
+          <t>9786256998834</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik Abasıyanık Seçme Öyküler</t>
+          <t>Derman İpucu Peşinde</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256998827</t>
+          <t>9786256998841</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Troya Şifresi</t>
+          <t>Derman Define Peşinde</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257782883</t>
+          <t>9786256998858</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Sırayla</t>
+          <t>Derman Bilmece Peşinde</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059781978</t>
+          <t>9786256998810</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Misafir Geliyor (Ciltli)</t>
+          <t>Sait Faik Abasıyanık Seçme Öyküler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>32</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256998803</t>
+          <t>9786256998827</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kaka, Pırt, Çiş - Tuvalet Rehberi</t>
+          <t>Troya Şifresi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256998797</t>
+          <t>9786257782883</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çok Komik Biraz Garip</t>
+          <t>Hepimiz Sırayla</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256998575</t>
+          <t>9786059781978</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tüh Be Riko: Uyku Zamanı</t>
+          <t>Montessori Öykülerim - Misafir Geliyor (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256998568</t>
+          <t>9786256998803</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tüh Be Riko: Banyo Zamanı</t>
+          <t>Kaka, Pırt, Çiş - Tuvalet Rehberi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256998773</t>
+          <t>9786256998797</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sözcü Koyunların Sözcük Oyunları</t>
+          <t>Çok Komik Biraz Garip</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256998780</t>
+          <t>9786256998575</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Tüh Be Riko: Uyku Zamanı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754131321</t>
+          <t>9786256998568</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Jim And The Monster Party</t>
+          <t>Tüh Be Riko: Banyo Zamanı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257782753</t>
+          <t>9786256998773</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eliott ve Gizemli Kütüphane</t>
+          <t>Sözcü Koyunların Sözcük Oyunları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052079003</t>
+          <t>9786256998780</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Yazlık Elbise</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054119912</t>
+          <t>9789754131321</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Robot Değilsin</t>
+          <t>Jim And The Monster Party</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>275</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052079751</t>
+          <t>9786257782753</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Yaralı Kuş</t>
+          <t>Eliott ve Gizemli Kütüphane</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256998599</t>
+          <t>9786052079003</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kanadımda Yeryıldızı</t>
+          <t>Montessori Öykülerim - Yazlık Elbise</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256998612</t>
+          <t>9786054119912</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ayaz'ın İlham Perileri</t>
+          <t>Sen Bir Robot Değilsin</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256998643</t>
+          <t>9786052079751</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Leyla Fonten’den Öyküler Seti</t>
+          <t>Montessori Öykülerim - Yaralı Kuş</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1750</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256998742</t>
+          <t>9786256998599</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Küçücük</t>
+          <t>Kanadımda Yeryıldızı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256998407</t>
+          <t>9786256998612</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kışın Dönen Yavru Balina</t>
+          <t>Ayaz'ın İlham Perileri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256998070</t>
+          <t>9786256998643</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kar Melekleri</t>
+          <t>Leyla Fonten’den Öyküler Seti</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>225</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256998605</t>
+          <t>9786256998742</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Mektuplar</t>
+          <t>Küçücük</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256998582</t>
+          <t>9786256998407</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kuşbaz</t>
+          <t>Kışın Dönen Yavru Balina</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059781060</t>
+          <t>9786256998070</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Pibalu Gezegeni'ne Yolculuk</t>
+          <t>Kar Melekleri</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256998551</t>
+          <t>9786256998605</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Adaya Dönüş</t>
+          <t>Çocuklara Mektuplar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256998544</t>
+          <t>9786256998582</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Burası Kimin Odası?</t>
+          <t>Kuşbaz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754130966</t>
+          <t>9786059781060</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>I am Polly</t>
+          <t>Pibalu Gezegeni'ne Yolculuk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052079683</t>
+          <t>9786256998551</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Büyükannem ve Minik Kuş</t>
+          <t>Afacan Beşler Adaya Dönüş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256998414</t>
+          <t>9786256998544</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Gizli Geçitlerde</t>
+          <t>Burası Kimin Odası?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256998421</t>
+          <t>9789754130966</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Karavan Tatilinde</t>
+          <t>I am Polly</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256998391</t>
+          <t>9786052079683</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sular Altında</t>
+          <t>Büyükannem ve Minik Kuş</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256998384</t>
+          <t>9786256998414</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Oscar’ın Aslanı</t>
+          <t>Afacan Beşler Gizli Geçitlerde</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256998377</t>
+          <t>9786256998421</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Timsah?</t>
+          <t>Afacan Beşler Karavan Tatilinde</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256998360</t>
+          <t>9786256998391</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İstasyonda Vals</t>
+          <t>Sular Altında</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256998353</t>
+          <t>9786256998384</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Seven Çocuklar</t>
+          <t>Oscar’ın Aslanı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256998339</t>
+          <t>9786256998377</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kaya Gibi Ağır, Yaprak Gibi Hafif</t>
+          <t>Bu Nasıl Timsah?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256998346</t>
+          <t>9786256998360</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çok Saydım, Az Ölçtüm</t>
+          <t>İstasyonda Vals</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256998322</t>
+          <t>9786256998353</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Durmayalım Düşeriz</t>
+          <t>Kitapları Seven Çocuklar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256998315</t>
+          <t>9786256998339</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Postacı Fare’nin Olağanüstü Yolculukları</t>
+          <t>Kaya Gibi Ağır, Yaprak Gibi Hafif</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256998308</t>
+          <t>9786256998346</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Ev</t>
+          <t>Çok Saydım, Az Ölçtüm</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256998223</t>
+          <t>9786256998322</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bay Oskar Şehirde</t>
+          <t>Durmayalım Düşeriz</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256998285</t>
+          <t>9786256998315</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Macera Peşinde</t>
+          <t>Postacı Fare’nin Olağanüstü Yolculukları</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256998278</t>
+          <t>9786256998308</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Define Adasında</t>
+          <t>Çarpık Ev</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256998292</t>
+          <t>9786256998223</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Büyük Kaçış</t>
+          <t>Bay Oskar Şehirde</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256998261</t>
+          <t>9786256998285</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Can Dostu</t>
+          <t>Afacan Beşler Macera Peşinde</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256998254</t>
+          <t>9786256998278</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sizi Seviyoruz Öğretmenim</t>
+          <t>Afacan Beşler Define Adasında</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256998247</t>
+          <t>9786256998292</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Clarice Bean - Kesinlikle Ben</t>
+          <t>Afacan Beşler Büyük Kaçış</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256998230</t>
+          <t>9786256998261</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Şeyler</t>
+          <t>Denizlerin Can Dostu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059781251</t>
+          <t>9786256998254</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ready For Summer - 4</t>
+          <t>Sizi Seviyoruz Öğretmenim</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059781244</t>
+          <t>9786256998247</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ready For Summer - 3</t>
+          <t>Clarice Bean - Kesinlikle Ben</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059781237</t>
+          <t>9786256998230</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ready For Summer - 2</t>
+          <t>Vahşi Şeyler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256998155</t>
+          <t>9786059781251</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Balinaların Şarkısı</t>
+          <t>Ready For Summer - 4</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257782661</t>
+          <t>9786059781244</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Grotlin</t>
+          <t>Ready For Summer - 3</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256998193</t>
+          <t>9786059781237</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Merak Etme Küçük Yengeç</t>
+          <t>Ready For Summer - 2</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>230</v>
+        <v>80</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256998209</t>
+          <t>9786256998155</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Belki…</t>
+          <t>Balinaların Şarkısı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256998216</t>
+          <t>9786257782661</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Şşş! Bir Planımız Var</t>
+          <t>Grotlin</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256998094</t>
+          <t>9786256998193</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Felsefe Seti - 2</t>
+          <t>Merak Etme Küçük Yengeç</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256998087</t>
+          <t>9786256998209</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Felsefe Seti - 1</t>
+          <t>Belki…</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256998186</t>
+          <t>9786256998216</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tohumların Galaksi Yolculuğu</t>
+          <t>Şşş! Bir Planımız Var</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754130799</t>
+          <t>9786256998094</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Discovering The World-4 Childrren Around The World</t>
+          <t>Çocuklar için Felsefe Seti - 2</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059781350</t>
+          <t>9786256998087</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır Çiz</t>
+          <t>Çocuklar için Felsefe Seti - 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059781374</t>
+          <t>9786256998186</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yaz Düşün Araştır</t>
+          <t>Tohumların Galaksi Yolculuğu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256998179</t>
+          <t>9789754130799</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tam Yerimi Buldum</t>
+          <t>Discovering The World-4 Childrren Around The World</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754131291</t>
+          <t>9786059781350</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Munch, Munch, Munch!</t>
+          <t>Kes Yapıştır Çiz</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>80</v>
+        <v>325</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754131307</t>
+          <t>9786059781374</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>A Turtle Needs Help</t>
+          <t>Yaz Düşün Araştır</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>80</v>
+        <v>325</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754131314</t>
+          <t>9786256998179</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Where’s My Sock, Mack?</t>
+          <t>Tam Yerimi Buldum</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754131284</t>
+          <t>9789754131291</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>The Hat Game</t>
+          <t>Munch, Munch, Munch!</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754131338</t>
+          <t>9789754131307</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bay Oskar Tatilde</t>
+          <t>A Turtle Needs Help</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>275</v>
+        <v>80</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256998063</t>
+          <t>9789754131314</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bisikleti</t>
+          <t>Where’s My Sock, Mack?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256998162</t>
+          <t>9789754131284</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yako’nun Bahçesi</t>
+          <t>The Hat Game</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>275</v>
+        <v>80</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256998148</t>
+          <t>9789754131338</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sakal'ın Hazinesi</t>
+          <t>Bay Oskar Tatilde</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256998131</t>
+          <t>9786256998063</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Leo’yu Affediyorum</t>
+          <t>Şiir Bisikleti</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256998124</t>
+          <t>9786256998162</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Balaban</t>
+          <t>Yako’nun Bahçesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754131154</t>
+          <t>9786256998148</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>But It’s A School Day, Mack!</t>
+          <t>Beyaz Sakal'ın Hazinesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754131130</t>
+          <t>9786256998131</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Alice Stops</t>
+          <t>Leo’yu Affediyorum</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754131161</t>
+          <t>9786256998124</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>The Surprise Party</t>
+          <t>Balaban</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754131147</t>
+          <t>9789754131154</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Robot Boy And Frog Girl!</t>
+          <t>But It’s A School Day, Mack!</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256998117</t>
+          <t>9789754131130</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dünyada 100 Kişi Olsaydı</t>
+          <t>Alice Stops</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>275</v>
+        <v>80</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256998100</t>
+          <t>9789754131161</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Bir Kıvılcım</t>
+          <t>The Surprise Party</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>375</v>
+        <v>80</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256998032</t>
+          <t>9789754131147</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Albert Eınsteın’a Göre Dünya</t>
+          <t>Robot Boy And Frog Girl!</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256998049</t>
+          <t>9786256998117</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Nokta, Büyük Bir Fil</t>
+          <t>Dünyada 100 Kişi Olsaydı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256998056</t>
+          <t>9786256998100</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Uzakta Bir Dağ, Yakında Bir Macera</t>
+          <t>Mutluluk Bir Kıvılcım</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257782944</t>
+          <t>9786256998032</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Berbat Günü</t>
+          <t>Albert Eınsteın’a Göre Dünya</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257782920</t>
+          <t>9786256998049</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sadece 3'e Kadar Sayabilen Adam</t>
+          <t>Küçük Bir Nokta, Büyük Bir Fil</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257782876</t>
+          <t>9786256998056</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesi</t>
+          <t>Uzakta Bir Dağ, Yakında Bir Macera</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257782975</t>
+          <t>9786257782944</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Senin Evin Benim Evim</t>
+          <t>Dünyanın En Berbat Günü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257782968</t>
+          <t>9786257782920</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Evimizde</t>
+          <t>Sadece 3'e Kadar Sayabilen Adam</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257782951</t>
+          <t>9786257782876</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Kar Tanesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257782838</t>
+          <t>9786257782975</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Annem Nerede?</t>
+          <t>Senin Evin Benim Evim</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257782852</t>
+          <t>9786257782968</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Herkese İyi Geceler</t>
+          <t>Evimizde</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257782845</t>
+          <t>9786257782951</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ah Be Ponçik!</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257782654</t>
+          <t>9786257782838</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Merope</t>
+          <t>Annem Nerede?</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257782722</t>
+          <t>9786257782852</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ateşböcekleri</t>
+          <t>Herkese İyi Geceler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257782692</t>
+          <t>9786257782845</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot ile Sessiz Balina</t>
+          <t>Ah Be Ponçik!</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257782678</t>
+          <t>9786257782654</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest Şilo</t>
+          <t>Merope</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257782548</t>
+          <t>9786257782722</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Melodi Merdiven</t>
+          <t>Ateşböcekleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257782340</t>
+          <t>9786257782692</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Karaburun'un Gizemi</t>
+          <t>Ahtapot ile Sessiz Balina</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257782555</t>
+          <t>9786257782678</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kaktüs Çiçekleri</t>
+          <t>Hayalperest Şilo</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754130782</t>
+          <t>9786257782548</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Discovering The World-2 Dinosaurs</t>
+          <t>Melodi Merdiven</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257782937</t>
+          <t>9786257782340</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İklim'i Ne Değiştirdi Böyle?</t>
+          <t>Karaburun'un Gizemi</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257782913</t>
+          <t>9786257782555</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Nina ile Milo Balık Tutuyor</t>
+          <t>Kaktüs Çiçekleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257782890</t>
+          <t>9789754130782</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Uçan Köpek Macerası</t>
+          <t>Discovering The World-2 Dinosaurs</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257782906</t>
+          <t>9786257782937</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Uzaklar Ağacı'nın Tepesinde - Sihirli Uzaklar Ağacı Serisi</t>
+          <t>İklim'i Ne Değiştirdi Böyle?</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257782708</t>
+          <t>9786257782913</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İricik</t>
+          <t>Nina ile Milo Balık Tutuyor</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257782869</t>
+          <t>9786257782890</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Göz</t>
+          <t>Uçan Köpek Macerası</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257782739</t>
+          <t>9786257782906</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Arya'nın Yaşam Sevinci</t>
+          <t>Uzaklar Ağacı'nın Tepesinde - Sihirli Uzaklar Ağacı Serisi</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257782647</t>
+          <t>9786257782708</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yolaçık</t>
+          <t>İricik</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257782531</t>
+          <t>9786257782869</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Gezen Mavi Balonlu Öyküler</t>
+          <t>Tepedeki Göz</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257782524</t>
+          <t>9786257782739</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>365 Penguen</t>
+          <t>Arya'nın Yaşam Sevinci</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257782500</t>
+          <t>9786257782647</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sözler Can Acıtır mı? - Çocuklar İçin Felsefe</t>
+          <t>Yolaçık</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257782517</t>
+          <t>9786257782531</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Duygular Aklımızı Çeler mi? - Çocuklar İçin Felsefe</t>
+          <t>Türkiye’yi Gezen Mavi Balonlu Öyküler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257782371</t>
+          <t>9786257782524</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Uzaklar Ağacı Sakinleri - Sihirli Uzaklar Ağacı Serisi</t>
+          <t>365 Penguen</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257782364</t>
+          <t>9786257782500</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Uzaklar Ağacı - Sihirli Uzaklar Ağacı Serisi</t>
+          <t>Sözler Can Acıtır mı? - Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257782357</t>
+          <t>9786257782517</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Orman - Sihirli Uzaklar Ağacı Serisi</t>
+          <t>Duygular Aklımızı Çeler mi? - Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257782326</t>
+          <t>9786257782371</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Haydi Okula</t>
+          <t>Uzaklar Ağacı Sakinleri - Sihirli Uzaklar Ağacı Serisi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257782319</t>
+          <t>9786257782364</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Osman’ın Bir Günü</t>
+          <t>Sihirli Uzaklar Ağacı - Sihirli Uzaklar Ağacı Serisi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257782302</t>
+          <t>9786257782357</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Çınar</t>
+          <t>Tılsımlı Orman - Sihirli Uzaklar Ağacı Serisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059781190</t>
+          <t>9786257782326</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Las 100 Palabras Mas Usadas En Espanol 2 (İspanyolca Dil Kartları)</t>
+          <t>Haydi Okula</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059781206</t>
+          <t>9786257782319</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Las 100 Palabras Mas Usadas En Espanol 3</t>
+          <t>Tırtıl Osman’ın Bir Günü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257782258</t>
+          <t>9786257782302</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Pibalu Gezegeni'ne Dönüş</t>
+          <t>Yürüyen Çınar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257782241</t>
+          <t>9786059781190</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Taş Çorbası</t>
+          <t>Las 100 Palabras Mas Usadas En Espanol 2 (İspanyolca Dil Kartları)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257782227</t>
+          <t>9786059781206</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Bahçe</t>
+          <t>Las 100 Palabras Mas Usadas En Espanol 3</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257782234</t>
+          <t>9786257782258</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ayı Saate Karşı</t>
+          <t>Pibalu Gezegeni'ne Dönüş</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257782142</t>
+          <t>9786257782241</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Pina</t>
+          <t>Taş Çorbası</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257782159</t>
+          <t>9786257782227</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Şarkısı</t>
+          <t>En Güzel Bahçe</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257782104</t>
+          <t>9786257782234</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tohum Saçan Şapkam</t>
+          <t>Ayı Saate Karşı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257782128</t>
+          <t>9786257782142</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Her Şakaya Gülünür mü?</t>
+          <t>Pina</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257782135</t>
+          <t>9786257782159</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Her Söze Güvenilir mi?</t>
+          <t>İstanbul'un Şarkısı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052079959</t>
+          <t>9786257782104</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Yaramazım Diye</t>
+          <t>Tohum Saçan Şapkam</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052079928</t>
+          <t>9786257782128</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Postacı Fare Tatilde</t>
+          <t>Her Şakaya Gülünür mü?</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052079911</t>
+          <t>9786257782135</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Postacı Fare'nin Bir Günü</t>
+          <t>Her Söze Güvenilir mi?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754130751</t>
+          <t>9786052079959</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Polly’s Great Adventure</t>
+          <t>Kim Demiş Yaramazım Diye</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052079850</t>
+          <t>9786052079928</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Keşifler - Sezgi Şans ve Kararlılık Öyküleri</t>
+          <t>Postacı Fare Tatilde</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052079867</t>
+          <t>9786052079911</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Fikirler - Dünyayı Değiştiren İcatlar</t>
+          <t>Postacı Fare'nin Bir Günü</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754130768</t>
+          <t>9789754130751</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Extraordinary Animals</t>
+          <t>Polly’s Great Adventure</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052079843</t>
+          <t>9786052079850</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Dağ Kaşındı</t>
+          <t>Keşifler - Sezgi Şans ve Kararlılık Öyküleri</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052079782</t>
+          <t>9786052079867</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Zor Balık</t>
+          <t>Fikirler - Dünyayı Değiştiren İcatlar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052079805</t>
+          <t>9789754130768</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Clarice Bean - Başı Dertte</t>
+          <t>Extraordinary Animals</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052079812</t>
+          <t>9786052079843</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Clarice Bean - Çaktırma</t>
+          <t>Dağ Kaşındı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052079799</t>
+          <t>9786052079782</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bongo - Ormanın Biricik Ayısı</t>
+          <t>Zor Balık</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052079775</t>
+          <t>9786052079805</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Önce Hayal</t>
+          <t>Clarice Bean - Başı Dertte</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257782685</t>
+          <t>9786052079812</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İşte Benim Bir Günüm</t>
+          <t>Clarice Bean - Çaktırma</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052079720</t>
+          <t>9786052079799</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Felsefe: Kaygıdan Kaçılır Mı?</t>
+          <t>Bongo - Ormanın Biricik Ayısı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052079737</t>
+          <t>9786052079775</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Öfkelenmemek Elde Mi?</t>
+          <t>Önce Hayal</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052079713</t>
+          <t>9786257782685</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Elmaları Nasıl Toplarsın?</t>
+          <t>İşte Benim Bir Günüm</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052079669</t>
+          <t>9786052079720</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Ne Olduğunu Bilmeyen Karıncayiyen</t>
+          <t>Çocuklar İçin Felsefe: Kaygıdan Kaçılır Mı?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052079652</t>
+          <t>9786052079737</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Merak Eden Susamuru</t>
+          <t>Öfkelenmemek Elde Mi?</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052079676</t>
+          <t>9786052079713</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Pes Etmeyen Tavuk</t>
+          <t>Elmaları Nasıl Toplarsın?</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052079553</t>
+          <t>9786052079669</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>My First English Words 4</t>
+          <t>Karıncanın Ne Olduğunu Bilmeyen Karıncayiyen</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052079645</t>
+          <t>9786052079652</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sıfır Atık Kitabı</t>
+          <t>Merak Eden Susamuru</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052079621</t>
+          <t>9786052079676</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Anton Derinlere Dalıyor</t>
+          <t>Pes Etmeyen Tavuk</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052079614</t>
+          <t>9786052079553</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sevbeni</t>
+          <t>My First English Words 4</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052079584</t>
+          <t>9786052079645</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kitap Karıncası</t>
+          <t>Deniz'in Sıfır Atık Kitabı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052079607</t>
+          <t>9786052079621</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Masalın Şifresi</t>
+          <t>Anton Derinlere Dalıyor</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052079577</t>
+          <t>9786052079614</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dahiler</t>
+          <t>Büyük Sevbeni</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052079560</t>
+          <t>9786052079584</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şampiyonlar</t>
+          <t>Kitap Karıncası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052079539</t>
+          <t>9786052079607</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Adam ve En Güzel Dans</t>
+          <t>Kayıp Masalın Şifresi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052079546</t>
+          <t>9786052079577</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tamircisi Lorin</t>
+          <t>Dahiler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052079515</t>
+          <t>9786052079560</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Keşfetmek İsteyen Penguen</t>
+          <t>Şampiyonlar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052079522</t>
+          <t>9786052079539</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Büyümek İsteyen Goril</t>
+          <t>Yağmur Adam ve En Güzel Dans</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052079508</t>
+          <t>9786052079546</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Korkan Baykuş</t>
+          <t>Yıldız Tamircisi Lorin</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052079492</t>
+          <t>9786052079515</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Evine Dönmek İsteyen Kedi</t>
+          <t>Hayatı Keşfetmek İsteyen Penguen</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052079225</t>
+          <t>9786052079522</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hep Fazlasıdır Annem</t>
+          <t>Büyümek İsteyen Goril</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052079454</t>
+          <t>9786052079508</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>En İyisini Yapmak Mümkün mü? - Çocuklar İçin Felsefe</t>
+          <t>Karanlıktan Korkan Baykuş</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052079485</t>
+          <t>9786052079492</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çeşme ve Rüzgar</t>
+          <t>Evine Dönmek İsteyen Kedi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052079478</t>
+          <t>9786052079225</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Bilseydim</t>
+          <t>Hep Fazlasıdır Annem</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052079461</t>
+          <t>9786052079454</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kavga Çare Olur mu?</t>
+          <t>En İyisini Yapmak Mümkün mü? - Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052079324</t>
+          <t>9786052079485</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>My World - Redhouse Learning Set 2</t>
+          <t>Çeşme ve Rüzgar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052079355</t>
+          <t>9786052079478</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Vanessa'nın Yanındayım</t>
+          <t>Çizmeyi Bilseydim</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789754130775</t>
+          <t>9786052079461</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>I Am Polly - Redhouse Learning Set 1</t>
+          <t>Kavga Çare Olur mu?</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052079287</t>
+          <t>9786052079324</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Okçunun Sihirli Liri</t>
+          <t>My World - Redhouse Learning Set 2</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052079348</t>
+          <t>9786052079355</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Komşularım</t>
+          <t>Vanessa'nın Yanındayım</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052079201</t>
+          <t>9789754130775</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Mirket Nineler Uyuyamıyor</t>
+          <t>I Am Polly - Redhouse Learning Set 1</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052079256</t>
+          <t>9786052079287</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sihirbazın Kuyruğu</t>
+          <t>Okçunun Sihirli Liri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052079263</t>
+          <t>9786052079348</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Babam Yanımdayken</t>
+          <t>Komşularım</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052079249</t>
+          <t>9786052079201</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Benim Müzem</t>
+          <t>Mirket Nineler Uyuyamıyor</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052079195</t>
+          <t>9786052079256</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Şapkadaki Balık</t>
+          <t>Sihirbazın Kuyruğu</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052079133</t>
+          <t>9786052079263</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Soso'nun Kompost Kitabı</t>
+          <t>Babam Yanımdayken</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052079171</t>
+          <t>9786052079249</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tokyo</t>
+          <t>Benim Müzem</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052079096</t>
+          <t>9786052079195</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sobe, Ben Penelope! Dünyalar Benim Oldu</t>
+          <t>Şapkadaki Balık</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052079102</t>
+          <t>9786052079133</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Büyük Halkları - Romalılar</t>
+          <t>Soso'nun Kompost Kitabı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052079119</t>
+          <t>9786052079171</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Büyük Halkları - Yunanlılar</t>
+          <t>Tokyo</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052079126</t>
+          <t>9786052079096</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Büyük Halkları - Mısırlılar</t>
+          <t>Sobe, Ben Penelope! Dünyalar Benim Oldu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052079072</t>
+          <t>9786052079102</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kim Oldum Ben!</t>
+          <t>Geçmişin Büyük Halkları - Romalılar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052079010</t>
+          <t>9786052079119</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ayı Olmayan Ayı</t>
+          <t>Geçmişin Büyük Halkları - Yunanlılar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052079065</t>
+          <t>9786052079126</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Zincir</t>
+          <t>Geçmişin Büyük Halkları - Mısırlılar</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059781947</t>
+          <t>9786052079072</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Marko Konser Veriyor</t>
+          <t>Eyvah Kim Oldum Ben!</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052079027</t>
+          <t>9786052079010</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yüzünde Güller Açan Keselisıçan</t>
+          <t>Ayı Olmayan Ayı</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059781886</t>
+          <t>9786052079065</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Mirket Nineler Parti Veriyor</t>
+          <t>Zincir</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052079089</t>
+          <t>9786059781947</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Ustası</t>
+          <t>Marko Konser Veriyor</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052079638</t>
+          <t>9786052079027</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Misafir Geliyor</t>
+          <t>Yüzünde Güller Açan Keselisıçan</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059781923</t>
+          <t>9786059781886</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Pöti'nin Gri Dişi</t>
+          <t>Mirket Nineler Parti Veriyor</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052079041</t>
+          <t>9786052079089</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kirpi ve Sergi</t>
+          <t>Bisiklet Ustası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059781718</t>
+          <t>9786052079638</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Renkler (Ciltli)</t>
+          <t>Montessori Öykülerim - Misafir Geliyor</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059781688</t>
+          <t>9786059781923</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>1 2 3 (Ciltli)</t>
+          <t>Pöti'nin Gri Dişi</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059781701</t>
+          <t>9786052079041</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim (Ciltli)</t>
+          <t>Kirpi ve Sergi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059781916</t>
+          <t>9786059781718</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sol Sağ Kitabım</t>
+          <t>Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059781862</t>
+          <t>9786059781688</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Herkes Alfred'e Bakıyor</t>
+          <t>1 2 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059781879</t>
+          <t>9786059781701</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Köpeğim Irkçı Çıktı</t>
+          <t>İlk Sözcüklerim (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059781817</t>
+          <t>9786059781916</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>13'üncü Warren Ve Her Şeyi Gören Göz</t>
+          <t>Sol Sağ Kitabım</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059781831</t>
+          <t>9786059781862</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Marko Kılıktan Kılığa Giriyor</t>
+          <t>Herkes Alfred'e Bakıyor</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059781770</t>
+          <t>9786059781879</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Başkaları</t>
+          <t>Köpeğim Irkçı Çıktı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059781763</t>
+          <t>9786059781817</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Uyan Walter</t>
+          <t>13'üncü Warren Ve Her Şeyi Gören Göz</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059781671</t>
+          <t>9786059781831</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Marko Bize Taşınıyor</t>
+          <t>Marko Kılıktan Kılığa Giriyor</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059781725</t>
+          <t>9786059781770</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Kim</t>
+          <t>Sen ve Başkaları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059781732</t>
+          <t>9786059781763</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Kim</t>
+          <t>Uyan Walter</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059781749</t>
+          <t>9786059781671</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Bakalım Kim</t>
+          <t>Marko Bize Taşınıyor</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059781572</t>
+          <t>9786059781725</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Balina</t>
+          <t>Bil Bakalım Kim</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059781558</t>
+          <t>9786059781732</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Adası</t>
+          <t>Bul Bakalım Kim</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059781565</t>
+          <t>9786059781749</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar</t>
+          <t>Hatırla Bakalım Kim</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059781541</t>
+          <t>9786059781572</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Orion ve Karanlık</t>
+          <t>Yalnız Balina</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059781589</t>
+          <t>9786059781558</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Düşkurdu Bir Düş Kurdu</t>
+          <t>Dedemin Adası</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059781510</t>
+          <t>9786059781565</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Olalım mı?</t>
+          <t>Sıkı Dostlar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059781640</t>
+          <t>9786059781541</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Masal Yolu</t>
+          <t>Orion ve Karanlık</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059781633</t>
+          <t>9786059781589</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kedim Nereye Kayboldu?</t>
+          <t>Düşkurdu Bir Düş Kurdu</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059781435</t>
+          <t>9786059781510</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kayakçı Tavşan</t>
+          <t>Arkadaş Olalım mı?</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059781527</t>
+          <t>9786059781640</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sidney ve Stella Hiçbir Şeyi Paylaşamıyor</t>
+          <t>Masal Yolu</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059781473</t>
+          <t>9786059781633</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kutbuna Gidiyoruz!</t>
+          <t>Kedim Nereye Kayboldu?</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059781497</t>
+          <t>9786059781435</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldiniz</t>
+          <t>Kayakçı Tavşan</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059781503</t>
+          <t>9786059781527</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sakar Kral</t>
+          <t>Sidney ve Stella Hiçbir Şeyi Paylaşamıyor</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059781480</t>
+          <t>9786059781473</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Dilek Ağacı</t>
+          <t>Kuzey Kutbuna Gidiyoruz!</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789758176144</t>
+          <t>9786059781497</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Peanut Butter and Jelly</t>
+          <t>Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059781428</t>
+          <t>9786059781503</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sobe Ben Penelope</t>
+          <t>Sakar Kral</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059781343</t>
+          <t>9786059781480</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Börtü Böcek Güncesi</t>
+          <t>Dilek Ağacı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059781213</t>
+          <t>9789758176144</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Calum Sails Away</t>
+          <t>Peanut Butter and Jelly</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059781268</t>
+          <t>9786059781428</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Tak Tak Tak Şans Geldi!</t>
+          <t>Sobe Ben Penelope</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059781275</t>
+          <t>9786059781343</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Nerede Bu Denizyıldızı?</t>
+          <t>Börtü Böcek Güncesi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059781299</t>
+          <t>9786059781213</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Tavşanlar</t>
+          <t>Calum Sails Away</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059781169</t>
+          <t>9786059781268</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kalbim Kırıldı!</t>
+          <t>Tak Tak Tak Şans Geldi!</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059781039</t>
+          <t>9786059781275</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ne Yiyelim? - Ormanda Oyun Serisi 4</t>
+          <t>Nerede Bu Denizyıldızı?</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059781121</t>
+          <t>9786059781299</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Pöti ve Dede - Bir Dostluk Öyküsü</t>
+          <t>Mutlu Tavşanlar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059781046</t>
+          <t>9786059781169</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Pöti - Bir Barınak Köpeğinin Öyküsü</t>
+          <t>Eyvah Kalbim Kırıldı!</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059781138</t>
+          <t>9786059781039</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>The School's Mystery</t>
+          <t>Ne Yiyelim? - Ormanda Oyun Serisi 4</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054119776</t>
+          <t>9786059781121</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Kedi Dila</t>
+          <t>Pöti ve Dede - Bir Dostluk Öyküsü</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054119783</t>
+          <t>9786059781046</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Örümcek Rıza</t>
+          <t>Pöti - Bir Barınak Köpeğinin Öyküsü</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059781053</t>
+          <t>9786059781138</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Calum’s Footprint</t>
+          <t>The School's Mystery</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059781022</t>
+          <t>9786054119776</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ne Anlatalım? - Ormanda Oyun Serisi 3</t>
+          <t>Mutsuz Kedi Dila</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054119998</t>
+          <t>9786054119783</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Sinek Feza</t>
+          <t>Öfkeli Örümcek Rıza</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789758176212</t>
+          <t>9786059781053</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Köpek Kaya</t>
+          <t>Calum’s Footprint</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054119974</t>
+          <t>9786059781022</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ne Oynayalım? - Ormanda Oyun Serisi 1</t>
+          <t>Ne Anlatalım? - Ormanda Oyun Serisi 3</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054119967</t>
+          <t>9786054119998</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ne Boyayalım? - Ormanda Oyun Serisi 2</t>
+          <t>Sabırsız Sinek Feza</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054119929</t>
+          <t>9789758176212</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Tıkır’ın Çilek Günü</t>
+          <t>Utangaç Köpek Kaya</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054119875</t>
+          <t>9786054119974</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kıskanç Kurbağa Eda</t>
+          <t>Ne Oynayalım? - Ormanda Oyun Serisi 1</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052079188</t>
+          <t>9786054119967</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kurbağaya Özenen Tavşan Roka</t>
+          <t>Ne Boyayalım? - Ormanda Oyun Serisi 2</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054119936</t>
+          <t>9786054119929</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Şehir</t>
+          <t>Tıkır’ın Çilek Günü</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054119943</t>
+          <t>9786054119875</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Tembel Balık Sefa</t>
+          <t>Kıskanç Kurbağa Eda</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054119745</t>
+          <t>9786052079188</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Reçelli Şiirler</t>
+          <t>Kurbağaya Özenen Tavşan Roka</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054119790</t>
+          <t>9786054119936</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bilmiş Fare Tuna</t>
+          <t>Kağıttan Şehir</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054119738</t>
+          <t>9786054119943</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Deyim Kartları - 3</t>
+          <t>Tembel Balık Sefa</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257782715</t>
+          <t>9786054119745</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Çevreci Kitaplar 1 - Nerede Bu Fil?</t>
+          <t>Reçelli Şiirler</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054119769</t>
+          <t>9786054119790</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Kirpi Mina</t>
+          <t>Bilmiş Fare Tuna</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054119615</t>
+          <t>9786054119738</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Balonlar</t>
+          <t>Deyim Kartları - 3</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054119851</t>
+          <t>9786257782715</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Korkak Kuş Sema</t>
+          <t>Çevreci Kitaplar 1 - Nerede Bu Fil?</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054119837</t>
+          <t>9786054119769</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Treasure Hunt</t>
+          <t>İnatçı Kirpi Mina</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054119424</t>
+          <t>9786054119615</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Kralı</t>
+          <t>Gökyüzünde Balonlar</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054119707</t>
+          <t>9786054119851</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Şuşu, Can ve Dörtteker</t>
+          <t>Korkak Kuş Sema</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054119653</t>
+          <t>9786054119837</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Devdinozorus</t>
+          <t>Treasure Hunt</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054119318</t>
+          <t>9786054119424</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bulutunu Arayan Su Damlası</t>
+          <t>Uzayın Kralı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257782746</t>
+          <t>9786054119707</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kitap</t>
+          <t>Şuşu, Can ve Dörtteker</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054119486</t>
+          <t>9786054119653</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Kartları</t>
+          <t>Devdinozorus</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054119240</t>
+          <t>9786054119318</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yemeğini Arayan Tırtıl</t>
+          <t>Bulutunu Arayan Su Damlası</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054119387</t>
+          <t>9786257782746</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Tıkır’ın Mavi Kış Masalı</t>
+          <t>Kitap</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054119165</t>
+          <t>9786054119486</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Şuşu ve Üçtekeri</t>
+          <t>Atasözü Kartları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052079836</t>
+          <t>9786054119240</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Smarty’s Book of Words (Smarty’nin Sözcükler Kitabı)</t>
+          <t>Yemeğini Arayan Tırtıl</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789758176939</t>
+          <t>9786054119387</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sır Versem Saklar mısın?</t>
+          <t>Tıkır’ın Mavi Kış Masalı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256998636</t>
+          <t>9786054119165</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğünü Arayan Kelebek</t>
+          <t>Şuşu ve Üçtekeri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257782821</t>
+          <t>9786052079836</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tutkunu Karga</t>
+          <t>Smarty’s Book of Words (Smarty’nin Sözcükler Kitabı)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054119370</t>
+          <t>9789758176939</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Mavi Mogi</t>
+          <t>Sır Versem Saklar mısın?</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054119202</t>
+          <t>9786256998636</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kapı Komşumuz Korsanlar</t>
+          <t>Özgürlüğünü Arayan Kelebek</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054119288</t>
+          <t>9786257782821</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğini Arayan Ayşe</t>
+          <t>Mavi Tutkunu Karga</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054119158</t>
+          <t>9786054119370</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Deyim Kartları 1</t>
+          <t>Mavi Mogi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054119196</t>
+          <t>9786054119202</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Deyim Kartları 2</t>
+          <t>Kapı Komşumuz Korsanlar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
+          <t>9786054119288</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Kelebeğini Arayan Ayşe</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786054119158</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Deyim Kartları 1</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786054119196</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Deyim Kartları 2</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
           <t>9786054119820</t>
         </is>
       </c>
-      <c r="B286" s="1" t="inlineStr">
+      <c r="B289" s="1" t="inlineStr">
         <is>
           <t>Snowy Day</t>
         </is>
       </c>
-      <c r="C286" s="1">
+      <c r="C289" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>