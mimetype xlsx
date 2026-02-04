--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,4360 +85,6145 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256998957</t>
+          <t>9786256998988</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Arkadaşım</t>
+          <t>Ona Kadar Sayıyorum</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256998964</t>
+          <t>9786054119295</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dedem Bir Japon Balığı</t>
+          <t>Smarty’s Book of Words Smarty’nin Sözcükler Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>275</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256998940</t>
+          <t>9789744130751</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Şey</t>
+          <t>Polly’s Great Adventure</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256998926</t>
+          <t>9786054119868</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dönme Dolap</t>
+          <t>Word Dominoes with Pictures</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>26.48</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256998933</t>
+          <t>9786054119097</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İşler Döndü Tersine!</t>
+          <t>Verb Wheel (Fiil Çarkı)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>7.13</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256998919</t>
+          <t>9786059781145</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yaşıma Girmeden Önce Bilmem Grekenler</t>
+          <t>Redhouse Memory Game - Verbs</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256998902</t>
+          <t>9789758176250</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sıra Sende!</t>
+          <t>Redhouse Memory Game-Opposite Adjectives</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256998889</t>
+          <t>9786059781183</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler - Gizli Yediler Macerası</t>
+          <t>Las 100 Palabras Mas Usadas En Espanol 1 (İspanyolca Dil Kartları)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256998872</t>
+          <t>9786059781107</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler - Gizli Yediler</t>
+          <t>Die 100 Häufigsten Wörter des Deutschen 3 - Almanca Sözlük Kartları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>22.41</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256998896</t>
+          <t>9786059781091</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler - Aferin Gizli Yediler</t>
+          <t>Die 100 Haufigsten Wörter des Deutschen 2 - Almanca Sözlük Kartları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>22.41</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256998865</t>
+          <t>9786054119349</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yetiş Kaplan!</t>
+          <t>Redhouse 100 Basic English Words 3</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>22.41</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054119431</t>
+          <t>9786054119332</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Ay</t>
+          <t>Redhouse 100 Basic English Words 2</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256998834</t>
+          <t>9786054119325</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Derman İpucu Peşinde</t>
+          <t>Redhouse 100 Basic English Words 1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256998841</t>
+          <t>9786059781855</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Derman Define Peşinde</t>
+          <t>My First English Words 3</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>26.48</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256998858</t>
+          <t>9786059781848</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Derman Bilmece Peşinde</t>
+          <t>My First English Words 2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>39</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256998810</t>
+          <t>9786059781466</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik Abasıyanık Seçme Öyküler</t>
+          <t>My First English Words 1</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>26.48</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256998827</t>
+          <t>9786052079232</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Troya Şifresi</t>
+          <t>Grotlin</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257782883</t>
+          <t>9786059781794</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Sırayla</t>
+          <t>Klasik Masallar - Kırmızı Başlıklı Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059781978</t>
+          <t>9786059781800</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Misafir Geliyor (Ciltli)</t>
+          <t>Klasik Masallar - Pinokyo (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>32</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256998803</t>
+          <t>9786054119981</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kaka, Pırt, Çiş - Tuvalet Rehberi</t>
+          <t>Gürültücü Güven Sahilde</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256998797</t>
+          <t>3990000027905</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çok Komik Biraz Garip</t>
+          <t>Leyla Fonten Serisi (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>208.33</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256998575</t>
+          <t>9786054119844</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tüh Be Riko: Uyku Zamanı</t>
+          <t>Gürültücü Güven</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256998568</t>
+          <t>9786054119592</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tüh Be Riko: Banyo Zamanı</t>
+          <t>Dixie ve Percy ile Son Sürat</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256998773</t>
+          <t>9786054119806</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sözcü Koyunların Sözcük Oyunları</t>
+          <t>Dixie ve Percy : Elmas Hırsızlarının Peşinde</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256998780</t>
+          <t>9786054119356</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Ne Nasıl Yapılıyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754131321</t>
+          <t>9786054119448</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Jim And The Monster Party</t>
+          <t>Senin Paran Serisi - Para Nedir?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>80</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257782753</t>
+          <t>9786054119400</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Eliott ve Gizemli Kütüphane</t>
+          <t>The English Alphabet</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052079003</t>
+          <t>9786054119455</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Yazlık Elbise</t>
+          <t>Senin Paran Serisi - Paramla Neler Yapabilirim</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>175</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054119912</t>
+          <t>9786054119271</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Robot Değilsin</t>
+          <t>Redhouse Learning Set 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>275</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052079751</t>
+          <t>9786054119103</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Yaralı Kuş</t>
+          <t>My Second Fifty Words</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>175</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256998599</t>
+          <t>9786054119059</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kanadımda Yeryıldızı</t>
+          <t>My First English/Turkish Dictionary Of Sentences</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256998612</t>
+          <t>9789758176779</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ayaz'ın İlham Perileri</t>
+          <t>Uçuk Kaçık Mıstık</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>225</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256998643</t>
+          <t>9789758176724</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Leyla Fonten’den Öyküler Seti</t>
+          <t>Tüylü Canlılar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>1750</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256998742</t>
+          <t>9789758176670</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Küçücük</t>
+          <t>The Rabbit and the Turtle - Tavşan ile Kaplumbağa</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256998407</t>
+          <t>9789758176632</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kışın Dönen Yavru Balina</t>
+          <t>The North Wind and the Sun - Kuzey Rüzgarı ile Güneş</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256998070</t>
+          <t>9789758176663</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kar Melekleri</t>
+          <t>The Dog and His Shadow - Köpek ile Gölgesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>225</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256998605</t>
+          <t>9789758176649</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Mektuplar</t>
+          <t>The Crow and The Bottle - Karga ile Şişe</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>325</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256998582</t>
+          <t>9789758176656</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kuşbaz</t>
+          <t>The Businessman and His Donkey - Tüccar ile Eşeği</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059781060</t>
+          <t>9786054119714</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Pibalu Gezegeni'ne Yolculuk</t>
+          <t>Templeton İkizleri ve Parlak Fikirleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>225</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256998551</t>
+          <t>9789758176694</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Adaya Dönüş</t>
+          <t>Sümüklü Canlılar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256998544</t>
+          <t>9786054119189</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Burası Kimin Odası?</t>
+          <t>Redhouse Learning Set 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>225</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754130966</t>
+          <t>9789758176755</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>I am Polly</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>210</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052079683</t>
+          <t>9789758176892</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Büyükannem ve Minik Kuş</t>
+          <t>Pembe Ayıcığın Düşü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256998414</t>
+          <t>9789758176977</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Gizli Geçitlerde</t>
+          <t>Limon Ağacının Şarkısı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256998421</t>
+          <t>9789758176717</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Karavan Tatilinde</t>
+          <t>Kürklü Canlılar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256998391</t>
+          <t>9789758176816</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sular Altında</t>
+          <t>Koş Balkabağım Koş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256998384</t>
+          <t>9789758176700</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Oscar’ın Aslanı</t>
+          <t>Pullu Canlılar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256998377</t>
+          <t>9789758176878</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Timsah?</t>
+          <t>Kelebeklerin Yolculuğu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256998360</t>
+          <t>9789758176922</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İstasyonda Vals</t>
+          <t>Kayıp Çocuk Odası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>275</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256998353</t>
+          <t>9789758176588</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Seven Çocuklar</t>
+          <t>Kalebozan Karlo</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256998339</t>
+          <t>9789758176793</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kaya Gibi Ağır, Yaprak Gibi Hafif</t>
+          <t>Kahraman</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>225</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256998346</t>
+          <t>9789758176946</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çok Saydım, Az Ölçtüm</t>
+          <t>Hatırlıyorum</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>225</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256998322</t>
+          <t>9789758176571</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Durmayalım Düşeriz</t>
+          <t>Dodo’nun Komik Karışımları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256998315</t>
+          <t>9789758176625</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Postacı Fare’nin Olağanüstü Yolculukları</t>
+          <t>Diş Gıcırdatan Cadı (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256998308</t>
+          <t>9789758176885</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Ev</t>
+          <t>Devekuşu Dudu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>275</v>
+        <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256998223</t>
+          <t>9789758176601</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bay Oskar Şehirde</t>
+          <t>Çilli (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>275</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256998285</t>
+          <t>9789758176823</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Macera Peşinde</t>
+          <t>Çikolata</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256998278</t>
+          <t>9786059781442</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Define Adasında</t>
+          <t>Canını En Çok Ne Yakar? (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256998292</t>
+          <t>9786054119394</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Büyük Kaçış</t>
+          <t>Büyüyünce Ne Olsam?</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256998261</t>
+          <t>9789758176786</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Can Dostu</t>
+          <t>Bütün Gün Esneyen Prenses</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>175</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256998254</t>
+          <t>9789758176595</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sizi Seviyoruz Öğretmenim</t>
+          <t>İkimiz de Seni Çok Seviyoruz</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256998247</t>
+          <t>9786054119233</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Clarice Bean - Kesinlikle Ben</t>
+          <t>Bob ile Uzayda Eğlence - Ay’daki Adam</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256998230</t>
+          <t>9789758176809</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Şeyler</t>
+          <t>Bekar Fare</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>225</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059781251</t>
+          <t>9789758176748</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ready For Summer - 4</t>
+          <t>Beauty and the Beast</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059781244</t>
+          <t>9789758176564</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ready For Summer - 3</t>
+          <t>Ay’daki Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059781237</t>
+          <t>9789758176953</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ready For Summer - 2</t>
+          <t>Annemle Babam Arkadaş Olduklarını Unutunca</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>80</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256998155</t>
+          <t>9789758176731</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Balinaların Şarkısı</t>
+          <t>Ali Baba and the Forty Thieves</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257782661</t>
+          <t>9786054119578</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Grotlin</t>
+          <t>Tam Kraliçelik Bir Felaket</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>16</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256998193</t>
+          <t>9786052079157</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Merak Etme Küçük Yengeç</t>
+          <t>O ve C Düşündü: Hayat Benim Bildiğim Kadar mı?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>230</v>
+        <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256998209</t>
+          <t>9786059781954</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Belki…</t>
+          <t>Aslan Nerede?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>230</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256998216</t>
+          <t>9786059781961</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Şşş! Bir Planımız Var</t>
+          <t>Dinozor Nerede?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>230</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256998094</t>
+          <t>9786059781220</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Felsefe Seti - 2</t>
+          <t>Ay'daki Adam</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>600</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256998087</t>
+          <t>9786059781985</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Felsefe Seti - 1</t>
+          <t>Montessori Öykülerim - Odamızı Topluyoruz (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>600</v>
+        <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256998186</t>
+          <t>9786059781992</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tohumların Galaksi Yolculuğu</t>
+          <t>Montessori Öykülerim - Yaralı Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754130799</t>
+          <t>9786059781695</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Discovering The World-4 Childrren Around The World</t>
+          <t>Siyah Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>190</v>
+        <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059781350</t>
+          <t>9786052079270</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır Çiz</t>
+          <t>İstasyon Çocukları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>325</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059781374</t>
+          <t>9786059781909</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yaz Düşün Araştır</t>
+          <t>Anlat, Kaydet, Kendini Tanı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>325</v>
+        <v>45</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256998179</t>
+          <t>9786059781756</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tam Yerimi Buldum</t>
+          <t>Yeşil Çekirgeler Zamanı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>225</v>
+        <v>21</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754131291</t>
+          <t>9786059781305</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Munch, Munch, Munch!</t>
+          <t>Lottie ve Yeşil Elma Ağacı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>80</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754131307</t>
+          <t>9786059781787</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>A Turtle Needs Help</t>
+          <t>Klasik Masallar - Altın Saçlı Kız ve Üç Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>80</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754131314</t>
+          <t>9786059781329</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Where’s My Sock, Mack?</t>
+          <t>Ya Başkası Olsaydım</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754131284</t>
+          <t>9786059781664</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>The Hat Game</t>
+          <t>Yolculukta Yapman Gereken 101 Şey</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754131338</t>
+          <t>9772149643004</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bay Oskar Tatilde</t>
+          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 6 Aralık 2016</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>275</v>
+        <v>6.93</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256998063</t>
+          <t>9772149641048</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bisikleti</t>
+          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 5 Ekim 2016</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>225</v>
+        <v>6.93</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256998162</t>
+          <t>9772149641031</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yako’nun Bahçesi</t>
+          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 4 Ekim 2016</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>275</v>
+        <v>6.93</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256998148</t>
+          <t>9772149641024</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sakal'ın Hazinesi</t>
+          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 3 Nisan 2016</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>175</v>
+        <v>6.93</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256998131</t>
+          <t>9772149641017</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Leo’yu Affediyorum</t>
+          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 2 Kasım 2015</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>6.93</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256998124</t>
+          <t>3990000029672</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Balaban</t>
+          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 1 Ağustos 2015</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>225</v>
+        <v>6.93</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754131154</t>
+          <t>9786059781534</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>But It’s A School Day, Mack!</t>
+          <t>Kurukafa Ailesi ve Canavarın Hazinesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>80</v>
+        <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754131130</t>
+          <t>9786059781657</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Alice Stops</t>
+          <t>Sandviç Hırsızı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>80</v>
+        <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754131161</t>
+          <t>9786054119547</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>The Surprise Party</t>
+          <t>Resim Defteri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>80</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754131147</t>
+          <t>9786059781824</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Robot Boy And Frog Girl!</t>
+          <t>Ağaçlarımıza Ne Oldu? Bulut ve Selis Haykırdı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256998117</t>
+          <t>9789758176427</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dünyada 100 Kişi Olsaydı</t>
+          <t>Ready For Summer - 1</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>275</v>
+        <v>35</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256998100</t>
+          <t>9786059781367</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Bir Kıvılcım</t>
+          <t>Virgül Nerdesin?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>375</v>
+        <v>28</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256998032</t>
+          <t>3990000033769</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Albert Eınsteın’a Göre Dünya</t>
+          <t>Senin Paran Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>175</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256998049</t>
+          <t>9786059781077</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Nokta, Büyük Bir Fil</t>
+          <t>Dışarıda Yapman Gereken 101 Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256998056</t>
+          <t>9789758176434</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Uzakta Bir Dağ, Yakında Bir Macera</t>
+          <t>Bob Klonlandı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>225</v>
+        <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257782944</t>
+          <t>9786059781336</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Berbat Günü</t>
+          <t>Noktalarım Olmadan Ne Yapacağım?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>225</v>
+        <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257782920</t>
+          <t>9786059781282</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sadece 3'e Kadar Sayabilen Adam</t>
+          <t>Kurukafa Ailesi ve Lanetli Mağara</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>225</v>
+        <v>22</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257782876</t>
+          <t>9786059781152</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesi</t>
+          <t>Zombili Mombili Roman</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257782975</t>
+          <t>9786059781176</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Senin Evin Benim Evim</t>
+          <t>Tasarım Odaklı Düşün - Kahvaltılıklar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257782968</t>
+          <t>9786054119950</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Evimizde</t>
+          <t>Kurukafa Ailesi ve Hayalet Gemi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>22</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257782951</t>
+          <t>9786054119813</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Octopuss Garden - Ahtapotun Bahçesi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257782838</t>
+          <t>9786054119622</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Annem Nerede?</t>
+          <t>İnsan Vücudu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>230</v>
+        <v>27.69</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257782852</t>
+          <t>9786054119639</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Herkese İyi Geceler</t>
+          <t>Hayvanlar Alemi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>230</v>
+        <v>27.69</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257782845</t>
+          <t>9786059781114</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ah Be Ponçik!</t>
+          <t>Bu Dünyalılar Bir Alem</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>230</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257782654</t>
+          <t>9786054119721</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Merope</t>
+          <t>Büyümeden Önce Yapman Gereken 101 Şey</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>225</v>
+        <v>37</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257782722</t>
+          <t>9786054119479</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ateşböcekleri</t>
+          <t>Senin Paran Serisi - Paramı Nasıl Harcarım</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>175</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257782692</t>
+          <t>9786054119462</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot ile Sessiz Balina</t>
+          <t>Senin Paran Serisi - Paramı Nasıl Biriktiririm?</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>230</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257782678</t>
+          <t>9786054119554</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest Şilo</t>
+          <t>Muhteşem Ay Tavşanı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257782548</t>
+          <t>9786059781459</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Melodi Merdiven</t>
+          <t>Templeton İkizleri Perde Arkasında</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>225</v>
+        <v>50</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257782340</t>
+          <t>9786054119530</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Karaburun'un Gizemi</t>
+          <t>Çilli</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>175</v>
+        <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257782555</t>
+          <t>9786054119608</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kaktüs Çiçekleri</t>
+          <t>Redhouse Learning Set - 3 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>175</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754130782</t>
+          <t>9786054119660</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Discovering The World-2 Dinosaurs</t>
+          <t>Kalpsiz Robotlar - Bob ile Barry’nin Ay Maceraları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257782937</t>
+          <t>9786054119752</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İklim'i Ne Değiştirdi Böyle?</t>
+          <t>Fatih Ermiş İle Sihirbazlık Öğreniyorum</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>175</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257782913</t>
+          <t>9786052079768</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Nina ile Milo Balık Tutuyor</t>
+          <t>Montessori Öykülerim - Odamızı Topluyoruz (Ciltsiz)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257782890</t>
+          <t>3990000095568</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Uçan Köpek Macerası</t>
+          <t>Redhouse Learning Set 2 - Where is Polly?</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>225</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257782906</t>
+          <t>9786052079362</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Uzaklar Ağacı'nın Tepesinde - Sihirli Uzaklar Ağacı Serisi</t>
+          <t>Kardeşim Tam Bir Canavar!</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>225</v>
+        <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257782708</t>
+          <t>9786052079829</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İricik</t>
+          <t>Clarice Bean - Kesinlikle Ben</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257782869</t>
+          <t>9786256998957</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Göz</t>
+          <t>En Yakın Arkadaşım</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257782739</t>
+          <t>9786256998964</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Arya'nın Yaşam Sevinci</t>
+          <t>Dedem Bir Japon Balığı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257782647</t>
+          <t>9786256998940</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yolaçık</t>
+          <t>En Güzel Şey</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257782531</t>
+          <t>9786256998926</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Gezen Mavi Balonlu Öyküler</t>
+          <t>Dönme Dolap</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257782524</t>
+          <t>9786256998933</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>365 Penguen</t>
+          <t>İşler Döndü Tersine!</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257782500</t>
+          <t>9786256998919</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sözler Can Acıtır mı? - Çocuklar İçin Felsefe</t>
+          <t>Yedi Yaşıma Girmeden Önce Bilmem Grekenler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257782517</t>
+          <t>9786256998902</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Duygular Aklımızı Çeler mi? - Çocuklar İçin Felsefe</t>
+          <t>Sıra Sende!</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257782371</t>
+          <t>9786256998889</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Uzaklar Ağacı Sakinleri - Sihirli Uzaklar Ağacı Serisi</t>
+          <t>Gizli Yediler - Gizli Yediler Macerası</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257782364</t>
+          <t>9786256998872</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Uzaklar Ağacı - Sihirli Uzaklar Ağacı Serisi</t>
+          <t>Gizli Yediler - Gizli Yediler</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257782357</t>
+          <t>9786256998896</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Orman - Sihirli Uzaklar Ağacı Serisi</t>
+          <t>Gizli Yediler - Aferin Gizli Yediler</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257782326</t>
+          <t>9786256998865</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Haydi Okula</t>
+          <t>Yetiş Kaplan!</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257782319</t>
+          <t>9786054119431</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Osman’ın Bir Günü</t>
+          <t>Kaybolan Ay</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257782302</t>
+          <t>9786256998834</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Çınar</t>
+          <t>Derman İpucu Peşinde</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059781190</t>
+          <t>9786256998841</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Las 100 Palabras Mas Usadas En Espanol 2 (İspanyolca Dil Kartları)</t>
+          <t>Derman Define Peşinde</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059781206</t>
+          <t>9786256998858</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Las 100 Palabras Mas Usadas En Espanol 3</t>
+          <t>Derman Bilmece Peşinde</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257782258</t>
+          <t>9786256998810</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Pibalu Gezegeni'ne Dönüş</t>
+          <t>Sait Faik Abasıyanık Seçme Öyküler</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257782241</t>
+          <t>9786256998827</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Taş Çorbası</t>
+          <t>Troya Şifresi</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257782227</t>
+          <t>9786257782883</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Bahçe</t>
+          <t>Hepimiz Sırayla</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257782234</t>
+          <t>9786059781978</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ayı Saate Karşı</t>
+          <t>Montessori Öykülerim - Misafir Geliyor (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>32</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257782142</t>
+          <t>9786256998803</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Pina</t>
+          <t>Kaka, Pırt, Çiş - Tuvalet Rehberi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257782159</t>
+          <t>9786256998797</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Şarkısı</t>
+          <t>Çok Komik Biraz Garip</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257782104</t>
+          <t>9786256998575</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tohum Saçan Şapkam</t>
+          <t>Tüh Be Riko: Uyku Zamanı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257782128</t>
+          <t>9786256998568</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Her Şakaya Gülünür mü?</t>
+          <t>Tüh Be Riko: Banyo Zamanı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257782135</t>
+          <t>9786256998773</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Her Söze Güvenilir mi?</t>
+          <t>Sözcü Koyunların Sözcük Oyunları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052079959</t>
+          <t>9786256998780</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Yaramazım Diye</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052079928</t>
+          <t>9789754131321</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Postacı Fare Tatilde</t>
+          <t>Jim And The Monster Party</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052079911</t>
+          <t>9786257782753</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Postacı Fare'nin Bir Günü</t>
+          <t>Eliott ve Gizemli Kütüphane</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754130751</t>
+          <t>9786052079003</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Polly’s Great Adventure</t>
+          <t>Montessori Öykülerim - Yazlık Elbise</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052079850</t>
+          <t>9786054119912</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Keşifler - Sezgi Şans ve Kararlılık Öyküleri</t>
+          <t>Sen Bir Robot Değilsin</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052079867</t>
+          <t>9786052079751</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Fikirler - Dünyayı Değiştiren İcatlar</t>
+          <t>Montessori Öykülerim - Yaralı Kuş</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754130768</t>
+          <t>9786256998599</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Extraordinary Animals</t>
+          <t>Kanadımda Yeryıldızı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052079843</t>
+          <t>9786256998612</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dağ Kaşındı</t>
+          <t>Ayaz'ın İlham Perileri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052079782</t>
+          <t>9786256998643</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Zor Balık</t>
+          <t>Leyla Fonten’den Öyküler Seti</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>275</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052079805</t>
+          <t>9786256998742</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Clarice Bean - Başı Dertte</t>
+          <t>Küçücük</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052079812</t>
+          <t>9786256998407</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Clarice Bean - Çaktırma</t>
+          <t>Kışın Dönen Yavru Balina</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052079799</t>
+          <t>9786256998070</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bongo - Ormanın Biricik Ayısı</t>
+          <t>Kar Melekleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052079775</t>
+          <t>9786256998605</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Önce Hayal</t>
+          <t>Çocuklara Mektuplar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257782685</t>
+          <t>9786256998582</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İşte Benim Bir Günüm</t>
+          <t>Kuşbaz</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052079720</t>
+          <t>9786059781060</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Felsefe: Kaygıdan Kaçılır Mı?</t>
+          <t>Pibalu Gezegeni'ne Yolculuk</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052079737</t>
+          <t>9786256998551</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Öfkelenmemek Elde Mi?</t>
+          <t>Afacan Beşler Adaya Dönüş</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052079713</t>
+          <t>9786256998544</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Elmaları Nasıl Toplarsın?</t>
+          <t>Burası Kimin Odası?</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052079669</t>
+          <t>9789754130966</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Ne Olduğunu Bilmeyen Karıncayiyen</t>
+          <t>I am Polly</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052079652</t>
+          <t>9786052079683</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Merak Eden Susamuru</t>
+          <t>Büyükannem ve Minik Kuş</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052079676</t>
+          <t>9786256998414</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Pes Etmeyen Tavuk</t>
+          <t>Afacan Beşler Gizli Geçitlerde</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052079553</t>
+          <t>9786256998421</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>My First English Words 4</t>
+          <t>Afacan Beşler Karavan Tatilinde</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052079645</t>
+          <t>9786256998391</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sıfır Atık Kitabı</t>
+          <t>Sular Altında</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052079621</t>
+          <t>9786256998384</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Anton Derinlere Dalıyor</t>
+          <t>Oscar’ın Aslanı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052079614</t>
+          <t>9786256998377</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sevbeni</t>
+          <t>Bu Nasıl Timsah?</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052079584</t>
+          <t>9786256998360</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kitap Karıncası</t>
+          <t>İstasyonda Vals</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052079607</t>
+          <t>9786256998353</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Masalın Şifresi</t>
+          <t>Kitapları Seven Çocuklar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052079577</t>
+          <t>9786256998339</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Dahiler</t>
+          <t>Kaya Gibi Ağır, Yaprak Gibi Hafif</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052079560</t>
+          <t>9786256998346</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Şampiyonlar</t>
+          <t>Çok Saydım, Az Ölçtüm</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052079539</t>
+          <t>9786256998322</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Adam ve En Güzel Dans</t>
+          <t>Durmayalım Düşeriz</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052079546</t>
+          <t>9786256998315</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tamircisi Lorin</t>
+          <t>Postacı Fare’nin Olağanüstü Yolculukları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052079515</t>
+          <t>9786256998308</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Keşfetmek İsteyen Penguen</t>
+          <t>Çarpık Ev</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052079522</t>
+          <t>9786256998223</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Büyümek İsteyen Goril</t>
+          <t>Bay Oskar Şehirde</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052079508</t>
+          <t>9786256998285</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Korkan Baykuş</t>
+          <t>Afacan Beşler Macera Peşinde</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052079492</t>
+          <t>9786256998278</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Evine Dönmek İsteyen Kedi</t>
+          <t>Afacan Beşler Define Adasında</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052079225</t>
+          <t>9786256998292</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hep Fazlasıdır Annem</t>
+          <t>Afacan Beşler Büyük Kaçış</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052079454</t>
+          <t>9786256998261</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>En İyisini Yapmak Mümkün mü? - Çocuklar İçin Felsefe</t>
+          <t>Denizlerin Can Dostu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052079485</t>
+          <t>9786256998254</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çeşme ve Rüzgar</t>
+          <t>Sizi Seviyoruz Öğretmenim</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052079478</t>
+          <t>9786256998247</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Bilseydim</t>
+          <t>Clarice Bean - Kesinlikle Ben</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052079461</t>
+          <t>9786256998230</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kavga Çare Olur mu?</t>
+          <t>Vahşi Şeyler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052079324</t>
+          <t>9786059781251</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>My World - Redhouse Learning Set 2</t>
+          <t>Ready For Summer - 4</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052079355</t>
+          <t>9786059781244</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Vanessa'nın Yanındayım</t>
+          <t>Ready For Summer - 3</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789754130775</t>
+          <t>9786059781237</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>I Am Polly - Redhouse Learning Set 1</t>
+          <t>Ready For Summer - 2</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052079287</t>
+          <t>9786256998155</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Okçunun Sihirli Liri</t>
+          <t>Balinaların Şarkısı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052079348</t>
+          <t>9786257782661</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Komşularım</t>
+          <t>Grotlin</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052079201</t>
+          <t>9786256998193</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Mirket Nineler Uyuyamıyor</t>
+          <t>Merak Etme Küçük Yengeç</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052079256</t>
+          <t>9786256998209</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sihirbazın Kuyruğu</t>
+          <t>Belki…</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052079263</t>
+          <t>9786256998216</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Babam Yanımdayken</t>
+          <t>Şşş! Bir Planımız Var</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052079249</t>
+          <t>9786256998094</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Benim Müzem</t>
+          <t>Çocuklar için Felsefe Seti - 2</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>275</v>
+        <v>700</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052079195</t>
+          <t>9786256998087</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Şapkadaki Balık</t>
+          <t>Çocuklar için Felsefe Seti - 1</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>225</v>
+        <v>700</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052079133</t>
+          <t>9786256998186</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Soso'nun Kompost Kitabı</t>
+          <t>Tohumların Galaksi Yolculuğu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052079171</t>
+          <t>9789754130799</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tokyo</t>
+          <t>Discovering The World-4 Childrren Around The World</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052079096</t>
+          <t>9786059781350</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sobe, Ben Penelope! Dünyalar Benim Oldu</t>
+          <t>Kes Yapıştır Çiz</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052079102</t>
+          <t>9786059781374</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Büyük Halkları - Romalılar</t>
+          <t>Yaz Düşün Araştır</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052079119</t>
+          <t>9786256998179</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Büyük Halkları - Yunanlılar</t>
+          <t>Tam Yerimi Buldum</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052079126</t>
+          <t>9789754131291</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Büyük Halkları - Mısırlılar</t>
+          <t>Munch, Munch, Munch!</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052079072</t>
+          <t>9789754131307</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kim Oldum Ben!</t>
+          <t>A Turtle Needs Help</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052079010</t>
+          <t>9789754131314</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ayı Olmayan Ayı</t>
+          <t>Where’s My Sock, Mack?</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052079065</t>
+          <t>9789754131284</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Zincir</t>
+          <t>The Hat Game</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059781947</t>
+          <t>9789754131338</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Marko Konser Veriyor</t>
+          <t>Bay Oskar Tatilde</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052079027</t>
+          <t>9786256998063</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yüzünde Güller Açan Keselisıçan</t>
+          <t>Şiir Bisikleti</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059781886</t>
+          <t>9786256998162</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Mirket Nineler Parti Veriyor</t>
+          <t>Yako’nun Bahçesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052079089</t>
+          <t>9786256998148</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Ustası</t>
+          <t>Beyaz Sakal'ın Hazinesi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052079638</t>
+          <t>9786256998131</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Misafir Geliyor</t>
+          <t>Leo’yu Affediyorum</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059781923</t>
+          <t>9786256998124</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Pöti'nin Gri Dişi</t>
+          <t>Balaban</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052079041</t>
+          <t>9789754131154</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kirpi ve Sergi</t>
+          <t>But It’s A School Day, Mack!</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059781718</t>
+          <t>9789754131130</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Renkler (Ciltli)</t>
+          <t>Alice Stops</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059781688</t>
+          <t>9789754131161</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>1 2 3 (Ciltli)</t>
+          <t>The Surprise Party</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059781701</t>
+          <t>9789754131147</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim (Ciltli)</t>
+          <t>Robot Boy And Frog Girl!</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059781916</t>
+          <t>9786256998117</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sol Sağ Kitabım</t>
+          <t>Dünyada 100 Kişi Olsaydı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059781862</t>
+          <t>9786256998100</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Herkes Alfred'e Bakıyor</t>
+          <t>Mutluluk Bir Kıvılcım</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059781879</t>
+          <t>9786256998032</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Köpeğim Irkçı Çıktı</t>
+          <t>Albert Eınsteın’a Göre Dünya</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059781817</t>
+          <t>9786256998049</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>13'üncü Warren Ve Her Şeyi Gören Göz</t>
+          <t>Küçük Bir Nokta, Büyük Bir Fil</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059781831</t>
+          <t>9786256998056</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Marko Kılıktan Kılığa Giriyor</t>
+          <t>Uzakta Bir Dağ, Yakında Bir Macera</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059781770</t>
+          <t>9786257782944</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Başkaları</t>
+          <t>Dünyanın En Berbat Günü</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059781763</t>
+          <t>9786257782920</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Uyan Walter</t>
+          <t>Sadece 3'e Kadar Sayabilen Adam</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059781671</t>
+          <t>9786257782876</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Marko Bize Taşınıyor</t>
+          <t>Kar Tanesi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059781725</t>
+          <t>9786257782975</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Kim</t>
+          <t>Senin Evin Benim Evim</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059781732</t>
+          <t>9786257782968</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Kim</t>
+          <t>Evimizde</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059781749</t>
+          <t>9786257782951</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Bakalım Kim</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059781572</t>
+          <t>9786257782838</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Balina</t>
+          <t>Annem Nerede?</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059781558</t>
+          <t>9786257782852</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Adası</t>
+          <t>Herkese İyi Geceler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059781565</t>
+          <t>9786257782845</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar</t>
+          <t>Ah Be Ponçik!</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059781541</t>
+          <t>9786257782654</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Orion ve Karanlık</t>
+          <t>Merope</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059781589</t>
+          <t>9786257782722</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Düşkurdu Bir Düş Kurdu</t>
+          <t>Ateşböcekleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059781510</t>
+          <t>9786257782692</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Olalım mı?</t>
+          <t>Ahtapot ile Sessiz Balina</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059781640</t>
+          <t>9786257782678</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Masal Yolu</t>
+          <t>Hayalperest Şilo</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059781633</t>
+          <t>9786257782548</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kedim Nereye Kayboldu?</t>
+          <t>Melodi Merdiven</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059781435</t>
+          <t>9786257782340</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kayakçı Tavşan</t>
+          <t>Karaburun'un Gizemi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059781527</t>
+          <t>9786257782555</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sidney ve Stella Hiçbir Şeyi Paylaşamıyor</t>
+          <t>Kaktüs Çiçekleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059781473</t>
+          <t>9789754130782</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kutbuna Gidiyoruz!</t>
+          <t>Discovering The World-2 Dinosaurs</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059781497</t>
+          <t>9786257782937</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldiniz</t>
+          <t>İklim'i Ne Değiştirdi Böyle?</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059781503</t>
+          <t>9786257782913</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sakar Kral</t>
+          <t>Nina ile Milo Balık Tutuyor</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059781480</t>
+          <t>9786257782890</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Dilek Ağacı</t>
+          <t>Uçan Köpek Macerası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789758176144</t>
+          <t>9786257782906</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Peanut Butter and Jelly</t>
+          <t>Uzaklar Ağacı'nın Tepesinde - Sihirli Uzaklar Ağacı Serisi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059781428</t>
+          <t>9786257782708</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sobe Ben Penelope</t>
+          <t>İricik</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059781343</t>
+          <t>9786257782869</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Börtü Böcek Güncesi</t>
+          <t>Tepedeki Göz</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059781213</t>
+          <t>9786257782739</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Calum Sails Away</t>
+          <t>Arya'nın Yaşam Sevinci</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059781268</t>
+          <t>9786257782647</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Tak Tak Tak Şans Geldi!</t>
+          <t>Yolaçık</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059781275</t>
+          <t>9786257782531</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Nerede Bu Denizyıldızı?</t>
+          <t>Türkiye’yi Gezen Mavi Balonlu Öyküler</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059781299</t>
+          <t>9786257782524</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Tavşanlar</t>
+          <t>365 Penguen</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059781169</t>
+          <t>9786257782500</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kalbim Kırıldı!</t>
+          <t>Sözler Can Acıtır mı? - Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059781039</t>
+          <t>9786257782517</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ne Yiyelim? - Ormanda Oyun Serisi 4</t>
+          <t>Duygular Aklımızı Çeler mi? - Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059781121</t>
+          <t>9786257782371</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Pöti ve Dede - Bir Dostluk Öyküsü</t>
+          <t>Uzaklar Ağacı Sakinleri - Sihirli Uzaklar Ağacı Serisi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059781046</t>
+          <t>9786257782364</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Pöti - Bir Barınak Köpeğinin Öyküsü</t>
+          <t>Sihirli Uzaklar Ağacı - Sihirli Uzaklar Ağacı Serisi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059781138</t>
+          <t>9786257782357</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>The School's Mystery</t>
+          <t>Tılsımlı Orman - Sihirli Uzaklar Ağacı Serisi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054119776</t>
+          <t>9786257782326</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Kedi Dila</t>
+          <t>Haydi Okula</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054119783</t>
+          <t>9786257782319</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Örümcek Rıza</t>
+          <t>Tırtıl Osman’ın Bir Günü</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059781053</t>
+          <t>9786257782302</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Calum’s Footprint</t>
+          <t>Yürüyen Çınar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059781022</t>
+          <t>9786059781190</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ne Anlatalım? - Ormanda Oyun Serisi 3</t>
+          <t>Las 100 Palabras Mas Usadas En Espanol 2 (İspanyolca Dil Kartları)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054119998</t>
+          <t>9786059781206</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Sinek Feza</t>
+          <t>Las 100 Palabras Mas Usadas En Espanol 3</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789758176212</t>
+          <t>9786257782258</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Köpek Kaya</t>
+          <t>Pibalu Gezegeni'ne Dönüş</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054119974</t>
+          <t>9786257782241</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ne Oynayalım? - Ormanda Oyun Serisi 1</t>
+          <t>Taş Çorbası</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054119967</t>
+          <t>9786257782227</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ne Boyayalım? - Ormanda Oyun Serisi 2</t>
+          <t>En Güzel Bahçe</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054119929</t>
+          <t>9786257782234</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tıkır’ın Çilek Günü</t>
+          <t>Ayı Saate Karşı</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054119875</t>
+          <t>9786257782142</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kıskanç Kurbağa Eda</t>
+          <t>Pina</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052079188</t>
+          <t>9786257782159</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kurbağaya Özenen Tavşan Roka</t>
+          <t>İstanbul'un Şarkısı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054119936</t>
+          <t>9786257782104</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Şehir</t>
+          <t>Tohum Saçan Şapkam</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054119943</t>
+          <t>9786257782128</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tembel Balık Sefa</t>
+          <t>Her Şakaya Gülünür mü?</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054119745</t>
+          <t>9786257782135</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Reçelli Şiirler</t>
+          <t>Her Söze Güvenilir mi?</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054119790</t>
+          <t>9786052079959</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bilmiş Fare Tuna</t>
+          <t>Kim Demiş Yaramazım Diye</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054119738</t>
+          <t>9786052079928</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Deyim Kartları - 3</t>
+          <t>Postacı Fare Tatilde</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257782715</t>
+          <t>9786052079911</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Çevreci Kitaplar 1 - Nerede Bu Fil?</t>
+          <t>Postacı Fare'nin Bir Günü</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054119769</t>
+          <t>9789754130751</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Kirpi Mina</t>
+          <t>Polly’s Great Adventure</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054119615</t>
+          <t>9786052079850</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Balonlar</t>
+          <t>Keşifler - Sezgi Şans ve Kararlılık Öyküleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054119851</t>
+          <t>9786052079867</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Korkak Kuş Sema</t>
+          <t>Fikirler - Dünyayı Değiştiren İcatlar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054119837</t>
+          <t>9789754130768</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Treasure Hunt</t>
+          <t>Extraordinary Animals</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054119424</t>
+          <t>9786052079843</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Kralı</t>
+          <t>Dağ Kaşındı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054119707</t>
+          <t>9786052079782</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Şuşu, Can ve Dörtteker</t>
+          <t>Zor Balık</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054119653</t>
+          <t>9786052079805</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Devdinozorus</t>
+          <t>Clarice Bean - Başı Dertte</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054119318</t>
+          <t>9786052079812</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bulutunu Arayan Su Damlası</t>
+          <t>Clarice Bean - Çaktırma</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257782746</t>
+          <t>9786052079799</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kitap</t>
+          <t>Bongo - Ormanın Biricik Ayısı</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054119486</t>
+          <t>9786052079775</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Kartları</t>
+          <t>Önce Hayal</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054119240</t>
+          <t>9786257782685</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yemeğini Arayan Tırtıl</t>
+          <t>İşte Benim Bir Günüm</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054119387</t>
+          <t>9786052079720</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Tıkır’ın Mavi Kış Masalı</t>
+          <t>Çocuklar İçin Felsefe: Kaygıdan Kaçılır Mı?</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054119165</t>
+          <t>9786052079737</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Şuşu ve Üçtekeri</t>
+          <t>Öfkelenmemek Elde Mi?</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052079836</t>
+          <t>9786052079713</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Smarty’s Book of Words (Smarty’nin Sözcükler Kitabı)</t>
+          <t>Elmaları Nasıl Toplarsın?</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789758176939</t>
+          <t>9786052079669</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sır Versem Saklar mısın?</t>
+          <t>Karıncanın Ne Olduğunu Bilmeyen Karıncayiyen</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256998636</t>
+          <t>9786052079652</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğünü Arayan Kelebek</t>
+          <t>Merak Eden Susamuru</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257782821</t>
+          <t>9786052079676</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tutkunu Karga</t>
+          <t>Pes Etmeyen Tavuk</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054119370</t>
+          <t>9786052079553</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Mavi Mogi</t>
+          <t>My First English Words 4</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054119202</t>
+          <t>9786052079645</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kapı Komşumuz Korsanlar</t>
+          <t>Deniz'in Sıfır Atık Kitabı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054119288</t>
+          <t>9786052079621</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğini Arayan Ayşe</t>
+          <t>Anton Derinlere Dalıyor</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054119158</t>
+          <t>9786052079614</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Deyim Kartları 1</t>
+          <t>Büyük Sevbeni</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054119196</t>
+          <t>9786052079584</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Deyim Kartları 2</t>
+          <t>Kitap Karıncası</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
+          <t>9786052079607</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Masalın Şifresi</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786052079577</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Dahiler</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786052079560</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Şampiyonlar</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786052079539</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur Adam ve En Güzel Dans</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786052079546</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Tamircisi Lorin</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786052079515</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Hayatı Keşfetmek İsteyen Penguen</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786052079522</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Büyümek İsteyen Goril</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786052079508</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıktan Korkan Baykuş</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786052079492</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Evine Dönmek İsteyen Kedi</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786052079225</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Hep Fazlasıdır Annem</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786052079454</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>En İyisini Yapmak Mümkün mü? - Çocuklar İçin Felsefe</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786052079485</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Çeşme ve Rüzgar</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786052079478</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Çizmeyi Bilseydim</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786052079461</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Kavga Çare Olur mu?</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786052079324</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>My World - Redhouse Learning Set 2</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786052079355</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Vanessa'nın Yanındayım</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789754130775</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>I Am Polly - Redhouse Learning Set 1</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786052079287</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Okçunun Sihirli Liri</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786052079348</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Komşularım</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786052079201</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Mirket Nineler Uyuyamıyor</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786052079256</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Sihirbazın Kuyruğu</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786052079263</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Babam Yanımdayken</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786052079249</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Benim Müzem</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786052079195</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Şapkadaki Balık</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786052079133</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Soso'nun Kompost Kitabı</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786052079171</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Tokyo</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786052079096</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Sobe, Ben Penelope! Dünyalar Benim Oldu</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786052079102</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin Büyük Halkları - Romalılar</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786052079119</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin Büyük Halkları - Yunanlılar</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786052079126</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin Büyük Halkları - Mısırlılar</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786052079072</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Eyvah Kim Oldum Ben!</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786052079010</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Ayı Olmayan Ayı</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786052079065</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Zincir</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786059781947</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Marko Konser Veriyor</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786052079027</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Yüzünde Güller Açan Keselisıçan</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786059781886</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Mirket Nineler Parti Veriyor</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786052079089</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Bisiklet Ustası</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786052079638</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Montessori Öykülerim - Misafir Geliyor</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786059781923</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Pöti'nin Gri Dişi</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786052079041</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Kirpi ve Sergi</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786059781718</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Renkler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786059781688</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>1 2 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786059781701</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>İlk Sözcüklerim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786059781916</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Sol Sağ Kitabım</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786059781862</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Herkes Alfred'e Bakıyor</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786059781879</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Köpeğim Irkçı Çıktı</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786059781817</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>13'üncü Warren Ve Her Şeyi Gören Göz</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786059781831</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Marko Kılıktan Kılığa Giriyor</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786059781770</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Sen ve Başkaları</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786059781763</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Uyan Walter</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786059781671</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Marko Bize Taşınıyor</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786059781725</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Bil Bakalım Kim</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786059781732</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Bul Bakalım Kim</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786059781749</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Hatırla Bakalım Kim</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786059781572</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Balina</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786059781558</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Adası</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786059781565</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Sıkı Dostlar</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786059781541</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Orion ve Karanlık</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786059781589</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Düşkurdu Bir Düş Kurdu</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786059781510</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaş Olalım mı?</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786059781640</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Masal Yolu</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786059781633</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Kedim Nereye Kayboldu?</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786059781435</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Kayakçı Tavşan</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786059781527</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Sidney ve Stella Hiçbir Şeyi Paylaşamıyor</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786059781473</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Kutbuna Gidiyoruz!</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786059781497</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Hoş Geldiniz</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786059781503</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Sakar Kral</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786059781480</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Dilek Ağacı</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9789758176144</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Peanut Butter and Jelly</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786059781428</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Sobe Ben Penelope</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786059781343</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Börtü Böcek Güncesi</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786059781213</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Calum Sails Away</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786059781268</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Tak Tak Tak Şans Geldi!</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786059781275</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Nerede Bu Denizyıldızı?</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786059781299</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Tavşanlar</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786059781169</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Eyvah Kalbim Kırıldı!</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786059781039</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Ne Yiyelim? - Ormanda Oyun Serisi 4</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786059781121</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Pöti ve Dede - Bir Dostluk Öyküsü</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786059781046</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Pöti - Bir Barınak Köpeğinin Öyküsü</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786059781138</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>The School's Mystery</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786054119776</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Mutsuz Kedi Dila</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786054119783</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Öfkeli Örümcek Rıza</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786059781053</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Calum’s Footprint</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786059781022</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Ne Anlatalım? - Ormanda Oyun Serisi 3</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786054119998</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Sabırsız Sinek Feza</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9789758176212</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Utangaç Köpek Kaya</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786054119974</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Ne Oynayalım? - Ormanda Oyun Serisi 1</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786054119967</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Ne Boyayalım? - Ormanda Oyun Serisi 2</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786054119929</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Tıkır’ın Çilek Günü</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786054119875</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Kıskanç Kurbağa Eda</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786052079188</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Kurbağaya Özenen Tavşan Roka</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786054119936</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Kağıttan Şehir</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786054119943</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Tembel Balık Sefa</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786054119745</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Reçelli Şiirler</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786054119790</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Bilmiş Fare Tuna</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786054119738</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Deyim Kartları - 3</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786257782715</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Çevreci Kitaplar 1 - Nerede Bu Fil?</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786054119769</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>İnatçı Kirpi Mina</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786054119615</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzünde Balonlar</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786054119851</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Korkak Kuş Sema</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786054119837</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Treasure Hunt</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786054119424</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Uzayın Kralı</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786054119707</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Şuşu, Can ve Dörtteker</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786054119653</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Devdinozorus</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786054119318</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Bulutunu Arayan Su Damlası</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786257782746</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Kitap</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786054119486</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Atasözü Kartları</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786054119240</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Yemeğini Arayan Tırtıl</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786054119387</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Tıkır’ın Mavi Kış Masalı</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786054119165</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Şuşu ve Üçtekeri</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786052079836</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Smarty’s Book of Words (Smarty’nin Sözcükler Kitabı)</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9789758176939</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Sır Versem Saklar mısın?</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786256998636</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlüğünü Arayan Kelebek</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786257782821</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Tutkunu Karga</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786054119370</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Mogi</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786054119202</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Kapı Komşumuz Korsanlar</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786054119288</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Kelebeğini Arayan Ayşe</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786054119158</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Deyim Kartları 1</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786054119196</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Deyim Kartları 2</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
           <t>9786054119820</t>
         </is>
       </c>
-      <c r="B289" s="1" t="inlineStr">
+      <c r="B408" s="1" t="inlineStr">
         <is>
           <t>Snowy Day</t>
         </is>
       </c>
-      <c r="C289" s="1">
-        <v>200</v>
+      <c r="C408" s="1">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>