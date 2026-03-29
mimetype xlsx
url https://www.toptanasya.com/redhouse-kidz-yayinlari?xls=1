--- v2 (2026-02-04)
+++ v3 (2026-03-29)
@@ -85,6145 +85,6175 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256998988</t>
+          <t>9786256998995</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ona Kadar Sayıyorum</t>
+          <t>Likya Şifresi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054119295</t>
+          <t>9786256998971</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Smarty’s Book of Words Smarty’nin Sözcükler Kitabı</t>
+          <t>Lukas Kont İle Kızıl Greta</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>30</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789744130751</t>
+          <t>9786256998988</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Polly’s Great Adventure</t>
+          <t>Ona Kadar Sayıyorum</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054119868</t>
+          <t>9786054119295</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Word Dominoes with Pictures</t>
+          <t>Smarty’s Book of Words Smarty’nin Sözcükler Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>26.48</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054119097</t>
+          <t>9789744130751</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Verb Wheel (Fiil Çarkı)</t>
+          <t>Polly’s Great Adventure</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>7.13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059781145</t>
+          <t>9786054119868</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Memory Game - Verbs</t>
+          <t>Word Dominoes with Pictures</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>25.46</v>
+        <v>26.48</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789758176250</t>
+          <t>9786054119097</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Memory Game-Opposite Adjectives</t>
+          <t>Verb Wheel (Fiil Çarkı)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>25.46</v>
+        <v>7.13</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059781183</t>
+          <t>9786059781145</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Las 100 Palabras Mas Usadas En Espanol 1 (İspanyolca Dil Kartları)</t>
+          <t>Redhouse Memory Game - Verbs</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>34</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059781107</t>
+          <t>9789758176250</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Die 100 Häufigsten Wörter des Deutschen 3 - Almanca Sözlük Kartları</t>
+          <t>Redhouse Memory Game-Opposite Adjectives</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>22.41</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059781091</t>
+          <t>9786059781183</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Die 100 Haufigsten Wörter des Deutschen 2 - Almanca Sözlük Kartları</t>
+          <t>Las 100 Palabras Mas Usadas En Espanol 1 (İspanyolca Dil Kartları)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>22.41</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054119349</t>
+          <t>9786059781107</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Redhouse 100 Basic English Words 3</t>
+          <t>Die 100 Häufigsten Wörter des Deutschen 3 - Almanca Sözlük Kartları</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>22.41</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054119332</t>
+          <t>9786059781091</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Redhouse 100 Basic English Words 2</t>
+          <t>Die 100 Haufigsten Wörter des Deutschen 2 - Almanca Sözlük Kartları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>35</v>
+        <v>22.41</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054119325</t>
+          <t>9786054119349</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Redhouse 100 Basic English Words 1</t>
+          <t>Redhouse 100 Basic English Words 3</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>35</v>
+        <v>22.41</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059781855</t>
+          <t>9786054119332</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>My First English Words 3</t>
+          <t>Redhouse 100 Basic English Words 2</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>26.48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059781848</t>
+          <t>9786054119325</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>My First English Words 2</t>
+          <t>Redhouse 100 Basic English Words 1</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>39</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059781466</t>
+          <t>9786059781855</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>My First English Words 1</t>
+          <t>My First English Words 3</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>26.48</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052079232</t>
+          <t>9786059781848</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Grotlin</t>
+          <t>My First English Words 2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>90</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059781794</t>
+          <t>9786059781466</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Klasik Masallar - Kırmızı Başlıklı Kız (Ciltli)</t>
+          <t>My First English Words 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>24.07</v>
+        <v>26.48</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059781800</t>
+          <t>9786052079232</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Klasik Masallar - Pinokyo (Ciltli)</t>
+          <t>Grotlin</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>24.07</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054119981</t>
+          <t>9786059781794</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gürültücü Güven Sahilde</t>
+          <t>Klasik Masallar - Kırmızı Başlıklı Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>15</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>3990000027905</t>
+          <t>9786059781800</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Leyla Fonten Serisi (9 Kitap Takım)</t>
+          <t>Klasik Masallar - Pinokyo (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>208.33</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054119844</t>
+          <t>9786054119981</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gürültücü Güven</t>
+          <t>Gürültücü Güven Sahilde</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054119592</t>
+          <t>3990000027905</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dixie ve Percy ile Son Sürat</t>
+          <t>Leyla Fonten Serisi (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>15</v>
+        <v>208.33</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054119806</t>
+          <t>9786054119844</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dixie ve Percy : Elmas Hırsızlarının Peşinde</t>
+          <t>Gürültücü Güven</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054119356</t>
+          <t>9786054119592</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ne Nasıl Yapılıyor</t>
+          <t>Dixie ve Percy ile Son Sürat</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>27.78</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054119448</t>
+          <t>9786054119806</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Senin Paran Serisi - Para Nedir?</t>
+          <t>Dixie ve Percy : Elmas Hırsızlarının Peşinde</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>7.87</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054119400</t>
+          <t>9786054119356</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>The English Alphabet</t>
+          <t>Ne Nasıl Yapılıyor</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>6</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054119455</t>
+          <t>9786054119448</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Senin Paran Serisi - Paramla Neler Yapabilirim</t>
+          <t>Senin Paran Serisi - Para Nedir?</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>7.87</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054119271</t>
+          <t>9786054119400</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Learning Set 2 (5 Kitap Takım)</t>
+          <t>The English Alphabet</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>32.41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054119103</t>
+          <t>9786054119455</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>My Second Fifty Words</t>
+          <t>Senin Paran Serisi - Paramla Neler Yapabilirim</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>15.74</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054119059</t>
+          <t>9786054119271</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>My First English/Turkish Dictionary Of Sentences</t>
+          <t>Redhouse Learning Set 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>14.81</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789758176779</t>
+          <t>9786054119103</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Uçuk Kaçık Mıstık</t>
+          <t>My Second Fifty Words</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>8.8</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758176724</t>
+          <t>9786054119059</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Canlılar</t>
+          <t>My First English/Turkish Dictionary Of Sentences</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>11.57</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758176670</t>
+          <t>9789758176779</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>The Rabbit and the Turtle - Tavşan ile Kaplumbağa</t>
+          <t>Uçuk Kaçık Mıstık</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>6.02</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789758176632</t>
+          <t>9789758176724</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>The North Wind and the Sun - Kuzey Rüzgarı ile Güneş</t>
+          <t>Tüylü Canlılar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>6.02</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758176663</t>
+          <t>9789758176670</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>The Dog and His Shadow - Köpek ile Gölgesi</t>
+          <t>The Rabbit and the Turtle - Tavşan ile Kaplumbağa</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>6.02</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789758176649</t>
+          <t>9789758176632</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>The Crow and The Bottle - Karga ile Şişe</t>
+          <t>The North Wind and the Sun - Kuzey Rüzgarı ile Güneş</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>6.02</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789758176656</t>
+          <t>9789758176663</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>The Businessman and His Donkey - Tüccar ile Eşeği</t>
+          <t>The Dog and His Shadow - Köpek ile Gölgesi</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>6.02</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054119714</t>
+          <t>9789758176649</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Templeton İkizleri ve Parlak Fikirleri</t>
+          <t>The Crow and The Bottle - Karga ile Şişe</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>20</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758176694</t>
+          <t>9789758176656</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sümüklü Canlılar</t>
+          <t>The Businessman and His Donkey - Tüccar ile Eşeği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>11.57</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054119189</t>
+          <t>9786054119714</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Learning Set 1 (5 Kitap Takım)</t>
+          <t>Templeton İkizleri ve Parlak Fikirleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>32.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789758176755</t>
+          <t>9789758176694</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel</t>
+          <t>Sümüklü Canlılar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>6.02</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758176892</t>
+          <t>9786054119189</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Pembe Ayıcığın Düşü</t>
+          <t>Redhouse Learning Set 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>11.11</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789758176977</t>
+          <t>9789758176755</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Limon Ağacının Şarkısı</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>11.11</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789758176717</t>
+          <t>9789758176892</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kürklü Canlılar</t>
+          <t>Pembe Ayıcığın Düşü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>11.57</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789758176816</t>
+          <t>9789758176977</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Koş Balkabağım Koş</t>
+          <t>Limon Ağacının Şarkısı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>23</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789758176700</t>
+          <t>9789758176717</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Pullu Canlılar</t>
+          <t>Kürklü Canlılar</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758176878</t>
+          <t>9789758176816</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kelebeklerin Yolculuğu</t>
+          <t>Koş Balkabağım Koş</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>50</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758176922</t>
+          <t>9789758176700</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çocuk Odası</t>
+          <t>Pullu Canlılar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>45</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789758176588</t>
+          <t>9789758176878</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kalebozan Karlo</t>
+          <t>Kelebeklerin Yolculuğu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>21</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789758176793</t>
+          <t>9789758176922</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kahraman</t>
+          <t>Kayıp Çocuk Odası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>8.8</v>
+        <v>45</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789758176946</t>
+          <t>9789758176588</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hatırlıyorum</t>
+          <t>Kalebozan Karlo</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>8.8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789758176571</t>
+          <t>9789758176793</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dodo’nun Komik Karışımları</t>
+          <t>Kahraman</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>19.44</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789758176625</t>
+          <t>9789758176946</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Diş Gıcırdatan Cadı (Ciltli)</t>
+          <t>Hatırlıyorum</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>16.67</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789758176885</t>
+          <t>9789758176571</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Devekuşu Dudu</t>
+          <t>Dodo’nun Komik Karışımları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>23</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789758176601</t>
+          <t>9789758176625</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çilli (Ciltli)</t>
+          <t>Diş Gıcırdatan Cadı (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789758176823</t>
+          <t>9789758176885</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çikolata</t>
+          <t>Devekuşu Dudu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>16.67</v>
+        <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059781442</t>
+          <t>9789758176601</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Canını En Çok Ne Yakar? (Ciltli)</t>
+          <t>Çilli (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>23</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054119394</t>
+          <t>9789758176823</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olsam?</t>
+          <t>Çikolata</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>17.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789758176786</t>
+          <t>9786059781442</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bütün Gün Esneyen Prenses</t>
+          <t>Canını En Çok Ne Yakar? (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>12.04</v>
+        <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789758176595</t>
+          <t>9786054119394</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İkimiz de Seni Çok Seviyoruz</t>
+          <t>Büyüyünce Ne Olsam?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>19.44</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054119233</t>
+          <t>9789758176786</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bob ile Uzayda Eğlence - Ay’daki Adam</t>
+          <t>Bütün Gün Esneyen Prenses</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>23.15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789758176809</t>
+          <t>9789758176595</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bekar Fare</t>
+          <t>İkimiz de Seni Çok Seviyoruz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>8.8</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789758176748</t>
+          <t>9786054119233</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Beauty and the Beast</t>
+          <t>Bob ile Uzayda Eğlence - Ay’daki Adam</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>6.02</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789758176564</t>
+          <t>9789758176809</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ay’daki Adam (Ciltli)</t>
+          <t>Bekar Fare</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>18.52</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789758176953</t>
+          <t>9789758176748</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Annemle Babam Arkadaş Olduklarını Unutunca</t>
+          <t>Beauty and the Beast</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>8.8</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789758176731</t>
+          <t>9789758176564</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba and the Forty Thieves</t>
+          <t>Ay’daki Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>6.02</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054119578</t>
+          <t>9789758176953</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tam Kraliçelik Bir Felaket</t>
+          <t>Annemle Babam Arkadaş Olduklarını Unutunca</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>16</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052079157</t>
+          <t>9789758176731</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>O ve C Düşündü: Hayat Benim Bildiğim Kadar mı?</t>
+          <t>Ali Baba and the Forty Thieves</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>28</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059781954</t>
+          <t>9786054119578</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aslan Nerede?</t>
+          <t>Tam Kraliçelik Bir Felaket</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>25.93</v>
+        <v>16</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059781961</t>
+          <t>9786052079157</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Nerede?</t>
+          <t>O ve C Düşündü: Hayat Benim Bildiğim Kadar mı?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>25.93</v>
+        <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059781220</t>
+          <t>9786059781954</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ay'daki Adam</t>
+          <t>Aslan Nerede?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>19.44</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059781985</t>
+          <t>9786059781961</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Odamızı Topluyoruz (Ciltli)</t>
+          <t>Dinozor Nerede?</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>19</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059781992</t>
+          <t>9786059781220</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Yaralı Kuş (Ciltli)</t>
+          <t>Ay'daki Adam</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059781695</t>
+          <t>9786059781985</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz (Ciltli)</t>
+          <t>Montessori Öykülerim - Odamızı Topluyoruz (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052079270</t>
+          <t>9786059781992</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İstasyon Çocukları</t>
+          <t>Montessori Öykülerim - Yaralı Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059781909</t>
+          <t>9786059781695</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Anlat, Kaydet, Kendini Tanı</t>
+          <t>Siyah Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>45</v>
+        <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059781756</t>
+          <t>9786052079270</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çekirgeler Zamanı</t>
+          <t>İstasyon Çocukları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059781305</t>
+          <t>9786059781909</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Lottie ve Yeşil Elma Ağacı</t>
+          <t>Anlat, Kaydet, Kendini Tanı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>30.56</v>
+        <v>45</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059781787</t>
+          <t>9786059781756</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Klasik Masallar - Altın Saçlı Kız ve Üç Ayı (Ciltli)</t>
+          <t>Yeşil Çekirgeler Zamanı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>24.07</v>
+        <v>21</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059781329</t>
+          <t>9786059781305</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ya Başkası Olsaydım</t>
+          <t>Lottie ve Yeşil Elma Ağacı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>28</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059781664</t>
+          <t>9786059781787</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yolculukta Yapman Gereken 101 Şey</t>
+          <t>Klasik Masallar - Altın Saçlı Kız ve Üç Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>40</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9772149643004</t>
+          <t>9786059781329</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 6 Aralık 2016</t>
+          <t>Ya Başkası Olsaydım</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>6.93</v>
+        <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9772149641048</t>
+          <t>9786059781664</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 5 Ekim 2016</t>
+          <t>Yolculukta Yapman Gereken 101 Şey</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>6.93</v>
+        <v>40</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9772149641031</t>
+          <t>9772149643004</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 4 Ekim 2016</t>
+          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 6 Aralık 2016</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>6.93</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9772149641024</t>
+          <t>9772149641048</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 3 Nisan 2016</t>
+          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 5 Ekim 2016</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>6.93</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9772149641017</t>
+          <t>9772149641031</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 2 Kasım 2015</t>
+          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 4 Ekim 2016</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>6.93</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000029672</t>
+          <t>9772149641024</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 1 Ağustos 2015</t>
+          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 3 Nisan 2016</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>6.93</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059781534</t>
+          <t>9772149641017</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kurukafa Ailesi ve Canavarın Hazinesi</t>
+          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 2 Kasım 2015</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>22</v>
+        <v>6.93</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059781657</t>
+          <t>3990000029672</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sandviç Hırsızı</t>
+          <t>Redhouse Quiz &amp; Puzzle Book Sayı: 1 Ağustos 2015</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>26</v>
+        <v>6.93</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054119547</t>
+          <t>9786059781534</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Resim Defteri</t>
+          <t>Kurukafa Ailesi ve Canavarın Hazinesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>11.94</v>
+        <v>22</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059781824</t>
+          <t>9786059781657</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlarımıza Ne Oldu? Bulut ve Selis Haykırdı</t>
+          <t>Sandviç Hırsızı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789758176427</t>
+          <t>9786054119547</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ready For Summer - 1</t>
+          <t>Resim Defteri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>35</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059781367</t>
+          <t>9786059781824</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Virgül Nerdesin?</t>
+          <t>Ağaçlarımıza Ne Oldu? Bulut ve Selis Haykırdı</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000033769</t>
+          <t>9789758176427</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Senin Paran Seti (4 Kitap)</t>
+          <t>Ready For Summer - 1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>31.48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059781077</t>
+          <t>9786059781367</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda Yapman Gereken 101 Şey (Ciltli)</t>
+          <t>Virgül Nerdesin?</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>75</v>
+        <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789758176434</t>
+          <t>3990000033769</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bob Klonlandı</t>
+          <t>Senin Paran Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>30</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059781336</t>
+          <t>9786059781077</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Noktalarım Olmadan Ne Yapacağım?</t>
+          <t>Dışarıda Yapman Gereken 101 Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>28</v>
+        <v>75</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059781282</t>
+          <t>9789758176434</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kurukafa Ailesi ve Lanetli Mağara</t>
+          <t>Bob Klonlandı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059781152</t>
+          <t>9786059781336</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Zombili Mombili Roman</t>
+          <t>Noktalarım Olmadan Ne Yapacağım?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059781176</t>
+          <t>9786059781282</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tasarım Odaklı Düşün - Kahvaltılıklar</t>
+          <t>Kurukafa Ailesi ve Lanetli Mağara</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>21.3</v>
+        <v>22</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054119950</t>
+          <t>9786059781152</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kurukafa Ailesi ve Hayalet Gemi</t>
+          <t>Zombili Mombili Roman</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054119813</t>
+          <t>9786059781176</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Octopuss Garden - Ahtapotun Bahçesi</t>
+          <t>Tasarım Odaklı Düşün - Kahvaltılıklar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>19.91</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054119622</t>
+          <t>9786054119950</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu</t>
+          <t>Kurukafa Ailesi ve Hayalet Gemi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>27.69</v>
+        <v>22</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054119639</t>
+          <t>9786054119813</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi</t>
+          <t>Octopuss Garden - Ahtapotun Bahçesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>27.69</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059781114</t>
+          <t>9786054119622</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyalılar Bir Alem</t>
+          <t>İnsan Vücudu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>24.07</v>
+        <v>27.69</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054119721</t>
+          <t>9786054119639</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Büyümeden Önce Yapman Gereken 101 Şey</t>
+          <t>Hayvanlar Alemi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>37</v>
+        <v>27.69</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054119479</t>
+          <t>9786059781114</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Senin Paran Serisi - Paramı Nasıl Harcarım</t>
+          <t>Bu Dünyalılar Bir Alem</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>7.87</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054119462</t>
+          <t>9786054119721</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Senin Paran Serisi - Paramı Nasıl Biriktiririm?</t>
+          <t>Büyümeden Önce Yapman Gereken 101 Şey</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>7.87</v>
+        <v>37</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054119554</t>
+          <t>9786054119479</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Ay Tavşanı</t>
+          <t>Senin Paran Serisi - Paramı Nasıl Harcarım</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>12.04</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059781459</t>
+          <t>9786054119462</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Templeton İkizleri Perde Arkasında</t>
+          <t>Senin Paran Serisi - Paramı Nasıl Biriktiririm?</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>50</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054119530</t>
+          <t>9786054119554</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Çilli</t>
+          <t>Muhteşem Ay Tavşanı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>50</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054119608</t>
+          <t>9786059781459</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Learning Set - 3 (5 Kitap Takım)</t>
+          <t>Templeton İkizleri Perde Arkasında</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>32.41</v>
+        <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054119660</t>
+          <t>9786054119530</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kalpsiz Robotlar - Bob ile Barry’nin Ay Maceraları</t>
+          <t>Çilli</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>16</v>
+        <v>50</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054119752</t>
+          <t>9786054119608</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Fatih Ermiş İle Sihirbazlık Öğreniyorum</t>
+          <t>Redhouse Learning Set - 3 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>14.81</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052079768</t>
+          <t>9786054119660</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Odamızı Topluyoruz (Ciltsiz)</t>
+          <t>Kalpsiz Robotlar - Bob ile Barry’nin Ay Maceraları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000095568</t>
+          <t>9786054119752</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Learning Set 2 - Where is Polly?</t>
+          <t>Fatih Ermiş İle Sihirbazlık Öğreniyorum</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>6.5</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052079362</t>
+          <t>9786052079768</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Tam Bir Canavar!</t>
+          <t>Montessori Öykülerim - Odamızı Topluyoruz (Ciltsiz)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052079829</t>
+          <t>3990000095568</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Clarice Bean - Kesinlikle Ben</t>
+          <t>Redhouse Learning Set 2 - Where is Polly?</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>275</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256998957</t>
+          <t>9786052079362</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Arkadaşım</t>
+          <t>Kardeşim Tam Bir Canavar!</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>400</v>
+        <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256998964</t>
+          <t>9786052079829</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dedem Bir Japon Balığı</t>
+          <t>Clarice Bean - Kesinlikle Ben</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256998940</t>
+          <t>9786256998957</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Şey</t>
+          <t>En Yakın Arkadaşım</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256998926</t>
+          <t>9786256998964</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dönme Dolap</t>
+          <t>Dedem Bir Japon Balığı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256998933</t>
+          <t>9786256998940</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İşler Döndü Tersine!</t>
+          <t>En Güzel Şey</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256998919</t>
+          <t>9786256998926</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yaşıma Girmeden Önce Bilmem Grekenler</t>
+          <t>Dönme Dolap</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256998902</t>
+          <t>9786256998933</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sıra Sende!</t>
+          <t>İşler Döndü Tersine!</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256998889</t>
+          <t>9786256998919</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler - Gizli Yediler Macerası</t>
+          <t>Yedi Yaşıma Girmeden Önce Bilmem Grekenler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256998872</t>
+          <t>9786256998902</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler - Gizli Yediler</t>
+          <t>Sıra Sende!</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256998896</t>
+          <t>9786256998889</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yediler - Aferin Gizli Yediler</t>
+          <t>Gizli Yediler - Gizli Yediler Macerası</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256998865</t>
+          <t>9786256998872</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yetiş Kaplan!</t>
+          <t>Gizli Yediler - Gizli Yediler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054119431</t>
+          <t>9786256998896</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Ay</t>
+          <t>Gizli Yediler - Aferin Gizli Yediler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256998834</t>
+          <t>9786256998865</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Derman İpucu Peşinde</t>
+          <t>Yetiş Kaplan!</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256998841</t>
+          <t>9786054119431</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Derman Define Peşinde</t>
+          <t>Kaybolan Ay</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256998858</t>
+          <t>9786256998834</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Derman Bilmece Peşinde</t>
+          <t>Derman İpucu Peşinde</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256998810</t>
+          <t>9786256998841</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik Abasıyanık Seçme Öyküler</t>
+          <t>Derman Define Peşinde</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256998827</t>
+          <t>9786256998858</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Troya Şifresi</t>
+          <t>Derman Bilmece Peşinde</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257782883</t>
+          <t>9786256998810</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Sırayla</t>
+          <t>Sait Faik Abasıyanık Seçme Öyküler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059781978</t>
+          <t>9786256998827</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Misafir Geliyor (Ciltli)</t>
+          <t>Troya Şifresi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>32</v>
+        <v>375</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256998803</t>
+          <t>9786257782883</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kaka, Pırt, Çiş - Tuvalet Rehberi</t>
+          <t>Hepimiz Sırayla</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256998797</t>
+          <t>9786059781978</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çok Komik Biraz Garip</t>
+          <t>Montessori Öykülerim - Misafir Geliyor (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>275</v>
+        <v>32</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256998575</t>
+          <t>9786256998803</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tüh Be Riko: Uyku Zamanı</t>
+          <t>Kaka, Pırt, Çiş - Tuvalet Rehberi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256998568</t>
+          <t>9786256998797</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tüh Be Riko: Banyo Zamanı</t>
+          <t>Çok Komik Biraz Garip</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256998773</t>
+          <t>9786256998575</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sözcü Koyunların Sözcük Oyunları</t>
+          <t>Tüh Be Riko: Uyku Zamanı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256998780</t>
+          <t>9786256998568</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Tüh Be Riko: Banyo Zamanı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754131321</t>
+          <t>9786256998773</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Jim And The Monster Party</t>
+          <t>Sözcü Koyunların Sözcük Oyunları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257782753</t>
+          <t>9786256998780</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Eliott ve Gizemli Kütüphane</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052079003</t>
+          <t>9789754131321</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Yazlık Elbise</t>
+          <t>Jim And The Monster Party</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054119912</t>
+          <t>9786257782753</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Robot Değilsin</t>
+          <t>Eliott ve Gizemli Kütüphane</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052079751</t>
+          <t>9786052079003</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Yaralı Kuş</t>
+          <t>Montessori Öykülerim - Yazlık Elbise</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256998599</t>
+          <t>9786054119912</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kanadımda Yeryıldızı</t>
+          <t>Sen Bir Robot Değilsin</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256998612</t>
+          <t>9786052079751</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ayaz'ın İlham Perileri</t>
+          <t>Montessori Öykülerim - Yaralı Kuş</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256998643</t>
+          <t>9786256998599</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Leyla Fonten’den Öyküler Seti</t>
+          <t>Kanadımda Yeryıldızı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>2250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256998742</t>
+          <t>9786256998612</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Küçücük</t>
+          <t>Ayaz'ın İlham Perileri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256998407</t>
+          <t>9786256998643</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kışın Dönen Yavru Balina</t>
+          <t>Leyla Fonten’den Öyküler Seti</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>400</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256998070</t>
+          <t>9786256998742</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kar Melekleri</t>
+          <t>Küçücük</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256998605</t>
+          <t>9786256998407</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Mektuplar</t>
+          <t>Kışın Dönen Yavru Balina</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256998582</t>
+          <t>9786256998070</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kuşbaz</t>
+          <t>Kar Melekleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059781060</t>
+          <t>9786256998605</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Pibalu Gezegeni'ne Yolculuk</t>
+          <t>Çocuklara Mektuplar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256998551</t>
+          <t>9786256998582</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Adaya Dönüş</t>
+          <t>Kuşbaz</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256998544</t>
+          <t>9786059781060</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Burası Kimin Odası?</t>
+          <t>Pibalu Gezegeni'ne Yolculuk</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754130966</t>
+          <t>9786256998551</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>I am Polly</t>
+          <t>Afacan Beşler Adaya Dönüş</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052079683</t>
+          <t>9786256998544</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Büyükannem ve Minik Kuş</t>
+          <t>Burası Kimin Odası?</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256998414</t>
+          <t>9789754130966</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Gizli Geçitlerde</t>
+          <t>I am Polly</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256998421</t>
+          <t>9786052079683</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Karavan Tatilinde</t>
+          <t>Büyükannem ve Minik Kuş</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256998391</t>
+          <t>9786256998414</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sular Altında</t>
+          <t>Afacan Beşler Gizli Geçitlerde</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256998384</t>
+          <t>9786256998421</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Oscar’ın Aslanı</t>
+          <t>Afacan Beşler Karavan Tatilinde</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256998377</t>
+          <t>9786256998391</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Timsah?</t>
+          <t>Sular Altında</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256998360</t>
+          <t>9786256998384</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İstasyonda Vals</t>
+          <t>Oscar’ın Aslanı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256998353</t>
+          <t>9786256998377</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Seven Çocuklar</t>
+          <t>Bu Nasıl Timsah?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256998339</t>
+          <t>9786256998360</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kaya Gibi Ağır, Yaprak Gibi Hafif</t>
+          <t>İstasyonda Vals</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256998346</t>
+          <t>9786256998353</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çok Saydım, Az Ölçtüm</t>
+          <t>Kitapları Seven Çocuklar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256998322</t>
+          <t>9786256998339</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Durmayalım Düşeriz</t>
+          <t>Kaya Gibi Ağır, Yaprak Gibi Hafif</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256998315</t>
+          <t>9786256998346</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Postacı Fare’nin Olağanüstü Yolculukları</t>
+          <t>Çok Saydım, Az Ölçtüm</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256998308</t>
+          <t>9786256998322</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Ev</t>
+          <t>Durmayalım Düşeriz</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256998223</t>
+          <t>9786256998315</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bay Oskar Şehirde</t>
+          <t>Postacı Fare’nin Olağanüstü Yolculukları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256998285</t>
+          <t>9786256998308</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Macera Peşinde</t>
+          <t>Çarpık Ev</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256998278</t>
+          <t>9786256998223</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Define Adasında</t>
+          <t>Bay Oskar Şehirde</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256998292</t>
+          <t>9786256998285</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Afacan Beşler Büyük Kaçış</t>
+          <t>Afacan Beşler Macera Peşinde</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256998261</t>
+          <t>9786256998278</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Can Dostu</t>
+          <t>Afacan Beşler Define Adasında</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256998254</t>
+          <t>9786256998292</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sizi Seviyoruz Öğretmenim</t>
+          <t>Afacan Beşler Büyük Kaçış</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256998247</t>
+          <t>9786256998261</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Clarice Bean - Kesinlikle Ben</t>
+          <t>Denizlerin Can Dostu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256998230</t>
+          <t>9786256998254</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Şeyler</t>
+          <t>Sizi Seviyoruz Öğretmenim</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059781251</t>
+          <t>9786256998247</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ready For Summer - 4</t>
+          <t>Clarice Bean - Kesinlikle Ben</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059781244</t>
+          <t>9786256998230</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ready For Summer - 3</t>
+          <t>Vahşi Şeyler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059781237</t>
+          <t>9786059781251</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ready For Summer - 2</t>
+          <t>Ready For Summer - 4</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256998155</t>
+          <t>9786059781244</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Balinaların Şarkısı</t>
+          <t>Ready For Summer - 3</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257782661</t>
+          <t>9786059781237</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Grotlin</t>
+          <t>Ready For Summer - 2</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256998193</t>
+          <t>9786256998155</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Merak Etme Küçük Yengeç</t>
+          <t>Balinaların Şarkısı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256998209</t>
+          <t>9786257782661</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Belki…</t>
+          <t>Grotlin</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256998216</t>
+          <t>9786256998193</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Şşş! Bir Planımız Var</t>
+          <t>Merak Etme Küçük Yengeç</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256998094</t>
+          <t>9786256998209</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Felsefe Seti - 2</t>
+          <t>Belki…</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>700</v>
+        <v>275</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256998087</t>
+          <t>9786256998216</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Felsefe Seti - 1</t>
+          <t>Şşş! Bir Planımız Var</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>700</v>
+        <v>275</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256998186</t>
+          <t>9786256998094</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tohumların Galaksi Yolculuğu</t>
+          <t>Çocuklar için Felsefe Seti - 2</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>225</v>
+        <v>700</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789754130799</t>
+          <t>9786256998087</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Discovering The World-4 Childrren Around The World</t>
+          <t>Çocuklar için Felsefe Seti - 1</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>275</v>
+        <v>700</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059781350</t>
+          <t>9786256998186</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır Çiz</t>
+          <t>Tohumların Galaksi Yolculuğu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059781374</t>
+          <t>9789754130799</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yaz Düşün Araştır</t>
+          <t>Discovering The World-4 Childrren Around The World</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256998179</t>
+          <t>9786059781350</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tam Yerimi Buldum</t>
+          <t>Kes Yapıştır Çiz</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789754131291</t>
+          <t>9786059781374</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Munch, Munch, Munch!</t>
+          <t>Yaz Düşün Araştır</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789754131307</t>
+          <t>9786256998179</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>A Turtle Needs Help</t>
+          <t>Tam Yerimi Buldum</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789754131314</t>
+          <t>9789754131291</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Where’s My Sock, Mack?</t>
+          <t>Munch, Munch, Munch!</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789754131284</t>
+          <t>9789754131307</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>The Hat Game</t>
+          <t>A Turtle Needs Help</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789754131338</t>
+          <t>9789754131314</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bay Oskar Tatilde</t>
+          <t>Where’s My Sock, Mack?</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256998063</t>
+          <t>9789754131284</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bisikleti</t>
+          <t>The Hat Game</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256998162</t>
+          <t>9789754131338</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yako’nun Bahçesi</t>
+          <t>Bay Oskar Tatilde</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256998148</t>
+          <t>9786256998063</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sakal'ın Hazinesi</t>
+          <t>Şiir Bisikleti</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256998131</t>
+          <t>9786256998162</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Leo’yu Affediyorum</t>
+          <t>Yako’nun Bahçesi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256998124</t>
+          <t>9786256998148</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Balaban</t>
+          <t>Beyaz Sakal'ın Hazinesi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789754131154</t>
+          <t>9786256998131</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>But It’s A School Day, Mack!</t>
+          <t>Leo’yu Affediyorum</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789754131130</t>
+          <t>9786256998124</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Alice Stops</t>
+          <t>Balaban</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789754131161</t>
+          <t>9789754131154</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>The Surprise Party</t>
+          <t>But It’s A School Day, Mack!</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789754131147</t>
+          <t>9789754131130</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Robot Boy And Frog Girl!</t>
+          <t>Alice Stops</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256998117</t>
+          <t>9789754131161</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Dünyada 100 Kişi Olsaydı</t>
+          <t>The Surprise Party</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256998100</t>
+          <t>9789754131147</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Bir Kıvılcım</t>
+          <t>Robot Boy And Frog Girl!</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256998032</t>
+          <t>9786256998117</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Albert Eınsteın’a Göre Dünya</t>
+          <t>Dünyada 100 Kişi Olsaydı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256998049</t>
+          <t>9786256998100</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Nokta, Büyük Bir Fil</t>
+          <t>Mutluluk Bir Kıvılcım</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256998056</t>
+          <t>9786256998032</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Uzakta Bir Dağ, Yakında Bir Macera</t>
+          <t>Albert Eınsteın’a Göre Dünya</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257782944</t>
+          <t>9786256998049</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Berbat Günü</t>
+          <t>Küçük Bir Nokta, Büyük Bir Fil</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257782920</t>
+          <t>9786256998056</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sadece 3'e Kadar Sayabilen Adam</t>
+          <t>Uzakta Bir Dağ, Yakında Bir Macera</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257782876</t>
+          <t>9786257782944</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesi</t>
+          <t>Dünyanın En Berbat Günü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257782975</t>
+          <t>9786257782920</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Senin Evin Benim Evim</t>
+          <t>Sadece 3'e Kadar Sayabilen Adam</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257782968</t>
+          <t>9786257782876</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Evimizde</t>
+          <t>Kar Tanesi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257782951</t>
+          <t>9786257782975</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Senin Evin Benim Evim</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257782838</t>
+          <t>9786257782968</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Annem Nerede?</t>
+          <t>Evimizde</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257782852</t>
+          <t>9786257782951</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Herkese İyi Geceler</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257782845</t>
+          <t>9786257782838</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ah Be Ponçik!</t>
+          <t>Annem Nerede?</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257782654</t>
+          <t>9786257782852</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Merope</t>
+          <t>Herkese İyi Geceler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257782722</t>
+          <t>9786257782845</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ateşböcekleri</t>
+          <t>Ah Be Ponçik!</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257782692</t>
+          <t>9786257782654</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot ile Sessiz Balina</t>
+          <t>Merope</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257782678</t>
+          <t>9786257782722</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest Şilo</t>
+          <t>Ateşböcekleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257782548</t>
+          <t>9786257782692</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Melodi Merdiven</t>
+          <t>Ahtapot ile Sessiz Balina</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257782340</t>
+          <t>9786257782678</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Karaburun'un Gizemi</t>
+          <t>Hayalperest Şilo</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257782555</t>
+          <t>9786257782548</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kaktüs Çiçekleri</t>
+          <t>Melodi Merdiven</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789754130782</t>
+          <t>9786257782340</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Discovering The World-2 Dinosaurs</t>
+          <t>Karaburun'un Gizemi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257782937</t>
+          <t>9786257782555</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İklim'i Ne Değiştirdi Böyle?</t>
+          <t>Kaktüs Çiçekleri</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257782913</t>
+          <t>9789754130782</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Nina ile Milo Balık Tutuyor</t>
+          <t>Discovering The World-2 Dinosaurs</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257782890</t>
+          <t>9786257782937</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Uçan Köpek Macerası</t>
+          <t>İklim'i Ne Değiştirdi Böyle?</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257782906</t>
+          <t>9786257782913</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Uzaklar Ağacı'nın Tepesinde - Sihirli Uzaklar Ağacı Serisi</t>
+          <t>Nina ile Milo Balık Tutuyor</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257782708</t>
+          <t>9786257782890</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İricik</t>
+          <t>Uçan Köpek Macerası</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257782869</t>
+          <t>9786257782906</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Göz</t>
+          <t>Uzaklar Ağacı'nın Tepesinde - Sihirli Uzaklar Ağacı Serisi</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257782739</t>
+          <t>9786257782708</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Arya'nın Yaşam Sevinci</t>
+          <t>İricik</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257782647</t>
+          <t>9786257782869</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yolaçık</t>
+          <t>Tepedeki Göz</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257782531</t>
+          <t>9786257782739</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Gezen Mavi Balonlu Öyküler</t>
+          <t>Arya'nın Yaşam Sevinci</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257782524</t>
+          <t>9786257782647</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>365 Penguen</t>
+          <t>Yolaçık</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257782500</t>
+          <t>9786257782531</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sözler Can Acıtır mı? - Çocuklar İçin Felsefe</t>
+          <t>Türkiye’yi Gezen Mavi Balonlu Öyküler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257782517</t>
+          <t>9786257782524</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Duygular Aklımızı Çeler mi? - Çocuklar İçin Felsefe</t>
+          <t>365 Penguen</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257782371</t>
+          <t>9786257782500</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Uzaklar Ağacı Sakinleri - Sihirli Uzaklar Ağacı Serisi</t>
+          <t>Sözler Can Acıtır mı? - Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257782364</t>
+          <t>9786257782517</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Uzaklar Ağacı - Sihirli Uzaklar Ağacı Serisi</t>
+          <t>Duygular Aklımızı Çeler mi? - Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257782357</t>
+          <t>9786257782371</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Orman - Sihirli Uzaklar Ağacı Serisi</t>
+          <t>Uzaklar Ağacı Sakinleri - Sihirli Uzaklar Ağacı Serisi</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257782326</t>
+          <t>9786257782364</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Haydi Okula</t>
+          <t>Sihirli Uzaklar Ağacı - Sihirli Uzaklar Ağacı Serisi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257782319</t>
+          <t>9786257782357</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Osman’ın Bir Günü</t>
+          <t>Tılsımlı Orman - Sihirli Uzaklar Ağacı Serisi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257782302</t>
+          <t>9786257782326</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Çınar</t>
+          <t>Haydi Okula</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059781190</t>
+          <t>9786257782319</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Las 100 Palabras Mas Usadas En Espanol 2 (İspanyolca Dil Kartları)</t>
+          <t>Tırtıl Osman’ın Bir Günü</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059781206</t>
+          <t>9786257782302</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Las 100 Palabras Mas Usadas En Espanol 3</t>
+          <t>Yürüyen Çınar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257782258</t>
+          <t>9786059781190</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Pibalu Gezegeni'ne Dönüş</t>
+          <t>Las 100 Palabras Mas Usadas En Espanol 2 (İspanyolca Dil Kartları)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257782241</t>
+          <t>9786059781206</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Taş Çorbası</t>
+          <t>Las 100 Palabras Mas Usadas En Espanol 3</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257782227</t>
+          <t>9786257782258</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Bahçe</t>
+          <t>Pibalu Gezegeni'ne Dönüş</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257782234</t>
+          <t>9786257782241</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ayı Saate Karşı</t>
+          <t>Taş Çorbası</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257782142</t>
+          <t>9786257782227</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Pina</t>
+          <t>En Güzel Bahçe</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257782159</t>
+          <t>9786257782234</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Şarkısı</t>
+          <t>Ayı Saate Karşı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257782104</t>
+          <t>9786257782142</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Tohum Saçan Şapkam</t>
+          <t>Pina</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257782128</t>
+          <t>9786257782159</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Her Şakaya Gülünür mü?</t>
+          <t>İstanbul'un Şarkısı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257782135</t>
+          <t>9786257782104</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Her Söze Güvenilir mi?</t>
+          <t>Tohum Saçan Şapkam</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052079959</t>
+          <t>9786257782128</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Yaramazım Diye</t>
+          <t>Her Şakaya Gülünür mü?</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052079928</t>
+          <t>9786257782135</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Postacı Fare Tatilde</t>
+          <t>Her Söze Güvenilir mi?</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052079911</t>
+          <t>9786052079959</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Postacı Fare'nin Bir Günü</t>
+          <t>Kim Demiş Yaramazım Diye</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789754130751</t>
+          <t>9786052079928</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Polly’s Great Adventure</t>
+          <t>Postacı Fare Tatilde</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052079850</t>
+          <t>9786052079911</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Keşifler - Sezgi Şans ve Kararlılık Öyküleri</t>
+          <t>Postacı Fare'nin Bir Günü</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052079867</t>
+          <t>9789754130751</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Fikirler - Dünyayı Değiştiren İcatlar</t>
+          <t>Polly’s Great Adventure</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789754130768</t>
+          <t>9786052079850</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Extraordinary Animals</t>
+          <t>Keşifler - Sezgi Şans ve Kararlılık Öyküleri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052079843</t>
+          <t>9786052079867</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Dağ Kaşındı</t>
+          <t>Fikirler - Dünyayı Değiştiren İcatlar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052079782</t>
+          <t>9789754130768</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Zor Balık</t>
+          <t>Extraordinary Animals</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052079805</t>
+          <t>9786052079843</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Clarice Bean - Başı Dertte</t>
+          <t>Dağ Kaşındı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052079812</t>
+          <t>9786052079782</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Clarice Bean - Çaktırma</t>
+          <t>Zor Balık</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052079799</t>
+          <t>9786052079805</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bongo - Ormanın Biricik Ayısı</t>
+          <t>Clarice Bean - Başı Dertte</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052079775</t>
+          <t>9786052079812</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Önce Hayal</t>
+          <t>Clarice Bean - Çaktırma</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257782685</t>
+          <t>9786052079799</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İşte Benim Bir Günüm</t>
+          <t>Bongo - Ormanın Biricik Ayısı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052079720</t>
+          <t>9786052079775</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Felsefe: Kaygıdan Kaçılır Mı?</t>
+          <t>Önce Hayal</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052079737</t>
+          <t>9786257782685</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Öfkelenmemek Elde Mi?</t>
+          <t>İşte Benim Bir Günüm</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052079713</t>
+          <t>9786052079720</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Elmaları Nasıl Toplarsın?</t>
+          <t>Çocuklar İçin Felsefe: Kaygıdan Kaçılır Mı?</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052079669</t>
+          <t>9786052079737</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Ne Olduğunu Bilmeyen Karıncayiyen</t>
+          <t>Öfkelenmemek Elde Mi?</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052079652</t>
+          <t>9786052079713</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Merak Eden Susamuru</t>
+          <t>Elmaları Nasıl Toplarsın?</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052079676</t>
+          <t>9786052079669</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Pes Etmeyen Tavuk</t>
+          <t>Karıncanın Ne Olduğunu Bilmeyen Karıncayiyen</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052079553</t>
+          <t>9786052079652</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>My First English Words 4</t>
+          <t>Merak Eden Susamuru</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052079645</t>
+          <t>9786052079676</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Sıfır Atık Kitabı</t>
+          <t>Pes Etmeyen Tavuk</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052079621</t>
+          <t>9786052079553</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Anton Derinlere Dalıyor</t>
+          <t>My First English Words 4</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052079614</t>
+          <t>9786052079645</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sevbeni</t>
+          <t>Deniz'in Sıfır Atık Kitabı</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052079584</t>
+          <t>9786052079621</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kitap Karıncası</t>
+          <t>Anton Derinlere Dalıyor</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052079607</t>
+          <t>9786052079614</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Masalın Şifresi</t>
+          <t>Büyük Sevbeni</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052079577</t>
+          <t>9786052079584</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Dahiler</t>
+          <t>Kitap Karıncası</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052079560</t>
+          <t>9786052079607</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Şampiyonlar</t>
+          <t>Kayıp Masalın Şifresi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052079539</t>
+          <t>9786052079577</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Adam ve En Güzel Dans</t>
+          <t>Dahiler</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052079546</t>
+          <t>9786052079560</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tamircisi Lorin</t>
+          <t>Şampiyonlar</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052079515</t>
+          <t>9786052079539</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Keşfetmek İsteyen Penguen</t>
+          <t>Yağmur Adam ve En Güzel Dans</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052079522</t>
+          <t>9786052079546</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Büyümek İsteyen Goril</t>
+          <t>Yıldız Tamircisi Lorin</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052079508</t>
+          <t>9786052079515</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Korkan Baykuş</t>
+          <t>Hayatı Keşfetmek İsteyen Penguen</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052079492</t>
+          <t>9786052079522</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Evine Dönmek İsteyen Kedi</t>
+          <t>Büyümek İsteyen Goril</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052079225</t>
+          <t>9786052079508</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Hep Fazlasıdır Annem</t>
+          <t>Karanlıktan Korkan Baykuş</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052079454</t>
+          <t>9786052079492</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>En İyisini Yapmak Mümkün mü? - Çocuklar İçin Felsefe</t>
+          <t>Evine Dönmek İsteyen Kedi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052079485</t>
+          <t>9786052079225</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Çeşme ve Rüzgar</t>
+          <t>Hep Fazlasıdır Annem</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052079478</t>
+          <t>9786052079454</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Çizmeyi Bilseydim</t>
+          <t>En İyisini Yapmak Mümkün mü? - Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052079461</t>
+          <t>9786052079485</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kavga Çare Olur mu?</t>
+          <t>Çeşme ve Rüzgar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052079324</t>
+          <t>9786052079478</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>My World - Redhouse Learning Set 2</t>
+          <t>Çizmeyi Bilseydim</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052079355</t>
+          <t>9786052079461</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Vanessa'nın Yanındayım</t>
+          <t>Kavga Çare Olur mu?</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789754130775</t>
+          <t>9786052079324</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>I Am Polly - Redhouse Learning Set 1</t>
+          <t>My World - Redhouse Learning Set 2</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052079287</t>
+          <t>9786052079355</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Okçunun Sihirli Liri</t>
+          <t>Vanessa'nın Yanındayım</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052079348</t>
+          <t>9789754130775</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Komşularım</t>
+          <t>I Am Polly - Redhouse Learning Set 1</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052079201</t>
+          <t>9786052079287</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Mirket Nineler Uyuyamıyor</t>
+          <t>Okçunun Sihirli Liri</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052079256</t>
+          <t>9786052079348</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sihirbazın Kuyruğu</t>
+          <t>Komşularım</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052079263</t>
+          <t>9786052079201</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Babam Yanımdayken</t>
+          <t>Mirket Nineler Uyuyamıyor</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052079249</t>
+          <t>9786052079256</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Benim Müzem</t>
+          <t>Sihirbazın Kuyruğu</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052079195</t>
+          <t>9786052079263</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Şapkadaki Balık</t>
+          <t>Babam Yanımdayken</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052079133</t>
+          <t>9786052079249</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Soso'nun Kompost Kitabı</t>
+          <t>Benim Müzem</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052079171</t>
+          <t>9786052079195</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Tokyo</t>
+          <t>Şapkadaki Balık</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052079096</t>
+          <t>9786052079133</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Sobe, Ben Penelope! Dünyalar Benim Oldu</t>
+          <t>Soso'nun Kompost Kitabı</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052079102</t>
+          <t>9786052079171</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Büyük Halkları - Romalılar</t>
+          <t>Tokyo</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052079119</t>
+          <t>9786052079096</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Büyük Halkları - Yunanlılar</t>
+          <t>Sobe, Ben Penelope! Dünyalar Benim Oldu</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052079126</t>
+          <t>9786052079102</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Büyük Halkları - Mısırlılar</t>
+          <t>Geçmişin Büyük Halkları - Romalılar</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052079072</t>
+          <t>9786052079119</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kim Oldum Ben!</t>
+          <t>Geçmişin Büyük Halkları - Yunanlılar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052079010</t>
+          <t>9786052079126</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ayı Olmayan Ayı</t>
+          <t>Geçmişin Büyük Halkları - Mısırlılar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052079065</t>
+          <t>9786052079072</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Zincir</t>
+          <t>Eyvah Kim Oldum Ben!</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059781947</t>
+          <t>9786052079010</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Marko Konser Veriyor</t>
+          <t>Ayı Olmayan Ayı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052079027</t>
+          <t>9786052079065</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yüzünde Güller Açan Keselisıçan</t>
+          <t>Zincir</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059781886</t>
+          <t>9786059781947</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Mirket Nineler Parti Veriyor</t>
+          <t>Marko Konser Veriyor</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052079089</t>
+          <t>9786052079027</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Ustası</t>
+          <t>Yüzünde Güller Açan Keselisıçan</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052079638</t>
+          <t>9786059781886</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Montessori Öykülerim - Misafir Geliyor</t>
+          <t>Mirket Nineler Parti Veriyor</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059781923</t>
+          <t>9786052079089</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Pöti'nin Gri Dişi</t>
+          <t>Bisiklet Ustası</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052079041</t>
+          <t>9786052079638</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kirpi ve Sergi</t>
+          <t>Montessori Öykülerim - Misafir Geliyor</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059781718</t>
+          <t>9786059781923</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Renkler (Ciltli)</t>
+          <t>Pöti'nin Gri Dişi</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059781688</t>
+          <t>9786052079041</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>1 2 3 (Ciltli)</t>
+          <t>Kirpi ve Sergi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059781701</t>
+          <t>9786059781718</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim (Ciltli)</t>
+          <t>Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059781916</t>
+          <t>9786059781688</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sol Sağ Kitabım</t>
+          <t>1 2 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059781862</t>
+          <t>9786059781701</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Herkes Alfred'e Bakıyor</t>
+          <t>İlk Sözcüklerim (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059781879</t>
+          <t>9786059781916</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Köpeğim Irkçı Çıktı</t>
+          <t>Sol Sağ Kitabım</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059781817</t>
+          <t>9786059781862</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>13'üncü Warren Ve Her Şeyi Gören Göz</t>
+          <t>Herkes Alfred'e Bakıyor</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059781831</t>
+          <t>9786059781879</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Marko Kılıktan Kılığa Giriyor</t>
+          <t>Köpeğim Irkçı Çıktı</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059781770</t>
+          <t>9786059781817</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Başkaları</t>
+          <t>13'üncü Warren Ve Her Şeyi Gören Göz</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059781763</t>
+          <t>9786059781831</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Uyan Walter</t>
+          <t>Marko Kılıktan Kılığa Giriyor</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059781671</t>
+          <t>9786059781770</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Marko Bize Taşınıyor</t>
+          <t>Sen ve Başkaları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059781725</t>
+          <t>9786059781763</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Kim</t>
+          <t>Uyan Walter</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059781732</t>
+          <t>9786059781671</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Kim</t>
+          <t>Marko Bize Taşınıyor</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059781749</t>
+          <t>9786059781725</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Bakalım Kim</t>
+          <t>Bil Bakalım Kim</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059781572</t>
+          <t>9786059781732</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Balina</t>
+          <t>Bul Bakalım Kim</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059781558</t>
+          <t>9786059781749</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Adası</t>
+          <t>Hatırla Bakalım Kim</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059781565</t>
+          <t>9786059781572</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar</t>
+          <t>Yalnız Balina</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059781541</t>
+          <t>9786059781558</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Orion ve Karanlık</t>
+          <t>Dedemin Adası</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059781589</t>
+          <t>9786059781565</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Düşkurdu Bir Düş Kurdu</t>
+          <t>Sıkı Dostlar</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059781510</t>
+          <t>9786059781541</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Olalım mı?</t>
+          <t>Orion ve Karanlık</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059781640</t>
+          <t>9786059781589</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Masal Yolu</t>
+          <t>Düşkurdu Bir Düş Kurdu</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059781633</t>
+          <t>9786059781510</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kedim Nereye Kayboldu?</t>
+          <t>Arkadaş Olalım mı?</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059781435</t>
+          <t>9786059781640</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kayakçı Tavşan</t>
+          <t>Masal Yolu</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059781527</t>
+          <t>9786059781633</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Sidney ve Stella Hiçbir Şeyi Paylaşamıyor</t>
+          <t>Kedim Nereye Kayboldu?</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059781473</t>
+          <t>9786059781435</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kutbuna Gidiyoruz!</t>
+          <t>Kayakçı Tavşan</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059781497</t>
+          <t>9786059781527</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldiniz</t>
+          <t>Sidney ve Stella Hiçbir Şeyi Paylaşamıyor</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059781503</t>
+          <t>9786059781473</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sakar Kral</t>
+          <t>Kuzey Kutbuna Gidiyoruz!</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059781480</t>
+          <t>9786059781497</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Dilek Ağacı</t>
+          <t>Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789758176144</t>
+          <t>9786059781503</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Peanut Butter and Jelly</t>
+          <t>Sakar Kral</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059781428</t>
+          <t>9786059781480</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Sobe Ben Penelope</t>
+          <t>Dilek Ağacı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059781343</t>
+          <t>9789758176144</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Börtü Böcek Güncesi</t>
+          <t>Peanut Butter and Jelly</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059781213</t>
+          <t>9786059781428</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Calum Sails Away</t>
+          <t>Sobe Ben Penelope</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059781268</t>
+          <t>9786059781343</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Tak Tak Tak Şans Geldi!</t>
+          <t>Börtü Böcek Güncesi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059781275</t>
+          <t>9786059781213</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Nerede Bu Denizyıldızı?</t>
+          <t>Calum Sails Away</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059781299</t>
+          <t>9786059781268</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Tavşanlar</t>
+          <t>Tak Tak Tak Şans Geldi!</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059781169</t>
+          <t>9786059781275</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kalbim Kırıldı!</t>
+          <t>Nerede Bu Denizyıldızı?</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059781039</t>
+          <t>9786059781299</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ne Yiyelim? - Ormanda Oyun Serisi 4</t>
+          <t>Mutlu Tavşanlar</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059781121</t>
+          <t>9786059781169</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Pöti ve Dede - Bir Dostluk Öyküsü</t>
+          <t>Eyvah Kalbim Kırıldı!</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059781046</t>
+          <t>9786059781039</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Pöti - Bir Barınak Köpeğinin Öyküsü</t>
+          <t>Ne Yiyelim? - Ormanda Oyun Serisi 4</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059781138</t>
+          <t>9786059781121</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>The School's Mystery</t>
+          <t>Pöti ve Dede - Bir Dostluk Öyküsü</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054119776</t>
+          <t>9786059781046</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Kedi Dila</t>
+          <t>Pöti - Bir Barınak Köpeğinin Öyküsü</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054119783</t>
+          <t>9786059781138</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Örümcek Rıza</t>
+          <t>The School's Mystery</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059781053</t>
+          <t>9786054119776</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Calum’s Footprint</t>
+          <t>Mutsuz Kedi Dila</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059781022</t>
+          <t>9786054119783</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Ne Anlatalım? - Ormanda Oyun Serisi 3</t>
+          <t>Öfkeli Örümcek Rıza</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054119998</t>
+          <t>9786059781053</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Sinek Feza</t>
+          <t>Calum’s Footprint</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789758176212</t>
+          <t>9786059781022</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Köpek Kaya</t>
+          <t>Ne Anlatalım? - Ormanda Oyun Serisi 3</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054119974</t>
+          <t>9786054119998</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Ne Oynayalım? - Ormanda Oyun Serisi 1</t>
+          <t>Sabırsız Sinek Feza</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054119967</t>
+          <t>9789758176212</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ne Boyayalım? - Ormanda Oyun Serisi 2</t>
+          <t>Utangaç Köpek Kaya</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054119929</t>
+          <t>9786054119974</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Tıkır’ın Çilek Günü</t>
+          <t>Ne Oynayalım? - Ormanda Oyun Serisi 1</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054119875</t>
+          <t>9786054119967</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kıskanç Kurbağa Eda</t>
+          <t>Ne Boyayalım? - Ormanda Oyun Serisi 2</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052079188</t>
+          <t>9786054119929</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kurbağaya Özenen Tavşan Roka</t>
+          <t>Tıkır’ın Çilek Günü</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054119936</t>
+          <t>9786054119875</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Şehir</t>
+          <t>Kıskanç Kurbağa Eda</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054119943</t>
+          <t>9786052079188</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Tembel Balık Sefa</t>
+          <t>Kurbağaya Özenen Tavşan Roka</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054119745</t>
+          <t>9786054119936</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Reçelli Şiirler</t>
+          <t>Kağıttan Şehir</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054119790</t>
+          <t>9786054119943</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bilmiş Fare Tuna</t>
+          <t>Tembel Balık Sefa</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054119738</t>
+          <t>9786054119745</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Deyim Kartları - 3</t>
+          <t>Reçelli Şiirler</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257782715</t>
+          <t>9786054119790</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Çevreci Kitaplar 1 - Nerede Bu Fil?</t>
+          <t>Bilmiş Fare Tuna</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054119769</t>
+          <t>9786054119738</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Kirpi Mina</t>
+          <t>Deyim Kartları - 3</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054119615</t>
+          <t>9786257782715</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Balonlar</t>
+          <t>Çevreci Kitaplar 1 - Nerede Bu Fil?</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054119851</t>
+          <t>9786054119769</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Korkak Kuş Sema</t>
+          <t>İnatçı Kirpi Mina</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054119837</t>
+          <t>9786054119615</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Treasure Hunt</t>
+          <t>Gökyüzünde Balonlar</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054119424</t>
+          <t>9786054119851</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Kralı</t>
+          <t>Korkak Kuş Sema</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054119707</t>
+          <t>9786054119837</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Şuşu, Can ve Dörtteker</t>
+          <t>Treasure Hunt</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054119653</t>
+          <t>9786054119424</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Devdinozorus</t>
+          <t>Uzayın Kralı</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054119318</t>
+          <t>9786054119707</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Bulutunu Arayan Su Damlası</t>
+          <t>Şuşu, Can ve Dörtteker</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257782746</t>
+          <t>9786054119653</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kitap</t>
+          <t>Devdinozorus</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054119486</t>
+          <t>9786054119318</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Kartları</t>
+          <t>Bulutunu Arayan Su Damlası</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786054119240</t>
+          <t>9786257782746</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yemeğini Arayan Tırtıl</t>
+          <t>Kitap</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054119387</t>
+          <t>9786054119486</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Tıkır’ın Mavi Kış Masalı</t>
+          <t>Atasözü Kartları</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054119165</t>
+          <t>9786054119240</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Şuşu ve Üçtekeri</t>
+          <t>Yemeğini Arayan Tırtıl</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052079836</t>
+          <t>9786054119387</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Smarty’s Book of Words (Smarty’nin Sözcükler Kitabı)</t>
+          <t>Tıkır’ın Mavi Kış Masalı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789758176939</t>
+          <t>9786054119165</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sır Versem Saklar mısın?</t>
+          <t>Şuşu ve Üçtekeri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256998636</t>
+          <t>9786052079836</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğünü Arayan Kelebek</t>
+          <t>Smarty’s Book of Words (Smarty’nin Sözcükler Kitabı)</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257782821</t>
+          <t>9789758176939</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Mavi Tutkunu Karga</t>
+          <t>Sır Versem Saklar mısın?</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054119370</t>
+          <t>9786256998636</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Mavi Mogi</t>
+          <t>Özgürlüğünü Arayan Kelebek</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054119202</t>
+          <t>9786257782821</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kapı Komşumuz Korsanlar</t>
+          <t>Mavi Tutkunu Karga</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054119288</t>
+          <t>9786054119370</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğini Arayan Ayşe</t>
+          <t>Mavi Mogi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054119158</t>
+          <t>9786054119202</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Deyim Kartları 1</t>
+          <t>Kapı Komşumuz Korsanlar</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054119196</t>
+          <t>9786054119288</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Deyim Kartları 2</t>
+          <t>Kelebeğini Arayan Ayşe</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
+          <t>9786054119158</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Deyim Kartları 1</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786054119196</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Deyim Kartları 2</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
           <t>9786054119820</t>
         </is>
       </c>
-      <c r="B408" s="1" t="inlineStr">
+      <c r="B410" s="1" t="inlineStr">
         <is>
           <t>Snowy Day</t>
         </is>
       </c>
-      <c r="C408" s="1">
+      <c r="C410" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>